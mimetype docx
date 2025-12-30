--- v0 (2025-10-31)
+++ v1 (2025-12-30)
@@ -1,3380 +1,37045 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4B4AB409" w14:textId="77777777" w:rsidR="00914379" w:rsidRDefault="00914379" w:rsidP="00914379">
+    <w:p w14:paraId="5532BB71" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:before="82" w:line="290" w:lineRule="auto"/>
+        <w:ind w:left="2668" w:right="4539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Commonwealth of Massachusetts</w:t>
-[...15 lines deleted...]
-        <w:r w:rsidR="00914379" w:rsidRPr="000B36E1">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15728640" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50358F4A" wp14:editId="31C6F7CE">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>457200</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>37968</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1472565" cy="748665"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="4" name="Group 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1472565" cy="748665"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="1472565" cy="748665"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="5" name="Graphic 5"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="130110" y="0"/>
+                            <a:ext cx="1342390" cy="748665"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="1342390" h="748665">
+                                <a:moveTo>
+                                  <a:pt x="1340602" y="584199"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1076985" y="584199"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1077455" y="609803"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1077511" y="616524"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1064501" y="676224"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1026762" y="706132"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="978692" y="732715"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="958164" y="737565"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="957986" y="748195"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="989368" y="741857"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="998275" y="737039"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1009526" y="730457"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1068870" y="694093"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1089033" y="682748"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1102640" y="676962"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1115888" y="674931"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1134973" y="674852"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1138114" y="654833"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1150288" y="643235"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1181509" y="635629"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1241793" y="627583"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1277328" y="615819"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1298568" y="611578"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1335779" y="611578"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1339112" y="600205"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1339219" y="599520"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1340602" y="584199"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1342390" h="748665">
+                                <a:moveTo>
+                                  <a:pt x="1119158" y="501510"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="812457" y="501510"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="814133" y="508682"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="814770" y="516404"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="814437" y="529474"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="813206" y="552691"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="833524" y="565424"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="848380" y="582880"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="858067" y="599520"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="862876" y="609803"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="865143" y="613923"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="868726" y="616524"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="876168" y="618711"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="890016" y="621588"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="888286" y="648906"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="888334" y="659823"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="888431" y="667858"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="891394" y="682635"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="897839" y="701878"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="928383" y="698360"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="945880" y="694978"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="956914" y="689744"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="968070" y="680669"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="960526" y="661111"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="963397" y="661111"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="967289" y="659823"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="996137" y="648906"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1017631" y="626492"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1033218" y="612281"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1050476" y="600205"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1076985" y="584199"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1340602" y="584199"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1340776" y="582274"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1156312" y="582274"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1130903" y="577280"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1119010" y="562591"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1112024" y="533666"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1119158" y="501510"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1342390" h="748665">
+                                <a:moveTo>
+                                  <a:pt x="963397" y="661111"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="960526" y="661111"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="961948" y="661263"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="963283" y="661149"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1342390" h="748665">
+                                <a:moveTo>
+                                  <a:pt x="1335779" y="611578"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1298568" y="611578"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1313970" y="614570"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1331988" y="624509"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1335779" y="611578"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1342390" h="748665">
+                                <a:moveTo>
+                                  <a:pt x="1323113" y="484941"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1303895" y="484941"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1312464" y="489219"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1314662" y="507828"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1312976" y="546049"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1272960" y="574484"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1203845" y="582117"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1156312" y="582274"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1340776" y="582274"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1342396" y="564337"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1335871" y="517889"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1323113" y="484941"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1342390" h="748665">
+                                <a:moveTo>
+                                  <a:pt x="1061654" y="440689"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="796810" y="440689"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="796810" y="503923"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="812457" y="501510"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1119158" y="501510"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1119624" y="484424"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1112152" y="477413"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1080439" y="477413"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1071821" y="476330"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1063800" y="467883"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1052537" y="449872"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1061654" y="440689"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1342390" h="748665">
+                                <a:moveTo>
+                                  <a:pt x="1278557" y="402185"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1275153" y="402185"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1281633" y="428401"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1286471" y="489711"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1303895" y="484941"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1323113" y="484941"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1313827" y="460959"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1288600" y="413689"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1278557" y="402185"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1342390" h="748665">
+                                <a:moveTo>
+                                  <a:pt x="1093495" y="473328"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1080439" y="477413"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1112152" y="477413"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1111644" y="476936"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1093495" y="473328"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1342390" h="748665">
+                                <a:moveTo>
+                                  <a:pt x="91135" y="71259"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="405968"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4927" y="424624"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="260121" y="431037"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="259156" y="450964"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="279184" y="445528"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="283108" y="431037"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1068254" y="431037"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1071550" y="420964"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1075118" y="403110"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1057306" y="382860"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1048354" y="369795"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1045548" y="358230"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1046175" y="342480"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1038590" y="337253"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1033078" y="333047"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1026951" y="327646"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1017524" y="318833"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1003593" y="318693"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="995089" y="315899"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="994416" y="315086"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="948855" y="315086"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="939628" y="310933"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="935429" y="305244"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="935248" y="294145"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="938072" y="273761"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="955301" y="273761"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="958481" y="270408"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="952520" y="244329"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="957656" y="230247"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="977480" y="215290"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="983260" y="208381"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="987906" y="203927"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="993863" y="199992"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1003579" y="194640"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1004544" y="187553"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1046292" y="157853"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1069314" y="154889"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1074223" y="144325"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1078341" y="137960"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1083902" y="133232"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1093139" y="127584"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1090165" y="120512"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1088408" y="116839"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1054442" y="116839"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1038720" y="106246"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1027780" y="101091"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1021529" y="99194"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1019873" y="98374"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1020699" y="97015"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1021581" y="96151"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="829310" y="96151"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="91135" y="71259"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1342390" h="748665">
+                                <a:moveTo>
+                                  <a:pt x="1068254" y="431037"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="283108" y="431037"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="639584" y="437578"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="640943" y="446087"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="796810" y="440689"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1061654" y="440689"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1062377" y="439961"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1068009" y="431787"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1068254" y="431037"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1342390" h="748665">
+                                <a:moveTo>
+                                  <a:pt x="1270646" y="393122"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1251375" y="394929"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1222197" y="414781"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1239735" y="434225"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1262647" y="405860"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1275153" y="402185"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1278557" y="402185"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1270646" y="393122"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1342390" h="748665">
+                                <a:moveTo>
+                                  <a:pt x="980465" y="292468"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="968255" y="293086"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="960893" y="295648"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="955414" y="302274"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="948855" y="315086"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="994416" y="315086"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="988538" y="307982"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="980465" y="292468"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1342390" h="748665">
+                                <a:moveTo>
+                                  <a:pt x="955301" y="273761"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="938072" y="273761"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="951712" y="277545"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="955301" y="273761"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1342390" h="748665">
+                                <a:moveTo>
+                                  <a:pt x="1077874" y="98386"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1070678" y="101711"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1065839" y="104741"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1061159" y="109207"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1054442" y="116839"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1088408" y="116839"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1087583" y="115114"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1083963" y="108651"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1077874" y="98386"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1342390" h="748665">
+                                <a:moveTo>
+                                  <a:pt x="971829" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="963064" y="5949"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="955332" y="9737"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="944304" y="12987"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="925652" y="17322"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="902129" y="27227"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="884253" y="38739"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="862990" y="59251"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="829310" y="96151"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1021581" y="96151"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1026109" y="91719"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1019509" y="87895"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1015079" y="77890"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1010810" y="53848"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1004697" y="7912"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="993960" y="7581"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="986958" y="6646"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="980608" y="4367"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="971829" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="BCBEC0"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="6" name="Graphic 6"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="185698"/>
+                            <a:ext cx="1359535" cy="170180"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="1359535" h="170180">
+                                <a:moveTo>
+                                  <a:pt x="208280" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="139433" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="134962" y="14859"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="127889" y="33807"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="118135" y="61760"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="105638" y="103644"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="105143" y="103644"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="99352" y="74777"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="85623" y="17322"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="82105" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="14516" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="12166" y="37363"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="8559" y="82372"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4305" y="127939"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="166979"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="43307" y="166979"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="44018" y="144373"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="45618" y="112788"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="47879" y="78765"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="50571" y="48818"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="51066" y="48818"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="55422" y="70167"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="69113" y="126479"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="77851" y="166979"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="122669" y="166979"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="152158" y="77812"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="161467" y="48564"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="161975" y="48564"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="161658" y="91186"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="160680" y="125526"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="159461" y="150977"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="158457" y="166979"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="203784" y="166979"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="204266" y="115265"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="205460" y="66789"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="206933" y="26657"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="208280" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1359535" h="170180">
+                                <a:moveTo>
+                                  <a:pt x="349504" y="73113"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="346849" y="59016"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="338048" y="48285"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="321818" y="41465"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="296926" y="39065"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="282333" y="39636"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="267563" y="41249"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="252704" y="43713"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="237845" y="46824"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="232841" y="77355"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="245414" y="72986"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="258533" y="69227"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="271881" y="66586"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="285165" y="65595"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="291922" y="65595"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="300685" y="67348"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="300685" y="75603"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="287337" y="86626"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="258000" y="93345"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="228650" y="105841"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="215315" y="134188"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="216103" y="140944"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="221284" y="153123"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="235064" y="164782"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="261632" y="169989"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="268389" y="169989"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="274891" y="169494"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="281660" y="168490"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="289915" y="141198"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="285661" y="142709"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="281152" y="143459"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="269887" y="143459"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="262877" y="141198"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="262877" y="133438"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="267512" y="124637"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="278422" y="119202"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="291071" y="115303"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="300926" y="111163"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="298462" y="153047"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="297180" y="166992"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="345236" y="166992"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="345897" y="142633"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="349504" y="73113"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1359535" h="170180">
+                                <a:moveTo>
+                                  <a:pt x="462419" y="77609"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="449681" y="41694"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="417360" y="39052"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="394563" y="41694"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="378828" y="49047"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="369722" y="60286"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="366788" y="74612"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="373595" y="93916"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="388569" y="108724"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="403542" y="120230"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="410349" y="129679"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="410349" y="136944"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="394081" y="137198"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="384848" y="136423"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="375640" y="134378"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="366585" y="131495"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="357784" y="128181"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="361530" y="164477"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="372465" y="166611"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="383501" y="168363"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="394627" y="169557"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="405841" y="169989"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="423608" y="168236"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="440982" y="162293"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="454177" y="151193"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="459409" y="133934"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="452602" y="113499"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="437629" y="98983"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="422656" y="87998"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="415848" y="78117"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="415848" y="71843"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="433133" y="71843"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="441121" y="72250"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="448614" y="73418"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="455688" y="75234"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="462419" y="77609"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1359535" h="170180">
+                                <a:moveTo>
+                                  <a:pt x="574586" y="77609"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="561835" y="41694"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="529526" y="39052"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="506730" y="41694"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="490994" y="49047"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="481888" y="60286"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="478955" y="74612"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="485762" y="93916"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="500735" y="108724"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="515708" y="120230"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="522516" y="129679"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="522516" y="136944"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="506247" y="137198"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="497014" y="136423"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="487807" y="134378"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="478739" y="131495"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="469938" y="128181"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="473697" y="164477"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="484632" y="166611"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="495668" y="168363"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="506793" y="169557"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="518007" y="169989"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="535774" y="168236"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="553148" y="162293"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="566331" y="151193"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="571576" y="133934"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="564769" y="113499"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="549795" y="98983"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="534822" y="87998"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="528027" y="78117"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="528027" y="71843"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="545299" y="71843"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="553288" y="72250"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="560781" y="73418"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="567855" y="75234"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="574586" y="77609"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1359535" h="170180">
+                                <a:moveTo>
+                                  <a:pt x="762609" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="708279" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="708152" y="21323"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="707809" y="37058"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="706780" y="62090"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="639940" y="62090"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="640486" y="46405"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="641337" y="30861"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="643686" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="589368" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="588721" y="50279"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="586994" y="92227"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="584504" y="129806"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="581609" y="166979"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="635927" y="166979"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="636447" y="142494"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="637933" y="97891"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="704773" y="97891"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="704253" y="115417"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="703427" y="132727"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="702271" y="149885"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="700773" y="166979"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="755599" y="166979"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="756234" y="114592"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="757885" y="72504"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="760133" y="35915"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="762609" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1359535" h="170180">
+                                <a:moveTo>
+                                  <a:pt x="903820" y="93129"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="903097" y="89128"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="899655" y="70002"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="897559" y="67094"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="887425" y="53047"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="867486" y="42621"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="857758" y="41363"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="857758" y="89128"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="817448" y="89128"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="819556" y="81140"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="823988" y="74066"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="830719" y="69024"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="839724" y="67094"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="847610" y="68491"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="853249" y="72669"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="856627" y="79565"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="857758" y="89128"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="857758" y="41363"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="800912" y="48069"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="770255" y="92189"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="768388" y="108661"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="774446" y="139052"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="790765" y="157822"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="814539" y="167347"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="842987" y="169989"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="853909" y="169672"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="864857" y="168732"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="875766" y="167246"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="886548" y="165227"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="891133" y="138442"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="892556" y="130187"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="881862" y="133159"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="870927" y="135813"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="859853" y="137718"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="848741" y="138442"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="836637" y="137045"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="826147" y="132499"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="818743" y="124294"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="815936" y="111912"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="902068" y="111912"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="903312" y="105651"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="903820" y="99390"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="903820" y="93129"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1359535" h="170180">
+                                <a:moveTo>
+                                  <a:pt x="1038517" y="73113"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1035862" y="59016"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1027061" y="48285"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1010843" y="41465"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="985939" y="39065"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="971359" y="39636"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="956589" y="41249"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="941730" y="43713"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="926858" y="46824"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="921854" y="77355"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="934427" y="72986"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="947547" y="69227"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="960894" y="66586"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="974178" y="65595"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="980935" y="65595"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="989698" y="67348"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="989698" y="75603"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="976363" y="86626"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="947013" y="93345"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="917663" y="105841"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="904328" y="134188"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="905129" y="140944"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="910310" y="153123"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="924090" y="164782"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="950645" y="169989"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="957402" y="169989"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="963904" y="169494"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="970673" y="168490"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="978928" y="141198"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="974674" y="142709"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="970178" y="143459"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="958900" y="143459"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="951903" y="141198"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="951903" y="133438"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="956551" y="124637"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="967447" y="119202"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="980097" y="115303"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="989952" y="111163"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="987488" y="153047"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="986193" y="166992"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1034262" y="166992"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1034923" y="142633"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1038517" y="73113"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1359535" h="170180">
+                                <a:moveTo>
+                                  <a:pt x="1104620" y="12"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1054798" y="12"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1053426" y="41833"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1051521" y="83591"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1048994" y="125298"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1045794" y="166992"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1095603" y="166992"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1096949" y="126352"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1099362" y="77584"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1102156" y="31762"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1104620" y="12"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1359535" h="170180">
+                                <a:moveTo>
+                                  <a:pt x="1205509" y="42062"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1177480" y="42062"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1178725" y="9271"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1133170" y="19532"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1131658" y="42062"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1111377" y="42062"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1110132" y="74853"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1128903" y="74853"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1128039" y="91135"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1125842" y="121818"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1125397" y="136690"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1128280" y="153200"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1136408" y="163385"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1149057" y="168541"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1165453" y="169976"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1173708" y="169748"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1181950" y="169011"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1190129" y="167767"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1198245" y="165976"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1204518" y="131432"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1192987" y="134175"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1176477" y="134175"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1174470" y="126428"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1174635" y="105333"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1176223" y="74853"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1204518" y="74853"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1205509" y="42062"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="1359535" h="170180">
+                                <a:moveTo>
+                                  <a:pt x="1359230" y="78867"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1355521" y="59766"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1345526" y="47510"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1330921" y="40982"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1313421" y="39065"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1297355" y="39979"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1284592" y="43218"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1274241" y="49517"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1265351" y="59588"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1264856" y="59093"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1265732" y="43865"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1267015" y="26543"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1269365" y="12"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1219542" y="12"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1218704" y="47256"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1216596" y="94475"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1213827" y="136220"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1211021" y="166992"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1260843" y="166992"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1262748" y="127749"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1270660" y="90462"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1291894" y="78117"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1300873" y="80060"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1306474" y="85280"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1309357" y="92798"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1310170" y="101650"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1309789" y="117983"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1308849" y="134315"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1306410" y="166992"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1355725" y="166992"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1356271" y="140970"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1359230" y="78867"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="231F20"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="70798BA4" id="Group 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:36pt;margin-top:3pt;width:115.95pt;height:58.95pt;z-index:15728640;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="14725,7486" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAb+/sxjhcAADNwAAAOAAAAZHJzL2Uyb0RvYy54bWzUnd9v3MiRx98D3P8g6P3WbLLZJIX1BpdN&#10;dnFAkATIBnkeSyNLOEmjmxlb3v8+n+quGo1tsYuzVh7yspRXNa1idf2ub/d8//tP93dnH9fb3e3m&#10;4e15+K45P1s/XG6ubh/evz3/xy8//fd4frbbrx6uVnebh/Xb81/Xu/Pf//Bfv/v+6fFi3W5uNndX&#10;6+0ZizzsLp4e357f7PePF2/e7C5v1ver3Xebx/UDv7zebO9Xe/65ff/mart6YvX7uzdt06Q3T5vt&#10;1eN2c7ne7fi/fyy/PP8hr399vb7c//X6erfen929PYe3ff7vNv/3nfz3zQ/fry7eb1ePN7eXysbq&#10;N3Bxv7p94I8elvrjar86+7C9/Wqp+9vL7Wa3ud5/d7m5f7O5vr69XOd34G1C88Xb/LzdfHjM7/L+&#10;4un940FMiPYLOf3mZS//8vHn7ePfH/+2Ldzz4583l/+3Qy5vnh7fXxz/Xv79/pn40/X2Xj7ES5x9&#10;yhL99SDR9af92SX/M8Sh7VN/fnbJ74Y4Jn7OIr+8YV+++tjlzZ/qH3yzuih/NjN3YObpEe3ZPQto&#10;920C+vvN6nGd5b4TAfxte3Z79fact3hY3aPDP6u65FeRPw2NSJAXk3/tVJhfyCd0TQio4AtC6mLb&#10;TfzqcyEd3nV1cflht/95vcniXn38825f1PbKflrd2E+Xnx7sxy3KL2p/l9V+f36G2m/Pz1D7d2UP&#10;Hld7+Zzsofx49sR+GSs3h+2SX99vPq5/2WTCvWwaZE1q2vwy/RjDNMmKMPxMePfw2QeaIU0jEuTt&#10;P/uAkdnzsazfDEPsC3lqprHpdH0js+czeR9CXj2F1LfRIU+xb5R8SK1L3iao8upDk0LXVlefhjFN&#10;St21Q8hagmiMZXsW1qd+DCmWtbtBTKUI0qjsadTDNKZCHccwOdTj1CX8bza9MPZDfe1pbIci8qEb&#10;ms621Diwp4m8mfpWWema6CwemjSOQ9H+NMVm8jZ0nJquy6wn2IpjlXXsqk1RV0fR2KyaFEMI/TgW&#10;waQhTl1wyLs4DcoMrPTe6t0YQtnS1MeR16gz0zetMRO7tqvvaQhj6JupSKbrU+tsUxvDgLBFBxLb&#10;OzrMtMPQtSoZhBS81bFp1bCEUAdnm7quHwblfRH5FEKxpNQ0beNIpuumFoazi5lQzhzcZw1v1oWZ&#10;nl/ebXbrsnPiHX+LlwxhQoiFoyb0eP+y3pyXHEMrhpTf4JjeWLJnMcExxKA20jcjZlLVM6gHNcAe&#10;j9PUXSTUsVNO2ikOHnXXNsUX9DiFqW5PWIR46PyWGIjjfUcsaCym3Y8YisnQZGFPlUk/Nkn59nVg&#10;TO04FL4XRJkx9SGqKQV0rW5KbMig/nFBSIKNcDCkcSCW1XwGzrEJyncrvqxOPSI3pY58NHnUXWfe&#10;i5DgvOU4Rtxndi9pGFH2Ot/ITdce2+S4upFIShSStYcmjI5zmVr0RHdnGrtU15MpIrVDOOIPVfme&#10;enTa+J6GWLeGKY2NhTq0MdV96JQai6MJH+rs/JTwckW/F1EP7aj+tnf3cprIbXRtX09CE4ZkW0/0&#10;JeWpbX0gnLfBIkvbjnUND03fxINp+r7/xPRyLn01Z2JPzXUgH5QZfBDpSP1VQ49gLDleQN41JDvF&#10;Hw5sWF1z0ZCJSlHdZ9s7zhbytjFv23Up1a1fVn8xZJlEvj0qzqnwXFA81UDCRLZYHFLAx1S3Cl5w&#10;G0Yd4pem+u1vS4R+OeeZe93QnphT4VLN2wSyB0d7ui5Mlm2SbJBJVq12jvvXUwfKqS6EsgdxjFM0&#10;xzAroK7pRiof2eLPPmA82dOMl6RKKyy8mmSI9TcOMWmx1zcDkdMjbydzDTE1X2nQF8y0Q4s+F+Ml&#10;joyOJ2l51WhVcxtCvYIjpT7J8Zzo1nJrQLO8FDtCRV2QXU8iU141DCNxqE4+owYmwFcwRWp38s2i&#10;OPQvDhzNadpAJFdPG4/pjSV7FkU7ou6pnr3E6aRU33XLn7Mi5EmdPjrmpdgSIwJVbbYoGi9YY3Wr&#10;mrGJmphRU/jkQxjbogiE9K5zPFSTyPeLiURSSq9iJXvqNWuJcSLndnif0QET4CuoWUserFVcbMh5&#10;rGydU7NAXR569YDHHzCe7KkOjdwJKZbdasdII6u6W+T+Ue0Q/+eVFnQpT/Oujtl+wXsXOto5hXdK&#10;rt5xCtR7VP6FPNDL8shnJG9MvMLm0rmKFnwGUloLD7Obe6KxnGiKmG6iHCmWm2j31XVhjvvXExAd&#10;G8o64WcIJKfKzpx0dGubHk9b5ZzyQrWGYO50DNrU4M+KTDrqjnqckgy6L1FN0iEyhZo1tcMUCNpZ&#10;3jSoD9tvArRnMVVyy9CUZJQq2eNEeqStxacl5PSWe5Vg63IeGryMFmCxIeXy3HA/dNrTwWQxw6pc&#10;QkObRnnv0jQ4nWnIe1qjWY6kCa0bE2IK2psmC4leiYQL62WeghaSphAfHN6JSXQACjm97LrCSK95&#10;6ot+0d9P0bM5ONdY3AXCmcdM0/XasIUck67yTo+r0Qq/o247zGFMD+1Z9HGaYtS+EdT0DOtrx5FA&#10;VsSygLoj5VAhBvyMwzfKQus6i5wI7nVUpGFY1qYZSZVT55v8gTRA1m6ZZKR6fJz6nsHccmr6kUbd&#10;RIy75i1oQksbOnNCP9Xp1U/9kNQTYRCto4YTmZd2sCR5Q92rnIwdbrFw0tAoc2QyDtImzHxLKls3&#10;iGnqRupsoWYQOLmNIBRchwCU6jK2qTEeGlyFRjh6gGyWQ0540OmbzCNccgxMO3sBh+QlGM0QWxL7&#10;/KqyoXVFxOWOHfVsJu+oD7xXpd2pQ1XaBq0zZxQjo/Yvq8topx65IKdnXMyZllBPg6oudzq7GrvI&#10;MaQRWydnk2IxukXkHZl60UfCHjHdWZ25lCo7fcfG63mRRGMRWTLThJI5i9MR0fEejWOvuUcvMuFm&#10;ZU/puzjTXWIFXrloAN1VokZNiGPLjhah+MQvJ1rm718j053JRuZyudOSndQx+dZEirm304DHS0w6&#10;eol0Wca6QzqqxBfU7ejfy20Bk6U9tfxCXbtBk9FOeubVPZWkrtF5LTng4LDu5oCvsLEtIAYMTjS4&#10;Q+FacwRzG0sez1xAE4GJTNxxBW1Lk00FxNDRiTUB6MugJUMkufN8apsYNujqTe/mpafW1k4F+YUu&#10;zInSyL59t8C+RPXaxLV4KJPmNotCqtWkDW/ipnjYkiabLUMuB2ZBqkTyVRSncecatOFPSR9PS01Z&#10;utNkswESYypscrenpr0zMjSqV9ilmSRydpdOTFEDxXSWO3Gw99LfGV5e723Ja/BjRRGImIcyYu5t&#10;oWcoX7ZLxobOjBMfCE5FExuqscNEwN7AngeHTOPbyKe2qQcHJounZSon5kHkqDpRgivBAdUiPt0B&#10;yiZNKDFWJ0GYE7wJ5BUUWXq1RZaWrM7tKnwTR7JW9kSF6ntKkUU6W5ImpyGDI6AGz7QyC6vv5iTo&#10;Uk07QS45foBsTF+OOYxT1bDt0jjIUZL0sP5+AEkmbTj0sFRPCU5K807LIKU3QXpcBI2h1bnGFmkf&#10;FGrgFW7PhiaAFm7Yv1NwSppuwxNctRNZpMqja5T5psPmbOOEzZQ0GVuryxq0JHlmXjd5nRpCLeEw&#10;08YOEFHNcOmjf2kns0YIBO2AtOXnYyzvbnN3e/XT7d2doMt22/fvfrzbnn1cAdr9w49/+NOPZoJH&#10;ZOCeDWEsP73bXP0KPPkJRPLb893/f1ht1+dnd//7AAAaCe3th6398M5+2O7vftxkTHwGtm13+18+&#10;/XO1fTx75Me353sA3H/ZGA56dWGgY3mXA6188mHzPx/2m+tbQSRn3gpH+g8w2QUT/W8HZ5PPfg7O&#10;zhXlYnC2lqKgGafc0lldHBDstON6yU8FnB0EiGS7Yvju4w01OXEQ4N8BzlZWAGcrJ7IFzw66BMS2&#10;oV9bXshYfSYxLdXYCRxLR0lGagT2NMIoqFrxhgEErONXmIBZU1ISnaolCaBV0396vG6LhAm3JRKd&#10;TD5qRkqoN8AezXePmjaWRpKBqWadafTE2kBu1GH2CXJVJOeIOILLXELXBkA8OS4NnYNvIQFX907N&#10;WveqBN3CJeNIHGxVsGotQNuIB7UdQLnY/qw1C4gZZereCvi03uiLfTJiGHYQkBShFrgAWtabdn3T&#10;H6alI3+i9nogenUrqHU8WhrexYDwIU50AW2oiBgQTNGRMbFYpxHohbchVPsCSFy4I3TRDAzGX3HC&#10;ckggZ7Qwxz4c00y0CIq+4U58YiqCzDSCOZQb5qHsqZ4qScelvCGVMBDc2g5SODBaKtSkQo7ZIwzD&#10;Zy+QNeCdQVtci6gjW1M4Qe6OltLApQ+WqROlVd0KpWOpXp4/4ZzUeCF6mICr5cWi0CSzc83th4z6&#10;KnszF546+h1UFqKtzPPwjrWt7Ag1OiSKBMC6lQsWVf0HLQ1P2BMHetTlMhepr9wyzVRhS2lX55mD&#10;RQS0/IIRQJCzjT3tplIY4R4dkA7+3pBjCNGbmINj0DkF5z9oH9XkDGrQukCA2RxrbHsaNeUFkaFT&#10;cnFYCjeqSk1rr84GXo+tEN1IRDmHZ6YA6n194o5jpXpULQ2dU7kcEbOVzjk1ThsIbE545iSk45oQ&#10;XaPYF6zXafoAqE6KBSDbkM2sbiFwIyYXOQowoHKiJ/kG6VOhlj583bPT/EWZCjV/xYHBcdzJmggA&#10;WYBb1vmmU69thMAQxnN7TK00DV1CzTiVuVKWCSfUnKGRYLDU/zIci04xDAgfkIlKEGxePavAd4Ht&#10;V2pM3vEKHDazDgj9cyc1B7rAOTxdewE1GmvUPt9ymkapUVjy9KoO4vq0qSkAXacpRIpn6RN8gGiv&#10;rz3RKVMJouqOVWLC5t6BU6FhztojI+YiQZZ2pvSAg6VgLFqFytb5ZkNaIsZyavB8upcg3et8z4Te&#10;14vtgsvS43ccljho7VxsB6wJujZzDybFMTcOMcqJHhEMI3LUvaZZ1LTPQdVbmTApGG9ZGSt2dlOQ&#10;TRZGOLRZD1CctZC6RFYeyDEdngm7Ciuk+PIyHaYflsQzC3WCO2AvSo/MhxwFcaBWEVevKRe90uTU&#10;HsfUCMcJDWwMPcHCCQmM4walaaj5HNBPTsjXN53oqyeAOdnJrtapSYM1xAfwH072ICc4LKTh+J2W&#10;Y8ecHyEXI460EuqcsH2axhBROABWpwZkp2AlwWQ4rgp5c+ZXOaEFX+cklryh8O0GV/bDmqVwIl6r&#10;ZpKM4WVIV9ZuGUzWqUkwLZAwQnGp5Ty5ahUD7Xp6goe1iwuosaMDmEOR5IS18E224UDRCVCG36Ld&#10;4Gh3lFpSvQMR3NmaI2Lgp470OOKjKTexxyOOAjjOL4hnI4Os7+JIjV+IJW2sE/ecDNcXJKo5u/Jy&#10;7Hi94NRznQT+WjZySXCS5pJhEtzgBNTITnD6wYl0F1xtZmRB2JsaIJuF2A1O4BIPlxq4wYlUG4dQ&#10;5OEGJzo0dv+FH5z6pjE4BxMgLzhx8GEwlJkfnHpUVHukC4LTMbUfnNgYgVxmF+UHJy6EaAw36Aen&#10;yHTN+qB+cJJupY2//eDE3Az8ZeHbD06RPMpyRhriTnAiAD/XW25wIowmPcO+IDiJISj0BAvzglNP&#10;Fm0S9Cs/5jWgY4tM/ODEbJqZhlK7wYl3xMEWaj840UvGdgo1J7cdN0gKw+0lhdoPTj1KaDmjG5x6&#10;GhmauvrBiXMNjSYOtH2d4HRM7MYbwCtMyvMb+sGJjbGbUfzgRPNFoGbZw7vBqSc1N/fnBqeZ2PF6&#10;wQnnKvWSsG4BeK5qwlkynvmM1PiwZ2mDQ2htgVaO2FZj9YDolAFu/nEucchYnhLBEsdOjGP78/Ys&#10;bADzJDvL/C4g5lYSDdKCC6+39JJcflL8tcDc6nkzx1WTrlznlyMUdmWSR0hsK+rG/T1OmUTqYXGc&#10;NqTTBZUZwxH+xbmuQ66PsuzXH/9w5YYdpFowkqB7TYjImxc4dePU6LRwbMrAfRoORJtGNp3mvPQi&#10;YoPi0OuiNnCUGRSpBXJwPh41+6HunOOjzthgIAgp2wvkx2mFXp3dImpmyhq0OOLitIoEMq0VLAec&#10;0Jda4k47xkoCFMDBrL/gjcymv30AxEUXo+L+BXpsrc05dwc5Q7msJmiUc9qOJivN/UzMPjktQjpn&#10;NhtPtFjr8qNlChgsr+y3/EauFDMvBli57pjIrMEw5ZXxZ049f0S8QBpB7hdYKjqAYHr0SO4uq7s+&#10;qn27QmLgWHy98h8BAGhXMHG4xZEzUHA9KrdgU8iV9LSEdOA9OXcyXsvZQZ6A18xF+u+W/pDT1uPQ&#10;aZty0nbTl9YOOSe9nGuEuNvLcN/cceFMRgaZjGjGS+x0giepNIcusuw4b+R1Xzk5JhCLXEfho8g5&#10;q6LG01mtI8O2urNmBiCA0Ly2XwUweaR+Nurk4F84Jc9WKjUFmMM3/tem9azsnF/iFLuddmVm6SUA&#10;2LZ5a07Ly6mqqgTBm6rpyg2jDl5WYCo2vaCMcaZF3Nh4SBc4puuMnIGFyXm7vDuckHH6Q3S/BNld&#10;qP23pJuu2R5nUTgSWJcJKFhLXMTuLcxYHLNnyVERyaCHi5hEccC0vjZCsxkNvUmnr4/LY5hc3nIJ&#10;NXuibdIGx1P3acexlL5M3WkfEx8FXpPEt0d25gZM5IsBLcF2QE9aXF7WB3cAbJarV7MgfXRHBh/b&#10;eTEX3oHWCuBNNBEpOu6eeR4plBJ78A4JHjqB9uEdHGw+dAZdeAcDS7lsT3j24R0SEPRsvg/voEdh&#10;6bMP7+BmyF4NzYd3ANoetZsp45d63sAtexyWyy/oIzZAbgPeXEwMnEdXduEddP2N2Id3cBGUpHCy&#10;KT68A9GRlGdiH94xgYzVlRfAO2gVy8UkxbW68A4iup2KIPPzZnhM1u2MqoBInMYCJ9akQ5A58eEd&#10;YMO4mFmp3QkUx+W5XmcxNZ0Iq6p9eAfdXbIRXduFd0gFa/JmnuJMftBsKoSyNpZGhlIL79JntqNT&#10;PryDsw5cDapru/AObrEgLCi1z/cRtQ/vENdnsFQf3sGg+dBp8OEdmLtVhfQDPHgHJsx8prylD+8g&#10;vwTLW6j9Wg/4m4wni36TkdZTNRmtUxGeQi7XiOXV+aAD8JgLwK8Y4rm2hS5eYcheda50x0+BXFZJ&#10;GrHxYk+F7DZ0pxVgibty35OhkbbeGNI5hZ9cTGO9Nw4yUz9UzU0uphk0SEnPxt1R9NxMaBG5+B4V&#10;IM04Ty6MdlRfpE1QT0zlEnS7yYiD5nyu5leg/novbVteIRsEoGxHyyIpsDEzqy0M/O06k2N648ie&#10;qjByjl4bMhQo9TRZiilOyxShc5THWLEl7WlLd5RoRW2XMMLqClVYRE3IL/bP23p3k9DvMve8jFru&#10;7BdnUa6GqO8+6NIDKChDoT1yu3aYLhWNHEe3AEEb6g2BE5Hqq9NntiEwXs7pwdKfImU5VOr0g53V&#10;qb2tLMWgmcbVmZEvP1C3xaiUFlqdXL6FwTIcMOoeM5AooIRDIINzDkRiMnDrorqpd3lv8V6KahdY&#10;k6vqXOVg7RRGZpzHqL8qd10ZLGcROSHdggX4LU+QpEWawxM6BELvMWM38SwwjiPBLKJ+0XeZo3gF&#10;7yhjGEWB0MY/aMGsdwSTbyFPtMBRYRI/A6RQn3kXvXFEiwIx61hBaVXlDrYoKrVfLKPq+TiBOCUG&#10;gc6UTHDjMvYQanTX6R9x6ouZlPJNJlvvHHKOClBAoQZoSYZXfUtOXdEEzpzQm3AAaLK29AsL37T6&#10;vLVJ6YtN80EHn8XapADqAZzIxa0rz0BPhwdaXnaURL6gyaPG9xRpUB56boJxs13xSaxoyRfros55&#10;SxbekoSLSblg2kTWy8jzl8dkcu7OcE7YoFPMM4rPolo8ZC1m+fbUVKHlLkjNFX2YBM1Z4FCFc+oX&#10;/kpVLHK3glaJfOEMwdShpv9RQiL5kJfjUsAfEiK5E8xfXE6YZRnyZTIOCpL35OoEJQfs5EwbIWeS&#10;bwHUT7jxhJb5Ldl/+Yacw3iXotF71Zf9su37V57/Nx3t58bcnw5W8Z99tD9/CxvfTJe/+0u/RU++&#10;+u743/kqgOfv+vvhXwAAAP//AwBQSwMEFAAGAAgAAAAhAJQA1U/eAAAACAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj09Lw0AQxe+C32EZwZvd/MGqMZtSinoqgq0g3qbJNAnNzobsNkm/veNJTzPDe7z5&#10;vXw1206NNPjWsYF4EYEiLl3Vcm3gc/969wjKB+QKO8dk4EIeVsX1VY5Z5Sb+oHEXaiUh7DM00ITQ&#10;Z1r7siGLfuF6YtGObrAY5BxqXQ04SbjtdBJFS22xZfnQYE+bhsrT7mwNvE04rdP4ZdyejpvL9/7+&#10;/WsbkzG3N/P6GVSgOfyZ4Rdf0KEQpoM7c+VVZ+AhkSrBwFKGyGmUPoE6iC+RRRe5/l+g+AEAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAb+/sxjhcAADNwAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCUANVP3gAAAAgBAAAPAAAAAAAAAAAAAAAAAOgZ&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA8xoAAAAA&#10;">
+                <v:shape id="Graphic 5" o:spid="_x0000_s1027" style="position:absolute;left:1301;width:13424;height:7486;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1342390,748665" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA1ptR1wgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvhfyD2EBujZySlOBaDnFJSi891M4HLNbGNrVWiqXY7t9XhUKPw8ybYbLDbHox0uA7ywo26wQE&#10;cW11x42CS3V+3IPwAVljb5kUfJOHQ754yDDVduJPGsvQiFjCPkUFbQguldLXLRn0a+uIo3e1g8EQ&#10;5dBIPeAUy00vn5LkWRrsOC606Oi1pfqrvBsFu+t0Y/NWHD8u2/1u2laOToVTarWcjy8gAs3hP/xH&#10;v+vIwe+VeANk/gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA1ptR1wgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m1340602,584199r-263617,l1077455,609803r56,6721l1064501,676224r-37739,29908l978692,732715r-20528,4850l957986,748195r31382,-6338l998275,737039r11251,-6582l1068870,694093r20163,-11345l1102640,676962r13248,-2031l1134973,674852r3141,-20019l1150288,643235r31221,-7606l1241793,627583r35535,-11764l1298568,611578r37211,l1339112,600205r107,-685l1340602,584199xem1119158,501510r-306701,l814133,508682r637,7722l814437,529474r-1231,23217l833524,565424r14856,17456l858067,599520r4809,10283l865143,613923r3583,2601l876168,618711r13848,2877l888286,648906r48,10917l888431,667858r2963,14777l897839,701878r30544,-3518l945880,694978r11034,-5234l968070,680669r-7544,-19558l963397,661111r3892,-1288l996137,648906r21494,-22414l1033218,612281r17258,-12076l1076985,584199r263617,l1340776,582274r-184464,l1130903,577280r-11893,-14689l1112024,533666r7134,-32156xem963397,661111r-2871,l961948,661263r1335,-114l963397,661111xem1335779,611578r-37211,l1313970,614570r18018,9939l1335779,611578xem1323113,484941r-19218,l1312464,489219r2198,18609l1312976,546049r-40016,28435l1203845,582117r-47533,157l1340776,582274r1620,-17937l1335871,517889r-12758,-32948xem1061654,440689r-264844,l796810,503923r15647,-2413l1119158,501510r466,-17086l1112152,477413r-31713,l1071821,476330r-8021,-8447l1052537,449872r9117,-9183xem1278557,402185r-3404,l1281633,428401r4838,61310l1303895,484941r19218,l1313827,460959r-25227,-47270l1278557,402185xem1093495,473328r-13056,4085l1112152,477413r-508,-477l1093495,473328xem91135,71259l,405968r4927,18656l260121,431037r-965,19927l279184,445528r3924,-14491l1068254,431037r3296,-10073l1075118,403110r-17812,-20250l1048354,369795r-2806,-11565l1046175,342480r-7585,-5227l1033078,333047r-6127,-5401l1017524,318833r-13931,-140l995089,315899r-673,-813l948855,315086r-9227,-4153l935429,305244r-181,-11099l938072,273761r17229,l958481,270408r-5961,-26079l957656,230247r19824,-14957l983260,208381r4646,-4454l993863,199992r9716,-5352l1004544,187553r41748,-29700l1069314,154889r4909,-10564l1078341,137960r5561,-4728l1093139,127584r-2974,-7072l1088408,116839r-33966,l1038720,106246r-10940,-5155l1021529,99194r-1656,-820l1020699,97015r882,-864l829310,96151,91135,71259xem1068254,431037r-785146,l639584,437578r1359,8509l796810,440689r264844,l1062377,439961r5632,-8174l1068254,431037xem1270646,393122r-19271,1807l1222197,414781r17538,19444l1262647,405860r12506,-3675l1278557,402185r-7911,-9063xem980465,292468r-12210,618l960893,295648r-5479,6626l948855,315086r45561,l988538,307982r-8073,-15514xem955301,273761r-17229,l951712,277545r3589,-3784xem1077874,98386r-7196,3325l1065839,104741r-4680,4466l1054442,116839r33966,l1087583,115114r-3620,-6463l1077874,98386xem971829,r-8765,5949l955332,9737r-11028,3250l925652,17322r-23523,9905l884253,38739,862990,59251,829310,96151r192271,l1026109,91719r-6600,-3824l1015079,77890r-4269,-24042l1004697,7912,993960,7581r-7002,-935l980608,4367,971829,xe" fillcolor="#bcbec0" stroked="f">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 6" o:spid="_x0000_s1028" style="position:absolute;top:1856;width:13595;height:1702;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1359535,170180" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDIBwlnwAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8IS9ram7KFKNRQTRgwf/4fnRPNvS5KU02bZ+eyMs7HGYmd8wq2ywRnTU+sqxgukkAUGc&#10;O11xoeB23X0tQPiArNE4JgVP8pCtRx8rTLXr+UzdJRQiQtinqKAMoUml9HlJFv3ENcTRe7jWYoiy&#10;LaRusY9wa+R3ksylxYrjQokNbUvK68uvVaBPlWw6w/XP7Hg73/e1CZ02Sn2Oh80SRKAh/If/2get&#10;YA7vK/EGyPULAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAyAcJZ8AAAADaAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m208280,l139433,r-4471,14859l127889,33807r-9754,27953l105638,103644r-495,l99352,74777,85623,17322,82105,,14516,,12166,37363,8559,82372,4305,127939,,166979r43307,l44018,144373r1600,-31585l47879,78765,50571,48818r495,l55422,70167r13691,56312l77851,166979r44818,l152158,77812r9309,-29248l161975,48564r-317,42622l160680,125526r-1219,25451l158457,166979r45327,l204266,115265r1194,-48476l206933,26657,208280,xem349504,73113l346849,59016,338048,48285,321818,41465,296926,39065r-14593,571l267563,41249r-14859,2464l237845,46824r-5004,30531l245414,72986r13119,-3759l271881,66586r13284,-991l291922,65595r8763,1753l300685,75603,287337,86626r-29337,6719l228650,105841r-13335,28347l216103,140944r5181,12179l235064,164782r26568,5207l268389,169989r6502,-495l281660,168490r8255,-27292l285661,142709r-4509,750l269887,143459r-7010,-2261l262877,133438r4635,-8801l278422,119202r12649,-3899l300926,111163r-2464,41884l297180,166992r48056,l345897,142633r3607,-69520xem462419,77609l449681,41694,417360,39052r-22797,2642l378828,49047r-9106,11239l366788,74612r6807,19304l388569,108724r14973,11506l410349,129679r,7265l394081,137198r-9233,-775l375640,134378r-9055,-2883l357784,128181r3746,36296l372465,166611r11036,1752l394627,169557r11214,432l423608,168236r17374,-5943l454177,151193r5232,-17259l452602,113499,437629,98983,422656,87998r-6808,-9881l415848,71843r17285,l441121,72250r7493,1168l455688,75234r6731,2375xem574586,77609l561835,41694,529526,39052r-22796,2642l490994,49047r-9106,11239l478955,74612r6807,19304l500735,108724r14973,11506l522516,129679r,7265l506247,137198r-9233,-775l487807,134378r-9068,-2883l469938,128181r3759,36296l484632,166611r11036,1752l506793,169557r11214,432l535774,168236r17374,-5943l566331,151193r5245,-17259l564769,113499,549795,98983,534822,87998r-6795,-9881l528027,71843r17272,l553288,72250r7493,1168l567855,75234r6731,2375xem762609,l708279,r-127,21323l707809,37058r-1029,25032l639940,62090r546,-15685l641337,30861,643686,,589368,r-647,50279l586994,92227r-2490,37579l581609,166979r54318,l636447,142494r1486,-44603l704773,97891r-520,17526l703427,132727r-1156,17158l700773,166979r54826,l756234,114592r1651,-42088l760133,35915,762609,xem903820,93129r-723,-4001l899655,70002r-2096,-2908l887425,53047,867486,42621r-9728,-1258l857758,89128r-40310,l819556,81140r4432,-7074l830719,69024r9005,-1930l847610,68491r5639,4178l856627,79565r1131,9563l857758,41363r-56846,6706l770255,92189r-1867,16472l774446,139052r16319,18770l814539,167347r28448,2642l853909,169672r10948,-940l875766,167246r10782,-2019l891133,138442r1423,-8255l881862,133159r-10935,2654l859853,137718r-11112,724l836637,137045r-10490,-4546l818743,124294r-2807,-12382l902068,111912r1244,-6261l903820,99390r,-6261xem1038517,73113r-2655,-14097l1027061,48285r-16218,-6820l985939,39065r-14580,571l956589,41249r-14859,2464l926858,46824r-5004,30531l934427,72986r13120,-3759l960894,66586r13284,-991l980935,65595r8763,1753l989698,75603,976363,86626r-29350,6719l917663,105841r-13335,28347l905129,140944r5181,12179l924090,164782r26555,5207l957402,169989r6502,-495l970673,168490r8255,-27292l974674,142709r-4496,750l958900,143459r-6997,-2261l951903,133438r4648,-8801l967447,119202r12650,-3899l989952,111163r-2464,41884l986193,166992r48069,l1034923,142633r3594,-69520xem1104620,12r-49822,l1053426,41833r-1905,41758l1048994,125298r-3200,41694l1095603,166992r1346,-40640l1099362,77584r2794,-45822l1104620,12xem1205509,42062r-28029,l1178725,9271r-45555,10261l1131658,42062r-20281,l1110132,74853r18771,l1128039,91135r-2197,30683l1125397,136690r2883,16510l1136408,163385r12649,5156l1165453,169976r8255,-228l1181950,169011r8179,-1244l1198245,165976r6273,-34544l1192987,134175r-16510,l1174470,126428r165,-21095l1176223,74853r28295,l1205509,42062xem1359230,78867r-3709,-19101l1345526,47510r-14605,-6528l1313421,39065r-16066,914l1284592,43218r-10351,6299l1265351,59588r-495,-495l1265732,43865r1283,-17322l1269365,12r-49823,l1218704,47256r-2108,47219l1213827,136220r-2806,30772l1260843,166992r1905,-39243l1270660,90462r21234,-12345l1300873,80060r5601,5220l1309357,92798r813,8852l1309789,117983r-940,16332l1306410,166992r49315,l1356271,140970r2959,-62103xe" fillcolor="#231f20" stroked="f">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <w10:wrap anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS"/>
+          <w:b/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Commonwealth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS"/>
+          <w:b/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS"/>
+          <w:b/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS"/>
+          <w:b/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS"/>
+          <w:b/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Massachusetts </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT"/>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Executive Office of Health and Human Services </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Gill Sans MT"/>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-2"/>
+            <w:sz w:val="20"/>
           </w:rPr>
           <w:t>www.mass.gov/masshealth</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="10FF0266" w14:textId="77777777" w:rsidR="00914379" w:rsidRDefault="00914379" w:rsidP="00914379">
+    <w:p w14:paraId="164DB712" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="285956B3" w14:textId="09071391" w:rsidR="00914379" w:rsidRDefault="007A3223" w:rsidP="007A3223">
+    <w:p w14:paraId="3E74D8EC" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Gill Sans MT"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23B2B618" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
         <w:pStyle w:val="Title"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:spacing w:line="237" w:lineRule="auto"/>
       </w:pPr>
-      <w:r w:rsidRPr="007A3223">
-[...7 lines deleted...]
-        <w:t>Money Follows the Person Demonstration — Provider Enrollment Checklist</w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t>Money</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t>Follows</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t>Person</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t>Demonstration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t>— Provider Enrollment Checklist</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="259532DE" w14:textId="77777777" w:rsidR="007A3223" w:rsidRDefault="007A3223" w:rsidP="007A3223"/>
-[...8 lines deleted...]
-        <w:t>Demonstration Provider.</w:t>
+    <w:p w14:paraId="1A0080D3" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="228"/>
+        <w:ind w:left="110"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>See</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>documents</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>outlined</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>below</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>become</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>Money</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>Follows</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>Person</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>Demonstration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>Provider.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="649ACDCC" w14:textId="1C221A16" w:rsidR="00C04003" w:rsidRDefault="00C04003" w:rsidP="007A3223">
-[...2 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="205AEAC8" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="3"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="13"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DF10A06" w14:textId="00F4A7C6" w:rsidR="00C04003" w:rsidRPr="006D45CC" w:rsidRDefault="005859F2" w:rsidP="007A3223">
+    <w:p w14:paraId="5AEDC31C" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="98"/>
+        <w:ind w:left="175"/>
       </w:pPr>
-      <w:r w:rsidRPr="006D45CC">
-[...4 lines deleted...]
-        <w:t>I. PROVIDER APPLICANTS MUST SUBMIT:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487316480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="391D5F38" wp14:editId="36DAC8D4">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>460375</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>49072</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6864350" cy="6771640"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="7" name="Group 7"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6864350" cy="6771640"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="6864350" cy="6771640"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="8" name="Graphic 8"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="6350" y="375969"/>
+                            <a:ext cx="6851650" cy="1270"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6851650">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="6851650" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6350">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="9" name="Graphic 9"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3175" y="3175"/>
+                            <a:ext cx="6858000" cy="6765290"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6858000" h="6765290">
+                                <a:moveTo>
+                                  <a:pt x="171450" y="677595"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="677595"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="785545"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="785545"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="677595"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="6858000" h="6765290">
+                                <a:moveTo>
+                                  <a:pt x="171450" y="1071295"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="1071295"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="1179245"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="1179245"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="1071295"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="6858000" h="6765290">
+                                <a:moveTo>
+                                  <a:pt x="171450" y="1642795"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="1642795"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="1750745"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="1750745"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="1642795"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="6858000" h="6765290">
+                                <a:moveTo>
+                                  <a:pt x="171450" y="2036495"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="2036495"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="2144445"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="2144445"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="2036495"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="6858000" h="6765290">
+                                <a:moveTo>
+                                  <a:pt x="171450" y="2607995"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="2607995"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="2715945"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="2715945"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="2607995"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="6858000" h="6765290">
+                                <a:moveTo>
+                                  <a:pt x="353987" y="2785795"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="468287" y="2785795"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="468287" y="2893745"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="353987" y="2893745"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="353987" y="2785795"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="6858000" h="6765290">
+                                <a:moveTo>
+                                  <a:pt x="349250" y="2963595"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="463550" y="2963595"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="463550" y="3071545"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="349250" y="3071545"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="349250" y="2963595"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="6858000" h="6765290">
+                                <a:moveTo>
+                                  <a:pt x="171450" y="3535095"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="3535095"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="3643045"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="3643045"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="3535095"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="6858000" h="6765290">
+                                <a:moveTo>
+                                  <a:pt x="171450" y="3928795"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="3928795"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="4036745"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="4036745"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="3928795"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="6858000" h="6765290">
+                                <a:moveTo>
+                                  <a:pt x="171450" y="4144695"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="4144695"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="4252645"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="4252645"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="4144695"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="6858000" h="6765290">
+                                <a:moveTo>
+                                  <a:pt x="171450" y="4716195"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="4716195"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="4824145"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="4824145"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="4716195"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="6858000" h="6765290">
+                                <a:moveTo>
+                                  <a:pt x="171450" y="5109895"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="5109895"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="5217845"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="5217845"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="5109895"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="6858000" h="6765290">
+                                <a:moveTo>
+                                  <a:pt x="171450" y="5325795"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="5325795"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="5433745"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="5433745"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="5325795"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="6858000" h="6765290">
+                                <a:moveTo>
+                                  <a:pt x="171450" y="5541695"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="5541695"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="5649645"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="5649645"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="5541695"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="6858000" h="6765290">
+                                <a:moveTo>
+                                  <a:pt x="171450" y="6113195"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="6113195"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="6221145"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="6221145"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="6113195"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="6858000" h="6765290">
+                                <a:moveTo>
+                                  <a:pt x="0" y="6765290"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="6858000" y="6765290"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6858000" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="6765290"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6350">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="47EAF8FD" id="Group 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:36.25pt;margin-top:3.85pt;width:540.5pt;height:533.2pt;z-index:-16000000;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="68643,67716" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCx9wVm3AQAAA0aAAAOAAAAZHJzL2Uyb0RvYy54bWzsmU1v4zYQhu8F+h8E3RuL1LcRZ1FsmqDA&#10;YneBTdEzLcu2UFlUSfkj/75D0mOLlgubW+2tOXgoa4Z8+XA4cqjHD4dN7e1KISvezHzyEPhe2RR8&#10;UTWrmf/H28svme/JjjULVvOmnPnvpfQ/PP380+O+nZaUr3m9KIUHnTRyum9n/rrr2ulkIot1uWHy&#10;gbdlAzeXXGxYB5diNVkItofeN/WEBkEy2XOxaAUvSinh22dz03/S/S+XZdF9WS5l2Xn1zAdtnf4U&#10;+nOuPidPj2y6EqxdV8VRBvsOFRtWNTDoqatn1jFvK6pBV5uqEFzyZfdQ8M2EL5dVUeo5wGxIcDGb&#10;V8G3rZ7LarpftSdMgPaC03d3W3zevYr2W/tVGPXQ/MSLvyRwmezb1bR/X12vzs6HpdioIJiEd9BE&#10;309Ey0PnFfBlkiVRGAP4Au4laUqS6Mi8WMPCDOKK9W83IidsagbW8k5y9i3kjzwjkv8N0bc1a0tN&#10;XioEX4VXLWY+5HLDNpDFr8eEyVT+qKHBRzE8XskjzgtCiSYBIMI0zpPc5N6ZVEwSJEVoqjGdJsum&#10;xVZ2ryXXxNnuk+xM5i6wxdbYKg4NNgXkv8r8Wmd+53uQ+cL3IPPnZvSWdSpOLaNqenu1ZEaI+m7D&#10;d+Ub13e7i7UCaee7ddP3wh48zAfwNR7QUMNAbpmGHhra/cnVjVahWKmBJa+rxUtV1/pCrOYfa+Ht&#10;GEyKhuSFIibLrRWye2Zybfz0LTVdLUPntZyaJVJLN+eLd1jfPSzpzJd/b5kofa/+vYEMUgUDGwIb&#10;c2yIrv7IdVnRgGDMt8OfTLSeGn7md7CynzkmEpvioqmpn3xVZMN/3XZ8WakVhaRGRccLSGqTYj88&#10;u/PL7NYZend2hySNfbXkuqGzs5fbWRCcqkAS0xzXDbdIPwOQFFTTH5LeRstaFSQjRa3COZlbneok&#10;JZHajqZuxXl8zKCzn530NIvTa/7ohdb03vNOsziOsHf0QjvQ4uYNFfesHPssai5Lsx3MZrT2visc&#10;EqSEutCxA1AU2gEeQtKc3s/H1d1SjyJGJpRENHUiZAWgKLRDQpB3qQMhR/erYsYlRIMwiVwI2QFI&#10;Bu2AECUR/N29x1zdLfUoYmRCSZDmToSsABSFdkgoJXHuQMjR/aqYEQiFcZhnqS7SFCrj7V0WJRm9&#10;GoBk0BpCffcsD2/tsr4cR3dLPYoYg1CU0+NjiebwA/RmDkXgdDUARaFFQif3EGrprSdZeJbj6G6r&#10;RxEjEOo96GH94uAmod6z2w5AUWgHuwyqXBjcv8tc3S31KGJkQjlsHydCVgCKQjsgFEEtvbXLegvm&#10;6B5eFTMuoQieNYkLITsAyaAdEqIxTe7PocjR3VKPIkYmBKcAxImQFYCi0A4JZRSY3v20jxzdr4oZ&#10;l1BMgjxzIWQHIBm0A0IxJWl2PyFXd0s9ihiZUEjveNr3KnVsBaAotENCUXjzad+rQ7Gj+1UxIxOK&#10;I+JUh+C/0F4AkkE7JAS/2B3qUOzoflXMuIQSQkKnOmQHIBm0A0IJpcShDrm6W+pRxAiE8Myjf0rz&#10;b4cecNJnzgv0KUk/AgWhNXT6/ngChB5ojadRcY8PHuLgAZ85iRyA+P/E0ZxO3nniqE/X4Z2DPjU9&#10;vh9RLzX61/qE8vwW5+kfAAAA//8DAFBLAwQUAAYACAAAACEAt3BoQeAAAAAKAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPT0vDQBDF74LfYRnBm92kNabEbEop6qkItoL0ts1Ok9DsbMhuk/TbOz3paf68&#10;x5vf5KvJtmLA3jeOFMSzCARS6UxDlYLv/fvTEoQPmoxuHaGCK3pYFfd3uc6MG+kLh12oBIeQz7SC&#10;OoQuk9KXNVrtZ65DYu3keqsDj30lTa9HDretnEfRi7S6Ib5Q6w43NZbn3cUq+Bj1uF7Eb8P2fNpc&#10;D/vk82cbo1KPD9P6FUTAKfyZ4YbP6FAw09FdyHjRKkjnCTu5piBucpwseHHkLkqfY5BFLv+/UPwC&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAsfcFZtwEAAANGgAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAt3BoQeAAAAAKAQAADwAAAAAAAAAAAAAA&#10;AAA2BwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAEMIAAAAAA==&#10;">
+                <v:shape id="Graphic 8" o:spid="_x0000_s1027" style="position:absolute;left:63;top:3759;width:68517;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6851650,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBwVBgvvwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L/kO4gjtNFUa0Y5RBGJhBFF8I7q7NnbZMc1OSWOvfm4Xg8nDe82VrKtGQ86VlBaNhAoI4s7rk&#10;XMHp+D2YgvABWWNlmRQ8yMNy0e3MMdX2zntqDiEXMYR9igqKEOpUSp8VZNAPbU0cuT/rDIYIXS61&#10;w3sMN5UcJ8lEGiw5NhRY06qg7P9wMwo+3Ha1s5dyRuPrprn+ntcjjU6pfq/9+gQRqA1v8cv9oxXE&#10;rfFKvAFy8QQAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBwVBgvvwAAANoAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m,l6851650,e" filled="f" strokecolor="#231f20" strokeweight=".5pt">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 9" o:spid="_x0000_s1028" style="position:absolute;left:31;top:31;width:68580;height:67653;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6858000,6765290" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDlfjD+wwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPMGbZhVbtqtRVLD0YkXtob09Ns/dxc3LkqS6+uubguBxmJlvmNmiNbW4kPOVZQWjYQKC&#10;OLe64kLB13EzSEH4gKyxtkwKbuRhMe92Zphpe+U9XQ6hEBHCPkMFZQhNJqXPSzLoh7Yhjt7JOoMh&#10;SldI7fAa4aaW4yR5lQYrjgslNrQuKT8ffo0Cl6bf99VGv1N7dz/bl88d7yZSqX6vXU5BBGrDM/xo&#10;f2gFb/B/Jd4AOf8DAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5X4w/sMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m171450,677595r114300,l285750,785545r-114300,l171450,677595xem171450,1071295r114300,l285750,1179245r-114300,l171450,1071295xem171450,1642795r114300,l285750,1750745r-114300,l171450,1642795xem171450,2036495r114300,l285750,2144445r-114300,l171450,2036495xem171450,2607995r114300,l285750,2715945r-114300,l171450,2607995xem353987,2785795r114300,l468287,2893745r-114300,l353987,2785795xem349250,2963595r114300,l463550,3071545r-114300,l349250,2963595xem171450,3535095r114300,l285750,3643045r-114300,l171450,3535095xem171450,3928795r114300,l285750,4036745r-114300,l171450,3928795xem171450,4144695r114300,l285750,4252645r-114300,l171450,4144695xem171450,4716195r114300,l285750,4824145r-114300,l171450,4716195xem171450,5109895r114300,l285750,5217845r-114300,l171450,5109895xem171450,5325795r114300,l285750,5433745r-114300,l171450,5325795xem171450,5541695r114300,l285750,5649645r-114300,l171450,5541695xem171450,6113195r114300,l285750,6221145r-114300,l171450,6113195xem,6765290r6858000,l6858000,,,,,6765290xe" filled="f" strokecolor="#231f20" strokeweight=".5pt">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <w10:wrap anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>applicant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A724C84" w14:textId="77777777" w:rsidR="005859F2" w:rsidRDefault="005859F2" w:rsidP="005859F2">
-[...2 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="6E62FBCF" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="3950E83C" w14:textId="18B81C95" w:rsidR="005859F2" w:rsidRDefault="00A17689" w:rsidP="005859F2">
-[...804 lines deleted...]
-    <w:p w14:paraId="4313563D" w14:textId="7961CC37" w:rsidR="006D45CC" w:rsidRDefault="006D45CC" w:rsidP="006B2E8B">
+    <w:p w14:paraId="666330F4" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="381"/>
+        </w:tabs>
+        <w:spacing w:before="151"/>
+        <w:ind w:left="381" w:hanging="206"/>
       </w:pPr>
       <w:r>
-        <w:t>Assistive technology provider staff and individual providers must have either</w:t>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>PROVIDER</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>APPLICANTS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>MUST</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>SUBMIT:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57E04849" w14:textId="37E45EFB" w:rsidR="006D45CC" w:rsidRDefault="006D45CC" w:rsidP="00CA52CA">
+    <w:p w14:paraId="0659EB1E" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="675" w:right="3388" w:hanging="5"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Money</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Follows</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Person</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Demonstration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>(MFP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Demo)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provider Application </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>https://www.mass.gov/doc/money-follows-the-person-provider-application/download</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="429D95A5" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="58" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="670" w:right="584"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Money</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Follows</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Person</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Acknowledgement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Terms</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Participation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Money</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Follows</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the Person Demonstration Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3282BA2D" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="0" w:line="251" w:lineRule="exact"/>
+        <w:ind w:left="670"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId9">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>https://www.mass.gov/doc/mfp-provider-agreement-and-</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>acknowledgement/download</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5C2D2504" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="670" w:right="4180"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>MassHealth Trading</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Partner Agreement </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>https://www.mass.gov/doc/masshealth-trading-partner-agreement/download</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4AF1EE08" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="58" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="670" w:right="225"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Data</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Collection</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Form</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Registration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Instructions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Home</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Community-Based</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>(HCBS)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Waivers</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Money</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Follows </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>the Person Demonstration</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E45921B" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="0" w:line="251" w:lineRule="exact"/>
+        <w:ind w:left="670"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId11">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>https://www.mass.gov/doc/data-collection-form-and-registration-instructions-for-hcbs-and-mfp-demonstration-</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>0/download</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0E02F08D" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="949" w:right="3388" w:hanging="288"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Authorization</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Electronic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Funds Transfer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>(EFT)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>payments</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve">either: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Voided</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>check,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="231F20"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21D3036D" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="0" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="955" w:right="584" w:hanging="5"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bank letter that includes your legal name on account, type of account, routing number, and account number </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>https://www.mass.gov/doc/electronic-funds-transfer-eft-enrollmentmodification-form-for-home-and-community-based-</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="205E9E"/>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="90"/>
+          </w:rPr>
+          <w:t>services/download</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="37373AE6" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="56"/>
+        <w:ind w:left="670"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Massachusetts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="49"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Substitute</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>W-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CDB5C46" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="27" w:line="321" w:lineRule="auto"/>
+        <w:ind w:left="670" w:right="4180"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId14">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>https://www.mass.gov/doc/massachusetts-substitute-w-9-form-1/download</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="205E9E"/>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Enrollment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Checklist</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="666FD7A6" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="670"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Federally</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>disclosure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BB0DC8F" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="27" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="670" w:right="1601"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId15">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>https://www.mass.gov/doc/federally-required-disclosures-form-for-entities-pe-frd-e-0/download</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="205E9E"/>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>https://www.mass.gov/doc/federally-required-disclosures-form-for-individual-practitioners-pe-frd-in/download</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7B0A514F" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="59" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="662" w:right="225"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>tax</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>coupon,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>notice</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>new</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>employer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>identification</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>number</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>assigned,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>documentation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Internal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Revenue</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>(IRS)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>verifying</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>tax</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>identification</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>number.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>verification</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>tax</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>identification</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>number</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>document</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>IRS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55DE2B2D" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="58" w:line="321" w:lineRule="auto"/>
+        <w:ind w:left="670" w:right="2226"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Policy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>screening</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>employees,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>volunteers,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>contractors</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>criminal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>offender</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>record</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>informatio</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>n</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Proof of liability insurance and workers compensation insurance</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="472B3158" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="2" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="670" w:right="252"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId19">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Describe your experience of the position as well as your experience working with individuals with disabilities,</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-5"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>elders,</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-5"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>or both.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>This</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-4"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>should</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-3"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>include</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-3"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>staff</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-3"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>orientation,</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-4"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>ongoing</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-4"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>staff</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-3"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>development</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-3"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>activities,</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-4"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>training,</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-5"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>and</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>ongoing</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>supervision</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>to</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>ensure</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>all</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>staff</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="85"/>
+          </w:rPr>
+          <w:t>are trained and managed.</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5F10C832" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="58"/>
+        <w:ind w:left="662"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId22">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Additional</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="19"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>requirements</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>outlined</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>in</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Service</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>S</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>pecific</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Requirements</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Section</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>IV</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21DD0E17" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:sectPr w:rsidR="007F6DFF">
+          <w:footerReference w:type="default" r:id="rId23"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="580" w:right="780" w:bottom="900" w:left="620" w:header="0" w:footer="709" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38725FB9" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="420"/>
+        </w:tabs>
+        <w:spacing w:before="135"/>
+        <w:ind w:left="420" w:hanging="255"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487316992" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02572C8F" wp14:editId="65551E9F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>454025</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>454025</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6864350" cy="8811895"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="10" name="Group 10"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6864350" cy="8811895"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="6864350" cy="8811895"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="11" name="Graphic 11"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="6350" y="5729019"/>
+                            <a:ext cx="6851650" cy="1270"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6851650">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="6851650" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6350">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="12" name="Graphic 12"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="314325" y="718870"/>
+                            <a:ext cx="4387850" cy="1073150"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="4387850" h="1073150">
+                                <a:moveTo>
+                                  <a:pt x="25400" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="139700" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="139700" y="107950"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="25400" y="107950"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="25400" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="4387850" h="1073150">
+                                <a:moveTo>
+                                  <a:pt x="1079373" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1193673" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1193673" y="107950"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1079373" y="107950"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1079373" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="4387850" h="1073150">
+                                <a:moveTo>
+                                  <a:pt x="1819986" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1934286" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1934286" y="107950"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1819986" y="107950"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1819986" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="4387850" h="1073150">
+                                <a:moveTo>
+                                  <a:pt x="3375050" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3489350" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3489350" y="107950"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3375050" y="107950"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3375050" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="4387850" h="1073150">
+                                <a:moveTo>
+                                  <a:pt x="4273524" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="4387824" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4387824" y="107950"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4273524" y="107950"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4273524" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="4387850" h="1073150">
+                                <a:moveTo>
+                                  <a:pt x="0" y="609600"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="114300" y="609600"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="114300" y="717550"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="717550"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="609600"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="4387850" h="1073150">
+                                <a:moveTo>
+                                  <a:pt x="1066800" y="609600"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1181100" y="609600"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1181100" y="717550"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1066800" y="717550"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1066800" y="609600"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="4387850" h="1073150">
+                                <a:moveTo>
+                                  <a:pt x="2095500" y="609600"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="2209800" y="609600"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2209800" y="717550"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2095500" y="717550"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2095500" y="609600"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="4387850" h="1073150">
+                                <a:moveTo>
+                                  <a:pt x="3111500" y="609600"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3225800" y="609600"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3225800" y="717550"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3111500" y="717550"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3111500" y="609600"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="4387850" h="1073150">
+                                <a:moveTo>
+                                  <a:pt x="4165600" y="609600"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="4279900" y="609600"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4279900" y="717550"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4165600" y="717550"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4165600" y="609600"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="4387850" h="1073150">
+                                <a:moveTo>
+                                  <a:pt x="0" y="787400"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="114300" y="787400"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="114300" y="895350"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="895350"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="787400"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="4387850" h="1073150">
+                                <a:moveTo>
+                                  <a:pt x="1066800" y="787400"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1181100" y="787400"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1181100" y="895350"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1066800" y="895350"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1066800" y="787400"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="4387850" h="1073150">
+                                <a:moveTo>
+                                  <a:pt x="2095500" y="787400"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="2209800" y="787400"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2209800" y="895350"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2095500" y="895350"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2095500" y="787400"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="4387850" h="1073150">
+                                <a:moveTo>
+                                  <a:pt x="3111500" y="787400"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3225800" y="787400"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3225800" y="895350"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3111500" y="895350"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3111500" y="787400"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="4387850" h="1073150">
+                                <a:moveTo>
+                                  <a:pt x="4165600" y="787400"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="4279900" y="787400"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4279900" y="895350"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4165600" y="895350"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4165600" y="787400"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="4387850" h="1073150">
+                                <a:moveTo>
+                                  <a:pt x="0" y="965200"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="114300" y="965200"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="114300" y="1073150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1073150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="965200"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="4387850" h="1073150">
+                                <a:moveTo>
+                                  <a:pt x="1066800" y="965200"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1181100" y="965200"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1181100" y="1073150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1066800" y="1073150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1066800" y="965200"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="4387850" h="1073150">
+                                <a:moveTo>
+                                  <a:pt x="2095500" y="965200"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="2209800" y="965200"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2209800" y="1073150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2095500" y="1073150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2095500" y="965200"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="4387850" h="1073150">
+                                <a:moveTo>
+                                  <a:pt x="3111500" y="965200"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3225800" y="965200"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3225800" y="1073150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3111500" y="1073150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3111500" y="965200"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6350">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="13" name="Graphic 13"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="984215" y="2279064"/>
+                            <a:ext cx="5588635" cy="1295400"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="5588635" h="1295400">
+                                <a:moveTo>
+                                  <a:pt x="34" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="5588034" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="5588635" h="1295400">
+                                <a:moveTo>
+                                  <a:pt x="34" y="215900"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="5588034" y="215900"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="5588635" h="1295400">
+                                <a:moveTo>
+                                  <a:pt x="34" y="431800"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="5588034" y="431800"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="5588635" h="1295400">
+                                <a:moveTo>
+                                  <a:pt x="0" y="1079500"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="5588000" y="1079500"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="5588635" h="1295400">
+                                <a:moveTo>
+                                  <a:pt x="34" y="1295400"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="5588034" y="1295400"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6985">
+                            <a:solidFill>
+                              <a:srgbClr val="221E1F"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="14" name="Graphic 14"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="174625" y="3919270"/>
+                            <a:ext cx="3365500" cy="1428750"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="3365500" h="1428750">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="114300" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="114300" y="107950"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="107950"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="3365500" h="1428750">
+                                <a:moveTo>
+                                  <a:pt x="3251200" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3365500" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3365500" y="107950"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3251200" y="107950"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3251200" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="3365500" h="1428750">
+                                <a:moveTo>
+                                  <a:pt x="0" y="177800"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="114300" y="177800"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="114300" y="285750"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="285750"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="177800"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="3365500" h="1428750">
+                                <a:moveTo>
+                                  <a:pt x="3251200" y="177800"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3365500" y="177800"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3365500" y="285750"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3251200" y="285750"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3251200" y="177800"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="3365500" h="1428750">
+                                <a:moveTo>
+                                  <a:pt x="0" y="355600"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="114300" y="355600"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="114300" y="463550"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="463550"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="355600"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="3365500" h="1428750">
+                                <a:moveTo>
+                                  <a:pt x="3251200" y="355600"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3365500" y="355600"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3365500" y="463550"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3251200" y="463550"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3251200" y="355600"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="3365500" h="1428750">
+                                <a:moveTo>
+                                  <a:pt x="0" y="787400"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="114300" y="787400"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="114300" y="895350"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="895350"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="787400"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="3365500" h="1428750">
+                                <a:moveTo>
+                                  <a:pt x="3251200" y="787400"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3365500" y="787400"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3365500" y="895350"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3251200" y="895350"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3251200" y="787400"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="3365500" h="1428750">
+                                <a:moveTo>
+                                  <a:pt x="0" y="965200"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="114300" y="965200"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="114300" y="1073150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1073150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="965200"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="3365500" h="1428750">
+                                <a:moveTo>
+                                  <a:pt x="3251200" y="965200"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3365500" y="965200"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3365500" y="1073150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3251200" y="1073150"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3251200" y="965200"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="3365500" h="1428750">
+                                <a:moveTo>
+                                  <a:pt x="0" y="1143000"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="114300" y="1143000"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="114300" y="1250950"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1250950"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1143000"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="3365500" h="1428750">
+                                <a:moveTo>
+                                  <a:pt x="3251200" y="1143000"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3365500" y="1143000"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3365500" y="1250950"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3251200" y="1250950"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3251200" y="1143000"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="3365500" h="1428750">
+                                <a:moveTo>
+                                  <a:pt x="0" y="1320800"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="114300" y="1320800"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="114300" y="1428750"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1428750"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1320800"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="3365500" h="1428750">
+                                <a:moveTo>
+                                  <a:pt x="3251200" y="1320800"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3365500" y="1320800"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3365500" y="1428750"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3251200" y="1428750"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="3251200" y="1320800"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6350">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="15" name="Graphic 15"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3987774" y="5542964"/>
+                            <a:ext cx="2584450" cy="1270"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="2584450">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="2584450" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6985">
+                            <a:solidFill>
+                              <a:srgbClr val="221E1F"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="16" name="Graphic 16"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3175" y="3175"/>
+                            <a:ext cx="6858000" cy="8805545"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6858000" h="8805545">
+                                <a:moveTo>
+                                  <a:pt x="0" y="8805545"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="6858000" y="8805545"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6858000" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="8805545"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6350">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="6C3DB16B" id="Group 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:35.75pt;margin-top:35.75pt;width:540.5pt;height:693.85pt;z-index:-15999488;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="68643,88118" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCos79gVAgAAEE6AAAOAAAAZHJzL2Uyb0RvYy54bWzsW11vm0gUfV9p/wPifWsP31hNqlXbRCtV&#10;3UrNap8Jxh9abFggcfrv984MF+7wUQ8NTvchLxkcn2HOPXPmgu/A23dPh9R4TIpynx2vTPZmaRrJ&#10;Mc7W++P2yvzr7ua3wDTKKjquozQ7Jlfmt6Q0313/+svbU75KrGyXpeukMOAkx3J1yq/MXVXlq8Wi&#10;jHfJISrfZHlyhC83WXGIKvhYbBfrIjrB2Q/pwlouvcUpK9Z5kcVJWcJ/P8gvzWtx/s0mias/N5sy&#10;qYz0ygRulfhbiL/3/O/i+m202hZRvtvHNY3oB1gcov0RBm1O9SGqIuOh2PdOddjHRVZmm+pNnB0W&#10;2WazjxMRA0TDlp1obovsIRexbFenbd7IBNJ2dPrh08afH2+L/Gv+pZDs4fBTFv9Tgi6LU75d0e/5&#10;520LftoUB94JgjCehKLfGkWTp8qI4Z9e4Dm2C8LH8F0QMBaErtQ83sHE9PrFu49nei6ilRxY0Gvo&#10;nHLwT9lKVD5Poq+7KE+E8iWX4Eth7Ndgb2Yax+gANr6tHQP/AaX44IDiKtafylrQjkae0AKkcH0r&#10;XLJQStGK5TIPxWKWL9zZxBut4oeyuk0yIXr0+KmspHnXeBTt8Ch+OuJhAUuAmz8V5q9MA8xfmAaY&#10;/16OnkcV78dnkh8aJz5rkgj/3yF7TO4y8W3VmS6g1n6bHikKz2CgJQArEXDAhwF7yQMxNBzT4NKj&#10;YMHF4gOXWbpf3+zTVHwotvfv08J4jCAoy2Y3FsqkwPKirD5E5U7ixFc8XEFDWLtcyTnic3efrb/B&#10;FJ9gUq/M8t+HqEhMI/3jCCbiOQMPCjy4x4OiSt9nIrMIgWDMu6e/oyI3+PBXZgUz+zlDL0UrnDQe&#10;eoPlPY/Z7w9VttnzGQVfI6P6A/haeuzyBrd6Bre4bNoGt5ljW67Jp91nQSAtHK3Q4Y4d+EHj8KVv&#10;M/ggpwVXCvUB6gVpdX6TN1x2sLBrKnwuWkvnwvCW6yzBBcTILUI1PbNDvwNFALbylAQII4eNBojC&#10;tktgEhiFxZPFaVYmUmu5ANv1risFH9/2bT0xWGh7HSxSwbZWgyA1IqQkJsIvIUnAwjDw9CQJbcfq&#10;YFEKbGtJCFInRkJiIvwCkti27y75ItdYMrYThHhN7FJRJaFIjRgpiYnwLo8ZFo5j+bZrOVqSiMXY&#10;waIU2EqXUKRGjJTERPgFJJH+8JahBylTpqXRvAoXlTqvKnhUA1tMJw3aZ757JrlKGtrAwfFnMAhb&#10;el4wFOO4JnAzPdQBxcAWRWnhGsFSOhPhl1LIWoYwlxNcY0GPQUlRGWylQhSuETKlMxF+KYVsxuB2&#10;aoJCtmW5ExSicI2QKZ2J8Esp5MDPK55u+JVJGWNslUHKDMOhDugdbOuETOAaIVM6E+EKeyQxQx6q&#10;02Hg83te7azsUzyywRYTUJOVoQTAL/ny7IjCVqIlDW3g4PgzqKGkQRrjmF+gvtFk5UFSapgUrhEs&#10;pTMRPkhmBoWUNKijkJJmaQdUBtt+VtYImdKZCL+UQkoapAGPeUhJs7QDKoOtVIjCNUKmdCbCL6WQ&#10;kgZpwGMK0aw8SEpViMI1QqZ0JsIHycywymQ6DD0XKt76WVnBoyTY9rIy/CIg1RiEYUvTsj5ykMEM&#10;etBEqIwx5hiaaJUOGB+2KEubxnWipXym4gfpzKARTYXKGGMa0cysdEBtsJUaUbhOzJTPVPwgnRk0&#10;oslQGWNMI5pslQ6oDbZSIwrXiZnymYofpNPT6LXoLgv0/6uiOxRUO7tKNs/y2kX3MHAsJovuFvwC&#10;WXoO795W3V03CGDnSW7CMSsUBW15+/3iVfeGC6+611SGqu62XrGMn27Zwco1WDudnxu3tSaODZry&#10;335SqLGMQAkoHeZi4diM/0bXZ6F0eDYLeesByQh2KbRYAIr/vFZ7PJtGPcXoGH011B4dHuezYRi4&#10;57YgLfaR3dTz87oFOeHpBtwXrfMc7rHDwu9kQ5HOtLMh8x2v3oK0QxbW2+htNrRtTxYS+SMJDDZk&#10;YLeinr4Xz4YNF54NaypD2VCuKaQ5lotYWydHqDQ87r1DKhRbmgQo12kd/zCaLmgNYHfo3j1Im5B1&#10;w4ctZcZ/+mjtKOH0kt2n4bia0Zt09d3oKAkN1Sj8ApLUk+L75y8OdLYpflgVgrYCt10bw2hJQxvI&#10;hsaf2SDKGGNLRZn7IVIYbn0jT0ylESyd+4lwhT2SmEEhOVG2K+rf3798EgcoeGSDbS+XOHCT2eRS&#10;RGEr0ZKGNnBw/BnUoBOkjKHjF6UDhodt3y8awVI6E+GDZGZQSE6UUtAa04b4RcGjJNj2/KJRXZM0&#10;tIGD48+gBp0gZYwxTWh+UTqgGNj2/aIRLKUzET5IZgaF5EQpRYgxbYhfFDxKgm3PL3DV/eklymZi&#10;z9yx0SlSohxTpTkx3I0oHVAObPuO0dGF8pmKH6Qzm2ekHfAWaUweYhq1A8qCbd81lguPDuD5EYat&#10;hEv3Mn2kuNPunnMGSZRpUgYZE4b6RkcZBa8RsMJoKl6JACWfQaZ6vmxrOe32V+mAfLDtO0f5cYgw&#10;bBXn6CMHKcwgiTJPyiBazlF6YIjYylAV52gErDCaih/k05PpfAHn9Rly+UD5Cz5DDoXmTgFHvPKh&#10;XcCxw8D3fVn/dV3HCrv1bHhqyXEgo4uXSn7mexJI5MdLNngGWtmQq66pX5/3+GuR8sU9Dg98dzzu&#10;8eKRvsfhyVRRzrL5AfRs65Pw6gxc1Gp3w+4GLAGBAB+8eH2y4QJ3u0hl3OyI+H55oTkn3OiqPfBy&#10;g6287FB8945LRcq7Ah3M8Livl5fnvaIk3siD9xTFa1b1O5X8RUj6WbzS1L75ef0fAAAA//8DAFBL&#10;AwQUAAYACAAAACEA5znX5d8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0vDQBDF74LfYRnB&#10;m90kGq0xm1KKeiqCrSC9TbPTJDS7G7LbJP32TkHQ0/x5jze/yReTacVAvW+cVRDPIhBkS6cbWyn4&#10;2r7dzUH4gFZj6ywpOJOHRXF9lWOm3Wg/adiESnCI9RkqqEPoMil9WZNBP3MdWdYOrjcYeOwrqXsc&#10;Ody0MomiR2mwsXyhxo5WNZXHzckoeB9xXN7Hr8P6eFidd9v043sdk1K3N9PyBUSgKfyZ4YLP6FAw&#10;096drPaiVfAUp+z8rRc9ThPe7Ll7SJ8TkEUu//9Q/AAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCos79gVAgAAEE6AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDnOdfl3wAAAAsBAAAPAAAAAAAAAAAAAAAAAK4KAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAugsAAAAA&#10;">
+                <v:shape id="Graphic 11" o:spid="_x0000_s1027" style="position:absolute;left:63;top:57290;width:68517;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6851650,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBctyHOwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/fa8Iw&#10;EH4X9j+EG+xtphUmrpqWIQyUoagbA9/O5taWNZeSZLX+90YY+HYf389bFINpRU/ON5YVpOMEBHFp&#10;dcOVgq/P9+cZCB+QNbaWScGFPBT5w2iBmbZn3lN/CJWIIewzVFCH0GVS+rImg35sO+LI/VhnMETo&#10;KqkdnmO4aeUkSabSYMOxocaOljWVv4c/o+DFbZc7e2xeaXLa9Kf190eq0Sn19Di8zUEEGsJd/O9e&#10;6Tg/hdsv8QCZXwEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBctyHOwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l6851650,e" filled="f" strokecolor="#231f20" strokeweight=".5pt">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 12" o:spid="_x0000_s1028" style="position:absolute;left:3143;top:7188;width:43878;height:10732;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="4387850,1073150" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCbd2Z/wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LawIx&#10;EL4L/ocwBW+a7Vp8bI0iglLoQdRevI2b2QfdTNZN1NVf3whCb/PxPWe2aE0lrtS40rKC90EEgji1&#10;uuRcwc9h3Z+AcB5ZY2WZFNzJwWLe7cww0fbGO7rufS5CCLsEFRTe14mULi3IoBvYmjhwmW0M+gCb&#10;XOoGbyHcVDKOopE0WHJoKLCmVUHp7/5iFJzO2yNnj/hj853yYRpn43w5HCvVe2uXnyA8tf5f/HJ/&#10;6TA/hucv4QA5/wMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCbd2Z/wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m25400,l139700,r,107950l25400,107950,25400,xem1079373,r114300,l1193673,107950r-114300,l1079373,xem1819986,r114300,l1934286,107950r-114300,l1819986,xem3375050,r114300,l3489350,107950r-114300,l3375050,xem4273524,r114300,l4387824,107950r-114300,l4273524,xem,609600r114300,l114300,717550,,717550,,609600xem1066800,609600r114300,l1181100,717550r-114300,l1066800,609600xem2095500,609600r114300,l2209800,717550r-114300,l2095500,609600xem3111500,609600r114300,l3225800,717550r-114300,l3111500,609600xem4165600,609600r114300,l4279900,717550r-114300,l4165600,609600xem,787400r114300,l114300,895350,,895350,,787400xem1066800,787400r114300,l1181100,895350r-114300,l1066800,787400xem2095500,787400r114300,l2209800,895350r-114300,l2095500,787400xem3111500,787400r114300,l3225800,895350r-114300,l3111500,787400xem4165600,787400r114300,l4279900,895350r-114300,l4165600,787400xem,965200r114300,l114300,1073150,,1073150,,965200xem1066800,965200r114300,l1181100,1073150r-114300,l1066800,965200xem2095500,965200r114300,l2209800,1073150r-114300,l2095500,965200xem3111500,965200r114300,l3225800,1073150r-114300,l3111500,965200xe" filled="f" strokecolor="#231f20" strokeweight=".5pt">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 13" o:spid="_x0000_s1029" style="position:absolute;left:9842;top:22790;width:55886;height:12954;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5588635,1295400" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDSmA76wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/fS8Mw&#10;EH4f+D+EE3zb0inIqEuLKENFYbSWPR/NrSlrLiWJbf3vjSD4dh/fz9uXix3ERD70jhVsNxkI4tbp&#10;njsFzedhvQMRIrLGwTEp+KYAZXG12mOu3cwVTXXsRArhkKMCE+OYSxlaQxbDxo3EiTs7bzEm6Dup&#10;Pc4p3A7yNsvupcWeU4PBkZ4MtZf6yyrwH3N1eGvety/mdMxO01g19bNR6uZ6eXwAEWmJ/+I/96tO&#10;8+/g95d0gCx+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANKYDvrBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m34,l5588034,em34,215900r5588000,em34,431800r5588000,em,1079500r5588000,em34,1295400r5588000,e" filled="f" strokecolor="#221e1f" strokeweight=".55pt">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 14" o:spid="_x0000_s1030" style="position:absolute;left:1746;top:39192;width:33655;height:14288;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3365500,1428750" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDrpcV8wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/basJA&#10;EH0X/IdlCn0zG9takugq0iL0pWjVDxiyk4vNzobsNol/3xUE3+ZwrrPajKYRPXWutqxgHsUgiHOr&#10;ay4VnE+7WQLCeWSNjWVScCUHm/V0ssJM24F/qD/6UoQQdhkqqLxvMyldXpFBF9mWOHCF7Qz6ALtS&#10;6g6HEG4a+RLH79JgzaGhwpY+Ksp/j39GgXTpt35lnS6SxTwp9p9FezkUSj0/jdslCE+jf4jv7i8d&#10;5r/B7ZdwgFz/AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOulxXzBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,l114300,r,107950l,107950,,xem3251200,r114300,l3365500,107950r-114300,l3251200,xem,177800r114300,l114300,285750,,285750,,177800xem3251200,177800r114300,l3365500,285750r-114300,l3251200,177800xem,355600r114300,l114300,463550,,463550,,355600xem3251200,355600r114300,l3365500,463550r-114300,l3251200,355600xem,787400r114300,l114300,895350,,895350,,787400xem3251200,787400r114300,l3365500,895350r-114300,l3251200,787400xem,965200r114300,l114300,1073150,,1073150,,965200xem3251200,965200r114300,l3365500,1073150r-114300,l3251200,965200xem,1143000r114300,l114300,1250950,,1250950,,1143000xem3251200,1143000r114300,l3365500,1250950r-114300,l3251200,1143000xem,1320800r114300,l114300,1428750,,1428750,,1320800xem3251200,1320800r114300,l3365500,1428750r-114300,l3251200,1320800xe" filled="f" strokecolor="#231f20" strokeweight=".5pt">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 15" o:spid="_x0000_s1031" style="position:absolute;left:39877;top:55429;width:25845;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2584450,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAFbkDRvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/fa8Iw&#10;EH4f+D+EE3yb6YYZozbKECa+aofPR3NLS5tLbWJb//tlMNjbfXw/r9jPrhMjDaHxrOFlnYEgrrxp&#10;2Gr4Kj+f30GEiGyw80waHhRgv1s8FZgbP/GZxku0IoVwyFFDHWOfSxmqmhyGte+JE/ftB4cxwcFK&#10;M+CUwl0nX7PsTTpsODXU2NOhpqq93J2GWR0fZWjPdJVqnKxS7rYpndar5fyxBRFpjv/iP/fJpPkK&#10;fn9JB8jdDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAFbkDRvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m,l2584450,e" filled="f" strokecolor="#221e1f" strokeweight=".55pt">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 16" o:spid="_x0000_s1032" style="position:absolute;left:31;top:31;width:68580;height:88056;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6858000,8805545" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCkXOVYwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LFHqrm3oQTV3FB4qXHNSA1yE7TdJmZ2N21PTfu4WCt/n4njNb9K5RN+pC7dnAxzABRVx4&#10;W3NpID9t3yeggiBbbDyTgV8KsJgPXmaYWn/nA92OUqoYwiFFA5VIm2odioochqFviSP35TuHEmFX&#10;atvhPYa7Ro+SZKwd1hwbKmxpXVHxc7w6A9/7bHfxlz47rOpdkGQq53yTGfP22i8/QQn18hT/u/c2&#10;zh/D3y/xAD1/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKRc5VjBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,8805545r6858000,l6858000,,,,,8805545xe" filled="f" strokecolor="#231f20" strokeweight=".5pt">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <w10:wrap anchorx="page" anchory="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="70"/>
+        </w:rPr>
+        <w:t>GEOGRAPHICAL,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="70"/>
+        </w:rPr>
+        <w:t>LANGUAGE,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="70"/>
+        </w:rPr>
+        <w:t>AND</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="38"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="70"/>
+        </w:rPr>
+        <w:t>POPULATION</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="70"/>
+        </w:rPr>
+        <w:t>CAPACITY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="70"/>
+        </w:rPr>
+        <w:t>TO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="38"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="70"/>
+        </w:rPr>
+        <w:t>PROVIDE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="38"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="70"/>
+        </w:rPr>
+        <w:t>SERVICES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16CF0E1B" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="571"/>
+        </w:tabs>
+        <w:ind w:left="571" w:hanging="206"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>check</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>off</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>regions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>where</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>willing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>services:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="205CE9BE" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:spacing w:before="27"/>
+        <w:ind w:left="572"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>(See</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Appendix</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>list</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>municipalities</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>region</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>county)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="277FDFE3" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2580"/>
+          <w:tab w:val="left" w:pos="3746"/>
+          <w:tab w:val="left" w:pos="6195"/>
+          <w:tab w:val="left" w:pos="7602"/>
+        </w:tabs>
+        <w:ind w:left="920"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Boston/Metro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Central</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Southeast/Cape/Islands</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Northeast</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Western</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FBCD457" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="571"/>
+        </w:tabs>
+        <w:spacing w:before="88"/>
+        <w:ind w:left="571" w:hanging="206"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>check</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>off</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>counties</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>where</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> services:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A2AF562" w14:textId="19B5FFE1" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="27"/>
+        <w:ind w:left="572"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>See</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="45"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>map</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="45"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="46"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="45"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>list</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="45"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="46"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Massachusetts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="45"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>counties</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="45"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>https://www.sec.state.ma.us/divisions/cis/download/maps/County_Map.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1D147A1C" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="7"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="838" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1303"/>
+        <w:gridCol w:w="1609"/>
+        <w:gridCol w:w="1650"/>
+        <w:gridCol w:w="1607"/>
+        <w:gridCol w:w="1275"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007F6DFF" w14:paraId="38E68F64" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1303" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="359D3EEB" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="50"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Barnstable</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1609" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C83806E" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="346" w:right="365"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Berkshire</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE2EB9C" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="438"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Bristol</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1607" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B7565AA" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="387"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>Dukes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C9E1C2" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="244" w:lineRule="exact"/>
+              <w:ind w:left="440"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>Essex</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F6DFF" w14:paraId="25E63A19" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1303" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0017C6DA" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13" w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="50"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Franklin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1609" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B34434E" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13" w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="358" w:right="365"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Hampden</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F06E454" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13" w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="438"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Hampshire</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1607" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1672153A" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13" w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="387"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Middlesex</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31A51A14" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13" w:line="247" w:lineRule="exact"/>
+              <w:ind w:left="440"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="80"/>
+              </w:rPr>
+              <w:t>Nantucket</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F6DFF" w14:paraId="61F6EAD2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1303" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C4F99D7" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13" w:line="231" w:lineRule="exact"/>
+              <w:ind w:left="50"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Norfolk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1609" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64CD8EE4" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13" w:line="231" w:lineRule="exact"/>
+              <w:ind w:left="333" w:right="365"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Plymouth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CEFAD1A" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13" w:line="231" w:lineRule="exact"/>
+              <w:ind w:left="438"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Suffolk</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1607" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51D083FA" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13" w:line="231" w:lineRule="exact"/>
+              <w:ind w:left="379"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Worcester</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4763FD3D" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="589B5613" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="90"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>applicable,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>list</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>towns</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>particular</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>geographic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>area</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>do</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>capacity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A42044C" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="147"/>
+        <w:ind w:left="585"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>List</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>towns:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31ABB8F1" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23E2CD85" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EF3243C" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60C1DF1F" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="576"/>
+        </w:tabs>
+        <w:spacing w:before="98" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="576" w:right="451" w:hanging="212"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Language:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>addition</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>English,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>indicate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>languages</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>organization’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>providers</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>communicate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>fluently,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>including American Sign Language (ASL):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0899937D" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="585"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Languages:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06BBD31E" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E9EDBEB" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="579"/>
+          <w:tab w:val="left" w:pos="660"/>
+          <w:tab w:val="left" w:pos="5780"/>
+        </w:tabs>
+        <w:spacing w:before="170" w:line="340" w:lineRule="atLeast"/>
+        <w:ind w:left="660" w:right="3678" w:hanging="296"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Population:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>select</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>population(s)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>which</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>working</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Individuals with Acquired Brain Injury</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Elderly individuals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F67C526" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5780"/>
+        </w:tabs>
+        <w:spacing w:before="27"/>
+        <w:ind w:left="660"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Individuals</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>physical</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>disabilities</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Individuals</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>intellectual</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>disabilities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B032988" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5780"/>
+        </w:tabs>
+        <w:spacing w:before="27"/>
+        <w:ind w:left="660"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Individuals</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>mental</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>health</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> disorders</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Individuals</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>substance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>use</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>disorders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="335D215F" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="559"/>
+        </w:tabs>
+        <w:ind w:left="559" w:hanging="194"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Current</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Contract:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>check</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>off</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>state</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>agencies/offices</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>currently</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>contracts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>with:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16D6009F" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5780"/>
+        </w:tabs>
+        <w:spacing w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="660" w:right="1601"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Massachusetts Rehabilitation Commission (MRC)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Department of Developmental Services (DDS) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Department of Public Health (DPH)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Department of Mental Health (DMH)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE295B3" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5780"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="251" w:lineRule="exact"/>
+        <w:ind w:left="660"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Department</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Children</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>&amp;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Families</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>(DCF)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5195C7DF" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5780"/>
+          <w:tab w:val="left" w:pos="10444"/>
+        </w:tabs>
+        <w:spacing w:before="27"/>
+        <w:ind w:left="660"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Human</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Transportation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>(HST)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Broker</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>System</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Other:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="52"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:u w:val="single" w:color="221E1F"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A2199AA" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7610FEEC" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0510A0CB" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69F5455D" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="469"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="469" w:hanging="304"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="70"/>
+        </w:rPr>
+        <w:t>PROVIDER</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>REQUIREMENTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0172F4C7" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="266" w:lineRule="auto"/>
+        <w:ind w:right="225"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Each</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>participating</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>sign</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>agreeing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>follow</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Federal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>laws,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve">regulations, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and policies governing the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Waiver,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>including the standards for the specific Medicaid waiver service the provider will deliver.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="322530AA" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="58"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>review</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>following</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>documents</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57C8B057" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="87"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Regulations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4921E2FE" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="527"/>
+        </w:tabs>
+        <w:ind w:hanging="162"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">a bachelor’s degree in a related technology field and at least one year of proven experience providing adaptive </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>All</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Regulations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>(130</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>CMR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>450):</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="52420876" w14:textId="77777777" w:rsidR="006D45CC" w:rsidRDefault="006D45CC" w:rsidP="00CA52CA">
+    <w:p w14:paraId="340E034A" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="27"/>
+        <w:ind w:left="527"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId25">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>130</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-1"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>CMR</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-11"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>450.000:</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-13"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Administrative</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-11"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>and</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-11"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Billing</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-11"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Regulations</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-11"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>|</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-11"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Mass.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="18A0FFA2" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="527"/>
+        </w:tabs>
+        <w:spacing w:line="266" w:lineRule="auto"/>
+        <w:ind w:right="3494"/>
       </w:pPr>
       <w:r>
-        <w:t>assessment or training; or</w:t>
-      </w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Rates</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Home</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Community</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Based Waiver</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Regulations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>(101</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>CMR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve">359): </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>101</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-4"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>CMR</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-3"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>359.00:</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-4"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Rates</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-3"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>for</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-3"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Home</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-1"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>and</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Community-Based</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Services</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-5"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Waivers</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-1"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>|</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Mass.gov</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4D51C8DA" w14:textId="5C1A8C4A" w:rsidR="006D45CC" w:rsidRDefault="006D45CC" w:rsidP="00CA52CA">
+    <w:p w14:paraId="737BA3D8" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="527"/>
+        </w:tabs>
+        <w:spacing w:before="59" w:line="266" w:lineRule="auto"/>
+        <w:ind w:right="4200"/>
       </w:pPr>
       <w:r>
-        <w:t>a bachelor’s degree in related health or human services field with at least two years of proven experience conducting adaptive</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MassHealth Home and Community Based Waiver Services (130 CMR 630): </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>130</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-4"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>CMR</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-3"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>630.000:</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-4"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Home-</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-3"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>and</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-3"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Community-Based</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-4"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Services</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-4"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Waiver</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-3"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>|</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-3"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Mass.gov</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="55934336" w14:textId="60D3AE2D" w:rsidR="006D45CC" w:rsidRDefault="006D45CC" w:rsidP="00CA52CA">
+    <w:p w14:paraId="694985EF" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="527"/>
+        </w:tabs>
+        <w:spacing w:before="58"/>
+        <w:ind w:hanging="162"/>
       </w:pPr>
       <w:r>
-        <w:t>three years of proven experience providing adaptive technological assessment or training</w:t>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>MassHealth</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Rates</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Money</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Follows</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Person</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Demonstration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76C3FD93" w14:textId="0D0783CB" w:rsidR="006D45CC" w:rsidRDefault="006D45CC" w:rsidP="006B2E8B">
+    <w:p w14:paraId="44A41464" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="27"/>
+        <w:ind w:left="527"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId28">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>101</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="13"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>CMR</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="14"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>356.00:</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="2"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Rates</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="14"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>for</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="14"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Money</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="13"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Follows</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="14"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>the</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="14"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Person</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="14"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Demonstration</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="13"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Services</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="14"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>|</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="14"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Mass.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="65AF0FC0" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:sectPr w:rsidR="007F6DFF">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="720" w:right="780" w:bottom="940" w:left="620" w:header="0" w:footer="709" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07FC2746" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="135" w:line="266" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487317504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D84AE35" wp14:editId="361BD5B6">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>454025</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>454025</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6864350" cy="8979535"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="17" name="Group 17"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6864350" cy="8979535"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="6864350" cy="8979535"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="18" name="Graphic 18"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="6350" y="2439719"/>
+                            <a:ext cx="6851650" cy="1270"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6851650">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="6851650" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6350">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="19" name="Graphic 19"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3175" y="3175"/>
+                            <a:ext cx="6858000" cy="8973185"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6858000" h="8973185">
+                                <a:moveTo>
+                                  <a:pt x="171450" y="3166795"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="3166795"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="3274745"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="3274745"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="3166795"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="6858000" h="8973185">
+                                <a:moveTo>
+                                  <a:pt x="171450" y="3344595"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="3344595"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="3452545"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="3452545"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="3344595"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="6858000" h="8973185">
+                                <a:moveTo>
+                                  <a:pt x="171450" y="3522395"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="3522395"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="3630345"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="3630345"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="3522395"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="6858000" h="8973185">
+                                <a:moveTo>
+                                  <a:pt x="171450" y="3776395"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="3776395"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="285750" y="3884345"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="3884345"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="171450" y="3776395"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="6858000" h="8973185">
+                                <a:moveTo>
+                                  <a:pt x="0" y="8973185"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="6858000" y="8973185"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6858000" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="8973185"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6350">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="65123396" id="Group 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:35.75pt;margin-top:35.75pt;width:540.5pt;height:707.05pt;z-index:-15998976;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="68643,89795" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtoKdRiQMAAKENAAAOAAAAZHJzL2Uyb0RvYy54bWzsl02P0zwQx+9IfIcodzbNexttFyGWXSEh&#10;HiT2EWfXcZqIJDa223S/PWO706bbIggsNy7xJB7b49/8PUmuX++61tsyqRreL/3wauZ7rKe8bPr1&#10;0v//4e7V3PeUJn1JWt6zpf/IlP/65uWL60EULOI1b0smPZikV8Ugln6ttSiCQNGadURdccF66Ky4&#10;7IiGW7kOSkkGmL1rg2g2y4KBy1JITplS8PTWdfo3dv6qYlT/V1WKaa9d+hCbtldprytzDW6uSbGW&#10;RNQN3YdBfiOKjjQ9LHqY6pZo4m1kczZV11DJFa/0FeVdwKuqoczuAXYTzp7s5l7yjbB7WRfDWhww&#10;AdonnH57Wvpxey/FZ/FJuujB/MDpVwVcgkGsi3G/uV8fnXeV7Mwg2IS3s0QfD0TZTnsUHmbzLIlT&#10;AE+hb77IF2mcOua0hsScjaP1u5+MDEjhFrbhHcIZBOhHHRGpP0P0uSaCWfLKIPgkvaYEeYOYe9KB&#10;jO/3ioEnQMosDl6G4v5O7YE+YZRZFoAiSuJFHi4ciiOsNMwQVhjlVp2H/ZKCbpS+Z9xCJ9sPSjvx&#10;lmiRGi2669GUcASM+Fsrfu17IH7peyD+lVtdEG3GmUwa0xtM1lwg5lnHt+yB2179JF0Q2rG37cde&#10;OIOHkgBf5wGGWQbk5Qy7NNjjzbW9jcLAMgsr3jblXdO29kauV29b6W0JbCqKw7sIMZ24Can0LVG1&#10;87NdZrs2DCttVbgcmdytePkIKR4gqUtffdsQyXyvfd+DiEzNQEOisUJD6vYtt5XFAoI1H3ZfiBSe&#10;WX7pa8jsR45aIgUmzWz94GtG9vzNRvOqMRkFXWNE+xvQtdPY3xf44kzgVqO/LPA4zFPfJN0aVp8j&#10;dc9ns2MpiMO5LQUAA0/JWAPICkrqXxG4i6W2VcmGYvJwlLOwYg/zMDEH0m4oy6B87UV0dDzVfTRP&#10;84sD0A1bN//YPcqTPMH50Q3b83Amuofj6HFW2nLF3KlwZ/KkBEwmFCdJOonQyQAMCttzQkkapRMI&#10;TXS/GMwzE0qjKJ5E6GQAksH2nFAWz+IJhCa6XwzmmQnleTaN0MkAJIPtOaH5PJlCaKL7xWCegZAr&#10;QfD9NCqaPypB8Op1JxeK1ukIpIKtozP2x1cpemDrPF0Uv+Jzed0zEOY9iF8fYI/L/79PAPdRMv4E&#10;sF+88B8Az05+NMb31v/4Z3XzHQAA//8DAFBLAwQUAAYACAAAACEAvYdYd98AAAALAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPT2vCQBDF74V+h2UKvdVNbGMlZiMibU9SUAvF25odk2B2NmTXJH77jlBo&#10;T/PnPd78JluOthE9dr52pCCeRCCQCmdqKhV87d+f5iB80GR04wgVXNHDMr+/y3Rq3EBb7HehFBxC&#10;PtUKqhDaVEpfVGi1n7gWibWT66wOPHalNJ0eONw2chpFM2l1TXyh0i2uKyzOu4tV8DHoYfUcv/Wb&#10;82l9PeyTz+9NjEo9PoyrBYiAY/gzww2f0SFnpqO7kPGiUfAaJ+z8rTc9Tqa8OXL3Mk9mIPNM/v8h&#10;/wEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBtoKdRiQMAAKENAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC9h1h33wAAAAsBAAAPAAAAAAAAAAAA&#10;AAAAAOMFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA7wYAAAAA&#10;">
+                <v:shape id="Graphic 18" o:spid="_x0000_s1027" style="position:absolute;left:63;top:24397;width:68517;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6851650,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDNjYhTxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvBf/DMoI33ShUbOoqRSi0lEqrIngbs9MkNDsbdtcY/71zKPQ2w3vz3jfLde8a1VGItWcD00kG&#10;irjwtubSwGH/Ol6AignZYuOZDNwowno1eFhibv2Vv6nbpVJJCMccDVQptbnWsajIYZz4lli0Hx8c&#10;JllDqW3Aq4S7Rs+ybK4d1iwNFba0qaj43V2cgcew3Xz5U/1Es/Nnd34/fkwtBmNGw/7lGVSiPv2b&#10;/67frOALrPwiA+jVHQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM2NiFPEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l6851650,e" filled="f" strokecolor="#231f20" strokeweight=".5pt">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 19" o:spid="_x0000_s1028" style="position:absolute;left:31;top:31;width:68580;height:89732;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6858000,8973185" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB0JrvivwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v7H8Is+Btm+pBtGtaxF1BvFn1PiRjW7aZlCbW+u+NIHibx/ucVTHaVgzU+8axgmmSgiDWzjRc&#10;KTgdt98LED4gG2wdk4I7eSjyz48VZsbd+EBDGSoRQ9hnqKAOocuk9Lomiz5xHXHkLq63GCLsK2l6&#10;vMVw28pZms6lxYZjQ40dbWrS/+XVKrjuht8tXfZnp5f68FceW57dp0pNvsb1D4hAY3iLX+6difOX&#10;8PwlHiDzBwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB0JrvivwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m171450,3166795r114300,l285750,3274745r-114300,l171450,3166795xem171450,3344595r114300,l285750,3452545r-114300,l171450,3344595xem171450,3522395r114300,l285750,3630345r-114300,l171450,3522395xem171450,3776395r114300,l285750,3884345r-114300,l171450,3776395xem,8973185r6858000,l6858000,,,,,8973185xe" filled="f" strokecolor="#231f20" strokeweight=".5pt">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <w10:wrap anchorx="page" anchory="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:hyperlink r:id="rId29">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Waiver</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Policies</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>established</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>by</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>the</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Department</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>of</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Developmental</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Services</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>(DDS)</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>and</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Massachusetts</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>Rehabilitation</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="90"/>
+          </w:rPr>
+          <w:t>Commission</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-7"/>
+            <w:w w:val="90"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="90"/>
+          </w:rPr>
+          <w:t>(MRC)</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6F7B58D5" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="527"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="251" w:lineRule="exact"/>
+        <w:ind w:hanging="162"/>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId31">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Policy</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="6"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>for</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-4"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Acquired</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="6"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Brain</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="7"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Injury</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="6"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Residential</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="7"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Habilitation</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="6"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>(ABI-RH)</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="6"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>and</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="7"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Moving</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="6"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Forward</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="7"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Plan</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="6"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Residential</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="6"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Supports</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="7"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>(MFP-RS)</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-4"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="231F20"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Waivers:</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="57E3E0CB" w14:textId="6612E210" w:rsidR="006D45CC" w:rsidRDefault="006D45CC" w:rsidP="006B2E8B">
+    <w:p w14:paraId="6A0BCA41" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="27" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="527" w:right="1746"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId32">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Home-</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>and</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Community-Based</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Services</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>(HCBS) Waivers: ABI</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>and</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>MFP</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Information</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>for</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Providers</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>|</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Mass.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="205E9E"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>(Scroll down to the section, DDS Waiver Policies)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="615B0896" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="527"/>
+        </w:tabs>
+        <w:spacing w:before="59"/>
+        <w:ind w:hanging="162"/>
       </w:pPr>
       <w:r>
-        <w:t>Knowledge of and experience in buying or helping acquire assistive technology devices by individuals with devices.</w:t>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Policy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Acquired</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Brain</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Injury</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Non-Residential</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Habilitation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>(ABI-N)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Moving</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Forward</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Community</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Living</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>(MFP-CL)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Waivers:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="470A9EA5" w14:textId="590C44BC" w:rsidR="006D45CC" w:rsidRDefault="006D45CC" w:rsidP="006B2E8B">
+    <w:p w14:paraId="7C654EAF" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="27" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="527" w:right="1746"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId33">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Home-</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>and</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Community-Based</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Services</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>(HCBS) Waivers: ABI</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>and</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>MFP</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Information</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>for</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Providers</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>|</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:w w:val="75"/>
+          </w:rPr>
+          <w:t>Mass.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="205E9E"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>(Scroll down to the section, MassHealth/Massachusetts Rehabilitation Commission Standards.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55889ADD" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="527"/>
+        </w:tabs>
+        <w:spacing w:before="58" w:line="266" w:lineRule="auto"/>
+        <w:ind w:right="2507"/>
       </w:pPr>
       <w:r>
-        <w:t>Knowledge of or experience or both in selecting, designing, fitting, customizing, adapting, applying, maintaining, repairing,</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MRC Community Living Division Provider Manual: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>https://www.mass.gov/files/documents/2017/12/26/mrc-cl-practices-policies-procedures-2016.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="09889763" w14:textId="1BBC11F6" w:rsidR="006D45CC" w:rsidRDefault="006D45CC" w:rsidP="006B2E8B">
+    <w:p w14:paraId="74AA03E6" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="2"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="519"/>
+        </w:tabs>
+        <w:spacing w:before="59" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="519" w:right="2798" w:hanging="155"/>
       </w:pPr>
       <w:r>
-        <w:t>Knowledge of or experience or both in coordinating and using other therapies, interventions, or services with</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Tuberculosis Disease Screening</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tool to be used for staff screening requirements. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="205E9E"/>
+            <w:spacing w:val="-2"/>
+            <w:w w:val="80"/>
+          </w:rPr>
+          <w:t>https://www.mass.gov/lists/tuberculosis-information-for-health-care-providers-and-public-health</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="070016CC" w14:textId="62AD89B4" w:rsidR="006D45CC" w:rsidRDefault="006D45CC" w:rsidP="006B2E8B">
+    <w:p w14:paraId="396472CF" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D954A89" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="3"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="456"/>
+        </w:tabs>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="456" w:hanging="291"/>
       </w:pPr>
       <w:r>
-        <w:t>Knowledge of or experience or both in training or providing technical help for an individual with disabilities, or when applicable,</w:t>
-[...5 lines deleted...]
-        <w:t>the family of an individual with disabilities or others who provide support to the individual.</w:t>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>SERVICE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>SPECIFIC</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>REQUIREMENTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DB97690" w14:textId="2149E515" w:rsidR="006D45CC" w:rsidRDefault="006D45CC" w:rsidP="006B2E8B">
+    <w:p w14:paraId="435953B8" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="266" w:lineRule="auto"/>
+        <w:ind w:right="584"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>INSTRUCTIONS:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>submit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>related</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>documentation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>each</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>type</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>organization</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>applying</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Organizations applying for multiple service types will be credentialed for each type.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54ED8D8A" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="58" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="652" w:right="5459"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Assistive Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Evaluation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and Training</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Assistive Technology Devices</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="385BBCDA" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="0" w:line="251" w:lineRule="exact"/>
+        <w:ind w:left="660"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Community</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Engagement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Navigation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3268C93E" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="147"/>
+        <w:ind w:left="660"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Evaluation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Training</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>(ATE)—Organization</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Individual</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78FD2563" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="27" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="645" w:right="736"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>two</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>components: Assistive Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>devices</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and Assistive Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>(AT)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>evaluation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve">training. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Providers</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>AT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Evaluation and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Training may also supply</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>AT devices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22904D50" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="58"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>These</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>components</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>defined</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F2C3C4" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="266" w:lineRule="auto"/>
+        <w:ind w:right="252"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assistive Technology devices – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an item, piece of equipment, or product system that is used to develop, increase, maintain, or </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>improve</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>functional</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>capabilities</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>participants,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>achieve</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>goals</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>identified</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Care.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-16"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assistive </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Technology devices can be used to enable the participant to engage in telehealth.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technology devices can be acquired commercially or modified, customized, engineered or otherwise adapted to meet the individual’s specific needs, including design </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>fabrication. In</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>addition</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>cost</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of Assistive Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>device</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>purchase, lease, or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>acquisition</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>costs, this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve">component </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>covers</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>maintenance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>repair</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of Assistive Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>devices</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>rental</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>substitute Assistive Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>devices</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>during</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>periods</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="404CF78A" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="0" w:line="266" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of repair.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>This service includes device installation and set up costs but excludes installation and set-up and ongoing provision fees related to internet service.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This service includes purchase, lease, or other acquisition costs of cell phones, tablets, computers, and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>ancillary</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>equipment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>necessary</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>operation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>the Assistive Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>devices</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>enable</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>individual</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>participate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve">telehealth. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>These devices are not intended for purely diversional/recreational purposes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63C151F5" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="52" w:line="266" w:lineRule="auto"/>
+        <w:ind w:right="1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>evaluation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>training</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>evaluation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>needs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>participant,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>i.e.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>functional evaluation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>impact</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>provision</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>appropriate Assistive Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>devices</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>customary environment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>participant;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>selection,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>customization</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>acquisition</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>devices</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>participants;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">selection, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>design,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>fitting,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>customization,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>adaption,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>maintenance,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>repair,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and/or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>replacement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>devices;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>coordination</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and use of necessary therapies,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>interventions,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or services with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Technology devices that are associated with other services contained in the Plan of Care; training and technical assistance for the participant, and, where appropriate, the family members, guardians,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>advocates,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>authorized</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>representatives</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>participant;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>training</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>technical</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>assistance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>professionals</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>other individuals who provide services to,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>employ,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or are otherwise substantially involved in the major life functions of participants.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A720244" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="54" w:line="266" w:lineRule="auto"/>
+        <w:ind w:right="225"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>authorized</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Case</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Manager</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>part</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Care.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Case</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Manager</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>explore</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the participant/legal guardian the use of the Medicaid State Plan.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Waiver funding shall only be used for assistive technology that is specifically</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>related</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>functional</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>limitation(s)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>caused</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>participant’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>disability.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>evaluation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>training</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>component</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>this service may be provided remotely via telehealth based on the professional judgment of the evaluator and the needs,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>preferences, and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>goals</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>determined</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>during</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>person-centered</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>planning</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>process</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>reviewed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Case</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Manager</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">during </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>each</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>scheduled</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>reassessment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52CDB182" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:spacing w:line="266" w:lineRule="auto"/>
+        <w:sectPr w:rsidR="007F6DFF">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="720" w:right="780" w:bottom="900" w:left="620" w:header="0" w:footer="709" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="381FBB04" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="135" w:line="266" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487318016" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64E27245" wp14:editId="5E46A206">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>457200</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>457200</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6858000" cy="8333105"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="20" name="Graphic 20"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6858000" cy="8333105"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6858000" h="8333105">
+                              <a:moveTo>
+                                <a:pt x="171450" y="5338495"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="5338495"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="5446445"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="5446445"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="5338495"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6858000" h="8333105">
+                              <a:moveTo>
+                                <a:pt x="171450" y="5516295"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="5516295"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="5624245"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="5624245"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="5516295"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6858000" h="8333105">
+                              <a:moveTo>
+                                <a:pt x="171450" y="5986195"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="5986195"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="6094145"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="6094145"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="5986195"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6858000" h="8333105">
+                              <a:moveTo>
+                                <a:pt x="171450" y="6163995"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="6163995"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="6271945"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="6271945"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="6163995"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6858000" h="8333105">
+                              <a:moveTo>
+                                <a:pt x="171450" y="6519595"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="6519595"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="6627545"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="6627545"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="6519595"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6858000" h="8333105">
+                              <a:moveTo>
+                                <a:pt x="0" y="8333105"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6858000" y="8333105"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6858000" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="8333105"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:srgbClr val="231F20"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="2F4156A5" id="Graphic 20" o:spid="_x0000_s1026" style="position:absolute;margin-left:36pt;margin-top:36pt;width:540pt;height:656.15pt;z-index:-15998464;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="6858000,8333105" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDp6jxc5wIAAKIKAAAOAAAAZHJzL2Uyb0RvYy54bWysVttu2zAMfR+wfxD8vvruJkGTYmjRYUCx&#10;FWiHPSuyHBuzLU1SLv37UXLoxnMGzFteTCk6pA8PHZE3t4emJjuudCXapRdeBR7hLRN51W6W3reX&#10;hw8zj2hD25zWouVL75Vr73b1/t3NXi54JEpR51wRCNLqxV4uvdIYufB9zUreUH0lJG/hsBCqoQa2&#10;auPniu4helP7URBk/l6oXCrBuNbw63136K1c/KLgzHwtCs0NqZcecDPuqdxzbZ/+6oYuNorKsmJH&#10;GvQfWDS0auGlfah7aijZqmoUqqmYEloU5oqJxhdFUTHucoBswuC3bJ5LKrnLBcTRspdJXy4s+7J7&#10;lk/KUtfyUbAfGhTx91Iv+hO70UfMoVCNxQJxcnAqvvYq8oMhDH7MZuksCEBsBmezOI7DILU6+3SB&#10;7myrzScuXCi6e9SmK0OOK1riih1aXCoopi1j7cpoPAJlVB6BMq67MkpqrJ/lZ5dkf8KlfKNizxux&#10;4y/CIY1NJLwOkxQoA+M0jmfJHBm/Aev21CGapddnHRCGVrr4p/AkyZIE4yMMbQc/pTMRPmCPUVkt&#10;NO9KYJX5X4XSMIsmKTRwQFJoxwplURJNUGgi/CyZCys0n2XhJIUGDqgM2pFCWTBP4IM9/qsQhnb0&#10;DU2Ep2fJXFahLMzi+RSFhg6YKtqxQtF1OJ+g0ET4gD2SuLBCKXxBkxQaOCAptGOFsug6naDQRPhZ&#10;MhdQqLukh23lT5d034lGjQhVQdupc4p3owG0LESg7ZAdi7/BDJlilJEQ8Ka+fcH6tEHWretkMbQb&#10;e3FrUVf5Q1XXbqM267takR2FxhjF4UOEnAYwqbS5p7rscO6ovzuO7b7r8LbXr0X++qTIHoaipad/&#10;bqniHqk/tzB1QNoGFwoXa1woU98JN2e5BgPvfDl8p0oS+/qlZ2BA+CJwpqELbPw29R5rPVvxcWtE&#10;UdmpwI0iHaPjBgYhN0schzY7aZ3uHepttFz9AgAA//8DAFBLAwQUAAYACAAAACEAxI6yg98AAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0/CQBDF7yZ8h82YeJMtrQIp3RJiohdTG4Fw3nbHttCd&#10;rd0F6rd3m5jgaf68yZvfS9aDbtkFe9sYEjCbBsCQSqMaqgTsd6+PS2DWSVKyNYQCftDCOp3cJTJW&#10;5kqfeNm6inkTsrEUUDvXxZzbskYt7dR0SF77Mr2Wzo99xVUvr95ctzwMgjnXsiH/oZYdvtRYnrZn&#10;LUC/h4dj5qL8mBX5PMujt9PH90GIh/thswLmcHC3YxjxPTqknqkwZ1KWtQIWoY/i/uqoz57HTeG7&#10;aPkUAU8T/j9D+gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDp6jxc5wIAAKIKAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDEjrKD3wAAAAsBAAAP&#10;AAAAAAAAAAAAAAAAAEEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAATQYAAAAA&#10;" path="m171450,5338495r114300,l285750,5446445r-114300,l171450,5338495xem171450,5516295r114300,l285750,5624245r-114300,l171450,5516295xem171450,5986195r114300,l285750,6094145r-114300,l171450,5986195xem171450,6163995r114300,l285750,6271945r-114300,l171450,6163995xem171450,6519595r114300,l285750,6627545r-114300,l171450,6519595xem,8333105r6858000,l6858000,,,,,8333105xe" filled="f" strokecolor="#231f20" strokeweight=".5pt">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page" anchory="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>meet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Underwriter’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Laboratory</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and/or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Federal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Communications</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Commission</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>requirements,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve">where </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>applicable,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>design,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>safety,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>utility.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34566CC8" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="59" w:line="266" w:lineRule="auto"/>
+        <w:ind w:right="349"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>There</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>documentation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>item</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>purchased</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>appropriate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>participant’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>needs.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>item</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that is available through the State Plan must be purchased through the State Plan; only items not covered by the State Plan may be </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>purchased</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>through</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Waiver.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="729816CF" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="57" w:line="266" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Participants</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>receive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>duplicative</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>devices</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>through</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>either</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>the Transitional Assistance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Specialized </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Medical Equipment Service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB00174" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="59"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+        </w:rPr>
+        <w:t>Requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E349B87" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="519"/>
+        </w:tabs>
+        <w:ind w:left="519" w:hanging="154"/>
       </w:pPr>
       <w:r>
-        <w:t>Knowledge of or experience or both in training or providing or both technical help for professionals or other individuals who offer</w:t>
-[...5 lines deleted...]
-        <w:t>services to or are involved in the major life functions of individuals with disabilities.</w:t>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>staff</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>individual</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>providers</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>either</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F06500D" w14:textId="77777777" w:rsidR="006D45CC" w:rsidRDefault="006D45CC" w:rsidP="006D45CC">
-[...1 lines deleted...]
-        <w:t>Documents to be submitted by organizations:</w:t>
+    <w:p w14:paraId="333F6276" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="727"/>
+        </w:tabs>
+        <w:spacing w:line="266" w:lineRule="auto"/>
+        <w:ind w:right="491"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>bachelor’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>degree</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>related</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>field</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>least</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>year</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>proven</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>providing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>adaptive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">technological </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve">assessment or training; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2039BF1E" w14:textId="77777777" w:rsidR="006D45CC" w:rsidRDefault="006D45CC" w:rsidP="00A02F61">
-[...7 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+    <w:p w14:paraId="21B1093C" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="727"/>
+        </w:tabs>
+        <w:spacing w:before="58" w:line="266" w:lineRule="auto"/>
+        <w:ind w:right="332"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>bachelor’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>degree</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>related</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>health</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>human</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>field</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>least</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>two</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>years</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>proven</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>conducting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adaptive </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>technological</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>assessment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>training;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6265A4CF" w14:textId="77777777" w:rsidR="006D45CC" w:rsidRDefault="006D45CC" w:rsidP="00A02F61">
-[...1 lines deleted...]
-        <w:t>Copy of current assistive technology accreditation or therapy license</w:t>
+    <w:p w14:paraId="1FBBF766" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="727"/>
+        </w:tabs>
+        <w:spacing w:before="59"/>
+        <w:ind w:hanging="162"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>three</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>years</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>proven</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>providing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>adaptive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>technological</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>assessment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>training</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70707AE7" w14:textId="77777777" w:rsidR="006D45CC" w:rsidRDefault="006D45CC" w:rsidP="006D45CC">
-[...257 lines deleted...]
-    <w:p w14:paraId="6F23E16C" w14:textId="35650E54" w:rsidR="003E3F1F" w:rsidRDefault="003E3F1F" w:rsidP="003E3F1F">
+    <w:p w14:paraId="090ECB2A" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="527"/>
+        </w:tabs>
+        <w:spacing w:line="266" w:lineRule="auto"/>
+        <w:ind w:right="846" w:hanging="163"/>
       </w:pPr>
       <w:r>
-        <w:t>Any not-for-profit or proprietary organization that responds satisfactorily to the Waiver provider enrollment process and as such,</w:t>
-[...5 lines deleted...]
-        <w:t>has successfully demonstrated, at a minimum, the following:</w:t>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Knowledge</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>evaluating</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>needs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>individual</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>disability,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>including</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>functionally</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>evaluating</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>individual</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>individual’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>environment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6653F4F4" w14:textId="2632103C" w:rsidR="003E3F1F" w:rsidRDefault="003E3F1F" w:rsidP="003E3F1F">
+    <w:p w14:paraId="1794CC33" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="527"/>
+        </w:tabs>
+        <w:spacing w:before="58"/>
+        <w:ind w:hanging="162"/>
       </w:pPr>
       <w:r>
-        <w:t>Providers shall ensure that individual workers employed by the agency have been CORI checked and are able to perform assigned</w:t>
-[...5 lines deleted...]
-        <w:t>duties and responsibilities.</w:t>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Knowledge</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>buying</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>helping</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>acquire</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>devices</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>individuals</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>devices.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33DCD3D4" w14:textId="55E78410" w:rsidR="003E3F1F" w:rsidRDefault="003E3F1F" w:rsidP="003E3F1F">
+    <w:p w14:paraId="426A6E02" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="527"/>
+        </w:tabs>
+        <w:spacing w:line="266" w:lineRule="auto"/>
+        <w:ind w:right="869" w:hanging="163"/>
       </w:pPr>
       <w:r>
-        <w:t>Providers of assistive technology must ensure that all devices and accessories have been examined and/or tested by Underwriters</w:t>
-[...5 lines deleted...]
-        <w:t>Laboratory (or other appropriate organization), and comply with FCC regulations, as appropriate.</w:t>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Knowledge</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>both</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>selecting,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>designing,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>fitting,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>customizing,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>adapting,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>applying,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>maintaining,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>repairing, or replacing assistive technology devices.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A0278E5" w14:textId="3EA141B0" w:rsidR="003E3F1F" w:rsidRDefault="003E3F1F" w:rsidP="003E3F1F">
+    <w:p w14:paraId="080B2663" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="527"/>
+        </w:tabs>
+        <w:spacing w:before="58" w:line="266" w:lineRule="auto"/>
+        <w:ind w:right="1913" w:hanging="163"/>
       </w:pPr>
       <w:r>
-        <w:t>In addition, providers licensed, certified, and qualified by DDS in accordance with 115 CMR 7.00 (Department of Developmental</w:t>
-[...17 lines deleted...]
-        <w:t>will be considered to have met these standards.</w:t>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Knowledge</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>both</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>coordinating</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>using</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>therapies,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>interventions,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>devices.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BE4CB92" w14:textId="77777777" w:rsidR="003E3F1F" w:rsidRDefault="003E3F1F" w:rsidP="003E3F1F">
-[...230 lines deleted...]
-    <w:p w14:paraId="12067955" w14:textId="6B53E13F" w:rsidR="009D469F" w:rsidRDefault="009D469F" w:rsidP="009D469F">
+    <w:p w14:paraId="2ECC4768" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="527"/>
+        </w:tabs>
+        <w:spacing w:before="59" w:line="266" w:lineRule="auto"/>
+        <w:ind w:right="492" w:hanging="163"/>
       </w:pPr>
       <w:r>
-        <w:t>Any not-for-profit organization or self-employed provider must be in the business of providing individual support and community</w:t>
-[...5 lines deleted...]
-        <w:t>habilitation or a similar service.</w:t>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Knowledge</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>both</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>training</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>providing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>technical</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>help</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>individual</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>disabilities,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>when</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>applicable, the family of an individual with disabilities or others who provide support to the individual.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D6976AA" w14:textId="57D37BA7" w:rsidR="009D469F" w:rsidRDefault="009D469F" w:rsidP="009D469F">
+    <w:p w14:paraId="6DDC3765" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="527"/>
+        </w:tabs>
+        <w:spacing w:before="58" w:line="266" w:lineRule="auto"/>
+        <w:ind w:right="383" w:hanging="163"/>
       </w:pPr>
       <w:r>
-        <w:t>All organization staff or self-employed providers should</w:t>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Knowledge</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>both</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>training</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>providing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>both</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>technical</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>help</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>professionals</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>other</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>individuals</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>who</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>offer services to or are involved in the major life functions of individuals with disabilities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71FA27DA" w14:textId="3D59755B" w:rsidR="009D469F" w:rsidRDefault="009D469F" w:rsidP="009D469F">
+    <w:p w14:paraId="34461CFF" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="119"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Documents</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>submitted</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>organizations:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00D32D7F" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="660" w:right="2873"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>One</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>page</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>description</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>being</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>similar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Copy of current assistive technology accreditation or therapy license</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4084FFDC" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="118"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Documents</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>submitted</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>individuals:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49586088" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="660"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>One</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>page</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>description</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>similar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>provider</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E7C1CE4" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="27" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="660" w:right="1601"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Evidence</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>bachelor’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>degree</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>proof</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>number</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>years’</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>providing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>adaptive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">technological </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>assessment or training</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A6D4EB6" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="0" w:line="251" w:lineRule="exact"/>
+        <w:ind w:left="660"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Copy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>current</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>accreditation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>therapy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>license</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E718DEF" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="167"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Key</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Staff</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Contact</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="555EE04A" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="11"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="375" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2130"/>
+        <w:gridCol w:w="2702"/>
+        <w:gridCol w:w="2702"/>
+        <w:gridCol w:w="2702"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007F6DFF" w14:paraId="42F7CE99" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33CF6840" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36DF3245" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="95"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B9864CC" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="95"/>
+              </w:rPr>
+              <w:t>Email</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="105FB6E3" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Phone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F6DFF" w14:paraId="419272AC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37BD9CE6" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:w w:val="75"/>
+              </w:rPr>
+              <w:t>Contract</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Manager</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0038EAD1" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2294FD70" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48CB7D4B" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F6DFF" w14:paraId="2D7FE91F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4614D1" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Billing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D9951B8" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DE0D7BC" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C1239D" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F6DFF" w14:paraId="2F7779D6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F1F0EC0" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>Referral</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05858FFB" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF13472" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1375F653" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F6DFF" w14:paraId="251404CA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1589DC9D" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:w w:val="75"/>
+              </w:rPr>
+              <w:t>Emergency</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:w w:val="75"/>
+              </w:rPr>
+              <w:t>On-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="75"/>
+              </w:rPr>
+              <w:t>Call</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64E12CA7" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D7AF6A9" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61556BC3" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0C0870E8" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="007F6DFF">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="720" w:right="780" w:bottom="940" w:left="620" w:header="0" w:footer="709" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AE03E9C" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="158"/>
+        <w:ind w:left="660"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487318528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56C29BAB" wp14:editId="02DAC0A6">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>457200</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>457200</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6858000" cy="8965565"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="21" name="Graphic 21"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6858000" cy="8965565"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6858000" h="8965565">
+                              <a:moveTo>
+                                <a:pt x="171450" y="120650"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="120650"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="228600"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="228600"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="120650"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6858000" h="8965565">
+                              <a:moveTo>
+                                <a:pt x="171450" y="6750050"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="6750050"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="6858000"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="6858000"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="6750050"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6858000" h="8965565">
+                              <a:moveTo>
+                                <a:pt x="171450" y="6927850"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="6927850"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="7035800"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="7035800"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="6927850"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6858000" h="8965565">
+                              <a:moveTo>
+                                <a:pt x="171450" y="7283450"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="7283450"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="7391400"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="7391400"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="7283450"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6858000" h="8965565">
+                              <a:moveTo>
+                                <a:pt x="171450" y="7461250"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="7461250"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="7569200"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="7569200"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="7461250"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6858000" h="8965565">
+                              <a:moveTo>
+                                <a:pt x="171450" y="7931150"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="7931150"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="8039100"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="8039100"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="7931150"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6858000" h="8965565">
+                              <a:moveTo>
+                                <a:pt x="171450" y="8108950"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="8108950"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="8216900"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="8216900"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="8108950"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6858000" h="8965565">
+                              <a:moveTo>
+                                <a:pt x="0" y="8965565"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6858000" y="8965565"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6858000" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="8965565"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:srgbClr val="231F20"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="27692972" id="Graphic 21" o:spid="_x0000_s1026" style="position:absolute;margin-left:36pt;margin-top:36pt;width:540pt;height:705.95pt;z-index:-15997952;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" coordsize="6858000,8965565" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+cPaMGgMAAOEMAAAOAAAAZHJzL2Uyb0RvYy54bWysV8tu2zAQvBfoPxC6N3o4lmUjdlAkSFEg&#10;SAMkRc+0RFlCKZEl6Uf+vkvK61iVC5itL9qlObscDqVwcnO7azjZMKVr0c6D+CoKCGtzUdTtah58&#10;f334lAVEG9oWlIuWzYM3poPbxccPN1s5Y4moBC+YItCk1bOtnAeVMXIWhjqvWEP1lZCshclSqIYa&#10;GKpVWCi6he4ND5MoSsOtUIVUImdaw6/33WSwcP3LkuXmW1lqZgifB8DNuKdyz6V9hosbOlspKqs6&#10;39Og/8CioXULix5a3VNDyVrVg1ZNnSuhRWmuctGEoizrnLk9wG7i6I/dvFRUMrcXEEfLg0z6cm3z&#10;p82LfFaWupaPIv+pQZFwK/XsMGMHeo/ZlaqxWCBOdk7Ft4OKbGdIDj+m2TiLIhA7h7lsmo7H6djq&#10;HNIZludrbb4w4VrRzaM23TEUmNEKs3zXYqrgMO0xcneMJiBwjCogcIzL7hglNbbO8rMp2R5xqd6p&#10;2PlGbNircEhjNxJP4usxUAbGcRKlkHaE33G8PcYn2XhyCo8ojNJ1P0InSZaCNl13RGHs0Edc/NA9&#10;5tgz50Kzbjkryn+Kk8KuIx91+gVICuNAHnx3ztTHF95jjyQurNA0mWReCvUKkBTGgUKTaGQ/r3Pf&#10;IE94epLMZRWaJNnIfmxnf2H9AlQG41Ch0TS+9lDIE95jjyQurNB1GideCvUKkBTGoUJjOGcPhTzh&#10;J8lcWKHpKI69FOoVoDIYBwplEbwV5yvkCZ+cJHNZhbI4yqY+CvULUBmMQ4WSOJ16KOQJ77FHEhdQ&#10;qLvj+67kb5c83i7WFfQrkBDGTp1jPP55QwTGDtmxOAdzet2BEOCtDu4H8mN/xVtnhEbwLtjLXwte&#10;Fw81526gVss7rsiGgq9KRvFDgpx6MKm0uae66nBu6nD/7N1iZxCtVVyK4u1ZkS146nmgf62pYgHh&#10;X1swrbBtg4nCZImJMvxOOJvuTAqs+br7QZUkdvl5YMBfPgm0xHSGvtFu/YC1la34vDairK2pdE62&#10;Y7QfgI92VnTv+a1RPx471Pt/JovfAAAA//8DAFBLAwQUAAYACAAAACEAYpfOzN8AAAALAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPT0vDQBDF74LfYRnBm920Vm1jNkWEUgQRjHrwNsmOSTA7G3c3beqn&#10;dwOCnubPG978XrYZTSf25HxrWcF8loAgrqxuuVbw+rK9WIHwAVljZ5kUHMnDJj89yTDV9sDPtC9C&#10;LaIJ+xQVNCH0qZS+asign9meOGof1hkMcXS11A4P0dx0cpEk19Jgy/FDgz3dN1R9FoNR4Nz28evp&#10;+D3U6+XurXzHvi12D0qdn413tyACjeHvGCb8iA55ZCrtwNqLTsHNIkYJv3XS51fTpozdcnW5Bpln&#10;8n+G/AcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC+cPaMGgMAAOEMAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBil87M3wAAAAsBAAAPAAAAAAAA&#10;AAAAAAAAAHQFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAgAYAAAAA&#10;" path="m171450,120650r114300,l285750,228600r-114300,l171450,120650xem171450,6750050r114300,l285750,6858000r-114300,l171450,6750050xem171450,6927850r114300,l285750,7035800r-114300,l171450,6927850xem171450,7283450r114300,l285750,7391400r-114300,l171450,7283450xem171450,7461250r114300,l285750,7569200r-114300,l171450,7461250xem171450,7931150r114300,l285750,8039100r-114300,l171450,7931150xem171450,8108950r114300,l285750,8216900r-114300,l171450,8108950xem,8965565r6858000,l6858000,,,,,8965565xe" filled="f" strokecolor="#231f20" strokeweight=".5pt">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page" anchory="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Devices</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>(AT)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Organization</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>And</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Individual</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47CEC7B4" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="27" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="660" w:right="225"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Technology devices - an item,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>piece of equipment,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or product system that is used to develop,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>increase,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>maintain,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or improve functional capabilities of participants, and to support the participant to achieve goals identified in their Plan of Care. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>devices</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>enable</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>engage</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>telehealth. Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>devices</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>acquired</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>commercially</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>modified,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>customized,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>engineered</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>otherwise</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>adapted</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>meet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>individual’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>specific</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>needs,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">including </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>design and fabrication.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>In addition to the cost of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Technology device purchase,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>lease,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or other acquisition costs,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">this </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>component</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>covers</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>maintenance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>repair</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>devices</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>rental</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>substitute</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>devices during periods of repair.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>This service includes device installation and set up costs but excludes installation and set-up and ongoing provision fees related to internet service.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>This service includes purchase,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>lease,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or other acquisition costs of cell </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>phones,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>tablets,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>computers,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>ancillary</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>equipment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>necessary</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>operation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>devices</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve">enable </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the individual to participate in telehealth.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>These devices are not intended for purely diversional/recreational purposes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D026D8" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="172" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="645" w:right="225"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>authorized</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Case</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Manager</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>part</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Care.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Case</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Manager</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>explore</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>with the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>participant/legal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>guardian</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>use</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Medicaid</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Plan.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Waiver</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>funding</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>that is specifically related to the functional limitation(s) caused by the participant’s disability.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="666F203B" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="178" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="645"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>meet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Underwriter’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Laboratory</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and/or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Federal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Communications</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Commission</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>requirements,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t xml:space="preserve">where </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>applicable,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>design,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>safety,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>utility.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="503469A0" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="178" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="645" w:right="225"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>There must be documentation that the item purchased is appropriate to the participant’s needs.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Technology item that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>available</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>through</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>purchased</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>through</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Plan;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>only</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>items</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>covered</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>purchased</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>through</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Waiver.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05C4F213" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="118" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="645" w:right="584"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Participants</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>receive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>duplicative</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>devices</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>through</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>either</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Transitional</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Assistance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Specialized Medical Equipment Service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F87794C" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="118"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+        </w:rPr>
+        <w:t>Requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B4553DE" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="266" w:lineRule="auto"/>
+        <w:ind w:right="584"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>not-for-profit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>proprietary</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>organization</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>responds</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>satisfactorily</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Waiver</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>enrollment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>process</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>such, has successfully demonstrated, at a minimum, the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DAF3DD8" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="527"/>
+        </w:tabs>
+        <w:spacing w:before="59" w:line="266" w:lineRule="auto"/>
+        <w:ind w:right="231" w:hanging="163"/>
       </w:pPr>
       <w:r>
-        <w:t>have a college degree (preferably in a human service field) or</w:t>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Providers</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>individual</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>workers</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>employed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>agency</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>been</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>CORI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>checked</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>able</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>perform</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>assigned</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>duties and responsibilities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="347D0C02" w14:textId="61646E4A" w:rsidR="009D469F" w:rsidRDefault="009D469F" w:rsidP="009D469F">
+    <w:p w14:paraId="76E46B45" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="527"/>
+        </w:tabs>
+        <w:spacing w:before="58" w:line="266" w:lineRule="auto"/>
+        <w:ind w:right="229" w:hanging="163"/>
       </w:pPr>
       <w:r>
-        <w:t>at least 2 years comparable, community-based, life or work experience providing services to individuals with disabilities.</w:t>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Providers</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>devices</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>accessories</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>been</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>examined</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and/or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>tested</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Underwriters</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Laboratory (or other appropriate organization),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and comply with FCC regulations,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>as appropriate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32063467" w14:textId="77777777" w:rsidR="001E55C0" w:rsidRDefault="001E55C0" w:rsidP="001E55C0">
-[...1 lines deleted...]
-        <w:t>Documents to be submitted by organizations:</w:t>
+    <w:p w14:paraId="33F4342C" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="527"/>
+        </w:tabs>
+        <w:spacing w:before="58" w:line="266" w:lineRule="auto"/>
+        <w:ind w:right="354" w:hanging="163"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>addition,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>providers</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>licensed,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>certified,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and qualified by DDS in accordance with 115 CMR 7.00 (Department of Developmental </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>(DDS)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>regulations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>DDS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>provided</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>public</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>private</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>providers</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>those</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>subject</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="80"/>
+          <w:w w:val="150"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>regulation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Massachusetts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Rehabilitation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Commission,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-9"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>which</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>provide</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>social</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>pre-vocational</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>work</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">training) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>will be considered to have met these standards.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33153008" w14:textId="77777777" w:rsidR="001E55C0" w:rsidRDefault="001E55C0" w:rsidP="001E55C0">
-[...1 lines deleted...]
-        <w:t>Resume of program director and applicable license type(s) and number(s)</w:t>
+    <w:p w14:paraId="3A824A6F" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="117"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Documents</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>submitted</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>organizations:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EE069DD" w14:textId="77777777" w:rsidR="001E55C0" w:rsidRDefault="001E55C0" w:rsidP="001E55C0">
-[...1 lines deleted...]
-        <w:t>One page description of experience of your agency’s delivery of CEN or a similar service</w:t>
+    <w:p w14:paraId="336E64FC" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="660"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>One</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>page</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>description</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>being</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>similar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>provider.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="124A1DA7" w14:textId="77777777" w:rsidR="001E55C0" w:rsidRDefault="001E55C0" w:rsidP="001E55C0">
-[...1 lines deleted...]
-        <w:t>Documents to be submitted by individuals:</w:t>
+    <w:p w14:paraId="2D24D72A" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="27" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="660" w:right="584"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>DME</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>documentation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>they</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>meet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>requirements</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>130</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>CMR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>409</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>OR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>DME</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>provider,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>list</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of contracted manufacturers used for purchased products</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4852F03C" w14:textId="47D9CFE4" w:rsidR="001E55C0" w:rsidRDefault="001E55C0" w:rsidP="001E55C0">
-[...7 lines deleted...]
-        <w:t>community-based work experience providing skills training services to people with disabilities.</w:t>
+    <w:p w14:paraId="795F21E6" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="0" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="660" w:right="6121"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Copy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>current</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>accreditation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>letters</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">applicable </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Fee</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-10"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="90"/>
+        </w:rPr>
+        <w:t>Schedule</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A546A82" w14:textId="30D6FEA5" w:rsidR="001E55C0" w:rsidRDefault="001E55C0" w:rsidP="001E55C0">
-[...1 lines deleted...]
-        <w:t>One page description of experience of your delivery of CEN or a similar service</w:t>
+    <w:p w14:paraId="51A464DF" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="117"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Documents</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>submitted</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>individuals:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="142C0C7A" w14:textId="77777777" w:rsidR="00662509" w:rsidRDefault="00662509" w:rsidP="00662509">
-[...1 lines deleted...]
-        <w:t>Key Staff Contact Information</w:t>
+    <w:p w14:paraId="2ABEA3A4" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="660"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>One</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>page</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>description</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>assistive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>similar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>provider</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78E7644E" w14:textId="77777777" w:rsidR="00662509" w:rsidRDefault="00662509" w:rsidP="00662509">
-[...1 lines deleted...]
-        <w:t>Contract Manager</w:t>
+    <w:p w14:paraId="6E98A23E" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="27" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="660" w:right="584"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Evidence</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>bachelor’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>degree</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>years’</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>(as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>indicated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>above)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>both</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>providing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>adaptive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>technological</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>assessment or training.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6000092F" w14:textId="77777777" w:rsidR="00662509" w:rsidRDefault="00662509" w:rsidP="00662509">
-[...2 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="7095124A" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:spacing w:line="266" w:lineRule="auto"/>
+        <w:sectPr w:rsidR="007F6DFF">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="720" w:right="780" w:bottom="940" w:left="620" w:header="0" w:footer="709" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C6D2BDC" w14:textId="77777777" w:rsidR="00662509" w:rsidRDefault="00662509" w:rsidP="00662509">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Name </w:t>
+    <w:p w14:paraId="21EBA522" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="135"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487319040" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D1D4566" wp14:editId="06FC0A2A">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>457200</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-457</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6858000" cy="7578725"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="22" name="Graphic 22"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6858000" cy="7578725"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="6858000" h="7578725">
+                              <a:moveTo>
+                                <a:pt x="171450" y="1550962"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="1550962"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="1658912"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="1658912"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="1550962"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6858000" h="7578725">
+                              <a:moveTo>
+                                <a:pt x="171450" y="4814862"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="4814862"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="4922812"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="4922812"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="4814862"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6858000" h="7578725">
+                              <a:moveTo>
+                                <a:pt x="171450" y="4992662"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="4992662"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="5100612"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="5100612"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="4992662"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6858000" h="7578725">
+                              <a:moveTo>
+                                <a:pt x="171450" y="5462562"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="5462562"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="5570512"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="5570512"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="5462562"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6858000" h="7578725">
+                              <a:moveTo>
+                                <a:pt x="171450" y="5818162"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="5818162"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="285750" y="5926112"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="5926112"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="171450" y="5818162"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                            <a:path w="6858000" h="7578725">
+                              <a:moveTo>
+                                <a:pt x="0" y="7578725"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="6858000" y="7578725"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="6858000" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="7578725"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:srgbClr val="231F20"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5B7F98CA" id="Graphic 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:36pt;margin-top:-.05pt;width:540pt;height:596.75pt;z-index:-15997440;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6858000,7578725" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyBjMc5gIAAKIKAAAOAAAAZHJzL2Uyb0RvYy54bWysVk1v2zAMvQ/YfxB8X/3ROHGCJsXQosOA&#10;oivQDjsrshwbky1NUuL034+SwzSeO6DecjGp6JF6egxEXl3va0F2XJtKNssgvogCwhsm86rZLIPv&#10;z3efsoAYS5ucCtnwZfDCTXC9+vjhqlULnshSipxrAkkas2jVMiitVYswNKzkNTUXUvEGNgupa2ph&#10;qTdhrmkL2WsRJlE0DVupc6Ul48bAr7fdZrDy+YuCM/utKAy3RCwD4Gb9V/vv2n3D1RVdbDRVZcUO&#10;NOg/sKhp1cChx1S31FKy1dUgVV0xLY0s7AWTdSiLomLc3wFuE0d/3OappIr7u4A4Rh1lMudLyx52&#10;T+pRO+pG3Uv204AiYavM4rjjFuaA2Re6dlggTvZexZejinxvCYMfp1maRRGIzWBvls6yWZI6nUO6&#10;wHC2NfYLlz4V3d0b25UhR4+W6LF9g66GYroyCl9GGxAoow4IlHHdlVFR6+IcP+eS9oRL+UrF7ddy&#10;x5+lR1p3kXgWT1KgDIzjNI3m0+TA+BUomtOAJEtnbwYgDK3y+U/h0zSbx5gfYWg7+CmdkfAee8zK&#10;hDS8K4FT5j8VmmTxJBujUD8ASaEdKDSZJ0n2foXGwnvskcSZFZrPk+kohXoBSArtQKE0hqfv/QqN&#10;hE/eJHNehdLJNEnHKNQPQGXQDhVKZ1E6QqGR8B57JHFmhbI4i0cp1AtAUmiHCsFfNB6h0Ej4m2TO&#10;oFD3SPfbyt8e6WMnGjQiVAVtp84p3o8G0LIQgbZDdizeg+kzxSwDIeCkY/sC/7RBisZ3sktoN+7h&#10;NlJU+V0lhF/ozfpGaLKj0BiTy/guQU49mNLG3lJTdji/dehvojm0+67Du16/lvnLoyYtDEXLwPza&#10;Us0DIr42MHXAtS06Gp01OtqKG+nnLN9g4Mzn/Q+qFXHHLwMLA8KDxJmGLrDxu6sfsS6ykZ+3VhaV&#10;mwr8KNIxOixgEPKzxGFoc5PW6dqjXkfL1W8AAAD//wMAUEsDBBQABgAIAAAAIQCnCHON4AAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasMwEETvhf6D2EJuiew4blrXciiFHEKgpW4gV8XaWibW&#10;ylhy4vx95FN7290ZZt/km9G07IK9aywJiBcRMKTKqoZqAYef7fwFmPOSlGwtoYAbOtgUjw+5zJS9&#10;0jdeSl+zEEIukwK0913Guas0GukWtkMK2q/tjfRh7WuuenkN4ablyyh65kY2FD5o2eGHxupcDkbA&#10;Pk2T8nZYnZvj1zFZR3rYbfFTiNnT+P4GzOPo/8ww4Qd0KALTyQ6kHGsFrJehihcwj4FNcpxOh9M0&#10;vSYr4EXO/1co7gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDyBjMc5gIAAKIKAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCnCHON4AAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAEAFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAATQYAAAAA&#10;" path="m171450,1550962r114300,l285750,1658912r-114300,l171450,1550962xem171450,4814862r114300,l285750,4922812r-114300,l171450,4814862xem171450,4992662r114300,l285750,5100612r-114300,l171450,4992662xem171450,5462562r114300,l285750,5570512r-114300,l171450,5462562xem171450,5818162r114300,l285750,5926112r-114300,l171450,5818162xem,7578725r6858000,l6858000,,,,,7578725xe" filled="f" strokecolor="#231f20" strokeweight=".5pt">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Key</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Staff</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Contact</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03388452" w14:textId="77777777" w:rsidR="00662509" w:rsidRDefault="00662509" w:rsidP="00662509">
-[...2 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="682AD3C1" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="11"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A38F8C2" w14:textId="77777777" w:rsidR="00662509" w:rsidRDefault="00662509" w:rsidP="00662509">
-[...2 lines deleted...]
-      </w:r>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="375" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2130"/>
+        <w:gridCol w:w="2702"/>
+        <w:gridCol w:w="2702"/>
+        <w:gridCol w:w="2702"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007F6DFF" w14:paraId="65EC85A4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0A7B1D" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0321E5E0" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="95"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="467C69CA" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="95"/>
+              </w:rPr>
+              <w:t>Email</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF332B1" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Phone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F6DFF" w14:paraId="7F4A99F1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DCFE083" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:w w:val="75"/>
+              </w:rPr>
+              <w:t>Contract</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Manager</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE4C5B3" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65814223" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD317F3" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F6DFF" w14:paraId="34B4DD33" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C00BC7E" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Billing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="734C170B" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="491D0924" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79F48590" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F6DFF" w14:paraId="20C25D98" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1996B8FC" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>Referral</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46434BA7" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EBA10AC" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="631E6981" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F6DFF" w14:paraId="53CE225F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B8D60FD" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:w w:val="75"/>
+              </w:rPr>
+              <w:t>Emergency</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:w w:val="75"/>
+              </w:rPr>
+              <w:t>On-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="75"/>
+              </w:rPr>
+              <w:t>Call</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59CEC2C5" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C12D8E1" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A171D5C" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="26096916" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="25"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="66AC0271" w14:textId="77777777" w:rsidR="00662509" w:rsidRDefault="00662509" w:rsidP="00662509">
-[...1 lines deleted...]
-        <w:t>Billing</w:t>
+    <w:p w14:paraId="52112AE9" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="660"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Community</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Engagement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Navigation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>(CEN)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Organization</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>And</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Individual</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE6A355" w14:textId="77777777" w:rsidR="00662509" w:rsidRDefault="00662509" w:rsidP="00662509">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Title </w:t>
+    <w:p w14:paraId="77A81624" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="27" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="660"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>The organization or individual provides outreach and support services to MFP Demonstration participants as they prepare to transition</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>out</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>facilities</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>after</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>they</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>transitioned.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>CEN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>ensures</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>participants</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>way</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>experience different community settings and community services.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>The service also aims to increase the participant’s comfort level with transitioning.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-13"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>CEN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>facilitates</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>engagement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>community</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>options</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>after</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>transition,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>providing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>continuity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>these participants and addressing any challenges they may face once they are in the community.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E14DE80" w14:textId="77777777" w:rsidR="00662509" w:rsidRDefault="00662509" w:rsidP="00662509">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Name </w:t>
+    <w:p w14:paraId="066659B2" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="116" w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="645" w:right="437"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Community</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Engagement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Navigation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>accompaniment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>transportation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>facilities</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>community housing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>options;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>supporting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>exploration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>linkage;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>assistance</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>connections</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">engagement </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>with community services.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01A8C0A0" w14:textId="77777777" w:rsidR="00662509" w:rsidRDefault="00662509" w:rsidP="00662509">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Email </w:t>
+    <w:p w14:paraId="1F8BA376" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="118"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+        </w:rPr>
+        <w:t>Requirements:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41F271CC" w14:textId="77777777" w:rsidR="00662509" w:rsidRDefault="00662509" w:rsidP="00662509">
-[...1 lines deleted...]
-        <w:t>Phone</w:t>
+    <w:p w14:paraId="4B0A9645" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="519"/>
+        </w:tabs>
+        <w:spacing w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="519" w:right="418"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>not-for-profit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>organization</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>self-employed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>business</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>providing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>individual</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>support</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-1"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve">community </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>habilitation or a similar service.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D047761" w14:textId="77777777" w:rsidR="00662509" w:rsidRDefault="00662509" w:rsidP="00662509">
-[...1 lines deleted...]
-        <w:t>Referral</w:t>
+    <w:p w14:paraId="7033BBF1" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="519"/>
+        </w:tabs>
+        <w:spacing w:before="58"/>
+        <w:ind w:left="519" w:hanging="154"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>All</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>organization</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>staff</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>self-employed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>providers</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>should</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F648220" w14:textId="77777777" w:rsidR="00662509" w:rsidRDefault="00662509" w:rsidP="00662509">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Title </w:t>
+    <w:p w14:paraId="0BBDF574" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="687"/>
+        </w:tabs>
+        <w:ind w:left="687" w:hanging="162"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>college</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>degree</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>(preferably</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>human</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>field)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DE1072D" w14:textId="77777777" w:rsidR="00662509" w:rsidRDefault="00662509" w:rsidP="00662509">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Name </w:t>
+    <w:p w14:paraId="117E2202" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="687"/>
+        </w:tabs>
+        <w:ind w:left="687" w:hanging="162"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>least</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>years</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>comparable,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>community-based,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>life</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>work</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>providing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>individuals</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>disabilities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CDD256F" w14:textId="77777777" w:rsidR="00662509" w:rsidRDefault="00662509" w:rsidP="00662509">
-      <w:r>
+    <w:p w14:paraId="2EEB696A" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="147"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Documents</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>submitted</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>organizations:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1837D450" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="660"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Resume</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>director</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>applicable</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>license</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>type(s)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>number(s)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D8BB82" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="27"/>
+        <w:ind w:left="660"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>One</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>page</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>description</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>agency’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>delivery</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>CEN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>similar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="059E37C8" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="147"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Documents</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>submitted</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>individuals:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21CEA70F" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="266" w:lineRule="auto"/>
+        <w:ind w:left="652" w:right="736"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Two</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>Letters</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>business</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>references</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>describe</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>individual’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>work</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>like</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>CEN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>clearly</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="80"/>
+        </w:rPr>
+        <w:t>demonstrates community-based work experience providing skills training services to people with disabilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FEBB528" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="0" w:line="251" w:lineRule="exact"/>
+        <w:ind w:left="660"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>One</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>page</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>description</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>experience</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>delivery</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>CEN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>similar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="609176AD" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="167"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Key</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Staff</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Contact</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="231F20"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="85"/>
+        </w:rPr>
+        <w:t>Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4782BF10" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="11"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="375" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="231F20"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2130"/>
+        <w:gridCol w:w="2702"/>
+        <w:gridCol w:w="2702"/>
+        <w:gridCol w:w="2702"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007F6DFF" w14:paraId="1CC214E7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE89815" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F1F6493" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="95"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52623A7C" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="95"/>
+              </w:rPr>
+              <w:t>Email</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D6A9425" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Phone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F6DFF" w14:paraId="7DB5F62E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CA8A401" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:w w:val="75"/>
+              </w:rPr>
+              <w:t>Contract</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Manager</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA89C25" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B7B12DA" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B8F261D" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F6DFF" w14:paraId="18ABA2C1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48B24623" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Billing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A397744" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09A161A5" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F2BA6D3" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F6DFF" w14:paraId="5B409548" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B8F7F23" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>Referral</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B0D1DF6" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61431B57" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="667CC28D" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F6DFF" w14:paraId="6AAA3653" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="307"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57ABC0E0" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="80"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:w w:val="75"/>
+              </w:rPr>
+              <w:t>Emergency</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:w w:val="75"/>
+              </w:rPr>
+              <w:t>On-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="231F20"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="75"/>
+              </w:rPr>
+              <w:t>Call</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7313236B" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4042BC1A" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B371194" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1EF30D02" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="007F6DFF">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="720" w:right="780" w:bottom="940" w:left="620" w:header="0" w:footer="709" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D46CD0E" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="17"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Email </w:t>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15732224" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E1EA8E7" wp14:editId="1713E6EC">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>457200</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>457200</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6858000" cy="5894705"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="10795"/>
+                <wp:wrapNone/>
+                <wp:docPr id="25" name="Group 25"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6858000" cy="5894705"/>
+                          <a:chOff x="3175" y="3175"/>
+                          <a:chExt cx="6858000" cy="5894705"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="26" name="Graphic 26"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3175" y="3175"/>
+                            <a:ext cx="6858000" cy="5894705"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6858000" h="5894705">
+                                <a:moveTo>
+                                  <a:pt x="0" y="5894705"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="6858000" y="5894705"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6858000" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="5894705"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6350">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="27" name="Graphic 27"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="193675" y="1527224"/>
+                            <a:ext cx="3017520" cy="1270"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="3017520">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3017520" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6350">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="28" name="Graphic 28"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="193675" y="2832149"/>
+                            <a:ext cx="3017520" cy="1270"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="3017520">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3017520" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6350">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="29" name="Graphic 29"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="193675" y="3470324"/>
+                            <a:ext cx="3017520" cy="1270"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="3017520">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3017520" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6350">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="30" name="Graphic 30"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3668395" y="1527224"/>
+                            <a:ext cx="3017520" cy="1270"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="3017520">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3017520" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6350">
+                            <a:solidFill>
+                              <a:srgbClr val="231F20"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="31" name="Graphic 31"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="155575" y="4323866"/>
+                            <a:ext cx="99060" cy="92075"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="99060" h="92075">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="91973"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="98488" y="45923"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="231F20"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="32" name="Textbox 32"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="44450" y="87539"/>
+                            <a:ext cx="6657340" cy="911225"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="78353347" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+                              <w:pPr>
+                                <w:spacing w:before="3"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>V.</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="8"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>CERTIFICATION</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="2BFD1857" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+                              <w:pPr>
+                                <w:spacing w:before="58" w:line="280" w:lineRule="atLeast"/>
+                                <w:ind w:left="200"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>I</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>confirm</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>under</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>the</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>pains</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>and</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>penalties</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>of</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>perjury</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>that</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>the</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>information</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>on</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>this</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>form</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>and</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>any</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>statement</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>that</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>I</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>attached</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>has</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>been</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">reviewed </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>and</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>signed</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>by</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>me,</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>and</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>is</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>true,</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>accurate,</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>and</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>complete</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>to</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>the</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>best</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>of</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>my</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>knowledge.</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>I</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>also</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>confirm</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>that</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>I</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>am</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>the</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>provider</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>or,</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>in</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>the</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">case </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>of</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>a</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>legal</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>entity,</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-7"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>duly</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>authorized</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>to</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>act</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>on</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>behalf</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>of</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>the</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>provider.</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-7"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>I</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>understand</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>that</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>if</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>I</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>make</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>false</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>statements,</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-7"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>leave</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>out</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>important</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-10"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">information, </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>or</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>try</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>to</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>hide</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>any</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>significant</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>details</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>in</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>this</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>document,</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>I</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>may</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>be</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>subject</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>to</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>civil</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>penalties</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>or</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>criminal</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>prosecution.</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="33" name="Textbox 33"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="193674" y="1549944"/>
+                            <a:ext cx="3238501" cy="986881"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="0104FB42" w14:textId="1E9A7E8E" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B" w:rsidP="00167D63">
+                              <w:pPr>
+                                <w:spacing w:before="3" w:line="266" w:lineRule="auto"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>Provider’s</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>signature</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>(</w:t>
+                              </w:r>
+                              <w:r w:rsidR="00167D63" w:rsidRPr="00167D63">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>The form can either be signed traditionally and then scanned, or it can be signed electronically using</w:t>
+                              </w:r>
+                              <w:r w:rsidR="00167D63">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidR="00167D63" w:rsidRPr="00167D63">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>DocuSign or Adobe Sign. For electronic signatures, the signer can upload a picture of their wet</w:t>
+                              </w:r>
+                              <w:r w:rsidR="00167D63">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r w:rsidR="00167D63" w:rsidRPr="00167D63">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>signature. The typed text of a signature is not an acceptable form of an electronic signature</w:t>
+                              </w:r>
+                              <w:r w:rsidR="00FC1D53">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>.</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="75"/>
+                                </w:rPr>
+                                <w:t>)</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="34" name="Textbox 34"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3668395" y="1549944"/>
+                            <a:ext cx="1633220" cy="163195"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="0BEC8235" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+                              <w:pPr>
+                                <w:spacing w:before="3"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>Printed</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>legal</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>name</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-3"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>of</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>provider</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="35" name="Textbox 35"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="193675" y="2873919"/>
+                            <a:ext cx="2990850" cy="339725"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="766D9778" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+                              <w:pPr>
+                                <w:spacing w:before="3"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>Printed</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>legal</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>name</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>of</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>individual</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>signing</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>(if</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>the</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>provider</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-1"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>is</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="6558C290" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+                              <w:pPr>
+                                <w:spacing w:before="27" w:line="251" w:lineRule="exact"/>
+                              </w:pPr>
+                              <w:proofErr w:type="spellStart"/>
+                              <w:proofErr w:type="gramStart"/>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t>a</w:t>
+                              </w:r>
+                              <w:proofErr w:type="spellEnd"/>
+                              <w:proofErr w:type="gramEnd"/>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="80"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>entity)</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="36" name="Textbox 36"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="193675" y="3502569"/>
+                            <a:ext cx="259079" cy="163195"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="6F1D006F" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+                              <w:pPr>
+                                <w:spacing w:before="3"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>Date</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="37" name="Textbox 37"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="245173" y="3742269"/>
+                            <a:ext cx="6402070" cy="1934210"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="0170E9E6" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+                              <w:pPr>
+                                <w:spacing w:before="6" w:line="266" w:lineRule="auto"/>
+                                <w:ind w:left="1483" w:hanging="1484"/>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                </w:rPr>
+                                <w:t>If</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-14"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                </w:rPr>
+                                <w:t>you</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                </w:rPr>
+                                <w:t>have</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                </w:rPr>
+                                <w:t>questions,</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-14"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                </w:rPr>
+                                <w:t>please</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                </w:rPr>
+                                <w:t>contact</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                </w:rPr>
+                                <w:t>the</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                </w:rPr>
+                                <w:t>Home</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-14"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                </w:rPr>
+                                <w:t>and</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                </w:rPr>
+                                <w:t>Community</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                </w:rPr>
+                                <w:t>Based</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-14"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                </w:rPr>
+                                <w:t>Services</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                </w:rPr>
+                                <w:t>(HCBS)</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                </w:rPr>
+                                <w:t>Provider</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-2"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">Network </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>Administration</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>Unit</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>at</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>(855)</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>300-7058</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                </w:rPr>
+                                <w:t>or</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:spacing w:val="-13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:hyperlink r:id="rId36">
+                                <w:r>
+                                  <w:rPr>
+                                    <w:color w:val="205E9E"/>
+                                  </w:rPr>
+                                  <w:t>ProviderNetwork@umassmed.edu</w:t>
+                                </w:r>
+                              </w:hyperlink>
+                            </w:p>
+                            <w:p w14:paraId="63C9C65D" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+                              <w:pPr>
+                                <w:spacing w:before="10"/>
+                                <w:rPr>
+                                  <w:sz w:val="24"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                            <w:p w14:paraId="0081A79C" w14:textId="77777777" w:rsidR="00167D63" w:rsidRDefault="00167D63" w:rsidP="00167D63">
+                              <w:pPr>
+                                <w:spacing w:line="247" w:lineRule="auto"/>
+                                <w:ind w:left="98" w:right="4680"/>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00167D63">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>Return your completed form by email or mail to MassHealth.</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="427CD843" w14:textId="2397AD38" w:rsidR="00167D63" w:rsidRDefault="00167D63" w:rsidP="00167D63">
+                              <w:pPr>
+                                <w:spacing w:line="247" w:lineRule="auto"/>
+                                <w:ind w:left="98" w:right="4680"/>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00167D63">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>Email: ProviderNetwork@UMassmed.edu</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="6D308A9D" w14:textId="77777777" w:rsidR="00DA6CF0" w:rsidRPr="00DA6CF0" w:rsidRDefault="00167D63" w:rsidP="00DA6CF0">
+                              <w:pPr>
+                                <w:spacing w:line="247" w:lineRule="auto"/>
+                                <w:ind w:left="98" w:right="4680"/>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00167D63">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">Mail: </w:t>
+                              </w:r>
+                              <w:r w:rsidR="00DA6CF0" w:rsidRPr="00DA6CF0">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>Waiver Provider Network Administration</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="7A429DFF" w14:textId="77777777" w:rsidR="00DA6CF0" w:rsidRPr="00DA6CF0" w:rsidRDefault="00DA6CF0" w:rsidP="00DA6CF0">
+                              <w:pPr>
+                                <w:spacing w:line="247" w:lineRule="auto"/>
+                                <w:ind w:left="98" w:right="4680"/>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DA6CF0">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>UMass Chan Medical School</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="68B42E4E" w14:textId="77777777" w:rsidR="00DA6CF0" w:rsidRPr="00DA6CF0" w:rsidRDefault="00DA6CF0" w:rsidP="00DA6CF0">
+                              <w:pPr>
+                                <w:spacing w:line="247" w:lineRule="auto"/>
+                                <w:ind w:left="98" w:right="4680"/>
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DA6CF0">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>PO Box 2672</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="5E7BA480" w14:textId="63614B1D" w:rsidR="007F6DFF" w:rsidRDefault="00DA6CF0" w:rsidP="00DA6CF0">
+                              <w:pPr>
+                                <w:spacing w:line="247" w:lineRule="auto"/>
+                                <w:ind w:left="98" w:right="4680"/>
+                              </w:pPr>
+                              <w:r w:rsidRPr="00DA6CF0">
+                                <w:rPr>
+                                  <w:color w:val="231F20"/>
+                                  <w:w w:val="85"/>
+                                </w:rPr>
+                                <w:t>Worcester, MA 01613</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="0E1EA8E7" id="Group 25" o:spid="_x0000_s1026" style="position:absolute;margin-left:36pt;margin-top:36pt;width:540pt;height:464.15pt;z-index:15732224;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="31,31" coordsize="68580,58947" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB1shHl3QQAANEeAAAOAAAAZHJzL2Uyb0RvYy54bWzsWV2PozYUfa/U/4B47wRsvjWZVbvTGVVa&#10;bVfaqfrsEEhQAVPb+Zh/3+sLJoTsdjLZ7Coa5SUx2Bj7nnMu917fvttWpbXOhCx4PbXdG8e2sjrl&#10;86JeTO2/nh5+iWxLKlbPWcnrbGo/Z9J+d/fzT7ebJskIX/JyngkLJqllsmmm9lKpJplMZLrMKiZv&#10;eJPV0JlzUTEFl2IxmQu2gdmrckIcJ5hsuJg3gqeZlHD3vu2073D+PM9S9Weey0xZ5dSGtSn8Ffg7&#10;07+Tu1uWLARrlkXaLYOdsIqKFTW8tJ/qnilmrURxMFVVpIJLnqublFcTnudFmuEeYDeuM9rNo+Cr&#10;BveySDaLpjcTmHZkp5OnTT+uH0Xzufkk2tVD8wNP/5Fgl8mmWSTDfn292A3e5qLSD8EmrC1a9Lm3&#10;aLZVVgo3g8iPHAcMn0KfH8Ve6PitzdMlAKOfo27o2xZ0YwPxSJe/v/D8hCXt63GR/aI2DbBI7gwl&#10;v81Qn5esydD+Uhvik7CK+dQmgW3VrAIyP3a8gTuwbv1yGKVt2V3JzqwjS31hxy/Zq98vS9KVVI8Z&#10;R9Oz9Qep0GSLuWmxpWml29o0BQhBS6BECSjbAgkI2wIJzFo4Gqb0cxpP3bQ2A+yWO+h0f8XX2RPH&#10;kWoH/ABcWOxuTFkPx/Z82KcDPGHGmf8G5x6OR7F+dSRwzNDvhTH7KzXvS0suMzAlPKwN0DfQKHBz&#10;aPayRvtQ30HNS14W84eiLLVNpFjM3pfCWjMwN6HuAzHr3hvWCKnumVy247BLA4FLR+nJpGWPZtWM&#10;z5+BfBug29SW/66YyGyr/KMGemufZhrCNGamIVT5nqPnQ7jgnU/bv5loLP36qa2Adh+5YTlLDJ20&#10;Dfqx+sma/7pSPC8010BxZkXdBSiuZf/3l154IL3wVdJzYxp07sb1SUiI19Lf6I864I0AMfRXLgkN&#10;dkbBQxYYa4HTP7/4zEK09XdiakWxT/Vdr6FyO8rMcCiLK8VRaBdKcQiYRl+X6FSKk4gS14uvFG8/&#10;bVcvfiFePD6gOHL06ABq4MUpRJT06sVN9Hal+GVQnMI3et+Lwx0Ino6mOA2CiMZtYnSNVExUfg3G&#10;LygYp+4Bx91Xcdz1fb8Lxj1KaBRgGs0SE4zHsRN0oXhMHBjZJkg/PBbv1gFpcLuM02PyNnKP3Tik&#10;3WZMzG7+29g9jrwI4kBIaD0/Jv8/dj8bMPO8Jp3dS0yPyl8xB7zmpwelIUqMJJ6AxDO+teDOvtu3&#10;1PY3DmWvXipfKRJ5ngflBU2BKPTpKIYPAj+kntGG6xIyFodObnSVqMv0df0HaxUmae1S/LaQNIJT&#10;bWfbbtFnqjxcSv2A0gN8UFyDz/Kx+GAM6iFAru/FsTeuJIBD8x1wkbryGUdBFCHiYHfjv74VIixG&#10;9jR6a0iBadsAqlcSGvgEpPZDqS9A5QaUkr7oE1AX4q79T81ZoOo9wVuDCqLUEVRovxOgGiR2JAop&#10;fCg1ELuIgMCnGFTViorSODy730NR9T7hrSHVn1z0ohqfXLzK/XXnNr5D/GCMlB87IeT52vuBvr6T&#10;pHqX8NaA6uvcPVDjOvexQBHPdyHa1IEEDT1CxkAFngOxdScp0J9H3HHR+yzer3cJPw4qPBuEc1Os&#10;9nZnvPpgdniNRxi7k+i7/wAAAP//AwBQSwMEFAAGAAgAAAAhAIt9PPveAAAACwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj09Lw0AQxe+C32EZwZvdTUtVYjalFPVUBFtBvE2z0yQ0Oxuy2yT99m5AsKf5&#10;84Y3v5etRtuInjpfO9aQzBQI4sKZmksNX/u3h2cQPiAbbByThgt5WOW3Nxmmxg38Sf0ulCKasE9R&#10;QxVCm0rpi4os+plriaN2dJ3FEMeulKbDIZrbRs6VepQWa44fKmxpU1Fx2p2thvcBh/Uiee23p+Pm&#10;8rNffnxvE9L6/m5cv4AINIb/Y5jwIzrkkengzmy8aDQ8zWOU8FcnPVlOm0PslFILkHkmrzPkvwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB1shHl3QQAANEeAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCLfTz73gAAAAsBAAAPAAAAAAAAAAAAAAAA&#10;ADcHAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAQggAAAAA&#10;">
+                <v:shape id="Graphic 26" o:spid="_x0000_s1027" style="position:absolute;left:31;top:31;width:68580;height:58947;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6858000,5894705" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBW6B6WxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW8NRtzCCVmFRGkLV5Sq6i3Z/aZBLNvQ3araX59t1DocZiZb5h8MZhW3Kh3jWUF0ygG&#10;QVxa3XClYPe5fn4B4TyyxtYyKfgmB4v540OOmbZ3/qDb1lciQNhlqKD2vsukdGVNBl1kO+LgXWxv&#10;0AfZV1L3eA9w08okjlNpsOGwUGNHq5rK6/bLKHg9N6fNPjmMY0VdWsr3gtyxUGryNCxnIDwN/j/8&#10;137TCpIUfr+EHyDnPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBW6B6WxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,5894705r6858000,l6858000,,,,,5894705xe" filled="f" strokecolor="#231f20" strokeweight=".5pt">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 27" o:spid="_x0000_s1028" style="position:absolute;left:1936;top:15272;width:30175;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3017520,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCAjlN2wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8Bb2ZlMVq1SjiCB42D34B7w+mmdbt3kpTVbTb78RBI/DzPyGWa6DacSdOldbVjBKUhDE&#10;hdU1lwrOp91wDsJ5ZI2NZVLQk4P16mOwxFzbBx/ofvSliBB2OSqovG9zKV1RkUGX2JY4elfbGfRR&#10;dqXUHT4i3DRynKaZNFhzXKiwpW1Fxe/xzyjIbm4/7bOf7SF890aH0eWymU+U+voMmwUIT8G/w6/2&#10;XisYz+D5Jf4AufoHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAgI5TdsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l3017520,e" filled="f" strokecolor="#231f20" strokeweight=".5pt">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 28" o:spid="_x0000_s1029" style="position:absolute;left:1936;top:28321;width:30175;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3017520,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDxEccEwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4P/B/CE7zNVGVFuqYiguBhHnQDr4/m2Vabl9Jkbfrfm8Ngx4/vd74LphUD9a6xrGC1TEAQl1Y3&#10;XCn4+T6+b0E4j6yxtUwKJnKwK2ZvOWbajnyh4eorEUPYZaig9r7LpHRlTQbd0nbEkbvb3qCPsK+k&#10;7nGM4aaV6yRJpcGGY0ONHR1qKp/XX6MgfbjTx5SeD5fwNRkdVrfbfrtRajEP+08QnoL/F/+5T1rB&#10;Oo6NX+IPkMULAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA8RHHBMAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l3017520,e" filled="f" strokecolor="#231f20" strokeweight=".5pt">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 29" o:spid="_x0000_s1030" style="position:absolute;left:1936;top:34703;width:30175;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3017520,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCeXWKfwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8Bb2pqmKpVajiCB42D34B7w+mmdbt3kpTVbTb78RBI/DzPyGWa6DacSdOldbVjAeJSCI&#10;C6trLhWcT7thBsJ5ZI2NZVLQk4P16mOwxFzbBx/ofvSliBB2OSqovG9zKV1RkUE3si1x9K62M+ij&#10;7EqpO3xEuGnkJElSabDmuFBhS9uKit/jn1GQ3tx+1qc/20P47o0O48tlk02V+voMmwUIT8G/w6/2&#10;XiuYzOH5Jf4AufoHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnl1in8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l3017520,e" filled="f" strokecolor="#231f20" strokeweight=".5pt">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 30" o:spid="_x0000_s1031" style="position:absolute;left:36683;top:15272;width:30176;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3017520,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCKvl3fwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0PzD+EK8xuTFUspZoWEQZcjAsf4PbS3Gk7NjeliZr+vVkILg/nvS6D6cSdBtdaVjCbJiCIK6tb&#10;rhWcTz/fGQjnkTV2lknBSA7K4vNjjbm2Dz7Q/ehrEUPY5aig8b7PpXRVQwbd1PbEkfuzg0Ef4VBL&#10;PeAjhptOzpMklQZbjg0N9rRtqLoeb0ZB+u92yzHdbw/hdzQ6zC6XTbZQ6msSNisQnoJ/i1/unVaw&#10;iOvjl/gDZPEEAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAir5d38AAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l3017520,e" filled="f" strokecolor="#231f20" strokeweight=".5pt">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shape id="Graphic 31" o:spid="_x0000_s1032" style="position:absolute;left:1555;top:43238;width:991;height:921;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="99060,92075" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDAlPIMxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;FITvC32H5Qi9qxsrlRLdBCkIoa1C/Ls+ZI9JNHs2ZLea+vSuIPRymJlvmFnam0acqXO1ZQWjYQSC&#10;uLC65lLBdrN4/QDhPLLGxjIp+CMHafL8NMNY2wvndF77UgQIuxgVVN63sZSuqMigG9qWOHgH2xn0&#10;QXal1B1eAtw08i2KJtJgzWGhwpY+KypO61+jID++Z8ufze7wdcyuq3xbj78Xe1bqZdDPpyA89f4/&#10;/GhnWsF4BPcv4QfI5AYAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDAlPIMxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l,91973,98488,45923,,xe" fillcolor="#231f20" stroked="f">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect"/>
+                </v:shapetype>
+                <v:shape id="Textbox 32" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;left:444;top:875;width:66573;height:9112;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDBEsU7wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredKOC2OgqUhQKQjGmB4/P7DNZzL5Ns1uN/74rCB6HmfmGWaw6W4srtd44VjAaJiCI&#10;C6cNlwp+8u1gBsIHZI21Y1JwJw+r5Vtvgal2N87oegiliBD2KSqoQmhSKX1RkUU/dA1x9M6utRii&#10;bEupW7xFuK3lOEmm0qLhuFBhQ58VFZfDn1WwPnK2Mb/fp312zkyefyS8m16U6r936zmIQF14hZ/t&#10;L61gMobHl/gD5PIfAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwRLFO8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="78353347" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+                        <w:pPr>
+                          <w:spacing w:before="3"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>V.</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="8"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>CERTIFICATION</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="2BFD1857" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+                        <w:pPr>
+                          <w:spacing w:before="58" w:line="280" w:lineRule="atLeast"/>
+                          <w:ind w:left="200"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>I</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>confirm</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>under</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>the</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>pains</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>and</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>penalties</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>of</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>perjury</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>that</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>the</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>information</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>on</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>this</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>form</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>and</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>any</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>statement</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>that</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>I</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>attached</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>has</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>been</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">reviewed </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>and</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>signed</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>by</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>me,</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-9"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>and</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>is</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>true,</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-9"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>accurate,</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>and</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>complete</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>to</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>the</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>best</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>of</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>my</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>knowledge.</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-9"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>I</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>also</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>confirm</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>that</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>I</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>am</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>the</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>provider</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>or,</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-9"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>in</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>the</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">case </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>of</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>a</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>legal</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>entity,</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-7"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>duly</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>authorized</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>to</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>act</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>on</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>behalf</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>of</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>the</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>provider.</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-7"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>I</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>understand</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>that</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>if</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>I</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>make</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>false</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>statements,</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-7"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>leave</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>out</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>important</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-10"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-6"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">information, </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>or</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>try</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>to</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>hide</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>any</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>significant</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>details</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>in</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>this</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>document,</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-5"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>I</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>may</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>be</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>subject</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>to</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>civil</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>penalties</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>or</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>criminal</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>prosecution.</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Textbox 33" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;left:1936;top:15499;width:32385;height:9869;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCuXmCgxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTemo0VpEY3IqWFQkEa48HjM/tMlmTfptmtpv/eLRQ8DjPzDbPejLYTFxq8caxglqQg&#10;iCunDdcKDuX70wsIH5A1do5JwS952OSThzVm2l25oMs+1CJC2GeooAmhz6T0VUMWfeJ64uid3WAx&#10;RDnUUg94jXDbyec0XUiLhuNCgz29NlS1+x+rYHvk4s18705fxbkwZblM+XPRKvU4HbcrEIHGcA//&#10;tz+0gvkc/r7EHyDzGwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCuXmCgxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="0104FB42" w14:textId="1E9A7E8E" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B" w:rsidP="00167D63">
+                        <w:pPr>
+                          <w:spacing w:before="3" w:line="266" w:lineRule="auto"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>Provider’s</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>signature</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-8"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>(</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00167D63" w:rsidRPr="00167D63">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>The form can either be signed traditionally and then scanned, or it can be signed electronically using</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00167D63">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidR="00167D63" w:rsidRPr="00167D63">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>DocuSign or Adobe Sign. For electronic signatures, the signer can upload a picture of their wet</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00167D63">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r w:rsidR="00167D63" w:rsidRPr="00167D63">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>signature. The typed text of a signature is not an acceptable form of an electronic signature</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00FC1D53">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>.</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="75"/>
+                          </w:rPr>
+                          <w:t>)</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Textbox 34" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;left:36683;top:15499;width:16333;height:1632;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAht/jUxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6sa2iEZXEVEQCqUxHjw+s89kMfs2za4a/71bKHgcZuYbZrbobC2u1HrjWMFwkIAg&#10;Lpw2XCrY55u3MQgfkDXWjknBnTws5r2XGaba3Tij6y6UIkLYp6igCqFJpfRFRRb9wDXE0Tu51mKI&#10;si2lbvEW4baW70kykhYNx4UKG1pVVJx3F6tgeeBsbX6/jz/ZKTN5Pkn4a3RW6rXfLacgAnXhGf5v&#10;b7WCj0/4+xJ/gJw/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACG3+NTEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="0BEC8235" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+                        <w:pPr>
+                          <w:spacing w:before="3"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>Printed</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>legal</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>name</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-3"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>of</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>provider</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Textbox 35" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;left:1936;top:28739;width:29909;height:3397;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBO+11PxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6saWikZXEVEQCqUxHjw+s89kMfs2za4a/71bKHgcZuYbZrbobC2u1HrjWMFwkIAg&#10;Lpw2XCrY55u3MQgfkDXWjknBnTws5r2XGaba3Tij6y6UIkLYp6igCqFJpfRFRRb9wDXE0Tu51mKI&#10;si2lbvEW4baW70kykhYNx4UKG1pVVJx3F6tgeeBsbX6/jz/ZKTN5Pkn4a3RW6rXfLacgAnXhGf5v&#10;b7WCj0/4+xJ/gJw/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE77XU/EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="766D9778" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+                        <w:pPr>
+                          <w:spacing w:before="3"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>Printed</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>legal</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>name</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>of</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>individual</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>signing</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>(if</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>the</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>provider</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-1"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-5"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>is</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="6558C290" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+                        <w:pPr>
+                          <w:spacing w:before="27" w:line="251" w:lineRule="exact"/>
+                        </w:pPr>
+                        <w:proofErr w:type="spellStart"/>
+                        <w:proofErr w:type="gramStart"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t>a</w:t>
+                        </w:r>
+                        <w:proofErr w:type="spellEnd"/>
+                        <w:proofErr w:type="gramEnd"/>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="80"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>entity)</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Textbox 36" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:1936;top:35025;width:2591;height:1632;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC+KcM4xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6sYWQhvdiEgLQqEY48HjM/uSLGbfptlV03/fFQo9DjPzDbNcjbYTVxq8caxgPktA&#10;EFdOG24UHMqPp1cQPiBr7ByTgh/ysMonD0vMtLtxQdd9aESEsM9QQRtCn0npq5Ys+pnriaNXu8Fi&#10;iHJopB7wFuG2k89JkkqLhuNCiz1tWqrO+4tVsD5y8W6+v067oi5MWb4l/JmelXqcjusFiEBj+A//&#10;tbdawUsK9y/xB8j8FwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL4pwzjEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="6F1D006F" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+                        <w:pPr>
+                          <w:spacing w:before="3"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>Date</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Textbox 37" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;left:2451;top:37422;width:64021;height:19342;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDRZWajxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredFMFbdOsIqWFglCM6aHH1+xLsph9G7Nbjf++Kwgeh5n5hsnWg23FiXpvHCt4miYg&#10;iEunDdcKvouPyTMIH5A1to5JwYU8rFcPowxT7c6c02kfahEh7FNU0ITQpVL6siGLfuo64uhVrrcY&#10;ouxrqXs8R7ht5SxJFtKi4bjQYEdvDZWH/Z9VsPnh/N0cv353eZWbonhJeLs4KDV+HDavIAIN4R6+&#10;tT+1gvkSrl/iD5CrfwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDRZWajxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="0170E9E6" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+                        <w:pPr>
+                          <w:spacing w:before="6" w:line="266" w:lineRule="auto"/>
+                          <w:ind w:left="1483" w:hanging="1484"/>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                          </w:rPr>
+                          <w:t>If</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-14"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                          </w:rPr>
+                          <w:t>you</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                          </w:rPr>
+                          <w:t>have</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                          </w:rPr>
+                          <w:t>questions,</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-14"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                          </w:rPr>
+                          <w:t>please</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                          </w:rPr>
+                          <w:t>contact</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                          </w:rPr>
+                          <w:t>the</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                          </w:rPr>
+                          <w:t>Home</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-14"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                          </w:rPr>
+                          <w:t>and</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                          </w:rPr>
+                          <w:t>Community</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                          </w:rPr>
+                          <w:t>Based</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-14"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                          </w:rPr>
+                          <w:t>Services</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                          </w:rPr>
+                          <w:t>(HCBS)</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                          </w:rPr>
+                          <w:t>Provider</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-2"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Network </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>Administration</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>Unit</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>at</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>(855)</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>300-7058</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                          </w:rPr>
+                          <w:t>or</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:spacing w:val="-13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:hyperlink r:id="rId37">
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="205E9E"/>
+                            </w:rPr>
+                            <w:t>ProviderNetwork@umassmed.edu</w:t>
+                          </w:r>
+                        </w:hyperlink>
+                      </w:p>
+                      <w:p w14:paraId="63C9C65D" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+                        <w:pPr>
+                          <w:spacing w:before="10"/>
+                          <w:rPr>
+                            <w:sz w:val="24"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w14:paraId="0081A79C" w14:textId="77777777" w:rsidR="00167D63" w:rsidRDefault="00167D63" w:rsidP="00167D63">
+                        <w:pPr>
+                          <w:spacing w:line="247" w:lineRule="auto"/>
+                          <w:ind w:left="98" w:right="4680"/>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00167D63">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>Return your completed form by email or mail to MassHealth.</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="427CD843" w14:textId="2397AD38" w:rsidR="00167D63" w:rsidRDefault="00167D63" w:rsidP="00167D63">
+                        <w:pPr>
+                          <w:spacing w:line="247" w:lineRule="auto"/>
+                          <w:ind w:left="98" w:right="4680"/>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00167D63">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>Email: ProviderNetwork@UMassmed.edu</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="6D308A9D" w14:textId="77777777" w:rsidR="00DA6CF0" w:rsidRPr="00DA6CF0" w:rsidRDefault="00167D63" w:rsidP="00DA6CF0">
+                        <w:pPr>
+                          <w:spacing w:line="247" w:lineRule="auto"/>
+                          <w:ind w:left="98" w:right="4680"/>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00167D63">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Mail: </w:t>
+                        </w:r>
+                        <w:r w:rsidR="00DA6CF0" w:rsidRPr="00DA6CF0">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>Waiver Provider Network Administration</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="7A429DFF" w14:textId="77777777" w:rsidR="00DA6CF0" w:rsidRPr="00DA6CF0" w:rsidRDefault="00DA6CF0" w:rsidP="00DA6CF0">
+                        <w:pPr>
+                          <w:spacing w:line="247" w:lineRule="auto"/>
+                          <w:ind w:left="98" w:right="4680"/>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DA6CF0">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>UMass Chan Medical School</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="68B42E4E" w14:textId="77777777" w:rsidR="00DA6CF0" w:rsidRPr="00DA6CF0" w:rsidRDefault="00DA6CF0" w:rsidP="00DA6CF0">
+                        <w:pPr>
+                          <w:spacing w:line="247" w:lineRule="auto"/>
+                          <w:ind w:left="98" w:right="4680"/>
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DA6CF0">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>PO Box 2672</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="5E7BA480" w14:textId="63614B1D" w:rsidR="007F6DFF" w:rsidRDefault="00DA6CF0" w:rsidP="00DA6CF0">
+                        <w:pPr>
+                          <w:spacing w:line="247" w:lineRule="auto"/>
+                          <w:ind w:left="98" w:right="4680"/>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00DA6CF0">
+                          <w:rPr>
+                            <w:color w:val="231F20"/>
+                            <w:w w:val="85"/>
+                          </w:rPr>
+                          <w:t>Worcester, MA 01613</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <w10:wrap anchorx="page" anchory="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AF1F63A" w14:textId="77777777" w:rsidR="00662509" w:rsidRDefault="00662509" w:rsidP="00662509">
-[...206 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId25"/>
+    <w:sectPr w:rsidR="007F6DFF">
+      <w:footerReference w:type="default" r:id="rId38"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="780" w:bottom="920" w:left="620" w:header="0" w:footer="736" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="30267BB8" w14:textId="77777777" w:rsidR="00A17689" w:rsidRDefault="00A17689" w:rsidP="00A17689">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="28EB4B71" w14:textId="77777777" w:rsidR="00DA0B4B" w:rsidRDefault="00DA0B4B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="382E8C95" w14:textId="77777777" w:rsidR="00A17689" w:rsidRDefault="00A17689" w:rsidP="00A17689">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2BD652A0" w14:textId="77777777" w:rsidR="00DA0B4B" w:rsidRDefault="00DA0B4B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...3 lines deleted...]
-    <w:family w:val="roman"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Gill Sans MT">
+    <w:altName w:val="Gill Sans MT"/>
+    <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Trebuchet MS">
+    <w:altName w:val="Trebuchet MS"/>
+    <w:panose1 w:val="020B0603020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Narrow">
+    <w:panose1 w:val="020B0606020202030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:altName w:val="Segoe UI Symbol"/>
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3E42919E" w14:textId="6FCEA57D" w:rsidR="007F6DFF" w:rsidRDefault="00167D63">
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:before="0" w:line="14" w:lineRule="auto"/>
+      <w:ind w:left="0"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="191BDBB7" wp14:editId="02E6FCC7">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>447675</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>9467850</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="2066925" cy="209550"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="3" name="Textbox 3"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="2066925" cy="209550"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="2688BF29" w14:textId="6156D90E" w:rsidR="007F6DFF" w:rsidRPr="00DA6CF0" w:rsidRDefault="00167D63" w:rsidP="00167D63">
+                          <w:pPr>
+                            <w:spacing w:before="25"/>
+                            <w:ind w:left="20" w:right="-765"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00DA6CF0">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>MFP-Demo-CL</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00DA6CF0" w:rsidRPr="00DA6CF0">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>_2025-11</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="191BDBB7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textbox 3" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;margin-left:35.25pt;margin-top:745.5pt;width:162.75pt;height:16.5pt;z-index:-251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtpcdOlQEAABsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFu2zAMvRfYPwi6L3YNJFiNOMW2YkWB&#10;YivQ7gMUWYqNWaJGKrHz96NUJxm2W9ELRUnU43uPWt9ObhAHg9SDb+T1opTCeA1t73eN/Pny7eMn&#10;KSgq36oBvGnk0ZC83Xy4Wo+hNhV0MLQGBYN4qsfQyC7GUBcF6c44RQsIxvOlBXQq8hZ3RYtqZHQ3&#10;FFVZrooRsA0I2hDx6d3rpdxkfGuNjj+sJRPF0EjmFnPEHLcpFpu1qneoQtfrmYZ6Awunes9Nz1B3&#10;Kiqxx/4/KNdrBAIbFxpcAdb22mQNrOa6/EfNc6eCyVrYHApnm+j9YPX3w3N4QhGnLzDxALMICo+g&#10;fxF7U4yB6rkmeUo1cXUSOll0aWUJgh+yt8ezn2aKQvNhVa5WN9VSCs13VXmzXGbDi8vrgBTvDTiR&#10;kkYizyszUIdHiqm/qk8lM5nX/olJnLYTl6R0C+2RRYw8x0bS771CI8Xw4NmoNPRTgqdke0owDl8h&#10;f42kxcPnfQTb584X3LkzTyATmn9LGvHf+1x1+dObPwAAAP//AwBQSwMEFAAGAAgAAAAhANhgCLLh&#10;AAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo3dKGJo1TVQhOSKhpOHB0&#10;YjexGq9D7Lbh71lOcNudHc2+ybeT69nFjMF6lDCfCWAGG68tthI+qteHNbAQFWrVezQSvk2AbXF7&#10;k6tM+yuW5nKILaMQDJmS0MU4ZJyHpjNOhZkfDNLt6EenIq1jy/WorhTuer4QIuFOWaQPnRrMc2ea&#10;0+HsJOw+sXyxX+/1vjyWtqpSgW/JScr7u2m3ARbNFP/M8ItP6FAQU+3PqAPrJTyJFTlJX6ZzKkWO&#10;xzShoSZptVgK4EXO/5cofgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAtpcdOlQEAABsD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDYYAiy4QAA&#10;AAwBAAAPAAAAAAAAAAAAAAAAAO8DAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA/QQA&#10;AAAA&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="2688BF29" w14:textId="6156D90E" w:rsidR="007F6DFF" w:rsidRPr="00DA6CF0" w:rsidRDefault="00167D63" w:rsidP="00167D63">
+                    <w:pPr>
+                      <w:spacing w:before="25"/>
+                      <w:ind w:left="20" w:right="-765"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00DA6CF0">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>MFP-Demo-CL</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00DA6CF0" w:rsidRPr="00DA6CF0">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>_2025-11</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00DA0B4B">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251655680" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09C0E835" wp14:editId="3F8FB027">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>6631251</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>9442067</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="703580" cy="175895"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Textbox 1"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="703580" cy="175895"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="0ADC652C" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+                          <w:pPr>
+                            <w:spacing w:before="19"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F20"/>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t>continued</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F20"/>
+                              <w:spacing w:val="-6"/>
+                              <w:sz w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                              <w:color w:val="231F20"/>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>➤</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="09C0E835" id="Textbox 1" o:spid="_x0000_s1040" type="#_x0000_t202" style="position:absolute;margin-left:522.15pt;margin-top:743.45pt;width:55.4pt;height:13.85pt;z-index:-251660800;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCf9fkVlwEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuGyEQvVfKPyDuMetEbtyV11GbqFWl&#10;qI2U5gMwC17UhaEM9q7/vgNe21V7i3qBYWZ4vPeG1f3oerbXES34hs9nFWfaK2it3zb89cfn6yVn&#10;mKRvZQ9eN/ygkd+vr96thlDrG+igb3VkBOKxHkLDu5RCLQSqTjuJMwjaU9FAdDLRMW5FG+VA6K4X&#10;N1X1XgwQ2xBBaUTKPh6LfF3wjdEqfTcGdWJ9w4lbKmss6yavYr2S9TbK0Fk10ZBvYOGk9fToGepR&#10;Jsl20f4D5ayKgGDSTIETYIxVumggNfPqLzUvnQy6aCFzMJxtwv8Hq77tX8JzZGn8BCMNsIjA8ATq&#10;J5I3YghYTz3ZU6yRurPQ0USXd5LA6CJ5ezj7qcfEFCXvqtvFkiqKSvO7xfLDIvstLpdDxPRFg2M5&#10;aHikcRUCcv+E6dh6apm4HJ/PRNK4GZltM2fqzJkNtAeSMtA0G46/djJqzvqvnuzKoz8F8RRsTkFM&#10;/QOUD5IVefi4S2BsIXDBnQjQHIqE6c/kQf95Ll2Xn73+DQAA//8DAFBLAwQUAAYACAAAACEAh++8&#10;i+MAAAAPAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2IInaEKeqEJyQEGk4&#10;cHQSN7Ear0PstuHv2Z7KbUb7NDuTb2c7sLOevHEoIVoJYBob1xrsJHxVbw9rYD4obNXgUEv41R62&#10;xeIuV1nrLljq8z50jELQZ0pCH8KYce6bXlvlV27USLeDm6wKZKeOt5O6ULgd+KMQKbfKIH3o1ahf&#10;et0c9ycrYfeN5av5+ag/y0Npqmoj8D09Snm/nHfPwIKeww2Ga32qDgV1qt0JW88G8iKOn4glFa/T&#10;DbArEyVJBKwmlURxCrzI+f8dxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAn/X5FZcB&#10;AAAhAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAh++8&#10;i+MAAAAPAQAADwAAAAAAAAAAAAAAAADxAwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AAEFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="0ADC652C" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+                    <w:pPr>
+                      <w:spacing w:before="19"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F20"/>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t>continued</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F20"/>
+                        <w:spacing w:val="-6"/>
+                        <w:sz w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol"/>
+                        <w:color w:val="231F20"/>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t>➤</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00DA0B4B">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656704" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B8E0CD3" wp14:editId="0665A1C9">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>3809263</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>9451554</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="167005" cy="190500"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name="Textbox 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="167005" cy="190500"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="6646B364" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+                          <w:pPr>
+                            <w:pStyle w:val="BodyText"/>
+                            <w:spacing w:before="26"/>
+                            <w:ind w:left="60"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F20"/>
+                              <w:w w:val="99"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F20"/>
+                              <w:w w:val="99"/>
+                            </w:rPr>
+                            <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F20"/>
+                              <w:w w:val="99"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F20"/>
+                              <w:w w:val="99"/>
+                            </w:rPr>
+                            <w:t>3</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F20"/>
+                              <w:w w:val="99"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="2B8E0CD3" id="Textbox 2" o:spid="_x0000_s1041" type="#_x0000_t202" style="position:absolute;margin-left:299.95pt;margin-top:744.2pt;width:13.15pt;height:15pt;z-index:-251659776;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5bhvklwEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUs1uGyEQvlfqOyDu9a4tJW1XXkdto1SV&#10;orZSkgfALHhRF4bMYO/67TuQtV01t6oXGGD4+H5Y30x+EAeD5CC0crmopTBBQ+fCrpVPj3fvPkhB&#10;SYVODRBMK4+G5M3m7Zv1GBuzgh6GzqBgkEDNGFvZpxSbqiLdG69oAdEEPrSAXiVe4q7qUI2M7odq&#10;VdfX1QjYRQRtiHj39uVQbgq+tUanH9aSSWJoJXNLZcQybvNYbdaq2aGKvdMzDfUPLLxygR89Q92q&#10;pMQe3Sso7zQCgU0LDb4Ca502RQOrWdZ/qXnoVTRFC5tD8WwT/T9Y/f3wEH+iSNNnmDjAIoLiPehf&#10;xN5UY6Rm7smeUkPcnYVOFn2eWYLgi+zt8eynmZLQGe36fV1fSaH5aPmxvqqL39XlckRKXw14kYtW&#10;IsdVCKjDPaX8vGpOLTOXl+czkTRtJ+G6Vq5yiHlnC92RpYycZivpea/QSDF8C2xXjv5U4KnYngpM&#10;wxcoHyQrCvBpn8C6QuCCOxPgHAqv+c/koP9cl67Lz978BgAA//8DAFBLAwQUAAYACAAAACEAVp9z&#10;POEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeLNLSUsAWZrG6MnESPHg&#10;cWGnQMrOIrtt8d87nvQ47315816xW+woLjj7wZGC9SoCgdQ6M1Cn4KN+eUhB+KDJ6NERKvhGD7vy&#10;9qbQuXFXqvByCJ3gEPK5VtCHMOVS+rZHq/3KTUjsHd1sdeBz7qSZ9ZXD7SjjKEqk1QPxh15P+NRj&#10;ezqcrYL9J1XPw9db814dq6Gus4hek5NS93fL/hFEwCX8wfBbn6tDyZ0adybjxahgm2UZo2xs0nQD&#10;gpEkTmIQDUvbNUuyLOT/FeUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADluG+SXAQAA&#10;IQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFafczzh&#10;AAAADQEAAA8AAAAAAAAAAAAAAAAA8QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="6646B364" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+                    <w:pPr>
+                      <w:pStyle w:val="BodyText"/>
+                      <w:spacing w:before="26"/>
+                      <w:ind w:left="60"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F20"/>
+                        <w:w w:val="99"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F20"/>
+                        <w:w w:val="99"/>
+                      </w:rPr>
+                      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F20"/>
+                        <w:w w:val="99"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F20"/>
+                        <w:w w:val="99"/>
+                      </w:rPr>
+                      <w:t>3</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F20"/>
+                        <w:w w:val="99"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="16FE3922" w14:textId="5776B6A3" w:rsidR="007F6DFF" w:rsidRDefault="00DA6CF0">
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:before="0" w:line="14" w:lineRule="auto"/>
+      <w:ind w:left="0"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659776" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="231895BE" wp14:editId="727C0507">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>447674</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>9467850</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1419225" cy="171450"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="24" name="Textbox 24"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1419225" cy="171450"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="717C24EA" w14:textId="77777777" w:rsidR="00DA6CF0" w:rsidRPr="00DA6CF0" w:rsidRDefault="00DA6CF0" w:rsidP="00DA6CF0">
+                          <w:pPr>
+                            <w:spacing w:before="25"/>
+                            <w:ind w:left="20" w:right="-765"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00DA6CF0">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>MFP-Demo-CL_2025-11</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="0463802A" w14:textId="71EB7889" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+                          <w:pPr>
+                            <w:spacing w:before="25"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="231895BE" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Textbox 24" o:spid="_x0000_s1042" type="#_x0000_t202" style="position:absolute;margin-left:35.25pt;margin-top:745.5pt;width:111.75pt;height:13.5pt;z-index:-251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBYZFrqmAEAACIDAAAOAAAAZHJzL2Uyb0RvYy54bWysUt2OEyEUvjfxHQj3djpN159Jpxt1ozHZ&#10;qMm6D0AZ6BAHDp5DO9O398BOW+PeGW/gAIeP74fN7eQHcTRIDkIr68VSChM0dC7sW/n449Ort1JQ&#10;UqFTAwTTypMhebt9+WIzxsasoIehMygYJFAzxlb2KcWmqkj3xitaQDSBDy2gV4mXuK86VCOj+6Fa&#10;LZevqxGwiwjaEPHu3dOh3BZ8a41O36wlk8TQSuaWyohl3OWx2m5Us0cVe6dnGuofWHjlAj96gbpT&#10;SYkDumdQ3mkEApsWGnwF1jptigZWUy//UvPQq2iKFjaH4sUm+n+w+uvxIX5HkaYPMHGARQTFe9A/&#10;ib2pxkjN3JM9pYa4OwudLPo8swTBF9nb08VPMyWhM9q6frda3Uih+ax+U69viuHV9XZESp8NeJGL&#10;ViLnVRio4z2l/L5qzi0zmaf3M5M07Sbhulauc4p5ZwfdibWMHGcr6ddBoZFi+BLYr5z9ucBzsTsX&#10;mIaPUH5IlhTg/SGBdYXAFXcmwEEUXvOnyUn/uS5d16+9/Q0AAP//AwBQSwMEFAAGAAgAAAAhAGoc&#10;O5PhAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/QdrK3Gjdqq2NCFOVSE4ISHS&#10;cODoxG5iNV6H2G3D37Oc6G13djT7Jt9NrmcXMwbrUUKyEMAMNl5bbCV8Vq8PW2AhKtSq92gk/JgA&#10;u2J2l6tM+yuW5nKILaMQDJmS0MU4ZJyHpjNOhYUfDNLt6EenIq1jy/WorhTuer4UYsOdskgfOjWY&#10;5840p8PZSdh/Yfliv9/rj/JY2qpKBb5tTlLez6f9E7Bopvhvhj98QoeCmGp/Rh1YL+FRrMlJ+ipN&#10;qBQ5lumKhpqkdbIVwIuc35YofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBYZFrqmAEA&#10;ACIDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBqHDuT&#10;4QAAAAwBAAAPAAAAAAAAAAAAAAAAAPIDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;AAUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="717C24EA" w14:textId="77777777" w:rsidR="00DA6CF0" w:rsidRPr="00DA6CF0" w:rsidRDefault="00DA6CF0" w:rsidP="00DA6CF0">
+                    <w:pPr>
+                      <w:spacing w:before="25"/>
+                      <w:ind w:left="20" w:right="-765"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00DA6CF0">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>MFP-Demo-CL_2025-11</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="0463802A" w14:textId="71EB7889" w:rsidR="007F6DFF" w:rsidRDefault="007F6DFF">
+                    <w:pPr>
+                      <w:spacing w:before="25"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00DA0B4B">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CFD7B5F" wp14:editId="03FC58CA">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>3809263</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>9451554</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="167005" cy="190500"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="23" name="Textbox 23"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="167005" cy="190500"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="77417C34" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+                          <w:pPr>
+                            <w:pStyle w:val="BodyText"/>
+                            <w:spacing w:before="26"/>
+                            <w:ind w:left="60"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F20"/>
+                              <w:w w:val="99"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F20"/>
+                              <w:w w:val="99"/>
+                            </w:rPr>
+                            <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F20"/>
+                              <w:w w:val="99"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F20"/>
+                              <w:w w:val="99"/>
+                            </w:rPr>
+                            <w:t>7</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="231F20"/>
+                              <w:w w:val="99"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="1CFD7B5F" id="Textbox 23" o:spid="_x0000_s1043" type="#_x0000_t202" style="position:absolute;margin-left:299.95pt;margin-top:744.2pt;width:13.15pt;height:15pt;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+treVmAEAACEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUs1uGyEQvlfKOyDu8a5TJW1XXkdtolaV&#10;orZSmgfALHhRF4bMYO/67TuQtV01t6oXGGD4+H5Y3U5+EHuD5CC0crmopTBBQ+fCtpVPPz9fvpeC&#10;kgqdGiCYVh4Mydv1xZvVGBtzBT0MnUHBIIGaMbayTyk2VUW6N17RAqIJfGgBvUq8xG3VoRoZ3Q/V&#10;VV3fVCNgFxG0IeLd+5dDuS741hqdvltLJomhlcwtlRHLuMljtV6pZosq9k7PNNQ/sPDKBX70BHWv&#10;khI7dK+gvNMIBDYtNPgKrHXaFA2sZln/peaxV9EULWwOxZNN9P9g9bf9Y/yBIk2fYOIAiwiKD6B/&#10;EXtTjZGauSd7Sg1xdxY6WfR5ZgmCL7K3h5OfZkpCZ7Sbd3V9LYXmo+WH+rouflfnyxEpfTHgRS5a&#10;iRxXIaD2D5Ty86o5tsxcXp7PRNK0mYTrWvk2h5h3NtAdWMrIabaSnncKjRTD18B25eiPBR6LzbHA&#10;NNxB+SBZUYCPuwTWFQJn3JkA51B4zX8mB/3nunSdf/b6NwAAAP//AwBQSwMEFAAGAAgAAAAhAFaf&#10;czzhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHizS0lLAFmaxujJxEjx&#10;4HFhp0DKziK7bfHfO570OO99efNesVvsKC44+8GRgvUqAoHUOjNQp+CjfnlIQfigyejRESr4Rg+7&#10;8vam0LlxV6rwcgid4BDyuVbQhzDlUvq2R6v9yk1I7B3dbHXgc+6kmfWVw+0o4yhKpNUD8YdeT/jU&#10;Y3s6nK2C/SdVz8PXW/NeHauhrrOIXpOTUvd3y/4RRMAl/MHwW5+rQ8mdGncm48WoYJtlGaNsbNJ0&#10;A4KRJE5iEA1L2zVLsizk/xXlDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB+treVmAEA&#10;ACEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBWn3M8&#10;4QAAAA0BAAAPAAAAAAAAAAAAAAAAAPIDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;AAUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="77417C34" w14:textId="77777777" w:rsidR="007F6DFF" w:rsidRDefault="00DA0B4B">
+                    <w:pPr>
+                      <w:pStyle w:val="BodyText"/>
+                      <w:spacing w:before="26"/>
+                      <w:ind w:left="60"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F20"/>
+                        <w:w w:val="99"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F20"/>
+                        <w:w w:val="99"/>
+                      </w:rPr>
+                      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F20"/>
+                        <w:w w:val="99"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F20"/>
+                        <w:w w:val="99"/>
+                      </w:rPr>
+                      <w:t>7</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="231F20"/>
+                        <w:w w:val="99"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D641318" w14:textId="77777777" w:rsidR="00A17689" w:rsidRDefault="00A17689" w:rsidP="00A17689">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="14CAA292" w14:textId="77777777" w:rsidR="00DA0B4B" w:rsidRDefault="00DA0B4B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0FFE4C35" w14:textId="77777777" w:rsidR="00A17689" w:rsidRDefault="00A17689" w:rsidP="00A17689">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="61FCDF67" w14:textId="77777777" w:rsidR="00DA0B4B" w:rsidRDefault="00DA0B4B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...20 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="073778B6"/>
+    <w:nsid w:val="07A570B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="69460046"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="86EA5BEE"/>
+    <w:lvl w:ilvl="0" w:tplc="261EAE0C">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="382" w:hanging="208"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="231F20"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="83"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="B69631AA">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="572" w:hanging="208"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="231F20"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="78"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2" w:tplc="932A495C">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1720" w:hanging="208"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3" w:tplc="C4E404B4">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2860" w:hanging="208"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4" w:tplc="C9B22FC2">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4000" w:hanging="208"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5" w:tplc="8208CC7E">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5140" w:hanging="208"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6" w:tplc="99F4A146">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="6280" w:hanging="208"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7" w:tplc="78F0120E">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="7420" w:hanging="208"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8" w:tplc="1B446578">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="8560" w:hanging="208"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="12EC2921"/>
+    <w:nsid w:val="51B9609A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9AAEAF34"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="96BAC46A"/>
+    <w:lvl w:ilvl="0" w:tplc="AB542E88">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="527" w:hanging="163"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="231F20"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="142"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="1" w:tplc="A4FCE392">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1552" w:hanging="163"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2" w:tplc="FE2A5E96">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2584" w:hanging="163"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3" w:tplc="09902C32">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3616" w:hanging="163"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4" w:tplc="0280373E">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4648" w:hanging="163"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5" w:tplc="A096131E">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5680" w:hanging="163"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6" w:tplc="C0A03370">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="6712" w:hanging="163"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7" w:tplc="D340F196">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="7744" w:hanging="163"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8" w:tplc="BE3EE794">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="8776" w:hanging="163"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="14DB4B04"/>
+    <w:nsid w:val="65D31D84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="38266136"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="2FA8CDE4"/>
+    <w:lvl w:ilvl="0" w:tplc="528AEB2A">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="527" w:hanging="155"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="231F20"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="142"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="1" w:tplc="295ACC38">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="727" w:hanging="163"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="231F20"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="89"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2" w:tplc="F67208FE">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="163"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3" w:tplc="40824324">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="1985" w:hanging="163"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4" w:tplc="17904D9C">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3250" w:hanging="163"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5" w:tplc="A866CF1C">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4515" w:hanging="163"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="6" w:tplc="E0D86818">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5780" w:hanging="163"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="7" w:tplc="E5823C82">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="7045" w:hanging="163"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="8" w:tplc="BF408416">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="8310" w:hanging="163"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...677 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="341974574">
+  <w:num w:numId="1" w16cid:durableId="974027827">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="771440371">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1817990083">
-[...5 lines deleted...]
-  <w:num w:numId="4" w16cid:durableId="1966504060">
+  <w:num w:numId="3" w16cid:durableId="202988374">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...13 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E70AF3"/>
-[...41 lines deleted...]
-    <w:rsid w:val="00E8017A"/>
+    <w:rsidRoot w:val="007F6DFF"/>
+    <w:rsid w:val="00167D63"/>
+    <w:rsid w:val="002051D4"/>
+    <w:rsid w:val="007F6DFF"/>
+    <w:rsid w:val="008A73ED"/>
+    <w:rsid w:val="00DA0B4B"/>
+    <w:rsid w:val="00DA6CF0"/>
+    <w:rsid w:val="00FC1D53"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="39D225B4"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{020A4D99-52AB-403C-9D70-65A027116823}"/>
+  <w14:docId w14:val="12897C77"/>
+  <w15:docId w15:val="{0F0917EF-4939-4DE4-9DCA-DB3CCBE4DC0D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3715,508 +37380,536 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="58"/>
+      <w:ind w:left="365"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="87"/>
+      <w:ind w:left="365"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="281"/>
+      <w:ind w:left="2531" w:hanging="1486"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="42"/>
+      <w:szCs w:val="42"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="87"/>
+      <w:ind w:left="527" w:hanging="163"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00914379"/>
+    <w:rsid w:val="00DA0B4B"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00914379"/>
+    <w:rsid w:val="00DA0B4B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
-[...10 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DA0B4B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...3 lines deleted...]
-      <w:szCs w:val="56"/>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
-  </w:style>
-[...23 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A17689"/>
+    <w:rsid w:val="00167D63"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A17689"/>
+    <w:rsid w:val="00167D63"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A17689"/>
+    <w:rsid w:val="00167D63"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A17689"/>
+    <w:rsid w:val="00167D63"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/money-follows-the-person-provider-application/download" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/massachusetts-substitute-w-9-form-1/download" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/130-CMR-630000-home-and-community-based-services-waiver?_gl=1*3s1ref*_ga*MTgyNDA5MjU0Ny4xNjk0Nzc5MzI2*_ga_MCLPEGW7WM*MTY5NjI3MDI3My4zLjEuMTY5NjI3MTcwNC4wLjAuMA.." TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/home-and-community-based-services-hcbs-waivers-abi-and-mfp-information-for-providers" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/electronic-funds-transfer-eft-enrollmentmodification-form-for-home-and-community-basedservices/download" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/130-CMR-450000-administrative-and-billing-regulations" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/130-CMR-450000-administrative-and-billing-regulations" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/home-and-community-based-services-hcbs-waivers-abi-and-mfp-information-for-providers" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/data-collection-form-and-registration-instructions-for-hcbs-and-mfp-demonstration-0/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ProviderNetwork@umassmed.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sec.state.ma.us/divisions/cis/download/maps/County_Map.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/tuberculosis-information-for-health-care-providers-and-public-health" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/masshealth-trading-partner-agreement/download" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/101-CMR-35600-rates-for-money-follows-the-person-demonstration-services?_gl=1*24dcik*_ga*MTgyNDA5MjU0Ny4xNjk0Nzc5MzI2*_ga_MCLPEGW7WM*MTY5NjI3MDI3My4zLjEuMTY5NjI3MTc0Ny4wLjAuMA.." TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/mfp-provider-agreement-and-acknowledgement/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/federally-required-disclosures-form-for-individual-practitioners-pe-frd-in/download" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/12/26/mrc-cl-practices-policies-procedures-2016.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/electronic-funds-transfer-eft-enrollmentmodification-form-for-home-and-community-based-services/download" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/101-CMR-35600-rates-for-money-follows-the-person-demonstration-services-0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/101-CMR-35900-rates-for-home-and-community-based-services-waivers?_gl=1%2A761e0%2A_ga%2AMTgyNDA5MjU0Ny4xNjk0Nzc5MzI2%2A_ga_MCLPEGW7WM%2AMTY5NjI3MDI3My4zLjEuMTY5NjI3MTU5NC4wLjAuMA" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/101-CMR-35600-rates-for-money-follows-the-person-demonstration-services-0" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/12/26/mrc-cl-practices-policies-procedures-2016.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/masshealth" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/electronic-funds-transfer-eft-enrollmentmodification-form-for-home-and-community-based-services/download" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/101-CMR-35600-rates-for-money-follows-the-person-demonstration-services-0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/130-CMR-450000-administrative-and-billing-regulations" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/home-and-community-based-services-hcbs-waivers-abi-and-mfp-information-for-providers" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/federally-required-disclosures-form-for-individual-practitioners-pe-frd-in/download" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/101-CMR-35600-rates-for-money-follows-the-person-demonstration-services-0" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/101-CMR-35600-rates-for-money-follows-the-person-demonstration-services?_gl=1%2A24dcik%2A_ga%2AMTgyNDA5MjU0Ny4xNjk0Nzc5MzI2%2A_ga_MCLPEGW7WM%2AMTY5NjI3MDI3My4zLjEuMTY5NjI3MTc0Ny4wLjAuMA" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/data-collection-form-and-registration-instructions-for-hcbs-and-mfp-demonstration-0/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sec.state.ma.us/divisions/cis/download/maps/County_Map.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/home-and-community-based-services-hcbs-waivers-abi-and-mfp-information-for-providers" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ProviderNetwork@umassmed.edu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/federally-required-disclosures-form-for-entities-pe-frd-e-0/download" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/101-CMR-35600-rates-for-money-follows-the-person-demonstration-services?_gl=1%2A24dcik%2A_ga%2AMTgyNDA5MjU0Ny4xNjk0Nzc5MzI2%2A_ga_MCLPEGW7WM%2AMTY5NjI3MDI3My4zLjEuMTY5NjI3MTc0Ny4wLjAuMA" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ProviderNetwork@umassmed.edu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/masshealth-trading-partner-agreement/download" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/101-CMR-35600-rates-for-money-follows-the-person-demonstration-services-0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/101-CMR-35600-rates-for-money-follows-the-person-demonstration-services?_gl=1%2A24dcik%2A_ga%2AMTgyNDA5MjU0Ny4xNjk0Nzc5MzI2%2A_ga_MCLPEGW7WM%2AMTY5NjI3MDI3My4zLjEuMTY5NjI3MTc0Ny4wLjAuMA" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/mfp-provider-agreement-and-acknowledgement/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/massachusetts-substitute-w-9-form-1/download" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/101-CMR-35600-rates-for-money-follows-the-person-demonstration-services-0" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/130-CMR-630000-home-and-community-based-services-waiver?_gl=1%2A3s1ref%2A_ga%2AMTgyNDA5MjU0Ny4xNjk0Nzc5MzI2%2A_ga_MCLPEGW7WM%2AMTY5NjI3MDI3My4zLjEuMTY5NjI3MTcwNC4wLjAuMA" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/regulations/101-CMR-35600-rates-for-money-follows-the-person-demonstration-services?_gl=1%2A24dcik%2A_ga%2AMTgyNDA5MjU0Ny4xNjk0Nzc5MzI2%2A_ga_MCLPEGW7WM%2AMTY5NjI3MDI3My4zLjEuMTY5NjI3MTc0Ny4wLjAuMA" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/tuberculosis-information-for-health-care-providers-and-public-health" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/money-follows-the-person-provider-application/download" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>19059</Characters>
+  <Pages>7</Pages>
+  <Words>3395</Words>
+  <Characters>19357</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>158</Lines>
-  <Paragraphs>44</Paragraphs>
+  <Lines>161</Lines>
+  <Paragraphs>45</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22358</CharactersWithSpaces>
+  <CharactersWithSpaces>22707</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2023-10-26T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Adobe InDesign 19.0 (Windows)</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2023-10-30T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Adobe PDF Library 17.0</vt:lpwstr>
+  </property>
+</Properties>
+</file>