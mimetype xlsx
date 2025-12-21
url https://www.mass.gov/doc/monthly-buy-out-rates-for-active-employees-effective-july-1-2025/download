--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -5,60 +5,60 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="11003"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov.sharepoint.com/sites/GIC-OperationsDepartment/Enroll/paulm/Annual Enrollment 2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/lesliemonteiro/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{97389EE5-C717-4E7A-A121-E10E00ACDDE1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{72718698-E225-1442-B4A0-B66E38322B32}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="760" windowWidth="34560" windowHeight="19640" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FY26" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'FY26'!$A$1:$O$22</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="J7" i="1" l="1"/>
@@ -804,51 +804,51 @@
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:84fc68ac-80a7-430a-b7a1-f57b4c005dfd" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>11</xdr:col>
       <xdr:colOff>434975</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>90845</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="image_0">
+        <xdr:cNvPr id="3" name="image_0" descr="GIC logo">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F542148A-B7B7-AA4D-E166-6356B423F3D0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" r:link="rId2">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
@@ -1153,144 +1153,143 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:U32"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="150" zoomScaleNormal="150" workbookViewId="0">
       <selection activeCell="A17" sqref="A17:J17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="13"/>
   <cols>
-    <col min="1" max="1" width="33.44140625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="8.21875" customWidth="1"/>
+    <col min="1" max="1" width="33.5" customWidth="1"/>
+    <col min="2" max="2" width="11.83203125" customWidth="1"/>
+    <col min="3" max="3" width="7.83203125" customWidth="1"/>
+    <col min="4" max="4" width="6.5" customWidth="1"/>
+    <col min="5" max="5" width="8.1640625" customWidth="1"/>
     <col min="6" max="6" width="7" customWidth="1"/>
     <col min="7" max="7" width="6" customWidth="1"/>
-    <col min="8" max="8" width="7.44140625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="12" max="12" width="6.21875" customWidth="1"/>
+    <col min="8" max="8" width="7.5" customWidth="1"/>
+    <col min="9" max="9" width="8.5" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.83203125" customWidth="1"/>
+    <col min="11" max="11" width="6.5" customWidth="1"/>
+    <col min="12" max="12" width="6.1640625" customWidth="1"/>
     <col min="13" max="13" width="7" customWidth="1"/>
-    <col min="14" max="14" width="6.77734375" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="20" max="20" width="6.44140625" customWidth="1"/>
+    <col min="14" max="14" width="6.83203125" customWidth="1"/>
+    <col min="15" max="16" width="7.5" customWidth="1"/>
+    <col min="17" max="17" width="6.5" customWidth="1"/>
+    <col min="18" max="18" width="5.5" customWidth="1"/>
+    <col min="19" max="19" width="6.83203125" customWidth="1"/>
+    <col min="20" max="20" width="6.5" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" ht="25.35" customHeight="1" thickBot="1">
+    <row r="1" spans="1:21" ht="25.25" customHeight="1" thickBot="1">
       <c r="A1" s="53" t="s">
         <v>32</v>
       </c>
       <c r="B1" s="54"/>
       <c r="C1" s="54"/>
       <c r="D1" s="54"/>
       <c r="E1" s="54"/>
       <c r="F1" s="54"/>
       <c r="G1" s="54"/>
       <c r="H1" s="54"/>
       <c r="I1" s="54"/>
       <c r="J1" s="54"/>
       <c r="K1" s="54"/>
       <c r="L1" s="54"/>
       <c r="M1" s="54"/>
       <c r="N1" s="54"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
-    <row r="2" spans="1:21" ht="21.6" customHeight="1" thickBot="1">
+    <row r="2" spans="1:21" ht="21.5" customHeight="1" thickBot="1">
       <c r="A2" s="15"/>
       <c r="B2" s="49" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="50"/>
       <c r="D2" s="50"/>
       <c r="E2" s="50"/>
       <c r="F2" s="50"/>
       <c r="G2" s="50"/>
       <c r="H2" s="50"/>
       <c r="I2" s="50"/>
       <c r="J2" s="50"/>
       <c r="K2" s="50"/>
       <c r="L2" s="50"/>
       <c r="M2" s="50"/>
       <c r="N2" s="50"/>
       <c r="O2" s="20"/>
       <c r="P2" s="5"/>
       <c r="Q2" s="5"/>
       <c r="R2" s="5"/>
       <c r="S2" s="5"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:21" ht="21.6" customHeight="1" thickBot="1">
+    <row r="3" spans="1:21" ht="21.5" customHeight="1" thickBot="1">
       <c r="A3" s="4"/>
       <c r="B3" s="42" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="43"/>
       <c r="D3" s="43"/>
       <c r="E3" s="43"/>
       <c r="F3" s="43"/>
       <c r="G3" s="43"/>
       <c r="H3" s="44"/>
       <c r="I3" s="43" t="s">
         <v>2</v>
       </c>
       <c r="J3" s="45"/>
       <c r="K3" s="45"/>
       <c r="L3" s="45"/>
       <c r="M3" s="45"/>
       <c r="N3" s="45"/>
       <c r="O3" s="46"/>
     </row>
-    <row r="4" spans="1:21" ht="21.6" customHeight="1">
+    <row r="4" spans="1:21" ht="21.5" customHeight="1">
       <c r="A4" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="16" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="7" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="7" t="s">
         <v>7</v>
       </c>
       <c r="F4" s="7" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="17" t="s">
         <v>19</v>
       </c>
       <c r="H4" s="18" t="s">
         <v>22</v>
       </c>
       <c r="I4" s="7" t="s">
@@ -1298,51 +1297,51 @@
       </c>
       <c r="J4" s="7" t="s">
         <v>5</v>
       </c>
       <c r="K4" s="7" t="s">
         <v>6</v>
       </c>
       <c r="L4" s="7" t="s">
         <v>7</v>
       </c>
       <c r="M4" s="7" t="s">
         <v>18</v>
       </c>
       <c r="N4" s="17" t="s">
         <v>19</v>
       </c>
       <c r="O4" s="18" t="s">
         <v>22</v>
       </c>
       <c r="P4" s="8"/>
       <c r="Q4" s="8"/>
       <c r="R4" s="8"/>
       <c r="S4" s="8"/>
       <c r="T4" s="8"/>
     </row>
-    <row r="5" spans="1:21" ht="21.6" customHeight="1">
+    <row r="5" spans="1:21" ht="21.5" customHeight="1">
       <c r="A5" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="16" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>12</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>12</v>
       </c>
       <c r="G5" s="17" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="19" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="7" t="s">
@@ -1350,51 +1349,51 @@
       </c>
       <c r="J5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="K5" s="7" t="s">
         <v>12</v>
       </c>
       <c r="L5" s="7" t="s">
         <v>12</v>
       </c>
       <c r="M5" s="7" t="s">
         <v>12</v>
       </c>
       <c r="N5" s="17" t="s">
         <v>20</v>
       </c>
       <c r="O5" s="19" t="s">
         <v>23</v>
       </c>
       <c r="P5" s="8"/>
       <c r="Q5" s="8"/>
       <c r="R5" s="8"/>
       <c r="S5" s="8"/>
       <c r="T5" s="8"/>
     </row>
-    <row r="6" spans="1:21" ht="21.6" customHeight="1">
+    <row r="6" spans="1:21" ht="21.5" customHeight="1">
       <c r="A6" s="6" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="16" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="7" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="28">
         <v>0.22</v>
       </c>
       <c r="E6" s="29">
         <v>5.2499999999999998E-2</v>
       </c>
       <c r="F6" s="30">
         <v>1.4500000000000001E-2</v>
       </c>
       <c r="G6" s="31" t="s">
         <v>21</v>
       </c>
       <c r="H6" s="19" t="s">
         <v>24</v>
       </c>
       <c r="I6" s="7" t="s">
@@ -1402,51 +1401,51 @@
       </c>
       <c r="J6" s="7" t="s">
         <v>16</v>
       </c>
       <c r="K6" s="28">
         <v>0.22</v>
       </c>
       <c r="L6" s="29">
         <v>5.2499999999999998E-2</v>
       </c>
       <c r="M6" s="30">
         <v>1.4500000000000001E-2</v>
       </c>
       <c r="N6" s="31" t="s">
         <v>21</v>
       </c>
       <c r="O6" s="19" t="s">
         <v>24</v>
       </c>
       <c r="P6" s="8"/>
       <c r="Q6" s="9"/>
       <c r="R6" s="9"/>
       <c r="S6" s="8"/>
       <c r="T6" s="8"/>
     </row>
-    <row r="7" spans="1:21" ht="24.45" customHeight="1">
+    <row r="7" spans="1:21" ht="24.5" customHeight="1">
       <c r="A7" s="40" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="47">
         <v>1435.03</v>
       </c>
       <c r="C7" s="32">
         <f t="shared" ref="C7:C13" si="0">ROUND((B7*0.25),2)</f>
         <v>358.76</v>
       </c>
       <c r="D7" s="36">
         <f t="shared" ref="D7:D14" si="1">ROUND((C7*0.22),2)</f>
         <v>78.930000000000007</v>
       </c>
       <c r="E7" s="32">
         <f t="shared" ref="E7:E13" si="2">ROUND((C7*0.0525),2)</f>
         <v>18.829999999999998</v>
       </c>
       <c r="F7" s="32">
         <f t="shared" ref="F7:F13" si="3">ROUND((C7*0.0145),2)</f>
         <v>5.2</v>
       </c>
       <c r="G7" s="32">
         <f t="shared" ref="G7:G13" si="4">D7+E7+F7</f>
         <v>102.96000000000001</v>
@@ -1466,51 +1465,51 @@
         <f t="shared" ref="K7:K14" si="7">ROUND((J7*0.22),2)</f>
         <v>176.04</v>
       </c>
       <c r="L7" s="32">
         <f t="shared" ref="L7:L13" si="8">ROUND((J7*0.0525),2)</f>
         <v>42.01</v>
       </c>
       <c r="M7" s="32">
         <f t="shared" ref="M7:M13" si="9">ROUND((J7*0.0145),2)</f>
         <v>11.6</v>
       </c>
       <c r="N7" s="32">
         <f t="shared" ref="N7:N13" si="10">K7+L7+M7</f>
         <v>229.64999999999998</v>
       </c>
       <c r="O7" s="33">
         <f t="shared" ref="O7:O13" si="11">J7-N7</f>
         <v>570.55000000000007</v>
       </c>
       <c r="P7" s="8"/>
       <c r="Q7" s="9"/>
       <c r="R7" s="9"/>
       <c r="S7" s="8"/>
       <c r="T7" s="8"/>
     </row>
-    <row r="8" spans="1:21" ht="24.45" customHeight="1">
+    <row r="8" spans="1:21" ht="24.5" customHeight="1">
       <c r="A8" s="40" t="s">
         <v>29</v>
       </c>
       <c r="B8" s="47">
         <v>1750.22</v>
       </c>
       <c r="C8" s="32">
         <f t="shared" si="0"/>
         <v>437.56</v>
       </c>
       <c r="D8" s="36">
         <f t="shared" si="1"/>
         <v>96.26</v>
       </c>
       <c r="E8" s="32">
         <f t="shared" si="2"/>
         <v>22.97</v>
       </c>
       <c r="F8" s="32">
         <f t="shared" si="3"/>
         <v>6.34</v>
       </c>
       <c r="G8" s="32">
         <f t="shared" si="4"/>
         <v>125.57000000000001</v>
@@ -1530,51 +1529,51 @@
         <f t="shared" si="7"/>
         <v>213.96</v>
       </c>
       <c r="L8" s="32">
         <f t="shared" si="8"/>
         <v>51.06</v>
       </c>
       <c r="M8" s="32">
         <f t="shared" si="9"/>
         <v>14.1</v>
       </c>
       <c r="N8" s="32">
         <f t="shared" si="10"/>
         <v>279.12</v>
       </c>
       <c r="O8" s="33">
         <f t="shared" si="11"/>
         <v>693.41</v>
       </c>
       <c r="P8" s="8"/>
       <c r="Q8" s="9"/>
       <c r="R8" s="9"/>
       <c r="S8" s="8"/>
       <c r="T8" s="8"/>
     </row>
-    <row r="9" spans="1:21" ht="24.45" customHeight="1">
+    <row r="9" spans="1:21" ht="24.5" customHeight="1">
       <c r="A9" s="40" t="s">
         <v>30</v>
       </c>
       <c r="B9" s="47">
         <v>1089.31</v>
       </c>
       <c r="C9" s="32">
         <f t="shared" si="0"/>
         <v>272.33</v>
       </c>
       <c r="D9" s="36">
         <f t="shared" si="1"/>
         <v>59.91</v>
       </c>
       <c r="E9" s="32">
         <f t="shared" si="2"/>
         <v>14.3</v>
       </c>
       <c r="F9" s="32">
         <f t="shared" si="3"/>
         <v>3.95</v>
       </c>
       <c r="G9" s="32">
         <f t="shared" si="4"/>
         <v>78.16</v>
@@ -1594,51 +1593,51 @@
         <f t="shared" si="7"/>
         <v>142.97</v>
       </c>
       <c r="L9" s="32">
         <f t="shared" si="8"/>
         <v>34.119999999999997</v>
       </c>
       <c r="M9" s="32">
         <f t="shared" si="9"/>
         <v>9.42</v>
       </c>
       <c r="N9" s="32">
         <f t="shared" si="10"/>
         <v>186.51</v>
       </c>
       <c r="O9" s="33">
         <f t="shared" si="11"/>
         <v>463.37</v>
       </c>
       <c r="P9" s="8"/>
       <c r="Q9" s="9"/>
       <c r="R9" s="9"/>
       <c r="S9" s="8"/>
       <c r="T9" s="8"/>
     </row>
-    <row r="10" spans="1:21" ht="24.45" customHeight="1">
+    <row r="10" spans="1:21" ht="24.5" customHeight="1">
       <c r="A10" s="40" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="47">
         <v>1185.01</v>
       </c>
       <c r="C10" s="32">
         <f t="shared" si="0"/>
         <v>296.25</v>
       </c>
       <c r="D10" s="36">
         <f t="shared" si="1"/>
         <v>65.180000000000007</v>
       </c>
       <c r="E10" s="32">
         <f t="shared" si="2"/>
         <v>15.55</v>
       </c>
       <c r="F10" s="32">
         <f t="shared" si="3"/>
         <v>4.3</v>
       </c>
       <c r="G10" s="32">
         <f t="shared" si="4"/>
         <v>85.03</v>
@@ -1658,51 +1657,51 @@
         <f t="shared" si="7"/>
         <v>161.35</v>
       </c>
       <c r="L10" s="32">
         <f t="shared" si="8"/>
         <v>38.51</v>
       </c>
       <c r="M10" s="32">
         <f t="shared" si="9"/>
         <v>10.63</v>
       </c>
       <c r="N10" s="32">
         <f t="shared" si="10"/>
         <v>210.48999999999998</v>
       </c>
       <c r="O10" s="33">
         <f t="shared" si="11"/>
         <v>522.93999999999994</v>
       </c>
       <c r="P10" s="8"/>
       <c r="Q10" s="9"/>
       <c r="R10" s="9"/>
       <c r="S10" s="8"/>
       <c r="T10" s="8"/>
     </row>
-    <row r="11" spans="1:21" ht="24.45" customHeight="1">
+    <row r="11" spans="1:21" ht="24.5" customHeight="1">
       <c r="A11" s="40" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="47">
         <v>1088.74</v>
       </c>
       <c r="C11" s="32">
         <f t="shared" si="0"/>
         <v>272.19</v>
       </c>
       <c r="D11" s="36">
         <f t="shared" si="1"/>
         <v>59.88</v>
       </c>
       <c r="E11" s="32">
         <f t="shared" si="2"/>
         <v>14.29</v>
       </c>
       <c r="F11" s="32">
         <f t="shared" si="3"/>
         <v>3.95</v>
       </c>
       <c r="G11" s="32">
         <f t="shared" si="4"/>
         <v>78.12</v>
@@ -1722,51 +1721,51 @@
         <f t="shared" si="7"/>
         <v>158.26</v>
       </c>
       <c r="L11" s="32">
         <f t="shared" si="8"/>
         <v>37.770000000000003</v>
       </c>
       <c r="M11" s="32">
         <f t="shared" si="9"/>
         <v>10.43</v>
       </c>
       <c r="N11" s="32">
         <f t="shared" si="10"/>
         <v>206.46</v>
       </c>
       <c r="O11" s="33">
         <f t="shared" si="11"/>
         <v>512.89</v>
       </c>
       <c r="P11" s="8"/>
       <c r="Q11" s="9"/>
       <c r="R11" s="9"/>
       <c r="S11" s="8"/>
       <c r="T11" s="8"/>
     </row>
-    <row r="12" spans="1:21" ht="24.45" customHeight="1">
+    <row r="12" spans="1:21" ht="24.5" customHeight="1">
       <c r="A12" s="40" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="47">
         <v>883.42</v>
       </c>
       <c r="C12" s="32">
         <f t="shared" si="0"/>
         <v>220.86</v>
       </c>
       <c r="D12" s="36">
         <f t="shared" si="1"/>
         <v>48.59</v>
       </c>
       <c r="E12" s="32">
         <f t="shared" si="2"/>
         <v>11.6</v>
       </c>
       <c r="F12" s="32">
         <f t="shared" si="3"/>
         <v>3.2</v>
       </c>
       <c r="G12" s="32">
         <f t="shared" si="4"/>
         <v>63.390000000000008</v>
@@ -1786,51 +1785,51 @@
         <f t="shared" si="7"/>
         <v>123.58</v>
       </c>
       <c r="L12" s="32">
         <f t="shared" si="8"/>
         <v>29.49</v>
       </c>
       <c r="M12" s="32">
         <f t="shared" si="9"/>
         <v>8.14</v>
       </c>
       <c r="N12" s="32">
         <f t="shared" si="10"/>
         <v>161.20999999999998</v>
       </c>
       <c r="O12" s="33">
         <f t="shared" si="11"/>
         <v>400.51000000000005</v>
       </c>
       <c r="P12" s="8"/>
       <c r="Q12" s="9"/>
       <c r="R12" s="9"/>
       <c r="S12" s="8"/>
       <c r="T12" s="8"/>
     </row>
-    <row r="13" spans="1:21" ht="24.45" customHeight="1">
+    <row r="13" spans="1:21" ht="24.5" customHeight="1">
       <c r="A13" s="40" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="47">
         <v>835.29</v>
       </c>
       <c r="C13" s="32">
         <f t="shared" si="0"/>
         <v>208.82</v>
       </c>
       <c r="D13" s="36">
         <f t="shared" si="1"/>
         <v>45.94</v>
       </c>
       <c r="E13" s="32">
         <f t="shared" si="2"/>
         <v>10.96</v>
       </c>
       <c r="F13" s="32">
         <f t="shared" si="3"/>
         <v>3.03</v>
       </c>
       <c r="G13" s="32">
         <f t="shared" si="4"/>
         <v>59.93</v>
@@ -1850,51 +1849,51 @@
         <f t="shared" si="7"/>
         <v>114.19</v>
       </c>
       <c r="L13" s="32">
         <f t="shared" si="8"/>
         <v>27.25</v>
       </c>
       <c r="M13" s="32">
         <f t="shared" si="9"/>
         <v>7.53</v>
       </c>
       <c r="N13" s="32">
         <f t="shared" si="10"/>
         <v>148.97</v>
       </c>
       <c r="O13" s="33">
         <f t="shared" si="11"/>
         <v>370.05999999999995</v>
       </c>
       <c r="P13" s="8"/>
       <c r="Q13" s="9"/>
       <c r="R13" s="9"/>
       <c r="S13" s="8"/>
       <c r="T13" s="8"/>
     </row>
-    <row r="14" spans="1:21" ht="24.45" customHeight="1" thickBot="1">
+    <row r="14" spans="1:21" ht="24.5" customHeight="1" thickBot="1">
       <c r="A14" s="41" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="48">
         <v>857.22</v>
       </c>
       <c r="C14" s="34">
         <f t="shared" ref="C14" si="12">ROUND((B14*0.25),2)</f>
         <v>214.31</v>
       </c>
       <c r="D14" s="37">
         <f t="shared" si="1"/>
         <v>47.15</v>
       </c>
       <c r="E14" s="34">
         <f t="shared" ref="E14" si="13">ROUND((C14*0.0525),2)</f>
         <v>11.25</v>
       </c>
       <c r="F14" s="34">
         <f t="shared" ref="F14" si="14">ROUND((C14*0.0145),2)</f>
         <v>3.11</v>
       </c>
       <c r="G14" s="34">
         <f t="shared" ref="G14" si="15">D14+E14+F14</f>
         <v>61.51</v>
@@ -1914,221 +1913,221 @@
         <f t="shared" si="7"/>
         <v>113.08</v>
       </c>
       <c r="L14" s="34">
         <f t="shared" ref="L14" si="18">ROUND((J14*0.0525),2)</f>
         <v>26.99</v>
       </c>
       <c r="M14" s="34">
         <f t="shared" ref="M14" si="19">ROUND((J14*0.0145),2)</f>
         <v>7.45</v>
       </c>
       <c r="N14" s="34">
         <f t="shared" ref="N14" si="20">K14+L14+M14</f>
         <v>147.51999999999998</v>
       </c>
       <c r="O14" s="35">
         <f t="shared" ref="O14" si="21">J14-N14</f>
         <v>366.49</v>
       </c>
       <c r="P14" s="10"/>
       <c r="Q14" s="10"/>
       <c r="R14" s="10"/>
       <c r="S14" s="10"/>
       <c r="T14" s="10"/>
     </row>
-    <row r="15" spans="1:21" ht="25.05" customHeight="1">
+    <row r="15" spans="1:21" ht="25" customHeight="1">
       <c r="P15" s="12"/>
       <c r="Q15" s="12"/>
       <c r="R15" s="12"/>
       <c r="S15" s="12"/>
       <c r="T15" s="12"/>
       <c r="U15" s="11"/>
     </row>
-    <row r="16" spans="1:21" ht="11.1" customHeight="1">
+    <row r="16" spans="1:21" ht="11" customHeight="1">
       <c r="A16" s="14"/>
       <c r="B16" s="13"/>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="13"/>
       <c r="G16" s="13"/>
       <c r="H16" s="13"/>
       <c r="I16" s="13"/>
       <c r="J16" s="13"/>
       <c r="K16" s="13"/>
       <c r="L16" s="13"/>
       <c r="M16" s="13"/>
       <c r="N16" s="13"/>
       <c r="O16" s="12"/>
       <c r="P16" s="12"/>
       <c r="Q16" s="12"/>
       <c r="R16" s="12"/>
       <c r="S16" s="12"/>
       <c r="T16" s="12"/>
       <c r="U16" s="11"/>
     </row>
-    <row r="17" spans="1:21" ht="20.100000000000001" customHeight="1">
+    <row r="17" spans="1:21" ht="20" customHeight="1">
       <c r="A17" s="51"/>
       <c r="B17" s="51"/>
       <c r="C17" s="51"/>
       <c r="D17" s="51"/>
       <c r="E17" s="51"/>
       <c r="F17" s="51"/>
       <c r="G17" s="51"/>
       <c r="H17" s="51"/>
       <c r="I17" s="51"/>
       <c r="J17" s="51"/>
       <c r="K17" s="13"/>
       <c r="L17" s="13"/>
       <c r="M17" s="13"/>
       <c r="N17" s="13"/>
       <c r="O17" s="12"/>
       <c r="P17" s="12"/>
       <c r="Q17" s="12"/>
       <c r="R17" s="12"/>
       <c r="S17" s="12"/>
       <c r="T17" s="12"/>
       <c r="U17" s="11"/>
     </row>
-    <row r="18" spans="1:21" ht="20.100000000000001" customHeight="1">
+    <row r="18" spans="1:21" ht="20" customHeight="1">
       <c r="A18" s="21"/>
       <c r="B18" s="13"/>
       <c r="C18" s="13"/>
       <c r="D18" s="17"/>
       <c r="E18" s="17"/>
       <c r="F18" s="17"/>
       <c r="G18" s="17"/>
       <c r="H18" s="17"/>
       <c r="I18" s="17"/>
       <c r="J18" s="17"/>
       <c r="K18" s="13"/>
       <c r="L18" s="13"/>
       <c r="N18" s="13"/>
       <c r="O18" s="12"/>
       <c r="P18" s="12"/>
       <c r="Q18" s="12"/>
       <c r="R18" s="12"/>
       <c r="S18" s="12"/>
       <c r="T18" s="12"/>
       <c r="U18" s="11"/>
     </row>
-    <row r="19" spans="1:21" ht="20.100000000000001" customHeight="1">
+    <row r="19" spans="1:21" ht="20" customHeight="1">
       <c r="A19" s="52"/>
       <c r="B19" s="52"/>
       <c r="C19" s="52"/>
       <c r="D19" s="17"/>
       <c r="E19" s="17"/>
       <c r="F19" s="17"/>
       <c r="G19" s="17"/>
       <c r="H19" s="17"/>
       <c r="I19" s="17"/>
       <c r="J19" s="17"/>
       <c r="K19" s="13"/>
       <c r="L19" s="55"/>
       <c r="M19" s="13"/>
       <c r="N19" s="13"/>
       <c r="O19" s="12"/>
       <c r="P19" s="12"/>
       <c r="Q19" s="12"/>
       <c r="R19" s="12"/>
       <c r="S19" s="12"/>
       <c r="T19" s="12"/>
       <c r="U19" s="11"/>
     </row>
-    <row r="20" spans="1:21" ht="20.100000000000001" customHeight="1">
+    <row r="20" spans="1:21" ht="20" customHeight="1">
       <c r="D20" s="17"/>
       <c r="E20" s="17"/>
       <c r="F20" s="22"/>
       <c r="G20" s="22"/>
       <c r="H20" s="22"/>
       <c r="I20" s="17"/>
       <c r="J20" s="17"/>
       <c r="L20" s="55"/>
     </row>
-    <row r="21" spans="1:21" ht="20.55" customHeight="1">
+    <row r="21" spans="1:21" ht="20.5" customHeight="1">
       <c r="A21" s="23"/>
       <c r="D21" s="24"/>
       <c r="E21" s="24"/>
       <c r="F21" s="24"/>
       <c r="G21" s="24"/>
       <c r="H21" s="24"/>
       <c r="I21" s="24"/>
       <c r="J21" s="25"/>
       <c r="L21" s="55"/>
     </row>
-    <row r="22" spans="1:21" ht="20.55" customHeight="1">
+    <row r="22" spans="1:21" ht="20.5" customHeight="1">
       <c r="D22" s="26"/>
       <c r="E22" s="26"/>
       <c r="F22" s="26"/>
       <c r="G22" s="26"/>
       <c r="H22" s="26"/>
       <c r="I22" s="26"/>
       <c r="J22" s="26"/>
       <c r="L22" s="55"/>
     </row>
-    <row r="23" spans="1:21" ht="20.55" customHeight="1">
+    <row r="23" spans="1:21" ht="20.5" customHeight="1">
       <c r="D23" s="26"/>
       <c r="E23" s="26"/>
       <c r="F23" s="26"/>
       <c r="G23" s="26"/>
       <c r="H23" s="26"/>
       <c r="I23" s="26"/>
       <c r="J23" s="26"/>
       <c r="L23" s="55"/>
     </row>
-    <row r="24" spans="1:21" ht="20.55" customHeight="1">
+    <row r="24" spans="1:21" ht="20.5" customHeight="1">
       <c r="D24" s="26"/>
       <c r="E24" s="26"/>
       <c r="F24" s="26"/>
       <c r="G24" s="26"/>
       <c r="H24" s="26"/>
       <c r="I24" s="26"/>
       <c r="J24" s="26"/>
       <c r="L24" s="55"/>
     </row>
-    <row r="25" spans="1:21" ht="20.55" customHeight="1">
+    <row r="25" spans="1:21" ht="20.5" customHeight="1">
       <c r="D25" s="26"/>
       <c r="E25" s="26"/>
       <c r="F25" s="26"/>
       <c r="G25" s="26"/>
       <c r="H25" s="26"/>
       <c r="I25" s="26"/>
       <c r="J25" s="26"/>
       <c r="L25" s="55"/>
     </row>
-    <row r="26" spans="1:21" ht="20.55" customHeight="1">
+    <row r="26" spans="1:21" ht="20.5" customHeight="1">
       <c r="D26" s="26"/>
       <c r="E26" s="26"/>
       <c r="F26" s="26"/>
       <c r="G26" s="26"/>
       <c r="H26" s="26"/>
       <c r="I26" s="26"/>
       <c r="J26" s="26"/>
       <c r="L26" s="55"/>
     </row>
-    <row r="27" spans="1:21" ht="20.55" customHeight="1">
+    <row r="27" spans="1:21" ht="20.5" customHeight="1">
       <c r="A27" s="27"/>
       <c r="L27" s="55"/>
     </row>
     <row r="28" spans="1:21" ht="30" customHeight="1"/>
     <row r="29" spans="1:21" ht="30" customHeight="1"/>
     <row r="30" spans="1:21" ht="30" customHeight="1"/>
     <row r="31" spans="1:21" ht="30" customHeight="1"/>
     <row r="32" spans="1:21" ht="30" customHeight="1"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B2:N2"/>
     <mergeCell ref="A17:J17"/>
     <mergeCell ref="A19:C19"/>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="L19:L27"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup scale="98" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -2357,96 +2356,113 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="17eb2ca1-151e-4498-8659-dcf34d506d6e" xsi:nil="true"/>
     <MediaLengthInSeconds xmlns="14d9695c-504e-42d3-bbe5-3afafe4352e5" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="14d9695c-504e-42d3-bbe5-3afafe4352e5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{159F13E7-2919-4FA9-9D58-25D27474CB11}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{159F13E7-2919-4FA9-9D58-25D27474CB11}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="14d9695c-504e-42d3-bbe5-3afafe4352e5"/>
+    <ds:schemaRef ds:uri="17eb2ca1-151e-4498-8659-dcf34d506d6e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90269411-41E5-4E14-A40D-DB6648AD7FD6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="08218398-255d-4417-a386-ad589d921abe"/>
+    <ds:schemaRef ds:uri="3f83906a-44c9-40a5-b57b-580814ca79c1"/>
+    <ds:schemaRef ds:uri="17eb2ca1-151e-4498-8659-dcf34d506d6e"/>
+    <ds:schemaRef ds:uri="14d9695c-504e-42d3-bbe5-3afafe4352e5"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BEE14D66-BFF9-4441-BA65-0FC1BF4B94D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>FY26</vt:lpstr>
       <vt:lpstr>'FY26'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Group Insurance Commission</Company>