--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -5,60 +5,60 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="11003"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov.sharepoint.com/sites/GIC-OperationsDepartment/Enroll/paulm/Annual Enrollment 2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/lesliemonteiro/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{187EF925-4EB1-41F1-96C5-283C4809F6EA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D99590EA-D714-2748-B952-F6F09B31D79E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="760" windowWidth="34560" windowHeight="19640" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FY26" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'FY26'!$A$1:$M$24</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E23" i="5" l="1"/>
@@ -936,51 +936,51 @@
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:84fc68ac-80a7-430a-b7a1-f57b4c005dfd" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>41275</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>81320</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>44450</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="image_0">
+        <xdr:cNvPr id="3" name="image_0" descr="GIC logo">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51757C85-6D19-4EBE-9C5E-05CC9006B6EA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" r:link="rId2">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
@@ -1282,73 +1282,73 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:T29"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A6" zoomScale="150" zoomScaleNormal="150" workbookViewId="0">
       <selection activeCell="A26" sqref="A26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="13"/>
   <cols>
-    <col min="1" max="1" width="36.77734375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="8.5546875" customWidth="1"/>
+    <col min="1" max="1" width="36.83203125" customWidth="1"/>
+    <col min="2" max="2" width="11.5" customWidth="1"/>
+    <col min="3" max="3" width="8.5" customWidth="1"/>
     <col min="4" max="4" width="8" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="7.5546875" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="10" max="10" width="9.5546875" customWidth="1"/>
+    <col min="5" max="5" width="7.5" customWidth="1"/>
+    <col min="6" max="6" width="6.83203125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="7.5" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="9.5" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="8.1640625" customWidth="1"/>
+    <col min="10" max="10" width="9.5" customWidth="1"/>
     <col min="11" max="11" width="7" bestFit="1" customWidth="1"/>
-    <col min="12" max="12" width="7.44140625" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="19" max="19" width="6.44140625" customWidth="1"/>
+    <col min="12" max="12" width="7.5" customWidth="1"/>
+    <col min="13" max="13" width="7.83203125" customWidth="1"/>
+    <col min="14" max="15" width="7.5" customWidth="1"/>
+    <col min="16" max="16" width="6.5" customWidth="1"/>
+    <col min="17" max="17" width="5.5" customWidth="1"/>
+    <col min="18" max="18" width="6.83203125" customWidth="1"/>
+    <col min="19" max="19" width="6.5" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="25.35" customHeight="1" thickBot="1">
+    <row r="1" spans="1:20" ht="25.25" customHeight="1" thickBot="1">
       <c r="A1" s="58" t="s">
         <v>40</v>
       </c>
       <c r="B1" s="59"/>
       <c r="C1" s="59"/>
       <c r="D1" s="59"/>
       <c r="E1" s="59"/>
       <c r="F1" s="59"/>
       <c r="G1" s="59"/>
       <c r="H1" s="59"/>
       <c r="I1" s="59"/>
       <c r="J1" s="59"/>
       <c r="K1" s="59"/>
       <c r="L1" s="59"/>
       <c r="M1" s="60"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="3"/>
     </row>
     <row r="2" spans="1:20" ht="19.5" customHeight="1" thickBot="1">
       <c r="A2" s="26"/>
       <c r="B2" s="61" t="s">
@@ -1369,192 +1369,192 @@
       <c r="O2" s="6"/>
       <c r="P2" s="6"/>
       <c r="Q2" s="6"/>
       <c r="R2" s="6"/>
       <c r="S2" s="6"/>
     </row>
     <row r="3" spans="1:20" ht="19.5" customHeight="1" thickBot="1">
       <c r="A3" s="4"/>
       <c r="B3" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="47"/>
       <c r="D3" s="47"/>
       <c r="E3" s="47"/>
       <c r="F3" s="47"/>
       <c r="G3" s="48"/>
       <c r="H3" s="47" t="s">
         <v>2</v>
       </c>
       <c r="I3" s="47"/>
       <c r="J3" s="47"/>
       <c r="K3" s="47"/>
       <c r="L3" s="47"/>
       <c r="M3" s="48"/>
     </row>
-    <row r="4" spans="1:20" ht="18.600000000000001" customHeight="1">
+    <row r="4" spans="1:20" ht="18.5" customHeight="1">
       <c r="A4" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="27" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="8" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="8" t="s">
         <v>7</v>
       </c>
       <c r="F4" s="8" t="s">
         <v>6</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>27</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>9</v>
       </c>
       <c r="I4" s="8" t="s">
         <v>5</v>
       </c>
       <c r="J4" s="8" t="s">
         <v>6</v>
       </c>
       <c r="K4" s="8" t="s">
         <v>7</v>
       </c>
       <c r="L4" s="8" t="s">
         <v>6</v>
       </c>
       <c r="M4" s="9" t="s">
         <v>29</v>
       </c>
       <c r="N4" s="10"/>
       <c r="O4" s="10"/>
       <c r="P4" s="10"/>
       <c r="Q4" s="10"/>
       <c r="R4" s="10"/>
       <c r="S4" s="10"/>
     </row>
-    <row r="5" spans="1:20" ht="18.600000000000001" customHeight="1">
+    <row r="5" spans="1:20" ht="18.5" customHeight="1">
       <c r="A5" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="27" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D5" s="8" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="8" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="G5" s="9" t="s">
         <v>8</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>12</v>
       </c>
       <c r="J5" s="8" t="s">
         <v>13</v>
       </c>
       <c r="K5" s="8" t="s">
         <v>13</v>
       </c>
       <c r="L5" s="8" t="s">
         <v>14</v>
       </c>
       <c r="M5" s="9" t="s">
         <v>8</v>
       </c>
       <c r="N5" s="10"/>
       <c r="O5" s="10"/>
       <c r="P5" s="10"/>
       <c r="Q5" s="10"/>
       <c r="R5" s="10"/>
       <c r="S5" s="10"/>
     </row>
-    <row r="6" spans="1:20" ht="18.600000000000001" customHeight="1">
+    <row r="6" spans="1:20" ht="18.5" customHeight="1">
       <c r="A6" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="27" t="s">
         <v>16</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="28">
         <v>0.22</v>
       </c>
       <c r="E6" s="29">
         <v>5.2499999999999998E-2</v>
       </c>
       <c r="F6" s="8" t="s">
         <v>18</v>
       </c>
       <c r="G6" s="9" t="s">
         <v>28</v>
       </c>
       <c r="H6" s="8" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="8" t="s">
         <v>19</v>
       </c>
       <c r="J6" s="28">
         <v>0.22</v>
       </c>
       <c r="K6" s="29">
         <v>5.2499999999999998E-2</v>
       </c>
       <c r="L6" s="8" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="9" t="s">
         <v>28</v>
       </c>
       <c r="N6" s="10"/>
       <c r="O6" s="10"/>
       <c r="P6" s="11"/>
       <c r="Q6" s="11"/>
       <c r="R6" s="10"/>
       <c r="S6" s="10"/>
     </row>
-    <row r="7" spans="1:20" ht="18.600000000000001" customHeight="1">
+    <row r="7" spans="1:20" ht="18.5" customHeight="1">
       <c r="A7" s="54" t="s">
         <v>31</v>
       </c>
       <c r="B7" s="49">
         <v>1435.03</v>
       </c>
       <c r="C7" s="32">
         <f t="shared" ref="C7:C14" si="0">ROUND((B7*0.25),2)</f>
         <v>358.76</v>
       </c>
       <c r="D7" s="36">
         <f t="shared" ref="D7:D14" si="1">ROUND((C7*0.22),2)</f>
         <v>78.930000000000007</v>
       </c>
       <c r="E7" s="32">
         <f t="shared" ref="E7:E14" si="2">ROUND((C7*0.0525),2)</f>
         <v>18.829999999999998</v>
       </c>
       <c r="F7" s="32">
         <f t="shared" ref="F7:F13" si="3">D7+E7</f>
         <v>97.76</v>
       </c>
       <c r="G7" s="38">
         <f t="shared" ref="G7:G13" si="4">C7-F7</f>
         <v>261</v>
@@ -1567,51 +1567,51 @@
         <v>800.2</v>
       </c>
       <c r="J7" s="36">
         <f t="shared" ref="J7:J14" si="6">ROUND((I7*0.22),2)</f>
         <v>176.04</v>
       </c>
       <c r="K7" s="32">
         <f t="shared" ref="K7:K14" si="7">ROUND((I7*0.0525),2)</f>
         <v>42.01</v>
       </c>
       <c r="L7" s="32">
         <f t="shared" ref="L7:L13" si="8">J7+K7</f>
         <v>218.04999999999998</v>
       </c>
       <c r="M7" s="33">
         <f t="shared" ref="M7:M13" si="9">I7-L7</f>
         <v>582.15000000000009</v>
       </c>
       <c r="N7" s="10"/>
       <c r="O7" s="10"/>
       <c r="P7" s="11"/>
       <c r="Q7" s="11"/>
       <c r="R7" s="10"/>
       <c r="S7" s="10"/>
     </row>
-    <row r="8" spans="1:20" ht="18.600000000000001" customHeight="1">
+    <row r="8" spans="1:20" ht="18.5" customHeight="1">
       <c r="A8" s="54" t="s">
         <v>36</v>
       </c>
       <c r="B8" s="49">
         <v>1750.22</v>
       </c>
       <c r="C8" s="32">
         <f t="shared" si="0"/>
         <v>437.56</v>
       </c>
       <c r="D8" s="36">
         <f t="shared" si="1"/>
         <v>96.26</v>
       </c>
       <c r="E8" s="32">
         <f t="shared" si="2"/>
         <v>22.97</v>
       </c>
       <c r="F8" s="32">
         <f t="shared" si="3"/>
         <v>119.23</v>
       </c>
       <c r="G8" s="38">
         <f t="shared" si="4"/>
         <v>318.33</v>
@@ -1624,51 +1624,51 @@
         <v>972.53</v>
       </c>
       <c r="J8" s="36">
         <f t="shared" si="6"/>
         <v>213.96</v>
       </c>
       <c r="K8" s="32">
         <f t="shared" si="7"/>
         <v>51.06</v>
       </c>
       <c r="L8" s="32">
         <f t="shared" si="8"/>
         <v>265.02</v>
       </c>
       <c r="M8" s="33">
         <f t="shared" si="9"/>
         <v>707.51</v>
       </c>
       <c r="N8" s="10"/>
       <c r="O8" s="10"/>
       <c r="P8" s="11"/>
       <c r="Q8" s="11"/>
       <c r="R8" s="10"/>
       <c r="S8" s="10"/>
     </row>
-    <row r="9" spans="1:20" ht="18.600000000000001" customHeight="1">
+    <row r="9" spans="1:20" ht="18.5" customHeight="1">
       <c r="A9" s="54" t="s">
         <v>37</v>
       </c>
       <c r="B9" s="49">
         <v>1089.31</v>
       </c>
       <c r="C9" s="32">
         <f t="shared" si="0"/>
         <v>272.33</v>
       </c>
       <c r="D9" s="36">
         <f t="shared" si="1"/>
         <v>59.91</v>
       </c>
       <c r="E9" s="32">
         <f t="shared" si="2"/>
         <v>14.3</v>
       </c>
       <c r="F9" s="32">
         <f t="shared" si="3"/>
         <v>74.209999999999994</v>
       </c>
       <c r="G9" s="38">
         <f t="shared" si="4"/>
         <v>198.12</v>
@@ -1681,51 +1681,51 @@
         <v>649.88</v>
       </c>
       <c r="J9" s="36">
         <f t="shared" si="6"/>
         <v>142.97</v>
       </c>
       <c r="K9" s="32">
         <f t="shared" si="7"/>
         <v>34.119999999999997</v>
       </c>
       <c r="L9" s="32">
         <f t="shared" si="8"/>
         <v>177.09</v>
       </c>
       <c r="M9" s="33">
         <f t="shared" si="9"/>
         <v>472.78999999999996</v>
       </c>
       <c r="N9" s="10"/>
       <c r="O9" s="10"/>
       <c r="P9" s="11"/>
       <c r="Q9" s="11"/>
       <c r="R9" s="10"/>
       <c r="S9" s="10"/>
     </row>
-    <row r="10" spans="1:20" ht="18.600000000000001" customHeight="1">
+    <row r="10" spans="1:20" ht="18.5" customHeight="1">
       <c r="A10" s="54" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="49">
         <v>1185.01</v>
       </c>
       <c r="C10" s="32">
         <f t="shared" si="0"/>
         <v>296.25</v>
       </c>
       <c r="D10" s="36">
         <f t="shared" si="1"/>
         <v>65.180000000000007</v>
       </c>
       <c r="E10" s="32">
         <f t="shared" si="2"/>
         <v>15.55</v>
       </c>
       <c r="F10" s="32">
         <f t="shared" si="3"/>
         <v>80.73</v>
       </c>
       <c r="G10" s="38">
         <f t="shared" si="4"/>
         <v>215.51999999999998</v>
@@ -1738,51 +1738,51 @@
         <v>733.43</v>
       </c>
       <c r="J10" s="36">
         <f t="shared" si="6"/>
         <v>161.35</v>
       </c>
       <c r="K10" s="32">
         <f t="shared" si="7"/>
         <v>38.51</v>
       </c>
       <c r="L10" s="32">
         <f t="shared" si="8"/>
         <v>199.85999999999999</v>
       </c>
       <c r="M10" s="33">
         <f t="shared" si="9"/>
         <v>533.56999999999994</v>
       </c>
       <c r="N10" s="10"/>
       <c r="O10" s="10"/>
       <c r="P10" s="11"/>
       <c r="Q10" s="11"/>
       <c r="R10" s="10"/>
       <c r="S10" s="10"/>
     </row>
-    <row r="11" spans="1:20" ht="18.600000000000001" customHeight="1">
+    <row r="11" spans="1:20" ht="18.5" customHeight="1">
       <c r="A11" s="54" t="s">
         <v>33</v>
       </c>
       <c r="B11" s="49">
         <v>1088.74</v>
       </c>
       <c r="C11" s="32">
         <f t="shared" si="0"/>
         <v>272.19</v>
       </c>
       <c r="D11" s="36">
         <f t="shared" si="1"/>
         <v>59.88</v>
       </c>
       <c r="E11" s="32">
         <f t="shared" si="2"/>
         <v>14.29</v>
       </c>
       <c r="F11" s="32">
         <f t="shared" si="3"/>
         <v>74.17</v>
       </c>
       <c r="G11" s="38">
         <f t="shared" si="4"/>
         <v>198.01999999999998</v>
@@ -1795,51 +1795,51 @@
         <v>719.35</v>
       </c>
       <c r="J11" s="36">
         <f t="shared" si="6"/>
         <v>158.26</v>
       </c>
       <c r="K11" s="32">
         <f t="shared" si="7"/>
         <v>37.770000000000003</v>
       </c>
       <c r="L11" s="32">
         <f t="shared" si="8"/>
         <v>196.03</v>
       </c>
       <c r="M11" s="33">
         <f t="shared" si="9"/>
         <v>523.32000000000005</v>
       </c>
       <c r="N11" s="10"/>
       <c r="O11" s="10"/>
       <c r="P11" s="11"/>
       <c r="Q11" s="11"/>
       <c r="R11" s="10"/>
       <c r="S11" s="10"/>
     </row>
-    <row r="12" spans="1:20" ht="18.600000000000001" customHeight="1">
+    <row r="12" spans="1:20" ht="18.5" customHeight="1">
       <c r="A12" s="54" t="s">
         <v>34</v>
       </c>
       <c r="B12" s="49">
         <v>883.42</v>
       </c>
       <c r="C12" s="32">
         <f t="shared" si="0"/>
         <v>220.86</v>
       </c>
       <c r="D12" s="36">
         <f t="shared" si="1"/>
         <v>48.59</v>
       </c>
       <c r="E12" s="32">
         <f t="shared" si="2"/>
         <v>11.6</v>
       </c>
       <c r="F12" s="32">
         <f t="shared" si="3"/>
         <v>60.190000000000005</v>
       </c>
       <c r="G12" s="38">
         <f t="shared" si="4"/>
         <v>160.67000000000002</v>
@@ -1852,51 +1852,51 @@
         <v>561.72</v>
       </c>
       <c r="J12" s="36">
         <f t="shared" si="6"/>
         <v>123.58</v>
       </c>
       <c r="K12" s="32">
         <f t="shared" si="7"/>
         <v>29.49</v>
       </c>
       <c r="L12" s="32">
         <f t="shared" si="8"/>
         <v>153.07</v>
       </c>
       <c r="M12" s="33">
         <f t="shared" si="9"/>
         <v>408.65000000000003</v>
       </c>
       <c r="N12" s="10"/>
       <c r="O12" s="10"/>
       <c r="P12" s="11"/>
       <c r="Q12" s="11"/>
       <c r="R12" s="10"/>
       <c r="S12" s="10"/>
     </row>
-    <row r="13" spans="1:20" ht="18.600000000000001" customHeight="1">
+    <row r="13" spans="1:20" ht="18.5" customHeight="1">
       <c r="A13" s="54" t="s">
         <v>38</v>
       </c>
       <c r="B13" s="49">
         <v>835.29</v>
       </c>
       <c r="C13" s="32">
         <f t="shared" si="0"/>
         <v>208.82</v>
       </c>
       <c r="D13" s="36">
         <f t="shared" si="1"/>
         <v>45.94</v>
       </c>
       <c r="E13" s="32">
         <f t="shared" si="2"/>
         <v>10.96</v>
       </c>
       <c r="F13" s="32">
         <f t="shared" si="3"/>
         <v>56.9</v>
       </c>
       <c r="G13" s="38">
         <f t="shared" si="4"/>
         <v>151.91999999999999</v>
@@ -1909,51 +1909,51 @@
         <v>519.03</v>
       </c>
       <c r="J13" s="36">
         <f t="shared" si="6"/>
         <v>114.19</v>
       </c>
       <c r="K13" s="32">
         <f t="shared" si="7"/>
         <v>27.25</v>
       </c>
       <c r="L13" s="32">
         <f t="shared" si="8"/>
         <v>141.44</v>
       </c>
       <c r="M13" s="33">
         <f t="shared" si="9"/>
         <v>377.59</v>
       </c>
       <c r="N13" s="10"/>
       <c r="O13" s="10"/>
       <c r="P13" s="11"/>
       <c r="Q13" s="11"/>
       <c r="R13" s="10"/>
       <c r="S13" s="10"/>
     </row>
-    <row r="14" spans="1:20" ht="18.600000000000001" customHeight="1" thickBot="1">
+    <row r="14" spans="1:20" ht="18.5" customHeight="1" thickBot="1">
       <c r="A14" s="56" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="50">
         <v>857.22</v>
       </c>
       <c r="C14" s="34">
         <f t="shared" si="0"/>
         <v>214.31</v>
       </c>
       <c r="D14" s="37">
         <f t="shared" si="1"/>
         <v>47.15</v>
       </c>
       <c r="E14" s="34">
         <f t="shared" si="2"/>
         <v>11.25</v>
       </c>
       <c r="F14" s="34">
         <f>D14+E14</f>
         <v>58.4</v>
       </c>
       <c r="G14" s="39">
         <f>C14-F14</f>
         <v>155.91</v>
@@ -1966,315 +1966,315 @@
         <v>514.01</v>
       </c>
       <c r="J14" s="37">
         <f t="shared" si="6"/>
         <v>113.08</v>
       </c>
       <c r="K14" s="34">
         <f t="shared" si="7"/>
         <v>26.99</v>
       </c>
       <c r="L14" s="34">
         <f>J14+K14</f>
         <v>140.07</v>
       </c>
       <c r="M14" s="35">
         <f>I14-L14</f>
         <v>373.94</v>
       </c>
       <c r="N14" s="10"/>
       <c r="O14" s="10"/>
       <c r="P14" s="11"/>
       <c r="Q14" s="11"/>
       <c r="R14" s="10"/>
       <c r="S14" s="10"/>
     </row>
-    <row r="15" spans="1:20" ht="11.1" customHeight="1" thickBot="1">
+    <row r="15" spans="1:20" ht="11" customHeight="1" thickBot="1">
       <c r="A15" s="25"/>
       <c r="B15" s="14"/>
       <c r="C15" s="14"/>
       <c r="D15" s="14"/>
       <c r="E15" s="14"/>
       <c r="F15" s="14"/>
       <c r="G15" s="14"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="14"/>
       <c r="L15" s="14"/>
       <c r="M15" s="14"/>
       <c r="N15" s="13"/>
       <c r="O15" s="13"/>
       <c r="P15" s="13"/>
       <c r="Q15" s="13"/>
       <c r="R15" s="13"/>
       <c r="S15" s="13"/>
       <c r="T15" s="12"/>
     </row>
-    <row r="16" spans="1:20" ht="20.100000000000001" customHeight="1" thickBot="1">
+    <row r="16" spans="1:20" ht="20" customHeight="1" thickBot="1">
       <c r="A16" s="61" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="62"/>
       <c r="C16" s="62"/>
       <c r="D16" s="62"/>
       <c r="E16" s="62"/>
       <c r="F16" s="62"/>
       <c r="G16" s="62"/>
       <c r="H16" s="62"/>
       <c r="I16" s="63"/>
       <c r="J16" s="14"/>
       <c r="K16" s="14"/>
       <c r="L16" s="14"/>
       <c r="M16" s="14"/>
       <c r="N16" s="13"/>
       <c r="O16" s="13"/>
       <c r="P16" s="13"/>
       <c r="Q16" s="13"/>
       <c r="R16" s="13"/>
       <c r="S16" s="13"/>
       <c r="T16" s="12"/>
     </row>
-    <row r="17" spans="1:20" ht="18.600000000000001" customHeight="1">
+    <row r="17" spans="1:20" ht="18.5" customHeight="1">
       <c r="A17" s="15"/>
       <c r="B17" s="16"/>
       <c r="C17" s="17"/>
       <c r="D17" s="18" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="8" t="s">
         <v>5</v>
       </c>
       <c r="F17" s="8" t="s">
         <v>6</v>
       </c>
       <c r="G17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="H17" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I17" s="9" t="s">
         <v>27</v>
       </c>
       <c r="J17" s="14"/>
       <c r="K17" s="14"/>
       <c r="L17" s="14"/>
       <c r="M17" s="14"/>
       <c r="N17" s="13"/>
       <c r="O17" s="13"/>
       <c r="P17" s="13"/>
       <c r="Q17" s="13"/>
       <c r="R17" s="13"/>
       <c r="S17" s="13"/>
       <c r="T17" s="12"/>
     </row>
-    <row r="18" spans="1:20" ht="18.600000000000001" customHeight="1">
+    <row r="18" spans="1:20" ht="18.5" customHeight="1">
       <c r="A18" s="64" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="65"/>
       <c r="C18" s="66"/>
       <c r="D18" s="8" t="s">
         <v>11</v>
       </c>
       <c r="E18" s="8" t="s">
         <v>12</v>
       </c>
       <c r="F18" s="8" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H18" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I18" s="9" t="s">
         <v>8</v>
       </c>
       <c r="J18" s="14"/>
       <c r="K18" s="67"/>
       <c r="L18" s="14"/>
       <c r="M18" s="14"/>
       <c r="N18" s="13"/>
       <c r="O18" s="13"/>
       <c r="P18" s="13"/>
       <c r="Q18" s="13"/>
       <c r="R18" s="13"/>
       <c r="S18" s="13"/>
       <c r="T18" s="12"/>
     </row>
-    <row r="19" spans="1:20" ht="18.600000000000001" customHeight="1" thickBot="1">
+    <row r="19" spans="1:20" ht="18.5" customHeight="1" thickBot="1">
       <c r="A19" s="19"/>
       <c r="B19" s="20"/>
       <c r="C19" s="21"/>
       <c r="D19" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E19" s="8" t="s">
         <v>24</v>
       </c>
       <c r="F19" s="28">
         <v>0.22</v>
       </c>
       <c r="G19" s="29">
         <v>5.2499999999999998E-2</v>
       </c>
       <c r="H19" s="8" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="9" t="s">
         <v>28</v>
       </c>
       <c r="K19" s="67"/>
     </row>
-    <row r="20" spans="1:20" ht="18.600000000000001" customHeight="1">
+    <row r="20" spans="1:20" ht="18.5" customHeight="1">
       <c r="A20" s="54" t="s">
         <v>35</v>
       </c>
       <c r="B20" s="23"/>
       <c r="C20" s="23"/>
       <c r="D20" s="51">
         <v>390.21</v>
       </c>
       <c r="E20" s="42">
         <f t="shared" ref="E20:E23" si="10">ROUND((D20*0.25),2)</f>
         <v>97.55</v>
       </c>
       <c r="F20" s="42">
         <f>ROUND((E20*0.22),2)</f>
         <v>21.46</v>
       </c>
       <c r="G20" s="42">
         <f>ROUND((E20*0.0525),2)</f>
         <v>5.12</v>
       </c>
       <c r="H20" s="42">
         <f>F20+G20</f>
         <v>26.580000000000002</v>
       </c>
       <c r="I20" s="43">
         <f>E20-H20</f>
         <v>70.97</v>
       </c>
       <c r="K20" s="67"/>
     </row>
-    <row r="21" spans="1:20" ht="18.600000000000001" customHeight="1">
+    <row r="21" spans="1:20" ht="18.5" customHeight="1">
       <c r="A21" s="55" t="s">
         <v>26</v>
       </c>
       <c r="B21" s="22"/>
       <c r="C21" s="22"/>
       <c r="D21" s="52">
         <v>467.05</v>
       </c>
       <c r="E21" s="41">
         <f t="shared" si="10"/>
         <v>116.76</v>
       </c>
       <c r="F21" s="40">
         <f t="shared" ref="F21:F23" si="11">ROUND((E21*0.22),2)</f>
         <v>25.69</v>
       </c>
       <c r="G21" s="41">
         <f t="shared" ref="G21:G23" si="12">ROUND((E21*0.0525),2)</f>
         <v>6.13</v>
       </c>
       <c r="H21" s="41">
         <f t="shared" ref="H21:H23" si="13">F21+G21</f>
         <v>31.82</v>
       </c>
       <c r="I21" s="44">
         <f t="shared" ref="I21:I23" si="14">E21-H21</f>
         <v>84.94</v>
       </c>
       <c r="K21" s="67"/>
     </row>
-    <row r="22" spans="1:20" ht="18.600000000000001" customHeight="1">
+    <row r="22" spans="1:20" ht="18.5" customHeight="1">
       <c r="A22" s="55" t="s">
         <v>30</v>
       </c>
       <c r="B22" s="22"/>
       <c r="C22" s="22"/>
       <c r="D22" s="52">
         <v>469.54</v>
       </c>
       <c r="E22" s="41">
         <f t="shared" si="10"/>
         <v>117.39</v>
       </c>
       <c r="F22" s="40">
         <f t="shared" si="11"/>
         <v>25.83</v>
       </c>
       <c r="G22" s="41">
         <f t="shared" si="12"/>
         <v>6.16</v>
       </c>
       <c r="H22" s="41">
         <f t="shared" si="13"/>
         <v>31.99</v>
       </c>
       <c r="I22" s="44">
         <f t="shared" si="14"/>
         <v>85.4</v>
       </c>
       <c r="K22" s="67"/>
     </row>
-    <row r="23" spans="1:20" ht="18.600000000000001" customHeight="1" thickBot="1">
+    <row r="23" spans="1:20" ht="18.5" customHeight="1" thickBot="1">
       <c r="A23" s="56" t="s">
         <v>39</v>
       </c>
       <c r="B23" s="24"/>
       <c r="C23" s="24"/>
       <c r="D23" s="53">
         <v>475.14</v>
       </c>
       <c r="E23" s="30">
         <f t="shared" si="10"/>
         <v>118.79</v>
       </c>
       <c r="F23" s="45">
         <f t="shared" si="11"/>
         <v>26.13</v>
       </c>
       <c r="G23" s="30">
         <f t="shared" si="12"/>
         <v>6.24</v>
       </c>
       <c r="H23" s="30">
         <f t="shared" si="13"/>
         <v>32.369999999999997</v>
       </c>
       <c r="I23" s="31">
         <f t="shared" si="14"/>
         <v>86.420000000000016</v>
       </c>
       <c r="K23" s="67"/>
     </row>
-    <row r="24" spans="1:20" ht="20.55" customHeight="1" thickBot="1">
+    <row r="24" spans="1:20" ht="20.5" customHeight="1" thickBot="1">
       <c r="A24" s="57" t="s">
         <v>25</v>
       </c>
       <c r="B24" s="20"/>
       <c r="C24" s="20"/>
       <c r="D24" s="20"/>
       <c r="E24" s="20"/>
       <c r="F24" s="20"/>
       <c r="G24" s="20"/>
       <c r="H24" s="20"/>
       <c r="I24" s="21"/>
       <c r="K24" s="67"/>
     </row>
     <row r="25" spans="1:20" ht="30" customHeight="1"/>
     <row r="26" spans="1:20" ht="30" customHeight="1"/>
     <row r="27" spans="1:20" ht="30" customHeight="1"/>
     <row r="28" spans="1:20" ht="30" customHeight="1"/>
     <row r="29" spans="1:20" ht="30" customHeight="1"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="B2:M2"/>
     <mergeCell ref="A16:I16"/>
     <mergeCell ref="A18:C18"/>
     <mergeCell ref="K18:K24"/>
@@ -2289,50 +2289,59 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="17eb2ca1-151e-4498-8659-dcf34d506d6e" xsi:nil="true"/>
     <MediaLengthInSeconds xmlns="14d9695c-504e-42d3-bbe5-3afafe4352e5" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="14d9695c-504e-42d3-bbe5-3afafe4352e5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C20F6928D52C82458E417991CBCE85CE" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="def9dde6eefe657c08e59dd8ef34952f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="14d9695c-504e-42d3-bbe5-3afafe4352e5" xmlns:ns3="17eb2ca1-151e-4498-8659-dcf34d506d6e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f4b1c2c92ed01f116dd2280cc4c1da2e" ns2:_="" ns3:_="">
     <xsd:import namespace="14d9695c-504e-42d3-bbe5-3afafe4352e5"/>
     <xsd:import namespace="17eb2ca1-151e-4498-8659-dcf34d506d6e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -2523,85 +2532,93 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1893EF28-48C0-4DFF-B0BA-AC4133DB3212}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="08218398-255d-4417-a386-ad589d921abe"/>
     <ds:schemaRef ds:uri="3f83906a-44c9-40a5-b57b-580814ca79c1"/>
+    <ds:schemaRef ds:uri="17eb2ca1-151e-4498-8659-dcf34d506d6e"/>
+    <ds:schemaRef ds:uri="14d9695c-504e-42d3-bbe5-3afafe4352e5"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C49287C8-9B28-4DE7-AB66-9FCF9B4122B4}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ECB4DCB3-3655-4ADE-B25A-ACD4400686ED}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C49287C8-9B28-4DE7-AB66-9FCF9B4122B4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="14d9695c-504e-42d3-bbe5-3afafe4352e5"/>
+    <ds:schemaRef ds:uri="17eb2ca1-151e-4498-8659-dcf34d506d6e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>FY26</vt:lpstr>
       <vt:lpstr>'FY26'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Group Insurance Commission</Company>