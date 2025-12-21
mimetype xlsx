--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -3,60 +3,60 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11003"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov.sharepoint.com/sites/GIC-OperationsDepartment/Audit/audit/AGil/FY26 Rates/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/lesliemonteiro/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="6" documentId="8_{34C39038-B2D6-475F-B1EB-B570624EA536}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F8A1A8D0-8304-426A-B953-DB120B13CE85}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A2BBBFE2-498F-444F-97CB-40DB505853D9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="948" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="760" windowWidth="34560" windowHeight="19640" tabRatio="948" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="chart 3" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'chart 3'!$A$2:$E$25</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="24">
   <si>
@@ -451,51 +451,51 @@
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="48">
+  <cellXfs count="47">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="39" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="7" fontId="4" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="7" fontId="4" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -552,53 +552,50 @@
     <xf numFmtId="4" fontId="4" fillId="3" borderId="20" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="4" fillId="3" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="9" fontId="3" fillId="2" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="3" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="8" fontId="4" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="8" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="8" fontId="4" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="9" fontId="3" fillId="2" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="9" fontId="3" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
@@ -948,123 +945,123 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor theme="6" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:J31"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" view="pageLayout" topLeftCell="A5" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="E6" sqref="E6"/>
+      <selection activeCell="D13" sqref="D13:E13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="17.149999999999999" customHeight="1"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="9.1640625" defaultRowHeight="17.25" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="48.54296875" style="1" customWidth="1"/>
-    <col min="2" max="2" width="20.453125" style="1" customWidth="1"/>
+    <col min="1" max="1" width="48.5" style="1" customWidth="1"/>
+    <col min="2" max="2" width="20.5" style="1" customWidth="1"/>
     <col min="3" max="3" width="19" style="1" customWidth="1"/>
     <col min="4" max="4" width="21" style="1" customWidth="1"/>
-    <col min="5" max="5" width="19.453125" style="1" customWidth="1"/>
-    <col min="6" max="16384" width="9.1796875" style="1"/>
+    <col min="5" max="5" width="19.5" style="1" customWidth="1"/>
+    <col min="6" max="16384" width="9.1640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:5" ht="17.149999999999999" customHeight="1">
+    <row r="2" spans="1:5" ht="17.25" customHeight="1">
       <c r="A2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
     </row>
-    <row r="3" spans="1:5" ht="17.149999999999999" customHeight="1">
+    <row r="3" spans="1:5" ht="17.25" customHeight="1">
       <c r="A3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
     </row>
-    <row r="4" spans="1:5" ht="17.149999999999999" customHeight="1">
+    <row r="4" spans="1:5" ht="17.25" customHeight="1">
       <c r="A4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
     </row>
-    <row r="5" spans="1:5" ht="17.149999999999999" customHeight="1">
+    <row r="5" spans="1:5" ht="17.25" customHeight="1">
       <c r="A5" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
     </row>
-    <row r="6" spans="1:5" ht="17.149999999999999" customHeight="1">
+    <row r="6" spans="1:5" ht="17.25" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="3"/>
       <c r="C6" s="3"/>
       <c r="D6" s="3"/>
       <c r="E6" s="3"/>
     </row>
     <row r="7" spans="1:5" ht="17" customHeight="1">
       <c r="A7" s="3"/>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
     </row>
-    <row r="8" spans="1:5" ht="17.149999999999999" customHeight="1">
+    <row r="8" spans="1:5" ht="17.25" customHeight="1">
       <c r="A8" s="3"/>
       <c r="B8" s="3"/>
       <c r="C8" s="3"/>
       <c r="D8" s="3"/>
       <c r="E8" s="3"/>
     </row>
-    <row r="9" spans="1:5" ht="17.149999999999999" customHeight="1" thickBot="1">
+    <row r="9" spans="1:5" ht="17.25" customHeight="1" thickBot="1">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
     </row>
     <row r="10" spans="1:5" ht="19.5" customHeight="1" thickBot="1">
       <c r="A10" s="5"/>
       <c r="B10" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="14" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="7"/>
     </row>
     <row r="11" spans="1:5" ht="19.5" customHeight="1" thickBot="1">
       <c r="A11" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="25" t="s">
         <v>1</v>
       </c>
       <c r="C11" s="26" t="s">
@@ -1083,327 +1080,326 @@
       </c>
       <c r="B12" s="11">
         <v>29.66</v>
       </c>
       <c r="C12" s="15">
         <v>71.48</v>
       </c>
       <c r="D12" s="11">
         <v>29.66</v>
       </c>
       <c r="E12" s="12">
         <v>71.48</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="19.5" customHeight="1">
       <c r="A13" s="37"/>
       <c r="B13" s="38">
         <v>0.1</v>
       </c>
       <c r="C13" s="39">
         <v>0.1</v>
       </c>
       <c r="D13" s="45">
         <v>1</v>
       </c>
-      <c r="E13" s="46"/>
+      <c r="E13" s="39"/>
     </row>
     <row r="14" spans="1:5" ht="19.5" customHeight="1">
       <c r="A14" s="40" t="s">
         <v>3</v>
       </c>
       <c r="B14" s="41" t="s">
         <v>1</v>
       </c>
       <c r="C14" s="42" t="s">
         <v>2</v>
       </c>
       <c r="D14" s="41" t="s">
         <v>1</v>
       </c>
       <c r="E14" s="43" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="15" spans="1:5" ht="24.65" customHeight="1">
+    <row r="15" spans="1:5" ht="24.75" customHeight="1">
       <c r="A15" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="20">
         <v>143.5</v>
       </c>
       <c r="C15" s="21">
         <v>320.08</v>
       </c>
       <c r="D15" s="19">
         <v>1435.03</v>
       </c>
       <c r="E15" s="18">
         <v>3200.78</v>
       </c>
     </row>
-    <row r="16" spans="1:5" ht="24.65" customHeight="1">
+    <row r="16" spans="1:5" ht="24.75" customHeight="1">
       <c r="A16" s="23" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="29">
         <v>175.02</v>
       </c>
       <c r="C16" s="30">
         <v>389.01</v>
       </c>
       <c r="D16" s="31">
         <v>1750.22</v>
       </c>
       <c r="E16" s="32">
         <v>3890.1</v>
       </c>
     </row>
-    <row r="17" spans="1:10" ht="24.65" customHeight="1">
+    <row r="17" spans="1:10" ht="24.75" customHeight="1">
       <c r="A17" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="20">
         <v>108.93</v>
       </c>
       <c r="C17" s="21">
         <v>259.95</v>
       </c>
       <c r="D17" s="19">
         <v>1089.31</v>
       </c>
       <c r="E17" s="18">
         <v>2599.5300000000002</v>
       </c>
     </row>
-    <row r="18" spans="1:10" ht="24.65" customHeight="1">
+    <row r="18" spans="1:10" ht="24.75" customHeight="1">
       <c r="A18" s="23" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="29">
         <v>118.5</v>
       </c>
       <c r="C18" s="30">
         <v>293.37</v>
       </c>
       <c r="D18" s="31">
         <v>1185.01</v>
       </c>
       <c r="E18" s="32">
         <v>2933.73</v>
       </c>
     </row>
-    <row r="19" spans="1:10" ht="24.65" customHeight="1">
+    <row r="19" spans="1:10" ht="24.75" customHeight="1">
       <c r="A19" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="20">
         <v>108.87</v>
       </c>
       <c r="C19" s="21">
         <v>287.74</v>
       </c>
       <c r="D19" s="19">
         <v>1088.74</v>
       </c>
       <c r="E19" s="18">
         <v>2877.39</v>
       </c>
     </row>
-    <row r="20" spans="1:10" ht="24.65" customHeight="1">
+    <row r="20" spans="1:10" ht="24.75" customHeight="1">
       <c r="A20" s="23" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="29">
         <v>88.34</v>
       </c>
       <c r="C20" s="30">
         <v>224.69</v>
       </c>
       <c r="D20" s="31">
         <v>883.42</v>
       </c>
       <c r="E20" s="32">
         <v>2246.89</v>
       </c>
     </row>
-    <row r="21" spans="1:10" ht="24.65" customHeight="1">
+    <row r="21" spans="1:10" ht="24.75" customHeight="1">
       <c r="A21" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="20">
         <v>83.53</v>
       </c>
       <c r="C21" s="21">
         <v>207.61</v>
       </c>
       <c r="D21" s="19">
         <v>835.29</v>
       </c>
       <c r="E21" s="18">
         <v>2076.1</v>
       </c>
     </row>
-    <row r="22" spans="1:10" ht="24.65" customHeight="1" thickBot="1">
+    <row r="22" spans="1:10" ht="24.75" customHeight="1" thickBot="1">
       <c r="A22" s="24" t="s">
         <v>4</v>
       </c>
       <c r="B22" s="33">
         <v>85.72</v>
       </c>
       <c r="C22" s="34">
         <v>205.6</v>
       </c>
       <c r="D22" s="35">
         <v>857.22</v>
       </c>
       <c r="E22" s="36">
         <v>2056.02</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="6.75" customHeight="1">
       <c r="B23" s="16"/>
       <c r="C23" s="16"/>
       <c r="D23" s="17"/>
       <c r="E23" s="9"/>
     </row>
-    <row r="24" spans="1:10" ht="17.149999999999999" customHeight="1">
+    <row r="24" spans="1:10" ht="17.25" customHeight="1">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
     </row>
     <row r="25" spans="1:10" ht="15" customHeight="1">
       <c r="A25" s="8"/>
       <c r="B25" s="22"/>
       <c r="C25" s="22"/>
-      <c r="D25" s="47"/>
-      <c r="E25" s="47"/>
+      <c r="D25" s="46"/>
+      <c r="E25" s="46"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
       <c r="J25" s="2"/>
     </row>
-    <row r="26" spans="1:10" s="44" customFormat="1" ht="17.149999999999999" customHeight="1">
+    <row r="26" spans="1:10" s="44" customFormat="1" ht="17.25" customHeight="1">
       <c r="A26" s="8" t="s">
         <v>22</v>
       </c>
       <c r="B26" s="8"/>
       <c r="C26" s="8"/>
       <c r="D26" s="8"/>
       <c r="E26" s="8"/>
     </row>
-    <row r="27" spans="1:10" s="44" customFormat="1" ht="17.149999999999999" customHeight="1">
+    <row r="27" spans="1:10" s="44" customFormat="1" ht="17.25" customHeight="1">
       <c r="A27" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="8"/>
       <c r="D27" s="8"/>
       <c r="E27" s="8"/>
     </row>
-    <row r="28" spans="1:10" s="44" customFormat="1" ht="17.149999999999999" customHeight="1">
+    <row r="28" spans="1:10" s="44" customFormat="1" ht="17.25" customHeight="1">
       <c r="A28" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B28" s="8"/>
       <c r="C28" s="8"/>
       <c r="D28" s="8"/>
       <c r="E28" s="8"/>
     </row>
-    <row r="29" spans="1:10" s="44" customFormat="1" ht="17.149999999999999" customHeight="1">
+    <row r="29" spans="1:10" s="44" customFormat="1" ht="17.25" customHeight="1">
       <c r="A29" s="8"/>
       <c r="B29" s="8"/>
       <c r="C29" s="8"/>
       <c r="D29" s="8"/>
       <c r="E29" s="8"/>
     </row>
-    <row r="30" spans="1:10" s="44" customFormat="1" ht="17.149999999999999" customHeight="1">
+    <row r="30" spans="1:10" s="44" customFormat="1" ht="17.25" customHeight="1">
       <c r="A30" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B30" s="8"/>
       <c r="C30" s="8"/>
       <c r="D30" s="8"/>
       <c r="E30" s="8"/>
     </row>
-    <row r="31" spans="1:10" ht="17.149999999999999" customHeight="1">
+    <row r="31" spans="1:10" ht="17.25" customHeight="1">
       <c r="A31" s="2"/>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
     </row>
   </sheetData>
-  <mergeCells count="2">
-    <mergeCell ref="D13:E13"/>
+  <mergeCells count="1">
     <mergeCell ref="D25:E25"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.5" top="0.25" bottom="0.25" header="0.5" footer="0.4"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="17eb2ca1-151e-4498-8659-dcf34d506d6e" xsi:nil="true"/>
     <MediaLengthInSeconds xmlns="14d9695c-504e-42d3-bbe5-3afafe4352e5" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="14d9695c-504e-42d3-bbe5-3afafe4352e5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C20F6928D52C82458E417991CBCE85CE" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="def9dde6eefe657c08e59dd8ef34952f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="14d9695c-504e-42d3-bbe5-3afafe4352e5" xmlns:ns3="17eb2ca1-151e-4498-8659-dcf34d506d6e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f4b1c2c92ed01f116dd2280cc4c1da2e" ns2:_="" ns3:_="">
     <xsd:import namespace="14d9695c-504e-42d3-bbe5-3afafe4352e5"/>
     <xsd:import namespace="17eb2ca1-151e-4498-8659-dcf34d506d6e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -1598,87 +1594,104 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28E08115-34E5-4DFE-8340-8E3A99204B35}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0126367-8E5E-4184-8B18-3FB10D66B6A8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="08218398-255d-4417-a386-ad589d921abe"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="3f83906a-44c9-40a5-b57b-580814ca79c1"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="17eb2ca1-151e-4498-8659-dcf34d506d6e"/>
+    <ds:schemaRef ds:uri="14d9695c-504e-42d3-bbe5-3afafe4352e5"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28E08115-34E5-4DFE-8340-8E3A99204B35}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35E4ABAA-C598-45B2-A909-EB9F1A9ED05B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35E4ABAA-C598-45B2-A909-EB9F1A9ED05B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="14d9695c-504e-42d3-bbe5-3afafe4352e5"/>
+    <ds:schemaRef ds:uri="17eb2ca1-151e-4498-8659-dcf34d506d6e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>chart 3</vt:lpstr>
       <vt:lpstr>'chart 3'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>