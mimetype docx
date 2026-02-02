--- v0 (2025-12-07)
+++ v1 (2026-02-02)
@@ -1,80 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="38E53508" w14:textId="2825E298" w:rsidR="00F11409" w:rsidRDefault="00900E67" w:rsidP="00900E67">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5072A4E1" wp14:editId="592C2666">
             <wp:extent cx="1209675" cy="600075"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="2118679234" name="Graphic 2118679234" descr="MassHealth logo"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Graphic 2118679234"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                           <a16:creationId xmlns="" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" id="{0B90408E-33AD-DEBE-20D0-13E3C8981F00}"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209675" cy="600075"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -620,3785 +623,5845 @@
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Technical </w:t>
       </w:r>
       <w:r w:rsidR="00D44292" w:rsidRPr="5A76BED9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Correction </w:t>
       </w:r>
       <w:r w:rsidR="00D44292" w:rsidRPr="5A76BED9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>is a change made to rectify an error in the technical specification</w:t>
       </w:r>
       <w:r w:rsidR="27AB41D5" w:rsidRPr="5A76BED9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="471BF302" w14:textId="449691EF" w:rsidR="00D44292" w:rsidRPr="00C623C0" w:rsidRDefault="00D44292" w:rsidP="00403F2D">
+    <w:p w14:paraId="471BF302" w14:textId="449691EF" w:rsidR="00D44292" w:rsidRDefault="00D44292" w:rsidP="00403F2D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4CB88954">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Policy Update </w:t>
       </w:r>
       <w:r w:rsidRPr="4CB88954">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>is a modification of an existing requirement</w:t>
       </w:r>
       <w:r w:rsidR="3631D69A" w:rsidRPr="4CB88954">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16DACEBC" w14:textId="4A59AAFC" w:rsidR="00611017" w:rsidRPr="00C623C0" w:rsidRDefault="00611017" w:rsidP="00611017">
+    <w:p w14:paraId="772AD652" w14:textId="77777777" w:rsidR="0015375A" w:rsidRPr="00C623C0" w:rsidRDefault="0015375A" w:rsidP="0015375A">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9625" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1255"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="990"/>
+        <w:gridCol w:w="1951"/>
+        <w:gridCol w:w="790"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1724"/>
+        <w:gridCol w:w="2304"/>
+        <w:gridCol w:w="1044"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008E6BC4" w:rsidRPr="00C623C0" w14:paraId="3EAEF6C6" w14:textId="77777777" w:rsidTr="00660183">
+      <w:tr w:rsidR="0015375A" w:rsidRPr="00C91DD0" w14:paraId="29A831AE" w14:textId="77777777" w:rsidTr="009E1C89">
         <w:trPr>
-          <w:trHeight w:val="479"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1255" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4E022361" w14:textId="47D59F06" w:rsidR="008E6BC4" w:rsidRPr="00A27DAF" w:rsidRDefault="008E6BC4" w:rsidP="00611017">
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4816A412" w14:textId="37A15934" w:rsidR="0015375A" w:rsidRPr="00C91DD0" w:rsidRDefault="0015375A" w:rsidP="0015375A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A27DAF">
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Measure Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="720" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="431431C1" w14:textId="59C259DC" w:rsidR="008E6BC4" w:rsidRPr="00A27DAF" w:rsidRDefault="008E6BC4" w:rsidP="00611017">
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27A127B9" w14:textId="43E7E4AD" w:rsidR="0015375A" w:rsidRPr="00C91DD0" w:rsidRDefault="0015375A" w:rsidP="0015375A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A27DAF">
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Page #</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="78C59A11" w14:textId="1270170F" w:rsidR="008E6BC4" w:rsidRPr="00A27DAF" w:rsidRDefault="008E6BC4" w:rsidP="00611017">
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7DAE3C" w14:textId="323C90F2" w:rsidR="0015375A" w:rsidRPr="00C91DD0" w:rsidRDefault="0015375A" w:rsidP="0015375A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A27DAF">
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Type of Update</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4FB48007" w14:textId="7A88B13B" w:rsidR="008E6BC4" w:rsidRPr="00A27DAF" w:rsidRDefault="008E6BC4" w:rsidP="00611017">
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C921F52" w14:textId="5891746C" w:rsidR="0015375A" w:rsidRPr="00C91DD0" w:rsidRDefault="0015375A" w:rsidP="0015375A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A27DAF">
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Section Header</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="55485D80" w14:textId="2120236B" w:rsidR="008E6BC4" w:rsidRPr="00A27DAF" w:rsidRDefault="008E6BC4" w:rsidP="00611017">
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC85970" w14:textId="5F2C2B46" w:rsidR="0015375A" w:rsidRPr="00C91DD0" w:rsidRDefault="0015375A" w:rsidP="0015375A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A27DAF">
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Update</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5437C9D8" w14:textId="5FBAFB85" w:rsidR="008E6BC4" w:rsidRPr="00A27DAF" w:rsidRDefault="008E6BC4" w:rsidP="00611017">
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D1C16EC" w14:textId="3C8506AE" w:rsidR="0015375A" w:rsidRPr="00C91DD0" w:rsidRDefault="0015375A" w:rsidP="0015375A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A27DAF">
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="002060"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Update release date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00597596" w:rsidRPr="00C623C0" w14:paraId="0173A6F3" w14:textId="77777777" w:rsidTr="00660183">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00CD36DC" w:rsidRPr="00C91DD0" w14:paraId="494DDB64" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D74E5C9" w14:textId="745CBE88" w:rsidR="00CD36DC" w:rsidRPr="00C91DD0" w:rsidRDefault="00CD36DC" w:rsidP="00CD36DC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HRSN Screening</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38A04489" w14:textId="73D839AE" w:rsidR="00CD36DC" w:rsidRPr="00C91DD0" w:rsidRDefault="00CD36DC" w:rsidP="00CD36DC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00777FE7">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00043AAD">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="777200A0" w14:textId="7DAE2C49" w:rsidR="00CD36DC" w:rsidRPr="00C91DD0" w:rsidRDefault="00CD36DC" w:rsidP="00CD36DC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B8EF78D" w14:textId="1C8316BE" w:rsidR="00CD36DC" w:rsidRPr="00C91DD0" w:rsidRDefault="00CD36DC" w:rsidP="00CD36DC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Data Reporting Requirements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66BBDF1F" w14:textId="3A39B74D" w:rsidR="00CD36DC" w:rsidRPr="00C91DD0" w:rsidRDefault="00CD36DC" w:rsidP="00CD36DC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Added a note about G0136 code that it will no longer be applicable beginning January 1, 2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="506B8EB0" w14:textId="56B24B6A" w:rsidR="00CD36DC" w:rsidRPr="00C91DD0" w:rsidRDefault="00CD36DC" w:rsidP="00CD36DC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/</w:t>
+            </w:r>
+            <w:r w:rsidR="009E1C89">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w14:paraId="5A2CA92F" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F5740F8" w14:textId="7BE04660" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71643BFD" w14:textId="4222E72A" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D5E4735" w14:textId="042DE027" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14DE7E1E" w14:textId="6884B106" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Performance Requirements and Assessments</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="369911C7" w14:textId="3A514E9D" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Changed due date of Measure Assessment Report from Oct 31, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to “to be further specified by MassHealth.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="294BC0B5" w14:textId="43B48FA8" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D71533">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w14:paraId="03C35266" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A1C3224" w14:textId="69B305DA" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Competent Care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56BC8457" w14:textId="13F4652C" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="192DE1B6" w14:textId="21DA0ED2" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1038D05F" w14:textId="45774CDB" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administrative Specifications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E9E8A66" w14:textId="0CCC3ABD" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Included the revised formula used to calculate the DCC Training Rate (Rate 1) and removed previous “Denominator” and “Numerator” descriptions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="53306C9B" w14:textId="4641FA47" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D71533">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w14:paraId="0FCEAC96" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="363F752B" w14:textId="11F61B96" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Disability Competent Care</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B7EBDC6" w14:textId="298D0270" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="084335E4" w14:textId="21A35E54" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="157720F5" w14:textId="1366759D" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Performance Requirements and Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1638022A" w14:textId="5CBACB3F" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Modified to state MassHealth will calculate the DCC Training Rate (Rate 1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DB7D0B5" w14:textId="51FD151F" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D71533">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w14:paraId="13058037" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A26090C" w14:textId="0514071B" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Achievement of External Standards for Health Equity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20360CD8" w14:textId="3F1FC5CC" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="0069561B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54977B22" w14:textId="6C615AC4" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="525B97D3" w14:textId="755B0A24" w:rsidR="009E1C89" w:rsidRPr="0069561B" w:rsidRDefault="0069561B" w:rsidP="0069561B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0069561B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>All Sections</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EDC56A4" w14:textId="056E4800" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Noted the updated NCQA product name change from “Health Equity Accreditation” to “Health Outcomes Accreditation”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="05F49504" w14:textId="6B686388" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="156082" w:themeColor="accent1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D71533">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w14:paraId="69D200A2" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7118796D" w14:textId="32F3F8C5" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Achievement of External Standards for Health Equity</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52F74421" w14:textId="665D7EBF" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="0069561B" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-              </w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72FD97CD" w14:textId="45A49455" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05B5904F" w14:textId="2032BBCF" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administrative Specifications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="216DCB7E" w14:textId="75DD684A" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarified reporting requirement options: either 1a or 1b must be reported in PY3-5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C245B5F" w14:textId="29B7D876" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D71533">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w14:paraId="740CAA00" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B15C797" w14:textId="1E1E2692" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Member Experience: Communication, Courtesy, and Respect</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D96A40C" w14:textId="2FB5E6B8" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="0069561B">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17206968" w14:textId="5E3387A7" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Policy Update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="517876CC" w14:textId="79E7FD56" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Overview</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15725CE8" w14:textId="53EECD1E" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Given the decision to sunset the CG-CAPHS survey in 2026. Clarified that PY4 is Pay-for-Reporting and PY5 is Pay-for-Performance.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F63003A" w14:textId="1DDEB85B" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D71533">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005147F4" w:rsidRPr="00C91DD0" w14:paraId="6B23A097" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2957A42B" w14:textId="6C8986A9" w:rsidR="005147F4" w:rsidRPr="00C91DD0" w:rsidRDefault="005147F4" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Member Experience: Communication, Courtesy, and Respect</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2241D32D" w14:textId="52C2AA9D" w:rsidR="005147F4" w:rsidRPr="00C91DD0" w:rsidRDefault="005147F4" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00B4512D">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="524F18BF" w14:textId="2B597D9C" w:rsidR="005147F4" w:rsidRPr="00C91DD0" w:rsidRDefault="005147F4" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F754874" w14:textId="68A4A609" w:rsidR="005147F4" w:rsidRPr="00C91DD0" w:rsidRDefault="005147F4" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administrative Specifications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="116967A8" w14:textId="1F330F34" w:rsidR="005147F4" w:rsidRPr="00C91DD0" w:rsidRDefault="00E652F0" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Removed Question #5 in the Child Composite for Communication as it is not part of the composite.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="13BA3F86" w14:textId="4E4AFBF8" w:rsidR="005147F4" w:rsidRPr="00D71533" w:rsidRDefault="00E652F0" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w14:paraId="4FB423A0" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0227B242" w14:textId="2CCAF566" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Member Experience: Communication, Courtesy, and Respect</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47EE2D72" w14:textId="65A880ED" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00B4512D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17525359" w14:textId="6D72A816" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Policy Update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C543B26" w14:textId="62A74CB3" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Additional Measure Information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="566DF506" w14:textId="237E2FCA" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Added a note that MassHealth will not be administering the survey for PY2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="535DC750" w14:textId="08075A1B" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D71533">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w14:paraId="7FA591F7" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C94043A" w14:textId="3541B95B" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Member Experience: Communication, Courtesy, and Respect</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7572F936" w14:textId="629383E4" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00B4512D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56CF8C25" w14:textId="3B85E2D8" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Policy Update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73404746" w14:textId="1A5C542F" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PY3-5 Performance Requirements and Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03FB2E7C" w14:textId="63164F23" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Added that PY4 and PY5 Performance Requirements and Assessment are under development.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="56330DCF" w14:textId="4F42DDBB" w:rsidR="009E1C89" w:rsidRPr="00C91DD0" w:rsidRDefault="009E1C89" w:rsidP="009E1C89">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D71533">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="30DC3981" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3486A0CD" w14:textId="2EB7F412" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>HRSN Screening</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="720" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BD3A1FB" w14:textId="621B0FDC" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70F9D4ED" w14:textId="433C430A" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B6A7186" w14:textId="79E4A17C" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Administrative Specification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D91EB08" w14:textId="5313FD7E" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Removed “pending” and replaced with “</w:t>
             </w:r>
-            <w:r w:rsidRPr="008375BC">
+            <w:r w:rsidRPr="00C91DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>with</w:t>
             </w:r>
-            <w:r w:rsidRPr="008375BC">
-[...31 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> permission from NCQA.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F28B70" w14:textId="40F0B6E5" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6/13/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3181" w:rsidRPr="00C623C0" w14:paraId="7E57CD9D" w14:textId="77777777" w:rsidTr="00660183">
-[...16 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="00757D9E" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B96E056" w14:textId="6DA54D26" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>HRSN Screening</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="720" w:type="dxa"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3628E7E2" w14:textId="798DA276" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A549C1F" w14:textId="499E8C37" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Technical Correction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF634FD" w14:textId="627603DA" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Administrative Data Reporting Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="525BC50C" w14:textId="647EB549" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Added ICD-10 Code Z58.6 (</w:t>
             </w:r>
-            <w:r w:rsidRPr="00932749">
+            <w:r w:rsidRPr="00C91DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Inadequate drinking-water supply) to </w:t>
             </w:r>
-            <w:r w:rsidRPr="00932749">
+            <w:r w:rsidRPr="00C91DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Inadequate Housing.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="25A33002" w14:textId="6BFD8B5B" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="01490E5E" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3660D56A" w14:textId="78D81A17" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE81422" w14:textId="156DE443" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51592C60" w14:textId="33DA9437" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6508386A" w14:textId="6374CC75" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administrative Specification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="076916AC" w14:textId="12D4937A" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Removed “30 day follow up” from FUM, FUA, and FUH (to align with Quality measure reporting).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="659787FE" w14:textId="002A632D" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="71D39653" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB8DF9F" w14:textId="752B5D22" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5167CECC" w14:textId="1BA0CC81" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>58, 59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16754CF7" w14:textId="02D228FD" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D1665F1" w14:textId="537B2742" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Additional Measure Information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F518998" w14:textId="369DF568" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarified acceptable use of imputed data in the stratified reports.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="06186B28" w14:textId="64DC6CDF" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="66C9E904" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D3AE237" w14:textId="77499BE6" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37053FC2" w14:textId="5DEEAE2E" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F6BBEE8" w14:textId="289CFCA5" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4387A46C" w14:textId="299508EE" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Measure Summary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45BB8A6B" w14:textId="558454C6" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarified Component 2, changing “either interpreter services or in language services” to “language assistance services.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="46B9F3C7" w14:textId="50B50041" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="37136CB0" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5270C9EF" w14:textId="4AD78CAA" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BFFC372" w14:textId="4A3C216F" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF9BC4A" w14:textId="7FDB8AB1" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60B92E7C" w14:textId="2464B3AB" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Eligible Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B392F74" w14:textId="464D7B44" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Removed “pending” and replaced with “</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> permission from NCQA.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BDE37E7" w14:textId="257EB8DF" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6/13/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3181" w:rsidRPr="00C623C0" w14:paraId="7B77B081" w14:textId="77777777" w:rsidTr="00660183">
-[...13 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="176C9E3D" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15490ED4" w14:textId="0986FC56" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ECAA20D" w14:textId="1A8B20FF" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>63, 64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB787B1" w14:textId="667DA17D" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51DD6944" w14:textId="7CA923DB" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administrative Specification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="361C38FC" w14:textId="7FD17487" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clarified Component 2 description and numerator, changing “either interpreter services or in language </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>services” to “language assistance services.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="73C2E8DF" w14:textId="21705582" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="4F97A02B" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D9877C1" w14:textId="6D8D1672" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D36F748" w14:textId="58A2F26C" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40B992FF" w14:textId="7E3AFF5C" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4914A2" w14:textId="38635C5E" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administrative Specification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50A95614" w14:textId="56DB4402" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>For Component 2 Numerator, addition of “language services documentation system (e.g., vendor logs)” as an acceptable source of documentation for language assistance services provided.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B582532" w14:textId="34CCF3F8" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="2E6BEE1A" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="158BD666" w14:textId="35B83282" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30ACCE50" w14:textId="76766EA7" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7073A2EF" w14:textId="387FFD2C" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3E9CCB" w14:textId="2120483E" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Eligible Population</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4011D5DD" w14:textId="6E804265" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Removed Note in “Events” row. Not applicable as MassHealth will identify the eligible population and provide a sample.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="07464905" w14:textId="49800EA8" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="1005ACF8" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF0E67F" w14:textId="50BF2782" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16C77047" w14:textId="505B9652" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...137 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C2B1AF9" w14:textId="64A29770" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...289 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB6B1BA" w14:textId="4C9880BF" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eligible Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27CCFC5F" w14:textId="11901028" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Removed “pending” and replaced with “</w:t>
             </w:r>
-            <w:r w:rsidRPr="006F1E05">
+            <w:r w:rsidRPr="00C91DD0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>with</w:t>
             </w:r>
-            <w:r w:rsidRPr="006F1E05">
-[...31 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> permission from NCQA.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DFA8D25" w14:textId="5EC8902B" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6/13/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3181" w:rsidRPr="00C623C0" w14:paraId="0A41C92C" w14:textId="77777777" w:rsidTr="00660183">
-[...27 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="293B214D" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="089FD69A" w14:textId="4F4F9FF5" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76F8845E" w14:textId="3CB847C8" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36FB13B8" w14:textId="04A68BF7" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59304033" w14:textId="04544113" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Definitions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B1BD3DF" w14:textId="2F512E2D" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Revised ages for each of the six questions to align with the ages listed in the RELD SOGI Data Completeness – Disability Data Completeness measure (under Eligible Population).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="659BE8B4" w14:textId="586537A2" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="5F36400F" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49A65504" w14:textId="3E142009" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D186228" w14:textId="251DDF79" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...28 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B7A5AFD" w14:textId="0612F582" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Clarification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...38 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2001A089" w14:textId="206139D2" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Definitions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79786EB9" w14:textId="4CF3EC9A" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Added definition for “Covered Individual with Eligibility for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>services” to “language assistance services</w:t>
-[...27 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>MassHealth on the Basis of a Disability.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3CAFF0" w14:textId="44C8BC71" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6/13/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3181" w:rsidRPr="00C623C0" w14:paraId="2A55C206" w14:textId="77777777" w:rsidTr="00660183">
-[...16 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="2960979F" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57660FB5" w14:textId="63F2157D" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0175699A" w14:textId="592F3F77" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>77, 78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1060DA11" w14:textId="04A29705" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Policy Update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E9A7C97" w14:textId="6C8845AC" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Reporting Method</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37AA9DF6" w14:textId="42E5D3CA" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Changed Reporting Method for Element 2 in which MassHealth provides a sample for which the MCO is required to report.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="277AB438" w14:textId="05FAD36A" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="512772FE" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AC56801" w14:textId="71736305" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5233A057" w14:textId="72AAB478" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>78-80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="219B095E" w14:textId="19DA50F7" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Technical Correction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53C313DE" w14:textId="6760C076" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PY3-5 Performance Requirements and Assessments</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C45992" w14:textId="77777777" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Changed due date for Reporting Element 2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58ACDC54" w14:textId="77777777" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>In PY3: from ‘June 30, 2026’ to ‘September 1, 2026.’</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DDE18BE" w14:textId="7A8D5562" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In PY4-5: from ‘June 30 following the PY’ to ‘September 1 following the PY.’ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C681CD8" w14:textId="1B118CC3" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6/13/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="64DC3C2C" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="736355F7" w14:textId="276FB621" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HRSN Screening</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44E5DAE4" w14:textId="03AADCBD" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="410B47E7" w14:textId="4CE2EA45" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68D2320C" w14:textId="384227F7" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PY3-5 Performance Requirements &amp; Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62D6DAFC" w14:textId="5D0412D5" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarified that the data submission due date is applicable to all data submitted by the MCO (administrative and supplemental, as applicable).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="679BF393" w14:textId="005368FF" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="7776E53D" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22552169" w14:textId="1AEFBC88" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>HRSN Screening</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36EF6C8C" w14:textId="7A20623B" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A240191" w14:textId="47655BD5" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="725CCED2" w14:textId="1680D186" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PY3-5 Performance Requirements &amp; Assessment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D774280" w14:textId="66F2BEAB" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Added language about audit expectations.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="133F1E37" w14:textId="0989A0C8" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="59BC2CD7" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D042E8F" w14:textId="7FE9D964" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="647AF851" w14:textId="4945CF22" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C95297E" w14:textId="1628244B" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Policy Update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6165C075" w14:textId="1D051C07" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administrative Specification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="179521BF" w14:textId="6810F6A8" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Removed reference to selection of alternative measures (given MCOs may select </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>any measure from their Quality Slate).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3C5CAD" w14:textId="6DD37B1F" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="569630D3" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="733DF5D7" w14:textId="65274A46" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B0D2108" w14:textId="2F593C91" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31B90759" w14:textId="0D75580D" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="225BBA33" w14:textId="69BFA83D" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administrative Specification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3402FA57" w14:textId="78A60ADE" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarified that MassHealth may request member-level data.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="714A9DD7" w14:textId="14FBD745" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="4F85C1E8" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A870EF6" w14:textId="1C7E25D8" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A55B082" w14:textId="2E7E96A7" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54614D75" w14:textId="49664D93" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Policy Update</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33E5605D" w14:textId="74BAD020" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Administrative Specification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01AEA7FB" w14:textId="3DCF3FA8" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Expanded the full list of measures eligible for disparities reduction to include the entire MassHealth MCO Quality Slate and removed option to select alternative measures.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="246EF3A5" w14:textId="52C9D663" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="77911262" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BFD04C2" w14:textId="2432834F" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Quality Performance Disparities Reduction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AC76CC" w14:textId="40E44464" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37562E4D" w14:textId="1020903D" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="003B10AD" w14:textId="4C4A3AD1" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Additional Measure Information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FB6202" w14:textId="56BF48C7" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarified that the Race &amp; Ethnicity standards for stratification apply to the PY3 Measure Assessment Report.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AEBEA86" w14:textId="0357E6DE" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="189CE6E6" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4453A7C4" w14:textId="5E408DB1" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Language Access</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="720" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5A41ECFD" w14:textId="7FEDD600" w:rsidR="00BA3181" w:rsidRDefault="00FF7B86" w:rsidP="00BA3181">
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5857EC48" w14:textId="6D889E3C" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40107D71" w14:textId="2D2B42F5" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53A9387C" w14:textId="6FB47EDA" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PY3-5 Performance Requirements &amp; Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE8BE1F" w14:textId="7A7366D4" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Added language about audit expectations.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="04D27346" w14:textId="383CDA1D" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="164A4EE6" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C6AC5E4" w14:textId="11885132" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0736A93A" w14:textId="359FA9A8" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5706D10A" w14:textId="493C583D" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B8E4499" w14:textId="2B11FD92" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Reporting Method</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BEA84DC" w14:textId="6C39829C" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w14:paraId="2E2D7EDA" w14:textId="3F180CD1" w:rsidR="00BA3181" w:rsidRDefault="00BA3181" w:rsidP="00BA3181">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Added language about audit expectations for PY3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EF7DF9C" w14:textId="755479D4" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w14:paraId="6900FA30" w14:textId="77777777" w:rsidTr="009E1C89">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59BD1C0D" w14:textId="44D2AE3B" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Disability Accommodation Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46EA10B0" w14:textId="6172DCC8" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8F1458" w14:textId="0E8CCC36" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Clarification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1724" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="380C36BB" w14:textId="4A82E824" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PY3-5 Performance Requirements &amp; Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2304" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="479C77B4" w14:textId="1B109395" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...80 lines deleted...]
-              <w:t>6/13/25</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Added language about audit expectations for PY4-5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="58A91113" w14:textId="65FA812F" w:rsidR="000D4CDA" w:rsidRPr="00C91DD0" w:rsidRDefault="000D4CDA" w:rsidP="000D4CDA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91DD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3/14/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BA3181" w:rsidRPr="00C623C0" w14:paraId="72FE3946" w14:textId="77777777" w:rsidTr="00660183">
-[...2013 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="5A361ACD" w14:textId="6720AE47" w:rsidR="00403F2D" w:rsidRPr="00C623C0" w:rsidRDefault="00403F2D" w:rsidP="5A76BED9">
+    <w:p w14:paraId="16DACEBC" w14:textId="4A59AAFC" w:rsidR="00611017" w:rsidRDefault="00611017" w:rsidP="00611017">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00403F2D" w:rsidRPr="00C623C0">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="6A0FC4CD" w14:textId="77777777" w:rsidR="0015375A" w:rsidRDefault="0015375A" w:rsidP="00611017">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0015375A">
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="123ED4C7" w14:textId="77777777" w:rsidR="00ED6E81" w:rsidRDefault="00ED6E81" w:rsidP="000F7356">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="2E01BBE8" w14:textId="77777777" w:rsidR="00ED6E81" w:rsidRDefault="00ED6E81" w:rsidP="000F7356">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-475610280"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1769616900"/>
+          <w:docPartObj>
+            <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+            <w:docPartUnique/>
+          </w:docPartObj>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:p w14:paraId="353C0EB6" w14:textId="50E97359" w:rsidR="000F7356" w:rsidRDefault="009642E3">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">PY3-5 MQEIP Tech Spec Change Log: Updated </w:t>
+            </w:r>
+            <w:r w:rsidR="00B4512D">
+              <w:t>January 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">                                               </w:t>
+            </w:r>
+            <w:r w:rsidR="000F7356">
+              <w:t xml:space="preserve">Page </w:t>
+            </w:r>
+            <w:r w:rsidR="000F7356">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="000F7356">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r w:rsidR="000F7356">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="000F7356">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="000F7356">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="000F7356">
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r w:rsidR="000F7356">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="000F7356">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+            </w:r>
+            <w:r w:rsidR="000F7356">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="000F7356">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="000F7356">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:sdtContent>
+      </w:sdt>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="1EE74465" w14:textId="77777777" w:rsidR="000F7356" w:rsidRDefault="000F7356">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="1B765B94" w14:textId="77777777" w:rsidR="00ED6E81" w:rsidRDefault="00ED6E81" w:rsidP="000F7356">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="79D1515D" w14:textId="77777777" w:rsidR="00ED6E81" w:rsidRDefault="00ED6E81" w:rsidP="000F7356">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00900E67"/>
     <w:rsid w:val="00002683"/>
     <w:rsid w:val="00002931"/>
     <w:rsid w:val="00013BFA"/>
     <w:rsid w:val="00023306"/>
     <w:rsid w:val="000244EE"/>
     <w:rsid w:val="000327FD"/>
     <w:rsid w:val="0003444D"/>
     <w:rsid w:val="00037F29"/>
     <w:rsid w:val="00040A48"/>
+    <w:rsid w:val="00043AAD"/>
     <w:rsid w:val="00054AFF"/>
     <w:rsid w:val="00063810"/>
     <w:rsid w:val="00074550"/>
     <w:rsid w:val="000903D7"/>
+    <w:rsid w:val="00091357"/>
     <w:rsid w:val="000A27BC"/>
     <w:rsid w:val="000B5D9F"/>
     <w:rsid w:val="000C1076"/>
+    <w:rsid w:val="000D4CDA"/>
     <w:rsid w:val="000F067B"/>
+    <w:rsid w:val="000F4C02"/>
+    <w:rsid w:val="000F7356"/>
     <w:rsid w:val="00132F52"/>
     <w:rsid w:val="0014703F"/>
+    <w:rsid w:val="0015375A"/>
     <w:rsid w:val="00154076"/>
     <w:rsid w:val="001746BD"/>
     <w:rsid w:val="00187DDF"/>
     <w:rsid w:val="00193743"/>
     <w:rsid w:val="001B759E"/>
     <w:rsid w:val="001F1CD6"/>
     <w:rsid w:val="00234053"/>
     <w:rsid w:val="002467BE"/>
     <w:rsid w:val="0025420D"/>
     <w:rsid w:val="00254AA4"/>
     <w:rsid w:val="00261AC9"/>
     <w:rsid w:val="00261E7A"/>
     <w:rsid w:val="002657E1"/>
+    <w:rsid w:val="00295961"/>
     <w:rsid w:val="002B12B2"/>
     <w:rsid w:val="002B736D"/>
     <w:rsid w:val="002C03EC"/>
     <w:rsid w:val="002C2646"/>
     <w:rsid w:val="002C4109"/>
     <w:rsid w:val="002C5291"/>
     <w:rsid w:val="002C7037"/>
+    <w:rsid w:val="002F39C8"/>
+    <w:rsid w:val="002F6662"/>
     <w:rsid w:val="00301065"/>
     <w:rsid w:val="003013C0"/>
     <w:rsid w:val="00304F0F"/>
     <w:rsid w:val="00320F9C"/>
     <w:rsid w:val="00324516"/>
     <w:rsid w:val="0033747F"/>
     <w:rsid w:val="00341FC4"/>
     <w:rsid w:val="0034287B"/>
     <w:rsid w:val="00355273"/>
     <w:rsid w:val="00364E41"/>
     <w:rsid w:val="00364FDA"/>
+    <w:rsid w:val="003751B6"/>
     <w:rsid w:val="00382C48"/>
     <w:rsid w:val="0038390A"/>
     <w:rsid w:val="00390336"/>
     <w:rsid w:val="003B7481"/>
     <w:rsid w:val="003C66E2"/>
     <w:rsid w:val="003C6EAA"/>
     <w:rsid w:val="003D1EE2"/>
+    <w:rsid w:val="00402201"/>
     <w:rsid w:val="00403F2D"/>
     <w:rsid w:val="00424CF0"/>
     <w:rsid w:val="0044507C"/>
     <w:rsid w:val="00445DB9"/>
     <w:rsid w:val="00453219"/>
     <w:rsid w:val="0045392D"/>
     <w:rsid w:val="004557D2"/>
+    <w:rsid w:val="0045703D"/>
     <w:rsid w:val="00457372"/>
     <w:rsid w:val="00460D13"/>
     <w:rsid w:val="00467A44"/>
     <w:rsid w:val="004777D8"/>
     <w:rsid w:val="00483220"/>
+    <w:rsid w:val="00484048"/>
     <w:rsid w:val="00494A2D"/>
     <w:rsid w:val="00497FF1"/>
     <w:rsid w:val="004B50BA"/>
     <w:rsid w:val="004C1C18"/>
     <w:rsid w:val="004F62B6"/>
+    <w:rsid w:val="005041B2"/>
+    <w:rsid w:val="00504BC1"/>
     <w:rsid w:val="00511074"/>
+    <w:rsid w:val="005147F4"/>
+    <w:rsid w:val="005169AE"/>
+    <w:rsid w:val="0052035C"/>
     <w:rsid w:val="005774C0"/>
     <w:rsid w:val="00580202"/>
     <w:rsid w:val="00594DB7"/>
     <w:rsid w:val="00597596"/>
     <w:rsid w:val="005A0B91"/>
     <w:rsid w:val="005A7621"/>
     <w:rsid w:val="005A7AD2"/>
     <w:rsid w:val="005B39D7"/>
     <w:rsid w:val="005C1DE2"/>
+    <w:rsid w:val="005E1EA3"/>
     <w:rsid w:val="005E4F1A"/>
+    <w:rsid w:val="005F2244"/>
     <w:rsid w:val="005F4CBC"/>
     <w:rsid w:val="005F6892"/>
     <w:rsid w:val="00605B8F"/>
     <w:rsid w:val="00611017"/>
     <w:rsid w:val="00620477"/>
     <w:rsid w:val="00631AB6"/>
     <w:rsid w:val="006425F6"/>
     <w:rsid w:val="00660183"/>
     <w:rsid w:val="00666C8B"/>
     <w:rsid w:val="00675A00"/>
     <w:rsid w:val="00693B29"/>
+    <w:rsid w:val="0069561B"/>
     <w:rsid w:val="006A1000"/>
     <w:rsid w:val="006C2492"/>
     <w:rsid w:val="006C56D7"/>
     <w:rsid w:val="006E6E29"/>
     <w:rsid w:val="006F2DAF"/>
     <w:rsid w:val="00716A1D"/>
     <w:rsid w:val="00720B7A"/>
+    <w:rsid w:val="00722E34"/>
     <w:rsid w:val="00726AB3"/>
     <w:rsid w:val="007326C7"/>
     <w:rsid w:val="00742724"/>
     <w:rsid w:val="00743E9D"/>
     <w:rsid w:val="0076E01C"/>
     <w:rsid w:val="007745E4"/>
     <w:rsid w:val="00775A59"/>
+    <w:rsid w:val="00777FE7"/>
     <w:rsid w:val="007831D4"/>
     <w:rsid w:val="007B459C"/>
     <w:rsid w:val="007C3027"/>
     <w:rsid w:val="007D7B22"/>
     <w:rsid w:val="007F4AA9"/>
     <w:rsid w:val="007F6ADB"/>
     <w:rsid w:val="00801BE4"/>
     <w:rsid w:val="008072CD"/>
     <w:rsid w:val="008217BC"/>
     <w:rsid w:val="00853DD4"/>
     <w:rsid w:val="00856C7A"/>
     <w:rsid w:val="00865E78"/>
     <w:rsid w:val="0087545A"/>
+    <w:rsid w:val="00881C1D"/>
     <w:rsid w:val="00884142"/>
     <w:rsid w:val="008A47AA"/>
     <w:rsid w:val="008B4FCD"/>
     <w:rsid w:val="008C0E19"/>
     <w:rsid w:val="008E53B1"/>
     <w:rsid w:val="008E6BC4"/>
     <w:rsid w:val="00900E67"/>
     <w:rsid w:val="00911DB1"/>
     <w:rsid w:val="00913EAF"/>
+    <w:rsid w:val="009154D7"/>
     <w:rsid w:val="00916721"/>
+    <w:rsid w:val="009642E3"/>
     <w:rsid w:val="00972A49"/>
     <w:rsid w:val="009743B0"/>
     <w:rsid w:val="009860BF"/>
     <w:rsid w:val="0099015D"/>
     <w:rsid w:val="00991298"/>
     <w:rsid w:val="009B292B"/>
     <w:rsid w:val="009C7119"/>
     <w:rsid w:val="009D76A8"/>
+    <w:rsid w:val="009E1C89"/>
     <w:rsid w:val="009E4481"/>
     <w:rsid w:val="009F27B6"/>
     <w:rsid w:val="00A25590"/>
     <w:rsid w:val="00A27DAF"/>
     <w:rsid w:val="00A54584"/>
     <w:rsid w:val="00A77A53"/>
     <w:rsid w:val="00AA446E"/>
     <w:rsid w:val="00AA5AF5"/>
     <w:rsid w:val="00AC09F2"/>
     <w:rsid w:val="00AE46FC"/>
     <w:rsid w:val="00AF3C6B"/>
     <w:rsid w:val="00B2642B"/>
     <w:rsid w:val="00B330BC"/>
     <w:rsid w:val="00B35853"/>
-    <w:rsid w:val="00B47E05"/>
+    <w:rsid w:val="00B4512D"/>
     <w:rsid w:val="00B63776"/>
     <w:rsid w:val="00B646C1"/>
     <w:rsid w:val="00B6789D"/>
     <w:rsid w:val="00B72B1F"/>
     <w:rsid w:val="00B75291"/>
     <w:rsid w:val="00BA073B"/>
     <w:rsid w:val="00BA3181"/>
     <w:rsid w:val="00BE04E4"/>
     <w:rsid w:val="00BE08D3"/>
     <w:rsid w:val="00BE5590"/>
     <w:rsid w:val="00BF35AF"/>
     <w:rsid w:val="00BF4CC9"/>
     <w:rsid w:val="00C07C81"/>
     <w:rsid w:val="00C33058"/>
     <w:rsid w:val="00C4361F"/>
     <w:rsid w:val="00C50F9B"/>
     <w:rsid w:val="00C6087B"/>
     <w:rsid w:val="00C623C0"/>
     <w:rsid w:val="00C7711A"/>
+    <w:rsid w:val="00C91DD0"/>
     <w:rsid w:val="00C9553F"/>
     <w:rsid w:val="00CA18E8"/>
     <w:rsid w:val="00CA4650"/>
     <w:rsid w:val="00CB34AB"/>
     <w:rsid w:val="00CB54D1"/>
     <w:rsid w:val="00CC60A0"/>
+    <w:rsid w:val="00CD36DC"/>
+    <w:rsid w:val="00CF582A"/>
     <w:rsid w:val="00D07B0C"/>
     <w:rsid w:val="00D110E1"/>
+    <w:rsid w:val="00D12510"/>
     <w:rsid w:val="00D13B1F"/>
     <w:rsid w:val="00D1614E"/>
     <w:rsid w:val="00D16A4C"/>
     <w:rsid w:val="00D27FCA"/>
+    <w:rsid w:val="00D32C33"/>
     <w:rsid w:val="00D36C94"/>
     <w:rsid w:val="00D44292"/>
     <w:rsid w:val="00D504AD"/>
     <w:rsid w:val="00D52CA5"/>
     <w:rsid w:val="00D61A27"/>
     <w:rsid w:val="00D72232"/>
     <w:rsid w:val="00D74294"/>
     <w:rsid w:val="00DA6800"/>
     <w:rsid w:val="00DB3BC2"/>
     <w:rsid w:val="00DD0441"/>
     <w:rsid w:val="00DD49E5"/>
     <w:rsid w:val="00DF27DE"/>
+    <w:rsid w:val="00DF5E2E"/>
+    <w:rsid w:val="00E034C8"/>
     <w:rsid w:val="00E0425A"/>
     <w:rsid w:val="00E14A9E"/>
     <w:rsid w:val="00E54B98"/>
+    <w:rsid w:val="00E652F0"/>
     <w:rsid w:val="00E9596D"/>
     <w:rsid w:val="00E95A7E"/>
+    <w:rsid w:val="00ED6E81"/>
     <w:rsid w:val="00EE50CC"/>
     <w:rsid w:val="00EF48F9"/>
     <w:rsid w:val="00EF6E1D"/>
     <w:rsid w:val="00F11409"/>
     <w:rsid w:val="00F460EC"/>
     <w:rsid w:val="00F63AC4"/>
     <w:rsid w:val="00F7305B"/>
     <w:rsid w:val="00F74E6C"/>
     <w:rsid w:val="00F7706F"/>
     <w:rsid w:val="00F80AAB"/>
     <w:rsid w:val="00FA7D63"/>
+    <w:rsid w:val="00FA7F72"/>
     <w:rsid w:val="00FC3A33"/>
     <w:rsid w:val="00FD5044"/>
     <w:rsid w:val="00FE6B94"/>
     <w:rsid w:val="00FF7B86"/>
+    <w:rsid w:val="033BD135"/>
     <w:rsid w:val="04B64386"/>
     <w:rsid w:val="05322332"/>
     <w:rsid w:val="0BA8957E"/>
     <w:rsid w:val="0E5B2887"/>
     <w:rsid w:val="12F3C1D1"/>
     <w:rsid w:val="1614398C"/>
     <w:rsid w:val="16B05469"/>
     <w:rsid w:val="1A92BC77"/>
     <w:rsid w:val="27AB41D5"/>
     <w:rsid w:val="28649E86"/>
     <w:rsid w:val="2C110A82"/>
     <w:rsid w:val="2F766A57"/>
     <w:rsid w:val="3631D69A"/>
     <w:rsid w:val="3838D80D"/>
     <w:rsid w:val="3B0EA2D3"/>
     <w:rsid w:val="41DA218C"/>
     <w:rsid w:val="4311782F"/>
+    <w:rsid w:val="4815E028"/>
     <w:rsid w:val="4CB88954"/>
     <w:rsid w:val="53E7D088"/>
     <w:rsid w:val="55516D6E"/>
     <w:rsid w:val="5A76BED9"/>
     <w:rsid w:val="6233C127"/>
     <w:rsid w:val="6AA42312"/>
     <w:rsid w:val="6BA86436"/>
     <w:rsid w:val="6F8ED833"/>
     <w:rsid w:val="701C7240"/>
+    <w:rsid w:val="7300133F"/>
     <w:rsid w:val="7FE8A1F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="15FED9BD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3B84472E-6D16-4AF1-9E69-6A4C6B118498}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -5403,62 +7466,106 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00063810"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="006C2492"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="006C2492"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000F7356"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000F7356"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000F7356"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000F7356"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -5743,81 +7850,83 @@
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ca181a51-b58f-4101-967e-bee951ab042e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
+    <BriefDescription xmlns="ca181a51-b58f-4101-967e-bee951ab042e" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000E4AA08DB2E7574BB85FD0D75957E082" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2ed83f62f0d1681052340db29e193215">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b54f10f4e79eec172ed26ef1834b7607" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000E4AA08DB2E7574BB85FD0D75957E082" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f2df0f1ff799e2b1eec60a5ae7dbd158">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a2b684e3fc6b7474634bd10d69afc92c" ns2:_="" ns3:_="">
     <xsd:import namespace="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <xsd:import namespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:BriefDescription" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ca181a51-b58f-4101-967e-bee951ab042e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -5836,50 +7945,57 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="18" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="19" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BriefDescription" ma:index="21" nillable="true" ma:displayName="Brief Description" ma:format="Dropdown" ma:internalName="BriefDescription">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -5979,118 +8095,114 @@
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{285963D1-BBDF-4D7D-99FA-6E5D9BCDEA41}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C2F6250-C6E2-41FB-88DB-34FCA00D1B0E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA314F96-88F0-4E91-855E-1B95E5065C78}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C69B36A-2C30-4C64-A801-D88F1CF0AB63}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5843183F-C624-4025-9210-756190E46F8D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4410</Characters>
+  <Pages>6</Pages>
+  <Words>1075</Words>
+  <Characters>6134</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5173</CharactersWithSpaces>
+  <CharactersWithSpaces>7195</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Guimaraes, Erica (EHS)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000E4AA08DB2E7574BB85FD0D75957E082</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="GrammarlyDocumentId">
+    <vt:lpwstr>b0cbb28d-e063-4ab5-8ca9-726c15d3584d</vt:lpwstr>
+  </property>
 </Properties>
 </file>