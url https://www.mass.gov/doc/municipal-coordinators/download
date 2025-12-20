--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -7,53 +7,53 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="11003"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/lesliemonteiro/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{03B8AC57-0E05-094B-B08D-DE57BD961E9D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C9753673-00B1-104E-A389-84D8DA805324}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="760" windowWidth="19360" windowHeight="14700" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="240" yWindow="760" windowWidth="24200" windowHeight="18280" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Report_Communication_Coord_List" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Report_Communication_Coord_List!$1:$4</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="646" uniqueCount="480">
   <si>
     <t>Agy/Div</t>
   </si>
   <si>
     <t>Agy/Div Name</t>
   </si>
   <si>
     <t>Coordinator Name</t>
   </si>
   <si>
     <t>Coordinator Title</t>
   </si>
@@ -1502,73 +1502,79 @@
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color rgb="FF4682B4"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...4 lines deleted...]
-      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCAE4F9"/>
         <bgColor rgb="FFCAE4F9"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1"/>
+        <bgColor rgb="FF4682B4"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD3D3D3"/>
       </left>
       <right style="thin">
         <color rgb="FFD3D3D3"/>
       </right>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
@@ -1579,88 +1585,91 @@
         <color rgb="FFD3D3D3"/>
       </right>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="15">
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="004682B4"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00CAE4F9"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -1728,51 +1737,51 @@
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.gif"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>785164</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>139700</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1">
+        <xdr:cNvPr id="2" name="Picture 1" descr="MAGIC GIC logo">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -2049,2374 +2058,2374 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:Q58"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="I4" sqref="I4"/>
+      <selection pane="bottomLeft" activeCell="I3" sqref="I3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.33203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="13.1640625" customWidth="1"/>
     <col min="4" max="4" width="0.33203125" customWidth="1"/>
     <col min="5" max="5" width="7.33203125" customWidth="1"/>
     <col min="6" max="6" width="19.6640625" customWidth="1"/>
     <col min="7" max="7" width="17.5" customWidth="1"/>
     <col min="8" max="8" width="8" customWidth="1"/>
     <col min="9" max="9" width="34" customWidth="1"/>
     <col min="10" max="10" width="13.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.1640625" customWidth="1"/>
     <col min="12" max="12" width="7.83203125" customWidth="1"/>
     <col min="13" max="13" width="12.5" customWidth="1"/>
     <col min="14" max="14" width="15.5" customWidth="1"/>
     <col min="15" max="15" width="17.1640625" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="13.6640625" customWidth="1"/>
     <col min="18" max="18" width="9.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B1" s="7"/>
-      <c r="C1" s="7"/>
+      <c r="B1" s="5"/>
+      <c r="C1" s="5"/>
     </row>
     <row r="2" spans="1:17" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="7"/>
-[...1 lines deleted...]
-      <c r="E2" s="8" t="s">
+      <c r="B2" s="5"/>
+      <c r="C2" s="5"/>
+      <c r="E2" s="6" t="s">
         <v>479</v>
       </c>
-      <c r="F2" s="7"/>
-[...5 lines deleted...]
-      <c r="L2" s="7"/>
+      <c r="F2" s="5"/>
+      <c r="G2" s="5"/>
+      <c r="H2" s="5"/>
+      <c r="I2" s="5"/>
+      <c r="J2" s="5"/>
+      <c r="K2" s="5"/>
+      <c r="L2" s="5"/>
     </row>
     <row r="3" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="7"/>
-      <c r="C3" s="7"/>
+      <c r="B3" s="5"/>
+      <c r="C3" s="5"/>
     </row>
     <row r="4" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="5" spans="1:17" ht="2" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="6" spans="1:17" ht="30" x14ac:dyDescent="0.2">
-      <c r="A6" s="9" t="s">
+      <c r="A6" s="11" t="s">
         <v>0</v>
       </c>
-      <c r="B6" s="10"/>
-      <c r="C6" s="9" t="s">
+      <c r="B6" s="12"/>
+      <c r="C6" s="11" t="s">
         <v>1</v>
       </c>
-      <c r="D6" s="11"/>
-[...1 lines deleted...]
-      <c r="F6" s="1" t="s">
+      <c r="D6" s="8"/>
+      <c r="E6" s="7"/>
+      <c r="F6" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="G6" s="1" t="s">
+      <c r="G6" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="H6" s="2" t="s">
+      <c r="H6" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="I6" s="1" t="s">
+      <c r="I6" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="J6" s="1" t="s">
+      <c r="J6" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="K6" s="2" t="s">
+      <c r="K6" s="14" t="s">
         <v>7</v>
       </c>
-      <c r="L6" s="9" t="s">
+      <c r="L6" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="M6" s="10"/>
-      <c r="N6" s="1" t="s">
+      <c r="M6" s="7"/>
+      <c r="N6" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="O6" s="1" t="s">
+      <c r="O6" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="P6" s="2" t="s">
+      <c r="P6" s="14" t="s">
         <v>11</v>
       </c>
-      <c r="Q6" s="1" t="s">
+      <c r="Q6" s="13" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A7" s="12" t="s">
+      <c r="A7" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="B7" s="10"/>
-      <c r="C7" s="12" t="s">
+      <c r="B7" s="7"/>
+      <c r="C7" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="D7" s="11"/>
-[...1 lines deleted...]
-      <c r="F7" s="3" t="s">
+      <c r="D7" s="8"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="G7" s="3" t="s">
+      <c r="G7" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H7" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I7" s="3" t="s">
+      <c r="H7" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I7" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J7" s="3" t="s">
+      <c r="J7" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="K7" s="4" t="s">
+      <c r="K7" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="L7" s="12" t="s">
+      <c r="L7" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="M7" s="10"/>
-      <c r="N7" s="3" t="s">
+      <c r="M7" s="7"/>
+      <c r="N7" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="O7" s="3" t="s">
+      <c r="O7" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="P7" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q7" s="3" t="s">
+      <c r="P7" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q7" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A8" s="13" t="s">
+      <c r="A8" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="10"/>
-      <c r="C8" s="13" t="s">
+      <c r="B8" s="7"/>
+      <c r="C8" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="D8" s="11"/>
-[...1 lines deleted...]
-      <c r="F8" s="5" t="s">
+      <c r="D8" s="8"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="G8" s="5" t="s">
+      <c r="G8" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="H8" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I8" s="5" t="s">
+      <c r="H8" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I8" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="J8" s="5" t="s">
+      <c r="J8" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="K8" s="6" t="s">
+      <c r="K8" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="L8" s="13" t="s">
+      <c r="L8" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="M8" s="10"/>
-[...1 lines deleted...]
-      <c r="O8" s="5" t="s">
+      <c r="M8" s="7"/>
+      <c r="N8" s="3"/>
+      <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="P8" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q8" s="5" t="s">
+      <c r="P8" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q8" s="3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A9" s="12" t="s">
+      <c r="A9" s="9" t="s">
         <v>36</v>
       </c>
-      <c r="B9" s="10"/>
-      <c r="C9" s="12" t="s">
+      <c r="B9" s="7"/>
+      <c r="C9" s="9" t="s">
         <v>37</v>
       </c>
-      <c r="D9" s="11"/>
-[...1 lines deleted...]
-      <c r="F9" s="3" t="s">
+      <c r="D9" s="8"/>
+      <c r="E9" s="7"/>
+      <c r="F9" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="G9" s="3" t="s">
+      <c r="G9" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="H9" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I9" s="3" t="s">
+      <c r="H9" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I9" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="J9" s="3" t="s">
+      <c r="J9" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="K9" s="4" t="s">
+      <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="L9" s="12" t="s">
+      <c r="L9" s="9" t="s">
         <v>42</v>
       </c>
-      <c r="M9" s="10"/>
-[...1 lines deleted...]
-      <c r="O9" s="3" t="s">
+      <c r="M9" s="7"/>
+      <c r="N9" s="1"/>
+      <c r="O9" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="P9" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q9" s="3" t="s">
+      <c r="P9" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q9" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A10" s="13" t="s">
+      <c r="A10" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="B10" s="10"/>
-      <c r="C10" s="13" t="s">
+      <c r="B10" s="7"/>
+      <c r="C10" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="D10" s="11"/>
-[...1 lines deleted...]
-      <c r="F10" s="5" t="s">
+      <c r="D10" s="8"/>
+      <c r="E10" s="7"/>
+      <c r="F10" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="G10" s="5" t="s">
+      <c r="G10" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="H10" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I10" s="5" t="s">
+      <c r="H10" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I10" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="J10" s="5" t="s">
+      <c r="J10" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="K10" s="6" t="s">
+      <c r="K10" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L10" s="13" t="s">
+      <c r="L10" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="M10" s="10"/>
-      <c r="N10" s="5" t="s">
+      <c r="M10" s="7"/>
+      <c r="N10" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="O10" s="5" t="s">
+      <c r="O10" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="P10" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q10" s="5" t="s">
+      <c r="P10" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q10" s="3" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="11" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A11" s="12" t="s">
+      <c r="A11" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="B11" s="10"/>
-      <c r="C11" s="12" t="s">
+      <c r="B11" s="7"/>
+      <c r="C11" s="9" t="s">
         <v>56</v>
       </c>
-      <c r="D11" s="11"/>
-[...1 lines deleted...]
-      <c r="F11" s="3" t="s">
+      <c r="D11" s="8"/>
+      <c r="E11" s="7"/>
+      <c r="F11" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="G11" s="3" t="s">
+      <c r="G11" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="H11" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I11" s="3" t="s">
+      <c r="H11" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I11" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="J11" s="3" t="s">
+      <c r="J11" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="K11" s="4" t="s">
+      <c r="K11" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="L11" s="12" t="s">
+      <c r="L11" s="9" t="s">
         <v>62</v>
       </c>
-      <c r="M11" s="10"/>
-[...1 lines deleted...]
-      <c r="O11" s="3" t="s">
+      <c r="M11" s="7"/>
+      <c r="N11" s="1"/>
+      <c r="O11" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="P11" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q11" s="3" t="s">
+      <c r="P11" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q11" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="12" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A12" s="13" t="s">
+      <c r="A12" s="10" t="s">
         <v>65</v>
       </c>
-      <c r="B12" s="10"/>
-      <c r="C12" s="13" t="s">
+      <c r="B12" s="7"/>
+      <c r="C12" s="10" t="s">
         <v>66</v>
       </c>
-      <c r="D12" s="11"/>
-[...1 lines deleted...]
-      <c r="F12" s="5" t="s">
+      <c r="D12" s="8"/>
+      <c r="E12" s="7"/>
+      <c r="F12" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="G12" s="5" t="s">
+      <c r="G12" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="H12" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I12" s="5" t="s">
+      <c r="H12" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I12" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="J12" s="5" t="s">
+      <c r="J12" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="K12" s="6" t="s">
+      <c r="K12" s="4" t="s">
         <v>71</v>
       </c>
-      <c r="L12" s="13" t="s">
+      <c r="L12" s="10" t="s">
         <v>72</v>
       </c>
-      <c r="M12" s="10"/>
-[...1 lines deleted...]
-      <c r="O12" s="5" t="s">
+      <c r="M12" s="7"/>
+      <c r="N12" s="3"/>
+      <c r="O12" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="P12" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q12" s="5" t="s">
+      <c r="P12" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q12" s="3" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A13" s="12" t="s">
+      <c r="A13" s="9" t="s">
         <v>75</v>
       </c>
-      <c r="B13" s="10"/>
-      <c r="C13" s="12" t="s">
+      <c r="B13" s="7"/>
+      <c r="C13" s="9" t="s">
         <v>76</v>
       </c>
-      <c r="D13" s="11"/>
-[...1 lines deleted...]
-      <c r="F13" s="3" t="s">
+      <c r="D13" s="8"/>
+      <c r="E13" s="7"/>
+      <c r="F13" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="G13" s="3" t="s">
+      <c r="G13" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="H13" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I13" s="3" t="s">
+      <c r="H13" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="J13" s="3" t="s">
+      <c r="J13" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="K13" s="4" t="s">
+      <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="L13" s="12" t="s">
+      <c r="L13" s="9" t="s">
         <v>81</v>
       </c>
-      <c r="M13" s="10"/>
-[...1 lines deleted...]
-      <c r="O13" s="3" t="s">
+      <c r="M13" s="7"/>
+      <c r="N13" s="1"/>
+      <c r="O13" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="P13" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q13" s="3" t="s">
+      <c r="P13" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q13" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A14" s="13" t="s">
+      <c r="A14" s="10" t="s">
         <v>84</v>
       </c>
-      <c r="B14" s="10"/>
-      <c r="C14" s="13" t="s">
+      <c r="B14" s="7"/>
+      <c r="C14" s="10" t="s">
         <v>85</v>
       </c>
-      <c r="D14" s="11"/>
-[...1 lines deleted...]
-      <c r="F14" s="5" t="s">
+      <c r="D14" s="8"/>
+      <c r="E14" s="7"/>
+      <c r="F14" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="G14" s="5" t="s">
+      <c r="G14" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="H14" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I14" s="5" t="s">
+      <c r="H14" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I14" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="J14" s="5" t="s">
+      <c r="J14" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="K14" s="6" t="s">
+      <c r="K14" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L14" s="13" t="s">
+      <c r="L14" s="10" t="s">
         <v>90</v>
       </c>
-      <c r="M14" s="10"/>
-[...1 lines deleted...]
-      <c r="O14" s="5" t="s">
+      <c r="M14" s="7"/>
+      <c r="N14" s="3"/>
+      <c r="O14" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="P14" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q14" s="5" t="s">
+      <c r="P14" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q14" s="3" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="15" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A15" s="12" t="s">
+      <c r="A15" s="9" t="s">
         <v>93</v>
       </c>
-      <c r="B15" s="10"/>
-      <c r="C15" s="12" t="s">
+      <c r="B15" s="7"/>
+      <c r="C15" s="9" t="s">
         <v>94</v>
       </c>
-      <c r="D15" s="11"/>
-[...1 lines deleted...]
-      <c r="F15" s="3" t="s">
+      <c r="D15" s="8"/>
+      <c r="E15" s="7"/>
+      <c r="F15" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="G15" s="3" t="s">
+      <c r="G15" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="H15" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I15" s="3" t="s">
+      <c r="H15" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I15" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="J15" s="3" t="s">
+      <c r="J15" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="K15" s="4" t="s">
+      <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="L15" s="12" t="s">
+      <c r="L15" s="9" t="s">
         <v>99</v>
       </c>
-      <c r="M15" s="10"/>
-[...1 lines deleted...]
-      <c r="O15" s="3" t="s">
+      <c r="M15" s="7"/>
+      <c r="N15" s="1"/>
+      <c r="O15" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="P15" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q15" s="3" t="s">
+      <c r="P15" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q15" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="16" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A16" s="13" t="s">
+      <c r="A16" s="10" t="s">
         <v>102</v>
       </c>
-      <c r="B16" s="10"/>
-      <c r="C16" s="13" t="s">
+      <c r="B16" s="7"/>
+      <c r="C16" s="10" t="s">
         <v>103</v>
       </c>
-      <c r="D16" s="11"/>
-[...1 lines deleted...]
-      <c r="F16" s="5" t="s">
+      <c r="D16" s="8"/>
+      <c r="E16" s="7"/>
+      <c r="F16" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="G16" s="5" t="s">
+      <c r="G16" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="H16" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I16" s="5" t="s">
+      <c r="H16" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I16" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="J16" s="5" t="s">
+      <c r="J16" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="K16" s="6" t="s">
+      <c r="K16" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L16" s="13" t="s">
+      <c r="L16" s="10" t="s">
         <v>107</v>
       </c>
-      <c r="M16" s="10"/>
-      <c r="N16" s="5" t="s">
+      <c r="M16" s="7"/>
+      <c r="N16" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="O16" s="5" t="s">
+      <c r="O16" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="P16" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q16" s="5" t="s">
+      <c r="P16" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q16" s="3" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="17" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A17" s="12" t="s">
+      <c r="A17" s="9" t="s">
         <v>111</v>
       </c>
-      <c r="B17" s="10"/>
-      <c r="C17" s="12" t="s">
+      <c r="B17" s="7"/>
+      <c r="C17" s="9" t="s">
         <v>112</v>
       </c>
-      <c r="D17" s="11"/>
-[...1 lines deleted...]
-      <c r="F17" s="3" t="s">
+      <c r="D17" s="8"/>
+      <c r="E17" s="7"/>
+      <c r="F17" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="G17" s="3" t="s">
+      <c r="G17" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="H17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I17" s="3" t="s">
+      <c r="H17" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I17" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="J17" s="3" t="s">
+      <c r="J17" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="K17" s="4" t="s">
+      <c r="K17" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="L17" s="12" t="s">
+      <c r="L17" s="9" t="s">
         <v>117</v>
       </c>
-      <c r="M17" s="10"/>
-      <c r="N17" s="3" t="s">
+      <c r="M17" s="7"/>
+      <c r="N17" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="O17" s="3" t="s">
+      <c r="O17" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="P17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q17" s="3" t="s">
+      <c r="P17" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q17" s="1" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A18" s="13" t="s">
+      <c r="A18" s="10" t="s">
         <v>121</v>
       </c>
-      <c r="B18" s="10"/>
-      <c r="C18" s="13" t="s">
+      <c r="B18" s="7"/>
+      <c r="C18" s="10" t="s">
         <v>122</v>
       </c>
-      <c r="D18" s="11"/>
-[...1 lines deleted...]
-      <c r="F18" s="5" t="s">
+      <c r="D18" s="8"/>
+      <c r="E18" s="7"/>
+      <c r="F18" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="G18" s="5" t="s">
+      <c r="G18" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="H18" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I18" s="5" t="s">
+      <c r="H18" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I18" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="J18" s="5" t="s">
+      <c r="J18" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="K18" s="6" t="s">
+      <c r="K18" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L18" s="13" t="s">
+      <c r="L18" s="10" t="s">
         <v>127</v>
       </c>
-      <c r="M18" s="10"/>
-[...1 lines deleted...]
-      <c r="O18" s="5" t="s">
+      <c r="M18" s="7"/>
+      <c r="N18" s="3"/>
+      <c r="O18" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="P18" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q18" s="5" t="s">
+      <c r="P18" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q18" s="3" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="19" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A19" s="12" t="s">
+      <c r="A19" s="9" t="s">
         <v>130</v>
       </c>
-      <c r="B19" s="10"/>
-      <c r="C19" s="12" t="s">
+      <c r="B19" s="7"/>
+      <c r="C19" s="9" t="s">
         <v>131</v>
       </c>
-      <c r="D19" s="11"/>
-[...1 lines deleted...]
-      <c r="F19" s="3" t="s">
+      <c r="D19" s="8"/>
+      <c r="E19" s="7"/>
+      <c r="F19" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="G19" s="3" t="s">
+      <c r="G19" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="H19" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I19" s="3" t="s">
+      <c r="H19" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="J19" s="3" t="s">
+      <c r="J19" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="K19" s="4" t="s">
+      <c r="K19" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="L19" s="12" t="s">
+      <c r="L19" s="9" t="s">
         <v>137</v>
       </c>
-      <c r="M19" s="10"/>
-[...1 lines deleted...]
-      <c r="O19" s="3" t="s">
+      <c r="M19" s="7"/>
+      <c r="N19" s="1"/>
+      <c r="O19" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="P19" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q19" s="3" t="s">
+      <c r="P19" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q19" s="1" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="20" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A20" s="13" t="s">
+      <c r="A20" s="10" t="s">
         <v>140</v>
       </c>
-      <c r="B20" s="10"/>
-      <c r="C20" s="13" t="s">
+      <c r="B20" s="7"/>
+      <c r="C20" s="10" t="s">
         <v>141</v>
       </c>
-      <c r="D20" s="11"/>
-[...1 lines deleted...]
-      <c r="F20" s="5" t="s">
+      <c r="D20" s="8"/>
+      <c r="E20" s="7"/>
+      <c r="F20" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="G20" s="5" t="s">
+      <c r="G20" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="H20" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I20" s="5" t="s">
+      <c r="H20" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I20" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="J20" s="5" t="s">
+      <c r="J20" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="K20" s="6" t="s">
+      <c r="K20" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L20" s="13" t="s">
+      <c r="L20" s="10" t="s">
         <v>146</v>
       </c>
-      <c r="M20" s="10"/>
-      <c r="N20" s="5" t="s">
+      <c r="M20" s="7"/>
+      <c r="N20" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="O20" s="5" t="s">
+      <c r="O20" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="P20" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q20" s="5" t="s">
+      <c r="P20" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q20" s="3" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="21" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A21" s="12" t="s">
+      <c r="A21" s="9" t="s">
         <v>150</v>
       </c>
-      <c r="B21" s="10"/>
-      <c r="C21" s="12" t="s">
+      <c r="B21" s="7"/>
+      <c r="C21" s="9" t="s">
         <v>151</v>
       </c>
-      <c r="D21" s="11"/>
-[...1 lines deleted...]
-      <c r="F21" s="3" t="s">
+      <c r="D21" s="8"/>
+      <c r="E21" s="7"/>
+      <c r="F21" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="G21" s="3" t="s">
+      <c r="G21" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="H21" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I21" s="3" t="s">
+      <c r="H21" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="J21" s="3" t="s">
+      <c r="J21" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="K21" s="4" t="s">
+      <c r="K21" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="L21" s="12" t="s">
+      <c r="L21" s="9" t="s">
         <v>155</v>
       </c>
-      <c r="M21" s="10"/>
-[...1 lines deleted...]
-      <c r="O21" s="3" t="s">
+      <c r="M21" s="7"/>
+      <c r="N21" s="1"/>
+      <c r="O21" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="P21" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q21" s="3" t="s">
+      <c r="P21" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q21" s="1" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="22" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A22" s="13" t="s">
+      <c r="A22" s="10" t="s">
         <v>158</v>
       </c>
-      <c r="B22" s="10"/>
-      <c r="C22" s="13" t="s">
+      <c r="B22" s="7"/>
+      <c r="C22" s="10" t="s">
         <v>159</v>
       </c>
-      <c r="D22" s="11"/>
-[...1 lines deleted...]
-      <c r="F22" s="5" t="s">
+      <c r="D22" s="8"/>
+      <c r="E22" s="7"/>
+      <c r="F22" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="G22" s="5" t="s">
+      <c r="G22" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="H22" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I22" s="5" t="s">
+      <c r="H22" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I22" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="J22" s="5" t="s">
+      <c r="J22" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="K22" s="6" t="s">
+      <c r="K22" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L22" s="13" t="s">
+      <c r="L22" s="10" t="s">
         <v>164</v>
       </c>
-      <c r="M22" s="10"/>
-      <c r="N22" s="5" t="s">
+      <c r="M22" s="7"/>
+      <c r="N22" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="O22" s="5" t="s">
+      <c r="O22" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="P22" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q22" s="5" t="s">
+      <c r="P22" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q22" s="3" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="23" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A23" s="12" t="s">
+      <c r="A23" s="9" t="s">
         <v>168</v>
       </c>
-      <c r="B23" s="10"/>
-      <c r="C23" s="12" t="s">
+      <c r="B23" s="7"/>
+      <c r="C23" s="9" t="s">
         <v>169</v>
       </c>
-      <c r="D23" s="11"/>
-[...1 lines deleted...]
-      <c r="F23" s="3" t="s">
+      <c r="D23" s="8"/>
+      <c r="E23" s="7"/>
+      <c r="F23" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="G23" s="3" t="s">
+      <c r="G23" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="H23" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I23" s="3" t="s">
+      <c r="H23" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I23" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="J23" s="3" t="s">
+      <c r="J23" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="K23" s="4" t="s">
+      <c r="K23" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="L23" s="12" t="s">
+      <c r="L23" s="9" t="s">
         <v>173</v>
       </c>
-      <c r="M23" s="10"/>
-[...1 lines deleted...]
-      <c r="O23" s="3" t="s">
+      <c r="M23" s="7"/>
+      <c r="N23" s="1"/>
+      <c r="O23" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="P23" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q23" s="3" t="s">
+      <c r="P23" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q23" s="1" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="24" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A24" s="13" t="s">
+      <c r="A24" s="10" t="s">
         <v>176</v>
       </c>
-      <c r="B24" s="10"/>
-      <c r="C24" s="13" t="s">
+      <c r="B24" s="7"/>
+      <c r="C24" s="10" t="s">
         <v>177</v>
       </c>
-      <c r="D24" s="11"/>
-[...1 lines deleted...]
-      <c r="F24" s="5" t="s">
+      <c r="D24" s="8"/>
+      <c r="E24" s="7"/>
+      <c r="F24" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="G24" s="5" t="s">
+      <c r="G24" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="H24" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I24" s="5" t="s">
+      <c r="H24" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I24" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="J24" s="5" t="s">
+      <c r="J24" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="K24" s="6" t="s">
+      <c r="K24" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L24" s="13" t="s">
+      <c r="L24" s="10" t="s">
         <v>182</v>
       </c>
-      <c r="M24" s="10"/>
-      <c r="N24" s="5" t="s">
+      <c r="M24" s="7"/>
+      <c r="N24" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="O24" s="5" t="s">
+      <c r="O24" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="P24" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q24" s="5" t="s">
+      <c r="P24" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q24" s="3" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="25" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A25" s="12" t="s">
+      <c r="A25" s="9" t="s">
         <v>186</v>
       </c>
-      <c r="B25" s="10"/>
-      <c r="C25" s="12" t="s">
+      <c r="B25" s="7"/>
+      <c r="C25" s="9" t="s">
         <v>187</v>
       </c>
-      <c r="D25" s="11"/>
-[...1 lines deleted...]
-      <c r="F25" s="3" t="s">
+      <c r="D25" s="8"/>
+      <c r="E25" s="7"/>
+      <c r="F25" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="G25" s="3" t="s">
+      <c r="G25" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="H25" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I25" s="3" t="s">
+      <c r="H25" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I25" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="J25" s="3" t="s">
+      <c r="J25" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="K25" s="4" t="s">
+      <c r="K25" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="L25" s="12" t="s">
+      <c r="L25" s="9" t="s">
         <v>191</v>
       </c>
-      <c r="M25" s="10"/>
-[...1 lines deleted...]
-      <c r="O25" s="3" t="s">
+      <c r="M25" s="7"/>
+      <c r="N25" s="1"/>
+      <c r="O25" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="P25" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q25" s="3" t="s">
+      <c r="P25" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q25" s="1" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="26" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A26" s="13" t="s">
+      <c r="A26" s="10" t="s">
         <v>194</v>
       </c>
-      <c r="B26" s="10"/>
-      <c r="C26" s="13" t="s">
+      <c r="B26" s="7"/>
+      <c r="C26" s="10" t="s">
         <v>195</v>
       </c>
-      <c r="D26" s="11"/>
-[...1 lines deleted...]
-      <c r="F26" s="5" t="s">
+      <c r="D26" s="8"/>
+      <c r="E26" s="7"/>
+      <c r="F26" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="G26" s="5" t="s">
+      <c r="G26" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="H26" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I26" s="5" t="s">
+      <c r="H26" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I26" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="J26" s="5" t="s">
+      <c r="J26" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="K26" s="6" t="s">
+      <c r="K26" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L26" s="13" t="s">
+      <c r="L26" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="M26" s="10"/>
-      <c r="N26" s="5" t="s">
+      <c r="M26" s="7"/>
+      <c r="N26" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="O26" s="5" t="s">
+      <c r="O26" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="P26" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q26" s="5" t="s">
+      <c r="P26" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q26" s="3" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="27" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A27" s="12" t="s">
+      <c r="A27" s="9" t="s">
         <v>203</v>
       </c>
-      <c r="B27" s="10"/>
-      <c r="C27" s="12" t="s">
+      <c r="B27" s="7"/>
+      <c r="C27" s="9" t="s">
         <v>204</v>
       </c>
-      <c r="D27" s="11"/>
-[...1 lines deleted...]
-      <c r="F27" s="3" t="s">
+      <c r="D27" s="8"/>
+      <c r="E27" s="7"/>
+      <c r="F27" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="G27" s="3" t="s">
+      <c r="G27" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="H27" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I27" s="3" t="s">
+      <c r="H27" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="J27" s="3" t="s">
+      <c r="J27" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="K27" s="4" t="s">
+      <c r="K27" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="L27" s="12" t="s">
+      <c r="L27" s="9" t="s">
         <v>210</v>
       </c>
-      <c r="M27" s="10"/>
-      <c r="N27" s="3" t="s">
+      <c r="M27" s="7"/>
+      <c r="N27" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="O27" s="3" t="s">
+      <c r="O27" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="P27" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q27" s="3" t="s">
+      <c r="P27" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q27" s="1" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="28" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A28" s="13" t="s">
+      <c r="A28" s="10" t="s">
         <v>214</v>
       </c>
-      <c r="B28" s="10"/>
-      <c r="C28" s="13" t="s">
+      <c r="B28" s="7"/>
+      <c r="C28" s="10" t="s">
         <v>215</v>
       </c>
-      <c r="D28" s="11"/>
-[...1 lines deleted...]
-      <c r="F28" s="5" t="s">
+      <c r="D28" s="8"/>
+      <c r="E28" s="7"/>
+      <c r="F28" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="G28" s="5" t="s">
+      <c r="G28" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="H28" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I28" s="5" t="s">
+      <c r="H28" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I28" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="J28" s="5" t="s">
+      <c r="J28" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="K28" s="6" t="s">
+      <c r="K28" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L28" s="13" t="s">
+      <c r="L28" s="10" t="s">
         <v>219</v>
       </c>
-      <c r="M28" s="10"/>
-[...1 lines deleted...]
-      <c r="O28" s="5" t="s">
+      <c r="M28" s="7"/>
+      <c r="N28" s="3"/>
+      <c r="O28" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="P28" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q28" s="5" t="s">
+      <c r="P28" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q28" s="3" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A29" s="12" t="s">
+      <c r="A29" s="9" t="s">
         <v>222</v>
       </c>
-      <c r="B29" s="10"/>
-      <c r="C29" s="12" t="s">
+      <c r="B29" s="7"/>
+      <c r="C29" s="9" t="s">
         <v>223</v>
       </c>
-      <c r="D29" s="11"/>
-[...1 lines deleted...]
-      <c r="F29" s="3" t="s">
+      <c r="D29" s="8"/>
+      <c r="E29" s="7"/>
+      <c r="F29" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="G29" s="3" t="s">
+      <c r="G29" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="H29" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I29" s="3" t="s">
+      <c r="H29" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="J29" s="3" t="s">
+      <c r="J29" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="K29" s="4" t="s">
+      <c r="K29" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="L29" s="12" t="s">
+      <c r="L29" s="9" t="s">
         <v>228</v>
       </c>
-      <c r="M29" s="10"/>
-[...1 lines deleted...]
-      <c r="O29" s="3" t="s">
+      <c r="M29" s="7"/>
+      <c r="N29" s="1"/>
+      <c r="O29" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="P29" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q29" s="3" t="s">
+      <c r="P29" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q29" s="1" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="30" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A30" s="13" t="s">
+      <c r="A30" s="10" t="s">
         <v>231</v>
       </c>
-      <c r="B30" s="10"/>
-      <c r="C30" s="13" t="s">
+      <c r="B30" s="7"/>
+      <c r="C30" s="10" t="s">
         <v>232</v>
       </c>
-      <c r="D30" s="11"/>
-[...1 lines deleted...]
-      <c r="F30" s="5" t="s">
+      <c r="D30" s="8"/>
+      <c r="E30" s="7"/>
+      <c r="F30" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="G30" s="5" t="s">
+      <c r="G30" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="H30" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I30" s="5" t="s">
+      <c r="H30" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I30" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="J30" s="5" t="s">
+      <c r="J30" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="K30" s="6" t="s">
+      <c r="K30" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L30" s="13" t="s">
+      <c r="L30" s="10" t="s">
         <v>236</v>
       </c>
-      <c r="M30" s="10"/>
-[...1 lines deleted...]
-      <c r="O30" s="5" t="s">
+      <c r="M30" s="7"/>
+      <c r="N30" s="3"/>
+      <c r="O30" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="P30" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q30" s="5" t="s">
+      <c r="P30" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q30" s="3" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="31" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A31" s="12" t="s">
+      <c r="A31" s="9" t="s">
         <v>239</v>
       </c>
-      <c r="B31" s="10"/>
-      <c r="C31" s="12" t="s">
+      <c r="B31" s="7"/>
+      <c r="C31" s="9" t="s">
         <v>240</v>
       </c>
-      <c r="D31" s="11"/>
-[...1 lines deleted...]
-      <c r="F31" s="3" t="s">
+      <c r="D31" s="8"/>
+      <c r="E31" s="7"/>
+      <c r="F31" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="G31" s="3" t="s">
+      <c r="G31" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="H31" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I31" s="3" t="s">
+      <c r="H31" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I31" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="J31" s="3" t="s">
+      <c r="J31" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="K31" s="4" t="s">
+      <c r="K31" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="L31" s="12" t="s">
+      <c r="L31" s="9" t="s">
         <v>245</v>
       </c>
-      <c r="M31" s="10"/>
-[...1 lines deleted...]
-      <c r="O31" s="3" t="s">
+      <c r="M31" s="7"/>
+      <c r="N31" s="1"/>
+      <c r="O31" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="P31" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q31" s="3" t="s">
+      <c r="P31" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q31" s="1" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="32" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A32" s="13" t="s">
+      <c r="A32" s="10" t="s">
         <v>248</v>
       </c>
-      <c r="B32" s="10"/>
-      <c r="C32" s="13" t="s">
+      <c r="B32" s="7"/>
+      <c r="C32" s="10" t="s">
         <v>249</v>
       </c>
-      <c r="D32" s="11"/>
-[...1 lines deleted...]
-      <c r="F32" s="5" t="s">
+      <c r="D32" s="8"/>
+      <c r="E32" s="7"/>
+      <c r="F32" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="G32" s="5" t="s">
+      <c r="G32" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="H32" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I32" s="5" t="s">
+      <c r="H32" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I32" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="J32" s="5" t="s">
+      <c r="J32" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="K32" s="6" t="s">
+      <c r="K32" s="4" t="s">
         <v>254</v>
       </c>
-      <c r="L32" s="13" t="s">
+      <c r="L32" s="10" t="s">
         <v>255</v>
       </c>
-      <c r="M32" s="10"/>
-      <c r="N32" s="5" t="s">
+      <c r="M32" s="7"/>
+      <c r="N32" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="O32" s="5" t="s">
+      <c r="O32" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="P32" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q32" s="5" t="s">
+      <c r="P32" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q32" s="3" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="33" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A33" s="12" t="s">
+      <c r="A33" s="9" t="s">
         <v>259</v>
       </c>
-      <c r="B33" s="10"/>
-      <c r="C33" s="12" t="s">
+      <c r="B33" s="7"/>
+      <c r="C33" s="9" t="s">
         <v>260</v>
       </c>
-      <c r="D33" s="11"/>
-[...1 lines deleted...]
-      <c r="F33" s="3" t="s">
+      <c r="D33" s="8"/>
+      <c r="E33" s="7"/>
+      <c r="F33" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="G33" s="3" t="s">
+      <c r="G33" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="H33" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I33" s="3" t="s">
+      <c r="H33" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I33" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="J33" s="3" t="s">
+      <c r="J33" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="K33" s="4" t="s">
+      <c r="K33" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="L33" s="12" t="s">
+      <c r="L33" s="9" t="s">
         <v>265</v>
       </c>
-      <c r="M33" s="10"/>
-      <c r="N33" s="3" t="s">
+      <c r="M33" s="7"/>
+      <c r="N33" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="O33" s="3" t="s">
+      <c r="O33" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="P33" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q33" s="3" t="s">
+      <c r="P33" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q33" s="1" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="34" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A34" s="13" t="s">
+      <c r="A34" s="10" t="s">
         <v>269</v>
       </c>
-      <c r="B34" s="10"/>
-      <c r="C34" s="13" t="s">
+      <c r="B34" s="7"/>
+      <c r="C34" s="10" t="s">
         <v>270</v>
       </c>
-      <c r="D34" s="11"/>
-[...1 lines deleted...]
-      <c r="F34" s="5" t="s">
+      <c r="D34" s="8"/>
+      <c r="E34" s="7"/>
+      <c r="F34" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="G34" s="5" t="s">
+      <c r="G34" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="H34" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I34" s="5" t="s">
+      <c r="H34" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I34" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="J34" s="5" t="s">
+      <c r="J34" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="K34" s="6" t="s">
+      <c r="K34" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L34" s="13" t="s">
+      <c r="L34" s="10" t="s">
         <v>275</v>
       </c>
-      <c r="M34" s="10"/>
-[...1 lines deleted...]
-      <c r="O34" s="5" t="s">
+      <c r="M34" s="7"/>
+      <c r="N34" s="3"/>
+      <c r="O34" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="P34" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q34" s="5" t="s">
+      <c r="P34" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q34" s="3" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="35" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A35" s="12" t="s">
+      <c r="A35" s="9" t="s">
         <v>278</v>
       </c>
-      <c r="B35" s="10"/>
-      <c r="C35" s="12" t="s">
+      <c r="B35" s="7"/>
+      <c r="C35" s="9" t="s">
         <v>279</v>
       </c>
-      <c r="D35" s="11"/>
-[...1 lines deleted...]
-      <c r="F35" s="3" t="s">
+      <c r="D35" s="8"/>
+      <c r="E35" s="7"/>
+      <c r="F35" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="G35" s="3" t="s">
+      <c r="G35" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="H35" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I35" s="3" t="s">
+      <c r="H35" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I35" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="J35" s="3" t="s">
+      <c r="J35" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="K35" s="4" t="s">
+      <c r="K35" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="L35" s="12" t="s">
+      <c r="L35" s="9" t="s">
         <v>282</v>
       </c>
-      <c r="M35" s="10"/>
-[...1 lines deleted...]
-      <c r="O35" s="3" t="s">
+      <c r="M35" s="7"/>
+      <c r="N35" s="1"/>
+      <c r="O35" s="1" t="s">
         <v>283</v>
       </c>
-      <c r="P35" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q35" s="3" t="s">
+      <c r="P35" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q35" s="1" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="36" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A36" s="13" t="s">
+      <c r="A36" s="10" t="s">
         <v>285</v>
       </c>
-      <c r="B36" s="10"/>
-      <c r="C36" s="13" t="s">
+      <c r="B36" s="7"/>
+      <c r="C36" s="10" t="s">
         <v>286</v>
       </c>
-      <c r="D36" s="11"/>
-[...1 lines deleted...]
-      <c r="F36" s="5" t="s">
+      <c r="D36" s="8"/>
+      <c r="E36" s="7"/>
+      <c r="F36" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="G36" s="5" t="s">
+      <c r="G36" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="H36" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I36" s="5" t="s">
+      <c r="H36" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I36" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="J36" s="5" t="s">
+      <c r="J36" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="K36" s="6" t="s">
+      <c r="K36" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L36" s="13" t="s">
+      <c r="L36" s="10" t="s">
         <v>291</v>
       </c>
-      <c r="M36" s="10"/>
-      <c r="N36" s="5" t="s">
+      <c r="M36" s="7"/>
+      <c r="N36" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="O36" s="5" t="s">
+      <c r="O36" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="P36" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q36" s="5" t="s">
+      <c r="P36" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q36" s="3" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="37" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A37" s="12" t="s">
+      <c r="A37" s="9" t="s">
         <v>294</v>
       </c>
-      <c r="B37" s="10"/>
-      <c r="C37" s="12" t="s">
+      <c r="B37" s="7"/>
+      <c r="C37" s="9" t="s">
         <v>295</v>
       </c>
-      <c r="D37" s="11"/>
-[...1 lines deleted...]
-      <c r="F37" s="3" t="s">
+      <c r="D37" s="8"/>
+      <c r="E37" s="7"/>
+      <c r="F37" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="G37" s="3" t="s">
+      <c r="G37" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="H37" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I37" s="3" t="s">
+      <c r="H37" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I37" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="J37" s="3" t="s">
+      <c r="J37" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="K37" s="4" t="s">
+      <c r="K37" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="L37" s="12" t="s">
+      <c r="L37" s="9" t="s">
         <v>299</v>
       </c>
-      <c r="M37" s="10"/>
-      <c r="N37" s="3" t="s">
+      <c r="M37" s="7"/>
+      <c r="N37" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="O37" s="3" t="s">
+      <c r="O37" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="P37" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q37" s="3" t="s">
+      <c r="P37" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q37" s="1" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="38" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A38" s="13" t="s">
+      <c r="A38" s="10" t="s">
         <v>303</v>
       </c>
-      <c r="B38" s="10"/>
-      <c r="C38" s="13" t="s">
+      <c r="B38" s="7"/>
+      <c r="C38" s="10" t="s">
         <v>304</v>
       </c>
-      <c r="D38" s="11"/>
-[...1 lines deleted...]
-      <c r="F38" s="5" t="s">
+      <c r="D38" s="8"/>
+      <c r="E38" s="7"/>
+      <c r="F38" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="G38" s="5" t="s">
+      <c r="G38" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="H38" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I38" s="5" t="s">
+      <c r="H38" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I38" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="J38" s="5" t="s">
+      <c r="J38" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="K38" s="6" t="s">
+      <c r="K38" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L38" s="13" t="s">
+      <c r="L38" s="10" t="s">
         <v>309</v>
       </c>
-      <c r="M38" s="10"/>
-[...1 lines deleted...]
-      <c r="O38" s="5" t="s">
+      <c r="M38" s="7"/>
+      <c r="N38" s="3"/>
+      <c r="O38" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="P38" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q38" s="5" t="s">
+      <c r="P38" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q38" s="3" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="39" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A39" s="12" t="s">
+      <c r="A39" s="9" t="s">
         <v>312</v>
       </c>
-      <c r="B39" s="10"/>
-      <c r="C39" s="12" t="s">
+      <c r="B39" s="7"/>
+      <c r="C39" s="9" t="s">
         <v>313</v>
       </c>
-      <c r="D39" s="11"/>
-[...1 lines deleted...]
-      <c r="F39" s="3" t="s">
+      <c r="D39" s="8"/>
+      <c r="E39" s="7"/>
+      <c r="F39" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="G39" s="3" t="s">
+      <c r="G39" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="H39" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I39" s="3" t="s">
+      <c r="H39" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I39" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="J39" s="3" t="s">
+      <c r="J39" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="K39" s="4" t="s">
+      <c r="K39" s="2" t="s">
         <v>317</v>
       </c>
-      <c r="L39" s="12" t="s">
+      <c r="L39" s="9" t="s">
         <v>318</v>
       </c>
-      <c r="M39" s="10"/>
-      <c r="N39" s="3" t="s">
+      <c r="M39" s="7"/>
+      <c r="N39" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="O39" s="3" t="s">
+      <c r="O39" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="P39" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q39" s="3" t="s">
+      <c r="P39" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q39" s="1" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="40" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A40" s="13" t="s">
+      <c r="A40" s="10" t="s">
         <v>322</v>
       </c>
-      <c r="B40" s="10"/>
-      <c r="C40" s="13" t="s">
+      <c r="B40" s="7"/>
+      <c r="C40" s="10" t="s">
         <v>323</v>
       </c>
-      <c r="D40" s="11"/>
-[...1 lines deleted...]
-      <c r="F40" s="5" t="s">
+      <c r="D40" s="8"/>
+      <c r="E40" s="7"/>
+      <c r="F40" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="G40" s="5" t="s">
+      <c r="G40" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="H40" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I40" s="5" t="s">
+      <c r="H40" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I40" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="J40" s="5" t="s">
+      <c r="J40" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="K40" s="6" t="s">
+      <c r="K40" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L40" s="13" t="s">
+      <c r="L40" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="M40" s="10"/>
-      <c r="N40" s="5" t="s">
+      <c r="M40" s="7"/>
+      <c r="N40" s="3" t="s">
         <v>328</v>
       </c>
-      <c r="O40" s="5" t="s">
+      <c r="O40" s="3" t="s">
         <v>329</v>
       </c>
-      <c r="P40" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q40" s="5" t="s">
+      <c r="P40" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q40" s="3" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="41" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A41" s="12" t="s">
+      <c r="A41" s="9" t="s">
         <v>331</v>
       </c>
-      <c r="B41" s="10"/>
-      <c r="C41" s="12" t="s">
+      <c r="B41" s="7"/>
+      <c r="C41" s="9" t="s">
         <v>332</v>
       </c>
-      <c r="D41" s="11"/>
-[...1 lines deleted...]
-      <c r="F41" s="3" t="s">
+      <c r="D41" s="8"/>
+      <c r="E41" s="7"/>
+      <c r="F41" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="G41" s="3" t="s">
+      <c r="G41" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="H41" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I41" s="3" t="s">
+      <c r="H41" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I41" s="1" t="s">
         <v>335</v>
       </c>
-      <c r="J41" s="3" t="s">
+      <c r="J41" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="K41" s="4" t="s">
+      <c r="K41" s="2" t="s">
         <v>337</v>
       </c>
-      <c r="L41" s="12" t="s">
+      <c r="L41" s="9" t="s">
         <v>338</v>
       </c>
-      <c r="M41" s="10"/>
-      <c r="N41" s="3" t="s">
+      <c r="M41" s="7"/>
+      <c r="N41" s="1" t="s">
         <v>339</v>
       </c>
-      <c r="O41" s="3" t="s">
+      <c r="O41" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="P41" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q41" s="3" t="s">
+      <c r="P41" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q41" s="1" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="42" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A42" s="13" t="s">
+      <c r="A42" s="10" t="s">
         <v>342</v>
       </c>
-      <c r="B42" s="10"/>
-      <c r="C42" s="13" t="s">
+      <c r="B42" s="7"/>
+      <c r="C42" s="10" t="s">
         <v>343</v>
       </c>
-      <c r="D42" s="11"/>
-[...1 lines deleted...]
-      <c r="F42" s="5" t="s">
+      <c r="D42" s="8"/>
+      <c r="E42" s="7"/>
+      <c r="F42" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="G42" s="5" t="s">
+      <c r="G42" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="H42" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I42" s="5" t="s">
+      <c r="H42" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I42" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="J42" s="5" t="s">
+      <c r="J42" s="3" t="s">
         <v>347</v>
       </c>
-      <c r="K42" s="6" t="s">
+      <c r="K42" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L42" s="13" t="s">
+      <c r="L42" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="M42" s="10"/>
-      <c r="N42" s="5" t="s">
+      <c r="M42" s="7"/>
+      <c r="N42" s="3" t="s">
         <v>348</v>
       </c>
-      <c r="O42" s="5" t="s">
+      <c r="O42" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="P42" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q42" s="5" t="s">
+      <c r="P42" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q42" s="3" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A43" s="12" t="s">
+      <c r="A43" s="9" t="s">
         <v>351</v>
       </c>
-      <c r="B43" s="10"/>
-      <c r="C43" s="12" t="s">
+      <c r="B43" s="7"/>
+      <c r="C43" s="9" t="s">
         <v>352</v>
       </c>
-      <c r="D43" s="11"/>
-[...1 lines deleted...]
-      <c r="F43" s="3" t="s">
+      <c r="D43" s="8"/>
+      <c r="E43" s="7"/>
+      <c r="F43" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="G43" s="3" t="s">
+      <c r="G43" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="H43" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I43" s="3" t="s">
+      <c r="H43" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I43" s="1" t="s">
         <v>355</v>
       </c>
-      <c r="J43" s="3" t="s">
+      <c r="J43" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="K43" s="4" t="s">
+      <c r="K43" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="L43" s="12" t="s">
+      <c r="L43" s="9" t="s">
         <v>357</v>
       </c>
-      <c r="M43" s="10"/>
-[...1 lines deleted...]
-      <c r="O43" s="3" t="s">
+      <c r="M43" s="7"/>
+      <c r="N43" s="1"/>
+      <c r="O43" s="1" t="s">
         <v>358</v>
       </c>
-      <c r="P43" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q43" s="3" t="s">
+      <c r="P43" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q43" s="1" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="44" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A44" s="13" t="s">
+      <c r="A44" s="10" t="s">
         <v>360</v>
       </c>
-      <c r="B44" s="10"/>
-      <c r="C44" s="13" t="s">
+      <c r="B44" s="7"/>
+      <c r="C44" s="10" t="s">
         <v>361</v>
       </c>
-      <c r="D44" s="11"/>
-[...1 lines deleted...]
-      <c r="F44" s="5" t="s">
+      <c r="D44" s="8"/>
+      <c r="E44" s="7"/>
+      <c r="F44" s="3" t="s">
         <v>362</v>
       </c>
-      <c r="G44" s="5" t="s">
+      <c r="G44" s="3" t="s">
         <v>363</v>
       </c>
-      <c r="H44" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I44" s="5" t="s">
+      <c r="H44" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I44" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="J44" s="5" t="s">
+      <c r="J44" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="K44" s="6" t="s">
+      <c r="K44" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L44" s="13" t="s">
+      <c r="L44" s="10" t="s">
         <v>366</v>
       </c>
-      <c r="M44" s="10"/>
-[...1 lines deleted...]
-      <c r="O44" s="5" t="s">
+      <c r="M44" s="7"/>
+      <c r="N44" s="3"/>
+      <c r="O44" s="3" t="s">
         <v>367</v>
       </c>
-      <c r="P44" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q44" s="5" t="s">
+      <c r="P44" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q44" s="3" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="45" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A45" s="12" t="s">
+      <c r="A45" s="9" t="s">
         <v>369</v>
       </c>
-      <c r="B45" s="10"/>
-      <c r="C45" s="12" t="s">
+      <c r="B45" s="7"/>
+      <c r="C45" s="9" t="s">
         <v>370</v>
       </c>
-      <c r="D45" s="11"/>
-[...1 lines deleted...]
-      <c r="F45" s="3" t="s">
+      <c r="D45" s="8"/>
+      <c r="E45" s="7"/>
+      <c r="F45" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="G45" s="3" t="s">
+      <c r="G45" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="H45" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I45" s="3" t="s">
+      <c r="H45" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I45" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="J45" s="3" t="s">
+      <c r="J45" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="K45" s="4" t="s">
+      <c r="K45" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="L45" s="12" t="s">
+      <c r="L45" s="9" t="s">
         <v>374</v>
       </c>
-      <c r="M45" s="10"/>
-[...1 lines deleted...]
-      <c r="O45" s="3" t="s">
+      <c r="M45" s="7"/>
+      <c r="N45" s="1"/>
+      <c r="O45" s="1" t="s">
         <v>375</v>
       </c>
-      <c r="P45" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q45" s="3" t="s">
+      <c r="P45" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q45" s="1" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="46" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A46" s="13" t="s">
+      <c r="A46" s="10" t="s">
         <v>377</v>
       </c>
-      <c r="B46" s="10"/>
-      <c r="C46" s="13" t="s">
+      <c r="B46" s="7"/>
+      <c r="C46" s="10" t="s">
         <v>378</v>
       </c>
-      <c r="D46" s="11"/>
-[...1 lines deleted...]
-      <c r="F46" s="5" t="s">
+      <c r="D46" s="8"/>
+      <c r="E46" s="7"/>
+      <c r="F46" s="3" t="s">
         <v>379</v>
       </c>
-      <c r="G46" s="5" t="s">
+      <c r="G46" s="3" t="s">
         <v>380</v>
       </c>
-      <c r="H46" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I46" s="5" t="s">
+      <c r="H46" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I46" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="J46" s="5" t="s">
+      <c r="J46" s="3" t="s">
         <v>382</v>
       </c>
-      <c r="K46" s="6" t="s">
+      <c r="K46" s="4" t="s">
         <v>383</v>
       </c>
-      <c r="L46" s="13" t="s">
+      <c r="L46" s="10" t="s">
         <v>384</v>
       </c>
-      <c r="M46" s="10"/>
-[...1 lines deleted...]
-      <c r="O46" s="5" t="s">
+      <c r="M46" s="7"/>
+      <c r="N46" s="3"/>
+      <c r="O46" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="P46" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q46" s="5" t="s">
+      <c r="P46" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q46" s="3" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="47" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A47" s="12" t="s">
+      <c r="A47" s="9" t="s">
         <v>387</v>
       </c>
-      <c r="B47" s="10"/>
-      <c r="C47" s="12" t="s">
+      <c r="B47" s="7"/>
+      <c r="C47" s="9" t="s">
         <v>388</v>
       </c>
-      <c r="D47" s="11"/>
-[...1 lines deleted...]
-      <c r="F47" s="3" t="s">
+      <c r="D47" s="8"/>
+      <c r="E47" s="7"/>
+      <c r="F47" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="G47" s="3" t="s">
+      <c r="G47" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="H47" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I47" s="3" t="s">
+      <c r="H47" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I47" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="J47" s="3" t="s">
+      <c r="J47" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="K47" s="4" t="s">
+      <c r="K47" s="2" t="s">
         <v>383</v>
       </c>
-      <c r="L47" s="12" t="s">
+      <c r="L47" s="9" t="s">
         <v>384</v>
       </c>
-      <c r="M47" s="10"/>
-[...1 lines deleted...]
-      <c r="O47" s="3" t="s">
+      <c r="M47" s="7"/>
+      <c r="N47" s="1"/>
+      <c r="O47" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="P47" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q47" s="3" t="s">
+      <c r="P47" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q47" s="1" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="48" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A48" s="13" t="s">
+      <c r="A48" s="10" t="s">
         <v>389</v>
       </c>
-      <c r="B48" s="10"/>
-      <c r="C48" s="13" t="s">
+      <c r="B48" s="7"/>
+      <c r="C48" s="10" t="s">
         <v>390</v>
       </c>
-      <c r="D48" s="11"/>
-[...1 lines deleted...]
-      <c r="F48" s="5" t="s">
+      <c r="D48" s="8"/>
+      <c r="E48" s="7"/>
+      <c r="F48" s="3" t="s">
         <v>391</v>
       </c>
-      <c r="G48" s="5" t="s">
+      <c r="G48" s="3" t="s">
         <v>392</v>
       </c>
-      <c r="H48" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I48" s="5" t="s">
+      <c r="H48" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I48" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="J48" s="5" t="s">
+      <c r="J48" s="3" t="s">
         <v>394</v>
       </c>
-      <c r="K48" s="6" t="s">
+      <c r="K48" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L48" s="13" t="s">
+      <c r="L48" s="10" t="s">
         <v>395</v>
       </c>
-      <c r="M48" s="10"/>
-[...1 lines deleted...]
-      <c r="O48" s="5" t="s">
+      <c r="M48" s="7"/>
+      <c r="N48" s="3"/>
+      <c r="O48" s="3" t="s">
         <v>396</v>
       </c>
-      <c r="P48" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q48" s="5" t="s">
+      <c r="P48" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q48" s="3" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="49" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A49" s="12" t="s">
+      <c r="A49" s="9" t="s">
         <v>398</v>
       </c>
-      <c r="B49" s="10"/>
-      <c r="C49" s="12" t="s">
+      <c r="B49" s="7"/>
+      <c r="C49" s="9" t="s">
         <v>399</v>
       </c>
-      <c r="D49" s="11"/>
-[...1 lines deleted...]
-      <c r="F49" s="3" t="s">
+      <c r="D49" s="8"/>
+      <c r="E49" s="7"/>
+      <c r="F49" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="G49" s="3" t="s">
+      <c r="G49" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="H49" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I49" s="3" t="s">
+      <c r="H49" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I49" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="J49" s="3" t="s">
+      <c r="J49" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="K49" s="4" t="s">
+      <c r="K49" s="2" t="s">
         <v>404</v>
       </c>
-      <c r="L49" s="12" t="s">
+      <c r="L49" s="9" t="s">
         <v>405</v>
       </c>
-      <c r="M49" s="10"/>
-[...1 lines deleted...]
-      <c r="O49" s="3" t="s">
+      <c r="M49" s="7"/>
+      <c r="N49" s="1"/>
+      <c r="O49" s="1" t="s">
         <v>406</v>
       </c>
-      <c r="P49" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q49" s="3" t="s">
+      <c r="P49" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q49" s="1" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="50" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A50" s="13" t="s">
+      <c r="A50" s="10" t="s">
         <v>408</v>
       </c>
-      <c r="B50" s="10"/>
-      <c r="C50" s="13" t="s">
+      <c r="B50" s="7"/>
+      <c r="C50" s="10" t="s">
         <v>409</v>
       </c>
-      <c r="D50" s="11"/>
-[...1 lines deleted...]
-      <c r="F50" s="5" t="s">
+      <c r="D50" s="8"/>
+      <c r="E50" s="7"/>
+      <c r="F50" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="G50" s="5" t="s">
+      <c r="G50" s="3" t="s">
         <v>411</v>
       </c>
-      <c r="H50" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I50" s="5" t="s">
+      <c r="H50" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I50" s="3" t="s">
         <v>412</v>
       </c>
-      <c r="J50" s="5" t="s">
+      <c r="J50" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="K50" s="6" t="s">
+      <c r="K50" s="4" t="s">
         <v>414</v>
       </c>
-      <c r="L50" s="13" t="s">
+      <c r="L50" s="10" t="s">
         <v>415</v>
       </c>
-      <c r="M50" s="10"/>
-      <c r="N50" s="5" t="s">
+      <c r="M50" s="7"/>
+      <c r="N50" s="3" t="s">
         <v>416</v>
       </c>
-      <c r="O50" s="5" t="s">
+      <c r="O50" s="3" t="s">
         <v>329</v>
       </c>
-      <c r="P50" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q50" s="5" t="s">
+      <c r="P50" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q50" s="3" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="51" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A51" s="12" t="s">
+      <c r="A51" s="9" t="s">
         <v>417</v>
       </c>
-      <c r="B51" s="10"/>
-      <c r="C51" s="12" t="s">
+      <c r="B51" s="7"/>
+      <c r="C51" s="9" t="s">
         <v>418</v>
       </c>
-      <c r="D51" s="11"/>
-[...1 lines deleted...]
-      <c r="F51" s="3" t="s">
+      <c r="D51" s="8"/>
+      <c r="E51" s="7"/>
+      <c r="F51" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="G51" s="3" t="s">
+      <c r="G51" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="H51" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I51" s="3" t="s">
+      <c r="H51" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I51" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="J51" s="3" t="s">
+      <c r="J51" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="K51" s="4" t="s">
+      <c r="K51" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="L51" s="12" t="s">
+      <c r="L51" s="9" t="s">
         <v>423</v>
       </c>
-      <c r="M51" s="10"/>
-      <c r="N51" s="3" t="s">
+      <c r="M51" s="7"/>
+      <c r="N51" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="O51" s="3" t="s">
+      <c r="O51" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="P51" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q51" s="3" t="s">
+      <c r="P51" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q51" s="1" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="52" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A52" s="13" t="s">
+      <c r="A52" s="10" t="s">
         <v>427</v>
       </c>
-      <c r="B52" s="10"/>
-      <c r="C52" s="13" t="s">
+      <c r="B52" s="7"/>
+      <c r="C52" s="10" t="s">
         <v>428</v>
       </c>
-      <c r="D52" s="11"/>
-[...1 lines deleted...]
-      <c r="F52" s="5" t="s">
+      <c r="D52" s="8"/>
+      <c r="E52" s="7"/>
+      <c r="F52" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="G52" s="5" t="s">
+      <c r="G52" s="3" t="s">
         <v>430</v>
       </c>
-      <c r="H52" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I52" s="5" t="s">
+      <c r="H52" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I52" s="3" t="s">
         <v>431</v>
       </c>
-      <c r="J52" s="5" t="s">
+      <c r="J52" s="3" t="s">
         <v>432</v>
       </c>
-      <c r="K52" s="6" t="s">
+      <c r="K52" s="4" t="s">
         <v>433</v>
       </c>
-      <c r="L52" s="13" t="s">
+      <c r="L52" s="10" t="s">
         <v>434</v>
       </c>
-      <c r="M52" s="10"/>
-      <c r="N52" s="5" t="s">
+      <c r="M52" s="7"/>
+      <c r="N52" s="3" t="s">
         <v>435</v>
       </c>
-      <c r="O52" s="5" t="s">
+      <c r="O52" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="P52" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q52" s="5" t="s">
+      <c r="P52" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q52" s="3" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="53" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A53" s="12" t="s">
+      <c r="A53" s="9" t="s">
         <v>436</v>
       </c>
-      <c r="B53" s="10"/>
-      <c r="C53" s="12" t="s">
+      <c r="B53" s="7"/>
+      <c r="C53" s="9" t="s">
         <v>437</v>
       </c>
-      <c r="D53" s="11"/>
-[...1 lines deleted...]
-      <c r="F53" s="3" t="s">
+      <c r="D53" s="8"/>
+      <c r="E53" s="7"/>
+      <c r="F53" s="1" t="s">
         <v>438</v>
       </c>
-      <c r="G53" s="3" t="s">
+      <c r="G53" s="1" t="s">
         <v>439</v>
       </c>
-      <c r="H53" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I53" s="3" t="s">
+      <c r="H53" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I53" s="1" t="s">
         <v>440</v>
       </c>
-      <c r="J53" s="3" t="s">
+      <c r="J53" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="K53" s="4" t="s">
+      <c r="K53" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="L53" s="12" t="s">
+      <c r="L53" s="9" t="s">
         <v>442</v>
       </c>
-      <c r="M53" s="10"/>
-[...1 lines deleted...]
-      <c r="O53" s="3" t="s">
+      <c r="M53" s="7"/>
+      <c r="N53" s="1"/>
+      <c r="O53" s="1" t="s">
         <v>443</v>
       </c>
-      <c r="P53" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q53" s="3" t="s">
+      <c r="P53" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q53" s="1" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="54" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A54" s="13" t="s">
+      <c r="A54" s="10" t="s">
         <v>445</v>
       </c>
-      <c r="B54" s="10"/>
-      <c r="C54" s="13" t="s">
+      <c r="B54" s="7"/>
+      <c r="C54" s="10" t="s">
         <v>446</v>
       </c>
-      <c r="D54" s="11"/>
-[...1 lines deleted...]
-      <c r="F54" s="5" t="s">
+      <c r="D54" s="8"/>
+      <c r="E54" s="7"/>
+      <c r="F54" s="3" t="s">
         <v>447</v>
       </c>
-      <c r="G54" s="5" t="s">
+      <c r="G54" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="H54" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I54" s="5" t="s">
+      <c r="H54" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I54" s="3" t="s">
         <v>449</v>
       </c>
-      <c r="J54" s="5" t="s">
+      <c r="J54" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="K54" s="6" t="s">
+      <c r="K54" s="4" t="s">
         <v>451</v>
       </c>
-      <c r="L54" s="13" t="s">
+      <c r="L54" s="10" t="s">
         <v>452</v>
       </c>
-      <c r="M54" s="10"/>
-[...1 lines deleted...]
-      <c r="O54" s="5" t="s">
+      <c r="M54" s="7"/>
+      <c r="N54" s="3"/>
+      <c r="O54" s="3" t="s">
         <v>453</v>
       </c>
-      <c r="P54" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q54" s="5" t="s">
+      <c r="P54" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q54" s="3" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="55" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A55" s="12" t="s">
+      <c r="A55" s="9" t="s">
         <v>455</v>
       </c>
-      <c r="B55" s="10"/>
-      <c r="C55" s="12" t="s">
+      <c r="B55" s="7"/>
+      <c r="C55" s="9" t="s">
         <v>456</v>
       </c>
-      <c r="D55" s="11"/>
-[...1 lines deleted...]
-      <c r="F55" s="3" t="s">
+      <c r="D55" s="8"/>
+      <c r="E55" s="7"/>
+      <c r="F55" s="1" t="s">
         <v>457</v>
       </c>
-      <c r="G55" s="3" t="s">
+      <c r="G55" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="H55" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I55" s="3" t="s">
+      <c r="H55" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I55" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="J55" s="3" t="s">
+      <c r="J55" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="K55" s="4" t="s">
+      <c r="K55" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="L55" s="12" t="s">
+      <c r="L55" s="9" t="s">
         <v>460</v>
       </c>
-      <c r="M55" s="10"/>
-[...1 lines deleted...]
-      <c r="O55" s="3" t="s">
+      <c r="M55" s="7"/>
+      <c r="N55" s="1"/>
+      <c r="O55" s="1" t="s">
         <v>461</v>
       </c>
-      <c r="P55" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q55" s="3" t="s">
+      <c r="P55" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q55" s="1" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="56" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A56" s="13" t="s">
+      <c r="A56" s="10" t="s">
         <v>463</v>
       </c>
-      <c r="B56" s="10"/>
-      <c r="C56" s="13" t="s">
+      <c r="B56" s="7"/>
+      <c r="C56" s="10" t="s">
         <v>464</v>
       </c>
-      <c r="D56" s="11"/>
-[...1 lines deleted...]
-      <c r="F56" s="5" t="s">
+      <c r="D56" s="8"/>
+      <c r="E56" s="7"/>
+      <c r="F56" s="3" t="s">
         <v>465</v>
       </c>
-      <c r="G56" s="5" t="s">
+      <c r="G56" s="3" t="s">
         <v>466</v>
       </c>
-      <c r="H56" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I56" s="5" t="s">
+      <c r="H56" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I56" s="3" t="s">
         <v>467</v>
       </c>
-      <c r="J56" s="5" t="s">
+      <c r="J56" s="3" t="s">
         <v>468</v>
       </c>
-      <c r="K56" s="6" t="s">
+      <c r="K56" s="4" t="s">
         <v>469</v>
       </c>
-      <c r="L56" s="13" t="s">
+      <c r="L56" s="10" t="s">
         <v>470</v>
       </c>
-      <c r="M56" s="10"/>
-[...1 lines deleted...]
-      <c r="O56" s="5" t="s">
+      <c r="M56" s="7"/>
+      <c r="N56" s="3"/>
+      <c r="O56" s="3" t="s">
         <v>471</v>
       </c>
-      <c r="P56" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q56" s="5" t="s">
+      <c r="P56" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q56" s="3" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="57" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A57" s="12" t="s">
+      <c r="A57" s="9" t="s">
         <v>472</v>
       </c>
-      <c r="B57" s="10"/>
-      <c r="C57" s="12" t="s">
+      <c r="B57" s="7"/>
+      <c r="C57" s="9" t="s">
         <v>473</v>
       </c>
-      <c r="D57" s="11"/>
-[...1 lines deleted...]
-      <c r="F57" s="3" t="s">
+      <c r="D57" s="8"/>
+      <c r="E57" s="7"/>
+      <c r="F57" s="1" t="s">
         <v>474</v>
       </c>
-      <c r="G57" s="3" t="s">
+      <c r="G57" s="1" t="s">
         <v>475</v>
       </c>
-      <c r="H57" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I57" s="3" t="s">
+      <c r="H57" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I57" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="J57" s="3" t="s">
+      <c r="J57" s="1" t="s">
         <v>477</v>
       </c>
-      <c r="K57" s="4" t="s">
+      <c r="K57" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="L57" s="12" t="s">
+      <c r="L57" s="9" t="s">
         <v>478</v>
       </c>
-      <c r="M57" s="10"/>
-[...1 lines deleted...]
-      <c r="O57" s="3" t="s">
+      <c r="M57" s="7"/>
+      <c r="N57" s="1"/>
+      <c r="O57" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="P57" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q57" s="3" t="s">
+      <c r="P57" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q57" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="58" spans="1:17" ht="22" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="158">
     <mergeCell ref="A57:B57"/>
     <mergeCell ref="C57:E57"/>
     <mergeCell ref="L57:M57"/>
     <mergeCell ref="A55:B55"/>
     <mergeCell ref="C55:E55"/>
     <mergeCell ref="L55:M55"/>
     <mergeCell ref="A56:B56"/>
     <mergeCell ref="C56:E56"/>
     <mergeCell ref="L56:M56"/>
     <mergeCell ref="A53:B53"/>
     <mergeCell ref="C53:E53"/>
     <mergeCell ref="L53:M53"/>
     <mergeCell ref="A54:B54"/>
     <mergeCell ref="C54:E54"/>
     <mergeCell ref="L54:M54"/>
     <mergeCell ref="A51:B51"/>
     <mergeCell ref="C51:E51"/>
     <mergeCell ref="L51:M51"/>
     <mergeCell ref="A52:B52"/>
@@ -4541,51 +4550,51 @@
     <mergeCell ref="L11:M11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:E12"/>
     <mergeCell ref="L12:M12"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="C9:E9"/>
     <mergeCell ref="L9:M9"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="C10:E10"/>
     <mergeCell ref="L10:M10"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="C7:E7"/>
     <mergeCell ref="L7:M7"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="C8:E8"/>
     <mergeCell ref="L8:M8"/>
     <mergeCell ref="B1:C3"/>
     <mergeCell ref="E2:L2"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="C6:E6"/>
     <mergeCell ref="L6:M6"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.63542007874015705" header="0.25" footer="0.25"/>
   <pageSetup orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;"Arial,Regular"&amp;10 Run Date: 11/3/2025 11:16:35 AM &amp;R&amp;"Arial,Regular"&amp;10Page: &amp;P of &amp;N</oddFooter>
+    <oddFooter>&amp;L&amp;"Arial,Regular"&amp;10 Run Date: 12/1/2025 1:26:58 PM &amp;R&amp;"Arial,Regular"&amp;10Page: &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>