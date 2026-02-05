--- v1 (2025-12-20)
+++ v2 (2026-02-05)
@@ -1,72 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="11003"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11003"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/lesliemonteiro/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C9753673-00B1-104E-A389-84D8DA805324}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EAF296C5-6AF4-2046-96A3-A2E0A559970D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="760" windowWidth="24200" windowHeight="18280" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="240" yWindow="760" windowWidth="18060" windowHeight="7060" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Report_Communication_Coord_List" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Report_Communication_Coord_List!$1:$4</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="646" uniqueCount="480">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="767" uniqueCount="572">
   <si>
     <t>Agy/Div</t>
   </si>
   <si>
     <t>Agy/Div Name</t>
   </si>
   <si>
     <t>Coordinator Name</t>
   </si>
   <si>
     <t>Coordinator Title</t>
   </si>
   <si>
     <t>Loc  Type</t>
   </si>
   <si>
     <t>Coordinator Email</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Ext</t>
   </si>
   <si>
@@ -159,791 +159,986 @@
   <si>
     <t xml:space="preserve">TOWN OF BEDFORD               </t>
   </si>
   <si>
     <t>ELIZABETH GOUVEIA</t>
   </si>
   <si>
     <t>HR Director</t>
   </si>
   <si>
     <t>EGOUVEIA@BEDFORDMA.GOV</t>
   </si>
   <si>
     <t>781-918-4008</t>
   </si>
   <si>
     <t>10 MUDGE WAY</t>
   </si>
   <si>
     <t>BEDFORD</t>
   </si>
   <si>
     <t>01730-0000</t>
   </si>
   <si>
+    <t>666/0029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWN OF BERNARDSTON           </t>
+  </si>
+  <si>
+    <t>SUSAN BOBE</t>
+  </si>
+  <si>
+    <t>Treasurer</t>
+  </si>
+  <si>
+    <t>SBOBE@TOWNOFBERNARDSTON.ORG</t>
+  </si>
+  <si>
+    <t>413-648-5400</t>
+  </si>
+  <si>
+    <t>PO BOX 504</t>
+  </si>
+  <si>
+    <t>BERNARDSTON</t>
+  </si>
+  <si>
+    <t>01337-0000</t>
+  </si>
+  <si>
     <t>666/0046</t>
   </si>
   <si>
     <t xml:space="preserve">TOWN OF BROOKLINE             </t>
   </si>
   <si>
     <t>KAYLA TOLENO</t>
   </si>
   <si>
     <t>BENEFITS ADMINISTRATOR</t>
   </si>
   <si>
     <t>KTOLENO@BROOKLINEMA.GOV</t>
   </si>
   <si>
     <t>617-730-2117</t>
   </si>
   <si>
     <t>333 WASHINGTON ST., ROOM 208</t>
   </si>
   <si>
     <t>HUMAN RESOURCES</t>
   </si>
   <si>
     <t>BROOKLINE</t>
   </si>
   <si>
     <t>02445-0000</t>
   </si>
   <si>
+    <t>666/0060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWN OF CHESTERFIELD          </t>
+  </si>
+  <si>
+    <t>MEG MCWHERTER</t>
+  </si>
+  <si>
+    <t>COORDINATOR</t>
+  </si>
+  <si>
+    <t>MEG.MCWHERTER1@VERIZON.NET</t>
+  </si>
+  <si>
+    <t>413-296-4771</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>422 MAIN ROAD</t>
+  </si>
+  <si>
+    <t>PO BOX 299</t>
+  </si>
+  <si>
+    <t>CHESTERFIELD</t>
+  </si>
+  <si>
+    <t>01012-0000</t>
+  </si>
+  <si>
     <t>666/0083</t>
   </si>
   <si>
     <t xml:space="preserve">TOWN OF EAST BRIDGEWATER      </t>
   </si>
   <si>
     <t>MEGAN CROSBY</t>
   </si>
   <si>
     <t>Treasurer/Collector</t>
   </si>
   <si>
     <t>MCROSBY@EASTBRIDGEWATERMA.GOV</t>
   </si>
   <si>
     <t>508-378-1604</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>175 CENTRAL ST., P.O.BOX 386</t>
   </si>
   <si>
     <t>EAST BRIDGEWATER</t>
   </si>
   <si>
     <t>02333-0000</t>
   </si>
   <si>
     <t>666/0088</t>
   </si>
   <si>
     <t xml:space="preserve">TOWN OF EASTON                </t>
   </si>
   <si>
-    <t>LINDA HAWKES</t>
-[...8 lines deleted...]
-    <t>508-230-0604</t>
+    <t>BRIAN MANDEVILLE</t>
+  </si>
+  <si>
+    <t>Interim Treasurer/Collector</t>
+  </si>
+  <si>
+    <t>BMANDEVILLE@EASTON.MA.US</t>
+  </si>
+  <si>
+    <t>508-230-0602</t>
+  </si>
+  <si>
+    <t>136 ELM STREET</t>
+  </si>
+  <si>
+    <t>NORTH EASTON</t>
+  </si>
+  <si>
+    <t>02356-0000</t>
+  </si>
+  <si>
+    <t>666/0100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CITY OF FRAMINGHAM            </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAXIMILLIAN BASTOS </t>
+  </si>
+  <si>
+    <t>BENEFITS MANAGER</t>
+  </si>
+  <si>
+    <t>MBASTOS@FRAMINGHAMMA.GOV</t>
+  </si>
+  <si>
+    <t>508-532-5493</t>
+  </si>
+  <si>
+    <t>150 CONCORD STREET, B7</t>
+  </si>
+  <si>
+    <t>FRAMINGHAM</t>
+  </si>
+  <si>
+    <t>01702-0000</t>
+  </si>
+  <si>
+    <t>666/0101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWN OF FRANKLIN              </t>
+  </si>
+  <si>
+    <t>EMMA COLLINS</t>
+  </si>
+  <si>
+    <t>BENEFITS COORDINATOR</t>
+  </si>
+  <si>
+    <t>ECOLLINS@FRANKLINMA.GOV</t>
+  </si>
+  <si>
+    <t>508-553-4869</t>
+  </si>
+  <si>
+    <t>355 EAST CENTRAL STREET</t>
+  </si>
+  <si>
+    <t>FRANKLIN</t>
+  </si>
+  <si>
+    <t>02038-1352</t>
+  </si>
+  <si>
+    <t>666/0107</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CITY OF GLOUCESTER            </t>
+  </si>
+  <si>
+    <t>VALERIE MARINO</t>
+  </si>
+  <si>
+    <t>wc/BENEFITS AGENCY</t>
+  </si>
+  <si>
+    <t>VMARINO@GLOUCESTER-MA.GOV</t>
+  </si>
+  <si>
+    <t>978-281-9742</t>
+  </si>
+  <si>
+    <t>9 DALE AVENUE</t>
+  </si>
+  <si>
+    <t>GLOUCESTER</t>
+  </si>
+  <si>
+    <t>01930-0000</t>
+  </si>
+  <si>
+    <t>666/0110</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWN OF GRAFTON               </t>
+  </si>
+  <si>
+    <t>KRISTEN PASACANE</t>
+  </si>
+  <si>
+    <t>PASACANEK@GRAFTON-MA.GOV</t>
+  </si>
+  <si>
+    <t>508-839-5335</t>
+  </si>
+  <si>
+    <t>1391</t>
+  </si>
+  <si>
+    <t>30 PROVIDENCE RD.</t>
+  </si>
+  <si>
+    <t>GRAFTON</t>
+  </si>
+  <si>
+    <t>01519-0000</t>
+  </si>
+  <si>
+    <t>666/0116</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWN OF GROVELAND             </t>
+  </si>
+  <si>
+    <t>MICHELE BEEGAN</t>
+  </si>
+  <si>
+    <t>Treasurer Collector</t>
+  </si>
+  <si>
+    <t>MBEEGAN@GROVELANDMA.COM</t>
+  </si>
+  <si>
+    <t>978-556-7202</t>
+  </si>
+  <si>
+    <t>183 MAIN STREET</t>
+  </si>
+  <si>
+    <t>GROVELAND</t>
+  </si>
+  <si>
+    <t>01834-1377</t>
+  </si>
+  <si>
+    <t>666/0128</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CITY OF HAVERHILL             </t>
+  </si>
+  <si>
+    <t>DENISE MCCLANAHAN</t>
+  </si>
+  <si>
+    <t>DMCCLANAHAN@CITYOFHAVERHILL.COM</t>
+  </si>
+  <si>
+    <t>978-374-2357</t>
+  </si>
+  <si>
+    <t>HUMAN RESOURCES DEPT</t>
+  </si>
+  <si>
+    <t>4 SUMMER STREET, ROOM 306</t>
+  </si>
+  <si>
+    <t>HAVERHILL</t>
+  </si>
+  <si>
+    <t>01830-0000</t>
+  </si>
+  <si>
+    <t>666/0131</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWN OF HINGHAM               </t>
+  </si>
+  <si>
+    <t>HEATHER JOHNSON</t>
+  </si>
+  <si>
+    <t>JOHNSONH@HINGHAM-MA.GOV</t>
+  </si>
+  <si>
+    <t>781-804-2476</t>
+  </si>
+  <si>
+    <t>ATTN: HEATHER JOHNSON</t>
+  </si>
+  <si>
+    <t>210 CENTRAL STREET</t>
+  </si>
+  <si>
+    <t>HINGHAM</t>
+  </si>
+  <si>
+    <t>02043-0000</t>
+  </si>
+  <si>
+    <t>666/0133</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWN OF HOLBROOK              </t>
+  </si>
+  <si>
+    <t>ANNE MAHONEY</t>
+  </si>
+  <si>
+    <t>Human Resources Director</t>
+  </si>
+  <si>
+    <t>AMAHONEY@HOLBROOKMASSACHUSETTS.US</t>
+  </si>
+  <si>
+    <t>781-767-4321</t>
+  </si>
+  <si>
+    <t>50 N. FRANKLIN STREET</t>
+  </si>
+  <si>
+    <t>HOLBROOK</t>
+  </si>
+  <si>
+    <t>02343-1560</t>
+  </si>
+  <si>
+    <t>666/0136</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWN OF HOLLISTON             </t>
+  </si>
+  <si>
+    <t>JOANNE LIBURD</t>
+  </si>
+  <si>
+    <t>HR Benefits Manager</t>
+  </si>
+  <si>
+    <t>LIBURDJ@HOLLISTON.K12.MA.US</t>
+  </si>
+  <si>
+    <t>508-474-3335</t>
+  </si>
+  <si>
+    <t>703 WASHINGTON ST</t>
+  </si>
+  <si>
+    <t>HOLLISTON</t>
+  </si>
+  <si>
+    <t>01746-0000</t>
+  </si>
+  <si>
+    <t>666/0149</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CITY OF LAWRENCE              </t>
+  </si>
+  <si>
+    <t>DAWNA  MACKLAND-RIVERA</t>
+  </si>
+  <si>
+    <t>Benefits Coordinator</t>
+  </si>
+  <si>
+    <t>DMACKLAND-RIVERA@CITYOFLAWRENCE.COM</t>
+  </si>
+  <si>
+    <t>978-620-3065</t>
+  </si>
+  <si>
+    <t>200 COMMON STREET</t>
+  </si>
+  <si>
+    <t>ROOM 303</t>
+  </si>
+  <si>
+    <t>LAWRENCE</t>
+  </si>
+  <si>
+    <t>01841-0000</t>
+  </si>
+  <si>
+    <t>666/0155</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWN OF LEXINGTON             </t>
+  </si>
+  <si>
+    <t>JOANNE TAFT</t>
+  </si>
+  <si>
+    <t>JTAFT@LEXINGTONMA.GOV</t>
+  </si>
+  <si>
+    <t>781-698-4592</t>
+  </si>
+  <si>
+    <t>1625 MASSACHUSETTS AVENUE</t>
+  </si>
+  <si>
+    <t>LEXINGTON</t>
+  </si>
+  <si>
+    <t>02420-0000</t>
+  </si>
+  <si>
+    <t>666/0156</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWN OF LEYDEN                </t>
+  </si>
+  <si>
+    <t>TREASURER</t>
+  </si>
+  <si>
+    <t>TREASURER@TOWNOFLEYDEN.COM</t>
+  </si>
+  <si>
+    <t>413-774-4111</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>7 BRATTLEBORO ROAD</t>
+  </si>
+  <si>
+    <t>LEYDEN</t>
+  </si>
+  <si>
+    <t>01301-0000</t>
+  </si>
+  <si>
+    <t>666/0160</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CITY OF LOWELL                </t>
+  </si>
+  <si>
+    <t>LINDA FREITAS</t>
+  </si>
+  <si>
+    <t>HR Generalist</t>
+  </si>
+  <si>
+    <t>LFREITAS@LOWELLMA.GOV</t>
+  </si>
+  <si>
+    <t>978-674-4105</t>
+  </si>
+  <si>
+    <t>HUMAN RELATIONS, ROOM #19</t>
+  </si>
+  <si>
+    <t>375 MERRIMACK STREET</t>
+  </si>
+  <si>
+    <t>LOWELL</t>
+  </si>
+  <si>
+    <t>01852-0000</t>
+  </si>
+  <si>
+    <t>666/0164</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWN OF LYNNFIELD             </t>
+  </si>
+  <si>
+    <t>KATHERINE  KENAWELL</t>
+  </si>
+  <si>
+    <t>KKENAWELL@TOWN.LYNNFIELD.MA.US</t>
+  </si>
+  <si>
+    <t>781-334-9435</t>
+  </si>
+  <si>
+    <t>55 SUMMER STREET</t>
+  </si>
+  <si>
+    <t>LYNNFIELD</t>
+  </si>
+  <si>
+    <t>01940-0000</t>
+  </si>
+  <si>
+    <t>666/0165</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CITY OF MALDEN                </t>
+  </si>
+  <si>
+    <t>ODELISA MACEDO</t>
+  </si>
+  <si>
+    <t>DIRECTOR OF HUMAN RESOURCES</t>
+  </si>
+  <si>
+    <t>OMACEDO@CITYOFMALDEN.ORG</t>
+  </si>
+  <si>
+    <t>781-397-7000</t>
+  </si>
+  <si>
+    <t>2187</t>
+  </si>
+  <si>
+    <t>215 PLEASANT STREET</t>
+  </si>
+  <si>
+    <t>MALDEN</t>
+  </si>
+  <si>
+    <t>02148-0000</t>
+  </si>
+  <si>
+    <t>666/0168</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWN OF MARBLEHEAD            </t>
+  </si>
+  <si>
+    <t>KATHRYN CAREY</t>
+  </si>
+  <si>
+    <t>Coordinator</t>
+  </si>
+  <si>
+    <t>CAREYK@MARBLEHEAD.ORG</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t>7 WIDGER ROAD</t>
+  </si>
+  <si>
+    <t>MARY ALLEY MUNICIPAL BUILDING</t>
+  </si>
+  <si>
+    <t>MARBLEHEAD</t>
+  </si>
+  <si>
+    <t>01945-0000</t>
+  </si>
+  <si>
+    <t>666/0176</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CITY OF MEDFORD               </t>
+  </si>
+  <si>
+    <t>VIRGINIA RICHARD</t>
+  </si>
+  <si>
+    <t>GRICHARD@MEDFORD-MA.GOV</t>
+  </si>
+  <si>
+    <t>781-393-2406</t>
+  </si>
+  <si>
+    <t>85 GEORGE P HASSET DRIVE</t>
+  </si>
+  <si>
+    <t>MEDFORD</t>
+  </si>
+  <si>
+    <t>02155-0000</t>
+  </si>
+  <si>
+    <t>666/0178</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CITY OF MELROSE               </t>
+  </si>
+  <si>
+    <t>DIANE BARRETT</t>
+  </si>
+  <si>
+    <t>HR COORDINATOR</t>
+  </si>
+  <si>
+    <t>DBARRETT@CITYOFMELROSE.ORG</t>
+  </si>
+  <si>
+    <t>781-979-4145</t>
+  </si>
+  <si>
+    <t>562 MAIN STREET</t>
+  </si>
+  <si>
+    <t>MELROSE</t>
+  </si>
+  <si>
+    <t>02176-0000</t>
+  </si>
+  <si>
+    <t>666/0182</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWN OF MIDDLEBOROUGH         </t>
+  </si>
+  <si>
+    <t>SUSAN POWERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Benefit Coordinator                               </t>
+  </si>
+  <si>
+    <t>SPWRS@MIDDLEBOROUGH.COM</t>
+  </si>
+  <si>
+    <t>508-946-2420</t>
+  </si>
+  <si>
+    <t>1127</t>
+  </si>
+  <si>
+    <t>TREASURER/COLLECTOR OFFICE</t>
+  </si>
+  <si>
+    <t>20 CENTRE STREET, 3RD FLOOR</t>
+  </si>
+  <si>
+    <t>MIDDLEBOROUGH</t>
+  </si>
+  <si>
+    <t>02346-0000</t>
+  </si>
+  <si>
+    <t>666/0187</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWN OF MILLIS                </t>
+  </si>
+  <si>
+    <t>VICTORIA SCHINDLER</t>
+  </si>
+  <si>
+    <t>VSCHINDLER@MILLISMA.GOV</t>
+  </si>
+  <si>
+    <t>508-376-7041</t>
+  </si>
+  <si>
+    <t>900 MAIN STREET</t>
+  </si>
+  <si>
+    <t>MILLIS</t>
+  </si>
+  <si>
+    <t>02054-0000</t>
+  </si>
+  <si>
+    <t>666/0191</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWN OF MONSON                </t>
+  </si>
+  <si>
+    <t>SHERRI ROBERSON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Treasurer/Collector </t>
+  </si>
+  <si>
+    <t>SROBERSON@MONSON-MA.GOV</t>
+  </si>
+  <si>
+    <t>413-267-4125</t>
+  </si>
+  <si>
+    <t>110 MAIN STREET, SUITE 11</t>
+  </si>
+  <si>
+    <t>MONSON</t>
+  </si>
+  <si>
+    <t>01057-0000</t>
+  </si>
+  <si>
+    <t>666/0210</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWN OF NORTH ANDOVER         </t>
+  </si>
+  <si>
+    <t>SABEEN SHEIKH</t>
+  </si>
+  <si>
+    <t>SSHEIKH@NORTHANDOVERMA.GOV</t>
+  </si>
+  <si>
+    <t>978-688-9526</t>
+  </si>
+  <si>
+    <t>120 MAIN STREET</t>
+  </si>
+  <si>
+    <t>NORTH ANDOVER</t>
+  </si>
+  <si>
+    <t>01845-0000</t>
+  </si>
+  <si>
+    <t>666/0214</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CITY OF NORTHAMPTON-HR        </t>
+  </si>
+  <si>
+    <t>JANET TESTORI</t>
+  </si>
+  <si>
+    <t>Benefit Specialist</t>
+  </si>
+  <si>
+    <t>JTESTORI@NORTHAMPTONMA.GOV</t>
+  </si>
+  <si>
+    <t>413-587-1068</t>
+  </si>
+  <si>
+    <t>240 MAIN STREET</t>
+  </si>
+  <si>
+    <t>NORTHAMPTON</t>
+  </si>
+  <si>
+    <t>01060-0000</t>
+  </si>
+  <si>
+    <t>666/0220</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWN OF NORWOOD               </t>
+  </si>
+  <si>
+    <t>ROSEMARIE MEEHAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Benefits Coordinator                              </t>
+  </si>
+  <si>
+    <t>RMEEHAN@NORWOODMA.GOV</t>
+  </si>
+  <si>
+    <t>781-762-1240</t>
+  </si>
+  <si>
+    <t>6033</t>
+  </si>
+  <si>
+    <t>P.O. BOX 40</t>
+  </si>
+  <si>
+    <t>206 CENTRAL ST</t>
+  </si>
+  <si>
+    <t>NORWOOD</t>
+  </si>
+  <si>
+    <t>02062-0000</t>
+  </si>
+  <si>
+    <t>666/0226</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWN OF OXFORD                </t>
+  </si>
+  <si>
+    <t>KARRYN RYAN</t>
+  </si>
+  <si>
+    <t>PAYROLL/BENEFITS ADMIN ASST.</t>
+  </si>
+  <si>
+    <t>KRYAN@OXFORDMA.US</t>
+  </si>
+  <si>
+    <t>508-987-6035</t>
+  </si>
+  <si>
+    <t>1035</t>
+  </si>
+  <si>
+    <t>325 MAIN STREET</t>
+  </si>
+  <si>
+    <t>OXFORD</t>
+  </si>
+  <si>
+    <t>01540-0000</t>
+  </si>
+  <si>
+    <t>666/0244</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWN OF RANDOLPH              </t>
+  </si>
+  <si>
+    <t>ANNE BARKHOUSE</t>
+  </si>
+  <si>
+    <t>GIC  Coordinator</t>
+  </si>
+  <si>
+    <t>ABARKHOUSE@RANDOLPH-MA.GOV</t>
+  </si>
+  <si>
+    <t>781-961-0916</t>
+  </si>
+  <si>
+    <t>TOWN HALL</t>
+  </si>
+  <si>
+    <t>41 SOUTH MAIN STREET</t>
+  </si>
+  <si>
+    <t>RANDOLPH</t>
+  </si>
+  <si>
+    <t>02368-0000</t>
+  </si>
+  <si>
+    <t>666/0258</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CITY OF SALEM                 </t>
+  </si>
+  <si>
+    <t>LISA CAMMARATA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HUMAN RESOURCES DIRECTOR                          </t>
+  </si>
+  <si>
+    <t>LCAMMARATA@SALEM.COM</t>
+  </si>
+  <si>
+    <t>978-619-5630</t>
+  </si>
+  <si>
+    <t>98 WASHINGTON ST. 3RD FLOOR</t>
+  </si>
+  <si>
+    <t>SALEM</t>
+  </si>
+  <si>
+    <t>01970-0000</t>
+  </si>
+  <si>
+    <t>666/0274</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CITY OF SOMERVILLE            </t>
+  </si>
+  <si>
+    <t>BEATRICE FALAISE</t>
+  </si>
+  <si>
+    <t>BFALAISE@SOMERVILLEMA.GOV</t>
+  </si>
+  <si>
+    <t>93 HIGHLAND AVENUE</t>
+  </si>
+  <si>
+    <t>SOMERVILLE</t>
+  </si>
+  <si>
+    <t>02143-0000</t>
+  </si>
+  <si>
+    <t>666/0281</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CITY OF SPRINGFIELD           </t>
+  </si>
+  <si>
+    <t>CAMEO RESTREPO</t>
+  </si>
+  <si>
+    <t>Employee Benefits Manager</t>
+  </si>
+  <si>
+    <t>CRESTREPO@SPRINGFIELDCITYHALL.COM</t>
+  </si>
+  <si>
+    <t>413-787-6055</t>
+  </si>
+  <si>
+    <t>36 COURT STREET, ROOM 018</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
-    <t>136 ELM STREET</t>
-[...658 lines deleted...]
-  <si>
     <t>SPRINGFIELD</t>
   </si>
   <si>
     <t>01108-0000</t>
   </si>
   <si>
     <t>666/0284</t>
   </si>
   <si>
     <t xml:space="preserve">TOWN OF STONEHAM              </t>
   </si>
   <si>
     <t xml:space="preserve">CHRISTINE DELROSSI </t>
   </si>
   <si>
     <t>CDELROSSI@CI.STONEHAM.MA.US</t>
   </si>
   <si>
     <t>781-279-2630</t>
   </si>
   <si>
     <t>STONEHAM BENEFITS DEPARTMENT</t>
   </si>
   <si>
     <t>35 CENTRAL STREET</t>
@@ -1419,162 +1614,234 @@
   <si>
     <t>AMABER DE LOS SANTOS</t>
   </si>
   <si>
     <t>ADELOSSANTOS@SHORECOLLABORATIVE.ORG</t>
   </si>
   <si>
     <t>857-776-6875</t>
   </si>
   <si>
     <t>201 CRESCENT AVE</t>
   </si>
   <si>
     <t>CHELSEA</t>
   </si>
   <si>
     <t>02150-0000</t>
   </si>
   <si>
     <t>666/0513</t>
   </si>
   <si>
     <t xml:space="preserve">READS COLLABORATIVE           </t>
   </si>
   <si>
-    <t>JESSICA LEGZDINS</t>
-[...5 lines deleted...]
-    <t>JLEGZDINS@READSCOLLAB.ORG</t>
+    <t>LINDSEY ALBERNAZ</t>
+  </si>
+  <si>
+    <t>GIC Coordinator</t>
+  </si>
+  <si>
+    <t>LALBERNAZ@READSCOLLAB.ORG</t>
   </si>
   <si>
     <t>508-947-3634</t>
   </si>
   <si>
-    <t>1123</t>
+    <t>1101</t>
   </si>
   <si>
     <t>105 EAST GROVE ST</t>
   </si>
   <si>
     <t>MIDDLEBORO</t>
   </si>
   <si>
     <t>666/0515</t>
   </si>
   <si>
     <t xml:space="preserve">MIDDLESEX REG EMERG COMM DIST </t>
   </si>
   <si>
     <t>ERIN  HASTINGS</t>
   </si>
   <si>
     <t>EXECUTIVE DIRECTOR</t>
   </si>
   <si>
     <t>EHASTINGS@MRECC-MA.GOV</t>
   </si>
   <si>
-    <t>413-668-5075</t>
+    <t>508-810-2727</t>
   </si>
   <si>
     <t>1 WILLIAM WELCH WAY</t>
+  </si>
+  <si>
+    <t>666/0517</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRANKLIN REG COUNCIL OF GOV   </t>
+  </si>
+  <si>
+    <t>LINDA GROSS</t>
+  </si>
+  <si>
+    <t>ASST DIRECTOR OF FINANCE</t>
+  </si>
+  <si>
+    <t>LGROSS@FCOG.ORG</t>
+  </si>
+  <si>
+    <t>413-774-3167</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>12 OLIVE STREET, SUITE 2</t>
+  </si>
+  <si>
+    <t>GREENFIELD</t>
+  </si>
+  <si>
+    <t>666/0519</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PIONEER VALLEY RSD            </t>
+  </si>
+  <si>
+    <t>TAFFY BASSETT-FOX</t>
+  </si>
+  <si>
+    <t>DIRECTOR OF FINANCE &amp; OPERATIONS</t>
+  </si>
+  <si>
+    <t>BASSETT-FOX@PVRSDK12.ORG</t>
+  </si>
+  <si>
+    <t>413-498-2931</t>
+  </si>
+  <si>
+    <t>607</t>
+  </si>
+  <si>
+    <t>97 F. SUMNER TURNER ROAD</t>
+  </si>
+  <si>
+    <t>NORTHFIELD</t>
+  </si>
+  <si>
+    <t>01360-0000</t>
+  </si>
+  <si>
+    <t>666/0520</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHARLES RIVER PCD             </t>
+  </si>
+  <si>
+    <t>ELIZABETH TAGLIERI</t>
+  </si>
+  <si>
+    <t>LTAGLIERI@CHARLESRIVERPCD.ORG</t>
+  </si>
+  <si>
+    <t>508-533-6762</t>
+  </si>
+  <si>
+    <t>66 VILLAGE STREET</t>
+  </si>
+  <si>
+    <t>MEDWAY</t>
+  </si>
+  <si>
+    <t>02053-0000</t>
   </si>
   <si>
     <t>GIC Coordinators - Municipal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
-      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="Tahoma"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color rgb="FF4682B4"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
-    <font>
-[...11 lines deleted...]
-    </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FF4682B4"/>
+        <bgColor rgb="FF4682B4"/>
+      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCAE4F9"/>
         <bgColor rgb="FFCAE4F9"/>
-      </patternFill>
-[...10 lines deleted...]
-        <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFD3D3D3"/>
       </left>
       <right style="thin">
         <color rgb="FFD3D3D3"/>
       </right>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
@@ -1585,90 +1852,87 @@
         <color rgb="FFD3D3D3"/>
       </right>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="004682B4"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00CAE4F9"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
@@ -1737,51 +2001,51 @@
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.gif"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>785164</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>139700</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Picture 1" descr="MAGIC GIC logo">
+        <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -2054,2387 +2318,2849 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:Q58"/>
+  <dimension ref="A1:Q68"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="I3" sqref="I3"/>
+      <selection pane="bottomLeft" activeCell="I4" sqref="I4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.33203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="13.1640625" customWidth="1"/>
     <col min="4" max="4" width="0.33203125" customWidth="1"/>
     <col min="5" max="5" width="7.33203125" customWidth="1"/>
     <col min="6" max="6" width="19.6640625" customWidth="1"/>
     <col min="7" max="7" width="17.5" customWidth="1"/>
     <col min="8" max="8" width="8" customWidth="1"/>
     <col min="9" max="9" width="34" customWidth="1"/>
     <col min="10" max="10" width="13.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.1640625" customWidth="1"/>
     <col min="12" max="12" width="7.83203125" customWidth="1"/>
     <col min="13" max="13" width="12.5" customWidth="1"/>
     <col min="14" max="14" width="15.5" customWidth="1"/>
     <col min="15" max="15" width="17.1640625" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="13.6640625" customWidth="1"/>
     <col min="18" max="18" width="9.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B1" s="5"/>
-      <c r="C1" s="5"/>
+      <c r="B1" s="7"/>
+      <c r="C1" s="7"/>
     </row>
     <row r="2" spans="1:17" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="5"/>
-[...10 lines deleted...]
-      <c r="L2" s="5"/>
+      <c r="B2" s="7"/>
+      <c r="C2" s="7"/>
+      <c r="E2" s="13" t="s">
+        <v>571</v>
+      </c>
+      <c r="F2" s="7"/>
+      <c r="G2" s="7"/>
+      <c r="H2" s="7"/>
+      <c r="I2" s="7"/>
+      <c r="J2" s="7"/>
+      <c r="K2" s="7"/>
+      <c r="L2" s="7"/>
     </row>
     <row r="3" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="5"/>
-      <c r="C3" s="5"/>
+      <c r="B3" s="7"/>
+      <c r="C3" s="7"/>
     </row>
     <row r="4" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="5" spans="1:17" ht="2" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="6" spans="1:17" ht="30" x14ac:dyDescent="0.2">
-      <c r="A6" s="11" t="s">
+      <c r="A6" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="B6" s="12"/>
-      <c r="C6" s="11" t="s">
+      <c r="B6" s="9"/>
+      <c r="C6" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="D6" s="8"/>
-[...1 lines deleted...]
-      <c r="F6" s="13" t="s">
+      <c r="D6" s="10"/>
+      <c r="E6" s="9"/>
+      <c r="F6" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="G6" s="13" t="s">
+      <c r="G6" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="H6" s="14" t="s">
+      <c r="H6" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="I6" s="13" t="s">
+      <c r="I6" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="J6" s="13" t="s">
+      <c r="J6" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="K6" s="14" t="s">
+      <c r="K6" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="L6" s="11" t="s">
+      <c r="L6" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="M6" s="7"/>
-      <c r="N6" s="13" t="s">
+      <c r="M6" s="9"/>
+      <c r="N6" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="O6" s="13" t="s">
+      <c r="O6" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="P6" s="14" t="s">
+      <c r="P6" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="Q6" s="13" t="s">
+      <c r="Q6" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A7" s="9" t="s">
+      <c r="A7" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="B7" s="7"/>
-      <c r="C7" s="9" t="s">
+      <c r="B7" s="9"/>
+      <c r="C7" s="11" t="s">
         <v>14</v>
       </c>
-      <c r="D7" s="8"/>
-[...1 lines deleted...]
-      <c r="F7" s="1" t="s">
+      <c r="D7" s="10"/>
+      <c r="E7" s="9"/>
+      <c r="F7" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="G7" s="1" t="s">
+      <c r="G7" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="H7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I7" s="1" t="s">
+      <c r="H7" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I7" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="J7" s="1" t="s">
+      <c r="J7" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="K7" s="2" t="s">
+      <c r="K7" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L7" s="9" t="s">
+      <c r="L7" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="M7" s="7"/>
-      <c r="N7" s="1" t="s">
+      <c r="M7" s="9"/>
+      <c r="N7" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="O7" s="1" t="s">
+      <c r="O7" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="P7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q7" s="1" t="s">
+      <c r="P7" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q7" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A8" s="10" t="s">
+      <c r="A8" s="12" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="7"/>
-      <c r="C8" s="10" t="s">
+      <c r="B8" s="9"/>
+      <c r="C8" s="12" t="s">
         <v>27</v>
       </c>
-      <c r="D8" s="8"/>
-[...1 lines deleted...]
-      <c r="F8" s="3" t="s">
+      <c r="D8" s="10"/>
+      <c r="E8" s="9"/>
+      <c r="F8" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="G8" s="3" t="s">
+      <c r="G8" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="H8" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I8" s="3" t="s">
+      <c r="H8" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I8" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="J8" s="3" t="s">
+      <c r="J8" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="K8" s="4" t="s">
+      <c r="K8" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="L8" s="10" t="s">
+      <c r="L8" s="12" t="s">
         <v>33</v>
       </c>
-      <c r="M8" s="7"/>
-[...1 lines deleted...]
-      <c r="O8" s="3" t="s">
+      <c r="M8" s="9"/>
+      <c r="N8" s="5"/>
+      <c r="O8" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="P8" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q8" s="3" t="s">
+      <c r="P8" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q8" s="5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A9" s="9" t="s">
+      <c r="A9" s="11" t="s">
         <v>36</v>
       </c>
-      <c r="B9" s="7"/>
-      <c r="C9" s="9" t="s">
+      <c r="B9" s="9"/>
+      <c r="C9" s="11" t="s">
         <v>37</v>
       </c>
-      <c r="D9" s="8"/>
-[...1 lines deleted...]
-      <c r="F9" s="1" t="s">
+      <c r="D9" s="10"/>
+      <c r="E9" s="9"/>
+      <c r="F9" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="G9" s="1" t="s">
+      <c r="G9" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="H9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I9" s="1" t="s">
+      <c r="H9" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I9" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="J9" s="1" t="s">
+      <c r="J9" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="K9" s="2" t="s">
+      <c r="K9" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L9" s="9" t="s">
+      <c r="L9" s="11" t="s">
         <v>42</v>
       </c>
-      <c r="M9" s="7"/>
-[...1 lines deleted...]
-      <c r="O9" s="1" t="s">
+      <c r="M9" s="9"/>
+      <c r="N9" s="3"/>
+      <c r="O9" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="P9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q9" s="1" t="s">
+      <c r="P9" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q9" s="3" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="10" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A10" s="10" t="s">
+    <row r="10" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A10" s="12" t="s">
         <v>45</v>
       </c>
-      <c r="B10" s="7"/>
-      <c r="C10" s="10" t="s">
+      <c r="B10" s="9"/>
+      <c r="C10" s="12" t="s">
         <v>46</v>
       </c>
-      <c r="D10" s="8"/>
-[...1 lines deleted...]
-      <c r="F10" s="3" t="s">
+      <c r="D10" s="10"/>
+      <c r="E10" s="9"/>
+      <c r="F10" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="G10" s="3" t="s">
+      <c r="G10" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="H10" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I10" s="3" t="s">
+      <c r="H10" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I10" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="J10" s="3" t="s">
+      <c r="J10" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="K10" s="4" t="s">
+      <c r="K10" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L10" s="10" t="s">
+      <c r="L10" s="12" t="s">
         <v>51</v>
       </c>
-      <c r="M10" s="7"/>
-      <c r="N10" s="3" t="s">
+      <c r="M10" s="9"/>
+      <c r="N10" s="5"/>
+      <c r="O10" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="O10" s="3" t="s">
+      <c r="P10" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q10" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="P10" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q10" s="3" t="s">
+    </row>
+    <row r="11" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A11" s="11" t="s">
         <v>54</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="9" t="s">
+      <c r="B11" s="9"/>
+      <c r="C11" s="11" t="s">
         <v>55</v>
       </c>
-      <c r="B11" s="7"/>
-      <c r="C11" s="9" t="s">
+      <c r="D11" s="10"/>
+      <c r="E11" s="9"/>
+      <c r="F11" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="D11" s="8"/>
-[...1 lines deleted...]
-      <c r="F11" s="1" t="s">
+      <c r="G11" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="G11" s="1" t="s">
+      <c r="H11" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I11" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="H11" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I11" s="1" t="s">
+      <c r="J11" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="J11" s="1" t="s">
+      <c r="K11" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L11" s="11" t="s">
         <v>60</v>
       </c>
-      <c r="K11" s="2" t="s">
+      <c r="M11" s="9"/>
+      <c r="N11" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="L11" s="9" t="s">
+      <c r="O11" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="M11" s="7"/>
-[...1 lines deleted...]
-      <c r="O11" s="1" t="s">
+      <c r="P11" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q11" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="P11" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Q11" s="1" t="s">
+    </row>
+    <row r="12" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A12" s="12" t="s">
         <v>64</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="10" t="s">
+      <c r="B12" s="9"/>
+      <c r="C12" s="12" t="s">
         <v>65</v>
       </c>
-      <c r="B12" s="7"/>
-      <c r="C12" s="10" t="s">
+      <c r="D12" s="10"/>
+      <c r="E12" s="9"/>
+      <c r="F12" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="D12" s="8"/>
-[...1 lines deleted...]
-      <c r="F12" s="3" t="s">
+      <c r="G12" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="G12" s="3" t="s">
+      <c r="H12" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I12" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="H12" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I12" s="3" t="s">
+      <c r="J12" s="5" t="s">
         <v>69</v>
       </c>
-      <c r="J12" s="3" t="s">
+      <c r="K12" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="K12" s="4" t="s">
+      <c r="L12" s="12" t="s">
         <v>71</v>
       </c>
-      <c r="L12" s="10" t="s">
+      <c r="M12" s="9"/>
+      <c r="N12" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="M12" s="7"/>
-[...1 lines deleted...]
-      <c r="O12" s="3" t="s">
+      <c r="O12" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="P12" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q12" s="3" t="s">
+      <c r="P12" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q12" s="5" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A13" s="9" t="s">
+      <c r="A13" s="11" t="s">
         <v>75</v>
       </c>
-      <c r="B13" s="7"/>
-      <c r="C13" s="9" t="s">
+      <c r="B13" s="9"/>
+      <c r="C13" s="11" t="s">
         <v>76</v>
       </c>
-      <c r="D13" s="8"/>
-[...1 lines deleted...]
-      <c r="F13" s="1" t="s">
+      <c r="D13" s="10"/>
+      <c r="E13" s="9"/>
+      <c r="F13" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="G13" s="1" t="s">
+      <c r="G13" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="H13" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I13" s="1" t="s">
+      <c r="H13" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I13" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="J13" s="1" t="s">
+      <c r="J13" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="K13" s="2" t="s">
+      <c r="K13" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="L13" s="11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M13" s="9"/>
+      <c r="N13" s="3"/>
+      <c r="O13" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="P13" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q13" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A14" s="12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B14" s="9"/>
+      <c r="C14" s="12" t="s">
+        <v>86</v>
+      </c>
+      <c r="D14" s="10"/>
+      <c r="E14" s="9"/>
+      <c r="F14" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="G14" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="H14" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="J14" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="K14" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L13" s="9" t="s">
-[...39 lines deleted...]
-      <c r="K14" s="4" t="s">
+      <c r="L14" s="12" t="s">
+        <v>91</v>
+      </c>
+      <c r="M14" s="9"/>
+      <c r="N14" s="5"/>
+      <c r="O14" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="P14" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q14" s="5" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A15" s="11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B15" s="9"/>
+      <c r="C15" s="11" t="s">
+        <v>95</v>
+      </c>
+      <c r="D15" s="10"/>
+      <c r="E15" s="9"/>
+      <c r="F15" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H15" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I15" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="J15" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="K15" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L14" s="10" t="s">
-[...39 lines deleted...]
-      <c r="K15" s="2" t="s">
+      <c r="L15" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="M15" s="9"/>
+      <c r="N15" s="3"/>
+      <c r="O15" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="P15" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q15" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A16" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B16" s="9"/>
+      <c r="C16" s="12" t="s">
+        <v>104</v>
+      </c>
+      <c r="D16" s="10"/>
+      <c r="E16" s="9"/>
+      <c r="F16" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="G16" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="H16" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="J16" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="K16" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L15" s="9" t="s">
-[...10 lines deleted...]
-      <c r="Q15" s="1" t="s">
+      <c r="L16" s="12" t="s">
+        <v>109</v>
+      </c>
+      <c r="M16" s="9"/>
+      <c r="N16" s="5"/>
+      <c r="O16" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="P16" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q16" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A17" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="B17" s="9"/>
+      <c r="C17" s="11" t="s">
+        <v>113</v>
+      </c>
+      <c r="D17" s="10"/>
+      <c r="E17" s="9"/>
+      <c r="F17" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="H17" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I17" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="J17" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="K17" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L17" s="11" t="s">
+        <v>118</v>
+      </c>
+      <c r="M17" s="9"/>
+      <c r="N17" s="3"/>
+      <c r="O17" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="P17" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q17" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A18" s="12" t="s">
+        <v>121</v>
+      </c>
+      <c r="B18" s="9"/>
+      <c r="C18" s="12" t="s">
+        <v>122</v>
+      </c>
+      <c r="D18" s="10"/>
+      <c r="E18" s="9"/>
+      <c r="F18" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="G18" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="H18" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="K18" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="L18" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="M18" s="9"/>
+      <c r="N18" s="5"/>
+      <c r="O18" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="P18" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q18" s="5" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A19" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="B19" s="9"/>
+      <c r="C19" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="D19" s="10"/>
+      <c r="E19" s="9"/>
+      <c r="F19" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="H19" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I19" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="J19" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="K19" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L19" s="11" t="s">
+        <v>136</v>
+      </c>
+      <c r="M19" s="9"/>
+      <c r="N19" s="3"/>
+      <c r="O19" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="P19" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q19" s="3" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A20" s="12" t="s">
+        <v>139</v>
+      </c>
+      <c r="B20" s="9"/>
+      <c r="C20" s="12" t="s">
+        <v>140</v>
+      </c>
+      <c r="D20" s="10"/>
+      <c r="E20" s="9"/>
+      <c r="F20" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="G20" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H20" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="K20" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L20" s="12" t="s">
+        <v>144</v>
+      </c>
+      <c r="M20" s="9"/>
+      <c r="N20" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="O20" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="P20" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q20" s="5" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A21" s="11" t="s">
+        <v>148</v>
+      </c>
+      <c r="B21" s="9"/>
+      <c r="C21" s="11" t="s">
+        <v>149</v>
+      </c>
+      <c r="D21" s="10"/>
+      <c r="E21" s="9"/>
+      <c r="F21" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="H21" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I21" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="J21" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="K21" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L21" s="11" t="s">
+        <v>153</v>
+      </c>
+      <c r="M21" s="9"/>
+      <c r="N21" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="O21" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="P21" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q21" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A22" s="12" t="s">
+        <v>157</v>
+      </c>
+      <c r="B22" s="9"/>
+      <c r="C22" s="12" t="s">
+        <v>158</v>
+      </c>
+      <c r="D22" s="10"/>
+      <c r="E22" s="9"/>
+      <c r="F22" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="G22" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="H22" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="K22" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L22" s="12" t="s">
+        <v>163</v>
+      </c>
+      <c r="M22" s="9"/>
+      <c r="N22" s="5"/>
+      <c r="O22" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="P22" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q22" s="5" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A23" s="11" t="s">
+        <v>166</v>
+      </c>
+      <c r="B23" s="9"/>
+      <c r="C23" s="11" t="s">
+        <v>167</v>
+      </c>
+      <c r="D23" s="10"/>
+      <c r="E23" s="9"/>
+      <c r="F23" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="H23" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I23" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="J23" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="K23" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="L23" s="11" t="s">
+        <v>172</v>
+      </c>
+      <c r="M23" s="9"/>
+      <c r="N23" s="3"/>
+      <c r="O23" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="P23" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q23" s="3" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A24" s="12" t="s">
+        <v>175</v>
+      </c>
+      <c r="B24" s="9"/>
+      <c r="C24" s="12" t="s">
+        <v>176</v>
+      </c>
+      <c r="D24" s="10"/>
+      <c r="E24" s="9"/>
+      <c r="F24" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="G24" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="H24" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="J24" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="K24" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L24" s="12" t="s">
+        <v>181</v>
+      </c>
+      <c r="M24" s="9"/>
+      <c r="N24" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="O24" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="P24" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q24" s="5" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A25" s="11" t="s">
+        <v>185</v>
+      </c>
+      <c r="B25" s="9"/>
+      <c r="C25" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="D25" s="10"/>
+      <c r="E25" s="9"/>
+      <c r="F25" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="H25" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="J25" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="K25" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L25" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="M25" s="9"/>
+      <c r="N25" s="3"/>
+      <c r="O25" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="P25" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q25" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A26" s="12" t="s">
+        <v>193</v>
+      </c>
+      <c r="B26" s="9"/>
+      <c r="C26" s="12" t="s">
+        <v>194</v>
+      </c>
+      <c r="D26" s="10"/>
+      <c r="E26" s="9"/>
+      <c r="F26" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G26" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="H26" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="J26" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="K26" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="L26" s="12" t="s">
+        <v>199</v>
+      </c>
+      <c r="M26" s="9"/>
+      <c r="N26" s="5"/>
+      <c r="O26" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="P26" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q26" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A27" s="11" t="s">
+        <v>202</v>
+      </c>
+      <c r="B27" s="9"/>
+      <c r="C27" s="11" t="s">
+        <v>203</v>
+      </c>
+      <c r="D27" s="10"/>
+      <c r="E27" s="9"/>
+      <c r="F27" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="H27" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="J27" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="K27" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L27" s="11" t="s">
+        <v>208</v>
+      </c>
+      <c r="M27" s="9"/>
+      <c r="N27" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="O27" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="P27" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q27" s="3" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A28" s="12" t="s">
+        <v>212</v>
+      </c>
+      <c r="B28" s="9"/>
+      <c r="C28" s="12" t="s">
+        <v>213</v>
+      </c>
+      <c r="D28" s="10"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="H28" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="K28" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L28" s="12" t="s">
+        <v>217</v>
+      </c>
+      <c r="M28" s="9"/>
+      <c r="N28" s="5"/>
+      <c r="O28" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="P28" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q28" s="5" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A29" s="11" t="s">
+        <v>220</v>
+      </c>
+      <c r="B29" s="9"/>
+      <c r="C29" s="11" t="s">
+        <v>221</v>
+      </c>
+      <c r="D29" s="10"/>
+      <c r="E29" s="9"/>
+      <c r="F29" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="H29" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="J29" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="K29" s="4" t="s">
+        <v>226</v>
+      </c>
+      <c r="L29" s="11" t="s">
+        <v>227</v>
+      </c>
+      <c r="M29" s="9"/>
+      <c r="N29" s="3"/>
+      <c r="O29" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="P29" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q29" s="3" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A30" s="12" t="s">
+        <v>230</v>
+      </c>
+      <c r="B30" s="9"/>
+      <c r="C30" s="12" t="s">
+        <v>231</v>
+      </c>
+      <c r="D30" s="10"/>
+      <c r="E30" s="9"/>
+      <c r="F30" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="G30" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="H30" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="J30" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="K30" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L30" s="12" t="s">
+        <v>236</v>
+      </c>
+      <c r="M30" s="9"/>
+      <c r="N30" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="O30" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="P30" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q30" s="5" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A31" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="B31" s="9"/>
+      <c r="C31" s="11" t="s">
+        <v>241</v>
+      </c>
+      <c r="D31" s="10"/>
+      <c r="E31" s="9"/>
+      <c r="F31" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="H31" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I31" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="J31" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="K31" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L31" s="11" t="s">
+        <v>245</v>
+      </c>
+      <c r="M31" s="9"/>
+      <c r="N31" s="3"/>
+      <c r="O31" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="P31" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q31" s="3" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="32" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A32" s="12" t="s">
+        <v>248</v>
+      </c>
+      <c r="B32" s="9"/>
+      <c r="C32" s="12" t="s">
+        <v>249</v>
+      </c>
+      <c r="D32" s="10"/>
+      <c r="E32" s="9"/>
+      <c r="F32" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="G32" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="H32" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="J32" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="K32" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L32" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="M32" s="9"/>
+      <c r="N32" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="O32" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="P32" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q32" s="5" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="33" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A33" s="11" t="s">
+        <v>257</v>
+      </c>
+      <c r="B33" s="9"/>
+      <c r="C33" s="11" t="s">
+        <v>258</v>
+      </c>
+      <c r="D33" s="10"/>
+      <c r="E33" s="9"/>
+      <c r="F33" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="H33" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I33" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="J33" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="K33" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="L33" s="11" t="s">
+        <v>264</v>
+      </c>
+      <c r="M33" s="9"/>
+      <c r="N33" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="O33" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="P33" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q33" s="3" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="34" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A34" s="12" t="s">
+        <v>268</v>
+      </c>
+      <c r="B34" s="9"/>
+      <c r="C34" s="12" t="s">
+        <v>269</v>
+      </c>
+      <c r="D34" s="10"/>
+      <c r="E34" s="9"/>
+      <c r="F34" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="G34" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="H34" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="K34" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L34" s="12" t="s">
+        <v>273</v>
+      </c>
+      <c r="M34" s="9"/>
+      <c r="N34" s="5"/>
+      <c r="O34" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="P34" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q34" s="5" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A35" s="11" t="s">
+        <v>276</v>
+      </c>
+      <c r="B35" s="9"/>
+      <c r="C35" s="11" t="s">
+        <v>277</v>
+      </c>
+      <c r="D35" s="10"/>
+      <c r="E35" s="9"/>
+      <c r="F35" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="H35" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I35" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="J35" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="K35" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L35" s="11" t="s">
+        <v>282</v>
+      </c>
+      <c r="M35" s="9"/>
+      <c r="N35" s="3"/>
+      <c r="O35" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="P35" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q35" s="3" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A36" s="12" t="s">
+        <v>285</v>
+      </c>
+      <c r="B36" s="9"/>
+      <c r="C36" s="12" t="s">
+        <v>286</v>
+      </c>
+      <c r="D36" s="10"/>
+      <c r="E36" s="9"/>
+      <c r="F36" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="G36" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="H36" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="J36" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="K36" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L36" s="12" t="s">
+        <v>290</v>
+      </c>
+      <c r="M36" s="9"/>
+      <c r="N36" s="5"/>
+      <c r="O36" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="P36" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q36" s="5" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A37" s="11" t="s">
+        <v>293</v>
+      </c>
+      <c r="B37" s="9"/>
+      <c r="C37" s="11" t="s">
+        <v>294</v>
+      </c>
+      <c r="D37" s="10"/>
+      <c r="E37" s="9"/>
+      <c r="F37" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="H37" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I37" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="J37" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="K37" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L37" s="11" t="s">
+        <v>299</v>
+      </c>
+      <c r="M37" s="9"/>
+      <c r="N37" s="3"/>
+      <c r="O37" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="P37" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q37" s="3" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A38" s="12" t="s">
+        <v>302</v>
+      </c>
+      <c r="B38" s="9"/>
+      <c r="C38" s="12" t="s">
+        <v>303</v>
+      </c>
+      <c r="D38" s="10"/>
+      <c r="E38" s="9"/>
+      <c r="F38" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="G38" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H38" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="J38" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="K38" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="L38" s="12" t="s">
+        <v>309</v>
+      </c>
+      <c r="M38" s="9"/>
+      <c r="N38" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="O38" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="P38" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q38" s="5" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="39" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A39" s="11" t="s">
+        <v>313</v>
+      </c>
+      <c r="B39" s="9"/>
+      <c r="C39" s="11" t="s">
+        <v>314</v>
+      </c>
+      <c r="D39" s="10"/>
+      <c r="E39" s="9"/>
+      <c r="F39" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="H39" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I39" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="J39" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="K39" s="4" t="s">
+        <v>319</v>
+      </c>
+      <c r="L39" s="11" t="s">
+        <v>320</v>
+      </c>
+      <c r="M39" s="9"/>
+      <c r="N39" s="3"/>
+      <c r="O39" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="P39" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q39" s="3" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="40" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A40" s="12" t="s">
+        <v>323</v>
+      </c>
+      <c r="B40" s="9"/>
+      <c r="C40" s="12" t="s">
+        <v>324</v>
+      </c>
+      <c r="D40" s="10"/>
+      <c r="E40" s="9"/>
+      <c r="F40" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="G40" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="H40" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>327</v>
+      </c>
+      <c r="J40" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="K40" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L40" s="12" t="s">
+        <v>329</v>
+      </c>
+      <c r="M40" s="9"/>
+      <c r="N40" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="O40" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="P40" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q40" s="5" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A41" s="11" t="s">
+        <v>333</v>
+      </c>
+      <c r="B41" s="9"/>
+      <c r="C41" s="11" t="s">
+        <v>334</v>
+      </c>
+      <c r="D41" s="10"/>
+      <c r="E41" s="9"/>
+      <c r="F41" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="H41" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I41" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="J41" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="K41" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L41" s="11" t="s">
+        <v>339</v>
+      </c>
+      <c r="M41" s="9"/>
+      <c r="N41" s="3"/>
+      <c r="O41" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="P41" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q41" s="3" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A42" s="12" t="s">
+        <v>342</v>
+      </c>
+      <c r="B42" s="9"/>
+      <c r="C42" s="12" t="s">
+        <v>343</v>
+      </c>
+      <c r="D42" s="10"/>
+      <c r="E42" s="9"/>
+      <c r="F42" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="G42" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="H42" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="J42" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="K42" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L42" s="12" t="s">
+        <v>346</v>
+      </c>
+      <c r="M42" s="9"/>
+      <c r="N42" s="5"/>
+      <c r="O42" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="P42" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q42" s="5" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="43" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A43" s="11" t="s">
+        <v>349</v>
+      </c>
+      <c r="B43" s="9"/>
+      <c r="C43" s="11" t="s">
+        <v>350</v>
+      </c>
+      <c r="D43" s="10"/>
+      <c r="E43" s="9"/>
+      <c r="F43" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="H43" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I43" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="J43" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="K43" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L43" s="11" t="s">
+        <v>355</v>
+      </c>
+      <c r="M43" s="9"/>
+      <c r="N43" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="O43" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="P43" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q43" s="3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="44" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A44" s="12" t="s">
+        <v>359</v>
+      </c>
+      <c r="B44" s="9"/>
+      <c r="C44" s="12" t="s">
+        <v>360</v>
+      </c>
+      <c r="D44" s="10"/>
+      <c r="E44" s="9"/>
+      <c r="F44" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="G44" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H44" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>362</v>
+      </c>
+      <c r="J44" s="5" t="s">
+        <v>363</v>
+      </c>
+      <c r="K44" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L44" s="12" t="s">
+        <v>364</v>
+      </c>
+      <c r="M44" s="9"/>
+      <c r="N44" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="O44" s="5" t="s">
+        <v>366</v>
+      </c>
+      <c r="P44" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q44" s="5" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="45" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A45" s="11" t="s">
+        <v>368</v>
+      </c>
+      <c r="B45" s="9"/>
+      <c r="C45" s="11" t="s">
+        <v>369</v>
+      </c>
+      <c r="D45" s="10"/>
+      <c r="E45" s="9"/>
+      <c r="F45" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="H45" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I45" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="J45" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="K45" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L45" s="11" t="s">
+        <v>374</v>
+      </c>
+      <c r="M45" s="9"/>
+      <c r="N45" s="3"/>
+      <c r="O45" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="P45" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q45" s="3" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="46" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A46" s="12" t="s">
+        <v>377</v>
+      </c>
+      <c r="B46" s="9"/>
+      <c r="C46" s="12" t="s">
+        <v>378</v>
+      </c>
+      <c r="D46" s="10"/>
+      <c r="E46" s="9"/>
+      <c r="F46" s="5" t="s">
+        <v>379</v>
+      </c>
+      <c r="G46" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="H46" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>380</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>381</v>
+      </c>
+      <c r="K46" s="6" t="s">
+        <v>382</v>
+      </c>
+      <c r="L46" s="12" t="s">
+        <v>383</v>
+      </c>
+      <c r="M46" s="9"/>
+      <c r="N46" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="O46" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="P46" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q46" s="5" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="47" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A47" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="B47" s="9"/>
+      <c r="C47" s="11" t="s">
+        <v>388</v>
+      </c>
+      <c r="D47" s="10"/>
+      <c r="E47" s="9"/>
+      <c r="F47" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="H47" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I47" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="J47" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="K47" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L47" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="M47" s="9"/>
+      <c r="N47" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="O47" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="P47" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q47" s="3" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="48" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A48" s="12" t="s">
+        <v>396</v>
+      </c>
+      <c r="B48" s="9"/>
+      <c r="C48" s="12" t="s">
+        <v>397</v>
+      </c>
+      <c r="D48" s="10"/>
+      <c r="E48" s="9"/>
+      <c r="F48" s="5" t="s">
+        <v>398</v>
+      </c>
+      <c r="G48" s="5" t="s">
+        <v>399</v>
+      </c>
+      <c r="H48" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I48" s="5" t="s">
+        <v>400</v>
+      </c>
+      <c r="J48" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="K48" s="6" t="s">
+        <v>402</v>
+      </c>
+      <c r="L48" s="12" t="s">
+        <v>403</v>
+      </c>
+      <c r="M48" s="9"/>
+      <c r="N48" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="O48" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="P48" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q48" s="5" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="49" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A49" s="11" t="s">
+        <v>407</v>
+      </c>
+      <c r="B49" s="9"/>
+      <c r="C49" s="11" t="s">
+        <v>408</v>
+      </c>
+      <c r="D49" s="10"/>
+      <c r="E49" s="9"/>
+      <c r="F49" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="H49" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="J49" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="K49" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L49" s="11" t="s">
+        <v>61</v>
+      </c>
+      <c r="M49" s="9"/>
+      <c r="N49" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="O49" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="P49" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q49" s="3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="50" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A50" s="12" t="s">
+        <v>416</v>
+      </c>
+      <c r="B50" s="9"/>
+      <c r="C50" s="12" t="s">
+        <v>417</v>
+      </c>
+      <c r="D50" s="10"/>
+      <c r="E50" s="9"/>
+      <c r="F50" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="G50" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="H50" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I50" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="J50" s="5" t="s">
+        <v>421</v>
+      </c>
+      <c r="K50" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L50" s="12" t="s">
+        <v>422</v>
+      </c>
+      <c r="M50" s="9"/>
+      <c r="N50" s="5"/>
+      <c r="O50" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="P50" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q50" s="5" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="51" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A51" s="11" t="s">
+        <v>425</v>
+      </c>
+      <c r="B51" s="9"/>
+      <c r="C51" s="11" t="s">
+        <v>426</v>
+      </c>
+      <c r="D51" s="10"/>
+      <c r="E51" s="9"/>
+      <c r="F51" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="H51" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I51" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="J51" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="K51" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L51" s="11" t="s">
+        <v>431</v>
+      </c>
+      <c r="M51" s="9"/>
+      <c r="N51" s="3"/>
+      <c r="O51" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="P51" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q51" s="3" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="52" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A52" s="12" t="s">
+        <v>434</v>
+      </c>
+      <c r="B52" s="9"/>
+      <c r="C52" s="12" t="s">
+        <v>435</v>
+      </c>
+      <c r="D52" s="10"/>
+      <c r="E52" s="9"/>
+      <c r="F52" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="G52" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H52" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>437</v>
+      </c>
+      <c r="J52" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="K52" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L52" s="12" t="s">
+        <v>439</v>
+      </c>
+      <c r="M52" s="9"/>
+      <c r="N52" s="5"/>
+      <c r="O52" s="5" t="s">
+        <v>440</v>
+      </c>
+      <c r="P52" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q52" s="5" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="53" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A53" s="11" t="s">
+        <v>442</v>
+      </c>
+      <c r="B53" s="9"/>
+      <c r="C53" s="11" t="s">
+        <v>443</v>
+      </c>
+      <c r="D53" s="10"/>
+      <c r="E53" s="9"/>
+      <c r="F53" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="H53" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="J53" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="K53" s="4" t="s">
+        <v>448</v>
+      </c>
+      <c r="L53" s="11" t="s">
+        <v>449</v>
+      </c>
+      <c r="M53" s="9"/>
+      <c r="N53" s="3"/>
+      <c r="O53" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="P53" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q53" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="54" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A54" s="12" t="s">
+        <v>452</v>
+      </c>
+      <c r="B54" s="9"/>
+      <c r="C54" s="12" t="s">
+        <v>453</v>
+      </c>
+      <c r="D54" s="10"/>
+      <c r="E54" s="9"/>
+      <c r="F54" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="G54" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="H54" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I54" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="J54" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="K54" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="L54" s="12" t="s">
+        <v>449</v>
+      </c>
+      <c r="M54" s="9"/>
+      <c r="N54" s="5"/>
+      <c r="O54" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="P54" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q54" s="5" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="55" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A55" s="11" t="s">
+        <v>454</v>
+      </c>
+      <c r="B55" s="9"/>
+      <c r="C55" s="11" t="s">
+        <v>455</v>
+      </c>
+      <c r="D55" s="10"/>
+      <c r="E55" s="9"/>
+      <c r="F55" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="H55" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I55" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="J55" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="K55" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L55" s="11" t="s">
+        <v>460</v>
+      </c>
+      <c r="M55" s="9"/>
+      <c r="N55" s="3"/>
+      <c r="O55" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="P55" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q55" s="3" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="56" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A56" s="12" t="s">
+        <v>463</v>
+      </c>
+      <c r="B56" s="9"/>
+      <c r="C56" s="12" t="s">
+        <v>464</v>
+      </c>
+      <c r="D56" s="10"/>
+      <c r="E56" s="9"/>
+      <c r="F56" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="G56" s="5" t="s">
+        <v>466</v>
+      </c>
+      <c r="H56" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I56" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="J56" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="K56" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="L56" s="12" t="s">
+        <v>470</v>
+      </c>
+      <c r="M56" s="9"/>
+      <c r="N56" s="5"/>
+      <c r="O56" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="P56" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q56" s="5" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="57" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A57" s="11" t="s">
+        <v>473</v>
+      </c>
+      <c r="B57" s="9"/>
+      <c r="C57" s="11" t="s">
+        <v>474</v>
+      </c>
+      <c r="D57" s="10"/>
+      <c r="E57" s="9"/>
+      <c r="F57" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="H57" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I57" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="J57" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="K57" s="4" t="s">
+        <v>479</v>
+      </c>
+      <c r="L57" s="11" t="s">
+        <v>480</v>
+      </c>
+      <c r="M57" s="9"/>
+      <c r="N57" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="O57" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="P57" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q57" s="3" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="58" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A58" s="12" t="s">
+        <v>482</v>
+      </c>
+      <c r="B58" s="9"/>
+      <c r="C58" s="12" t="s">
+        <v>483</v>
+      </c>
+      <c r="D58" s="10"/>
+      <c r="E58" s="9"/>
+      <c r="F58" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="G58" s="5" t="s">
+        <v>485</v>
+      </c>
+      <c r="H58" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="J58" s="5" t="s">
+        <v>487</v>
+      </c>
+      <c r="K58" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L58" s="12" t="s">
+        <v>488</v>
+      </c>
+      <c r="M58" s="9"/>
+      <c r="N58" s="5" t="s">
+        <v>489</v>
+      </c>
+      <c r="O58" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="P58" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q58" s="5" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="59" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A59" s="11" t="s">
+        <v>492</v>
+      </c>
+      <c r="B59" s="9"/>
+      <c r="C59" s="11" t="s">
+        <v>493</v>
+      </c>
+      <c r="D59" s="10"/>
+      <c r="E59" s="9"/>
+      <c r="F59" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="H59" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I59" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="J59" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="K59" s="4" t="s">
+        <v>498</v>
+      </c>
+      <c r="L59" s="11" t="s">
+        <v>499</v>
+      </c>
+      <c r="M59" s="9"/>
+      <c r="N59" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="O59" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="P59" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q59" s="3" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="60" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A60" s="12" t="s">
+        <v>501</v>
+      </c>
+      <c r="B60" s="9"/>
+      <c r="C60" s="12" t="s">
+        <v>502</v>
+      </c>
+      <c r="D60" s="10"/>
+      <c r="E60" s="9"/>
+      <c r="F60" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="G60" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="H60" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I60" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="J60" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="K60" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L60" s="12" t="s">
+        <v>507</v>
+      </c>
+      <c r="M60" s="9"/>
+      <c r="N60" s="5"/>
+      <c r="O60" s="5" t="s">
+        <v>508</v>
+      </c>
+      <c r="P60" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q60" s="5" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="61" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A61" s="11" t="s">
+        <v>510</v>
+      </c>
+      <c r="B61" s="9"/>
+      <c r="C61" s="11" t="s">
+        <v>511</v>
+      </c>
+      <c r="D61" s="10"/>
+      <c r="E61" s="9"/>
+      <c r="F61" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="H61" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I61" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="J61" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="K61" s="4" t="s">
+        <v>516</v>
+      </c>
+      <c r="L61" s="11" t="s">
+        <v>517</v>
+      </c>
+      <c r="M61" s="9"/>
+      <c r="N61" s="3"/>
+      <c r="O61" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="P61" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q61" s="3" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="62" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A62" s="12" t="s">
+        <v>520</v>
+      </c>
+      <c r="B62" s="9"/>
+      <c r="C62" s="12" t="s">
+        <v>521</v>
+      </c>
+      <c r="D62" s="10"/>
+      <c r="E62" s="9"/>
+      <c r="F62" s="5" t="s">
+        <v>522</v>
+      </c>
+      <c r="G62" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="H62" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I62" s="5" t="s">
+        <v>523</v>
+      </c>
+      <c r="J62" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="K62" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L62" s="12" t="s">
+        <v>525</v>
+      </c>
+      <c r="M62" s="9"/>
+      <c r="N62" s="5"/>
+      <c r="O62" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="P62" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q62" s="5" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="63" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A63" s="11" t="s">
+        <v>528</v>
+      </c>
+      <c r="B63" s="9"/>
+      <c r="C63" s="11" t="s">
+        <v>529</v>
+      </c>
+      <c r="D63" s="10"/>
+      <c r="E63" s="9"/>
+      <c r="F63" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="H63" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I63" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="J63" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="K63" s="4" t="s">
+        <v>534</v>
+      </c>
+      <c r="L63" s="11" t="s">
+        <v>535</v>
+      </c>
+      <c r="M63" s="9"/>
+      <c r="N63" s="3"/>
+      <c r="O63" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="P63" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q63" s="3" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="64" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A64" s="12" t="s">
+        <v>537</v>
+      </c>
+      <c r="B64" s="9"/>
+      <c r="C64" s="12" t="s">
+        <v>538</v>
+      </c>
+      <c r="D64" s="10"/>
+      <c r="E64" s="9"/>
+      <c r="F64" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="G64" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="H64" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="J64" s="5" t="s">
+        <v>542</v>
+      </c>
+      <c r="K64" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L64" s="12" t="s">
+        <v>543</v>
+      </c>
+      <c r="M64" s="9"/>
+      <c r="N64" s="5"/>
+      <c r="O64" s="5" t="s">
         <v>101</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" s="10" t="s">
+      <c r="P64" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q64" s="5" t="s">
         <v>102</v>
       </c>
-      <c r="B16" s="7"/>
-[...20 lines deleted...]
-      <c r="K16" s="4" t="s">
+    </row>
+    <row r="65" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A65" s="11" t="s">
+        <v>544</v>
+      </c>
+      <c r="B65" s="9"/>
+      <c r="C65" s="11" t="s">
+        <v>545</v>
+      </c>
+      <c r="D65" s="10"/>
+      <c r="E65" s="9"/>
+      <c r="F65" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="H65" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I65" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="J65" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="K65" s="4" t="s">
+        <v>550</v>
+      </c>
+      <c r="L65" s="11" t="s">
+        <v>551</v>
+      </c>
+      <c r="M65" s="9"/>
+      <c r="N65" s="3"/>
+      <c r="O65" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="P65" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q65" s="3" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="66" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A66" s="12" t="s">
+        <v>553</v>
+      </c>
+      <c r="B66" s="9"/>
+      <c r="C66" s="12" t="s">
+        <v>554</v>
+      </c>
+      <c r="D66" s="10"/>
+      <c r="E66" s="9"/>
+      <c r="F66" s="5" t="s">
+        <v>555</v>
+      </c>
+      <c r="G66" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="H66" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="J66" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="K66" s="6" t="s">
+        <v>559</v>
+      </c>
+      <c r="L66" s="12" t="s">
+        <v>560</v>
+      </c>
+      <c r="M66" s="9"/>
+      <c r="N66" s="5"/>
+      <c r="O66" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="P66" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q66" s="5" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="67" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A67" s="11" t="s">
+        <v>563</v>
+      </c>
+      <c r="B67" s="9"/>
+      <c r="C67" s="11" t="s">
+        <v>564</v>
+      </c>
+      <c r="D67" s="10"/>
+      <c r="E67" s="9"/>
+      <c r="F67" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="H67" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I67" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="J67" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="K67" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L16" s="10" t="s">
-[...1813 lines deleted...]
-    <row r="58" spans="1:17" ht="22" customHeight="1" x14ac:dyDescent="0.2"/>
+      <c r="L67" s="11" t="s">
+        <v>568</v>
+      </c>
+      <c r="M67" s="9"/>
+      <c r="N67" s="3"/>
+      <c r="O67" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="P67" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q67" s="3" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="68" spans="1:17" ht="22" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <mergeCells count="158">
+  <mergeCells count="188">
+    <mergeCell ref="A67:B67"/>
+    <mergeCell ref="C67:E67"/>
+    <mergeCell ref="L67:M67"/>
+    <mergeCell ref="A65:B65"/>
+    <mergeCell ref="C65:E65"/>
+    <mergeCell ref="L65:M65"/>
+    <mergeCell ref="A66:B66"/>
+    <mergeCell ref="C66:E66"/>
+    <mergeCell ref="L66:M66"/>
+    <mergeCell ref="A63:B63"/>
+    <mergeCell ref="C63:E63"/>
+    <mergeCell ref="L63:M63"/>
+    <mergeCell ref="A64:B64"/>
+    <mergeCell ref="C64:E64"/>
+    <mergeCell ref="L64:M64"/>
+    <mergeCell ref="A61:B61"/>
+    <mergeCell ref="C61:E61"/>
+    <mergeCell ref="L61:M61"/>
+    <mergeCell ref="A62:B62"/>
+    <mergeCell ref="C62:E62"/>
+    <mergeCell ref="L62:M62"/>
+    <mergeCell ref="A59:B59"/>
+    <mergeCell ref="C59:E59"/>
+    <mergeCell ref="L59:M59"/>
+    <mergeCell ref="A60:B60"/>
+    <mergeCell ref="C60:E60"/>
+    <mergeCell ref="L60:M60"/>
     <mergeCell ref="A57:B57"/>
     <mergeCell ref="C57:E57"/>
     <mergeCell ref="L57:M57"/>
+    <mergeCell ref="A58:B58"/>
+    <mergeCell ref="C58:E58"/>
+    <mergeCell ref="L58:M58"/>
     <mergeCell ref="A55:B55"/>
     <mergeCell ref="C55:E55"/>
     <mergeCell ref="L55:M55"/>
     <mergeCell ref="A56:B56"/>
     <mergeCell ref="C56:E56"/>
     <mergeCell ref="L56:M56"/>
     <mergeCell ref="A53:B53"/>
     <mergeCell ref="C53:E53"/>
     <mergeCell ref="L53:M53"/>
     <mergeCell ref="A54:B54"/>
     <mergeCell ref="C54:E54"/>
     <mergeCell ref="L54:M54"/>
     <mergeCell ref="A51:B51"/>
     <mergeCell ref="C51:E51"/>
     <mergeCell ref="L51:M51"/>
     <mergeCell ref="A52:B52"/>
     <mergeCell ref="C52:E52"/>
     <mergeCell ref="L52:M52"/>
     <mergeCell ref="A49:B49"/>
     <mergeCell ref="C49:E49"/>
     <mergeCell ref="L49:M49"/>
     <mergeCell ref="A50:B50"/>
     <mergeCell ref="C50:E50"/>
     <mergeCell ref="L50:M50"/>
     <mergeCell ref="A47:B47"/>
@@ -4550,51 +5276,51 @@
     <mergeCell ref="L11:M11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:E12"/>
     <mergeCell ref="L12:M12"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="C9:E9"/>
     <mergeCell ref="L9:M9"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="C10:E10"/>
     <mergeCell ref="L10:M10"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="C7:E7"/>
     <mergeCell ref="L7:M7"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="C8:E8"/>
     <mergeCell ref="L8:M8"/>
     <mergeCell ref="B1:C3"/>
     <mergeCell ref="E2:L2"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="C6:E6"/>
     <mergeCell ref="L6:M6"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.63542007874015705" header="0.25" footer="0.25"/>
   <pageSetup orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;"Arial,Regular"&amp;10 Run Date: 12/1/2025 1:26:58 PM &amp;R&amp;"Arial,Regular"&amp;10Page: &amp;P of &amp;N</oddFooter>
+    <oddFooter>&amp;L&amp;"Arial,Regular"&amp;10 Run Date: 2/4/2026 12:41:42 PM &amp;R&amp;"Arial,Regular"&amp;10Page: &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>