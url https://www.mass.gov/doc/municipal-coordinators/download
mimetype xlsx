--- v2 (2026-02-05)
+++ v3 (2026-03-26)
@@ -1,72 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11003"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="11003"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/lesliemonteiro/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EAF296C5-6AF4-2046-96A3-A2E0A559970D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9E59179E-3A47-F343-AD9C-35D7680EFB74}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="760" windowWidth="18060" windowHeight="7060" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Report_Communication_Coord_List" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Report_Communication_Coord_List!$1:$4</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="767" uniqueCount="572">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="779" uniqueCount="581">
   <si>
     <t>Agy/Div</t>
   </si>
   <si>
     <t>Agy/Div Name</t>
   </si>
   <si>
     <t>Coordinator Name</t>
   </si>
   <si>
     <t>Coordinator Title</t>
   </si>
   <si>
     <t>Loc  Type</t>
   </si>
   <si>
     <t>Coordinator Email</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Ext</t>
   </si>
   <si>
@@ -1069,50 +1069,77 @@
     <t>SALEM</t>
   </si>
   <si>
     <t>01970-0000</t>
   </si>
   <si>
     <t>666/0274</t>
   </si>
   <si>
     <t xml:space="preserve">CITY OF SOMERVILLE            </t>
   </si>
   <si>
     <t>BEATRICE FALAISE</t>
   </si>
   <si>
     <t>BFALAISE@SOMERVILLEMA.GOV</t>
   </si>
   <si>
     <t>93 HIGHLAND AVENUE</t>
   </si>
   <si>
     <t>SOMERVILLE</t>
   </si>
   <si>
     <t>02143-0000</t>
+  </si>
+  <si>
+    <t>666/0276</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOWN OF SOUTHAMPTON           </t>
+  </si>
+  <si>
+    <t>ANGELA BOLDUC</t>
+  </si>
+  <si>
+    <t>Assistant Treasurer/Collector</t>
+  </si>
+  <si>
+    <t>ABOLDUC@TOWNOFSOUTHAMPTON.ORG</t>
+  </si>
+  <si>
+    <t>413-529-0106</t>
+  </si>
+  <si>
+    <t>210 COLLEGE HIGHWAY</t>
+  </si>
+  <si>
+    <t>SOUTHAMPTON</t>
+  </si>
+  <si>
+    <t>01073-0000</t>
   </si>
   <si>
     <t>666/0281</t>
   </si>
   <si>
     <t xml:space="preserve">CITY OF SPRINGFIELD           </t>
   </si>
   <si>
     <t>CAMEO RESTREPO</t>
   </si>
   <si>
     <t>Employee Benefits Manager</t>
   </si>
   <si>
     <t>CRESTREPO@SPRINGFIELDCITYHALL.COM</t>
   </si>
   <si>
     <t>413-787-6055</t>
   </si>
   <si>
     <t>36 COURT STREET, ROOM 018</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
@@ -1755,67 +1782,70 @@
   <si>
     <t>MEDWAY</t>
   </si>
   <si>
     <t>02053-0000</t>
   </si>
   <si>
     <t>GIC Coordinators - Municipal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="20"/>
+      <color rgb="FF4682B4"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Tahoma"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
-    </font>
-[...4 lines deleted...]
-      <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF4682B4"/>
         <bgColor rgb="FF4682B4"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCAE4F9"/>
@@ -1854,86 +1884,86 @@
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="14">
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="004682B4"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00CAE4F9"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -2318,2819 +2348,2865 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:Q68"/>
+  <dimension ref="A1:Q69"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="I4" sqref="I4"/>
+      <selection pane="bottomLeft" activeCell="J6" sqref="J6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.33203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="13.1640625" customWidth="1"/>
     <col min="4" max="4" width="0.33203125" customWidth="1"/>
     <col min="5" max="5" width="7.33203125" customWidth="1"/>
     <col min="6" max="6" width="19.6640625" customWidth="1"/>
     <col min="7" max="7" width="17.5" customWidth="1"/>
     <col min="8" max="8" width="8" customWidth="1"/>
     <col min="9" max="9" width="34" customWidth="1"/>
     <col min="10" max="10" width="13.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.1640625" customWidth="1"/>
     <col min="12" max="12" width="7.83203125" customWidth="1"/>
     <col min="13" max="13" width="12.5" customWidth="1"/>
     <col min="14" max="14" width="15.5" customWidth="1"/>
     <col min="15" max="15" width="17.1640625" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="13.6640625" customWidth="1"/>
     <col min="18" max="18" width="9.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="7"/>
       <c r="C1" s="7"/>
     </row>
     <row r="2" spans="1:17" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="7"/>
       <c r="C2" s="7"/>
-      <c r="E2" s="13" t="s">
-        <v>571</v>
+      <c r="E2" s="8" t="s">
+        <v>580</v>
       </c>
       <c r="F2" s="7"/>
       <c r="G2" s="7"/>
       <c r="H2" s="7"/>
       <c r="I2" s="7"/>
       <c r="J2" s="7"/>
       <c r="K2" s="7"/>
       <c r="L2" s="7"/>
     </row>
     <row r="3" spans="1:17" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="7"/>
       <c r="C3" s="7"/>
     </row>
     <row r="4" spans="1:17" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="5" spans="1:17" ht="2" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="6" spans="1:17" ht="30" x14ac:dyDescent="0.2">
-      <c r="A6" s="8" t="s">
+      <c r="A6" s="9" t="s">
         <v>0</v>
       </c>
-      <c r="B6" s="9"/>
-      <c r="C6" s="8" t="s">
+      <c r="B6" s="10"/>
+      <c r="C6" s="9" t="s">
         <v>1</v>
       </c>
-      <c r="D6" s="10"/>
-      <c r="E6" s="9"/>
+      <c r="D6" s="11"/>
+      <c r="E6" s="10"/>
       <c r="F6" s="1" t="s">
         <v>2</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>3</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>4</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>6</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="L6" s="8" t="s">
+      <c r="L6" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="M6" s="9"/>
+      <c r="M6" s="10"/>
       <c r="N6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="O6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="P6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="Q6" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A7" s="11" t="s">
+      <c r="A7" s="12" t="s">
         <v>13</v>
       </c>
-      <c r="B7" s="9"/>
-      <c r="C7" s="11" t="s">
+      <c r="B7" s="10"/>
+      <c r="C7" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="D7" s="10"/>
-      <c r="E7" s="9"/>
+      <c r="D7" s="11"/>
+      <c r="E7" s="10"/>
       <c r="F7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="J7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L7" s="11" t="s">
+      <c r="L7" s="12" t="s">
         <v>21</v>
       </c>
-      <c r="M7" s="9"/>
+      <c r="M7" s="10"/>
       <c r="N7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="P7" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A8" s="12" t="s">
+      <c r="A8" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="9"/>
-      <c r="C8" s="12" t="s">
+      <c r="B8" s="10"/>
+      <c r="C8" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="D8" s="10"/>
-      <c r="E8" s="9"/>
+      <c r="D8" s="11"/>
+      <c r="E8" s="10"/>
       <c r="F8" s="5" t="s">
         <v>28</v>
       </c>
       <c r="G8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H8" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>31</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="L8" s="12" t="s">
+      <c r="L8" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="M8" s="9"/>
+      <c r="M8" s="10"/>
       <c r="N8" s="5"/>
       <c r="O8" s="5" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q8" s="5" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A9" s="11" t="s">
+      <c r="A9" s="12" t="s">
         <v>36</v>
       </c>
-      <c r="B9" s="9"/>
-      <c r="C9" s="11" t="s">
+      <c r="B9" s="10"/>
+      <c r="C9" s="12" t="s">
         <v>37</v>
       </c>
-      <c r="D9" s="10"/>
-      <c r="E9" s="9"/>
+      <c r="D9" s="11"/>
+      <c r="E9" s="10"/>
       <c r="F9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>39</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>41</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L9" s="11" t="s">
+      <c r="L9" s="12" t="s">
         <v>42</v>
       </c>
-      <c r="M9" s="9"/>
+      <c r="M9" s="10"/>
       <c r="N9" s="3"/>
       <c r="O9" s="3" t="s">
         <v>43</v>
       </c>
       <c r="P9" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A10" s="12" t="s">
+      <c r="A10" s="13" t="s">
         <v>45</v>
       </c>
-      <c r="B10" s="9"/>
-      <c r="C10" s="12" t="s">
+      <c r="B10" s="10"/>
+      <c r="C10" s="13" t="s">
         <v>46</v>
       </c>
-      <c r="D10" s="10"/>
-      <c r="E10" s="9"/>
+      <c r="D10" s="11"/>
+      <c r="E10" s="10"/>
       <c r="F10" s="5" t="s">
         <v>47</v>
       </c>
       <c r="G10" s="5" t="s">
         <v>48</v>
       </c>
       <c r="H10" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>49</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>50</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L10" s="12" t="s">
+      <c r="L10" s="13" t="s">
         <v>51</v>
       </c>
-      <c r="M10" s="9"/>
+      <c r="M10" s="10"/>
       <c r="N10" s="5"/>
       <c r="O10" s="5" t="s">
         <v>52</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q10" s="5" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A11" s="11" t="s">
+      <c r="A11" s="12" t="s">
         <v>54</v>
       </c>
-      <c r="B11" s="9"/>
-      <c r="C11" s="11" t="s">
+      <c r="B11" s="10"/>
+      <c r="C11" s="12" t="s">
         <v>55</v>
       </c>
-      <c r="D11" s="10"/>
-      <c r="E11" s="9"/>
+      <c r="D11" s="11"/>
+      <c r="E11" s="10"/>
       <c r="F11" s="3" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>57</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>58</v>
       </c>
       <c r="J11" s="3" t="s">
         <v>59</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L11" s="11" t="s">
+      <c r="L11" s="12" t="s">
         <v>60</v>
       </c>
-      <c r="M11" s="9"/>
+      <c r="M11" s="10"/>
       <c r="N11" s="3" t="s">
         <v>61</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>62</v>
       </c>
       <c r="P11" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A12" s="12" t="s">
+      <c r="A12" s="13" t="s">
         <v>64</v>
       </c>
-      <c r="B12" s="9"/>
-      <c r="C12" s="12" t="s">
+      <c r="B12" s="10"/>
+      <c r="C12" s="13" t="s">
         <v>65</v>
       </c>
-      <c r="D12" s="10"/>
-      <c r="E12" s="9"/>
+      <c r="D12" s="11"/>
+      <c r="E12" s="10"/>
       <c r="F12" s="5" t="s">
         <v>66</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>67</v>
       </c>
       <c r="H12" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>68</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>69</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="L12" s="12" t="s">
+      <c r="L12" s="13" t="s">
         <v>71</v>
       </c>
-      <c r="M12" s="9"/>
+      <c r="M12" s="10"/>
       <c r="N12" s="5" t="s">
         <v>72</v>
       </c>
       <c r="O12" s="5" t="s">
         <v>73</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q12" s="5" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A13" s="11" t="s">
+      <c r="A13" s="12" t="s">
         <v>75</v>
       </c>
-      <c r="B13" s="9"/>
-      <c r="C13" s="11" t="s">
+      <c r="B13" s="10"/>
+      <c r="C13" s="12" t="s">
         <v>76</v>
       </c>
-      <c r="D13" s="10"/>
-      <c r="E13" s="9"/>
+      <c r="D13" s="11"/>
+      <c r="E13" s="10"/>
       <c r="F13" s="3" t="s">
         <v>77</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>78</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>79</v>
       </c>
       <c r="J13" s="3" t="s">
         <v>80</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
-      <c r="L13" s="11" t="s">
+      <c r="L13" s="12" t="s">
         <v>82</v>
       </c>
-      <c r="M13" s="9"/>
+      <c r="M13" s="10"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3" t="s">
         <v>83</v>
       </c>
       <c r="P13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A14" s="12" t="s">
+      <c r="A14" s="13" t="s">
         <v>85</v>
       </c>
-      <c r="B14" s="9"/>
-      <c r="C14" s="12" t="s">
+      <c r="B14" s="10"/>
+      <c r="C14" s="13" t="s">
         <v>86</v>
       </c>
-      <c r="D14" s="10"/>
-      <c r="E14" s="9"/>
+      <c r="D14" s="11"/>
+      <c r="E14" s="10"/>
       <c r="F14" s="5" t="s">
         <v>87</v>
       </c>
       <c r="G14" s="5" t="s">
         <v>88</v>
       </c>
       <c r="H14" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>89</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>90</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L14" s="12" t="s">
+      <c r="L14" s="13" t="s">
         <v>91</v>
       </c>
-      <c r="M14" s="9"/>
+      <c r="M14" s="10"/>
       <c r="N14" s="5"/>
       <c r="O14" s="5" t="s">
         <v>92</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q14" s="5" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="15" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A15" s="11" t="s">
+      <c r="A15" s="12" t="s">
         <v>94</v>
       </c>
-      <c r="B15" s="9"/>
-      <c r="C15" s="11" t="s">
+      <c r="B15" s="10"/>
+      <c r="C15" s="12" t="s">
         <v>95</v>
       </c>
-      <c r="D15" s="10"/>
-      <c r="E15" s="9"/>
+      <c r="D15" s="11"/>
+      <c r="E15" s="10"/>
       <c r="F15" s="3" t="s">
         <v>96</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>97</v>
       </c>
       <c r="H15" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>98</v>
       </c>
       <c r="J15" s="3" t="s">
         <v>99</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L15" s="11" t="s">
+      <c r="L15" s="12" t="s">
         <v>100</v>
       </c>
-      <c r="M15" s="9"/>
+      <c r="M15" s="10"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3" t="s">
         <v>101</v>
       </c>
       <c r="P15" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="16" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A16" s="12" t="s">
+      <c r="A16" s="13" t="s">
         <v>103</v>
       </c>
-      <c r="B16" s="9"/>
-      <c r="C16" s="12" t="s">
+      <c r="B16" s="10"/>
+      <c r="C16" s="13" t="s">
         <v>104</v>
       </c>
-      <c r="D16" s="10"/>
-      <c r="E16" s="9"/>
+      <c r="D16" s="11"/>
+      <c r="E16" s="10"/>
       <c r="F16" s="5" t="s">
         <v>105</v>
       </c>
       <c r="G16" s="5" t="s">
         <v>106</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>107</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>108</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L16" s="12" t="s">
+      <c r="L16" s="13" t="s">
         <v>109</v>
       </c>
-      <c r="M16" s="9"/>
+      <c r="M16" s="10"/>
       <c r="N16" s="5"/>
       <c r="O16" s="5" t="s">
         <v>110</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q16" s="5" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="17" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A17" s="11" t="s">
+      <c r="A17" s="12" t="s">
         <v>112</v>
       </c>
-      <c r="B17" s="9"/>
-      <c r="C17" s="11" t="s">
+      <c r="B17" s="10"/>
+      <c r="C17" s="12" t="s">
         <v>113</v>
       </c>
-      <c r="D17" s="10"/>
-      <c r="E17" s="9"/>
+      <c r="D17" s="11"/>
+      <c r="E17" s="10"/>
       <c r="F17" s="3" t="s">
         <v>114</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>115</v>
       </c>
       <c r="H17" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>116</v>
       </c>
       <c r="J17" s="3" t="s">
         <v>117</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L17" s="11" t="s">
+      <c r="L17" s="12" t="s">
         <v>118</v>
       </c>
-      <c r="M17" s="9"/>
+      <c r="M17" s="10"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3" t="s">
         <v>119</v>
       </c>
       <c r="P17" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A18" s="12" t="s">
+      <c r="A18" s="13" t="s">
         <v>121</v>
       </c>
-      <c r="B18" s="9"/>
-      <c r="C18" s="12" t="s">
+      <c r="B18" s="10"/>
+      <c r="C18" s="13" t="s">
         <v>122</v>
       </c>
-      <c r="D18" s="10"/>
-      <c r="E18" s="9"/>
+      <c r="D18" s="11"/>
+      <c r="E18" s="10"/>
       <c r="F18" s="5" t="s">
         <v>123</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>67</v>
       </c>
       <c r="H18" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="5" t="s">
         <v>124</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>125</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="L18" s="12" t="s">
+      <c r="L18" s="13" t="s">
         <v>127</v>
       </c>
-      <c r="M18" s="9"/>
+      <c r="M18" s="10"/>
       <c r="N18" s="5"/>
       <c r="O18" s="5" t="s">
         <v>128</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q18" s="5" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="19" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A19" s="11" t="s">
+      <c r="A19" s="12" t="s">
         <v>130</v>
       </c>
-      <c r="B19" s="9"/>
-      <c r="C19" s="11" t="s">
+      <c r="B19" s="10"/>
+      <c r="C19" s="12" t="s">
         <v>131</v>
       </c>
-      <c r="D19" s="10"/>
-      <c r="E19" s="9"/>
+      <c r="D19" s="11"/>
+      <c r="E19" s="10"/>
       <c r="F19" s="3" t="s">
         <v>132</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>133</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>134</v>
       </c>
       <c r="J19" s="3" t="s">
         <v>135</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L19" s="11" t="s">
+      <c r="L19" s="12" t="s">
         <v>136</v>
       </c>
-      <c r="M19" s="9"/>
+      <c r="M19" s="10"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3" t="s">
         <v>137</v>
       </c>
       <c r="P19" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q19" s="3" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="20" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A20" s="12" t="s">
+      <c r="A20" s="13" t="s">
         <v>139</v>
       </c>
-      <c r="B20" s="9"/>
-      <c r="C20" s="12" t="s">
+      <c r="B20" s="10"/>
+      <c r="C20" s="13" t="s">
         <v>140</v>
       </c>
-      <c r="D20" s="10"/>
-      <c r="E20" s="9"/>
+      <c r="D20" s="11"/>
+      <c r="E20" s="10"/>
       <c r="F20" s="5" t="s">
         <v>141</v>
       </c>
       <c r="G20" s="5" t="s">
         <v>39</v>
       </c>
       <c r="H20" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="5" t="s">
         <v>142</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>143</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L20" s="12" t="s">
+      <c r="L20" s="13" t="s">
         <v>144</v>
       </c>
-      <c r="M20" s="9"/>
+      <c r="M20" s="10"/>
       <c r="N20" s="5" t="s">
         <v>145</v>
       </c>
       <c r="O20" s="5" t="s">
         <v>146</v>
       </c>
       <c r="P20" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q20" s="5" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="21" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A21" s="11" t="s">
+      <c r="A21" s="12" t="s">
         <v>148</v>
       </c>
-      <c r="B21" s="9"/>
-      <c r="C21" s="11" t="s">
+      <c r="B21" s="10"/>
+      <c r="C21" s="12" t="s">
         <v>149</v>
       </c>
-      <c r="D21" s="10"/>
-      <c r="E21" s="9"/>
+      <c r="D21" s="11"/>
+      <c r="E21" s="10"/>
       <c r="F21" s="3" t="s">
         <v>150</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>106</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>151</v>
       </c>
       <c r="J21" s="3" t="s">
         <v>152</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L21" s="11" t="s">
+      <c r="L21" s="12" t="s">
         <v>153</v>
       </c>
-      <c r="M21" s="9"/>
+      <c r="M21" s="10"/>
       <c r="N21" s="3" t="s">
         <v>154</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>155</v>
       </c>
       <c r="P21" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q21" s="3" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="22" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A22" s="12" t="s">
+      <c r="A22" s="13" t="s">
         <v>157</v>
       </c>
-      <c r="B22" s="9"/>
-      <c r="C22" s="12" t="s">
+      <c r="B22" s="10"/>
+      <c r="C22" s="13" t="s">
         <v>158</v>
       </c>
-      <c r="D22" s="10"/>
-      <c r="E22" s="9"/>
+      <c r="D22" s="11"/>
+      <c r="E22" s="10"/>
       <c r="F22" s="5" t="s">
         <v>159</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>160</v>
       </c>
       <c r="H22" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>161</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>162</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L22" s="12" t="s">
+      <c r="L22" s="13" t="s">
         <v>163</v>
       </c>
-      <c r="M22" s="9"/>
+      <c r="M22" s="10"/>
       <c r="N22" s="5"/>
       <c r="O22" s="5" t="s">
         <v>164</v>
       </c>
       <c r="P22" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q22" s="5" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="23" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A23" s="11" t="s">
+      <c r="A23" s="12" t="s">
         <v>166</v>
       </c>
-      <c r="B23" s="9"/>
-      <c r="C23" s="11" t="s">
+      <c r="B23" s="10"/>
+      <c r="C23" s="12" t="s">
         <v>167</v>
       </c>
-      <c r="D23" s="10"/>
-      <c r="E23" s="9"/>
+      <c r="D23" s="11"/>
+      <c r="E23" s="10"/>
       <c r="F23" s="3" t="s">
         <v>168</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>169</v>
       </c>
       <c r="H23" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>170</v>
       </c>
       <c r="J23" s="3" t="s">
         <v>171</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="L23" s="11" t="s">
+      <c r="L23" s="12" t="s">
         <v>172</v>
       </c>
-      <c r="M23" s="9"/>
+      <c r="M23" s="10"/>
       <c r="N23" s="3"/>
       <c r="O23" s="3" t="s">
         <v>173</v>
       </c>
       <c r="P23" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q23" s="3" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="24" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A24" s="12" t="s">
+      <c r="A24" s="13" t="s">
         <v>175</v>
       </c>
-      <c r="B24" s="9"/>
-      <c r="C24" s="12" t="s">
+      <c r="B24" s="10"/>
+      <c r="C24" s="13" t="s">
         <v>176</v>
       </c>
-      <c r="D24" s="10"/>
-      <c r="E24" s="9"/>
+      <c r="D24" s="11"/>
+      <c r="E24" s="10"/>
       <c r="F24" s="5" t="s">
         <v>177</v>
       </c>
       <c r="G24" s="5" t="s">
         <v>178</v>
       </c>
       <c r="H24" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>179</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>180</v>
       </c>
       <c r="K24" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L24" s="12" t="s">
+      <c r="L24" s="13" t="s">
         <v>181</v>
       </c>
-      <c r="M24" s="9"/>
+      <c r="M24" s="10"/>
       <c r="N24" s="5" t="s">
         <v>182</v>
       </c>
       <c r="O24" s="5" t="s">
         <v>183</v>
       </c>
       <c r="P24" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q24" s="5" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="25" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A25" s="11" t="s">
+      <c r="A25" s="12" t="s">
         <v>185</v>
       </c>
-      <c r="B25" s="9"/>
-      <c r="C25" s="11" t="s">
+      <c r="B25" s="10"/>
+      <c r="C25" s="12" t="s">
         <v>186</v>
       </c>
-      <c r="D25" s="10"/>
-      <c r="E25" s="9"/>
+      <c r="D25" s="11"/>
+      <c r="E25" s="10"/>
       <c r="F25" s="3" t="s">
         <v>187</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>178</v>
       </c>
       <c r="H25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>188</v>
       </c>
       <c r="J25" s="3" t="s">
         <v>189</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L25" s="11" t="s">
+      <c r="L25" s="12" t="s">
         <v>190</v>
       </c>
-      <c r="M25" s="9"/>
+      <c r="M25" s="10"/>
       <c r="N25" s="3"/>
       <c r="O25" s="3" t="s">
         <v>191</v>
       </c>
       <c r="P25" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q25" s="3" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="26" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A26" s="12" t="s">
+      <c r="A26" s="13" t="s">
         <v>193</v>
       </c>
-      <c r="B26" s="9"/>
-      <c r="C26" s="12" t="s">
+      <c r="B26" s="10"/>
+      <c r="C26" s="13" t="s">
         <v>194</v>
       </c>
-      <c r="D26" s="10"/>
-      <c r="E26" s="9"/>
+      <c r="D26" s="11"/>
+      <c r="E26" s="10"/>
       <c r="F26" s="5" t="s">
         <v>47</v>
       </c>
       <c r="G26" s="5" t="s">
         <v>195</v>
       </c>
       <c r="H26" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="5" t="s">
         <v>196</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>197</v>
       </c>
       <c r="K26" s="6" t="s">
         <v>198</v>
       </c>
-      <c r="L26" s="12" t="s">
+      <c r="L26" s="13" t="s">
         <v>199</v>
       </c>
-      <c r="M26" s="9"/>
+      <c r="M26" s="10"/>
       <c r="N26" s="5"/>
       <c r="O26" s="5" t="s">
         <v>200</v>
       </c>
       <c r="P26" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q26" s="5" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="27" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A27" s="11" t="s">
+      <c r="A27" s="12" t="s">
         <v>202</v>
       </c>
-      <c r="B27" s="9"/>
-      <c r="C27" s="11" t="s">
+      <c r="B27" s="10"/>
+      <c r="C27" s="12" t="s">
         <v>203</v>
       </c>
-      <c r="D27" s="10"/>
-      <c r="E27" s="9"/>
+      <c r="D27" s="11"/>
+      <c r="E27" s="10"/>
       <c r="F27" s="3" t="s">
         <v>204</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>205</v>
       </c>
       <c r="H27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>206</v>
       </c>
       <c r="J27" s="3" t="s">
         <v>207</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L27" s="11" t="s">
+      <c r="L27" s="12" t="s">
         <v>208</v>
       </c>
-      <c r="M27" s="9"/>
+      <c r="M27" s="10"/>
       <c r="N27" s="3" t="s">
         <v>209</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>210</v>
       </c>
       <c r="P27" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q27" s="3" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="28" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A28" s="12" t="s">
+      <c r="A28" s="13" t="s">
         <v>212</v>
       </c>
-      <c r="B28" s="9"/>
-      <c r="C28" s="12" t="s">
+      <c r="B28" s="10"/>
+      <c r="C28" s="13" t="s">
         <v>213</v>
       </c>
-      <c r="D28" s="10"/>
-      <c r="E28" s="9"/>
+      <c r="D28" s="11"/>
+      <c r="E28" s="10"/>
       <c r="F28" s="5" t="s">
         <v>214</v>
       </c>
       <c r="G28" s="5" t="s">
         <v>178</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="5" t="s">
         <v>215</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>216</v>
       </c>
       <c r="K28" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L28" s="12" t="s">
+      <c r="L28" s="13" t="s">
         <v>217</v>
       </c>
-      <c r="M28" s="9"/>
+      <c r="M28" s="10"/>
       <c r="N28" s="5"/>
       <c r="O28" s="5" t="s">
         <v>218</v>
       </c>
       <c r="P28" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q28" s="5" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A29" s="11" t="s">
+      <c r="A29" s="12" t="s">
         <v>220</v>
       </c>
-      <c r="B29" s="9"/>
-      <c r="C29" s="11" t="s">
+      <c r="B29" s="10"/>
+      <c r="C29" s="12" t="s">
         <v>221</v>
       </c>
-      <c r="D29" s="10"/>
-      <c r="E29" s="9"/>
+      <c r="D29" s="11"/>
+      <c r="E29" s="10"/>
       <c r="F29" s="3" t="s">
         <v>222</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>223</v>
       </c>
       <c r="H29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>224</v>
       </c>
       <c r="J29" s="3" t="s">
         <v>225</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>226</v>
       </c>
-      <c r="L29" s="11" t="s">
+      <c r="L29" s="12" t="s">
         <v>227</v>
       </c>
-      <c r="M29" s="9"/>
+      <c r="M29" s="10"/>
       <c r="N29" s="3"/>
       <c r="O29" s="3" t="s">
         <v>228</v>
       </c>
       <c r="P29" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q29" s="3" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="30" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A30" s="12" t="s">
+      <c r="A30" s="13" t="s">
         <v>230</v>
       </c>
-      <c r="B30" s="9"/>
-      <c r="C30" s="12" t="s">
+      <c r="B30" s="10"/>
+      <c r="C30" s="13" t="s">
         <v>231</v>
       </c>
-      <c r="D30" s="10"/>
-      <c r="E30" s="9"/>
+      <c r="D30" s="11"/>
+      <c r="E30" s="10"/>
       <c r="F30" s="5" t="s">
         <v>232</v>
       </c>
       <c r="G30" s="5" t="s">
         <v>233</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="5" t="s">
         <v>234</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>235</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L30" s="12" t="s">
+      <c r="L30" s="13" t="s">
         <v>236</v>
       </c>
-      <c r="M30" s="9"/>
+      <c r="M30" s="10"/>
       <c r="N30" s="5" t="s">
         <v>237</v>
       </c>
       <c r="O30" s="5" t="s">
         <v>238</v>
       </c>
       <c r="P30" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q30" s="5" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="31" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A31" s="11" t="s">
+      <c r="A31" s="12" t="s">
         <v>240</v>
       </c>
-      <c r="B31" s="9"/>
-      <c r="C31" s="11" t="s">
+      <c r="B31" s="10"/>
+      <c r="C31" s="12" t="s">
         <v>241</v>
       </c>
-      <c r="D31" s="10"/>
-      <c r="E31" s="9"/>
+      <c r="D31" s="11"/>
+      <c r="E31" s="10"/>
       <c r="F31" s="3" t="s">
         <v>242</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>233</v>
       </c>
       <c r="H31" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>243</v>
       </c>
       <c r="J31" s="3" t="s">
         <v>244</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L31" s="11" t="s">
+      <c r="L31" s="12" t="s">
         <v>245</v>
       </c>
-      <c r="M31" s="9"/>
+      <c r="M31" s="10"/>
       <c r="N31" s="3"/>
       <c r="O31" s="3" t="s">
         <v>246</v>
       </c>
       <c r="P31" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q31" s="3" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="32" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A32" s="12" t="s">
+      <c r="A32" s="13" t="s">
         <v>248</v>
       </c>
-      <c r="B32" s="9"/>
-      <c r="C32" s="12" t="s">
+      <c r="B32" s="10"/>
+      <c r="C32" s="13" t="s">
         <v>249</v>
       </c>
-      <c r="D32" s="10"/>
-      <c r="E32" s="9"/>
+      <c r="D32" s="11"/>
+      <c r="E32" s="10"/>
       <c r="F32" s="5" t="s">
         <v>250</v>
       </c>
       <c r="G32" s="5" t="s">
         <v>251</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="5" t="s">
         <v>252</v>
       </c>
       <c r="J32" s="5" t="s">
         <v>253</v>
       </c>
       <c r="K32" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L32" s="12" t="s">
+      <c r="L32" s="13" t="s">
         <v>61</v>
       </c>
-      <c r="M32" s="9"/>
+      <c r="M32" s="10"/>
       <c r="N32" s="5" t="s">
         <v>254</v>
       </c>
       <c r="O32" s="5" t="s">
         <v>255</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q32" s="5" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="33" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A33" s="11" t="s">
+      <c r="A33" s="12" t="s">
         <v>257</v>
       </c>
-      <c r="B33" s="9"/>
-      <c r="C33" s="11" t="s">
+      <c r="B33" s="10"/>
+      <c r="C33" s="12" t="s">
         <v>258</v>
       </c>
-      <c r="D33" s="10"/>
-      <c r="E33" s="9"/>
+      <c r="D33" s="11"/>
+      <c r="E33" s="10"/>
       <c r="F33" s="3" t="s">
         <v>259</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>260</v>
       </c>
       <c r="H33" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>261</v>
       </c>
       <c r="J33" s="3" t="s">
         <v>262</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>263</v>
       </c>
-      <c r="L33" s="11" t="s">
+      <c r="L33" s="12" t="s">
         <v>264</v>
       </c>
-      <c r="M33" s="9"/>
+      <c r="M33" s="10"/>
       <c r="N33" s="3" t="s">
         <v>265</v>
       </c>
       <c r="O33" s="3" t="s">
         <v>266</v>
       </c>
       <c r="P33" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q33" s="3" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="34" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A34" s="12" t="s">
+      <c r="A34" s="13" t="s">
         <v>268</v>
       </c>
-      <c r="B34" s="9"/>
-      <c r="C34" s="12" t="s">
+      <c r="B34" s="10"/>
+      <c r="C34" s="13" t="s">
         <v>269</v>
       </c>
-      <c r="D34" s="10"/>
-      <c r="E34" s="9"/>
+      <c r="D34" s="11"/>
+      <c r="E34" s="10"/>
       <c r="F34" s="5" t="s">
         <v>270</v>
       </c>
       <c r="G34" s="5" t="s">
         <v>205</v>
       </c>
       <c r="H34" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>271</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>272</v>
       </c>
       <c r="K34" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L34" s="12" t="s">
+      <c r="L34" s="13" t="s">
         <v>273</v>
       </c>
-      <c r="M34" s="9"/>
+      <c r="M34" s="10"/>
       <c r="N34" s="5"/>
       <c r="O34" s="5" t="s">
         <v>274</v>
       </c>
       <c r="P34" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q34" s="5" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="35" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A35" s="11" t="s">
+      <c r="A35" s="12" t="s">
         <v>276</v>
       </c>
-      <c r="B35" s="9"/>
-      <c r="C35" s="11" t="s">
+      <c r="B35" s="10"/>
+      <c r="C35" s="12" t="s">
         <v>277</v>
       </c>
-      <c r="D35" s="10"/>
-      <c r="E35" s="9"/>
+      <c r="D35" s="11"/>
+      <c r="E35" s="10"/>
       <c r="F35" s="3" t="s">
         <v>278</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>279</v>
       </c>
       <c r="H35" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>280</v>
       </c>
       <c r="J35" s="3" t="s">
         <v>281</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L35" s="11" t="s">
+      <c r="L35" s="12" t="s">
         <v>282</v>
       </c>
-      <c r="M35" s="9"/>
+      <c r="M35" s="10"/>
       <c r="N35" s="3"/>
       <c r="O35" s="3" t="s">
         <v>283</v>
       </c>
       <c r="P35" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q35" s="3" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="36" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A36" s="12" t="s">
+      <c r="A36" s="13" t="s">
         <v>285</v>
       </c>
-      <c r="B36" s="9"/>
-      <c r="C36" s="12" t="s">
+      <c r="B36" s="10"/>
+      <c r="C36" s="13" t="s">
         <v>286</v>
       </c>
-      <c r="D36" s="10"/>
-      <c r="E36" s="9"/>
+      <c r="D36" s="11"/>
+      <c r="E36" s="10"/>
       <c r="F36" s="5" t="s">
         <v>287</v>
       </c>
       <c r="G36" s="5" t="s">
         <v>205</v>
       </c>
       <c r="H36" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="5" t="s">
         <v>288</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>289</v>
       </c>
       <c r="K36" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L36" s="12" t="s">
+      <c r="L36" s="13" t="s">
         <v>290</v>
       </c>
-      <c r="M36" s="9"/>
+      <c r="M36" s="10"/>
       <c r="N36" s="5"/>
       <c r="O36" s="5" t="s">
         <v>291</v>
       </c>
       <c r="P36" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q36" s="5" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="37" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A37" s="11" t="s">
+      <c r="A37" s="12" t="s">
         <v>293</v>
       </c>
-      <c r="B37" s="9"/>
-      <c r="C37" s="11" t="s">
+      <c r="B37" s="10"/>
+      <c r="C37" s="12" t="s">
         <v>294</v>
       </c>
-      <c r="D37" s="10"/>
-      <c r="E37" s="9"/>
+      <c r="D37" s="11"/>
+      <c r="E37" s="10"/>
       <c r="F37" s="3" t="s">
         <v>295</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>296</v>
       </c>
       <c r="H37" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>297</v>
       </c>
       <c r="J37" s="3" t="s">
         <v>298</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L37" s="11" t="s">
+      <c r="L37" s="12" t="s">
         <v>299</v>
       </c>
-      <c r="M37" s="9"/>
+      <c r="M37" s="10"/>
       <c r="N37" s="3"/>
       <c r="O37" s="3" t="s">
         <v>300</v>
       </c>
       <c r="P37" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q37" s="3" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="38" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A38" s="12" t="s">
+      <c r="A38" s="13" t="s">
         <v>302</v>
       </c>
-      <c r="B38" s="9"/>
-      <c r="C38" s="12" t="s">
+      <c r="B38" s="10"/>
+      <c r="C38" s="13" t="s">
         <v>303</v>
       </c>
-      <c r="D38" s="10"/>
-      <c r="E38" s="9"/>
+      <c r="D38" s="11"/>
+      <c r="E38" s="10"/>
       <c r="F38" s="5" t="s">
         <v>304</v>
       </c>
       <c r="G38" s="5" t="s">
         <v>305</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>306</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>307</v>
       </c>
       <c r="K38" s="6" t="s">
         <v>308</v>
       </c>
-      <c r="L38" s="12" t="s">
+      <c r="L38" s="13" t="s">
         <v>309</v>
       </c>
-      <c r="M38" s="9"/>
+      <c r="M38" s="10"/>
       <c r="N38" s="5" t="s">
         <v>310</v>
       </c>
       <c r="O38" s="5" t="s">
         <v>311</v>
       </c>
       <c r="P38" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q38" s="5" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="39" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A39" s="11" t="s">
+      <c r="A39" s="12" t="s">
         <v>313</v>
       </c>
-      <c r="B39" s="9"/>
-      <c r="C39" s="11" t="s">
+      <c r="B39" s="10"/>
+      <c r="C39" s="12" t="s">
         <v>314</v>
       </c>
-      <c r="D39" s="10"/>
-      <c r="E39" s="9"/>
+      <c r="D39" s="11"/>
+      <c r="E39" s="10"/>
       <c r="F39" s="3" t="s">
         <v>315</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>316</v>
       </c>
       <c r="H39" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>317</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>318</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>319</v>
       </c>
-      <c r="L39" s="11" t="s">
+      <c r="L39" s="12" t="s">
         <v>320</v>
       </c>
-      <c r="M39" s="9"/>
+      <c r="M39" s="10"/>
       <c r="N39" s="3"/>
       <c r="O39" s="3" t="s">
         <v>321</v>
       </c>
       <c r="P39" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q39" s="3" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="40" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A40" s="12" t="s">
+      <c r="A40" s="13" t="s">
         <v>323</v>
       </c>
-      <c r="B40" s="9"/>
-      <c r="C40" s="12" t="s">
+      <c r="B40" s="10"/>
+      <c r="C40" s="13" t="s">
         <v>324</v>
       </c>
-      <c r="D40" s="10"/>
-      <c r="E40" s="9"/>
+      <c r="D40" s="11"/>
+      <c r="E40" s="10"/>
       <c r="F40" s="5" t="s">
         <v>325</v>
       </c>
       <c r="G40" s="5" t="s">
         <v>326</v>
       </c>
       <c r="H40" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>327</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>328</v>
       </c>
       <c r="K40" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L40" s="12" t="s">
+      <c r="L40" s="13" t="s">
         <v>329</v>
       </c>
-      <c r="M40" s="9"/>
+      <c r="M40" s="10"/>
       <c r="N40" s="5" t="s">
         <v>330</v>
       </c>
       <c r="O40" s="5" t="s">
         <v>331</v>
       </c>
       <c r="P40" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q40" s="5" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="41" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A41" s="11" t="s">
+      <c r="A41" s="12" t="s">
         <v>333</v>
       </c>
-      <c r="B41" s="9"/>
-      <c r="C41" s="11" t="s">
+      <c r="B41" s="10"/>
+      <c r="C41" s="12" t="s">
         <v>334</v>
       </c>
-      <c r="D41" s="10"/>
-      <c r="E41" s="9"/>
+      <c r="D41" s="11"/>
+      <c r="E41" s="10"/>
       <c r="F41" s="3" t="s">
         <v>335</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>336</v>
       </c>
       <c r="H41" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>337</v>
       </c>
       <c r="J41" s="3" t="s">
         <v>338</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L41" s="11" t="s">
+      <c r="L41" s="12" t="s">
         <v>339</v>
       </c>
-      <c r="M41" s="9"/>
+      <c r="M41" s="10"/>
       <c r="N41" s="3"/>
       <c r="O41" s="3" t="s">
         <v>340</v>
       </c>
       <c r="P41" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q41" s="3" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="42" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A42" s="12" t="s">
+      <c r="A42" s="13" t="s">
         <v>342</v>
       </c>
-      <c r="B42" s="9"/>
-      <c r="C42" s="12" t="s">
+      <c r="B42" s="10"/>
+      <c r="C42" s="13" t="s">
         <v>343</v>
       </c>
-      <c r="D42" s="10"/>
-      <c r="E42" s="9"/>
+      <c r="D42" s="11"/>
+      <c r="E42" s="10"/>
       <c r="F42" s="5" t="s">
         <v>344</v>
       </c>
       <c r="G42" s="5" t="s">
         <v>233</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>345</v>
       </c>
       <c r="J42" s="5" t="s">
         <v>235</v>
       </c>
       <c r="K42" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L42" s="12" t="s">
+      <c r="L42" s="13" t="s">
         <v>346</v>
       </c>
-      <c r="M42" s="9"/>
+      <c r="M42" s="10"/>
       <c r="N42" s="5"/>
       <c r="O42" s="5" t="s">
         <v>347</v>
       </c>
       <c r="P42" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q42" s="5" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="43" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A43" s="11" t="s">
+      <c r="A43" s="12" t="s">
         <v>349</v>
       </c>
-      <c r="B43" s="9"/>
-      <c r="C43" s="11" t="s">
+      <c r="B43" s="10"/>
+      <c r="C43" s="12" t="s">
         <v>350</v>
       </c>
-      <c r="D43" s="10"/>
-      <c r="E43" s="9"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="10"/>
       <c r="F43" s="3" t="s">
         <v>351</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>352</v>
       </c>
       <c r="H43" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>353</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>354</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L43" s="11" t="s">
+      <c r="L43" s="12" t="s">
         <v>355</v>
       </c>
-      <c r="M43" s="9"/>
-      <c r="N43" s="3" t="s">
+      <c r="M43" s="10"/>
+      <c r="N43" s="3"/>
+      <c r="O43" s="3" t="s">
         <v>356</v>
       </c>
-      <c r="O43" s="3" t="s">
+      <c r="P43" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q43" s="3" t="s">
         <v>357</v>
       </c>
-      <c r="P43" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q43" s="3" t="s">
+    </row>
+    <row r="44" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A44" s="13" t="s">
         <v>358</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A44" s="12" t="s">
+      <c r="B44" s="10"/>
+      <c r="C44" s="13" t="s">
         <v>359</v>
       </c>
-      <c r="B44" s="9"/>
-      <c r="C44" s="12" t="s">
+      <c r="D44" s="11"/>
+      <c r="E44" s="10"/>
+      <c r="F44" s="5" t="s">
         <v>360</v>
       </c>
-      <c r="D44" s="10"/>
-[...1 lines deleted...]
-      <c r="F44" s="5" t="s">
+      <c r="G44" s="5" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="H44" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="5" t="s">
         <v>362</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>363</v>
       </c>
       <c r="K44" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L44" s="12" t="s">
+      <c r="L44" s="13" t="s">
         <v>364</v>
       </c>
-      <c r="M44" s="9"/>
+      <c r="M44" s="10"/>
       <c r="N44" s="5" t="s">
         <v>365</v>
       </c>
       <c r="O44" s="5" t="s">
         <v>366</v>
       </c>
       <c r="P44" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q44" s="5" t="s">
         <v>367</v>
       </c>
     </row>
-    <row r="45" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A45" s="11" t="s">
+    <row r="45" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A45" s="12" t="s">
         <v>368</v>
       </c>
-      <c r="B45" s="9"/>
-      <c r="C45" s="11" t="s">
+      <c r="B45" s="10"/>
+      <c r="C45" s="12" t="s">
         <v>369</v>
       </c>
-      <c r="D45" s="10"/>
-      <c r="E45" s="9"/>
+      <c r="D45" s="11"/>
+      <c r="E45" s="10"/>
       <c r="F45" s="3" t="s">
         <v>370</v>
       </c>
       <c r="G45" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="H45" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I45" s="3" t="s">
         <v>371</v>
       </c>
-      <c r="H45" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I45" s="3" t="s">
+      <c r="J45" s="3" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L45" s="11" t="s">
+      <c r="L45" s="12" t="s">
+        <v>373</v>
+      </c>
+      <c r="M45" s="10"/>
+      <c r="N45" s="3" t="s">
         <v>374</v>
       </c>
-      <c r="M45" s="9"/>
-      <c r="N45" s="3"/>
       <c r="O45" s="3" t="s">
         <v>375</v>
       </c>
       <c r="P45" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q45" s="3" t="s">
         <v>376</v>
       </c>
     </row>
-    <row r="46" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A46" s="12" t="s">
+    <row r="46" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A46" s="13" t="s">
         <v>377</v>
       </c>
-      <c r="B46" s="9"/>
-      <c r="C46" s="12" t="s">
+      <c r="B46" s="10"/>
+      <c r="C46" s="13" t="s">
         <v>378</v>
       </c>
-      <c r="D46" s="10"/>
-      <c r="E46" s="9"/>
+      <c r="D46" s="11"/>
+      <c r="E46" s="10"/>
       <c r="F46" s="5" t="s">
         <v>379</v>
       </c>
       <c r="G46" s="5" t="s">
+        <v>380</v>
+      </c>
+      <c r="H46" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>381</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="K46" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L46" s="13" t="s">
+        <v>383</v>
+      </c>
+      <c r="M46" s="10"/>
+      <c r="N46" s="5"/>
+      <c r="O46" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="P46" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q46" s="5" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="47" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A47" s="12" t="s">
+        <v>386</v>
+      </c>
+      <c r="B47" s="10"/>
+      <c r="C47" s="12" t="s">
+        <v>387</v>
+      </c>
+      <c r="D47" s="11"/>
+      <c r="E47" s="10"/>
+      <c r="F47" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="G47" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="H46" s="6" t="s">
-[...38 lines deleted...]
-      <c r="F47" s="3" t="s">
+      <c r="H47" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I47" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="G47" s="3" t="s">
+      <c r="J47" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="H47" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I47" s="3" t="s">
+      <c r="K47" s="4" t="s">
         <v>391</v>
       </c>
-      <c r="J47" s="3" t="s">
+      <c r="L47" s="12" t="s">
         <v>392</v>
       </c>
-      <c r="K47" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M47" s="9"/>
+      <c r="M47" s="10"/>
       <c r="N47" s="3" t="s">
         <v>393</v>
       </c>
       <c r="O47" s="3" t="s">
         <v>394</v>
       </c>
       <c r="P47" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q47" s="3" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="48" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A48" s="12" t="s">
+      <c r="A48" s="13" t="s">
         <v>396</v>
       </c>
-      <c r="B48" s="9"/>
-      <c r="C48" s="12" t="s">
+      <c r="B48" s="10"/>
+      <c r="C48" s="13" t="s">
         <v>397</v>
       </c>
-      <c r="D48" s="10"/>
-      <c r="E48" s="9"/>
+      <c r="D48" s="11"/>
+      <c r="E48" s="10"/>
       <c r="F48" s="5" t="s">
         <v>398</v>
       </c>
       <c r="G48" s="5" t="s">
         <v>399</v>
       </c>
       <c r="H48" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="5" t="s">
         <v>400</v>
       </c>
       <c r="J48" s="5" t="s">
         <v>401</v>
       </c>
       <c r="K48" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L48" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="M48" s="10"/>
+      <c r="N48" s="5" t="s">
         <v>402</v>
       </c>
-      <c r="L48" s="12" t="s">
+      <c r="O48" s="5" t="s">
         <v>403</v>
       </c>
-      <c r="M48" s="9"/>
-      <c r="N48" s="5" t="s">
+      <c r="P48" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q48" s="5" t="s">
         <v>404</v>
       </c>
-      <c r="O48" s="5" t="s">
+    </row>
+    <row r="49" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A49" s="12" t="s">
         <v>405</v>
       </c>
-      <c r="P48" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q48" s="5" t="s">
+      <c r="B49" s="10"/>
+      <c r="C49" s="12" t="s">
         <v>406</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A49" s="11" t="s">
+      <c r="D49" s="11"/>
+      <c r="E49" s="10"/>
+      <c r="F49" s="3" t="s">
         <v>407</v>
       </c>
-      <c r="B49" s="9"/>
-      <c r="C49" s="11" t="s">
+      <c r="G49" s="3" t="s">
         <v>408</v>
       </c>
-      <c r="D49" s="10"/>
-[...1 lines deleted...]
-      <c r="F49" s="3" t="s">
+      <c r="H49" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I49" s="3" t="s">
         <v>409</v>
       </c>
-      <c r="G49" s="3" t="s">
+      <c r="J49" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="H49" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I49" s="3" t="s">
+      <c r="K49" s="4" t="s">
         <v>411</v>
       </c>
-      <c r="J49" s="3" t="s">
+      <c r="L49" s="12" t="s">
         <v>412</v>
       </c>
-      <c r="K49" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M49" s="9"/>
+      <c r="M49" s="10"/>
       <c r="N49" s="3" t="s">
         <v>413</v>
       </c>
       <c r="O49" s="3" t="s">
         <v>414</v>
       </c>
       <c r="P49" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q49" s="3" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="50" spans="1:17" ht="42" x14ac:dyDescent="0.2">
-      <c r="A50" s="12" t="s">
+    <row r="50" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A50" s="13" t="s">
         <v>416</v>
       </c>
-      <c r="B50" s="9"/>
-      <c r="C50" s="12" t="s">
+      <c r="B50" s="10"/>
+      <c r="C50" s="13" t="s">
         <v>417</v>
       </c>
-      <c r="D50" s="10"/>
-      <c r="E50" s="9"/>
+      <c r="D50" s="11"/>
+      <c r="E50" s="10"/>
       <c r="F50" s="5" t="s">
         <v>418</v>
       </c>
       <c r="G50" s="5" t="s">
         <v>419</v>
       </c>
       <c r="H50" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="5" t="s">
         <v>420</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>421</v>
       </c>
       <c r="K50" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L50" s="12" t="s">
+      <c r="L50" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="M50" s="10"/>
+      <c r="N50" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="M50" s="9"/>
-      <c r="N50" s="5"/>
       <c r="O50" s="5" t="s">
         <v>423</v>
       </c>
       <c r="P50" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q50" s="5" t="s">
         <v>424</v>
       </c>
     </row>
-    <row r="51" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A51" s="11" t="s">
+    <row r="51" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A51" s="12" t="s">
         <v>425</v>
       </c>
-      <c r="B51" s="9"/>
-      <c r="C51" s="11" t="s">
+      <c r="B51" s="10"/>
+      <c r="C51" s="12" t="s">
         <v>426</v>
       </c>
-      <c r="D51" s="10"/>
-      <c r="E51" s="9"/>
+      <c r="D51" s="11"/>
+      <c r="E51" s="10"/>
       <c r="F51" s="3" t="s">
         <v>427</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>428</v>
       </c>
       <c r="H51" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>429</v>
       </c>
       <c r="J51" s="3" t="s">
         <v>430</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L51" s="11" t="s">
+      <c r="L51" s="12" t="s">
         <v>431</v>
       </c>
-      <c r="M51" s="9"/>
+      <c r="M51" s="10"/>
       <c r="N51" s="3"/>
       <c r="O51" s="3" t="s">
         <v>432</v>
       </c>
       <c r="P51" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q51" s="3" t="s">
         <v>433</v>
       </c>
     </row>
-    <row r="52" spans="1:17" ht="15" x14ac:dyDescent="0.2">
-      <c r="A52" s="12" t="s">
+    <row r="52" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A52" s="13" t="s">
         <v>434</v>
       </c>
-      <c r="B52" s="9"/>
-      <c r="C52" s="12" t="s">
+      <c r="B52" s="10"/>
+      <c r="C52" s="13" t="s">
         <v>435</v>
       </c>
-      <c r="D52" s="10"/>
-      <c r="E52" s="9"/>
+      <c r="D52" s="11"/>
+      <c r="E52" s="10"/>
       <c r="F52" s="5" t="s">
         <v>436</v>
       </c>
       <c r="G52" s="5" t="s">
-        <v>39</v>
+        <v>437</v>
       </c>
       <c r="H52" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="K52" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L52" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M52" s="9"/>
+      <c r="L52" s="13" t="s">
+        <v>440</v>
+      </c>
+      <c r="M52" s="10"/>
       <c r="N52" s="5"/>
       <c r="O52" s="5" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q52" s="5" t="s">
-        <v>441</v>
-[...3 lines deleted...]
-      <c r="A53" s="11" t="s">
         <v>442</v>
       </c>
-      <c r="B53" s="9"/>
-      <c r="C53" s="11" t="s">
+    </row>
+    <row r="53" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A53" s="12" t="s">
         <v>443</v>
       </c>
-      <c r="D53" s="10"/>
-      <c r="E53" s="9"/>
+      <c r="B53" s="10"/>
+      <c r="C53" s="12" t="s">
+        <v>444</v>
+      </c>
+      <c r="D53" s="11"/>
+      <c r="E53" s="10"/>
       <c r="F53" s="3" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>445</v>
+        <v>39</v>
       </c>
       <c r="H53" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>446</v>
       </c>
       <c r="J53" s="3" t="s">
         <v>447</v>
       </c>
       <c r="K53" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L53" s="12" t="s">
         <v>448</v>
       </c>
-      <c r="L53" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M53" s="9"/>
+      <c r="M53" s="10"/>
       <c r="N53" s="3"/>
       <c r="O53" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="P53" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q53" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="P53" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q53" s="3" t="s">
+    </row>
+    <row r="54" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A54" s="13" t="s">
         <v>451</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A54" s="12" t="s">
+      <c r="B54" s="10"/>
+      <c r="C54" s="13" t="s">
         <v>452</v>
       </c>
-      <c r="B54" s="9"/>
-      <c r="C54" s="12" t="s">
+      <c r="D54" s="11"/>
+      <c r="E54" s="10"/>
+      <c r="F54" s="5" t="s">
         <v>453</v>
       </c>
-      <c r="D54" s="10"/>
-[...3 lines deleted...]
-      </c>
       <c r="G54" s="5" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="H54" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="K54" s="6" t="s">
-        <v>448</v>
-[...4 lines deleted...]
-      <c r="M54" s="9"/>
+        <v>457</v>
+      </c>
+      <c r="L54" s="13" t="s">
+        <v>458</v>
+      </c>
+      <c r="M54" s="10"/>
       <c r="N54" s="5"/>
       <c r="O54" s="5" t="s">
-        <v>450</v>
+        <v>459</v>
       </c>
       <c r="P54" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q54" s="5" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
     </row>
     <row r="55" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A55" s="11" t="s">
+      <c r="A55" s="12" t="s">
+        <v>461</v>
+      </c>
+      <c r="B55" s="10"/>
+      <c r="C55" s="12" t="s">
+        <v>462</v>
+      </c>
+      <c r="D55" s="11"/>
+      <c r="E55" s="10"/>
+      <c r="F55" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="G55" s="3" t="s">
         <v>454</v>
       </c>
-      <c r="B55" s="9"/>
-      <c r="C55" s="11" t="s">
+      <c r="H55" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I55" s="3" t="s">
         <v>455</v>
       </c>
-      <c r="D55" s="10"/>
-[...1 lines deleted...]
-      <c r="F55" s="3" t="s">
+      <c r="J55" s="3" t="s">
         <v>456</v>
       </c>
-      <c r="G55" s="3" t="s">
+      <c r="K55" s="4" t="s">
         <v>457</v>
       </c>
-      <c r="H55" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I55" s="3" t="s">
+      <c r="L55" s="12" t="s">
         <v>458</v>
       </c>
-      <c r="J55" s="3" t="s">
-[...8 lines deleted...]
-      <c r="M55" s="9"/>
+      <c r="M55" s="10"/>
       <c r="N55" s="3"/>
       <c r="O55" s="3" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="P55" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>462</v>
-[...3 lines deleted...]
-      <c r="A56" s="12" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="56" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A56" s="13" t="s">
         <v>463</v>
       </c>
-      <c r="B56" s="9"/>
-      <c r="C56" s="12" t="s">
+      <c r="B56" s="10"/>
+      <c r="C56" s="13" t="s">
         <v>464</v>
       </c>
-      <c r="D56" s="10"/>
-      <c r="E56" s="9"/>
+      <c r="D56" s="11"/>
+      <c r="E56" s="10"/>
       <c r="F56" s="5" t="s">
         <v>465</v>
       </c>
       <c r="G56" s="5" t="s">
         <v>466</v>
       </c>
       <c r="H56" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="5" t="s">
         <v>467</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>468</v>
       </c>
       <c r="K56" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L56" s="13" t="s">
         <v>469</v>
       </c>
-      <c r="L56" s="12" t="s">
-[...2 lines deleted...]
-      <c r="M56" s="9"/>
+      <c r="M56" s="10"/>
       <c r="N56" s="5"/>
       <c r="O56" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="P56" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q56" s="5" t="s">
         <v>471</v>
       </c>
-      <c r="P56" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q56" s="5" t="s">
+    </row>
+    <row r="57" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A57" s="12" t="s">
         <v>472</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A57" s="11" t="s">
+      <c r="B57" s="10"/>
+      <c r="C57" s="12" t="s">
         <v>473</v>
       </c>
-      <c r="B57" s="9"/>
-      <c r="C57" s="11" t="s">
+      <c r="D57" s="11"/>
+      <c r="E57" s="10"/>
+      <c r="F57" s="3" t="s">
         <v>474</v>
       </c>
-      <c r="D57" s="10"/>
-[...1 lines deleted...]
-      <c r="F57" s="3" t="s">
+      <c r="G57" s="3" t="s">
         <v>475</v>
       </c>
-      <c r="G57" s="3" t="s">
+      <c r="H57" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I57" s="3" t="s">
         <v>476</v>
       </c>
-      <c r="H57" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I57" s="3" t="s">
+      <c r="J57" s="3" t="s">
         <v>477</v>
       </c>
-      <c r="J57" s="3" t="s">
+      <c r="K57" s="4" t="s">
         <v>478</v>
       </c>
-      <c r="K57" s="4" t="s">
+      <c r="L57" s="12" t="s">
         <v>479</v>
       </c>
-      <c r="L57" s="11" t="s">
+      <c r="M57" s="10"/>
+      <c r="N57" s="3"/>
+      <c r="O57" s="3" t="s">
         <v>480</v>
       </c>
-      <c r="M57" s="9"/>
-      <c r="N57" s="3" t="s">
+      <c r="P57" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q57" s="3" t="s">
         <v>481</v>
       </c>
-      <c r="O57" s="3" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="58" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A58" s="12" t="s">
+      <c r="A58" s="13" t="s">
         <v>482</v>
       </c>
-      <c r="B58" s="9"/>
-      <c r="C58" s="12" t="s">
+      <c r="B58" s="10"/>
+      <c r="C58" s="13" t="s">
         <v>483</v>
       </c>
-      <c r="D58" s="10"/>
-      <c r="E58" s="9"/>
+      <c r="D58" s="11"/>
+      <c r="E58" s="10"/>
       <c r="F58" s="5" t="s">
         <v>484</v>
       </c>
       <c r="G58" s="5" t="s">
         <v>485</v>
       </c>
       <c r="H58" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="5" t="s">
         <v>486</v>
       </c>
       <c r="J58" s="5" t="s">
         <v>487</v>
       </c>
       <c r="K58" s="6" t="s">
+        <v>488</v>
+      </c>
+      <c r="L58" s="13" t="s">
+        <v>489</v>
+      </c>
+      <c r="M58" s="10"/>
+      <c r="N58" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="O58" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="P58" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q58" s="5" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="59" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A59" s="12" t="s">
+        <v>491</v>
+      </c>
+      <c r="B59" s="10"/>
+      <c r="C59" s="12" t="s">
+        <v>492</v>
+      </c>
+      <c r="D59" s="11"/>
+      <c r="E59" s="10"/>
+      <c r="F59" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="H59" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I59" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="J59" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="K59" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="L58" s="12" t="s">
-[...38 lines deleted...]
-      <c r="J59" s="3" t="s">
+      <c r="L59" s="12" t="s">
         <v>497</v>
       </c>
-      <c r="K59" s="4" t="s">
+      <c r="M59" s="10"/>
+      <c r="N59" s="3" t="s">
         <v>498</v>
       </c>
-      <c r="L59" s="11" t="s">
+      <c r="O59" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="M59" s="9"/>
-      <c r="N59" s="3" t="s">
+      <c r="P59" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q59" s="3" t="s">
         <v>500</v>
       </c>
-      <c r="O59" s="3" t="s">
-[...10 lines deleted...]
-      <c r="A60" s="12" t="s">
+    </row>
+    <row r="60" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A60" s="13" t="s">
         <v>501</v>
       </c>
-      <c r="B60" s="9"/>
-      <c r="C60" s="12" t="s">
+      <c r="B60" s="10"/>
+      <c r="C60" s="13" t="s">
         <v>502</v>
       </c>
-      <c r="D60" s="10"/>
-      <c r="E60" s="9"/>
+      <c r="D60" s="11"/>
+      <c r="E60" s="10"/>
       <c r="F60" s="5" t="s">
         <v>503</v>
       </c>
       <c r="G60" s="5" t="s">
         <v>504</v>
       </c>
       <c r="H60" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>505</v>
       </c>
       <c r="J60" s="5" t="s">
         <v>506</v>
       </c>
       <c r="K60" s="6" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L60" s="12" t="s">
         <v>507</v>
       </c>
-      <c r="M60" s="9"/>
-      <c r="N60" s="5"/>
+      <c r="L60" s="13" t="s">
+        <v>508</v>
+      </c>
+      <c r="M60" s="10"/>
+      <c r="N60" s="5" t="s">
+        <v>509</v>
+      </c>
       <c r="O60" s="5" t="s">
-        <v>508</v>
+        <v>340</v>
       </c>
       <c r="P60" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q60" s="5" t="s">
-        <v>509</v>
-[...3 lines deleted...]
-      <c r="A61" s="11" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="61" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A61" s="12" t="s">
         <v>510</v>
       </c>
-      <c r="B61" s="9"/>
-      <c r="C61" s="11" t="s">
+      <c r="B61" s="10"/>
+      <c r="C61" s="12" t="s">
         <v>511</v>
       </c>
-      <c r="D61" s="10"/>
-      <c r="E61" s="9"/>
+      <c r="D61" s="11"/>
+      <c r="E61" s="10"/>
       <c r="F61" s="3" t="s">
         <v>512</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>513</v>
       </c>
       <c r="H61" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>514</v>
       </c>
       <c r="J61" s="3" t="s">
         <v>515</v>
       </c>
       <c r="K61" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L61" s="12" t="s">
         <v>516</v>
       </c>
-      <c r="L61" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M61" s="9"/>
+      <c r="M61" s="10"/>
       <c r="N61" s="3"/>
       <c r="O61" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="P61" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q61" s="3" t="s">
         <v>518</v>
       </c>
-      <c r="P61" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q61" s="3" t="s">
+    </row>
+    <row r="62" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A62" s="13" t="s">
         <v>519</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A62" s="12" t="s">
+      <c r="B62" s="10"/>
+      <c r="C62" s="13" t="s">
         <v>520</v>
       </c>
-      <c r="B62" s="9"/>
-      <c r="C62" s="12" t="s">
+      <c r="D62" s="11"/>
+      <c r="E62" s="10"/>
+      <c r="F62" s="5" t="s">
         <v>521</v>
       </c>
-      <c r="D62" s="10"/>
-[...1 lines deleted...]
-      <c r="F62" s="5" t="s">
+      <c r="G62" s="5" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="H62" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="5" t="s">
         <v>523</v>
       </c>
       <c r="J62" s="5" t="s">
         <v>524</v>
       </c>
       <c r="K62" s="6" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L62" s="12" t="s">
         <v>525</v>
       </c>
-      <c r="M62" s="9"/>
+      <c r="L62" s="13" t="s">
+        <v>526</v>
+      </c>
+      <c r="M62" s="10"/>
       <c r="N62" s="5"/>
       <c r="O62" s="5" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="P62" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q62" s="5" t="s">
-        <v>527</v>
-[...3 lines deleted...]
-      <c r="A63" s="11" t="s">
         <v>528</v>
       </c>
-      <c r="B63" s="9"/>
-      <c r="C63" s="11" t="s">
+    </row>
+    <row r="63" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A63" s="12" t="s">
         <v>529</v>
       </c>
-      <c r="D63" s="10"/>
-      <c r="E63" s="9"/>
+      <c r="B63" s="10"/>
+      <c r="C63" s="12" t="s">
+        <v>530</v>
+      </c>
+      <c r="D63" s="11"/>
+      <c r="E63" s="10"/>
       <c r="F63" s="3" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>531</v>
+        <v>160</v>
       </c>
       <c r="H63" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="3" t="s">
         <v>532</v>
       </c>
       <c r="J63" s="3" t="s">
         <v>533</v>
       </c>
       <c r="K63" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="L63" s="12" t="s">
         <v>534</v>
       </c>
-      <c r="L63" s="11" t="s">
-[...2 lines deleted...]
-      <c r="M63" s="9"/>
+      <c r="M63" s="10"/>
       <c r="N63" s="3"/>
       <c r="O63" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="P63" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q63" s="3" t="s">
         <v>536</v>
       </c>
-      <c r="P63" s="4" t="s">
-[...7 lines deleted...]
-      <c r="A64" s="12" t="s">
+    </row>
+    <row r="64" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A64" s="13" t="s">
         <v>537</v>
       </c>
-      <c r="B64" s="9"/>
-      <c r="C64" s="12" t="s">
+      <c r="B64" s="10"/>
+      <c r="C64" s="13" t="s">
         <v>538</v>
       </c>
-      <c r="D64" s="10"/>
-      <c r="E64" s="9"/>
+      <c r="D64" s="11"/>
+      <c r="E64" s="10"/>
       <c r="F64" s="5" t="s">
         <v>539</v>
       </c>
       <c r="G64" s="5" t="s">
         <v>540</v>
       </c>
       <c r="H64" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="5" t="s">
         <v>541</v>
       </c>
       <c r="J64" s="5" t="s">
         <v>542</v>
       </c>
       <c r="K64" s="6" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L64" s="12" t="s">
         <v>543</v>
       </c>
-      <c r="M64" s="9"/>
+      <c r="L64" s="13" t="s">
+        <v>544</v>
+      </c>
+      <c r="M64" s="10"/>
       <c r="N64" s="5"/>
       <c r="O64" s="5" t="s">
-        <v>101</v>
+        <v>545</v>
       </c>
       <c r="P64" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q64" s="5" t="s">
-        <v>102</v>
+        <v>267</v>
       </c>
     </row>
     <row r="65" spans="1:17" ht="28" x14ac:dyDescent="0.2">
-      <c r="A65" s="11" t="s">
-[...7 lines deleted...]
-      <c r="E65" s="9"/>
+      <c r="A65" s="12" t="s">
+        <v>546</v>
+      </c>
+      <c r="B65" s="10"/>
+      <c r="C65" s="12" t="s">
+        <v>547</v>
+      </c>
+      <c r="D65" s="11"/>
+      <c r="E65" s="10"/>
       <c r="F65" s="3" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="H65" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="J65" s="3" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="K65" s="4" t="s">
-        <v>550</v>
-[...4 lines deleted...]
-      <c r="M65" s="9"/>
+        <v>20</v>
+      </c>
+      <c r="L65" s="12" t="s">
+        <v>552</v>
+      </c>
+      <c r="M65" s="10"/>
       <c r="N65" s="3"/>
       <c r="O65" s="3" t="s">
-        <v>552</v>
+        <v>101</v>
       </c>
       <c r="P65" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q65" s="3" t="s">
-        <v>201</v>
-[...3 lines deleted...]
-      <c r="A66" s="12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="66" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A66" s="13" t="s">
         <v>553</v>
       </c>
-      <c r="B66" s="9"/>
-      <c r="C66" s="12" t="s">
+      <c r="B66" s="10"/>
+      <c r="C66" s="13" t="s">
         <v>554</v>
       </c>
-      <c r="D66" s="10"/>
-      <c r="E66" s="9"/>
+      <c r="D66" s="11"/>
+      <c r="E66" s="10"/>
       <c r="F66" s="5" t="s">
         <v>555</v>
       </c>
       <c r="G66" s="5" t="s">
         <v>556</v>
       </c>
       <c r="H66" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="5" t="s">
         <v>557</v>
       </c>
       <c r="J66" s="5" t="s">
         <v>558</v>
       </c>
       <c r="K66" s="6" t="s">
         <v>559</v>
       </c>
-      <c r="L66" s="12" t="s">
+      <c r="L66" s="13" t="s">
         <v>560</v>
       </c>
-      <c r="M66" s="9"/>
+      <c r="M66" s="10"/>
       <c r="N66" s="5"/>
       <c r="O66" s="5" t="s">
         <v>561</v>
       </c>
       <c r="P66" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Q66" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="67" spans="1:17" ht="42" x14ac:dyDescent="0.2">
+      <c r="A67" s="12" t="s">
         <v>562</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A67" s="11" t="s">
+      <c r="B67" s="10"/>
+      <c r="C67" s="12" t="s">
         <v>563</v>
       </c>
-      <c r="B67" s="9"/>
-      <c r="C67" s="11" t="s">
+      <c r="D67" s="11"/>
+      <c r="E67" s="10"/>
+      <c r="F67" s="3" t="s">
         <v>564</v>
       </c>
-      <c r="D67" s="10"/>
-[...1 lines deleted...]
-      <c r="F67" s="3" t="s">
+      <c r="G67" s="3" t="s">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
       <c r="H67" s="4" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="3" t="s">
         <v>566</v>
       </c>
       <c r="J67" s="3" t="s">
         <v>567</v>
       </c>
       <c r="K67" s="4" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L67" s="11" t="s">
         <v>568</v>
       </c>
-      <c r="M67" s="9"/>
+      <c r="L67" s="12" t="s">
+        <v>569</v>
+      </c>
+      <c r="M67" s="10"/>
       <c r="N67" s="3"/>
       <c r="O67" s="3" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="P67" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Q67" s="3" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:17" ht="22" customHeight="1" x14ac:dyDescent="0.2"/>
+        <v>571</v>
+      </c>
+    </row>
+    <row r="68" spans="1:17" ht="28" x14ac:dyDescent="0.2">
+      <c r="A68" s="13" t="s">
+        <v>572</v>
+      </c>
+      <c r="B68" s="10"/>
+      <c r="C68" s="13" t="s">
+        <v>573</v>
+      </c>
+      <c r="D68" s="11"/>
+      <c r="E68" s="10"/>
+      <c r="F68" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="G68" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="H68" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>575</v>
+      </c>
+      <c r="J68" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="K68" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="L68" s="13" t="s">
+        <v>577</v>
+      </c>
+      <c r="M68" s="10"/>
+      <c r="N68" s="5"/>
+      <c r="O68" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="P68" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q68" s="5" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="69" spans="1:17" ht="22" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <mergeCells count="188">
+  <mergeCells count="191">
     <mergeCell ref="A67:B67"/>
     <mergeCell ref="C67:E67"/>
     <mergeCell ref="L67:M67"/>
+    <mergeCell ref="A68:B68"/>
+    <mergeCell ref="C68:E68"/>
+    <mergeCell ref="L68:M68"/>
     <mergeCell ref="A65:B65"/>
     <mergeCell ref="C65:E65"/>
     <mergeCell ref="L65:M65"/>
     <mergeCell ref="A66:B66"/>
     <mergeCell ref="C66:E66"/>
     <mergeCell ref="L66:M66"/>
     <mergeCell ref="A63:B63"/>
     <mergeCell ref="C63:E63"/>
     <mergeCell ref="L63:M63"/>
     <mergeCell ref="A64:B64"/>
     <mergeCell ref="C64:E64"/>
     <mergeCell ref="L64:M64"/>
     <mergeCell ref="A61:B61"/>
     <mergeCell ref="C61:E61"/>
     <mergeCell ref="L61:M61"/>
     <mergeCell ref="A62:B62"/>
     <mergeCell ref="C62:E62"/>
     <mergeCell ref="L62:M62"/>
     <mergeCell ref="A59:B59"/>
     <mergeCell ref="C59:E59"/>
     <mergeCell ref="L59:M59"/>
     <mergeCell ref="A60:B60"/>
     <mergeCell ref="C60:E60"/>
     <mergeCell ref="L60:M60"/>
     <mergeCell ref="A57:B57"/>
@@ -5276,51 +5352,51 @@
     <mergeCell ref="L11:M11"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="C12:E12"/>
     <mergeCell ref="L12:M12"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="C9:E9"/>
     <mergeCell ref="L9:M9"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="C10:E10"/>
     <mergeCell ref="L10:M10"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="C7:E7"/>
     <mergeCell ref="L7:M7"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="C8:E8"/>
     <mergeCell ref="L8:M8"/>
     <mergeCell ref="B1:C3"/>
     <mergeCell ref="E2:L2"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="C6:E6"/>
     <mergeCell ref="L6:M6"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.63542007874015705" header="0.25" footer="0.25"/>
   <pageSetup orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;"Arial,Regular"&amp;10 Run Date: 2/4/2026 12:41:42 PM &amp;R&amp;"Arial,Regular"&amp;10Page: &amp;P of &amp;N</oddFooter>
+    <oddFooter>&amp;L&amp;"Arial,Regular"&amp;10 Run Date: 3/2/2026 12:12:07 PM &amp;R&amp;"Arial,Regular"&amp;10Page: &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>