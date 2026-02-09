--- v0 (2025-10-24)
+++ v1 (2026-02-09)
@@ -673,50 +673,78 @@
             <w:tcW w:w="7038" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00B120B2" w14:textId="77777777" w:rsidR="003552BD" w:rsidRPr="00992264" w:rsidRDefault="003552BD" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="003552BD">
               <w:t>Automated Dispensing Devices (ADD) in Licensed Health Care Facilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26400BC1" w14:textId="77777777" w:rsidR="003552BD" w:rsidRDefault="003552BD" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>2020 August</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00E93DBD" w14:paraId="4DB11B69" w14:textId="77777777" w:rsidTr="004F12E7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7038" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D0F888A" w14:textId="31EFB3D5" w:rsidR="00E93DBD" w:rsidRPr="008A3CF6" w:rsidRDefault="00E93DBD" w:rsidP="00433DD7">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93DBD">
+              <w:t>Board Meeting Schedule</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2538" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F5D9CC" w14:textId="2CDF2E6F" w:rsidR="00E93DBD" w:rsidRPr="008A3CF6" w:rsidRDefault="00E93DBD" w:rsidP="00433DD7">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2025 December</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="008A3CF6" w14:paraId="6AD219B3" w14:textId="77777777" w:rsidTr="004F12E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7038" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07A4417E" w14:textId="4F7AE069" w:rsidR="008A3CF6" w:rsidRPr="003C045C" w:rsidRDefault="008A3CF6" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="008A3CF6">
               <w:t>Board Meetings</w:t>
             </w:r>
             <w:r w:rsidRPr="008A3CF6">
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="437140DC" w14:textId="458A80D4" w:rsidR="008A3CF6" w:rsidRDefault="008A3CF6" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
@@ -994,79 +1022,79 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10573354" w14:textId="0EC185E6" w:rsidR="00761548" w:rsidRDefault="00761548" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>2025 September</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C932BB" w14:paraId="5A744AC7" w14:textId="77777777" w:rsidTr="004F12E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7038" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="065C1E4A" w14:textId="085E8BBB" w:rsidR="00C932BB" w:rsidRDefault="00C932BB" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00C932BB">
+              <w:lastRenderedPageBreak/>
               <w:t>Extended Absence of a Manager of Record</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17029E01" w14:textId="2454AF7D" w:rsidR="00C932BB" w:rsidRDefault="00C932BB" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>2022 November</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00657E65" w14:paraId="4E81DA7B" w14:textId="77777777" w:rsidTr="004F12E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7038" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51326933" w14:textId="666E9257" w:rsidR="00657E65" w:rsidRPr="00C932BB" w:rsidRDefault="00657E65" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00657E65">
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Getting to Know the Board Staff </w:t>
             </w:r>
             <w:r w:rsidR="002419B2">
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00657E65">
               <w:t>Joanna Chow</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15FAB86D" w14:textId="7CACF531" w:rsidR="00657E65" w:rsidRDefault="00657E65" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>2024 February</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A3CF6" w14:paraId="17016761" w14:textId="77777777" w:rsidTr="004F12E7">
@@ -1254,172 +1282,167 @@
             <w:r w:rsidRPr="002419B2">
               <w:t xml:space="preserve">Getting to Know Your Board Members </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="002419B2">
               <w:t>Delilah Barnes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79B30E09" w14:textId="17D523A2" w:rsidR="002419B2" w:rsidRDefault="002419B2" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>2025 March</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00E93DBD" w14:paraId="154A9F24" w14:textId="77777777" w:rsidTr="004F12E7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7038" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F7FE2BF" w14:textId="5B0A5971" w:rsidR="00E93DBD" w:rsidRPr="008C20D3" w:rsidRDefault="00E93DBD" w:rsidP="00433DD7">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93DBD">
+              <w:t xml:space="preserve">Getting to Know Your Board Members </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E93DBD">
+              <w:t>John Rocchio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2538" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="782A995E" w14:textId="2C0A6460" w:rsidR="00E93DBD" w:rsidRDefault="00E93DBD" w:rsidP="00433DD7">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2025 December</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="006353C8" w14:paraId="60E08ADF" w14:textId="77777777" w:rsidTr="004F12E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7038" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="763729DA" w14:textId="302AD1F6" w:rsidR="006353C8" w:rsidRPr="0087100F" w:rsidRDefault="008C20D3" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="008C20D3">
               <w:t>Getting to Know Your Board Members - K</w:t>
             </w:r>
             <w:r>
               <w:t>atie Thornell</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D4D7DD1" w14:textId="7732DB8A" w:rsidR="006353C8" w:rsidRDefault="008C20D3" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>2022 May</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C045C" w14:paraId="62AB639C" w14:textId="77777777" w:rsidTr="004F12E7">
-[...32 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00D44F7D" w14:paraId="064D15E9" w14:textId="77777777" w:rsidTr="004F12E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7038" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F0E767B" w14:textId="34C45178" w:rsidR="00D44F7D" w:rsidRPr="00F079F6" w:rsidRDefault="00D44F7D" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00D44F7D">
               <w:t xml:space="preserve">Getting to Know Your Board Members </w:t>
             </w:r>
             <w:r>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00D44F7D">
               <w:t xml:space="preserve"> Rita Morelli</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18E43835" w14:textId="12976850" w:rsidR="00D44F7D" w:rsidRDefault="00D44F7D" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>2023 August</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00761548" w14:paraId="6F5B1B89" w14:textId="77777777" w:rsidTr="004F12E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7038" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="778D93DF" w14:textId="76253B5D" w:rsidR="00761548" w:rsidRPr="00AC6FAE" w:rsidRDefault="00761548" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00761548">
               <w:t xml:space="preserve">Getting to Know Your Board Members </w:t>
             </w:r>
             <w:r>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00761548">
-              <w:t xml:space="preserve"> Saad </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> Saad Dinno</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D6ED12B" w14:textId="08F52E92" w:rsidR="00761548" w:rsidRDefault="00761548" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>2025 September</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC6FAE" w14:paraId="65EB764D" w14:textId="77777777" w:rsidTr="004F12E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7038" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B6BA61D" w14:textId="6816B0CA" w:rsidR="00AC6FAE" w:rsidRPr="00D44F7D" w:rsidRDefault="00AC6FAE" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
@@ -1756,50 +1779,78 @@
             <w:tcW w:w="7038" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1182E647" w14:textId="030F4E48" w:rsidR="008A3CF6" w:rsidRPr="00EE169A" w:rsidRDefault="008A3CF6" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="008A3CF6">
               <w:t>MOUD Alerts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65C8E531" w14:textId="4BA346A8" w:rsidR="008A3CF6" w:rsidRDefault="008A3CF6" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>2025 June</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00E93DBD" w14:paraId="2C112FC8" w14:textId="77777777" w:rsidTr="004F12E7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7038" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3CAA49" w14:textId="671C51A1" w:rsidR="00E93DBD" w:rsidRPr="00EE169A" w:rsidRDefault="00E93DBD" w:rsidP="00433DD7">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93DBD">
+              <w:t>Multiple Schedule II Prescriptions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2538" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E5DB5B8" w14:textId="388C2ED7" w:rsidR="00E93DBD" w:rsidRDefault="00E93DBD" w:rsidP="00433DD7">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2025 December</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00EE169A" w14:paraId="0AECF587" w14:textId="77777777" w:rsidTr="004F12E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7038" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78CFF52D" w14:textId="2B2CA9A6" w:rsidR="00EE169A" w:rsidRPr="00AC6FAE" w:rsidRDefault="00EE169A" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE169A">
               <w:t>New Regulations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5CFDAD44" w14:textId="76C9D1D1" w:rsidR="00EE169A" w:rsidRDefault="00EE169A" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>2024 December</w:t>
             </w:r>
@@ -1884,50 +1935,51 @@
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="00657E65">
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> February</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A83B36" w14:paraId="7047F3C3" w14:textId="77777777" w:rsidTr="004F12E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7038" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10B92C14" w14:textId="7F3DF703" w:rsidR="00A83B36" w:rsidRDefault="00A83B36" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00A83B36">
+              <w:lastRenderedPageBreak/>
               <w:t>Non-Sterile Compounding</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2ADCB63C" w14:textId="6BAB9440" w:rsidR="00A83B36" w:rsidRDefault="00A83B36" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="00302BCE">
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00302BCE">
               <w:t>May</w:t>
             </w:r>
           </w:p>
@@ -1949,65 +2001,92 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="092A422C" w14:textId="67F2795E" w:rsidR="00F666EE" w:rsidRDefault="00F666EE" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>2022 November</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F079F6" w14:paraId="6F077B6C" w14:textId="77777777" w:rsidTr="004F12E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7038" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18EB8EFD" w14:textId="0086AFF6" w:rsidR="00F079F6" w:rsidRPr="003A4894" w:rsidRDefault="00F079F6" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00F079F6">
-              <w:lastRenderedPageBreak/>
               <w:t>Out-of-State Schedule II Prescriptions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FD9510F" w14:textId="29B6A2A3" w:rsidR="00F079F6" w:rsidRDefault="00F079F6" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>2021 November</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E93DBD" w14:paraId="6C9D9FE6" w14:textId="77777777" w:rsidTr="004F12E7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7038" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61AECD11" w14:textId="36F4C06D" w:rsidR="00E93DBD" w:rsidRPr="004266FE" w:rsidRDefault="00E93DBD" w:rsidP="00433DD7">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93DBD">
+              <w:t>Permitted Technician Duties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2538" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09FDE743" w14:textId="5CEEDDBB" w:rsidR="00E93DBD" w:rsidRDefault="00E93DBD" w:rsidP="00433DD7">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2025 December</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004266FE" w14:paraId="3AE0FFB6" w14:textId="77777777" w:rsidTr="004F12E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7038" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7851C745" w14:textId="2B0774C0" w:rsidR="004266FE" w:rsidRDefault="004266FE" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="004266FE">
               <w:t>Perpetual Inventory Reminders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7456A410" w14:textId="196D2B85" w:rsidR="004266FE" w:rsidRDefault="004266FE" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
@@ -2300,50 +2379,78 @@
       </w:tr>
       <w:tr w:rsidR="00761548" w14:paraId="37AA47A0" w14:textId="77777777" w:rsidTr="004F12E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7038" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B58F3FA" w14:textId="71D202BD" w:rsidR="00761548" w:rsidRDefault="00761548" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00761548">
               <w:t>Renewal of Pharmacy Licenses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E94A5D2" w14:textId="5CC873AF" w:rsidR="00761548" w:rsidRDefault="00761548" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>2025 September</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E93DBD" w14:paraId="4A8E4C46" w14:textId="77777777" w:rsidTr="004F12E7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7038" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6316066B" w14:textId="47D203D1" w:rsidR="00E93DBD" w:rsidRDefault="00E93DBD" w:rsidP="00433DD7">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E93DBD">
+              <w:t>Renewal Reminder</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2538" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F0128FD" w14:textId="435A5D23" w:rsidR="00E93DBD" w:rsidRDefault="00E93DBD" w:rsidP="00433DD7">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2025 December</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00095FDA" w14:paraId="1B8300D2" w14:textId="77777777" w:rsidTr="004F12E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7038" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61506933" w14:textId="5E2403B8" w:rsidR="00095FDA" w:rsidRPr="001B7313" w:rsidRDefault="00095FDA" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Renovations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64E0B4BF" w14:textId="498937DF" w:rsidR="00095FDA" w:rsidRDefault="00095FDA" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
@@ -2726,50 +2833,51 @@
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B69BDDE" w14:textId="050F620C" w:rsidR="00657E65" w:rsidRDefault="00657E65" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>2024 February</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F12E7" w14:paraId="030D5262" w14:textId="77777777" w:rsidTr="004F12E7">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7038" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D2CE632" w14:textId="06E92040" w:rsidR="004F12E7" w:rsidRDefault="004F12E7" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Technician Trainees and Extensions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E8803FA" w14:textId="2C4C2335" w:rsidR="004F12E7" w:rsidRDefault="004F12E7" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>2020 November</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE7BD7" w14:paraId="4CF5F3DC" w14:textId="77777777" w:rsidTr="004F12E7">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7038" w:type="dxa"/>
@@ -2865,51 +2973,50 @@
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>2025 March</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F12E7" w14:paraId="0FAB2582" w14:textId="77777777" w:rsidTr="004F12E7">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7038" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53519597" w14:textId="0C615194" w:rsidR="004F12E7" w:rsidRDefault="004F12E7" w:rsidP="00433DD7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1755"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="006D62F9">
-              <w:lastRenderedPageBreak/>
               <w:t>USP &lt;800&gt; in Community Pharmacies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BE4B2C5" w14:textId="252C68E3" w:rsidR="004F12E7" w:rsidRDefault="004F12E7" w:rsidP="00433DD7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>2020 February</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F02656" w14:paraId="1428410F" w14:textId="77777777" w:rsidTr="004F12E7">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7038" w:type="dxa"/>
@@ -3136,74 +3243,74 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="LinePrinter">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6410A9B1" w14:textId="4E52607C" w:rsidR="0002678F" w:rsidRPr="00C037E5" w:rsidRDefault="006D62F9">
+  <w:p w14:paraId="6410A9B1" w14:textId="2B69939F" w:rsidR="0002678F" w:rsidRPr="00C037E5" w:rsidRDefault="006D62F9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C037E5">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t>R</w:t>
     </w:r>
     <w:r w:rsidR="00104385">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve">evised: </w:t>
     </w:r>
-    <w:r w:rsidR="00761548">
+    <w:r w:rsidR="00E93DBD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>12</w:t>
     </w:r>
     <w:r w:rsidR="00302BCE">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidR="00AD7987">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00C037E5">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t>/2</w:t>
     </w:r>
     <w:r w:rsidR="002419B2">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
@@ -3924,58 +4031,58 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="396560519">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="761684293">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1745250995">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="180"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="112641"/>
+    <o:shapedefaults v:ext="edit" spidmax="114689"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F12D59"/>
     <w:rsid w:val="0002678F"/>
     <w:rsid w:val="00032E1D"/>
     <w:rsid w:val="00042048"/>
     <w:rsid w:val="00044BEA"/>
     <w:rsid w:val="00046C2D"/>
     <w:rsid w:val="000537DA"/>
     <w:rsid w:val="0005548C"/>
@@ -4136,50 +4243,51 @@
     <w:rsid w:val="00993136"/>
     <w:rsid w:val="00995505"/>
     <w:rsid w:val="009B06CD"/>
     <w:rsid w:val="009C5C38"/>
     <w:rsid w:val="009E7272"/>
     <w:rsid w:val="009F0F13"/>
     <w:rsid w:val="00A05A33"/>
     <w:rsid w:val="00A22980"/>
     <w:rsid w:val="00A51616"/>
     <w:rsid w:val="00A65101"/>
     <w:rsid w:val="00A83B36"/>
     <w:rsid w:val="00AA07D5"/>
     <w:rsid w:val="00AA68C8"/>
     <w:rsid w:val="00AB02BB"/>
     <w:rsid w:val="00AB4CAE"/>
     <w:rsid w:val="00AC6FAE"/>
     <w:rsid w:val="00AD14FA"/>
     <w:rsid w:val="00AD7987"/>
     <w:rsid w:val="00AE7BD7"/>
     <w:rsid w:val="00AF26BC"/>
     <w:rsid w:val="00AF43E2"/>
     <w:rsid w:val="00B0770D"/>
     <w:rsid w:val="00B403BF"/>
     <w:rsid w:val="00B608D9"/>
     <w:rsid w:val="00B64C54"/>
+    <w:rsid w:val="00B662B7"/>
     <w:rsid w:val="00B66F5D"/>
     <w:rsid w:val="00B76796"/>
     <w:rsid w:val="00B77BDD"/>
     <w:rsid w:val="00B82BA5"/>
     <w:rsid w:val="00B8738E"/>
     <w:rsid w:val="00B914D9"/>
     <w:rsid w:val="00BA4055"/>
     <w:rsid w:val="00BA58D1"/>
     <w:rsid w:val="00BA7FB6"/>
     <w:rsid w:val="00BC25DF"/>
     <w:rsid w:val="00BE3B71"/>
     <w:rsid w:val="00BF7E8D"/>
     <w:rsid w:val="00C031C7"/>
     <w:rsid w:val="00C037E5"/>
     <w:rsid w:val="00C050EC"/>
     <w:rsid w:val="00C123D7"/>
     <w:rsid w:val="00C20BFE"/>
     <w:rsid w:val="00C220B9"/>
     <w:rsid w:val="00C24345"/>
     <w:rsid w:val="00C437A1"/>
     <w:rsid w:val="00C66AFA"/>
     <w:rsid w:val="00C66CFB"/>
     <w:rsid w:val="00C77A69"/>
     <w:rsid w:val="00C91E8A"/>
     <w:rsid w:val="00C932BB"/>
@@ -4202,94 +4310,95 @@
     <w:rsid w:val="00D35A45"/>
     <w:rsid w:val="00D363B4"/>
     <w:rsid w:val="00D44F7D"/>
     <w:rsid w:val="00D56F91"/>
     <w:rsid w:val="00D85BF3"/>
     <w:rsid w:val="00D8671C"/>
     <w:rsid w:val="00D96545"/>
     <w:rsid w:val="00D9796A"/>
     <w:rsid w:val="00DA2D46"/>
     <w:rsid w:val="00DA57C3"/>
     <w:rsid w:val="00DC3855"/>
     <w:rsid w:val="00DD44D0"/>
     <w:rsid w:val="00DE3736"/>
     <w:rsid w:val="00DE6508"/>
     <w:rsid w:val="00E13394"/>
     <w:rsid w:val="00E23B1D"/>
     <w:rsid w:val="00E2475C"/>
     <w:rsid w:val="00E266B3"/>
     <w:rsid w:val="00E274B8"/>
     <w:rsid w:val="00E537EB"/>
     <w:rsid w:val="00E55F80"/>
     <w:rsid w:val="00E714BE"/>
     <w:rsid w:val="00E72707"/>
     <w:rsid w:val="00E734CD"/>
     <w:rsid w:val="00E90E31"/>
+    <w:rsid w:val="00E93DBD"/>
     <w:rsid w:val="00EB53BB"/>
     <w:rsid w:val="00EB7F13"/>
     <w:rsid w:val="00EC3B44"/>
     <w:rsid w:val="00ED1120"/>
     <w:rsid w:val="00ED48CA"/>
     <w:rsid w:val="00EE169A"/>
     <w:rsid w:val="00EF0955"/>
     <w:rsid w:val="00F02656"/>
     <w:rsid w:val="00F0586E"/>
     <w:rsid w:val="00F05B52"/>
     <w:rsid w:val="00F05CBC"/>
     <w:rsid w:val="00F079F6"/>
     <w:rsid w:val="00F12D59"/>
     <w:rsid w:val="00F16804"/>
     <w:rsid w:val="00F36570"/>
     <w:rsid w:val="00F43932"/>
     <w:rsid w:val="00F60E00"/>
     <w:rsid w:val="00F60EDF"/>
     <w:rsid w:val="00F666EE"/>
     <w:rsid w:val="00F72135"/>
     <w:rsid w:val="00F944AA"/>
     <w:rsid w:val="00FA0B82"/>
     <w:rsid w:val="00FA1A7C"/>
     <w:rsid w:val="00FB0C90"/>
     <w:rsid w:val="00FC6B42"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="112641"/>
+    <o:shapedefaults v:ext="edit" spidmax="114689"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4020264D"/>
   <w15:docId w15:val="{573BC426-8608-47AD-BBEF-2F2DE2413E51}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -5304,75 +5413,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26AFBF3A-254A-4E9E-B112-093FF1CEF38F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>667</Words>
-  <Characters>3832</Characters>
+  <Words>695</Words>
+  <Characters>3968</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>76</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4468</CharactersWithSpaces>
+  <CharactersWithSpaces>4654</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>7209033</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:abnormalresults@MassMail.State.MA.US</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6946872</vt:i4>
       </vt:variant>
       <vt:variant>