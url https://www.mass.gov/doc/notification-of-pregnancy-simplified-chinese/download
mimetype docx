--- v0 (2025-10-29)
+++ v1 (2026-03-26)
@@ -740,73 +740,78 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>注册中心：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30026B55" w14:textId="77777777" w:rsidR="00DC39B5" w:rsidRDefault="00DC39B5" w:rsidP="00DC39B5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:r>
         <w:t>529 Main Street, Charlestown, MA  02129</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67DC6B3A" w14:textId="77777777" w:rsidR="00DC39B5" w:rsidRDefault="00DC39B5" w:rsidP="00DC39B5">
+    <w:p w14:paraId="67DC6B3A" w14:textId="1DAB4434" w:rsidR="00DC39B5" w:rsidRDefault="00DC39B5" w:rsidP="00DC39B5">
       <w:pPr>
         <w:spacing w:after="220"/>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:r>
         <w:t>45 Spruce Street, Chelsea, MA  02150</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>100 Hancock Street, 1st Floor, Quincy, MA  02171</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>21 Spring Street, Suite 4, Taunton, MA  02780</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>367 East Street, Tewksbury, MA  01876</w:t>
       </w:r>
       <w:r>
         <w:br/>
-        <w:t>88 Industry Avenue, Suite D, Springfield, MA  01104</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD39AB" w:rsidRPr="00FD39AB">
+        <w:t>243 Cottage Street</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Springfield, MA  01104</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>50 SW Cutoff, Suite 1A, Worcester, MA  01604</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F4D3225" w14:textId="031A38AA" w:rsidR="0088485C" w:rsidRPr="00C61454" w:rsidRDefault="0088485C" w:rsidP="00DC39B5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>有问题吗？</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C92DED8" w14:textId="77777777" w:rsidR="00DC39B5" w:rsidRDefault="0088485C" w:rsidP="0088485C">
       <w:pPr>
         <w:spacing w:after="220"/>
@@ -950,77 +955,83 @@
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2DC4C2DA" w14:textId="77777777" w:rsidR="00DC39B5" w:rsidRPr="00C61454" w:rsidRDefault="00DC39B5" w:rsidP="00DC39B5">
+  <w:p w14:paraId="2DC4C2DA" w14:textId="68206B23" w:rsidR="00DC39B5" w:rsidRPr="00C61454" w:rsidRDefault="00DC39B5" w:rsidP="00DC39B5">
     <w:pPr>
       <w:spacing w:after="220"/>
       <w:ind w:left="-540"/>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:kern w:val="0"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B07563">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>PRG-N-</w:t>
     </w:r>
     <w:r w:rsidRPr="00B07563">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>ZH-CHS</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>_2025-04</w:t>
+      <w:t>_2025-</w:t>
+    </w:r>
+    <w:r w:rsidR="00FD39AB">
+      <w:rPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>10</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4F629CA0" w14:textId="77777777" w:rsidR="00DC39B5" w:rsidRDefault="00DC39B5" w:rsidP="00DC39B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1ED325BB" w14:textId="77777777" w:rsidR="00DC39B5" w:rsidRDefault="00DC39B5" w:rsidP="00DC39B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -1108,51 +1119,50 @@
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1037193316">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0088485C"/>
     <w:rsid w:val="00090DEA"/>
     <w:rsid w:val="000A5A7B"/>
     <w:rsid w:val="000C5EF9"/>
@@ -1186,85 +1196,87 @@
     <w:rsid w:val="004749B7"/>
     <w:rsid w:val="004C7FDD"/>
     <w:rsid w:val="00514AB5"/>
     <w:rsid w:val="005208EB"/>
     <w:rsid w:val="00561640"/>
     <w:rsid w:val="005E4E62"/>
     <w:rsid w:val="00601499"/>
     <w:rsid w:val="00606237"/>
     <w:rsid w:val="006405A5"/>
     <w:rsid w:val="0064697D"/>
     <w:rsid w:val="00650BE4"/>
     <w:rsid w:val="006970D7"/>
     <w:rsid w:val="006D1BC1"/>
     <w:rsid w:val="0070342F"/>
     <w:rsid w:val="00703EE0"/>
     <w:rsid w:val="007C4D61"/>
     <w:rsid w:val="007E4E5C"/>
     <w:rsid w:val="00867CF7"/>
     <w:rsid w:val="0088485C"/>
     <w:rsid w:val="00892588"/>
     <w:rsid w:val="00896D27"/>
     <w:rsid w:val="008E1C33"/>
     <w:rsid w:val="00946F34"/>
     <w:rsid w:val="009D09ED"/>
     <w:rsid w:val="00A0653D"/>
+    <w:rsid w:val="00A2103D"/>
     <w:rsid w:val="00A22F80"/>
     <w:rsid w:val="00A25152"/>
     <w:rsid w:val="00A43A84"/>
     <w:rsid w:val="00A7579F"/>
     <w:rsid w:val="00A92F80"/>
     <w:rsid w:val="00AC1984"/>
     <w:rsid w:val="00AE29B3"/>
     <w:rsid w:val="00B07563"/>
     <w:rsid w:val="00B81213"/>
     <w:rsid w:val="00BA4839"/>
     <w:rsid w:val="00BB679F"/>
     <w:rsid w:val="00BC1D13"/>
     <w:rsid w:val="00C147F9"/>
     <w:rsid w:val="00C318CD"/>
     <w:rsid w:val="00C46BC7"/>
     <w:rsid w:val="00C61454"/>
     <w:rsid w:val="00C61B72"/>
     <w:rsid w:val="00C93B5D"/>
     <w:rsid w:val="00CB05D4"/>
     <w:rsid w:val="00CE0AC2"/>
     <w:rsid w:val="00CF01E3"/>
     <w:rsid w:val="00D02420"/>
     <w:rsid w:val="00D31C93"/>
     <w:rsid w:val="00D47909"/>
     <w:rsid w:val="00DC39B5"/>
     <w:rsid w:val="00DC7C45"/>
     <w:rsid w:val="00E112E0"/>
     <w:rsid w:val="00E85ADD"/>
     <w:rsid w:val="00E92A23"/>
     <w:rsid w:val="00ED7AD2"/>
     <w:rsid w:val="00F074C7"/>
     <w:rsid w:val="00F13422"/>
     <w:rsid w:val="00F33694"/>
     <w:rsid w:val="00F90326"/>
     <w:rsid w:val="00FD2C9F"/>
+    <w:rsid w:val="00FD39AB"/>
     <w:rsid w:val="00FF3FC0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -2107,69 +2119,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>151</Words>
-  <Characters>861</Characters>
+  <Words>149</Words>
+  <Characters>854</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1010</CharactersWithSpaces>
+  <CharactersWithSpaces>1001</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Philippa Durbin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>