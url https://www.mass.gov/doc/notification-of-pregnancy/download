--- v0 (2025-10-29)
+++ v1 (2026-03-26)
@@ -32,59 +32,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00FC5B22">
         <w:t>NOTIFICATION OF PREGNANCY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="683398A1" w14:textId="36BEB214" w:rsidR="0088485C" w:rsidRDefault="00B81213" w:rsidP="0088485C">
       <w:pPr>
         <w:spacing w:after="220"/>
       </w:pPr>
       <w:r w:rsidRPr="00B81213">
         <w:t xml:space="preserve">Please make sure this form </w:t>
       </w:r>
       <w:r w:rsidR="0088485C">
         <w:t>is complete</w:t>
       </w:r>
       <w:r w:rsidR="0032247D">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0088485C">
         <w:t xml:space="preserve"> including the expected number of children, expected due date</w:t>
       </w:r>
       <w:r w:rsidR="0032247D">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0088485C">
-        <w:t xml:space="preserve"> and </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> and member signature.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E734B81" w14:textId="2D625847" w:rsidR="0088485C" w:rsidRPr="0088485C" w:rsidRDefault="0088485C" w:rsidP="0088485C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="220"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088485C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Step 1</w:t>
       </w:r>
       <w:r w:rsidRPr="0088485C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -204,92 +196,76 @@
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FC5B22">
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Webdings" w:hAnsi="Webdings" w:cs="Webdings"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00866CB0">
         <w:t>If yes, when?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="087E3077" w14:textId="37F5B16B" w:rsidR="0088485C" w:rsidRDefault="00C76AFC" w:rsidP="0088485C">
       <w:pPr>
         <w:spacing w:after="220"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If yes, when? </w:t>
       </w:r>
       <w:r w:rsidR="00866CB0">
-        <w:t xml:space="preserve">If </w:t>
-[...7 lines deleted...]
-        <w:t>, h</w:t>
+        <w:t>If no, h</w:t>
       </w:r>
       <w:r w:rsidR="00CF01E3">
         <w:t>ow many children are you currently expecting?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C15E752" w14:textId="3F2D7491" w:rsidR="0088485C" w:rsidRDefault="000D0526" w:rsidP="0088485C">
       <w:pPr>
         <w:spacing w:after="220"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">What is your </w:t>
       </w:r>
       <w:r w:rsidR="0088485C">
         <w:t>expected due date</w:t>
       </w:r>
       <w:r>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EB9040E" w14:textId="1958A0C9" w:rsidR="00315F20" w:rsidRDefault="00CF01E3" w:rsidP="00FF3FC0">
       <w:pPr>
         <w:spacing w:after="220"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF3FC0">
-        <w:t xml:space="preserve">Do you have any medical bills </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the last </w:t>
+        <w:t xml:space="preserve">Do you have any medical bills from the last </w:t>
       </w:r>
       <w:r w:rsidR="000D0526">
         <w:t>three</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF3FC0">
         <w:t xml:space="preserve"> months? Y</w:t>
       </w:r>
       <w:r w:rsidR="000D0526">
         <w:t>es No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="346714A9" w14:textId="681A55DF" w:rsidR="00CF01E3" w:rsidRDefault="00315F20" w:rsidP="00FF3FC0">
       <w:pPr>
         <w:spacing w:after="220"/>
       </w:pPr>
       <w:r>
         <w:t>If so, MassHealth may be able to help you cover some of those bills.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74228BEA" w14:textId="50CEF048" w:rsidR="00866CB0" w:rsidRDefault="00866CB0" w:rsidP="00866CB0">
       <w:r w:rsidRPr="00866CB0">
         <w:t>To report a newborn, please call MassHealth Customer Service at (800) 841-2900, TDD/TTY: 711.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F58276F" w14:textId="36917C70" w:rsidR="0088485C" w:rsidRDefault="0088485C" w:rsidP="0088485C">
@@ -554,91 +530,94 @@
       </w:pPr>
       <w:r w:rsidRPr="0088485C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>MassHealth Enrollment Centers</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23CB6CD6" w14:textId="0C782CB7" w:rsidR="00AD5B12" w:rsidRDefault="00AD5B12" w:rsidP="00AD5B12">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:r>
         <w:t>529 Main Street, Charlestown, MA  02129</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="308E1961" w14:textId="2DE4C982" w:rsidR="0088485C" w:rsidRDefault="0088485C" w:rsidP="00CE0AC2">
+    <w:p w14:paraId="308E1961" w14:textId="138A95A0" w:rsidR="0088485C" w:rsidRDefault="0088485C" w:rsidP="00CE0AC2">
       <w:pPr>
         <w:spacing w:after="220"/>
         <w:ind w:left="1440"/>
       </w:pPr>
       <w:r>
         <w:t>45 Spruce Street</w:t>
       </w:r>
       <w:r w:rsidR="00C46BC7">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>Chelsea, MA  02150</w:t>
       </w:r>
       <w:r w:rsidR="00CB05D4">
         <w:br/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">100 Hancock Street, </w:t>
       </w:r>
       <w:r w:rsidR="00AD5B12">
         <w:t xml:space="preserve">1st </w:t>
       </w:r>
       <w:r>
         <w:t>Floor, Quincy, MA  02171</w:t>
       </w:r>
       <w:r w:rsidR="00CB05D4">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00B178FF">
         <w:t>21 Spring Street, Suite 4, Taunton, MA  02780</w:t>
       </w:r>
       <w:r w:rsidR="00B178FF">
         <w:br/>
         <w:t>367 East Street, Tewksbury, MA  01876</w:t>
       </w:r>
       <w:r w:rsidR="00B178FF">
         <w:br/>
       </w:r>
-      <w:r>
-        <w:t>88 Industry Avenue, Suite D, Springfield, MA  01104</w:t>
+      <w:r w:rsidR="00F1723C" w:rsidRPr="00F1723C">
+        <w:t>243 Cottage Street</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Springfield, MA  01104</w:t>
       </w:r>
       <w:r w:rsidR="00CB05D4">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00CE0AC2">
         <w:t>50 SW Cutoff, Suite 1A, Worcester, MA  01604</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F4D3225" w14:textId="3D13416A" w:rsidR="0088485C" w:rsidRPr="0088485C" w:rsidRDefault="0088485C" w:rsidP="0088485C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:after="220"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088485C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -723,61 +702,68 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5965F681" w14:textId="77777777" w:rsidR="00FC5B22" w:rsidRDefault="00FC5B22" w:rsidP="00FC5B22">
+  <w:p w14:paraId="5965F681" w14:textId="2C21C918" w:rsidR="00FC5B22" w:rsidRDefault="00FC5B22" w:rsidP="00FC5B22">
     <w:pPr>
       <w:spacing w:after="220"/>
       <w:ind w:left="-540"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>PRG-N_2025-04</w:t>
+      <w:t>PRG-N_2025-</w:t>
+    </w:r>
+    <w:r w:rsidR="00F1723C">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>10</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4F0DCB34" w14:textId="77777777" w:rsidR="00FC5B22" w:rsidRDefault="00FC5B22" w:rsidP="00FC5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7A9F4D91" w14:textId="77777777" w:rsidR="00FC5B22" w:rsidRDefault="00FC5B22" w:rsidP="00FC5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -865,51 +851,50 @@
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="377704082">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0088485C"/>
     <w:rsid w:val="00015970"/>
     <w:rsid w:val="00081182"/>
     <w:rsid w:val="00090DEA"/>
     <w:rsid w:val="000A5A7B"/>
     <w:rsid w:val="000D0526"/>
@@ -931,89 +916,91 @@
     <w:rsid w:val="002B1360"/>
     <w:rsid w:val="002D12F7"/>
     <w:rsid w:val="002E7167"/>
     <w:rsid w:val="00315F20"/>
     <w:rsid w:val="0032247D"/>
     <w:rsid w:val="003B5F46"/>
     <w:rsid w:val="00431427"/>
     <w:rsid w:val="00456D9A"/>
     <w:rsid w:val="004749B7"/>
     <w:rsid w:val="00514AB5"/>
     <w:rsid w:val="00561640"/>
     <w:rsid w:val="005E3635"/>
     <w:rsid w:val="005E4E62"/>
     <w:rsid w:val="00601499"/>
     <w:rsid w:val="00606237"/>
     <w:rsid w:val="006405A5"/>
     <w:rsid w:val="0064697D"/>
     <w:rsid w:val="006970D7"/>
     <w:rsid w:val="006D1BC1"/>
     <w:rsid w:val="0070342F"/>
     <w:rsid w:val="00735299"/>
     <w:rsid w:val="007B232C"/>
     <w:rsid w:val="007C4D61"/>
     <w:rsid w:val="007E4E5C"/>
     <w:rsid w:val="00820A6F"/>
+    <w:rsid w:val="008305D3"/>
     <w:rsid w:val="00866CB0"/>
     <w:rsid w:val="0088485C"/>
     <w:rsid w:val="00892588"/>
     <w:rsid w:val="008D2609"/>
     <w:rsid w:val="008E1C33"/>
     <w:rsid w:val="00955093"/>
     <w:rsid w:val="009B4B01"/>
     <w:rsid w:val="009D09ED"/>
     <w:rsid w:val="00A0653D"/>
     <w:rsid w:val="00A22F80"/>
     <w:rsid w:val="00A25152"/>
     <w:rsid w:val="00A43A84"/>
     <w:rsid w:val="00A7579F"/>
     <w:rsid w:val="00A92F80"/>
     <w:rsid w:val="00AC1984"/>
     <w:rsid w:val="00AD5B12"/>
     <w:rsid w:val="00AE29B3"/>
     <w:rsid w:val="00B178FF"/>
     <w:rsid w:val="00B81213"/>
     <w:rsid w:val="00B911DD"/>
     <w:rsid w:val="00BA4839"/>
     <w:rsid w:val="00BB679F"/>
     <w:rsid w:val="00BC1D13"/>
     <w:rsid w:val="00BE5918"/>
     <w:rsid w:val="00C318CD"/>
     <w:rsid w:val="00C46BC7"/>
     <w:rsid w:val="00C76AFC"/>
     <w:rsid w:val="00C93B5D"/>
     <w:rsid w:val="00CB05D4"/>
     <w:rsid w:val="00CE0AC2"/>
     <w:rsid w:val="00CF01E3"/>
     <w:rsid w:val="00D02420"/>
     <w:rsid w:val="00D47909"/>
     <w:rsid w:val="00E112E0"/>
     <w:rsid w:val="00E85ADD"/>
     <w:rsid w:val="00E92A23"/>
     <w:rsid w:val="00ED7AD2"/>
     <w:rsid w:val="00EE081D"/>
     <w:rsid w:val="00F13422"/>
+    <w:rsid w:val="00F1723C"/>
     <w:rsid w:val="00F33694"/>
     <w:rsid w:val="00F90326"/>
     <w:rsid w:val="00FC5B22"/>
     <w:rsid w:val="00FF3FC0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -1969,54 +1956,54 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3DE13466-89D3-4AE3-95EE-AE5ECF08F877}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>275</Words>
-  <Characters>1573</Characters>
+  <Words>274</Words>
+  <Characters>1565</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1845</CharactersWithSpaces>
+  <CharactersWithSpaces>1836</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Philippa Durbin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>