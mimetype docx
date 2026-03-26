--- v0 (2025-11-01)
+++ v1 (2026-03-26)
@@ -1,4303 +1,3775 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="372E3485" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00B70DC1" w:rsidRDefault="000A6167">
+    <w:p w14:paraId="3EB6242D" w14:textId="03B94CCA" w:rsidR="00930E73" w:rsidRPr="00930E73" w:rsidRDefault="00930E73" w:rsidP="00930E73">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00930E73">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b w:val="0"/>
-          <w:bCs/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76C39228" wp14:editId="4E385887">
+            <wp:extent cx="572947" cy="607671"/>
+            <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+            <wp:docPr id="1" name="Picture 1" descr="MassDEP Leaf Logo"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Picture 1" descr="MassDEP Leaf Logo"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="575529" cy="610410"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3937ED39" w14:textId="77777777" w:rsidR="00930E73" w:rsidRPr="00930E73" w:rsidRDefault="00930E73" w:rsidP="00930E73">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C932DB3" w14:textId="31947D06" w:rsidR="00930E73" w:rsidRPr="005244E1" w:rsidRDefault="00930E73" w:rsidP="00930E73">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005244E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Massachusetts Department of Environmental Protection - Drinking Water Program</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA8155E" w14:textId="77777777" w:rsidR="00930E73" w:rsidRPr="00F87304" w:rsidRDefault="00930E73" w:rsidP="00F87304">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F87304">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chain of Custody (COC) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20029202" w14:textId="65BE2014" w:rsidR="00930E73" w:rsidRPr="00D662AE" w:rsidRDefault="00930E73" w:rsidP="00930E73">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00930E73">
+        <w:t xml:space="preserve">Sampling for Lead and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D662AE">
+        <w:t>Copper (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1454A" w:rsidRPr="00D662AE">
+        <w:t>Non-Transient Non-Community (</w:t>
+      </w:r>
+      <w:r w:rsidR="004010B6" w:rsidRPr="00D662AE">
+        <w:t>NTNC</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1454A" w:rsidRPr="00D662AE">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D662AE">
+        <w:t>Systems Only)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28625E6C" w14:textId="606B0C08" w:rsidR="00930E73" w:rsidRPr="00D662AE" w:rsidRDefault="00930E73" w:rsidP="00930E73">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00930E73" w:rsidRPr="00D662AE" w:rsidSect="00E901A2">
+          <w:headerReference w:type="even" r:id="rId8"/>
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="even" r:id="rId10"/>
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="first" r:id="rId12"/>
+          <w:footerReference w:type="first" r:id="rId13"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="0" w:gutter="0"/>
+          <w:cols w:num="3" w:space="144" w:equalWidth="0">
+            <w:col w:w="864" w:space="144"/>
+            <w:col w:w="8574" w:space="144"/>
+            <w:col w:w="1074"/>
+          </w:cols>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>LCR-CO</w:t>
+      </w:r>
+      <w:r w:rsidR="00447A6B" w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D7669DF" w14:textId="77777777" w:rsidR="00E1454A" w:rsidRPr="00D662AE" w:rsidRDefault="00E1454A" w:rsidP="00E1454A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A421C9A" w14:textId="49E190A2" w:rsidR="00330287" w:rsidRPr="00D662AE" w:rsidRDefault="004010B6" w:rsidP="00330287">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Facility</w:t>
+      </w:r>
+      <w:r w:rsidR="00330287" w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sampling Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E3F2D6D" w14:textId="77777777" w:rsidR="00330287" w:rsidRPr="00D662AE" w:rsidRDefault="00330287" w:rsidP="00330287"/>
+    <w:p w14:paraId="787B14A6" w14:textId="43D92B2C" w:rsidR="000A6167" w:rsidRPr="00D662AE" w:rsidRDefault="003869A0" w:rsidP="00330287">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">SECTION </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6167" w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve">TO BE COMPLETED BY </w:t>
       </w:r>
-      <w:r w:rsidR="007C6914" w:rsidRPr="00B70DC1">
-[...1 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="004010B6" w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CERTIFIED OPERATOR OR FACILITY REPRESENTATIVE FOR SAMPLING</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6167" w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D41E97" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00D662AE" w:rsidRDefault="000A6167">
+      <w:pPr>
+        <w:spacing w:line="120" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E110DD1" w14:textId="77777777" w:rsidR="000E26C3" w:rsidRPr="00FD4743" w:rsidRDefault="000E26C3">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="000E26C3" w:rsidRPr="00FD4743" w:rsidSect="00930E73">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6637FF09" w14:textId="36214413" w:rsidR="0091193E" w:rsidRPr="00FD4743" w:rsidRDefault="000A6167" w:rsidP="00897480">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">CERTIFIED OPERATOR OR FACILITY REPRESENTATIVE </w:t>
-[...3 lines deleted...]
-          <w:sz w:val="20"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Address:</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF3D70" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FFBA511" w14:textId="51B998D1" w:rsidR="0091193E" w:rsidRPr="00FD4743" w:rsidRDefault="000A6167" w:rsidP="00897480">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D9B46D" w14:textId="4A4479A6" w:rsidR="000A6167" w:rsidRPr="00FD4743" w:rsidRDefault="000A6167" w:rsidP="00897480">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E-Mail</w:t>
+      </w:r>
+      <w:r w:rsidR="00447A6B" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009028E8" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>optional)</w:t>
+      </w:r>
+      <w:r w:rsidR="00447A6B" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D816CDF" w14:textId="77777777" w:rsidR="00897480" w:rsidRPr="00FD4743" w:rsidRDefault="00897480" w:rsidP="00897480">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="558B2FE0" w14:textId="56FFC68F" w:rsidR="0091193E" w:rsidRPr="00FD4743" w:rsidRDefault="000E26C3" w:rsidP="00897480">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Town:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C9DB2C" w14:textId="09F6A100" w:rsidR="000E26C3" w:rsidRPr="00FD4743" w:rsidRDefault="000E26C3" w:rsidP="00897480">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Phone No (optional)</w:t>
+      </w:r>
+      <w:r w:rsidR="00447A6B" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11353AB8" w14:textId="77777777" w:rsidR="000E26C3" w:rsidRPr="00FD4743" w:rsidRDefault="000E26C3" w:rsidP="001F70C0">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F4BE390" w14:textId="77777777" w:rsidR="00897480" w:rsidRPr="00FD4743" w:rsidRDefault="00897480" w:rsidP="001F70C0">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00897480" w:rsidRPr="00FD4743" w:rsidSect="000E26C3">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:num="2" w:space="720"/>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17EB67AE" w14:textId="777C4096" w:rsidR="00470E82" w:rsidRPr="00FD4743" w:rsidRDefault="000A6167" w:rsidP="001314A0">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Were there any recent changes to </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB17AA" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>plumbing</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB17AA" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the facility</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB17AA" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:b w:val="0"/>
+            <w:bCs/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-688063415"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0060671C" w:rsidRPr="00FD4743">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="MS Gothic" w:hAnsi="Aptos"/>
+              <w:b w:val="0"/>
+              <w:bCs/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0060671C" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00470E82" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:r w:rsidR="00470E82" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00470E82" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:b w:val="0"/>
+            <w:bCs/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-1763454377"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0060671C" w:rsidRPr="00FD4743">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="MS Gothic" w:hAnsi="Aptos"/>
+              <w:b w:val="0"/>
+              <w:bCs/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="0060671C" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00470E82" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00470E82" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="299386AB" w14:textId="3F5B6FDC" w:rsidR="00470E82" w:rsidRPr="00FD4743" w:rsidRDefault="00470E82" w:rsidP="001314A0">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Describe the changes, including the date they were made: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0729746A" w14:textId="77777777" w:rsidR="0060671C" w:rsidRPr="00FD4743" w:rsidRDefault="0060671C" w:rsidP="0060671C">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="376F8DBA" w14:textId="2918AE66" w:rsidR="0060671C" w:rsidRPr="00FD4743" w:rsidRDefault="0060671C" w:rsidP="0060671C">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="330E56EB" w14:textId="499A6BE1" w:rsidR="0060671C" w:rsidRPr="00FD4743" w:rsidRDefault="0060671C" w:rsidP="0060671C">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+          <w:between w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BA21EAC" w14:textId="77777777" w:rsidR="00470E82" w:rsidRPr="00FD4743" w:rsidRDefault="00470E82" w:rsidP="00470E82">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="142A21BA" w14:textId="77777777" w:rsidR="005950A4" w:rsidRPr="00FD4743" w:rsidRDefault="00470E82" w:rsidP="00470E82">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Do you have a treatment system or filter?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="357F6A14" w14:textId="5B9D5DE4" w:rsidR="00470E82" w:rsidRPr="00FD4743" w:rsidRDefault="00EC446B" w:rsidP="00470E82">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:b w:val="0"/>
+            <w:bCs/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-2028475418"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="005950A4" w:rsidRPr="00FD4743">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="MS Gothic" w:hAnsi="Aptos"/>
+              <w:b w:val="0"/>
+              <w:bCs/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005950A4" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00470E82" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidR="005950A4" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:spacing w:val="-2"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-347487175"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="005950A4" w:rsidRPr="00FD4743">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="MS Gothic" w:hAnsi="Aptos"/>
+              <w:spacing w:val="-2"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005950A4" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005950A4" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Point of Use treatment Device (POU)</w:t>
+      </w:r>
+      <w:r w:rsidR="005950A4" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:b w:val="0"/>
+            <w:bCs/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="235590283"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="005950A4" w:rsidRPr="00FD4743">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="MS Gothic" w:hAnsi="Aptos"/>
+              <w:b w:val="0"/>
+              <w:bCs/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005950A4" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Point of Entry treatment Device (POE)</w:t>
+      </w:r>
+      <w:r w:rsidR="005950A4" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:b w:val="0"/>
+            <w:bCs/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="1981964409"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="005950A4" w:rsidRPr="00FD4743">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="MS Gothic" w:hAnsi="Aptos"/>
+              <w:b w:val="0"/>
+              <w:bCs/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005950A4" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00470E82" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E5B5A42" w14:textId="77777777" w:rsidR="00AD5F25" w:rsidRPr="00FD4743" w:rsidRDefault="00AD5F25" w:rsidP="00470E82">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A296C7" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00FD4743" w:rsidRDefault="000A6167">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Indicate Location of Sample Collected for Lead &amp; Copper Testing:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE49BFD" w14:textId="70AE682D" w:rsidR="000A6167" w:rsidRPr="00FD4743" w:rsidRDefault="003A4982" w:rsidP="003A4982">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>FOR SAMPLING</w:t>
-[...3 lines deleted...]
-          <w:sz w:val="20"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...866 lines deleted...]
-    <w:p w14:paraId="1B2B8529" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00B70DC1" w:rsidRDefault="000A6167">
+        <w:t>Please read the attached instructions. Collect cold water only from sites on approved sampling plan, such as a Kitchen Faucet, Fountain/Bubbler or Restroom Faucet where you would normally use the water to drink or prepare food.  The water must stay stagnant (not used in the facility) for at least 6 hours before sample collection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="743A238E" w14:textId="77777777" w:rsidR="003A4982" w:rsidRPr="00FD4743" w:rsidRDefault="003A4982">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:line="120" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54F31F4C" w14:textId="77777777" w:rsidR="005950A4" w:rsidRPr="00FD4743" w:rsidRDefault="005950A4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="005950A4" w:rsidRPr="00FD4743" w:rsidSect="000E26C3">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C410604" w14:textId="185C40E9" w:rsidR="000A6167" w:rsidRPr="00FD4743" w:rsidRDefault="000A6167" w:rsidP="00FD3680">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sample location:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B70DC1">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+    </w:p>
+    <w:p w14:paraId="05907769" w14:textId="315A5732" w:rsidR="000A6167" w:rsidRPr="00FD4743" w:rsidRDefault="000A6167" w:rsidP="00FD3680">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sample was taken:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CD5AB04" w14:textId="77777777" w:rsidR="005950A4" w:rsidRPr="00FD4743" w:rsidRDefault="000A6167" w:rsidP="00FD3680">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Water was last used before sample was taken:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1241B437" w14:textId="4F8A2219" w:rsidR="000A6167" w:rsidRPr="00FD4743" w:rsidRDefault="00EC446B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:bCs/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-1711863297"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00821636" w:rsidRPr="00FD4743">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="MS Gothic" w:hAnsi="Aptos"/>
+              <w:bCs/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00821636" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kitchen</w:t>
+      </w:r>
+      <w:r w:rsidR="00821636" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B70DC1">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:bCs/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="1049577356"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00821636" w:rsidRPr="00FD4743">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="MS Gothic" w:hAnsi="Aptos"/>
+              <w:bCs/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00821636" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fountain/Bubbler</w:t>
+      </w:r>
+      <w:r w:rsidR="00821636" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00821636" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B70DC1">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:spacing w:val="-2"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="1365788424"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00821636" w:rsidRPr="00FD4743">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="MS Gothic" w:hAnsi="Aptos"/>
+              <w:spacing w:val="-2"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00821636" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00821636" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Restroom</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DAB56E0" w14:textId="5A3FCC6D" w:rsidR="000A6167" w:rsidRPr="00FD4743" w:rsidRDefault="005950A4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Time</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005405CA" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">     </w:t>
-[...4 lines deleted...]
-          <w:sz w:val="20"/>
+      </w:r>
+      <w:r w:rsidR="005405CA" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B70DC1">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005405CA" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B70DC1">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="005405CA" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D638BD" w:rsidRPr="00B70DC1">
-[...46 lines deleted...]
-          <w:sz w:val="18"/>
+    </w:p>
+    <w:p w14:paraId="6D447410" w14:textId="6CD66C05" w:rsidR="005950A4" w:rsidRPr="00FD4743" w:rsidRDefault="005950A4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Time</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B70DC1">
-[...60 lines deleted...]
-          <w:sz w:val="18"/>
+      <w:r w:rsidR="005405CA" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005405CA" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00390B3B" w:rsidRPr="00B70DC1">
-[...100 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="005405CA" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B70DC1">
-[...1 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="005405CA" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B70DC1">
-[...143 lines deleted...]
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="0E047D74" w14:textId="77777777" w:rsidR="005950A4" w:rsidRPr="00FD4743" w:rsidRDefault="005950A4" w:rsidP="00470E82">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="005950A4" w:rsidRPr="00FD4743" w:rsidSect="005950A4">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:num="2" w:space="720"/>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="570ADF36" w14:textId="77777777" w:rsidR="005950A4" w:rsidRPr="00FD4743" w:rsidRDefault="005950A4" w:rsidP="00470E82">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3130D8B8" w14:textId="12795642" w:rsidR="00470E82" w:rsidRPr="00FD4743" w:rsidRDefault="00470E82" w:rsidP="00470E82">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I have read the attached Sample Collection Instructions and have taken a tap sample in accordance with these procedures:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B70DC1">
-[...1 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="005405CA" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="2137446886"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="005405CA" w:rsidRPr="00FD4743">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="MS Gothic" w:hAnsi="Aptos"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005405CA" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r w:rsidR="005405CA" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005405CA" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B70DC1">
-[...1 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="441655337"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="005405CA" w:rsidRPr="00FD4743">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="MS Gothic" w:hAnsi="Aptos"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F6E2BC" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00FD4743" w:rsidRDefault="000A6167">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7674F893" w14:textId="712B7E90" w:rsidR="0091193E" w:rsidRPr="00FD4743" w:rsidRDefault="00392646" w:rsidP="00897480">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Certified Operator or Facility Representative Signature</w:t>
+      </w:r>
+      <w:r w:rsidR="009C06CC" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33B12472" w14:textId="35220DB7" w:rsidR="009C06CC" w:rsidRPr="00FD4743" w:rsidRDefault="009C06CC" w:rsidP="00897480">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Date:</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6167" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D638BD" w:rsidRPr="00B70DC1">
-[...146 lines deleted...]
-          <w:sz w:val="20"/>
+    </w:p>
+    <w:p w14:paraId="5E2AEB96" w14:textId="77777777" w:rsidR="0091193E" w:rsidRPr="00FD4743" w:rsidRDefault="0091193E" w:rsidP="0091193E">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75ED8C1E" w14:textId="345ECB7C" w:rsidR="000A6167" w:rsidRPr="00FD4743" w:rsidRDefault="000A6167" w:rsidP="0091193E">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006F4A05" w:rsidRPr="00B70DC1">
-[...1 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006F4A05" w:rsidRPr="00B70DC1">
-[...1 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B70DC1">
-[...7 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B70DC1">
-[...1 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B71A07A" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00B70DC1" w:rsidRDefault="007C6914" w:rsidP="00AD5F25">
-[...76 lines deleted...]
-    <w:p w14:paraId="5D899857" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00B70DC1" w:rsidRDefault="000A6167">
+    <w:p w14:paraId="55E76047" w14:textId="77777777" w:rsidR="009C06CC" w:rsidRPr="00FD4743" w:rsidRDefault="009C06CC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...31 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F6D2A76" w14:textId="77777777" w:rsidR="00E40CFF" w:rsidRPr="00FD4743" w:rsidRDefault="00E40CFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
-          <w:b w:val="0"/>
-[...15 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F1203D5" w14:textId="77777777" w:rsidR="00E40CFF" w:rsidRPr="00FD4743" w:rsidRDefault="00E40CFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
-          <w:b w:val="0"/>
-[...31 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73AF0014" w14:textId="77777777" w:rsidR="00E40CFF" w:rsidRPr="00FD4743" w:rsidRDefault="00E40CFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
-        <w:ind w:firstLine="720"/>
-[...68 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54161409" w14:textId="77777777" w:rsidR="00E40CFF" w:rsidRPr="00FD4743" w:rsidRDefault="00E40CFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
-        <w:ind w:firstLine="720"/>
-[...313 lines deleted...]
-        <w:pStyle w:val="BodyText3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47D9EADF" w14:textId="77777777" w:rsidR="00E40CFF" w:rsidRPr="00FD4743" w:rsidRDefault="00E40CFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="517A90D4" w14:textId="3B734C17" w:rsidR="00330287" w:rsidRPr="00FD4743" w:rsidRDefault="001E215F" w:rsidP="00C60993">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Certified Operator</w:t>
+      </w:r>
+      <w:r w:rsidR="00330287" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C60993" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Verification </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79DBA571" w14:textId="77777777" w:rsidR="00C60993" w:rsidRPr="00FD4743" w:rsidRDefault="00C60993" w:rsidP="00C60993">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A732330" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00FD4743" w:rsidRDefault="000A6167">
+      <w:pPr>
+        <w:spacing w:line="120" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D7FE2F5" w14:textId="77777777" w:rsidR="006F3A2B" w:rsidRPr="00FD4743" w:rsidRDefault="006F3A2B" w:rsidP="006F3A2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sample accepted:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E32C43F" w14:textId="77777777" w:rsidR="006F3A2B" w:rsidRPr="00FD4743" w:rsidRDefault="006F3A2B" w:rsidP="006F3A2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sample rejected: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(check applicable reason) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C9F6672" w14:textId="77777777" w:rsidR="006F3A2B" w:rsidRPr="00FD4743" w:rsidRDefault="006F3A2B" w:rsidP="006F3A2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">☐ Collected at wrong location </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A91B2B2" w14:textId="3A2A2125" w:rsidR="006F3A2B" w:rsidRPr="00FD4743" w:rsidRDefault="006F3A2B" w:rsidP="006F3A2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>☐ COC is not filled out properly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67155880" w14:textId="258A6D59" w:rsidR="00470E82" w:rsidRPr="00FD4743" w:rsidRDefault="00EC446B" w:rsidP="00373818">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:bCs/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-1624383336"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00373818" w:rsidRPr="00FD4743">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="MS Gothic" w:hAnsi="Aptos"/>
+              <w:bCs/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00373818" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00470E82" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Improper standing time</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2371" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (does not meet minimum of 6 hours)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="191B32E0" w14:textId="40FF5A2A" w:rsidR="005F2371" w:rsidRPr="00FD4743" w:rsidRDefault="00EC446B" w:rsidP="00373818">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:spacing w:val="-2"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="1690023078"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00373818" w:rsidRPr="00FD4743">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="MS Gothic" w:hAnsi="Aptos"/>
+              <w:spacing w:val="-2"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00373818" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F2371" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sample collection date precludes delivery to lab to </w:t>
+      </w:r>
+      <w:r w:rsidR="000F2043" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>meet</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2371" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14-day acidification requirement (if </w:t>
+      </w:r>
+      <w:r w:rsidR="0054329C" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">non-preserved </w:t>
+      </w:r>
+      <w:r w:rsidR="005F2371" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bottle</w:t>
+      </w:r>
+      <w:r w:rsidR="0054329C" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> used</w:t>
+      </w:r>
+      <w:r w:rsidR="005F2371" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:spacing w:val="-2"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F10B0E" w14:textId="04E8103C" w:rsidR="00470E82" w:rsidRPr="00FD4743" w:rsidRDefault="00EC446B" w:rsidP="00373818">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:bCs/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-1759208620"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00373818" w:rsidRPr="00FD4743">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="MS Gothic" w:hAnsi="Aptos"/>
+              <w:bCs/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00373818" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00470E82" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plumbing modification to interior piping or </w:t>
+      </w:r>
+      <w:r w:rsidR="000009CA" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>home</w:t>
+      </w:r>
+      <w:r w:rsidR="00470E82" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> service line</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1241E8C9" w14:textId="68DCD15E" w:rsidR="00470E82" w:rsidRPr="00FD4743" w:rsidRDefault="00EC446B" w:rsidP="00373818">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:bCs/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:id w:val="-1309243905"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00373818" w:rsidRPr="00FD4743">
+            <w:rPr>
+              <w:rFonts w:ascii="Aptos" w:eastAsia="MS Gothic" w:hAnsi="Aptos"/>
+              <w:bCs/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00154267" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00470E82" w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Installation of treatment device (POU/POE) that removes inorganic contaminants </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="058C328D" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00FD4743" w:rsidRDefault="000A6167">
+      <w:pPr>
+        <w:spacing w:line="120" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2670E47E" w14:textId="318F2598" w:rsidR="000A6167" w:rsidRPr="00FD4743" w:rsidRDefault="00A86972" w:rsidP="00B35939">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Note: If the sample is rejected, the Certified Operator shall indicate the reason on the COC and provide a copy to the facility representative.   The rejected sample must be discarded and a new sample must be collected as soon as possible, but not later than the end of the monitoring period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FA5B58E" w14:textId="77777777" w:rsidR="00B35939" w:rsidRPr="00FD4743" w:rsidRDefault="00B35939" w:rsidP="00B35939">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:bCs/>
-[...111 lines deleted...]
-    <w:p w14:paraId="3DD01FF4" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00B70DC1" w:rsidRDefault="000A6167" w:rsidP="00AD5F25">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53FA8951" w14:textId="79CDDE7F" w:rsidR="000A6167" w:rsidRPr="00D662AE" w:rsidRDefault="00B35939" w:rsidP="00B35939">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="-45"/>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B70DC1">
-        <w:rPr>
+      <w:r w:rsidRPr="00FD4743">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>I certify under penalty of law that I am the person authorized to fill out this form and the information contained herein is true, accurate and complete to the best of my knowledge and belief.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="746699FF" w14:textId="77777777" w:rsidR="00AD5F25" w:rsidRPr="00B70DC1" w:rsidRDefault="00AD5F25" w:rsidP="00AD5F25">
+        <w:t>I certify under penalty of law that I am the person</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> authorized to fill out this form and the information contained herein is true, accurate and complete to the best of my knowledge and belief.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40338FC9" w14:textId="77777777" w:rsidR="00154267" w:rsidRPr="00D662AE" w:rsidRDefault="00154267" w:rsidP="00154267">
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
+        <w:pBdr>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33D8BAC8" w14:textId="2032B9BF" w:rsidR="00154267" w:rsidRPr="00D662AE" w:rsidRDefault="00154267" w:rsidP="00897480">
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
+        <w:pBdr>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-45"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Print Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00C60993" w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F59999" w14:textId="3DFFF4F1" w:rsidR="00154267" w:rsidRPr="00D662AE" w:rsidRDefault="005B556E" w:rsidP="00897480">
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
+        <w:pBdr>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-45"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Certified Operator</w:t>
+      </w:r>
+      <w:r w:rsidR="00154267" w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Signature:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D050DE1" w14:textId="127C1270" w:rsidR="000A6167" w:rsidRDefault="00154267" w:rsidP="00FD4743">
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
+        <w:pBdr>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-45"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Date:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F1EF3DA" w14:textId="77777777" w:rsidR="00FD4743" w:rsidRPr="00D662AE" w:rsidRDefault="00FD4743" w:rsidP="00FD4743">
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
+        <w:pBdr>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-45"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D877835" w14:textId="77777777" w:rsidR="00447A6B" w:rsidRPr="00D662AE" w:rsidRDefault="00447A6B" w:rsidP="00FD4743">
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
+        <w:pBdr>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49BC919A" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00D662AE" w:rsidRDefault="000A6167">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="-45"/>
         <w:rPr>
-          <w:b w:val="0"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="1F2EBAFC" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00B70DC1" w:rsidRDefault="000A6167">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PWS Filing Requirement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="622AAABE" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00D662AE" w:rsidRDefault="000A6167">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="-45"/>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B70DC1">
-        <w:rPr>
+      <w:r w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>___________________________           __________________________</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">PWS must staple this completed form to the certified laboratory chain of custody form for this sample </w:t>
+      </w:r>
+      <w:r w:rsidR="009028E8" w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5EC80606" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00B70DC1" w:rsidRDefault="003667D8">
+        <w:t>and keep</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB611E" w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">copies of both documents </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>in accordance with 310 CMR 22.00 record keeping requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19E52726" w14:textId="77777777" w:rsidR="00AD5F25" w:rsidRPr="00D662AE" w:rsidRDefault="00AD5F25">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="-45"/>
         <w:rPr>
-          <w:sz w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B70DC1">
-[...72 lines deleted...]
-    <w:p w14:paraId="3A9C0206" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00B70DC1" w:rsidRDefault="000A6167">
+    </w:p>
+    <w:p w14:paraId="2FBF89A3" w14:textId="77777777" w:rsidR="00A52516" w:rsidRPr="00D662AE" w:rsidRDefault="00A52516" w:rsidP="00A52516">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
-        <w:spacing w:line="120" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="0E0684F6" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00B70DC1" w:rsidRDefault="000A6167">
+        <w:sectPr w:rsidR="00A52516" w:rsidRPr="00D662AE" w:rsidSect="00E901A2">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="288" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7918C42B" w14:textId="462A9856" w:rsidR="005244E1" w:rsidRPr="00D662AE" w:rsidRDefault="005244E1" w:rsidP="005244E1">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6B22F8AD" wp14:editId="607ED812">
+            <wp:extent cx="572947" cy="607671"/>
+            <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+            <wp:docPr id="1427742691" name="Picture 1427742691" descr="MassDEP Leaf Logo"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1427742691" name="Picture 1427742691" descr="MassDEP Leaf Logo"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="575529" cy="610410"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40430630" w14:textId="0DC5D212" w:rsidR="005244E1" w:rsidRPr="00D662AE" w:rsidRDefault="005244E1" w:rsidP="005244E1">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Massachusetts Department of Environmental Protection - Drinking Water Program</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63106809" w14:textId="77777777" w:rsidR="005244E1" w:rsidRPr="00D662AE" w:rsidRDefault="005244E1" w:rsidP="00F87304">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chain of Custody (COC) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CCFFCD1" w14:textId="6A955C77" w:rsidR="005244E1" w:rsidRPr="00D662AE" w:rsidRDefault="00BA00A1" w:rsidP="00A52516">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
-        <w:ind w:left="-45"/>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:sectPr w:rsidR="005244E1" w:rsidRPr="00D662AE" w:rsidSect="00E901A2">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="288" w:gutter="0"/>
+          <w:cols w:num="2" w:space="144" w:equalWidth="0">
+            <w:col w:w="864" w:space="144"/>
+            <w:col w:w="9792"/>
+          </w:cols>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>=====================================================================</w:t>
-[...4 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:t>Sampling for Lead and Copper (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F244CC" w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>=======</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2B27909C" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00B70DC1" w:rsidRDefault="000A6167">
+        <w:t>Non-Transient Non-Community (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>NTNC</w:t>
+      </w:r>
+      <w:r w:rsidR="00F244CC" w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Systems Only)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1785AF39" w14:textId="77777777" w:rsidR="001D218A" w:rsidRPr="00D662AE" w:rsidRDefault="001D218A" w:rsidP="00A52516">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
-        <w:ind w:left="-45"/>
-[...21 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B70DC1">
-[...69 lines deleted...]
-    <w:p w14:paraId="3190C3A8" w14:textId="77777777" w:rsidR="004354E1" w:rsidRPr="00B70DC1" w:rsidRDefault="004354E1" w:rsidP="00670007">
+    </w:p>
+    <w:p w14:paraId="7CD22995" w14:textId="77777777" w:rsidR="008B1E1D" w:rsidRPr="00D662AE" w:rsidRDefault="008B1E1D" w:rsidP="008B1E1D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...42 lines deleted...]
-    <w:p w14:paraId="14D1AD62" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00B70DC1" w:rsidRDefault="000A6167">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INSTRUCTIONS FOR CERTIFIED OPERATOR OR FACILITY REPRESENTATIVE FOR SAMPLING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25924133" w14:textId="77777777" w:rsidR="008B1E1D" w:rsidRPr="00D662AE" w:rsidRDefault="008B1E1D" w:rsidP="008B1E1D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76DC15F8" w14:textId="77777777" w:rsidR="008B1E1D" w:rsidRPr="00BA00A1" w:rsidRDefault="008B1E1D" w:rsidP="008B1E1D">
       <w:pPr>
         <w:pStyle w:val="BodyText3"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...76 lines deleted...]
-    <w:p w14:paraId="3F7E60E0" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00B70DC1" w:rsidRDefault="000A6167">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D662AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>These samples are being collected to determine the contribution of faucet fixtures (kitchen, fountain/bubbler or restroom) and building pipes and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/or solder to the lead and copper levels in tap water. This sampling effort is required by the Massachusetts Department of Environmental Protection, and is being accomplished through the cooperation of your public water system’s Certified Operator or facility representative.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7443C021" w14:textId="77777777" w:rsidR="008B1E1D" w:rsidRPr="00BA00A1" w:rsidRDefault="008B1E1D" w:rsidP="008B1E1D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="662EA7B3" w14:textId="77777777" w:rsidR="008B1E1D" w:rsidRPr="00BA00A1" w:rsidRDefault="008B1E1D" w:rsidP="008B1E1D">
       <w:pPr>
         <w:pStyle w:val="BodyText3"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...15 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A sample is to be collected after an extended period (at least 6 hours) of stagnant water conditions (i.e. no water use during this period) within the interior piping. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...131 lines deleted...]
-    <w:p w14:paraId="241303FE" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00B70DC1" w:rsidRDefault="000A6167" w:rsidP="00ED21F8">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Do not intentionally flush the line before the start of the 6 hour period, rather, use water normally.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Due to this requirement, early mornings are the best times for collecting samples. If your facility does not have enough interior taps where the water stands unused for at least six hours (i.e., facilities that operate 24 hours/day, multiple shifts etc.), you are allowed to use interior taps from which water is typically drawn for consumption and which are the most likely to have remained unused for the longest period of time. In accordance with 310 CMR 22.06b (7)(b)5, NTNC systems must apply to the Department in writing if they wish to substitute non-first draw samples. Such systems shall collect as many first-draw samples from appropriate taps as possible and identify sampling times. The collection procedure is as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37653DA0" w14:textId="77777777" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="008B1E1D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText3"/>
+        <w:pBdr>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1106C5D3" w14:textId="77777777" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...93 lines deleted...]
-    <w:p w14:paraId="088CF62D" w14:textId="77777777" w:rsidR="002A4DE4" w:rsidRPr="00B70DC1" w:rsidRDefault="002A4DE4" w:rsidP="00ED21F8">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prior arrangements will be made with the Certified Operator or facility representative trained by the Certified Operator to coordinate sample collection and set dates and procedures for sample kit delivery and pick-up. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BDFE946" w14:textId="77777777" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="22CCDA17" w14:textId="77777777" w:rsidR="00BE2CEF" w:rsidRPr="00B70DC1" w:rsidRDefault="00B94CC9" w:rsidP="00ED21F8">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6804F00E" w14:textId="77777777" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Samples must be collected after a minimum of 6 hours without water use. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B70DC1">
-[...30 lines deleted...]
-    <w:p w14:paraId="27D7719C" w14:textId="77777777" w:rsidR="00C62E4D" w:rsidRPr="00B70DC1" w:rsidRDefault="00C62E4D" w:rsidP="00ED21F8">
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Early morning is usually the best sampling time to ensure that the necessary stagnant water condition exists.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="207A29D2" w14:textId="77777777" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="0F2E2B91" w14:textId="58103498" w:rsidR="00BE2CEF" w:rsidRPr="00B70DC1" w:rsidRDefault="00BE2CEF" w:rsidP="00ED21F8">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09A323E0" w14:textId="77777777" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...99 lines deleted...]
-    <w:p w14:paraId="794A0E7F" w14:textId="77777777" w:rsidR="00ED21F8" w:rsidRPr="00B70DC1" w:rsidRDefault="00ED21F8" w:rsidP="00ED21F8">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A wide-mouth bottle must be used to collect each one liter (1000 mL) sample. Wide-mouth bottles offer advantages over narrow-mouth bottles because they allow for a higher flow rate during sample collection. A higher flow rate can result in greater release of particles and colloidal lead and therefore is more conservative in terms of identifying lead concentrations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A3FFE5" w14:textId="77777777" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="291B2083" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00B70DC1" w:rsidRDefault="005728AA" w:rsidP="00ED21F8">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="789CE4E1" w14:textId="113DF227" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A kitchen, fountain/bubbler, or restroom cold-water faucet at the approved site must be used for the sampling. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7230" w:rsidRPr="00BB7230">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Samples must be taken at regularly used faucets where drinking water is most used to drink or cook with.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7230">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do not use a faucet with a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>treatment device or filter,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e.g., a filter/softener or other device treating all of the water entering the facility (POE) or a device exclusively filtering water delivered to a single faucet (POU).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="1F497D"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you have a POU device, then a new location must be approved by MassDEP.  Sample collection from a single lever faucet or tempered faucet should be avoided, if possible. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...202 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Do not remove the aerator prior to sampling</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Place the open sample bottle under the faucet and open the cold water tap. Fill the sample bottle to the line marked “1000-mL” and turn off the water.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10BB1D88" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00B70DC1" w:rsidRDefault="000A6167" w:rsidP="00ED21F8">
-[...6 lines deleted...]
-    <w:p w14:paraId="75689902" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00B70DC1" w:rsidRDefault="000A6167" w:rsidP="00ED21F8">
+    <w:p w14:paraId="36059322" w14:textId="77777777" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EEA61E3" w14:textId="77777777" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...52 lines deleted...]
-    <w:p w14:paraId="77457A7F" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00B70DC1" w:rsidRDefault="000A6167" w:rsidP="00ED21F8">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Tightly cap the bottle and place in the sample kit provided. Please review the sample kit label at this time to ensure that all information contained in the label is correct. Repeat the process at each sampling location in the facility. Complete the COC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B9EF78" w14:textId="77777777" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0824BCAB" w14:textId="77777777" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...27 lines deleted...]
-    <w:p w14:paraId="2EF2DD1D" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00B70DC1" w:rsidRDefault="00AA0ED3" w:rsidP="00ED21F8">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Be sure to note on the label provided and on the COC if plumbing repairs or replacements have been done in the facility since the previous sampling event. Also, if you have a treatment system or filters, please indicate this on the COC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04669915" w14:textId="77777777" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F0B6D81" w14:textId="77777777" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...28 lines deleted...]
-    <w:p w14:paraId="081820A6" w14:textId="77777777" w:rsidR="000A6167" w:rsidRPr="00B70DC1" w:rsidRDefault="000A6167" w:rsidP="00ED21F8">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Return the sample kit following the arrangements made in advance with the Certified Operator and/or laboratory.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2474D484" w14:textId="77777777" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3109A019" w14:textId="77777777" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...36 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Results from this monitoring effort will be provided to water users at the facility when reports are generated for the State unless excessive lead and/or copper levels are found. In such cases, immediate notification will be provided. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="594FB83F" w14:textId="77777777" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="625C2892" w14:textId="77777777" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Call ____________________ at ________________if you have any questions regarding these instructions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E7B8B7C" w14:textId="77777777" w:rsidR="00264623" w:rsidRPr="00B70DC1" w:rsidRDefault="00BD7B21" w:rsidP="00264623">
-[...19 lines deleted...]
-        <w:r w:rsidR="00264623" w:rsidRPr="00B70DC1">
+    <w:p w14:paraId="048D4129" w14:textId="61C30103" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For more information on Lead in Drinking Water, see </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00330287">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="20"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>MassDEP Is there Lead in My Tap Water Webpage</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000415D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="0059538E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.mass.gov/guides/is-there-lead-in-my-tap-water</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...9 lines deleted...]
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A096663" w14:textId="77777777" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15A9A90D" w14:textId="77777777" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="143131DF" w14:textId="77777777" w:rsidR="00ED21F8" w:rsidRPr="00B70DC1" w:rsidRDefault="000A6167" w:rsidP="0067621E">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Notes: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28C71D55" w14:textId="77777777" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
       <w:pPr>
         <w:pStyle w:val="BodyText3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the sample is rejected, the Certified Operator shall indicate the reason on the COC and provide a copy to the facility representative. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...66 lines deleted...]
-    <w:p w14:paraId="3E52F095" w14:textId="7C3D8382" w:rsidR="000A6167" w:rsidRPr="00B70DC1" w:rsidRDefault="00ED21F8" w:rsidP="00ED21F8">
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The rejected sample must be discarded and new sample must be collected as soon as possible but not after the end of the monitoring period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79BD15E6" w14:textId="77777777" w:rsidR="00BA00A1" w:rsidRPr="00BA00A1" w:rsidRDefault="00BA00A1" w:rsidP="00BA00A1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA00A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sampling results are a public record. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B17AE16" w14:textId="5350F7BE" w:rsidR="000A6167" w:rsidRPr="000415D6" w:rsidRDefault="000A6167" w:rsidP="00BA00A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId10"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="000A6167" w:rsidRPr="000415D6" w:rsidSect="00E901A2">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7921632C" w14:textId="77777777" w:rsidR="00C7791A" w:rsidRDefault="00C7791A" w:rsidP="000A6167">
+    <w:p w14:paraId="07F7E12B" w14:textId="77777777" w:rsidR="001D55C2" w:rsidRDefault="001D55C2" w:rsidP="000A6167">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7575142F" w14:textId="77777777" w:rsidR="00C7791A" w:rsidRDefault="00C7791A" w:rsidP="000A6167">
+    <w:p w14:paraId="6D36889C" w14:textId="77777777" w:rsidR="001D55C2" w:rsidRDefault="001D55C2" w:rsidP="000A6167">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0412A086" w14:textId="547F4842" w:rsidR="00EA2000" w:rsidRPr="00690F2E" w:rsidRDefault="008E60B7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="328440E2" w14:textId="77777777" w:rsidR="00EC446B" w:rsidRDefault="00EC446B">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      </w:rPr>
+      <w:id w:val="-750888636"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          </w:rPr>
+          <w:id w:val="-1769616900"/>
+          <w:docPartObj>
+            <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+            <w:docPartUnique/>
+          </w:docPartObj>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:p w14:paraId="7097FAA7" w14:textId="300397DE" w:rsidR="00E901A2" w:rsidRPr="00E901A2" w:rsidRDefault="00E901A2" w:rsidP="00E901A2">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>Revised 02/</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC446B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/2026 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E901A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Page </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E901A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00E901A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E901A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E901A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E901A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00E901A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E901A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00E901A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E901A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E901A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E901A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:sdtContent>
+      </w:sdt>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="298718AB" w14:textId="66589D50" w:rsidR="000009CA" w:rsidRPr="00E901A2" w:rsidRDefault="000009CA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...67 lines deleted...]
-    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6B6A7EFE" w14:textId="77777777" w:rsidR="00EC446B" w:rsidRDefault="00EC446B">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E91B766" w14:textId="77777777" w:rsidR="00C7791A" w:rsidRDefault="00C7791A" w:rsidP="000A6167">
+    <w:p w14:paraId="3A6E1529" w14:textId="77777777" w:rsidR="001D55C2" w:rsidRDefault="001D55C2" w:rsidP="000A6167">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4DC0B9D4" w14:textId="77777777" w:rsidR="00C7791A" w:rsidRDefault="00C7791A" w:rsidP="000A6167">
+    <w:p w14:paraId="14147C93" w14:textId="77777777" w:rsidR="001D55C2" w:rsidRDefault="001D55C2" w:rsidP="000A6167">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...253 lines deleted...]
-  <w:p w14:paraId="1418F94C" w14:textId="77777777" w:rsidR="00AD5F25" w:rsidRDefault="00AD5F25" w:rsidP="00AD5F25">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3EF204A2" w14:textId="77777777" w:rsidR="00EC446B" w:rsidRDefault="00EC446B">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0D0736E0" w14:textId="77777777" w:rsidR="00EC446B" w:rsidRDefault="00EC446B">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="75D73C53" w14:textId="77777777" w:rsidR="00EC446B" w:rsidRDefault="00EC446B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FC459A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="36DC045C"/>
+    <w:tmpl w:val="7CE49EC8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -4590,50 +4062,230 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="406A754A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E5E04BAC"/>
+    <w:lvl w:ilvl="0" w:tplc="7D1E8F82">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="490223EF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A67EC65A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BE14B9C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="312021BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Style1"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -4739,51 +4391,51 @@
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65FA68CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="20B29700"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4855,51 +4507,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67D6567C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BED81994"/>
     <w:lvl w:ilvl="0" w:tplc="9A121C9E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4971,274 +4623,299 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="433747630">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="1" w16cid:durableId="1343439268">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1084188357">
+  <w:num w:numId="2" w16cid:durableId="469901345">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1751384823">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="3" w16cid:durableId="494490041">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1489856732">
+  <w:num w:numId="4" w16cid:durableId="2085029881">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1659189029">
+  <w:num w:numId="5" w16cid:durableId="202402982">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1416436533">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="817304512">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="37901408">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="8" w16cid:durableId="276373511">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F53665"/>
+    <w:rsid w:val="000009CA"/>
+    <w:rsid w:val="00006FB0"/>
     <w:rsid w:val="00021CA8"/>
+    <w:rsid w:val="000352A3"/>
+    <w:rsid w:val="000415D6"/>
+    <w:rsid w:val="00045E79"/>
     <w:rsid w:val="00063EF8"/>
     <w:rsid w:val="00072845"/>
-    <w:rsid w:val="000828EA"/>
+    <w:rsid w:val="00072B61"/>
     <w:rsid w:val="000A6167"/>
-    <w:rsid w:val="000C6E32"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00121B1C"/>
+    <w:rsid w:val="000B4D7D"/>
+    <w:rsid w:val="000D234A"/>
+    <w:rsid w:val="000D2AE7"/>
+    <w:rsid w:val="000E26C3"/>
+    <w:rsid w:val="000E7775"/>
+    <w:rsid w:val="000F2043"/>
+    <w:rsid w:val="00113A0B"/>
+    <w:rsid w:val="001314A0"/>
+    <w:rsid w:val="00140072"/>
+    <w:rsid w:val="00154159"/>
+    <w:rsid w:val="00154267"/>
+    <w:rsid w:val="00160425"/>
     <w:rsid w:val="001802DA"/>
-    <w:rsid w:val="00227976"/>
-[...6 lines deleted...]
-    <w:rsid w:val="002942A8"/>
+    <w:rsid w:val="001945AE"/>
+    <w:rsid w:val="001C3645"/>
+    <w:rsid w:val="001D218A"/>
+    <w:rsid w:val="001D55C2"/>
+    <w:rsid w:val="001E215F"/>
+    <w:rsid w:val="001F70C0"/>
+    <w:rsid w:val="00234837"/>
     <w:rsid w:val="002A4DE4"/>
-    <w:rsid w:val="002E5A94"/>
-    <w:rsid w:val="002F04AA"/>
+    <w:rsid w:val="002C63BA"/>
+    <w:rsid w:val="002D3AB9"/>
+    <w:rsid w:val="002E70D8"/>
+    <w:rsid w:val="002E7D8C"/>
     <w:rsid w:val="003106F6"/>
     <w:rsid w:val="003117D8"/>
     <w:rsid w:val="00322562"/>
-    <w:rsid w:val="0034701B"/>
+    <w:rsid w:val="00330287"/>
     <w:rsid w:val="00353BA3"/>
-    <w:rsid w:val="00354DF7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003667D8"/>
     <w:rsid w:val="00372169"/>
-    <w:rsid w:val="00390B3B"/>
-    <w:rsid w:val="003B7983"/>
+    <w:rsid w:val="00373818"/>
+    <w:rsid w:val="003869A0"/>
+    <w:rsid w:val="00392646"/>
+    <w:rsid w:val="003A4982"/>
     <w:rsid w:val="003E1394"/>
     <w:rsid w:val="003E54C3"/>
+    <w:rsid w:val="004010B6"/>
     <w:rsid w:val="00403482"/>
-    <w:rsid w:val="004316CC"/>
-[...7 lines deleted...]
-    <w:rsid w:val="004C371D"/>
+    <w:rsid w:val="0043460A"/>
+    <w:rsid w:val="00443823"/>
+    <w:rsid w:val="00447A6B"/>
+    <w:rsid w:val="0046383A"/>
+    <w:rsid w:val="00470E82"/>
+    <w:rsid w:val="00471F7D"/>
     <w:rsid w:val="004C68B5"/>
     <w:rsid w:val="004F4725"/>
-    <w:rsid w:val="00515047"/>
+    <w:rsid w:val="005244E1"/>
     <w:rsid w:val="00531103"/>
+    <w:rsid w:val="005316F7"/>
+    <w:rsid w:val="005405CA"/>
+    <w:rsid w:val="0054329C"/>
     <w:rsid w:val="00563A56"/>
-    <w:rsid w:val="005675CB"/>
     <w:rsid w:val="005728AA"/>
-    <w:rsid w:val="005812AC"/>
+    <w:rsid w:val="005950A4"/>
     <w:rsid w:val="005A3358"/>
-    <w:rsid w:val="005B7142"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00666CB0"/>
+    <w:rsid w:val="005B033C"/>
+    <w:rsid w:val="005B556E"/>
+    <w:rsid w:val="005B6F17"/>
+    <w:rsid w:val="005F2371"/>
+    <w:rsid w:val="005F7CB7"/>
+    <w:rsid w:val="0060671C"/>
     <w:rsid w:val="00670007"/>
-    <w:rsid w:val="0067621E"/>
-[...2 lines deleted...]
-    <w:rsid w:val="006A18A4"/>
+    <w:rsid w:val="00682FD4"/>
+    <w:rsid w:val="006832BF"/>
+    <w:rsid w:val="006B221F"/>
     <w:rsid w:val="006D36B4"/>
-    <w:rsid w:val="006D5B2A"/>
-    <w:rsid w:val="006F4A05"/>
+    <w:rsid w:val="006F3A2B"/>
+    <w:rsid w:val="0070532D"/>
     <w:rsid w:val="007100A0"/>
-    <w:rsid w:val="0076774A"/>
+    <w:rsid w:val="00727FB7"/>
+    <w:rsid w:val="00767630"/>
     <w:rsid w:val="00767D5A"/>
-    <w:rsid w:val="007C6914"/>
-    <w:rsid w:val="007D08ED"/>
+    <w:rsid w:val="00785FDE"/>
+    <w:rsid w:val="007A18F3"/>
+    <w:rsid w:val="007A52FD"/>
+    <w:rsid w:val="007B4FC0"/>
     <w:rsid w:val="008062E6"/>
-    <w:rsid w:val="00820042"/>
-[...3 lines deleted...]
-    <w:rsid w:val="0089417F"/>
+    <w:rsid w:val="00821636"/>
+    <w:rsid w:val="00897480"/>
+    <w:rsid w:val="008B1E1D"/>
     <w:rsid w:val="008D5188"/>
-    <w:rsid w:val="008E60B7"/>
-    <w:rsid w:val="008F11A6"/>
+    <w:rsid w:val="008E6384"/>
     <w:rsid w:val="009028E8"/>
-    <w:rsid w:val="00911B4C"/>
+    <w:rsid w:val="0091193E"/>
+    <w:rsid w:val="00930E73"/>
     <w:rsid w:val="00971507"/>
     <w:rsid w:val="00980B8E"/>
     <w:rsid w:val="0098343D"/>
-    <w:rsid w:val="009A3A75"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00A0207E"/>
+    <w:rsid w:val="00991836"/>
+    <w:rsid w:val="009C06CC"/>
     <w:rsid w:val="00A11BC0"/>
     <w:rsid w:val="00A14560"/>
-    <w:rsid w:val="00A93E65"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AD458C"/>
+    <w:rsid w:val="00A52516"/>
+    <w:rsid w:val="00A60A87"/>
+    <w:rsid w:val="00A803DE"/>
+    <w:rsid w:val="00A8065E"/>
+    <w:rsid w:val="00A86972"/>
+    <w:rsid w:val="00AB17AA"/>
     <w:rsid w:val="00AD5F25"/>
-    <w:rsid w:val="00AE5B89"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B479BE"/>
+    <w:rsid w:val="00B35939"/>
+    <w:rsid w:val="00B435C4"/>
     <w:rsid w:val="00B62DED"/>
-    <w:rsid w:val="00B70DC1"/>
     <w:rsid w:val="00B76EE8"/>
-    <w:rsid w:val="00B94CC9"/>
+    <w:rsid w:val="00BA00A1"/>
     <w:rsid w:val="00BA4C25"/>
-    <w:rsid w:val="00BC0159"/>
-    <w:rsid w:val="00BD0FA2"/>
+    <w:rsid w:val="00BB7230"/>
+    <w:rsid w:val="00BD6BD4"/>
     <w:rsid w:val="00BD7B21"/>
     <w:rsid w:val="00BE2CEF"/>
-    <w:rsid w:val="00BE39C0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C172EA"/>
+    <w:rsid w:val="00C60993"/>
     <w:rsid w:val="00C62E4D"/>
+    <w:rsid w:val="00C66454"/>
     <w:rsid w:val="00C71723"/>
-    <w:rsid w:val="00C7791A"/>
-    <w:rsid w:val="00C817DE"/>
+    <w:rsid w:val="00C82ED3"/>
     <w:rsid w:val="00C87616"/>
-    <w:rsid w:val="00C87ED9"/>
-    <w:rsid w:val="00CB51E5"/>
     <w:rsid w:val="00CD6F95"/>
-    <w:rsid w:val="00CF793F"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00DD4177"/>
+    <w:rsid w:val="00CF52F6"/>
+    <w:rsid w:val="00D1184E"/>
+    <w:rsid w:val="00D31208"/>
+    <w:rsid w:val="00D42056"/>
+    <w:rsid w:val="00D45C40"/>
+    <w:rsid w:val="00D662AE"/>
+    <w:rsid w:val="00D74031"/>
+    <w:rsid w:val="00D91576"/>
+    <w:rsid w:val="00E0016B"/>
     <w:rsid w:val="00E0750C"/>
-    <w:rsid w:val="00E15A39"/>
-    <w:rsid w:val="00E1690E"/>
+    <w:rsid w:val="00E1454A"/>
+    <w:rsid w:val="00E40CFF"/>
+    <w:rsid w:val="00E54AF3"/>
+    <w:rsid w:val="00E901A2"/>
     <w:rsid w:val="00EA2000"/>
     <w:rsid w:val="00EA63C2"/>
     <w:rsid w:val="00EB1F67"/>
+    <w:rsid w:val="00EC446B"/>
+    <w:rsid w:val="00EC61EE"/>
     <w:rsid w:val="00ED21F8"/>
-    <w:rsid w:val="00EE188A"/>
-    <w:rsid w:val="00F10498"/>
     <w:rsid w:val="00F17655"/>
+    <w:rsid w:val="00F244CC"/>
+    <w:rsid w:val="00F53104"/>
     <w:rsid w:val="00F53665"/>
-    <w:rsid w:val="00F91687"/>
-    <w:rsid w:val="00F9348A"/>
+    <w:rsid w:val="00F87304"/>
+    <w:rsid w:val="00FA5B95"/>
     <w:rsid w:val="00FB611E"/>
+    <w:rsid w:val="00FD3680"/>
+    <w:rsid w:val="00FD4743"/>
     <w:rsid w:val="00FE5490"/>
+    <w:rsid w:val="00FF3D70"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="4F97A849"/>
-  <w15:docId w15:val="{43B96FFA-CF14-485C-920C-65989203A182}"/>
+  <w14:docId w14:val="4E102695"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{136EFF80-2D62-EC4F-9E49-A59E4163E65C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5591,82 +5268,83 @@
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Title"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
+    <w:rsid w:val="00930E73"/>
     <w:pPr>
-      <w:keepNext/>
+      <w:jc w:val="left"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Heading3"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00330287"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      </w:pBdr>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:sz w:val="22"/>
+      <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00AD5F25"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
@@ -5708,58 +5386,60 @@
     <w:name w:val="Style1"/>
     <w:basedOn w:val="List"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:snapToGrid w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="List">
     <w:name w:val="List"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:pPr>
       <w:ind w:left="360" w:hanging="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
     <w:qFormat/>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
     <w:qFormat/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="31" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocumentMap">
     <w:name w:val="Document Map"/>
@@ -5779,61 +5459,63 @@
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="31" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="22"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:semiHidden/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText3">
     <w:name w:val="Body Text 3"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
     <w:semiHidden/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="31" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00BE2CEF"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AD5F25"/>
@@ -5869,485 +5551,640 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00AD5F25"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BD7B21"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001945AE"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001945AE"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001945AE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001945AE"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001945AE"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00293B97"/>
+    <w:rsid w:val="00682FD4"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005F2371"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:rsid w:val="000E26C3"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="0046383A"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:rsid w:val="005244E1"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:rsid w:val="005244E1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00330287"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E901A2"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:rsid w:val="008B1E1D"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008B1E1D"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="134572732">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="541678364">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="544215150">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="849297954">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="893783470">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/guides/is-there-lead-in-my-tap-water" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/guides/is-there-lead-in-my-tap-water" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/guides/is-there-lead-in-my-tap-water" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...12 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>4</Pages>
   <Words>1162</Words>
-  <Characters>6630</Characters>
+  <Characters>6401</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>55</Lines>
+  <Lines>53</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CHAIN OF CUSTODY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>EOEEA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7777</CharactersWithSpaces>
+  <CharactersWithSpaces>7548</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>2687012</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>32</vt:i4>
+        <vt:i4>45</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.mass.gov/eea/agencies/massdep/water/drinking/is-there-lead-in-my-tap-water.html</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>CHAIN OF CUSTODY</dc:title>
+  <dc:title>Lead and Copper Facility Sampling Chain of Custody</dc:title>
+  <dc:subject/>
   <dc:creator>TRAN_T</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>