--- v0 (2025-11-04)
+++ v1 (2026-03-28)
@@ -3,59 +3,60 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5A64AE63" w14:textId="1F969AA1" w:rsidR="00B334E4" w:rsidRPr="00860EA5" w:rsidRDefault="007B6AA6" w:rsidP="007B6AA6">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00346C6B">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="158A9A1D" wp14:editId="65457510">
@@ -743,76 +744,76 @@
                             <w:sz w:val="18"/>
                           </w:rPr>
                           <w:t xml:space="preserve">  </w:t>
                         </w:r>
                         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PostalCode">
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:smallCaps/>
                               <w:spacing w:val="10"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>02133</w:t>
                           </w:r>
                         </w:smartTag>
                       </w:smartTag>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="002F1744">
+      <w:r w:rsidR="00F22F6D">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="447358D1">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:52.5pt;margin-top:94.5pt;width:80.2pt;height:93.6pt;z-index:251658242;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" o:preferrelative="f" fillcolor="window">
+          <v:shape id="_x0000_s1029" type="#_x0000_t75" alt="Massachusetts state seal" style="position:absolute;left:0;text-align:left;margin-left:52.5pt;margin-top:94.5pt;width:80.2pt;height:93.6pt;z-index:251658242;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" o:preferrelative="f" fillcolor="window">
             <v:imagedata r:id="rId10" o:title=""/>
             <w10:wrap type="topAndBottom" anchorx="page" anchory="page"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidRPr="00346C6B">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B334E4" w:rsidRPr="00346C6B">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18231934" wp14:editId="2410F898">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>518160</wp:posOffset>
                 </wp:positionH>
@@ -1021,146 +1022,171 @@
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>3:30 p.m.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F9BCA01" w14:textId="77777777" w:rsidR="006D7B2C" w:rsidRDefault="006D7B2C" w:rsidP="00326DDC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7B2C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>In accordance with Section 20 of Chapter 20 of the Acts of 2021, as extended by Chapter 107 of the Acts of 2022, this meeting will be conducted, and open to the public, via Zoom and Teleconference.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57AF17CF" w14:textId="275763BC" w:rsidR="00326DDC" w:rsidRDefault="00383E4A" w:rsidP="00326DDC">
+    <w:p w14:paraId="57AF17CF" w14:textId="275763BC" w:rsidR="00326DDC" w:rsidRPr="00437E2E" w:rsidRDefault="00383E4A" w:rsidP="00326DDC">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437E2E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Zoom URL</w:t>
       </w:r>
-      <w:r w:rsidR="00B334E4">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00B334E4" w:rsidRPr="00437E2E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00334354" w:rsidRPr="00EA5F3A">
+      <w:r w:rsidR="00334354" w:rsidRPr="00437E2E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="006463F4" w:rsidRPr="00E03892">
+        <w:r w:rsidR="006463F4" w:rsidRPr="00437E2E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="pt-BR"/>
           </w:rPr>
           <w:t>https://us02web.zoom.us/j/83388284859?pwd=R1RVbHRldE12OFhLOVhDTnJ2N0NYQT09</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="006463F4">
+      <w:r w:rsidR="006463F4" w:rsidRPr="00437E2E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EB0E1C1" w14:textId="48BA6703" w:rsidR="006B2702" w:rsidRPr="006B2702" w:rsidRDefault="00326DDC" w:rsidP="00326DDC">
+    <w:p w14:paraId="6EB0E1C1" w14:textId="48BA6703" w:rsidR="006B2702" w:rsidRPr="00437E2E" w:rsidRDefault="00326DDC" w:rsidP="00326DDC">
       <w:pPr>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437E2E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00326DDC">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00437E2E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Passcode</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r w:rsidR="00BC3104" w:rsidRPr="00BC3104">
+      <w:r w:rsidRPr="00437E2E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3104" w:rsidRPr="00437E2E">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="232333"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>423496</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69135FF4" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRPr="00346C6B" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
-[...2 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="69135FF4" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRPr="00437E2E" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="013B4CF2" w14:textId="14761A1F" w:rsidR="00B334E4" w:rsidRPr="00346C6B" w:rsidRDefault="00B334E4" w:rsidP="00142E6A">
+    <w:p w14:paraId="013B4CF2" w14:textId="14761A1F" w:rsidR="00B334E4" w:rsidRPr="00437E2E" w:rsidRDefault="00B334E4" w:rsidP="00142E6A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00346C6B">
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437E2E">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>AGENDA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F99B14B" w14:textId="0BA7D659" w:rsidR="006463F4" w:rsidRPr="00DD6244" w:rsidRDefault="00B21E51" w:rsidP="00DD6244">
-[...7 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="3F99B14B" w14:textId="0BA7D659" w:rsidR="006463F4" w:rsidRPr="00437E2E" w:rsidRDefault="00B21E51" w:rsidP="00DD6244">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437E2E">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="315D0A78" w14:textId="4E4D622E" w:rsidR="00B334E4" w:rsidRPr="00A96037" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00346C6B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Administrative Matters:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D28D7A4" w14:textId="5374D1F3" w:rsidR="006463F4" w:rsidRDefault="00C46186" w:rsidP="006463F4">
@@ -1438,210 +1464,240 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CB09467" w14:textId="77777777" w:rsidR="00960422" w:rsidRDefault="00960422"/>
     <w:sectPr w:rsidR="00960422" w:rsidSect="00F75F66">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:paperSrc w:first="7" w:other="7"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6FCB3A2B" w14:textId="77777777" w:rsidR="006A7BDB" w:rsidRDefault="006A7BDB">
+    <w:p w14:paraId="39680CAB" w14:textId="77777777" w:rsidR="00F22F6D" w:rsidRDefault="00F22F6D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6A39E943" w14:textId="77777777" w:rsidR="006A7BDB" w:rsidRDefault="006A7BDB">
+    <w:p w14:paraId="042DE15F" w14:textId="77777777" w:rsidR="00F22F6D" w:rsidRDefault="00F22F6D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5B2BF3AE" w14:textId="77777777" w:rsidR="006A7BDB" w:rsidRDefault="006A7BDB"/>
+    <w:p w14:paraId="7BCB9E3B" w14:textId="77777777" w:rsidR="00F22F6D" w:rsidRDefault="00F22F6D"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cordia New">
+    <w:panose1 w:val="020B0304020202020204"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DengXian Light">
+    <w:altName w:val="等线 Light"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Angsana New">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="11F2FA47" w14:textId="77777777" w:rsidR="002F1744" w:rsidRDefault="002F1744">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="11F2FA47" w14:textId="77777777" w:rsidR="00F22F6D" w:rsidRDefault="00F22F6D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="6AFF0049" w14:textId="77777777" w:rsidR="002F1744" w:rsidRDefault="002F1744">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6AFF0049" w14:textId="77777777" w:rsidR="00F22F6D" w:rsidRDefault="00F22F6D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="51A06E0B" w14:textId="77777777" w:rsidR="002F1744" w:rsidRDefault="002F1744">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="51A06E0B" w14:textId="77777777" w:rsidR="00F22F6D" w:rsidRDefault="00F22F6D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F5B5E7A" w14:textId="77777777" w:rsidR="006A7BDB" w:rsidRDefault="006A7BDB">
+    <w:p w14:paraId="367AE2BC" w14:textId="77777777" w:rsidR="00F22F6D" w:rsidRDefault="00F22F6D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7BDB842E" w14:textId="77777777" w:rsidR="006A7BDB" w:rsidRDefault="006A7BDB">
+    <w:p w14:paraId="2A9D8E22" w14:textId="77777777" w:rsidR="00F22F6D" w:rsidRDefault="00F22F6D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="31835595" w14:textId="77777777" w:rsidR="006A7BDB" w:rsidRDefault="006A7BDB"/>
+    <w:p w14:paraId="524F25A6" w14:textId="77777777" w:rsidR="00F22F6D" w:rsidRDefault="00F22F6D"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0673B978" w14:textId="77777777" w:rsidR="002F1744" w:rsidRDefault="002F1744">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0673B978" w14:textId="77777777" w:rsidR="00F22F6D" w:rsidRDefault="00F22F6D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0A4FDBD6" w14:textId="77777777" w:rsidR="002F1744" w:rsidRPr="000340DF" w:rsidRDefault="002F1744" w:rsidP="000340DF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0A4FDBD6" w14:textId="77777777" w:rsidR="00F22F6D" w:rsidRPr="000340DF" w:rsidRDefault="00F22F6D" w:rsidP="000340DF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
         <w:b/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="44A3871C" w14:textId="77777777" w:rsidR="002F1744" w:rsidRDefault="002F1744">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="44A3871C" w14:textId="77777777" w:rsidR="00F22F6D" w:rsidRDefault="00F22F6D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A27292F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5F7C72B4"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -1815,51 +1871,51 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="60099068">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1699282981">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B334E4"/>
     <w:rsid w:val="00001580"/>
@@ -1870,50 +1926,52 @@
     <w:rsid w:val="000A20A1"/>
     <w:rsid w:val="000F510D"/>
     <w:rsid w:val="00103B96"/>
     <w:rsid w:val="00142E6A"/>
     <w:rsid w:val="00147B54"/>
     <w:rsid w:val="001B0CF8"/>
     <w:rsid w:val="001D5C5D"/>
     <w:rsid w:val="001E3FE4"/>
     <w:rsid w:val="002150A0"/>
     <w:rsid w:val="002358B4"/>
     <w:rsid w:val="002479BF"/>
     <w:rsid w:val="0027571D"/>
     <w:rsid w:val="00293636"/>
     <w:rsid w:val="00294A0B"/>
     <w:rsid w:val="00296177"/>
     <w:rsid w:val="002B0450"/>
     <w:rsid w:val="002D6C65"/>
     <w:rsid w:val="00326DDC"/>
     <w:rsid w:val="00334354"/>
     <w:rsid w:val="00340878"/>
     <w:rsid w:val="00341B75"/>
     <w:rsid w:val="00352D0A"/>
     <w:rsid w:val="00383E4A"/>
     <w:rsid w:val="003A5F3D"/>
     <w:rsid w:val="00411691"/>
+    <w:rsid w:val="0041493C"/>
+    <w:rsid w:val="00437E2E"/>
     <w:rsid w:val="00442840"/>
     <w:rsid w:val="0045245D"/>
     <w:rsid w:val="00477E5B"/>
     <w:rsid w:val="004A11C6"/>
     <w:rsid w:val="004A2763"/>
     <w:rsid w:val="004B58AA"/>
     <w:rsid w:val="004B62CF"/>
     <w:rsid w:val="004C3130"/>
     <w:rsid w:val="004C6FAA"/>
     <w:rsid w:val="004D78CA"/>
     <w:rsid w:val="004D7E4A"/>
     <w:rsid w:val="00575FB9"/>
     <w:rsid w:val="005B7E97"/>
     <w:rsid w:val="005D0149"/>
     <w:rsid w:val="006463F4"/>
     <w:rsid w:val="00651F48"/>
     <w:rsid w:val="00655E5F"/>
     <w:rsid w:val="006A7BDB"/>
     <w:rsid w:val="006B2702"/>
     <w:rsid w:val="006C2375"/>
     <w:rsid w:val="006C6B5B"/>
     <w:rsid w:val="006D7B2C"/>
     <w:rsid w:val="006D7F1D"/>
     <w:rsid w:val="007349C5"/>
     <w:rsid w:val="00777241"/>
@@ -1931,121 +1989,123 @@
     <w:rsid w:val="008C3962"/>
     <w:rsid w:val="008D5C7F"/>
     <w:rsid w:val="008D7962"/>
     <w:rsid w:val="008F7D21"/>
     <w:rsid w:val="00906AEF"/>
     <w:rsid w:val="00915FC4"/>
     <w:rsid w:val="00960422"/>
     <w:rsid w:val="00A13BD9"/>
     <w:rsid w:val="00A56D08"/>
     <w:rsid w:val="00A607A3"/>
     <w:rsid w:val="00A83726"/>
     <w:rsid w:val="00AB2556"/>
     <w:rsid w:val="00AC00F0"/>
     <w:rsid w:val="00B02074"/>
     <w:rsid w:val="00B05A30"/>
     <w:rsid w:val="00B21E51"/>
     <w:rsid w:val="00B334E4"/>
     <w:rsid w:val="00B362E3"/>
     <w:rsid w:val="00B57FF3"/>
     <w:rsid w:val="00B66B51"/>
     <w:rsid w:val="00B70041"/>
     <w:rsid w:val="00BC3104"/>
     <w:rsid w:val="00BE0215"/>
     <w:rsid w:val="00C12114"/>
     <w:rsid w:val="00C46186"/>
+    <w:rsid w:val="00C5442A"/>
     <w:rsid w:val="00C6038B"/>
     <w:rsid w:val="00C6356D"/>
     <w:rsid w:val="00C93E10"/>
     <w:rsid w:val="00C96DB7"/>
     <w:rsid w:val="00CD66B4"/>
     <w:rsid w:val="00CD7B41"/>
     <w:rsid w:val="00CD7D38"/>
     <w:rsid w:val="00CE0978"/>
     <w:rsid w:val="00CE0C5C"/>
     <w:rsid w:val="00D048CB"/>
     <w:rsid w:val="00D14B01"/>
     <w:rsid w:val="00D4272D"/>
     <w:rsid w:val="00D532D4"/>
     <w:rsid w:val="00D57F0A"/>
     <w:rsid w:val="00D90A41"/>
     <w:rsid w:val="00D955DE"/>
     <w:rsid w:val="00DB0297"/>
     <w:rsid w:val="00DD13EC"/>
     <w:rsid w:val="00DD6244"/>
     <w:rsid w:val="00DE1650"/>
     <w:rsid w:val="00DE2F95"/>
     <w:rsid w:val="00DF701C"/>
     <w:rsid w:val="00E00886"/>
     <w:rsid w:val="00E42242"/>
     <w:rsid w:val="00E81BB7"/>
     <w:rsid w:val="00E91B95"/>
     <w:rsid w:val="00E920F7"/>
     <w:rsid w:val="00E92BAC"/>
     <w:rsid w:val="00EA5F3A"/>
     <w:rsid w:val="00EC1FEA"/>
     <w:rsid w:val="00EE674F"/>
     <w:rsid w:val="00EF03D4"/>
     <w:rsid w:val="00F12B9D"/>
+    <w:rsid w:val="00F22F6D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PostalCode"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="address"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="Street"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1030"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="15274527"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{65B794A3-CDFA-402E-8C9E-446F4212BBC1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2584,51 +2644,51 @@
     <w:link w:val="PlainText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B2702"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Times New Roman"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00BC3104"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1491404733">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://us02web.zoom.us/j/83388284859?pwd=R1RVbHRldE12OFhLOVhDTnJ2N0NYQT09" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2917,73 +2977,75 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010030E95B6BB7C9A442BF76651FCC540C11" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b948670870c08963ccc9cd8bac28b92d">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6dd3fc6d-0329-44eb-acde-fee98b7e96fa" xmlns:ns3="71edd43e-718e-4f82-9145-3875adf2a1d5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f5336b6c4b600d27d0aa1489c4e29175" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010030E95B6BB7C9A442BF76651FCC540C11" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="db15e1aaa4721992bb72ceffea85196a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6dd3fc6d-0329-44eb-acde-fee98b7e96fa" xmlns:ns3="71edd43e-718e-4f82-9145-3875adf2a1d5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="50947e83a158857da62b7a6d6a96ce26" ns2:_="" ns3:_="">
     <xsd:import namespace="6dd3fc6d-0329-44eb-acde-fee98b7e96fa"/>
     <xsd:import namespace="71edd43e-718e-4f82-9145-3875adf2a1d5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6dd3fc6d-0329-44eb-acde-fee98b7e96fa" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -3002,50 +3064,60 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="71edd43e-718e-4f82-9145-3875adf2a1d5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -3146,144 +3218,135 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="71edd43e-718e-4f82-9145-3875adf2a1d5" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6dd3fc6d-0329-44eb-acde-fee98b7e96fa">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <SharedWithUsers xmlns="71edd43e-718e-4f82-9145-3875adf2a1d5">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E92AC295-500B-4BCB-8418-5D9D18F32A42}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FEF2E7AF-6BAA-46C0-8617-F63796D7F25A}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D8DB29D-804B-4455-A3F3-869741D35648}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDBCE0DF-29CE-4673-88A3-F33B51624047}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="71edd43e-718e-4f82-9145-3875adf2a1d5"/>
     <ds:schemaRef ds:uri="6dd3fc6d-0329-44eb-acde-fee98b7e96fa"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D8DB29D-804B-4455-A3F3-869741D35648}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>116</Words>
-  <Characters>666</Characters>
+  <Characters>667</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>781</CharactersWithSpaces>
+  <CharactersWithSpaces>782</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Govoni, Kelly K (A&amp;F)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010030E95B6BB7C9A442BF76651FCC540C11</vt:lpwstr>
   </property>