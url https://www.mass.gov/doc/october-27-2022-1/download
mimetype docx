--- v0 (2025-11-04)
+++ v1 (2026-03-28)
@@ -3,61 +3,62 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="00860EA5" w:rsidR="00B334E4" w:rsidP="007B6AA6" w:rsidRDefault="007B6AA6" w14:paraId="5A64AE63" w14:textId="1F969AA1">
+    <w:p w14:paraId="5A64AE63" w14:textId="1F969AA1" w:rsidR="00B334E4" w:rsidRPr="00860EA5" w:rsidRDefault="007B6AA6" w:rsidP="007B6AA6">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00346C6B">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="158A9A1D" wp14:editId="65457510">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
@@ -91,190 +92,190 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="3C8BB863" w14:textId="77777777">
+                          <w:p w14:paraId="3C8BB863" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="540"/>
                               </w:tabs>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>TEL:</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:tab/>
                               <w:t>(617) 727-2040</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="572D7A8A" w14:textId="77777777">
+                          <w:p w14:paraId="572D7A8A" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="540"/>
                               </w:tabs>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>FAX:</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:tab/>
                               <w:t>(617) 727-2779</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="06C2F267" w14:textId="77777777">
+                          <w:p w14:paraId="06C2F267" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>www.mass.gov/eoaf</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="158A9A1D">
+              <v:shapetype w14:anchorId="158A9A1D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" style="position:absolute;left:0;text-align:left;margin-left:390.75pt;margin-top:32.85pt;width:117pt;height:54pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHYMkR3gEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJki414hRdiw4D&#10;ugvQ7QNkWbKN2aJGKrGzrx8lp2m2vQ17ESiRPuQ5PN7ejH0nDgapBVfIxWwuhXEaqtbVhfz29eHN&#10;RgoKylWqA2cKeTQkb3avX20Hn5slNNBVBgWDOMoHX8gmBJ9nGenG9Ipm4I3jpAXsVeAr1lmFamD0&#10;vsuW8/lVNgBWHkEbIn69n5Jyl/CtNTp8tpZMEF0hebaQTkxnGc9st1V5jco3rT6Nof5hil61jpue&#10;oe5VUGKP7V9QfasRCGyYaegzsLbVJnFgNov5H2yeGuVN4sLikD/LRP8PVn86PPkvKML4DkZeYCJB&#10;/hH0dxIO7hrlanOLCENjVMWNF1GybPCUnz6NUlNOEaQcPkLFS1b7AAlotNhHVZinYHRewPEsuhmD&#10;0LHlarO+nnNKc+5qs95wHFuo/PlrjxTeG+hFDAqJvNSErg6PFKbS55LYzMFD23VpsZ377YEx40ua&#10;Pg48jR7GcuTqyKKE6sg8ECafsK85aAB/SjGwRwpJP/YKjRTdB8daXC9Wq2iqdFmt3y75gpeZ8jKj&#10;nGaoQgYppvAuTEbce2zrhjtN6ju4Zf1sm6i9THWam32QxDl5Nhrt8p6qXv6s3S8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQBbZX9K3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjs&#10;qJ1CmjaNUyEQW1DLQ2LnxtMkajyOYrcJf890Bbt5HN05U2wm14kzDqH1pCGZKRBIlbct1Ro+3l/u&#10;liBCNGRN5wk1/GCATXl9VZjc+pG2eN7FWnAIhdxoaGLscylD1aAzYeZ7JN4d/OBM5HaopR3MyOGu&#10;k3OlFtKZlvhCY3p8arA67k5Ow+fr4fvrQb3Vzy7tRz8pSW4ltb69mR7XICJO8Q+Giz6rQ8lOe38i&#10;G0SnIVsmKaMaFmkG4gKoJOXJnqvsPgNZFvL/D+UvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAEdgyRHeAQAAoQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAFtlf0rfAAAACwEAAA8AAAAAAAAAAAAAAAAAOAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:390.75pt;margin-top:32.85pt;width:117pt;height:54pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHYMkR3gEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJki414hRdiw4D&#10;ugvQ7QNkWbKN2aJGKrGzrx8lp2m2vQ17ESiRPuQ5PN7ejH0nDgapBVfIxWwuhXEaqtbVhfz29eHN&#10;RgoKylWqA2cKeTQkb3avX20Hn5slNNBVBgWDOMoHX8gmBJ9nGenG9Ipm4I3jpAXsVeAr1lmFamD0&#10;vsuW8/lVNgBWHkEbIn69n5Jyl/CtNTp8tpZMEF0hebaQTkxnGc9st1V5jco3rT6Nof5hil61jpue&#10;oe5VUGKP7V9QfasRCGyYaegzsLbVJnFgNov5H2yeGuVN4sLikD/LRP8PVn86PPkvKML4DkZeYCJB&#10;/hH0dxIO7hrlanOLCENjVMWNF1GybPCUnz6NUlNOEaQcPkLFS1b7AAlotNhHVZinYHRewPEsuhmD&#10;0LHlarO+nnNKc+5qs95wHFuo/PlrjxTeG+hFDAqJvNSErg6PFKbS55LYzMFD23VpsZ377YEx40ua&#10;Pg48jR7GcuTqyKKE6sg8ECafsK85aAB/SjGwRwpJP/YKjRTdB8daXC9Wq2iqdFmt3y75gpeZ8jKj&#10;nGaoQgYppvAuTEbce2zrhjtN6ju4Zf1sm6i9THWam32QxDl5Nhrt8p6qXv6s3S8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQBbZX9K3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjs&#10;qJ1CmjaNUyEQW1DLQ2LnxtMkajyOYrcJf890Bbt5HN05U2wm14kzDqH1pCGZKRBIlbct1Ro+3l/u&#10;liBCNGRN5wk1/GCATXl9VZjc+pG2eN7FWnAIhdxoaGLscylD1aAzYeZ7JN4d/OBM5HaopR3MyOGu&#10;k3OlFtKZlvhCY3p8arA67k5Ow+fr4fvrQb3Vzy7tRz8pSW4ltb69mR7XICJO8Q+Giz6rQ8lOe38i&#10;G0SnIVsmKaMaFmkG4gKoJOXJnqvsPgNZFvL/D+UvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAEdgyRHeAQAAoQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAFtlf0rfAAAACwEAAA8AAAAAAAAAAAAAAAAAOAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="3C8BB863" w14:textId="77777777">
+                    <w:p w14:paraId="3C8BB863" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="540"/>
                         </w:tabs>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>TEL:</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:tab/>
                         <w:t>(617) 727-2040</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="572D7A8A" w14:textId="77777777">
+                    <w:p w14:paraId="572D7A8A" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="540"/>
                         </w:tabs>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>FAX:</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:tab/>
                         <w:t>(617) 727-2779</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="06C2F267" w14:textId="77777777">
+                    <w:p w14:paraId="06C2F267" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>www.mass.gov/eoaf</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00346C6B">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0147032F" wp14:editId="5CDA535A">
                 <wp:simplePos x="0" y="0"/>
@@ -309,51 +310,51 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="6B305EBB" w14:textId="77777777">
+                          <w:p w14:paraId="6B305EBB" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                             <w:pPr>
                               <w:spacing w:after="120"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="24"/>
                                 <w:sz w:val="26"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="24"/>
                                 <w:sz w:val="26"/>
                               </w:rPr>
                               <w:t xml:space="preserve">The </w:t>
                             </w:r>
                             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="address">
                               <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:smallCaps/>
@@ -363,134 +364,134 @@
                                   <w:t>Commonwealth</w:t>
                                 </w:r>
                               </w:smartTag>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:smallCaps/>
                                   <w:spacing w:val="24"/>
                                   <w:sz w:val="26"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> of </w:t>
                               </w:r>
                               <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="Street">
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:smallCaps/>
                                     <w:spacing w:val="24"/>
                                     <w:sz w:val="26"/>
                                   </w:rPr>
                                   <w:t>Massachusetts</w:t>
                                 </w:r>
                               </w:smartTag>
                             </w:smartTag>
                           </w:p>
-                          <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="39AF27A4" w14:textId="77777777">
+                          <w:p w14:paraId="39AF27A4" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                             <w:pPr>
                               <w:spacing w:after="120"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="24"/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="24"/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                               <w:t>Executive Office for</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="0F909439" w14:textId="77777777">
+                          <w:p w14:paraId="0F909439" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                             <w:pPr>
                               <w:spacing w:after="120"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="24"/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="24"/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                               <w:t>Administration and Finance</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="389319C9" w14:textId="77777777">
+                          <w:p w14:paraId="389319C9" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                             <w:pPr>
                               <w:spacing w:after="120"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="10"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="10"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">STATE HOUSE    </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="10"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t>▪</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="10"/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                               <w:t xml:space="preserve">    ROOM 373</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="7E510E01" w14:textId="77777777">
+                          <w:p w14:paraId="7E510E01" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                             <w:pPr>
                               <w:spacing w:after="120"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:smallCaps/>
                                 <w:spacing w:val="10"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="address">
                               <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
                                 <w:r>
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                     <w:smallCaps/>
                                     <w:spacing w:val="10"/>
                                     <w:sz w:val="18"/>
                                   </w:rPr>
                                   <w:t>BOSTON</w:t>
                                 </w:r>
                               </w:smartTag>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -530,54 +531,54 @@
                                   </w:rPr>
                                   <w:t>02133</w:t>
                                 </w:r>
                               </w:smartTag>
                             </w:smartTag>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 1" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:19.35pt;width:324pt;height:126pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB6Jf2Z4gEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOsq4z4hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbGzrx8lu2m2vRV9EURSPjznkN5eTUPPDgq9AVvxYpVzpqyExti24j++3725&#10;5MwHYRvRg1UVPyrPr3avX21HV6o1dNA3ChmBWF+OruJdCK7MMi87NQi/AqcsFTXgIAKF2GYNipHQ&#10;hz5b5/lFNgI2DkEq7yl7Oxf5LuFrrWT4qrVXgfUVJ24hnZjOOp7ZbivKFoXrjFxoiGewGISx1PQE&#10;dSuCYHs0/0ENRiJ40GElYchAayNV0kBqivwfNQ+dcCppIXO8O9nkXw5Wfjk8uG/IwvQBJhpgEuHd&#10;Pcifnlm46YRt1TUijJ0SDTUuomXZ6Hy5fBqt9qWPIPX4GRoastgHSECTxiG6QjoZodMAjifT1RSY&#10;pOSmKDaXOZUk1YqLPKexph6ifPzcoQ8fFQwsXiqONNUELw73PkQ6onx8ErtZuDN9nybb278S9DBm&#10;Ev3IeOYepnpiplm0RTU1NEfSgzDvC+03XTrA35yNtCsV97/2AhVn/SdLnrwvNpu4XCnYvH23pgDP&#10;K/V5RVhJUBUPnM3XmzAv5N6haTvqNE/BwjX5qE1S+MRqoU/7kIQvuxsX7jxOr57+sN0fAAAA//8D&#10;AFBLAwQUAAYACAAAACEA6VUD3NwAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8&#10;g7VI3KhNKW0asqkQiCuo5Ufi5sbbJCJeR7HbhLdnOcFxZ0Yz3xabyXfqRENsAyNczwwo4iq4lmuE&#10;t9enqwxUTJad7QITwjdF2JTnZ4XNXRh5S6ddqpWUcMwtQpNSn2sdq4a8jbPQE4t3CIO3Sc6h1m6w&#10;o5T7Ts+NWWpvW5aFxvb00FD1tTt6hPfnw+fHwrzUj/62H8NkNPu1Rry8mO7vQCWa0l8YfvEFHUph&#10;2ocju6g6BHkkIdxkK1DiLheZCHuE+dqsQJeF/s9f/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQB6Jf2Z4gEAAKkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDpVQPc3AAAAAcBAAAPAAAAAAAAAAAAAAAAADwEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" w14:anchorId="0147032F">
+              <v:shape w14:anchorId="0147032F" id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:19.35pt;width:324pt;height:126pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB6Jf2Z4gEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgOsq4z4hRdiw4D&#10;ugvQ7QNkWbKF2aJGKbGzrx8lu2m2vRV9EURSPjznkN5eTUPPDgq9AVvxYpVzpqyExti24j++3725&#10;5MwHYRvRg1UVPyrPr3avX21HV6o1dNA3ChmBWF+OruJdCK7MMi87NQi/AqcsFTXgIAKF2GYNipHQ&#10;hz5b5/lFNgI2DkEq7yl7Oxf5LuFrrWT4qrVXgfUVJ24hnZjOOp7ZbivKFoXrjFxoiGewGISx1PQE&#10;dSuCYHs0/0ENRiJ40GElYchAayNV0kBqivwfNQ+dcCppIXO8O9nkXw5Wfjk8uG/IwvQBJhpgEuHd&#10;Pcifnlm46YRt1TUijJ0SDTUuomXZ6Hy5fBqt9qWPIPX4GRoastgHSECTxiG6QjoZodMAjifT1RSY&#10;pOSmKDaXOZUk1YqLPKexph6ifPzcoQ8fFQwsXiqONNUELw73PkQ6onx8ErtZuDN9nybb278S9DBm&#10;Ev3IeOYepnpiplm0RTU1NEfSgzDvC+03XTrA35yNtCsV97/2AhVn/SdLnrwvNpu4XCnYvH23pgDP&#10;K/V5RVhJUBUPnM3XmzAv5N6haTvqNE/BwjX5qE1S+MRqoU/7kIQvuxsX7jxOr57+sN0fAAAA//8D&#10;AFBLAwQUAAYACAAAACEA6VUD3NwAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8&#10;g7VI3KhNKW0asqkQiCuo5Ufi5sbbJCJeR7HbhLdnOcFxZ0Yz3xabyXfqRENsAyNczwwo4iq4lmuE&#10;t9enqwxUTJad7QITwjdF2JTnZ4XNXRh5S6ddqpWUcMwtQpNSn2sdq4a8jbPQE4t3CIO3Sc6h1m6w&#10;o5T7Ts+NWWpvW5aFxvb00FD1tTt6hPfnw+fHwrzUj/62H8NkNPu1Rry8mO7vQCWa0l8YfvEFHUph&#10;2ocju6g6BHkkIdxkK1DiLheZCHuE+dqsQJeF/s9f/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQB6Jf2Z4gEAAKkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDpVQPc3AAAAAcBAAAPAAAAAAAAAAAAAAAAADwEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="6B305EBB" w14:textId="77777777">
+                    <w:p w14:paraId="6B305EBB" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                       <w:pPr>
                         <w:spacing w:after="120"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:smallCaps/>
                           <w:spacing w:val="24"/>
                           <w:sz w:val="26"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:smallCaps/>
                           <w:spacing w:val="24"/>
                           <w:sz w:val="26"/>
                         </w:rPr>
                         <w:t xml:space="preserve">The </w:t>
                       </w:r>
                       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="address">
                         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceType">
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:smallCaps/>
@@ -587,134 +588,134 @@
                             <w:t>Commonwealth</w:t>
                           </w:r>
                         </w:smartTag>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:smallCaps/>
                             <w:spacing w:val="24"/>
                             <w:sz w:val="26"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> of </w:t>
                         </w:r>
                         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="Street">
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:smallCaps/>
                               <w:spacing w:val="24"/>
                               <w:sz w:val="26"/>
                             </w:rPr>
                             <w:t>Massachusetts</w:t>
                           </w:r>
                         </w:smartTag>
                       </w:smartTag>
                     </w:p>
-                    <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="39AF27A4" w14:textId="77777777">
+                    <w:p w14:paraId="39AF27A4" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                       <w:pPr>
                         <w:spacing w:after="120"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:smallCaps/>
                           <w:spacing w:val="24"/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:smallCaps/>
                           <w:spacing w:val="24"/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                         <w:t>Executive Office for</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="0F909439" w14:textId="77777777">
+                    <w:p w14:paraId="0F909439" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                       <w:pPr>
                         <w:spacing w:after="120"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:smallCaps/>
                           <w:spacing w:val="24"/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:smallCaps/>
                           <w:spacing w:val="24"/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                         <w:t>Administration and Finance</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="389319C9" w14:textId="77777777">
+                    <w:p w14:paraId="389319C9" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                       <w:pPr>
                         <w:spacing w:after="120"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:smallCaps/>
                           <w:spacing w:val="10"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:smallCaps/>
                           <w:spacing w:val="10"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">STATE HOUSE    </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:smallCaps/>
                           <w:spacing w:val="10"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t>▪</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:smallCaps/>
                           <w:spacing w:val="10"/>
                           <w:sz w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">    ROOM 373</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="7E510E01" w14:textId="77777777">
+                    <w:p w14:paraId="7E510E01" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                       <w:pPr>
                         <w:spacing w:after="120"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:smallCaps/>
                           <w:spacing w:val="10"/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="address">
                         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:smallCaps/>
                               <w:spacing w:val="10"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>BOSTON</w:t>
                           </w:r>
                         </w:smartTag>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -743,89 +744,89 @@
                             <w:sz w:val="18"/>
                           </w:rPr>
                           <w:t xml:space="preserve">  </w:t>
                         </w:r>
                         <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PostalCode">
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                               <w:smallCaps/>
                               <w:spacing w:val="10"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                             <w:t>02133</w:t>
                           </w:r>
                         </w:smartTag>
                       </w:smartTag>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00000000">
+      <w:r w:rsidR="001F712C">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:pict w14:anchorId="447358D1">
-          <v:shapetype id="_x0000_t75" coordsize="21600,21600" filled="f" stroked="f" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
+          <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
-            <v:path gradientshapeok="t" o:connecttype="rect" o:extrusionok="f"/>
+            <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_s2053" style="position:absolute;left:0;text-align:left;margin-left:52.5pt;margin-top:94.5pt;width:80.2pt;height:93.6pt;z-index:251658242;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" fillcolor="window" o:preferrelative="f" type="#_x0000_t75">
-            <v:imagedata o:title="" r:id="rId10"/>
+          <v:shape id="_x0000_s2053" type="#_x0000_t75" alt="Massachusetts state seal" style="position:absolute;left:0;text-align:left;margin-left:52.5pt;margin-top:94.5pt;width:80.2pt;height:93.6pt;z-index:251658242;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" o:preferrelative="f" fillcolor="window">
+            <v:imagedata r:id="rId10" o:title=""/>
             <w10:wrap type="topAndBottom" anchorx="page" anchory="page"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidRPr="00346C6B">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00346C6B" w:rsidR="00B334E4">
+      <w:r w:rsidR="00B334E4" w:rsidRPr="00346C6B">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18231934" wp14:editId="2410F898">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>518160</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>1734185</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1463040" cy="1161415"/>
                 <wp:effectExtent l="3810" t="635" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="3" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
@@ -844,474 +845,463 @@
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                               <a:solidFill>
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="10702CC2" w14:textId="77777777">
+                          <w:p w14:paraId="10702CC2" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                 <w:sz w:val="14"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="45720" tIns="45720" rIns="45720" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 3" style="position:absolute;left:0;text-align:left;margin-left:40.8pt;margin-top:136.55pt;width:115.2pt;height:91.45pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1028" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9L2h13wEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU12P0zAQfEfiP1h+p2lKr6Co6em40yGk&#10;40M6+AGO4yQWidfsuk3Kr2ft9HoF3hAvltd2ZmdmJ9vraejFwSBZcKXMF0spjNNQW9eW8tvX+1dv&#10;paCgXK16cKaUR0PyevfyxXb0hVlBB31tUDCIo2L0pexC8EWWke7MoGgB3ji+bAAHFbjENqtRjYw+&#10;9NlqudxkI2DtEbQh4tO7+VLuEn7TGB0+Nw2ZIPpSMreQVkxrFddst1VFi8p3Vp9oqH9gMSjruOkZ&#10;6k4FJfZo/4IarEYgaMJCw5BB01htkgZWky//UPPYKW+SFjaH/Nkm+n+w+tPh0X9BEaZ3MPEAkwjy&#10;D6C/k3Bw2ynXmhtEGDujam6cR8uy0VNx+jRaTQVFkGr8CDUPWe0DJKCpwSG6wjoFo/MAjmfTzRSE&#10;ji3Xm9fLNV9pvsvzTb7Or1IPVTx97pHCewODiJtSIk81wavDA4VIRxVPT2I3B/e279Nke/fbAT+M&#10;J4l+ZDxzD1M1CVuXchX7RjUV1EfWgzDnhfPNmw7wpxQjZ6WU9GOv0EjRf3DsyfrqzSqG67LAy6K6&#10;LJTTDFXKIMW8vQ1zIPcebdtxp3kKDm7Yx8Ymhc+sTvQ5D0n4KbsxcJd1evX8h+1+AQAA//8DAFBL&#10;AwQUAAYACAAAACEAdVv3598AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI&#10;3KidtA1Rmk2FEEiAuFDSuxtvk4h4HcVuG/4ec4Ljap9m3pTb2Q7iTJPvHSMkCwWCuHGm5xah/ny+&#10;y0H4oNnowTEhfJOHbXV9VerCuAt/0HkXWhFD2BcaoQthLKT0TUdW+4UbiePv6CarQzynVppJX2K4&#10;HWSqVCat7jk2dHqkx46ar93JIlBueV+v0veGgzrm9bR+eXp7Rby9mR82IALN4Q+GX/2oDlV0OrgT&#10;Gy8GhDzJIomQ3i8TEBFYJmkcd0BYrTMFsirl/wnVDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQA9L2h13wEAAKkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQB1W/fn3wAAAAoBAAAPAAAAAAAAAAAAAAAAADkEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" w14:anchorId="18231934">
+              <v:shape w14:anchorId="18231934" id="Text Box 3" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:40.8pt;margin-top:136.55pt;width:115.2pt;height:91.45pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9L2h13wEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU12P0zAQfEfiP1h+p2lKr6Co6em40yGk&#10;40M6+AGO4yQWidfsuk3Kr2ft9HoF3hAvltd2ZmdmJ9vraejFwSBZcKXMF0spjNNQW9eW8tvX+1dv&#10;paCgXK16cKaUR0PyevfyxXb0hVlBB31tUDCIo2L0pexC8EWWke7MoGgB3ji+bAAHFbjENqtRjYw+&#10;9NlqudxkI2DtEbQh4tO7+VLuEn7TGB0+Nw2ZIPpSMreQVkxrFddst1VFi8p3Vp9oqH9gMSjruOkZ&#10;6k4FJfZo/4IarEYgaMJCw5BB01htkgZWky//UPPYKW+SFjaH/Nkm+n+w+tPh0X9BEaZ3MPEAkwjy&#10;D6C/k3Bw2ynXmhtEGDujam6cR8uy0VNx+jRaTQVFkGr8CDUPWe0DJKCpwSG6wjoFo/MAjmfTzRSE&#10;ji3Xm9fLNV9pvsvzTb7Or1IPVTx97pHCewODiJtSIk81wavDA4VIRxVPT2I3B/e279Nke/fbAT+M&#10;J4l+ZDxzD1M1CVuXchX7RjUV1EfWgzDnhfPNmw7wpxQjZ6WU9GOv0EjRf3DsyfrqzSqG67LAy6K6&#10;LJTTDFXKIMW8vQ1zIPcebdtxp3kKDm7Yx8Ymhc+sTvQ5D0n4KbsxcJd1evX8h+1+AQAA//8DAFBL&#10;AwQUAAYACAAAACEAdVv3598AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI&#10;3KidtA1Rmk2FEEiAuFDSuxtvk4h4HcVuG/4ec4Ljap9m3pTb2Q7iTJPvHSMkCwWCuHGm5xah/ny+&#10;y0H4oNnowTEhfJOHbXV9VerCuAt/0HkXWhFD2BcaoQthLKT0TUdW+4UbiePv6CarQzynVppJX2K4&#10;HWSqVCat7jk2dHqkx46ar93JIlBueV+v0veGgzrm9bR+eXp7Rby9mR82IALN4Q+GX/2oDlV0OrgT&#10;Gy8GhDzJIomQ3i8TEBFYJmkcd0BYrTMFsirl/wnVDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQA9L2h13wEAAKkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQB1W/fn3wAAAAoBAAAPAAAAAAAAAAAAAAAAADkEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox inset="3.6pt,,3.6pt">
                   <w:txbxContent>
-                    <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="10702CC2" w14:textId="77777777">
+                    <w:p w14:paraId="10702CC2" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                           <w:sz w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom" anchorx="page" anchory="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00346C6B" w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="007B6AA6" w14:paraId="6383014D" w14:textId="10DA282E">
+    <w:p w14:paraId="6383014D" w14:textId="10DA282E" w:rsidR="00B334E4" w:rsidRPr="00346C6B" w:rsidRDefault="007B6AA6" w:rsidP="00B334E4">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="00001580">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ederal Funds Equity &amp; Accountability Review Panel</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="008F7D21">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00346C6B" w:rsidR="00B334E4" w:rsidP="002479BF" w:rsidRDefault="00B334E4" w14:paraId="2CE7DF7E" w14:textId="4A2A5A97">
+    <w:p w14:paraId="2CE7DF7E" w14:textId="4A2A5A97" w:rsidR="00B334E4" w:rsidRPr="00346C6B" w:rsidRDefault="00B334E4" w:rsidP="002479BF">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00346C6B">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Notice of Public Meeting</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00346C6B" w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00F72CB6" w14:paraId="5675A30A" w14:textId="232C8753">
+    <w:p w14:paraId="5675A30A" w14:textId="232C8753" w:rsidR="00B334E4" w:rsidRPr="00346C6B" w:rsidRDefault="00F72CB6" w:rsidP="00B334E4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Thursday, October</w:t>
       </w:r>
       <w:r w:rsidR="00B334E4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00831ED9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00CE0C5C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00B334E4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
       <w:r w:rsidR="00001580">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00777241">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00346C6B" w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00F72CB6" w14:paraId="79FC8E4C" w14:textId="145B81C5">
+    <w:p w14:paraId="79FC8E4C" w14:textId="145B81C5" w:rsidR="00B334E4" w:rsidRPr="00346C6B" w:rsidRDefault="00F72CB6" w:rsidP="00B334E4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00346C6B" w:rsidR="00B334E4">
+      <w:r w:rsidR="00B334E4" w:rsidRPr="00346C6B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00C93E10">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>00</w:t>
       </w:r>
       <w:r w:rsidR="0089119F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="0089119F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00C93E10">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="0089119F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">0 </w:t>
       </w:r>
       <w:r w:rsidR="00CE0C5C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00346C6B" w:rsidR="00B334E4">
+      <w:r w:rsidR="00B334E4" w:rsidRPr="00346C6B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.m.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D7B2C" w:rsidP="00326DDC" w:rsidRDefault="006D7B2C" w14:paraId="5F9BCA01" w14:textId="77777777">
+    <w:p w14:paraId="5F9BCA01" w14:textId="77777777" w:rsidR="006D7B2C" w:rsidRDefault="006D7B2C" w:rsidP="00326DDC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7B2C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>In accordance with Section 20 of Chapter 20 of the Acts of 2021, as extended by Chapter 107 of the Acts of 2022, this meeting will be conducted, and open to the public, via Zoom and Teleconference.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00326DDC" w:rsidP="00326DDC" w:rsidRDefault="00383E4A" w14:paraId="57AF17CF" w14:textId="21A76E54">
+    <w:p w14:paraId="57AF17CF" w14:textId="21A76E54" w:rsidR="00326DDC" w:rsidRDefault="00383E4A" w:rsidP="00326DDC">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Zoom URL</w:t>
       </w:r>
       <w:r w:rsidR="00B334E4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA5F3A" w:rsidR="00334354">
+      <w:r w:rsidR="00334354" w:rsidRPr="00EA5F3A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId11">
-        <w:r w:rsidRPr="00E03E97" w:rsidR="00E03E97">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00E03E97" w:rsidRPr="00E03E97">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://mass-gov-anf.zoom.us/j/83289358638?pwd=WitSbCtENWJhSldSd2dFS3BVWVlwQT09</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00331706" w:rsidR="006B2702" w:rsidP="00326DDC" w:rsidRDefault="00326DDC" w14:paraId="6EB0E1C1" w14:textId="1B159396">
+    <w:p w14:paraId="6EB0E1C1" w14:textId="1B159396" w:rsidR="006B2702" w:rsidRPr="00331706" w:rsidRDefault="00326DDC" w:rsidP="00326DDC">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00326DDC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Passcode</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC3104">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00331706" w:rsidR="00E03E97">
+      <w:r w:rsidR="00E03E97" w:rsidRPr="00331706">
         <w:t>755993</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00331706" w:rsidR="00331706" w:rsidP="00BE0E00" w:rsidRDefault="006D7F1D" w14:paraId="187F338A" w14:textId="0974C694">
+    <w:p w14:paraId="187F338A" w14:textId="0974C694" w:rsidR="00331706" w:rsidRPr="00331706" w:rsidRDefault="006D7F1D" w:rsidP="00BE0E00">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7F1D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Teleconference Line:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00331706" w:rsidR="00331706">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:eastAsiaTheme="minorHAnsi"/>
+      <w:r w:rsidR="00331706" w:rsidRPr="00331706">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00331706" w:rsidR="00331706">
+      <w:r w:rsidR="00331706" w:rsidRPr="00331706">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>713 353 7024</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006D7F1D" w:rsidR="006D7F1D" w:rsidP="006B2702" w:rsidRDefault="006D7F1D" w14:paraId="45B7A1B2" w14:textId="36C50A04">
+    <w:p w14:paraId="45B7A1B2" w14:textId="36C50A04" w:rsidR="006D7F1D" w:rsidRPr="006D7F1D" w:rsidRDefault="006D7F1D" w:rsidP="006B2702">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D7F1D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BE0E00">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="006D7F1D">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">onference code: </w:t>
       </w:r>
       <w:r w:rsidR="0076108A">
         <w:t>319738</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00346C6B" w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="69135FF4" w14:textId="77777777">
-[...6 lines deleted...]
-    <w:p w:rsidRPr="00346C6B" w:rsidR="00B334E4" w:rsidP="596D289E" w:rsidRDefault="00B21E51" w14:paraId="68362B91" w14:textId="797B276D">
+    <w:p w14:paraId="69135FF4" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRPr="00346C6B" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68362B91" w14:textId="797B276D" w:rsidR="00B334E4" w:rsidRPr="00346C6B" w:rsidRDefault="12A03098" w:rsidP="596D289E">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="596D289E" w:rsidR="12A03098">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="596D289E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A meeting of the Federal Funds Equity &amp; Accountability Review Panel was held via teleconference on Thursday, October 27, 2022, in accordance with Section 20 of Chapter 20 of the Acts of 2021.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00346C6B" w:rsidR="00B334E4" w:rsidP="596D289E" w:rsidRDefault="00B21E51" w14:paraId="79CF5EB6" w14:textId="3F3A1288">
+    <w:p w14:paraId="79CF5EB6" w14:textId="3F3A1288" w:rsidR="00B334E4" w:rsidRPr="00346C6B" w:rsidRDefault="12A03098" w:rsidP="596D289E">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="596D289E" w:rsidR="12A03098">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="596D289E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00346C6B" w:rsidR="00B334E4" w:rsidP="596D289E" w:rsidRDefault="00B21E51" w14:paraId="07F2A54C" w14:textId="473EEFB4">
+    <w:p w14:paraId="07F2A54C" w14:textId="473EEFB4" w:rsidR="00B334E4" w:rsidRPr="00346C6B" w:rsidRDefault="12A03098" w:rsidP="596D289E">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="596D289E" w:rsidR="12A03098">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="596D289E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Meeting was called to order at 2:04PM</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00346C6B" w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B21E51" w14:paraId="5B0386F3" w14:textId="7A646FA4">
-[...2 lines deleted...]
-        <w:rPr/>
+    <w:p w14:paraId="5B0386F3" w14:textId="7A646FA4" w:rsidR="00B334E4" w:rsidRPr="00346C6B" w:rsidRDefault="00B21E51" w:rsidP="00B334E4">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00E672F2" w:rsidR="00EF3419" w:rsidP="00EF3419" w:rsidRDefault="00EF3419" w14:paraId="43969B13" w14:textId="77777777">
+    <w:p w14:paraId="43969B13" w14:textId="77777777" w:rsidR="00EF3419" w:rsidRPr="00E672F2" w:rsidRDefault="00EF3419" w:rsidP="00EF3419">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Panel</w:t>
       </w:r>
       <w:r w:rsidRPr="00E672F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1329,3048 +1319,2460 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00E672F2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> quorum</w:t>
       </w:r>
       <w:r w:rsidRPr="00E672F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EF3419" w:rsidP="00EF3419" w:rsidRDefault="00EF3419" w14:paraId="03C7FCE0" w14:textId="77777777">
+    <w:p w14:paraId="03C7FCE0" w14:textId="77777777" w:rsidR="00EF3419" w:rsidRDefault="00EF3419" w:rsidP="00EF3419">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="001822CF" w:rsidR="00EF3419" w:rsidP="00EF3419" w:rsidRDefault="00EF3419" w14:paraId="2A3CD01A" w14:textId="77777777">
+    <w:p w14:paraId="2A3CD01A" w14:textId="77777777" w:rsidR="00EF3419" w:rsidRPr="001822CF" w:rsidRDefault="00EF3419" w:rsidP="00EF3419">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jose Delgado, Panel Co-Chair, Access and Opportunity, Office of the Governor </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001822CF" w:rsidR="00EF3419" w:rsidP="00EF3419" w:rsidRDefault="00EF3419" w14:paraId="7A084E28" w14:textId="77777777">
+    <w:p w14:paraId="7A084E28" w14:textId="77777777" w:rsidR="00EF3419" w:rsidRPr="001822CF" w:rsidRDefault="00EF3419" w:rsidP="00EF3419">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nicole Obi, Panel Co- Chair, Coalition for an Equitable Economy</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B9064B" w:rsidP="00B9064B" w:rsidRDefault="00B9064B" w14:paraId="1BBC59E7" w14:textId="25B0819D">
+    <w:p w14:paraId="1BBC59E7" w14:textId="25B0819D" w:rsidR="00B9064B" w:rsidRDefault="00B9064B" w:rsidP="00B9064B">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Suzanne Bump, Auditor of the Commonwealth</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B9064B" w:rsidP="00EF3419" w:rsidRDefault="00B9064B" w14:paraId="7CF1B8C0" w14:textId="341EC047">
+    <w:p w14:paraId="7CF1B8C0" w14:textId="341EC047" w:rsidR="00B9064B" w:rsidRDefault="00B9064B" w:rsidP="00EF3419">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Amy Nable,</w:t>
       </w:r>
       <w:r w:rsidR="006F72FA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Office of the Comptroller</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001822CF" w:rsidR="00EF3419" w:rsidP="00EF3419" w:rsidRDefault="00EF3419" w14:paraId="2BAB5722" w14:textId="385A5814">
+    <w:p w14:paraId="2BAB5722" w14:textId="385A5814" w:rsidR="00EF3419" w:rsidRPr="001822CF" w:rsidRDefault="00EF3419" w:rsidP="00EF3419">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Erica Seery, Chief Digital Officer, Executive Office of Technology Services and Security</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001822CF" w:rsidR="00EF3419" w:rsidP="00EF3419" w:rsidRDefault="00EF3419" w14:paraId="673A7DE7" w14:textId="77777777">
+    <w:p w14:paraId="673A7DE7" w14:textId="77777777" w:rsidR="00EF3419" w:rsidRPr="001822CF" w:rsidRDefault="00EF3419" w:rsidP="00EF3419">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Marie-Frances Rivera, Massachusetts Budget and Policy Center, Inc.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001822CF" w:rsidR="00EF3419" w:rsidP="00EF3419" w:rsidRDefault="00EF3419" w14:paraId="49FCFCDB" w14:textId="77777777">
+    <w:p w14:paraId="49FCFCDB" w14:textId="77777777" w:rsidR="00EF3419" w:rsidRPr="001822CF" w:rsidRDefault="00EF3419" w:rsidP="00EF3419">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Elizabeth </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Elizabeth Weyant, Massachusetts Association of Regional Planning Agencies </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="097D33A8" w14:textId="77777777" w:rsidR="00EF3419" w:rsidRPr="001822CF" w:rsidRDefault="00EF3419" w:rsidP="00EF3419">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bill McAvoy, Supplier Diversity Office </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23335C32" w14:textId="77777777" w:rsidR="00EF3419" w:rsidRPr="001822CF" w:rsidRDefault="00EF3419" w:rsidP="00EF3419">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kristina Johnson, Chief Data Officer, Executive Office of Technology Services and Security</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0464AB6E" w14:textId="77777777" w:rsidR="00EF3419" w:rsidRPr="001822CF" w:rsidRDefault="00EF3419" w:rsidP="00EF3419">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Raquel Halsey, North American Indian Center of Boston, Inc. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25115675" w14:textId="77777777" w:rsidR="00EF3419" w:rsidRPr="001822CF" w:rsidRDefault="00EF3419" w:rsidP="00EF3419">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bishop Tony Branch, NAACP New England Area Conference  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0452151E" w14:textId="77777777" w:rsidR="00EF3419" w:rsidRPr="001822CF" w:rsidRDefault="00EF3419" w:rsidP="00EF3419">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Michael Frieber, Inspector General’s Office</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FA61C0E" w14:textId="77777777" w:rsidR="006F72FA" w:rsidRDefault="006F72FA" w:rsidP="006F72FA">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Geoff Foster, Common Cause Massachusetts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A865B51" w14:textId="77777777" w:rsidR="006F72FA" w:rsidRDefault="006F72FA" w:rsidP="006F72FA">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Gabrielle King Morse, Center for Women and Enterprise, Inc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AE6AAF9" w14:textId="77777777" w:rsidR="0035445F" w:rsidRPr="001822CF" w:rsidRDefault="0035445F" w:rsidP="0035445F">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Joe Kriesberg, Massachusetts Association of Community Development Corporations  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F7C9ED9" w14:textId="77777777" w:rsidR="0035445F" w:rsidRPr="001822CF" w:rsidRDefault="0035445F" w:rsidP="006F72FA">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A7CA302" w14:textId="77777777" w:rsidR="006F72FA" w:rsidRPr="001822CF" w:rsidRDefault="006F72FA" w:rsidP="006F72FA">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="253E6C9F" w14:textId="4C434280" w:rsidR="00EF3419" w:rsidRPr="001822CF" w:rsidRDefault="00EF3419" w:rsidP="006F72FA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66D9C9AE" w14:textId="77777777" w:rsidR="00EF3419" w:rsidRPr="001822CF" w:rsidRDefault="00EF3419" w:rsidP="00EF3419">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Members Absent:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DD2983C" w14:textId="77777777" w:rsidR="00EF3419" w:rsidRPr="001822CF" w:rsidRDefault="00EF3419" w:rsidP="00EF3419">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>Weyant</w:t>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Denella</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-    <w:p w:rsidRPr="001822CF" w:rsidR="00EF3419" w:rsidP="00EF3419" w:rsidRDefault="00EF3419" w14:paraId="097D33A8" w14:textId="77777777">
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Clark, Massachusetts Commission on the Status of Women </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0962367D" w14:textId="77777777" w:rsidR="00EF3419" w:rsidRPr="001822CF" w:rsidRDefault="00EF3419" w:rsidP="00EF3419">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Yasmin Padamsee, Commission on the Status of Asian Americans and Pacific Islanders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17D11BCD" w14:textId="77777777" w:rsidR="00EF3419" w:rsidRPr="001822CF" w:rsidRDefault="00EF3419" w:rsidP="00EF3419">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cindy Luppi. Green Justice Coalition </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C244F65" w14:textId="77777777" w:rsidR="00EF3419" w:rsidRPr="001822CF" w:rsidRDefault="00EF3419" w:rsidP="00EF3419">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Leemarie Mosca, Massachusetts Nonprofit Network, Inc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2806AEAC" w14:textId="77777777" w:rsidR="00EF3419" w:rsidRPr="001822CF" w:rsidRDefault="00EF3419" w:rsidP="00EF3419">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Beverley Johnson, Massachusetts Minority Contractors Association, Inc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2367B788" w14:textId="77777777" w:rsidR="00EF3419" w:rsidRDefault="00EF3419" w:rsidP="00EF3419">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001822CF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Shaheer Mustafa, Massachusetts Nonprofit Network, Inc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46F4A1A6" w14:textId="77777777" w:rsidR="00A20BFA" w:rsidRDefault="00A20BFA" w:rsidP="00A20BFA">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001822CF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bill McAvoy, Supplier Diversity Office </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="001822CF" w:rsidR="00EF3419" w:rsidP="00EF3419" w:rsidRDefault="00EF3419" w14:paraId="23335C32" w14:textId="77777777">
+        <w:t>Kerima Lewis, The Commission on the Status of African Americans</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F517DCB" w14:textId="5678753C" w:rsidR="00A20BFA" w:rsidRPr="001822CF" w:rsidRDefault="00A20BFA" w:rsidP="00A20BFA">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-        <w:jc w:val="both"/>
-[...13 lines deleted...]
-    <w:p w:rsidRPr="001822CF" w:rsidR="00EF3419" w:rsidP="00EF3419" w:rsidRDefault="00EF3419" w14:paraId="0464AB6E" w14:textId="77777777">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="596D289E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Joe Curtatone, Northeast Clean Energy Council, Inc.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A26E194" w14:textId="5AD22BA6" w:rsidR="596D289E" w:rsidRDefault="596D289E" w:rsidP="596D289E">
       <w:pPr>
         <w:ind w:firstLine="720"/>
-        <w:jc w:val="both"/>
-[...486 lines deleted...]
-          <w:bCs w:val="1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54FDF664" w14:textId="06842B4D" w:rsidR="5735E1C2" w:rsidRDefault="5735E1C2" w:rsidP="596D289E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="596D289E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Others in Attendance: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="5735E1C2" w:rsidP="596D289E" w:rsidRDefault="5735E1C2" w14:paraId="21E20602" w14:textId="2C938CEA">
-[...18 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="21E20602" w14:textId="2C938CEA" w:rsidR="5735E1C2" w:rsidRDefault="5735E1C2" w:rsidP="596D289E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="596D289E">
         <w:t>Charles Kelsey, Division of Capital Asset Management and Maintenance</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="5735E1C2" w:rsidP="596D289E" w:rsidRDefault="5735E1C2" w14:paraId="503930D3" w14:textId="64869ADC">
-[...18 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="503930D3" w14:textId="64869ADC" w:rsidR="5735E1C2" w:rsidRDefault="5735E1C2" w:rsidP="596D289E">
+      <w:r w:rsidRPr="596D289E">
         <w:t>Susan Goldfischer, Division of Capital Asset Management and Maintenance</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="5735E1C2" w:rsidP="596D289E" w:rsidRDefault="5735E1C2" w14:paraId="5BC5FD98" w14:textId="2AAFC5B8">
-[...18 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="5BC5FD98" w14:textId="2AAFC5B8" w:rsidR="5735E1C2" w:rsidRDefault="5735E1C2" w:rsidP="596D289E">
+      <w:r w:rsidRPr="596D289E">
         <w:t>Danielle Littmann, Assistant Director, Federal Funds Office</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="5735E1C2" w:rsidP="596D289E" w:rsidRDefault="5735E1C2" w14:paraId="0BFBBEF0" w14:textId="005E64B1">
-[...18 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0BFBBEF0" w14:textId="005E64B1" w:rsidR="5735E1C2" w:rsidRDefault="5735E1C2" w:rsidP="596D289E">
+      <w:r w:rsidRPr="596D289E">
         <w:t>Marga Celado</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B64651" w:rsidP="00CC07A3" w:rsidRDefault="00B64651" w14:paraId="6F2868E1" w14:textId="77777777">
-[...6 lines deleted...]
-    <w:p w:rsidR="00CE0978" w:rsidP="00B334E4" w:rsidRDefault="00EF03D4" w14:paraId="48886B25" w14:textId="06AF01E0">
+    <w:p w14:paraId="6F2868E1" w14:textId="77777777" w:rsidR="00B64651" w:rsidRDefault="00B64651" w:rsidP="00CC07A3">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48886B25" w14:textId="06AF01E0" w:rsidR="00CE0978" w:rsidRDefault="00EF03D4" w:rsidP="00B334E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Adoption of Meeting Minutes from</w:t>
       </w:r>
       <w:r w:rsidR="004D7E4A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F049CD">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">September 27, 2022 </w:t>
       </w:r>
       <w:r w:rsidR="00477E5B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>(vote)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="32EEB11E" w:rsidP="596D289E" w:rsidRDefault="32EEB11E" w14:paraId="1FB9BA00" w14:textId="3BA8F29B">
+    <w:p w14:paraId="1FB9BA00" w14:textId="3BA8F29B" w:rsidR="32EEB11E" w:rsidRDefault="32EEB11E" w:rsidP="596D289E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="596D289E">
         <w:t>Co-Chair Delgado makes a motion</w:t>
       </w:r>
-      <w:r w:rsidRPr="596D289E" w:rsidR="002050B8">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002050B8" w:rsidRPr="596D289E">
         <w:t xml:space="preserve"> to p</w:t>
       </w:r>
-      <w:r w:rsidRPr="596D289E" w:rsidR="00D61E27">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00D61E27" w:rsidRPr="596D289E">
         <w:t>ostpone</w:t>
       </w:r>
-      <w:r w:rsidRPr="596D289E" w:rsidR="002050B8">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002050B8" w:rsidRPr="596D289E">
         <w:t xml:space="preserve"> approval of meeting minutes until next session</w:t>
       </w:r>
-      <w:r w:rsidRPr="596D289E" w:rsidR="610F941A">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="610F941A" w:rsidRPr="596D289E">
         <w:t>. Member Bishop Branch. Motion</w:t>
       </w:r>
-      <w:r w:rsidRPr="596D289E" w:rsidR="002050B8">
-[...17 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="002050B8" w:rsidRPr="596D289E">
+        <w:t xml:space="preserve"> passes</w:t>
+      </w:r>
+      <w:r w:rsidR="7C3AC900" w:rsidRPr="596D289E">
         <w:t xml:space="preserve"> by unanimous consent. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="720D071B" w14:textId="77777777">
+    <w:p w14:paraId="720D071B" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB0297" w:rsidP="00DF701C" w:rsidRDefault="00293636" w14:paraId="05E681CF" w14:textId="560B9B29">
+    <w:p w14:paraId="05E681CF" w14:textId="560B9B29" w:rsidR="00DB0297" w:rsidRDefault="00293636" w:rsidP="00DF701C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Chairs Update </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0028324C" w:rsidP="596D289E" w:rsidRDefault="00A4498A" w14:paraId="6260239C" w14:textId="14349C2D">
+    <w:p w14:paraId="6260239C" w14:textId="14349C2D" w:rsidR="0028324C" w:rsidRDefault="00A4498A" w:rsidP="596D289E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:b w:val="1"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>Danielle Littmann</w:t>
       </w:r>
       <w:r w:rsidR="00536025">
-        <w:rPr/>
         <w:t xml:space="preserve"> (A&amp;F)</w:t>
       </w:r>
-      <w:r w:rsidR="00A4498A">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve"> is the</w:t>
       </w:r>
       <w:r w:rsidR="26C5455A">
-        <w:rPr/>
         <w:t xml:space="preserve"> new</w:t>
       </w:r>
-      <w:r w:rsidR="00A4498A">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve"> point of contact</w:t>
       </w:r>
       <w:r w:rsidR="242A9A18">
-        <w:rPr/>
         <w:t xml:space="preserve"> supporting the Equity Panel until A&amp;F hires a replacement.</w:t>
       </w:r>
-      <w:r w:rsidR="00A4498A">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve"> Kelly </w:t>
       </w:r>
       <w:r w:rsidR="00505741">
-        <w:rPr/>
         <w:t>Gov</w:t>
       </w:r>
       <w:r w:rsidR="007D4792">
-        <w:rPr/>
         <w:t>oni</w:t>
       </w:r>
       <w:r w:rsidR="76C53C59">
-        <w:rPr/>
         <w:t xml:space="preserve"> has left her role. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00293636" w:rsidP="00293636" w:rsidRDefault="00293636" w14:paraId="427C0748" w14:textId="77777777">
+    <w:p w14:paraId="427C0748" w14:textId="77777777" w:rsidR="00293636" w:rsidRDefault="00293636" w:rsidP="00293636">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C454A8" w:rsidP="00DF701C" w:rsidRDefault="009E291E" w14:paraId="72687216" w14:textId="77777777">
+    <w:p w14:paraId="72687216" w14:textId="77777777" w:rsidR="00C454A8" w:rsidRDefault="009E291E" w:rsidP="00DF701C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Discuss First Equity Panel Webinar</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C454A8" w:rsidP="00C454A8" w:rsidRDefault="00C454A8" w14:paraId="2BEDA2A4" w14:textId="77777777">
+    <w:p w14:paraId="2BEDA2A4" w14:textId="77777777" w:rsidR="00C454A8" w:rsidRDefault="00C454A8" w:rsidP="00C454A8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C454A8" w:rsidP="00C454A8" w:rsidRDefault="00C454A8" w14:paraId="4AAAC5D5" w14:textId="184C4D99">
+    <w:p w14:paraId="4AAAC5D5" w14:textId="184C4D99" w:rsidR="00C454A8" w:rsidRDefault="00C454A8" w:rsidP="00C454A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Public Comment</w:t>
       </w:r>
       <w:r w:rsidR="4FBFD189">
-        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="65B4259B" w:rsidP="596D289E" w:rsidRDefault="65B4259B" w14:paraId="2FB66694" w14:textId="1310E71F">
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w14:paraId="2FB66694" w14:textId="1310E71F" w:rsidR="65B4259B" w:rsidRDefault="65B4259B" w:rsidP="596D289E">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="596D289E">
         <w:t>Co-Chair Obi gave a synopsis of the webinar:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="65B4259B" w:rsidP="596D289E" w:rsidRDefault="65B4259B" w14:paraId="5ED8DE9D" w14:textId="32C0C310">
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w14:paraId="5ED8DE9D" w14:textId="32C0C310" w:rsidR="65B4259B" w:rsidRDefault="65B4259B" w:rsidP="596D289E">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...12 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+      </w:pPr>
+      <w:r w:rsidRPr="596D289E">
+        <w:t xml:space="preserve">Walked the attendees through an overview of ARPA and the charge of this panel, driven by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="596D289E">
+        <w:t>panels</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="596D289E">
+        <w:t xml:space="preserve"> website. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B2F3C7E" w14:textId="7BC15A3C" w:rsidR="65B4259B" w:rsidRDefault="65B4259B" w:rsidP="596D289E">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="596D289E">
         <w:t xml:space="preserve">Member Rivera walked through the equity metrics process </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00435303" w:rsidP="596D289E" w:rsidRDefault="00435303" w14:paraId="4DDDE23C" w14:textId="751F977C">
+    <w:p w14:paraId="4DDDE23C" w14:textId="751F977C" w:rsidR="00435303" w:rsidRDefault="00435303" w:rsidP="596D289E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Two key groups</w:t>
       </w:r>
       <w:r w:rsidR="00DB53C2">
-        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="7C2EA316">
-        <w:rPr/>
         <w:t>attended:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00435303" w:rsidP="596D289E" w:rsidRDefault="00435303" w14:paraId="07D214D5" w14:textId="580A0B86">
+    <w:p w14:paraId="07D214D5" w14:textId="580A0B86" w:rsidR="00435303" w:rsidRDefault="00435303" w:rsidP="596D289E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="55A96629">
-        <w:rPr/>
         <w:t xml:space="preserve">One advocating for </w:t>
       </w:r>
       <w:r w:rsidR="75229C75">
-        <w:rPr/>
         <w:t>W</w:t>
       </w:r>
-      <w:r w:rsidR="00435303">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">estern </w:t>
       </w:r>
       <w:r w:rsidR="7D9E50DA">
-        <w:rPr/>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="00435303">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">ass and rural </w:t>
       </w:r>
       <w:r w:rsidR="00CC07A3">
-        <w:rPr/>
         <w:t>areas, and</w:t>
       </w:r>
       <w:r w:rsidR="00DB53C2">
-        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0273BB57">
-        <w:rPr/>
         <w:t xml:space="preserve">a second was </w:t>
       </w:r>
       <w:r w:rsidR="50407F4D">
-        <w:rPr/>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidR="207A6054">
-        <w:rPr/>
         <w:t xml:space="preserve">roup of </w:t>
       </w:r>
       <w:r w:rsidR="3E508578">
-        <w:rPr/>
         <w:t>Librarians</w:t>
       </w:r>
       <w:r w:rsidR="207A6054">
-        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0009765A" w:rsidP="596D289E" w:rsidRDefault="0009765A" w14:paraId="3FA5D559" w14:textId="7EDDB577">
+    <w:p w14:paraId="3FA5D559" w14:textId="7EDDB577" w:rsidR="0009765A" w:rsidRDefault="0009765A" w:rsidP="596D289E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="4"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Comments </w:t>
       </w:r>
       <w:r w:rsidR="30ED9E85">
-        <w:rPr/>
         <w:t>were acknowledged but the Librarians</w:t>
       </w:r>
       <w:r w:rsidR="001C53D6">
-        <w:rPr/>
         <w:t xml:space="preserve"> were informed that </w:t>
       </w:r>
       <w:r w:rsidR="00816D60">
-        <w:rPr/>
         <w:t xml:space="preserve">the purpose of this panel is not to </w:t>
       </w:r>
       <w:r w:rsidR="00986B3D">
-        <w:rPr/>
         <w:t>fund specific items</w:t>
       </w:r>
       <w:r w:rsidR="00CA04B2">
-        <w:rPr/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB6CC0" w:rsidP="00EB6CC0" w:rsidRDefault="00EB6CC0" w14:paraId="177F09B8" w14:textId="4208C2C7">
+    <w:p w14:paraId="177F09B8" w14:textId="4208C2C7" w:rsidR="00EB6CC0" w:rsidRDefault="00EB6CC0" w:rsidP="00EB6CC0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Panel showed a map</w:t>
       </w:r>
       <w:r w:rsidR="009A391C">
-        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="177A7A00">
-        <w:rPr/>
         <w:t xml:space="preserve">to clarify the geographic </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="177A7A00">
-        <w:rPr/>
         <w:t>lense</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="177A7A00">
-        <w:rPr/>
         <w:t xml:space="preserve"> of what we’re </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="177A7A00">
-        <w:rPr/>
         <w:t>obser</w:t>
       </w:r>
       <w:r w:rsidR="3C1EBBDE">
-        <w:rPr/>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="177A7A00">
-        <w:rPr/>
         <w:t>ing</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CC07A3">
-        <w:rPr/>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidR="00EB6CC0">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="6F92DD5B">
-        <w:rPr/>
         <w:t xml:space="preserve">Co-Chair Delgado </w:t>
       </w:r>
-      <w:r w:rsidR="00EB6CC0">
-        <w:rPr/>
+      <w:r>
         <w:t>informed the group of enhancements</w:t>
       </w:r>
       <w:r w:rsidR="009A391C">
-        <w:rPr/>
         <w:t xml:space="preserve"> to come with the map.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E7674" w:rsidP="002E7674" w:rsidRDefault="004404C7" w14:paraId="0ADA78E4" w14:textId="608B89F3">
+    <w:p w14:paraId="0ADA78E4" w14:textId="608B89F3" w:rsidR="002E7674" w:rsidRDefault="600120C0" w:rsidP="002E7674">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Member </w:t>
       </w:r>
       <w:r w:rsidR="004404C7">
-        <w:rPr/>
         <w:t xml:space="preserve">Nable suggests we </w:t>
       </w:r>
       <w:r w:rsidR="00E24B88">
-        <w:rPr/>
         <w:t xml:space="preserve">track comments that are being submitted and potentially submit those for consideration by the legislature. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E7674" w:rsidP="002E7674" w:rsidRDefault="002E7674" w14:paraId="5F7D601D" w14:textId="712B7B98">
+    <w:p w14:paraId="5F7D601D" w14:textId="712B7B98" w:rsidR="002E7674" w:rsidRDefault="774669FE" w:rsidP="002E7674">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Member Nable: H</w:t>
       </w:r>
       <w:r w:rsidR="002E7674">
-        <w:rPr/>
         <w:t>ow are you tracking the comments?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0054062D" w:rsidP="002E7674" w:rsidRDefault="00403CF5" w14:paraId="394FD807" w14:textId="2F4D8CF7">
+    <w:p w14:paraId="394FD807" w14:textId="2F4D8CF7" w:rsidR="0054062D" w:rsidRDefault="651821B1" w:rsidP="002E7674">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Co-Chair Delgado</w:t>
       </w:r>
       <w:r w:rsidR="00403CF5">
-        <w:rPr/>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="68197276">
-        <w:rPr/>
         <w:t>Some offline outreach but no solidified process</w:t>
       </w:r>
       <w:r w:rsidR="594B8DD6">
-        <w:rPr/>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0054062D" w:rsidP="596D289E" w:rsidRDefault="00403CF5" w14:paraId="19079EBB" w14:textId="4FEDFE1B">
+    <w:p w14:paraId="19079EBB" w14:textId="4FEDFE1B" w:rsidR="0054062D" w:rsidRDefault="594B8DD6" w:rsidP="596D289E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Danielle Littmann: Created a </w:t>
       </w:r>
       <w:r w:rsidR="68197276">
-        <w:rPr/>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00403CF5">
-        <w:rPr/>
         <w:t xml:space="preserve">urvey submission; website has been updated to </w:t>
       </w:r>
       <w:r w:rsidR="00B92A15">
-        <w:rPr/>
         <w:t xml:space="preserve">make that survey more accessible. </w:t>
       </w:r>
       <w:r w:rsidR="75C9BC65">
-        <w:rPr/>
         <w:t xml:space="preserve">They will </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00F14DBB">
-        <w:rPr/>
         <w:t>look into</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00F14DBB">
-        <w:rPr/>
         <w:t xml:space="preserve"> whether they are </w:t>
       </w:r>
       <w:r w:rsidR="000B2CB7">
-        <w:rPr/>
         <w:t>tracking traffic onto the website (e.g., view counts).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B2CB7" w:rsidP="000B2CB7" w:rsidRDefault="00B713CB" w14:paraId="2BE313CE" w14:textId="6795E15A">
+    <w:p w14:paraId="2BE313CE" w14:textId="6795E15A" w:rsidR="000B2CB7" w:rsidRDefault="451B664A" w:rsidP="000B2CB7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Member </w:t>
       </w:r>
       <w:r w:rsidR="00B713CB">
-        <w:rPr/>
-[...1 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Bishop Branch </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B713CB">
-        <w:rPr/>
+        <w:t>inquires</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B713CB">
+        <w:t xml:space="preserve"> about what types of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B713CB">
         <w:t>outreach</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00B713CB">
-        <w:rPr/>
         <w:t xml:space="preserve"> we did (and can do) to </w:t>
       </w:r>
       <w:r w:rsidR="00945952">
-        <w:rPr/>
         <w:t xml:space="preserve">better outreach to POC. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD5BB0" w:rsidP="596D289E" w:rsidRDefault="00945952" w14:paraId="13CA3FFF" w14:textId="056A61C4">
+    <w:p w14:paraId="13CA3FFF" w14:textId="056A61C4" w:rsidR="00AD5BB0" w:rsidRDefault="00945952" w:rsidP="596D289E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
-[...5 lines deleted...]
-        <w:rPr/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Answer: </w:t>
       </w:r>
       <w:r w:rsidR="08BB722A">
-        <w:rPr/>
         <w:t xml:space="preserve">Co-Chair </w:t>
       </w:r>
-      <w:r w:rsidR="00945952">
-        <w:rPr/>
+      <w:r>
         <w:t>Delgado explains</w:t>
       </w:r>
       <w:r w:rsidR="00992E4A">
-        <w:rPr/>
         <w:t xml:space="preserve"> outreach efforts (e.g., municipalities</w:t>
       </w:r>
       <w:r w:rsidR="0023685F">
-        <w:rPr/>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00AD5BB0">
-        <w:rPr/>
         <w:t>press releases, etc.)</w:t>
       </w:r>
       <w:r w:rsidR="00820BC3">
-        <w:rPr/>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003E301F">
-        <w:rPr/>
         <w:t>Jose is open to suggestions.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000358E5" w:rsidP="00820BC3" w:rsidRDefault="000358E5" w14:paraId="439A9BC1" w14:textId="493567C9">
+    <w:p w14:paraId="439A9BC1" w14:textId="493567C9" w:rsidR="000358E5" w:rsidRDefault="0DA85B21" w:rsidP="00820BC3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Co-Chair</w:t>
       </w:r>
       <w:r w:rsidR="0F14A2FC">
-        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000358E5">
-        <w:rPr/>
         <w:t>Ob</w:t>
       </w:r>
       <w:r w:rsidR="19FE1437">
-        <w:rPr/>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="000358E5">
-        <w:rPr/>
         <w:t xml:space="preserve"> to reach out to Black le</w:t>
       </w:r>
       <w:r w:rsidR="5CFBEE9D">
-        <w:rPr/>
         <w:t>d organizations</w:t>
       </w:r>
       <w:r w:rsidR="000358E5">
-        <w:rPr/>
         <w:t xml:space="preserve"> (caucuses and councils) to </w:t>
       </w:r>
       <w:r w:rsidR="006A4800">
-        <w:rPr/>
         <w:t xml:space="preserve">better </w:t>
       </w:r>
       <w:r w:rsidR="000D18BD">
-        <w:rPr/>
         <w:t>advertise</w:t>
       </w:r>
       <w:r w:rsidR="003F1E0A">
-        <w:rPr/>
         <w:t xml:space="preserve"> webinar</w:t>
       </w:r>
       <w:r w:rsidR="00D91C3C">
-        <w:rPr/>
         <w:t xml:space="preserve"> participation. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00501067" w:rsidP="002F7D2B" w:rsidRDefault="00501067" w14:paraId="06C3A9D1" w14:textId="46C9C271">
+    <w:p w14:paraId="06C3A9D1" w14:textId="46C9C271" w:rsidR="00501067" w:rsidRDefault="1E4C54B0" w:rsidP="002F7D2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Member </w:t>
       </w:r>
       <w:r w:rsidR="00501067">
-        <w:rPr/>
         <w:t xml:space="preserve">Foster reflects on those who participated in the first webinar as a representation of </w:t>
       </w:r>
       <w:r w:rsidR="00DA6DAA">
-        <w:rPr/>
         <w:t xml:space="preserve">efforts needed to broaden </w:t>
       </w:r>
       <w:r w:rsidR="00A70FF1">
-        <w:rPr/>
         <w:t>outreach,</w:t>
       </w:r>
       <w:r w:rsidR="004044C7">
-        <w:rPr/>
-        <w:t xml:space="preserve"> who is not in the room</w:t>
+        <w:t xml:space="preserve"> who </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004044C7">
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004044C7">
+        <w:t xml:space="preserve"> not in the room</w:t>
       </w:r>
       <w:r w:rsidR="002A34FC">
-        <w:rPr/>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="609470FB">
-        <w:rPr/>
         <w:t xml:space="preserve">Member Foster will reach out to MA Nonprofit network and statewide </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="609470FB">
-        <w:rPr/>
         <w:t>streetwork</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="609470FB">
-        <w:rPr/>
         <w:t xml:space="preserve"> network</w:t>
       </w:r>
       <w:r w:rsidR="00A901C3">
-        <w:rPr/>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004044C7" w:rsidP="002F7D2B" w:rsidRDefault="004044C7" w14:paraId="69BA3732" w14:textId="0658A8DD">
+    <w:p w14:paraId="69BA3732" w14:textId="0658A8DD" w:rsidR="004044C7" w:rsidRDefault="0BDFBDEB" w:rsidP="002F7D2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Member </w:t>
       </w:r>
       <w:r w:rsidR="004044C7">
-        <w:rPr/>
         <w:t>Weyant</w:t>
       </w:r>
       <w:r w:rsidR="00B64651">
-        <w:rPr/>
         <w:t xml:space="preserve"> would like more understanding and explanation of our methodology. </w:t>
       </w:r>
       <w:r w:rsidR="0094789A">
-        <w:rPr/>
         <w:t xml:space="preserve">She felt compelled by those advocating for rural </w:t>
       </w:r>
       <w:r w:rsidR="00A70FF1">
-        <w:rPr/>
-        <w:t xml:space="preserve">farmers </w:t>
+        <w:t>farmers and</w:t>
+      </w:r>
+      <w:r w:rsidR="0094789A">
+        <w:t xml:space="preserve"> wants the panel to be prepared for how certain groups are represented</w:t>
+      </w:r>
+      <w:r w:rsidR="003915FE">
+        <w:t xml:space="preserve"> (or lack thereof)</w:t>
       </w:r>
       <w:r w:rsidR="00A70FF1">
-        <w:rPr/>
-[...11 lines deleted...]
-        <w:rPr/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00614958" w:rsidP="002F7D2B" w:rsidRDefault="00614958" w14:paraId="7F571BF9" w14:textId="30736D38">
+    <w:p w14:paraId="7F571BF9" w14:textId="30736D38" w:rsidR="00614958" w:rsidRDefault="3B448A05" w:rsidP="002F7D2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Member </w:t>
       </w:r>
       <w:r w:rsidR="00B92183">
-        <w:rPr/>
         <w:t>Halsey</w:t>
       </w:r>
       <w:r w:rsidR="00EF170A">
-        <w:rPr/>
         <w:t xml:space="preserve"> would like to emphasi</w:t>
       </w:r>
       <w:r w:rsidR="003C776A">
-        <w:rPr/>
         <w:t>ze</w:t>
       </w:r>
       <w:r w:rsidR="00EF170A">
-        <w:rPr/>
         <w:t xml:space="preserve"> a need for Indigenous Communities and Tri</w:t>
       </w:r>
       <w:r w:rsidR="003628E2">
-        <w:rPr/>
         <w:t>ba</w:t>
       </w:r>
       <w:r w:rsidR="00EF170A">
-        <w:rPr/>
         <w:t>l Communities</w:t>
       </w:r>
       <w:r w:rsidR="003C776A">
-        <w:rPr/>
         <w:t xml:space="preserve"> as a callout in the next meeting (and moving forward)</w:t>
       </w:r>
       <w:r w:rsidR="00C7060E">
-        <w:rPr/>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00827442" w:rsidP="002F7D2B" w:rsidRDefault="00C7060E" w14:paraId="7B506649" w14:textId="5E1D91DE">
+    <w:p w14:paraId="7B506649" w14:textId="5E1D91DE" w:rsidR="00827442" w:rsidRDefault="00C7060E" w:rsidP="002F7D2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="10524A48">
-        <w:rPr/>
         <w:t xml:space="preserve">ember </w:t>
       </w:r>
-      <w:r w:rsidR="00C7060E">
-        <w:rPr/>
+      <w:r>
         <w:t>River</w:t>
       </w:r>
       <w:r w:rsidR="00C81B10">
-        <w:rPr/>
         <w:t xml:space="preserve">a worked with the </w:t>
       </w:r>
       <w:r w:rsidR="00A70FF1">
-        <w:rPr/>
         <w:t>methodologies and</w:t>
       </w:r>
       <w:r w:rsidR="00C81B10">
-        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000563F6">
-        <w:rPr/>
         <w:t xml:space="preserve">will look more into how to represent them. She </w:t>
       </w:r>
       <w:r w:rsidR="00A70FF1">
-        <w:rPr/>
         <w:t xml:space="preserve">emphasized </w:t>
       </w:r>
       <w:r w:rsidR="000563F6">
-        <w:rPr/>
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r w:rsidR="00827442">
-        <w:rPr/>
         <w:t xml:space="preserve">low </w:t>
       </w:r>
       <w:r w:rsidR="000563F6">
-        <w:rPr/>
         <w:t>participation</w:t>
       </w:r>
       <w:r w:rsidR="00827442">
-        <w:rPr/>
         <w:t xml:space="preserve"> may be attributed to campaign season. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000730E4" w:rsidP="002F7D2B" w:rsidRDefault="00827442" w14:paraId="0935D3D7" w14:textId="4683BF53">
+    <w:p w14:paraId="0935D3D7" w14:textId="4683BF53" w:rsidR="000730E4" w:rsidRDefault="02D1DD8A" w:rsidP="002F7D2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Member </w:t>
       </w:r>
       <w:r w:rsidR="00827442">
-        <w:rPr/>
         <w:t>Johnson only tier 1 – 4 are represented in the visuals (not tier 5).</w:t>
       </w:r>
       <w:r w:rsidR="003E3845">
-        <w:rPr/>
         <w:t xml:space="preserve"> Can we create a representation that shows every town and </w:t>
       </w:r>
       <w:r w:rsidR="002F7D2B">
-        <w:rPr/>
         <w:t>community</w:t>
       </w:r>
       <w:r w:rsidR="003E3845">
-        <w:rPr/>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00827442" w:rsidP="002F7D2B" w:rsidRDefault="000730E4" w14:paraId="18F47ADC" w14:textId="6C83CBB2">
+    <w:p w14:paraId="18F47ADC" w14:textId="6C83CBB2" w:rsidR="00827442" w:rsidRDefault="000730E4" w:rsidP="002F7D2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Response: </w:t>
       </w:r>
       <w:r w:rsidR="64D70161">
-        <w:rPr/>
         <w:t>Co-Chair Obi</w:t>
       </w:r>
-      <w:r w:rsidR="000730E4">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">agrees; but isn’t sure if </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> agrees; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>but</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> isn’t sure if </w:t>
       </w:r>
       <w:r w:rsidR="002F7D2B">
-        <w:rPr/>
         <w:t xml:space="preserve">we’re able to update before the next meeting. </w:t>
       </w:r>
       <w:r w:rsidR="0B2499D5">
-        <w:rPr/>
-[...3 lines deleted...]
-    <w:p w:rsidR="002F7D2B" w:rsidP="002F7D2B" w:rsidRDefault="002F7D2B" w14:paraId="576B0DF0" w14:textId="48F3E9E2">
+        <w:t xml:space="preserve">The panel will also </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0B2499D5">
+        <w:t>look into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0B2499D5">
+        <w:t xml:space="preserve"> adding the map to the website. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="576B0DF0" w14:textId="48F3E9E2" w:rsidR="002F7D2B" w:rsidRDefault="019A601A" w:rsidP="002F7D2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Member</w:t>
       </w:r>
       <w:r w:rsidR="002F7D2B">
-        <w:rPr/>
         <w:t xml:space="preserve"> Seery suggests we used a PowerPoint to guide the webinar, rather than reverting to the website. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C454A8" w:rsidR="002F7D2B" w:rsidP="002F7D2B" w:rsidRDefault="002F7D2B" w14:paraId="52DD31BB" w14:textId="24327D95">
+    <w:p w14:paraId="52DD31BB" w14:textId="24327D95" w:rsidR="002F7D2B" w:rsidRPr="00C454A8" w:rsidRDefault="002F7D2B" w:rsidP="002F7D2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Response: </w:t>
       </w:r>
       <w:r w:rsidR="6DC6DDA2">
-        <w:rPr/>
         <w:t>Co-Chair Obi and Co-Chair Delgado agree</w:t>
       </w:r>
-      <w:r w:rsidR="002F7D2B">
-        <w:rPr/>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00AA64FD" w:rsidR="00AA64FD" w:rsidP="00C454A8" w:rsidRDefault="00C454A8" w14:paraId="4B12303F" w14:textId="77777777">
+    <w:p w14:paraId="4B12303F" w14:textId="77777777" w:rsidR="00AA64FD" w:rsidRPr="00AA64FD" w:rsidRDefault="00C454A8" w:rsidP="00C454A8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:b w:val="1"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>Second Webinar Planning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00AA64FD" w:rsidR="00AA64FD" w:rsidP="00AA64FD" w:rsidRDefault="00AA64FD" w14:paraId="3BB45B4D" w14:textId="77777777">
+    <w:p w14:paraId="3BB45B4D" w14:textId="77777777" w:rsidR="00AA64FD" w:rsidRPr="00AA64FD" w:rsidRDefault="00AA64FD" w:rsidP="00AA64FD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Social media kit</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003E5EAD" w:rsidR="003979CD" w:rsidP="00AA64FD" w:rsidRDefault="00AA64FD" w14:paraId="6113D4AE" w14:textId="77777777">
+    <w:p w14:paraId="6113D4AE" w14:textId="77777777" w:rsidR="003979CD" w:rsidRPr="003E5EAD" w:rsidRDefault="00AA64FD" w:rsidP="00AA64FD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Explore avenues to advertise the event (e.g., Black podcasters</w:t>
       </w:r>
       <w:r w:rsidR="003979CD">
-        <w:rPr/>
         <w:t>, etc.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C735AA" w:rsidP="00AA64FD" w:rsidRDefault="003E5EAD" w14:paraId="78B6E80C" w14:textId="77777777">
+    <w:p w14:paraId="78B6E80C" w14:textId="77777777" w:rsidR="00C735AA" w:rsidRDefault="003E5EAD" w:rsidP="00AA64FD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...6 lines deleted...]
-    <w:p w:rsidR="004B2E54" w:rsidP="004B2E54" w:rsidRDefault="00C735AA" w14:paraId="538FF720" w14:textId="77777777">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Explore </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>what</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> is permissible to use funding on.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="538FF720" w14:textId="77777777" w:rsidR="004B2E54" w:rsidRDefault="00C735AA" w:rsidP="004B2E54">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...6 lines deleted...]
-    <w:p w:rsidR="004B2E54" w:rsidP="004B2E54" w:rsidRDefault="0011503C" w14:paraId="0170C07E" w14:textId="21ECB142">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Emphasis will be on relevant channels </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>for providing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> feedback.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0170C07E" w14:textId="21ECB142" w:rsidR="004B2E54" w:rsidRDefault="3110E520" w:rsidP="004B2E54">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Member</w:t>
       </w:r>
       <w:r w:rsidR="0011503C">
-        <w:rPr/>
         <w:t xml:space="preserve"> Foster</w:t>
       </w:r>
       <w:r w:rsidR="10019D17">
-        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0011503C">
-        <w:rPr/>
         <w:t xml:space="preserve">motions to </w:t>
       </w:r>
       <w:r w:rsidR="1C2F509B">
-        <w:rPr/>
         <w:t xml:space="preserve">explore the </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0011503C">
-        <w:rPr/>
-        <w:t xml:space="preserve">use allocated funds </w:t>
+        <w:t>use</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0011503C">
+        <w:t xml:space="preserve"> allocated funds </w:t>
       </w:r>
       <w:r w:rsidR="19DDCE84">
-        <w:rPr/>
         <w:t>for targeted</w:t>
       </w:r>
       <w:r w:rsidR="004B2E54">
-        <w:rPr/>
         <w:t xml:space="preserve"> social media</w:t>
       </w:r>
       <w:r w:rsidR="44E8C053">
-        <w:rPr/>
         <w:t xml:space="preserve"> outreach</w:t>
       </w:r>
       <w:r w:rsidR="004B2E54">
-        <w:rPr/>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0011503C">
-        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="4244E072">
-        <w:rPr/>
         <w:t>Member</w:t>
       </w:r>
       <w:r w:rsidR="7294D494">
-        <w:rPr/>
         <w:t xml:space="preserve"> Bishop branch</w:t>
       </w:r>
       <w:r w:rsidR="4244E072">
-        <w:rPr/>
         <w:t xml:space="preserve"> seconds. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003E5EAD" w:rsidR="003A5F3D" w:rsidP="596D289E" w:rsidRDefault="008E1B34" w14:paraId="6E7D5B44" w14:textId="083003E1">
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w14:paraId="6E7D5B44" w14:textId="083003E1" w:rsidR="003A5F3D" w:rsidRPr="003E5EAD" w:rsidRDefault="2EDBC8C7" w:rsidP="596D289E">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:bidi w:val="0"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="2EDBC8C7">
-        <w:rPr/>
+      <w:r>
         <w:t>Yays</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="2EDBC8C7">
-        <w:rPr/>
+      <w:r>
         <w:t>: Co-Chair Delgado, Co-Chair Obi, Member Nab</w:t>
       </w:r>
       <w:r w:rsidR="7FABA160">
-        <w:rPr/>
         <w:t>l</w:t>
       </w:r>
-      <w:r w:rsidR="2EDBC8C7">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">e, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="2EDBC8C7">
-        <w:rPr/>
+      <w:r>
         <w:t>Frieber</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="2EDBC8C7">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve">, McAvoy, </w:t>
       </w:r>
       <w:r w:rsidR="77DE9531">
-        <w:rPr/>
         <w:t xml:space="preserve">Member </w:t>
       </w:r>
-      <w:r w:rsidR="2EDBC8C7">
-        <w:rPr/>
+      <w:r>
         <w:t>J</w:t>
       </w:r>
       <w:r w:rsidR="230F6465">
-        <w:rPr/>
         <w:t xml:space="preserve">ohnson, </w:t>
       </w:r>
       <w:r w:rsidR="5353A6BB">
-        <w:rPr/>
         <w:t xml:space="preserve">Member </w:t>
       </w:r>
       <w:r w:rsidR="230F6465">
-        <w:rPr/>
         <w:t xml:space="preserve">Seery, </w:t>
       </w:r>
       <w:r w:rsidR="2B50305C">
-        <w:rPr/>
         <w:t>Member Foster, Member Mor</w:t>
       </w:r>
       <w:r w:rsidR="5567CA92">
-        <w:rPr/>
         <w:t>se</w:t>
       </w:r>
       <w:r w:rsidR="2B50305C">
-        <w:rPr/>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="78CB8D96">
-        <w:rPr/>
         <w:t xml:space="preserve">Member </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="78CB8D96">
-        <w:rPr/>
         <w:t>Kriesberg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="78CB8D96">
-        <w:rPr/>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="666C3359">
-        <w:rPr/>
         <w:t xml:space="preserve">Member Halsey, Member Bishop Brance, Member Rivera, Member Weyant, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003E5EAD" w:rsidR="003A5F3D" w:rsidP="596D289E" w:rsidRDefault="008E1B34" w14:paraId="098A248E" w14:textId="6480FD1D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w14:paraId="098A248E" w14:textId="6480FD1D" w:rsidR="003A5F3D" w:rsidRPr="003E5EAD" w:rsidRDefault="2EDBC8C7" w:rsidP="596D289E">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:bidi w:val="0"/>
-[...13 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="596D289E">
         <w:t>Nays: None</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003E5EAD" w:rsidR="003A5F3D" w:rsidP="596D289E" w:rsidRDefault="008E1B34" w14:paraId="6191221E" w14:textId="208B530B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w14:paraId="6191221E" w14:textId="208B530B" w:rsidR="003A5F3D" w:rsidRPr="003E5EAD" w:rsidRDefault="2EDBC8C7" w:rsidP="596D289E">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:bidi w:val="0"/>
-[...13 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="596D289E">
+        <w:lastRenderedPageBreak/>
         <w:t>Abstain: Member Bump</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003E5EAD" w:rsidR="003A5F3D" w:rsidP="596D289E" w:rsidRDefault="008E1B34" w14:paraId="43E808F7" w14:textId="375C41F0">
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w14:paraId="43E808F7" w14:textId="375C41F0" w:rsidR="003A5F3D" w:rsidRPr="003E5EAD" w:rsidRDefault="084DC43B" w:rsidP="596D289E">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:bidi w:val="0"/>
-[...13 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="596D289E">
         <w:t xml:space="preserve">Not Present: </w:t>
       </w:r>
-      <w:r w:rsidRPr="596D289E" w:rsidR="0FEEA2D4">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0FEEA2D4" w:rsidRPr="596D289E">
         <w:t xml:space="preserve">Member </w:t>
       </w:r>
-      <w:r w:rsidRPr="596D289E" w:rsidR="084DC43B">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="596D289E">
         <w:t>Mustafa, M</w:t>
       </w:r>
-      <w:r w:rsidRPr="596D289E" w:rsidR="553500EB">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="553500EB" w:rsidRPr="596D289E">
         <w:t>ember Mosca</w:t>
       </w:r>
-      <w:r w:rsidRPr="596D289E" w:rsidR="084DC43B">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="596D289E">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="596D289E" w:rsidR="3A6EB490">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="3A6EB490" w:rsidRPr="596D289E">
         <w:t xml:space="preserve">Member </w:t>
       </w:r>
-      <w:r w:rsidRPr="596D289E" w:rsidR="084DC43B">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="596D289E">
         <w:t>Clarke</w:t>
       </w:r>
-      <w:r w:rsidRPr="596D289E" w:rsidR="5A511992">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="5A511992" w:rsidRPr="596D289E">
         <w:t xml:space="preserve">, Member </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="596D289E" w:rsidR="5A511992">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="5A511992" w:rsidRPr="596D289E">
         <w:t>Padamsee</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="596D289E" w:rsidR="41A723E5">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="41A723E5" w:rsidRPr="596D289E">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="596D289E" w:rsidR="1DAAB83E">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="1DAAB83E" w:rsidRPr="596D289E">
         <w:t>Member</w:t>
       </w:r>
-      <w:r w:rsidRPr="596D289E" w:rsidR="41A723E5">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="41A723E5" w:rsidRPr="596D289E">
         <w:t xml:space="preserve"> Lewis</w:t>
       </w:r>
-      <w:r w:rsidRPr="596D289E" w:rsidR="7012E9EA">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="7012E9EA" w:rsidRPr="596D289E">
         <w:t>, Member Charles, Member Lup</w:t>
       </w:r>
-      <w:r w:rsidRPr="596D289E" w:rsidR="359C68C2">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="359C68C2" w:rsidRPr="596D289E">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="596D289E" w:rsidR="7012E9EA">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="7012E9EA" w:rsidRPr="596D289E">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="596D289E" w:rsidR="13D2E9D6">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="13D2E9D6" w:rsidRPr="596D289E">
         <w:t xml:space="preserve">, Member </w:t>
       </w:r>
-      <w:r w:rsidRPr="596D289E" w:rsidR="13D2E9D6">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="13D2E9D6" w:rsidRPr="596D289E">
         <w:t>Curtatone</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="7012E9EA">
-        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003E5EAD" w:rsidR="003A5F3D" w:rsidP="004B2E54" w:rsidRDefault="008E1B34" w14:paraId="290CCA9E" w14:textId="51F9BF56">
+    <w:p w14:paraId="290CCA9E" w14:textId="51F9BF56" w:rsidR="003A5F3D" w:rsidRPr="003E5EAD" w:rsidRDefault="2EDBC8C7" w:rsidP="004B2E54">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...13 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r>
+        <w:t>The Chairs will work with A&amp;F to explore funding opportunities</w:t>
+      </w:r>
+      <w:r w:rsidR="008E1B34">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB5864" w:rsidP="009E291E" w:rsidRDefault="00DB6FCE" w14:paraId="1994959F" w14:textId="77777777">
+    <w:p w14:paraId="1994959F" w14:textId="77777777" w:rsidR="00AB5864" w:rsidRDefault="00DB6FCE" w:rsidP="009E291E">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ARPA Funding Update</w:t>
       </w:r>
       <w:r w:rsidR="00DF701C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD6F07" w:rsidP="00AB5864" w:rsidRDefault="0092589A" w14:paraId="2BC615E7" w14:textId="77777777">
+    <w:p w14:paraId="2BC615E7" w14:textId="77777777" w:rsidR="00AD6F07" w:rsidRDefault="0092589A" w:rsidP="00AB5864">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007948A9">
         <w:t xml:space="preserve">Danielle Littmann updates current ARPA spending and will circulate </w:t>
       </w:r>
-      <w:r w:rsidRPr="007948A9" w:rsidR="007948A9">
+      <w:r w:rsidR="007948A9" w:rsidRPr="007948A9">
         <w:t>deck.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A1013" w:rsidP="000A1013" w:rsidRDefault="007E6457" w14:paraId="719743ED" w14:textId="1B2C9C9F">
-[...1 lines deleted...]
-        <w:keepNext w:val="1"/>
+    <w:p w14:paraId="719743ED" w14:textId="1B2C9C9F" w:rsidR="000A1013" w:rsidRDefault="3A2A2CC3" w:rsidP="000A1013">
+      <w:pPr>
+        <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Member</w:t>
       </w:r>
       <w:r w:rsidR="007E6457">
-        <w:rPr/>
-[...1 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Bump </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007E6457">
-        <w:rPr/>
-[...1 lines deleted...]
-      </w:r>
+        <w:t>inquires</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007E6457">
-        <w:rPr/>
-[...9 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve"> about what hasn’t been spent.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007852AD" w:rsidP="00423BCA" w:rsidRDefault="000A1013" w14:paraId="3D96667D" w14:textId="525EF68A">
-[...1 lines deleted...]
-        <w:keepNext w:val="1"/>
+    <w:p w14:paraId="3D96667D" w14:textId="525EF68A" w:rsidR="007852AD" w:rsidRDefault="000A1013" w:rsidP="00423BCA">
+      <w:pPr>
+        <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Response: Behavioral </w:t>
       </w:r>
       <w:r w:rsidR="0B076C15">
-        <w:rPr/>
         <w:t>Health and Labor and Workforce are the two big ones b</w:t>
       </w:r>
-      <w:r w:rsidR="000A1013">
-        <w:rPr/>
+      <w:r>
         <w:t>ut an update on this breakdown will be shared.</w:t>
       </w:r>
       <w:r w:rsidR="007C7CBD">
-        <w:rPr/>
         <w:t xml:space="preserve"> The matrix</w:t>
       </w:r>
       <w:r w:rsidR="00E918CB">
-        <w:rPr/>
         <w:t xml:space="preserve"> previously shared will be provided to the group</w:t>
       </w:r>
       <w:r w:rsidR="00423BCA">
-        <w:rPr/>
         <w:t xml:space="preserve"> to compare dollars spent, and what’s been allocated. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C0E57" w:rsidP="007852AD" w:rsidRDefault="00E46773" w14:paraId="2CEFF586" w14:textId="72A0FEA3">
+    <w:p w14:paraId="2CEFF586" w14:textId="72A0FEA3" w:rsidR="005C0E57" w:rsidRDefault="00E46773" w:rsidP="007852AD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:keepNext w:val="1"/>
+        <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Request from </w:t>
       </w:r>
       <w:r w:rsidR="092C33D0">
-        <w:rPr/>
         <w:t>Member Halsey</w:t>
       </w:r>
-      <w:r w:rsidR="00E46773">
-        <w:rPr/>
+      <w:r>
         <w:t xml:space="preserve"> to see the specific breakdowns for Indigenous and Tribal communities. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F707C4" w:rsidP="007852AD" w:rsidRDefault="005C0E57" w14:paraId="363581D2" w14:textId="63E92674">
+    <w:p w14:paraId="363581D2" w14:textId="63E92674" w:rsidR="00F707C4" w:rsidRDefault="6E56D866" w:rsidP="007852AD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:keepNext w:val="1"/>
+        <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Member </w:t>
       </w:r>
       <w:r w:rsidR="005C0E57">
-        <w:rPr/>
         <w:t xml:space="preserve">Nable inquiring about whether legislature is </w:t>
       </w:r>
       <w:r w:rsidR="00EC42CC">
-        <w:rPr/>
         <w:t>waiting on decision making from panel to inform their decision-making.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="007948A9" w:rsidR="005D0149" w:rsidP="007852AD" w:rsidRDefault="00F707C4" w14:paraId="7622C5B8" w14:textId="24FB326C">
+    <w:p w14:paraId="7622C5B8" w14:textId="24FB326C" w:rsidR="005D0149" w:rsidRPr="007948A9" w:rsidRDefault="784BA3C0" w:rsidP="007852AD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:keepNext w:val="1"/>
+        <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Member </w:t>
       </w:r>
       <w:r w:rsidR="00F707C4">
-        <w:rPr/>
         <w:t>Weyant</w:t>
       </w:r>
       <w:r w:rsidR="00D3589C">
-        <w:rPr/>
         <w:t xml:space="preserve"> foresees some ARPA dollars come out of legis</w:t>
       </w:r>
       <w:r w:rsidR="004243EF">
-        <w:rPr/>
         <w:t>lature p</w:t>
       </w:r>
       <w:r w:rsidR="00ED6A20">
-        <w:rPr/>
         <w:t>rior to the end of the year, but the majority to come in the new year.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D532D4" w:rsidP="00C712AD" w:rsidRDefault="00DB6FCE" w14:paraId="02BBE688" w14:textId="418B7E5B">
+    <w:p w14:paraId="02BBE688" w14:textId="418B7E5B" w:rsidR="00D532D4" w:rsidRDefault="00DB6FCE" w:rsidP="00C712AD">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Old/New Business</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00ED6A20" w:rsidP="00ED6A20" w:rsidRDefault="00ED6A20" w14:paraId="275A1119" w14:textId="0CBB5320">
-[...1 lines deleted...]
-        <w:keepNext w:val="1"/>
+    <w:p w14:paraId="275A1119" w14:textId="0CBB5320" w:rsidR="00ED6A20" w:rsidRDefault="1A4846B1" w:rsidP="00ED6A20">
+      <w:pPr>
+        <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">Member </w:t>
       </w:r>
       <w:r w:rsidR="00ED6A20">
-        <w:rPr/>
         <w:t xml:space="preserve">Goldfischer </w:t>
       </w:r>
       <w:r w:rsidR="008F3B3B">
-        <w:rPr/>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="4B04B450">
-        <w:rPr/>
         <w:t>Member</w:t>
       </w:r>
       <w:r w:rsidR="008F3B3B">
-        <w:rPr/>
         <w:t xml:space="preserve"> Kelsey</w:t>
       </w:r>
       <w:r w:rsidR="00DF2B80">
-        <w:rPr/>
         <w:t xml:space="preserve"> from DCAMM</w:t>
       </w:r>
       <w:r w:rsidR="008F3B3B">
-        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00954E92">
-        <w:rPr/>
         <w:t>raise</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00F51DE1">
-        <w:rPr/>
-[...1 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> discussion on laws overseeing funding for public construction. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00F51DE1">
-        <w:rPr/>
-[...1 lines deleted...]
-      </w:r>
+        <w:t>Needs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00F51DE1">
-        <w:rPr/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Needs to be </w:t>
+        <w:t xml:space="preserve"> to be </w:t>
       </w:r>
       <w:r w:rsidR="004732A4">
-        <w:rPr/>
         <w:t>based on availability, scope of work, and construction types.</w:t>
       </w:r>
       <w:r w:rsidR="008F3B3B">
-        <w:rPr/>
         <w:t xml:space="preserve"> This conversation is to satisfy </w:t>
       </w:r>
       <w:r w:rsidR="00235484">
-        <w:rPr/>
         <w:t xml:space="preserve">legislation requirements of raising the discussion with the panel. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00F51DE1" w:rsidR="00235484" w:rsidP="00235484" w:rsidRDefault="00235484" w14:paraId="136D748C" w14:textId="4D9E38D9">
-[...1 lines deleted...]
-        <w:keepNext w:val="1"/>
+    <w:p w14:paraId="136D748C" w14:textId="4D9E38D9" w:rsidR="00235484" w:rsidRPr="00F51DE1" w:rsidRDefault="5F44BD00" w:rsidP="00235484">
+      <w:pPr>
+        <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="2"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:rPr/>
+      </w:pPr>
+      <w:r>
         <w:t>Co-Chair Delgado</w:t>
       </w:r>
       <w:r w:rsidR="00235484">
-        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00235484">
-        <w:rPr/>
         <w:t>inquires</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00235484">
-        <w:rPr/>
         <w:t xml:space="preserve"> about circulating information with broader group.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00435659" w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="3A107507" w14:textId="77777777">
+    <w:p w14:paraId="3A107507" w14:textId="77777777" w:rsidR="00B334E4" w:rsidRPr="00435659" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B334E4" w:rsidP="00B334E4" w:rsidRDefault="00B334E4" w14:paraId="24665FBE" w14:textId="55A5F003">
+    <w:p w14:paraId="24665FBE" w14:textId="55A5F003" w:rsidR="00B334E4" w:rsidRDefault="00B334E4" w:rsidP="00B334E4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00346C6B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Adjournment</w:t>
       </w:r>
       <w:r w:rsidR="00575FB9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00235484" w:rsidR="00960422" w:rsidP="00235484" w:rsidRDefault="00235484" w14:paraId="3CB09467" w14:textId="2BEE8D61">
+    <w:p w14:paraId="3CB09467" w14:textId="2BEE8D61" w:rsidR="00960422" w:rsidRPr="00235484" w:rsidRDefault="1243258D" w:rsidP="00235484">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:rPr/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Motion to adjourn made by Member Bishop Branch. Seconded by Co-Chair Obi.  </w:t>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Motion to adjourn made by Member Bishop Branch. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Seconded</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> by Co-Chair Obi.  </w:t>
       </w:r>
       <w:r w:rsidR="00235484">
-        <w:rPr/>
         <w:t xml:space="preserve">Meeting </w:t>
       </w:r>
       <w:r w:rsidR="003576D1">
-        <w:rPr/>
         <w:t>adjourned</w:t>
       </w:r>
       <w:r w:rsidR="00235484">
-        <w:rPr/>
         <w:t xml:space="preserve"> at 3:02 PM</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="00235484" w:rsidR="00960422">
+    <w:sectPr w:rsidR="00960422" w:rsidRPr="00235484">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
-      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait" w:code="1"/>
+      <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:paperSrc w:first="7" w:other="7"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="003332F4" w:rsidRDefault="003332F4" w14:paraId="770136D6" w14:textId="77777777">
+    <w:p w14:paraId="4B43C507" w14:textId="77777777" w:rsidR="001F712C" w:rsidRDefault="001F712C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="003332F4" w:rsidRDefault="003332F4" w14:paraId="46A60E2A" w14:textId="77777777">
+    <w:p w14:paraId="189FB70C" w14:textId="77777777" w:rsidR="001F712C" w:rsidRDefault="001F712C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="003332F4" w:rsidRDefault="003332F4" w14:paraId="4D144A6A" w14:textId="77777777"/>
+    <w:p w14:paraId="60175D8B" w14:textId="77777777" w:rsidR="001F712C" w:rsidRDefault="001F712C"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cordia New">
+    <w:panose1 w:val="020B0304020202020204"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DengXian Light">
+    <w:altName w:val="等线 Light"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Angsana New">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00A862CE" w:rsidRDefault="00A862CE" w14:paraId="11F2FA47" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="11F2FA47" w14:textId="77777777" w:rsidR="00A862CE" w:rsidRDefault="00A862CE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00A862CE" w:rsidRDefault="00A862CE" w14:paraId="6AFF0049" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6AFF0049" w14:textId="77777777" w:rsidR="00A862CE" w:rsidRDefault="00A862CE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00A862CE" w:rsidRDefault="00A862CE" w14:paraId="51A06E0B" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="51A06E0B" w14:textId="77777777" w:rsidR="00A862CE" w:rsidRDefault="00A862CE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="003332F4" w:rsidRDefault="003332F4" w14:paraId="7F88A1CC" w14:textId="77777777">
+    <w:p w14:paraId="068ABC4D" w14:textId="77777777" w:rsidR="001F712C" w:rsidRDefault="001F712C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="003332F4" w:rsidRDefault="003332F4" w14:paraId="0FDF1748" w14:textId="77777777">
+    <w:p w14:paraId="6248F4B4" w14:textId="77777777" w:rsidR="001F712C" w:rsidRDefault="001F712C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="003332F4" w:rsidRDefault="003332F4" w14:paraId="42627065" w14:textId="77777777"/>
+    <w:p w14:paraId="76E8D17B" w14:textId="77777777" w:rsidR="001F712C" w:rsidRDefault="001F712C"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00A862CE" w:rsidRDefault="0097641B" w14:paraId="0673B978" w14:textId="6DF72531">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0673B978" w14:textId="6DF72531" w:rsidR="00A862CE" w:rsidRDefault="001F712C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="1BCBA149">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
-        <v:shape id="PowerPlusWaterMarkObject540053610" style="position:absolute;margin-left:0;margin-top:0;width:471.3pt;height:188.5pt;rotation:315;z-index:-251655168;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:spid="_x0000_s1026" o:allowincell="f" fillcolor="silver" stroked="f" type="#_x0000_t136">
+        <v:shape id="PowerPlusWaterMarkObject540053610" o:spid="_x0000_s1026" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:471.3pt;height:188.5pt;rotation:315;z-index:-251655168;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:1pt" string="DRAFT"/>
+          <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidRPr="000340DF" w:rsidR="00A862CE" w:rsidRDefault="0097641B" w14:paraId="0A4FDBD6" w14:textId="0A322306">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0A4FDBD6" w14:textId="0A322306" w:rsidR="00A862CE" w:rsidRPr="000340DF" w:rsidRDefault="001F712C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
         <w:b/>
         <w:color w:val="FF0000"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="44AF0A7C">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
-        <v:shape id="PowerPlusWaterMarkObject540053611" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:471.3pt;height:188.5pt;rotation:315;z-index:-251653120;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:spid="_x0000_s1027" o:allowincell="f" fillcolor="silver" stroked="f" type="#_x0000_t136">
+        <v:shape id="PowerPlusWaterMarkObject540053611" o:spid="_x0000_s1027" type="#_x0000_t136" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:471.3pt;height:188.5pt;rotation:315;z-index:-251653120;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:1pt" string="DRAFT"/>
+          <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00A862CE" w:rsidRDefault="0097641B" w14:paraId="44A3871C" w14:textId="383CC369">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="44A3871C" w14:textId="383CC369" w:rsidR="00A862CE" w:rsidRDefault="001F712C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="3C7038B8">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
-        <v:shape id="PowerPlusWaterMarkObject540053609" style="position:absolute;margin-left:0;margin-top:0;width:471.3pt;height:188.5pt;rotation:315;z-index:-251657216;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:spid="_x0000_s1025" o:allowincell="f" fillcolor="silver" stroked="f" type="#_x0000_t136">
+        <v:shape id="PowerPlusWaterMarkObject540053609" o:spid="_x0000_s1025" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:471.3pt;height:188.5pt;rotation:315;z-index:-251657216;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Times New Roman&quot;;font-size:1pt" string="DRAFT"/>
+          <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...3 lines deleted...]
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E500E61"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="01B0FE06"/>
+    <w:lvl w:ilvl="0" w:tplc="F3A0DE50">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="3CAAD184">
       <w:start w:val="9"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="44086D72">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tplc="499AF4B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tplc="A57AD658">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tplc="8D325F3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="118C97CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tplc="0046EB38">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tplc="7A3CEB3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A27292F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5F7C72B4"/>
     <w:lvl w:ilvl="0" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4412,51 +3814,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54EB782D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B73E6666"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
@@ -4530,99 +3932,99 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="599B5DEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="450C5048"/>
     <w:lvl w:ilvl="0" w:tplc="7D8E3DF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
@@ -4651,69 +4053,69 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="4">
+  <w:num w:numId="1" w16cid:durableId="1877499773">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="60099068">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="1" w16cid:durableId="60099068">
+  <w:num w:numId="3" w16cid:durableId="1699282981">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="920875938">
     <w:abstractNumId w:val="2"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2054"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -4736,50 +4138,51 @@
     <w:rsid w:val="00092D27"/>
     <w:rsid w:val="0009765A"/>
     <w:rsid w:val="000A1013"/>
     <w:rsid w:val="000A20A1"/>
     <w:rsid w:val="000B2CB7"/>
     <w:rsid w:val="000C5001"/>
     <w:rsid w:val="000C68DF"/>
     <w:rsid w:val="000D18BD"/>
     <w:rsid w:val="000E260E"/>
     <w:rsid w:val="000F047E"/>
     <w:rsid w:val="000F510D"/>
     <w:rsid w:val="00103B96"/>
     <w:rsid w:val="00107FCD"/>
     <w:rsid w:val="0011503C"/>
     <w:rsid w:val="00131BFE"/>
     <w:rsid w:val="00142E6A"/>
     <w:rsid w:val="00147B54"/>
     <w:rsid w:val="00153465"/>
     <w:rsid w:val="001B0CF8"/>
     <w:rsid w:val="001C2A83"/>
     <w:rsid w:val="001C53D6"/>
     <w:rsid w:val="001D0F37"/>
     <w:rsid w:val="001D5C5D"/>
     <w:rsid w:val="001E3FE4"/>
     <w:rsid w:val="001F6FFF"/>
+    <w:rsid w:val="001F712C"/>
     <w:rsid w:val="002050B8"/>
     <w:rsid w:val="002150A0"/>
     <w:rsid w:val="00230782"/>
     <w:rsid w:val="00235484"/>
     <w:rsid w:val="002358B4"/>
     <w:rsid w:val="0023685F"/>
     <w:rsid w:val="00237313"/>
     <w:rsid w:val="002479BF"/>
     <w:rsid w:val="002675BF"/>
     <w:rsid w:val="00267736"/>
     <w:rsid w:val="0027571D"/>
     <w:rsid w:val="0028324C"/>
     <w:rsid w:val="00293636"/>
     <w:rsid w:val="00294A0B"/>
     <w:rsid w:val="00296177"/>
     <w:rsid w:val="002A34FC"/>
     <w:rsid w:val="002B0450"/>
     <w:rsid w:val="002D6C65"/>
     <w:rsid w:val="002E7674"/>
     <w:rsid w:val="002F7D2B"/>
     <w:rsid w:val="003119C0"/>
     <w:rsid w:val="00325796"/>
     <w:rsid w:val="00326DDC"/>
     <w:rsid w:val="00331706"/>
     <w:rsid w:val="003332F4"/>
@@ -4893,80 +4296,82 @@
     <w:rsid w:val="008A04E1"/>
     <w:rsid w:val="008A5350"/>
     <w:rsid w:val="008B1378"/>
     <w:rsid w:val="008B24A8"/>
     <w:rsid w:val="008B2DA1"/>
     <w:rsid w:val="008C3962"/>
     <w:rsid w:val="008D5C7F"/>
     <w:rsid w:val="008D7962"/>
     <w:rsid w:val="008E1B34"/>
     <w:rsid w:val="008E319C"/>
     <w:rsid w:val="008F3B3B"/>
     <w:rsid w:val="008F7D21"/>
     <w:rsid w:val="00906AEF"/>
     <w:rsid w:val="0092589A"/>
     <w:rsid w:val="00934E5C"/>
     <w:rsid w:val="00937C08"/>
     <w:rsid w:val="00945952"/>
     <w:rsid w:val="0094789A"/>
     <w:rsid w:val="00954E92"/>
     <w:rsid w:val="00960422"/>
     <w:rsid w:val="009661C2"/>
     <w:rsid w:val="0097641B"/>
     <w:rsid w:val="00986B3D"/>
     <w:rsid w:val="00992E4A"/>
     <w:rsid w:val="009A391C"/>
+    <w:rsid w:val="009C6E06"/>
     <w:rsid w:val="009E291E"/>
     <w:rsid w:val="00A11948"/>
     <w:rsid w:val="00A13BD9"/>
     <w:rsid w:val="00A20BFA"/>
     <w:rsid w:val="00A4498A"/>
     <w:rsid w:val="00A44B48"/>
     <w:rsid w:val="00A523E7"/>
     <w:rsid w:val="00A56D08"/>
     <w:rsid w:val="00A607A3"/>
     <w:rsid w:val="00A70FF1"/>
     <w:rsid w:val="00A83726"/>
     <w:rsid w:val="00A862CE"/>
     <w:rsid w:val="00A90167"/>
     <w:rsid w:val="00A901C3"/>
     <w:rsid w:val="00AA64FD"/>
     <w:rsid w:val="00AB02F9"/>
     <w:rsid w:val="00AB2556"/>
     <w:rsid w:val="00AB5864"/>
     <w:rsid w:val="00AC00F0"/>
     <w:rsid w:val="00AC1CD1"/>
     <w:rsid w:val="00AC4287"/>
     <w:rsid w:val="00AD5BB0"/>
     <w:rsid w:val="00AD63E2"/>
     <w:rsid w:val="00AD6F07"/>
     <w:rsid w:val="00AF1FD1"/>
     <w:rsid w:val="00B02074"/>
     <w:rsid w:val="00B05A30"/>
     <w:rsid w:val="00B21E51"/>
     <w:rsid w:val="00B334E4"/>
     <w:rsid w:val="00B362E3"/>
+    <w:rsid w:val="00B50144"/>
     <w:rsid w:val="00B57FF3"/>
     <w:rsid w:val="00B64651"/>
     <w:rsid w:val="00B66B51"/>
     <w:rsid w:val="00B70041"/>
     <w:rsid w:val="00B713CB"/>
     <w:rsid w:val="00B71762"/>
     <w:rsid w:val="00B9064B"/>
     <w:rsid w:val="00B914B2"/>
     <w:rsid w:val="00B92183"/>
     <w:rsid w:val="00B92A15"/>
     <w:rsid w:val="00BA62FF"/>
     <w:rsid w:val="00BC3104"/>
     <w:rsid w:val="00BD4451"/>
     <w:rsid w:val="00BE0215"/>
     <w:rsid w:val="00BE0E00"/>
     <w:rsid w:val="00BE5B7B"/>
     <w:rsid w:val="00C12114"/>
     <w:rsid w:val="00C454A8"/>
     <w:rsid w:val="00C46186"/>
     <w:rsid w:val="00C55091"/>
     <w:rsid w:val="00C6038B"/>
     <w:rsid w:val="00C6356D"/>
     <w:rsid w:val="00C7060E"/>
     <w:rsid w:val="00C712AD"/>
     <w:rsid w:val="00C735AA"/>
@@ -4999,50 +4404,51 @@
     <w:rsid w:val="00DA6DAA"/>
     <w:rsid w:val="00DB0297"/>
     <w:rsid w:val="00DB15E2"/>
     <w:rsid w:val="00DB53C2"/>
     <w:rsid w:val="00DB6FCE"/>
     <w:rsid w:val="00DC26A5"/>
     <w:rsid w:val="00DD13EC"/>
     <w:rsid w:val="00DD7E19"/>
     <w:rsid w:val="00DE1650"/>
     <w:rsid w:val="00DE2F95"/>
     <w:rsid w:val="00DF2B80"/>
     <w:rsid w:val="00DF701C"/>
     <w:rsid w:val="00E00886"/>
     <w:rsid w:val="00E03E97"/>
     <w:rsid w:val="00E24B88"/>
     <w:rsid w:val="00E42242"/>
     <w:rsid w:val="00E46773"/>
     <w:rsid w:val="00E66F0C"/>
     <w:rsid w:val="00E81BB7"/>
     <w:rsid w:val="00E918CB"/>
     <w:rsid w:val="00E91B95"/>
     <w:rsid w:val="00E920F7"/>
     <w:rsid w:val="00E92BAC"/>
     <w:rsid w:val="00E96AC3"/>
     <w:rsid w:val="00EA5F3A"/>
+    <w:rsid w:val="00EB5858"/>
     <w:rsid w:val="00EB6CC0"/>
     <w:rsid w:val="00EC1FEA"/>
     <w:rsid w:val="00EC42CC"/>
     <w:rsid w:val="00ED5DFD"/>
     <w:rsid w:val="00ED6A20"/>
     <w:rsid w:val="00EE674F"/>
     <w:rsid w:val="00EF03D4"/>
     <w:rsid w:val="00EF170A"/>
     <w:rsid w:val="00EF3419"/>
     <w:rsid w:val="00F049CD"/>
     <w:rsid w:val="00F12B9D"/>
     <w:rsid w:val="00F14DBB"/>
     <w:rsid w:val="00F364E2"/>
     <w:rsid w:val="00F42172"/>
     <w:rsid w:val="00F51DE1"/>
     <w:rsid w:val="00F707C4"/>
     <w:rsid w:val="00F72CB6"/>
     <w:rsid w:val="019A601A"/>
     <w:rsid w:val="0273BB57"/>
     <w:rsid w:val="02D1DD8A"/>
     <w:rsid w:val="056ACD15"/>
     <w:rsid w:val="064567AB"/>
     <w:rsid w:val="084DC43B"/>
     <w:rsid w:val="08BB722A"/>
     <w:rsid w:val="092C33D0"/>
@@ -5140,151 +4546,156 @@
     <w:rsid w:val="75229C75"/>
     <w:rsid w:val="75C9BC65"/>
     <w:rsid w:val="76C53C59"/>
     <w:rsid w:val="774669FE"/>
     <w:rsid w:val="77DE9531"/>
     <w:rsid w:val="784BA3C0"/>
     <w:rsid w:val="78CB8D96"/>
     <w:rsid w:val="7C2EA316"/>
     <w:rsid w:val="7C3AC900"/>
     <w:rsid w:val="7D9E50DA"/>
     <w:rsid w:val="7FABA160"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PostalCode"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="address"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="Street"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2054"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="15274527"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{905E73DB-48F3-4B0C-BCCE-720F71D1A5AA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5440,52 +4851,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -5552,364 +4963,365 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B334E4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:rsid w:val="00B334E4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:rsid w:val="00B334E4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:rsid w:val="00B334E4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:rsid w:val="00B334E4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="004A11C6"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00383E4A"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00383E4A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D57F0A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00334354"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="PlainText">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PlainTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B2702"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlainTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
     <w:name w:val="Plain Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="PlainText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B2702"/>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Times New Roman"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00BC3104"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F049CD"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F049CD"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F049CD"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F049CD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F049CD"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F049CD"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1177840152">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1491404733">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1722365390">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mass-gov-anf.zoom.us/j/83289358638?pwd=WitSbCtENWJhSldSd2dFS3BVWVlwQT09" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mass-gov-anf.zoom.us/j/83289358638?pwd=WitSbCtENWJhSldSd2dFS3BVWVlwQT09" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6176,82 +5588,75 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6dd3fc6d-0329-44eb-acde-fee98b7e96fa" xmlns:ns3="71edd43e-718e-4f82-9145-3875adf2a1d5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f5336b6c4b600d27d0aa1489c4e29175" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010030E95B6BB7C9A442BF76651FCC540C11" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="db15e1aaa4721992bb72ceffea85196a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6dd3fc6d-0329-44eb-acde-fee98b7e96fa" xmlns:ns3="71edd43e-718e-4f82-9145-3875adf2a1d5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="50947e83a158857da62b7a6d6a96ce26" ns2:_="" ns3:_="">
     <xsd:import namespace="6dd3fc6d-0329-44eb-acde-fee98b7e96fa"/>
     <xsd:import namespace="71edd43e-718e-4f82-9145-3875adf2a1d5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6dd3fc6d-0329-44eb-acde-fee98b7e96fa" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -6270,50 +5675,60 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="71edd43e-718e-4f82-9145-3875adf2a1d5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -6413,133 +5828,140 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="71edd43e-718e-4f82-9145-3875adf2a1d5" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6dd3fc6d-0329-44eb-acde-fee98b7e96fa">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <SharedWithUsers xmlns="71edd43e-718e-4f82-9145-3875adf2a1d5">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27DF507D-5FCA-475C-8B02-0FEFD9AF9950}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D8DB29D-804B-4455-A3F3-869741D35648}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDBCE0DF-29CE-4673-88A3-F33B51624047}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="71edd43e-718e-4f82-9145-3875adf2a1d5"/>
     <ds:schemaRef ds:uri="6dd3fc6d-0329-44eb-acde-fee98b7e96fa"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>4</Pages>
+  <Words>1140</Words>
+  <Characters>6500</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>7625</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Govoni, Kelly K (A&amp;F)</dc:creator>
-  <keywords/>
+  <cp:keywords/>
   <dc:description/>
-  <lastModifiedBy>Wilfert, Alexander W.</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2022-12-15T16:11:00.0000000Z</lastPrinted>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010030E95B6BB7C9A442BF76651FCC540C11</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>21600</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>