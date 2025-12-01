--- v0 (2025-10-06)
+++ v1 (2025-12-01)
@@ -780,51 +780,63 @@
                 <w:b/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Business</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>II</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="368E5DB6" w14:textId="11DE5300" w:rsidR="002330A2" w:rsidRDefault="002330A2" w:rsidP="002330A2">
+          <w:p w14:paraId="0136BC35" w14:textId="6B036041" w:rsidR="00580AA7" w:rsidRDefault="00580AA7" w:rsidP="002330A2">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Vote on Approval of Wachusett RMPs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="368E5DB6" w14:textId="38043A15" w:rsidR="002330A2" w:rsidRDefault="002330A2" w:rsidP="002330A2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Committee</w:t>
             </w:r>
             <w:r w:rsidRPr="00B96E32">
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CF01A4A" w14:textId="77777777" w:rsidR="001A4BA7" w:rsidRDefault="001A4BA7" w:rsidP="001A4BA7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -1974,126 +1986,129 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1581284841">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="246155864">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="733895575">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="617836009">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="322465513">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="96"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001A4BA7"/>
     <w:rsid w:val="00050DE3"/>
     <w:rsid w:val="000A4CC3"/>
     <w:rsid w:val="000E0004"/>
     <w:rsid w:val="000F75AB"/>
     <w:rsid w:val="000F7898"/>
     <w:rsid w:val="00146512"/>
     <w:rsid w:val="00190795"/>
     <w:rsid w:val="001A4BA7"/>
     <w:rsid w:val="001B4BDE"/>
     <w:rsid w:val="001B5086"/>
     <w:rsid w:val="001F5831"/>
     <w:rsid w:val="002165A1"/>
     <w:rsid w:val="002330A2"/>
     <w:rsid w:val="00235811"/>
     <w:rsid w:val="00256DBA"/>
     <w:rsid w:val="002D335A"/>
     <w:rsid w:val="002D6817"/>
     <w:rsid w:val="002E6A9B"/>
     <w:rsid w:val="003221A4"/>
     <w:rsid w:val="003558F5"/>
     <w:rsid w:val="00405F0A"/>
     <w:rsid w:val="00432941"/>
     <w:rsid w:val="004457D2"/>
     <w:rsid w:val="00453F6C"/>
     <w:rsid w:val="004A1170"/>
     <w:rsid w:val="004D1F3C"/>
     <w:rsid w:val="004F5F80"/>
     <w:rsid w:val="00503439"/>
     <w:rsid w:val="00553C26"/>
+    <w:rsid w:val="00580AA7"/>
     <w:rsid w:val="00584008"/>
     <w:rsid w:val="005962A4"/>
     <w:rsid w:val="005E4671"/>
     <w:rsid w:val="005F5AC2"/>
     <w:rsid w:val="0064413F"/>
     <w:rsid w:val="00672F43"/>
     <w:rsid w:val="006908B9"/>
     <w:rsid w:val="006E4138"/>
     <w:rsid w:val="006F3595"/>
     <w:rsid w:val="00740205"/>
     <w:rsid w:val="00766254"/>
     <w:rsid w:val="007674C7"/>
     <w:rsid w:val="007E308C"/>
     <w:rsid w:val="0080188C"/>
     <w:rsid w:val="0083171E"/>
     <w:rsid w:val="008367B5"/>
     <w:rsid w:val="008434E9"/>
     <w:rsid w:val="00855C92"/>
     <w:rsid w:val="00862AF4"/>
     <w:rsid w:val="0088459B"/>
     <w:rsid w:val="00885060"/>
     <w:rsid w:val="00950DC4"/>
     <w:rsid w:val="009C63FF"/>
     <w:rsid w:val="009E3F7A"/>
     <w:rsid w:val="00A83D07"/>
     <w:rsid w:val="00A96AFC"/>
     <w:rsid w:val="00AB5D27"/>
     <w:rsid w:val="00AD4076"/>
     <w:rsid w:val="00AD702C"/>
     <w:rsid w:val="00AF577E"/>
     <w:rsid w:val="00B0396C"/>
     <w:rsid w:val="00B70AC6"/>
     <w:rsid w:val="00B85A83"/>
     <w:rsid w:val="00BD3EF5"/>
+    <w:rsid w:val="00BE5416"/>
     <w:rsid w:val="00C30399"/>
     <w:rsid w:val="00CF041F"/>
     <w:rsid w:val="00CF1951"/>
     <w:rsid w:val="00D15E58"/>
     <w:rsid w:val="00D55AA3"/>
     <w:rsid w:val="00D6382E"/>
     <w:rsid w:val="00D7048C"/>
     <w:rsid w:val="00D86E66"/>
     <w:rsid w:val="00DC5784"/>
     <w:rsid w:val="00DD013F"/>
     <w:rsid w:val="00E10813"/>
     <w:rsid w:val="00E45F49"/>
     <w:rsid w:val="00E86939"/>
     <w:rsid w:val="00F53719"/>
     <w:rsid w:val="00FC7BCD"/>
     <w:rsid w:val="00FD4B8F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -3225,70 +3240,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C926285-1F78-4E7A-8121-3CDFE502DA09}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>172</Words>
-  <Characters>981</Characters>
+  <Words>177</Words>
+  <Characters>1011</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1151</CharactersWithSpaces>
+  <CharactersWithSpaces>1186</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Perry, Matthew S (DCR)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>