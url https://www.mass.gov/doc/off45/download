--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -329,105 +329,123 @@
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Contract Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
-          <w:p w14:paraId="562EAF79" w14:textId="77777777" w:rsidR="00DB025D" w:rsidRPr="00136526" w:rsidRDefault="00DB025D" w:rsidP="00A807F1">
+          <w:p w14:paraId="562EAF79" w14:textId="506CFF02" w:rsidR="00DB025D" w:rsidRPr="00136526" w:rsidRDefault="00DB025D" w:rsidP="00A807F1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Contract Term: </w:t>
             </w:r>
             <w:r w:rsidRPr="0009664F">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t>October 1, 2023-February 1, 2027</w:t>
+              <w:t>October 1, 2023</w:t>
+            </w:r>
+            <w:r w:rsidR="006A248B">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0009664F">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>February 1, 2027</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18DAF315" w14:textId="5DD92464" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="00DB025D" w:rsidP="00A807F1">
+          <w:p w14:paraId="18DAF315" w14:textId="73A913FB" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="00DB025D" w:rsidP="00A807F1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Maximum End Date: </w:t>
             </w:r>
             <w:r w:rsidRPr="00867B4D">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>One</w:t>
+            </w:r>
+            <w:r w:rsidR="006A248B">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1)</w:t>
             </w:r>
             <w:r w:rsidR="007553C6">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">, three- </w:t>
             </w:r>
             <w:r w:rsidRPr="00867B4D">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>year extension to 2030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="0093033F">
         <w:trPr>
           <w:trHeight w:val="1299"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
@@ -597,65 +615,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quote Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="287CDF2F" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00DB025D" w:rsidRDefault="0064148A" w:rsidP="00DB025D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB025D">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quotes are not required for </w:t>
-[...13 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Quotes are not required for purchasing.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="598ACD9D" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="00910E44">
         <w:trPr>
           <w:trHeight w:val="758"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="182735FB" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
@@ -728,86 +732,112 @@
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14685198" w14:textId="1C59CDF0" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="00910E44" w:rsidP="00953689">
+          <w:p w14:paraId="14685198" w14:textId="5E8FB0B8" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="006A248B" w:rsidP="00953689">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">10/27/25: </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DB025D" w:rsidRPr="00D47F7A">
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="00910E44">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Updated C</w:t>
+              <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ategory</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DB025D" w:rsidRPr="00D47F7A">
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="00910E44">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Manager</w:t>
+              <w:t>/2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> information.</w:t>
+              <w:t>026</w:t>
+            </w:r>
+            <w:r w:rsidR="00910E44">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Removed </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00176D30">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Request for Payment Authorization (RPA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> language.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="00CBB677" w14:textId="77777777" w:rsidR="00910E44" w:rsidRDefault="00910E44" w:rsidP="00DB025D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EE53A3B" w14:textId="666D0E55" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="00AC1E9E" w:rsidP="00DB025D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
@@ -843,170 +873,115 @@
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mass.gov/</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>mass.gov/osd</w:t>
+      </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF7BD81" w14:textId="4F6DD1ED" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
+    <w:p w14:paraId="2AF7BD81" w14:textId="316CCE46" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="15557A60" w:rsidP="61A649E3">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
-        <w:rPr>
-[...41 lines deleted...]
-      <w:r w:rsidR="00A20B04">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:noProof/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009E685D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="61A649E3">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009E685D">
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="04E2D620" w:rsidRPr="61A649E3">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009E685D">
+        </w:rPr>
+        <w:t>Template Version: 9.0</w:t>
+      </w:r>
+      <w:r w:rsidR="0A6CC38B" w:rsidRPr="61A649E3">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009E685D">
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidR="04E2D620" w:rsidRPr="61A649E3">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009E685D">
+        </w:rPr>
+        <w:t>Page</w:t>
+      </w:r>
+      <w:r w:rsidR="4DFD0C30" w:rsidRPr="61A649E3">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00A20B04">
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="04E2D620" w:rsidRPr="61A649E3">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
-          <w:noProof/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="009E685D">
+        </w:rPr>
+        <w:t xml:space="preserve"> of</w:t>
+      </w:r>
+      <w:r w:rsidR="2733F2EE" w:rsidRPr="61A649E3">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
-          <w:szCs w:val="24"/>
-[...1 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="6F1DDA1B" w:rsidRPr="61A649E3">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D2DD00E" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="left" w:pos="1815"/>
           <w:tab w:val="center" w:pos="4968"/>
           <w:tab w:val="right" w:pos="9990"/>
         </w:tabs>
         <w:ind w:left="-1440" w:right="-1440"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -1040,107 +1015,99 @@
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00145223">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>617-</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">720-3300 | </w:t>
       </w:r>
       <w:hyperlink r:id="rId14">
         <w:r w:rsidR="00FA6E91">
           <w:rPr>
             <w:color w:val="2E368F"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>mass.gov/</w:t>
+          <w:t>mass.gov/osd</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="007D0521">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BCBF46A" w14:textId="77777777" w:rsidR="00B03625" w:rsidRDefault="00B03625" w:rsidP="00426815">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:sectPr w:rsidR="00B03625" w:rsidSect="003E7DC2">
           <w:headerReference w:type="default" r:id="rId15"/>
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:headerReference w:type="first" r:id="rId17"/>
           <w:footerReference w:type="first" r:id="rId18"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="1932468650"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="46FC1B32" w14:textId="42253982" w:rsidR="005A21C6" w:rsidRDefault="005A21C6">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="0CE2BBC6" w14:textId="20E3C612" w:rsidR="00A20B04" w:rsidRDefault="00003C5E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:vanish w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
@@ -3223,63 +3190,52 @@
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B049358" w14:textId="77777777" w:rsidR="00910E44" w:rsidRDefault="00910E44" w:rsidP="00B854B6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76DCC826" w14:textId="22239B2B" w:rsidR="003F26F2" w:rsidRDefault="13FE62E6" w:rsidP="00B854B6">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">TIP: To return to the first page throughout this document, use </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>TIP: To return to the first page throughout this document, use Ctrl+home</w:t>
+      </w:r>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D66FF8">
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Toc194066592"/>
     </w:p>
     <w:p w14:paraId="0954B7C4" w14:textId="695E6010" w:rsidR="00E26E6E" w:rsidRDefault="00F65966" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc212461707"/>
       <w:r w:rsidRPr="00564A93">
         <w:lastRenderedPageBreak/>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidR="00C0549D" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B15B3F" w:rsidRPr="00633557">
@@ -4004,127 +3960,95 @@
       <w:r w:rsidRPr="00371AB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Any items requiring installation to a permanent/fixed structure. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1830ADEC" w14:textId="58207FA2" w:rsidR="00371AB5" w:rsidRPr="00371AB5" w:rsidRDefault="00371AB5" w:rsidP="00A807F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00371AB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Additional items reviewed during the term of the contract that </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> a statewide contract. </w:t>
+        <w:t xml:space="preserve">Additional items reviewed during the term of the contract that overlap a statewide contract. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E8D0470" w14:textId="77777777" w:rsidR="00371AB5" w:rsidRPr="001B70E9" w:rsidRDefault="00371AB5" w:rsidP="001B70E9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B70E9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>Procurement Exclusions for Connecticut</w:t>
       </w:r>
       <w:r w:rsidRPr="001B70E9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22EFFE07" w14:textId="5616DE8B" w:rsidR="00371AB5" w:rsidRPr="00371AB5" w:rsidRDefault="00371AB5" w:rsidP="00A807F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00371AB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Multipurpose Copy Paper and Toner </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> available through Contract #18PSX0032| Office Supplies, Toner, and Cut Sheet Paper</w:t>
+        <w:t>Multipurpose Copy Paper and Toner is available through Contract #18PSX0032| Office Supplies, Toner, and Cut Sheet Paper</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BF11501" w14:textId="121B37E2" w:rsidR="00371AB5" w:rsidRPr="00371AB5" w:rsidRDefault="00371AB5" w:rsidP="00A807F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00371AB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Audiovisual Equipment, Supplies &amp; Services is available through Contract #19PSX0015|Audio Visual Equipment </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ABFA5A0" w14:textId="3D4A92E7" w:rsidR="00371AB5" w:rsidRPr="00371AB5" w:rsidRDefault="00371AB5" w:rsidP="00A807F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -4201,124 +4125,92 @@
       <w:r w:rsidRPr="00371AB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Athletic Equipment and Supplies is available through Contract #18PSX0319 |Purchase of Athletic Equipment and Supplies </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ECD1954" w14:textId="22EDB1C6" w:rsidR="00371AB5" w:rsidRPr="00371AB5" w:rsidRDefault="00371AB5" w:rsidP="00A807F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00371AB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Computer Hardware is available through Contract #13PSX0280 |Minnesota NASPO </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Computer Equipment </w:t>
+        <w:t xml:space="preserve">Computer Hardware is available through Contract #13PSX0280 |Minnesota NASPO ValuePoint Computer Equipment </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D517C5D" w14:textId="3B7D5CBB" w:rsidR="00371AB5" w:rsidRPr="00371AB5" w:rsidRDefault="00371AB5" w:rsidP="00A807F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00371AB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Any items requiring installation to a permanent/fixed structure. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A1CD541" w14:textId="6D07242C" w:rsidR="00371AB5" w:rsidRPr="00371AB5" w:rsidRDefault="00371AB5" w:rsidP="00A807F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00371AB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Additional items reviewed during the term of the contract that </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> an existing contract. For more information regarding the above-listed contracts for the state of Connecticut please go to</w:t>
+        <w:t>Additional items reviewed during the term of the contract that overlap an existing contract. For more information regarding the above-listed contracts for the state of Connecticut please go to</w:t>
       </w:r>
       <w:r w:rsidRPr="00371AB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00371AB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:iCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Connecticut’s Department of Administrative services website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00371AB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
@@ -5147,235 +5039,90 @@
         <w:t>Buyers can solicit quotes directly from multiple vendors outside of COMMBUYS by email or phone.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C54F766" w14:textId="77777777" w:rsidR="00176D30" w:rsidRPr="00176D30" w:rsidRDefault="00176D30" w:rsidP="00176D30">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176D30">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>To ensure application of contract pricing, always reference OFF53 in the Requesting for Quotes (RFQ) and ensure OFF53 is referenced on all quotes and invoice received.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22A3CF23" w14:textId="77777777" w:rsidR="00176D30" w:rsidRPr="00176D30" w:rsidRDefault="00176D30" w:rsidP="00176D30">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00176D30">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="4D884B43">
         <w:t>All quotes should clearly indicate Free on Board (FOB) destination, with all charges for transportation and unloading prepaid by the vendor/s for all Commonwealth departments, cities, towns, and political subdivisions within the Commonwealth of Massachusetts.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="4F199B75" w14:textId="0143F423" w:rsidR="4D884B43" w:rsidRDefault="4D884B43" w:rsidP="4D884B43"/>
     <w:p w14:paraId="014E2558" w14:textId="77777777" w:rsidR="00176D30" w:rsidRPr="00176D30" w:rsidRDefault="00176D30" w:rsidP="00176D30">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00176D30">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>To set up a COMMBUYS buyer account, contact your organization’s COMMBUYS administrator.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DFB5A37" w14:textId="77777777" w:rsidR="00176D30" w:rsidRPr="00176D30" w:rsidRDefault="00176D30" w:rsidP="00176D30">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00176D30">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="4D884B43">
         <w:t xml:space="preserve">For questions about Direct Quotes purchasing using COMMBUYS, contact </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
-        <w:r w:rsidRPr="00176D30">
+      <w:hyperlink r:id="rId28">
+        <w:r w:rsidRPr="4D884B43">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
-            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSDhelpdesk@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00176D30">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="4D884B43">
         <w:t>, or call (888) 627-8283.</w:t>
-      </w:r>
-[...130 lines deleted...]
-        <w:t xml:space="preserve"> MMARS and COMMBUYS do not interface. Payment request and invoice must be reported in both MMARS and COMMBUYS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0288325A" w14:textId="32D6FF57" w:rsidR="000067FD" w:rsidRPr="000067FD" w:rsidRDefault="000067FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="_Toc212461714"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:t xml:space="preserve">Setting Up a </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:t>COMMBUYS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Account</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="78CB2CA0" w14:textId="37DC3E94" w:rsidR="000B5F54" w:rsidRDefault="000B5F54" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5483,51 +5230,50 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00124E63" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>efficiency in the procurement process.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="370E26D7" w14:textId="1F0CF014" w:rsidR="0082614B" w:rsidRPr="00136C46" w:rsidRDefault="0082614B" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For Executive Agencies, COMMBUYS is required. </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Per </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>801 CMR 21.00</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, Executive Agencies must use established </w:t>
       </w:r>
       <w:r>
@@ -5571,51 +5317,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the buyers must </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:r w:rsidR="00A17CD7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidR="00B3390A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSD Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or call</w:t>
       </w:r>
       <w:r w:rsidR="00A17CD7">
         <w:rPr>
@@ -5716,50 +5462,51 @@
         </w:rPr>
         <w:t>mak</w:t>
       </w:r>
       <w:r w:rsidR="00DF3644">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> informed purchasing choices. Eligible entities should follow their internal guidelines for COMMBUYS use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01DC6409" w14:textId="58CA8183" w:rsidR="004B6469" w:rsidRDefault="00AB211E" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_Toc212461715"/>
       <w:bookmarkStart w:id="25" w:name="_Toc194066601"/>
       <w:r w:rsidRPr="00AB211E">
+        <w:lastRenderedPageBreak/>
         <w:t>Finding Contract Documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidRPr="00AB211E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="782F9C76" w14:textId="423CA7C5" w:rsidR="00AF445B" w:rsidRPr="00136C46" w:rsidRDefault="00D2137A" w:rsidP="00AF445B">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers </w:t>
       </w:r>
       <w:r w:rsidR="00E3202F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
@@ -5894,51 +5641,51 @@
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D67533E" w14:textId="20708DE8" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31">
+      <w:hyperlink r:id="rId30">
         <w:r w:rsidRPr="00136C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">home page, enter </w:t>
       </w:r>
       <w:r w:rsidR="000B449D" w:rsidRPr="000B449D">
         <w:rPr>
@@ -6045,204 +5792,212 @@
         </w:rPr>
         <w:t>Master Blanket Purchase Orders (</w:t>
       </w:r>
       <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MBPOs</w:t>
       </w:r>
       <w:r w:rsidR="00837172" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> information opens in a table format. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C5DE19C" w14:textId="04D79911" w:rsidR="00EF6BEA" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00F329F3">
+    <w:p w14:paraId="6C5DE19C" w14:textId="3FB1EA21" w:rsidR="00EF6BEA" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00F329F3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To view </w:t>
       </w:r>
       <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00F951D6" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>associated</w:t>
       </w:r>
       <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">contract documents, under the </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Blanket #</w:t>
-[...85 lines deleted...]
-      <w:r w:rsidRPr="00136C46">
+        <w:t xml:space="preserve">Blanket </w:t>
+      </w:r>
+      <w:r w:rsidR="006A248B" w:rsidRPr="006A248B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Agency Attachments</w:t>
+        <w:t>Number</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or </w:t>
+        <w:t xml:space="preserve"> column, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF04CB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>select</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the applicable </w:t>
+      </w:r>
+      <w:r w:rsidR="00A14A44" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Purchase Order (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PO</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3369B" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> link. </w:t>
+      </w:r>
+      <w:r w:rsidR="0002260E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="001E44D0" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MBPO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> opens for the selected </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4464F" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PO,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the attachments </w:t>
+      </w:r>
+      <w:r w:rsidR="000F68FF">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be found in the </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Agency Attachments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Vendor Attachments</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section.</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25607E40" w14:textId="59BE700E" w:rsidR="00530D68" w:rsidRPr="00136C46" w:rsidRDefault="00D618B6" w:rsidP="000B449D">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17040">
         <w:rPr>
@@ -6258,51 +6013,51 @@
       </w:r>
       <w:r w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">within the Master Contract Record. Access them directly by </w:t>
       </w:r>
       <w:r w:rsidR="00CF04CB">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ing </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidR="000B449D" w:rsidRPr="00661CEC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Master Blanket Purchase Order (MBPO)</w:t>
         </w:r>
         <w:r w:rsidR="000B449D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000B449D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C1318A" w14:textId="646B8CC7" w:rsidR="003C3ABF" w:rsidRDefault="00554AF0" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
@@ -6415,99 +6170,106 @@
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="00136C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> page</w:t>
       </w:r>
       <w:r w:rsidR="00F33440" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and follow these steps:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EAA3403" w14:textId="22E92C57" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="00A807F1">
+    <w:p w14:paraId="1EAA3403" w14:textId="7E1F8D3A" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="00A807F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="00EB01C8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> page, u</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nder the </w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Master Blanket Purchase Order #</w:t>
+        <w:t xml:space="preserve">Master Blanket Purchase Order </w:t>
+      </w:r>
+      <w:r w:rsidR="006A248B" w:rsidRPr="006A248B">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>number</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Column, </w:t>
       </w:r>
       <w:r w:rsidR="00CF04CB">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the applicable </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
@@ -6539,51 +6301,50 @@
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Master Blanket Purchase Order (MBPO) opens for the selected PO.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0681DD01" w14:textId="33618CF0" w:rsidR="00554AF0" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="00A807F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">On the MBPO, scroll down to the </w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendor Attachments</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section to find the vendor-specific documents</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64B41098" w14:textId="04D66C77" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="00A807F1">
@@ -6680,156 +6441,157 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Executive Departments </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> use diverse and small businesses to the extent possible based on contract terms, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Office (SDO)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and departmental policies, laws, and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C47129" w14:textId="777E7F71" w:rsidR="00D16914" w:rsidRDefault="00D16914" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="00556773">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Small Business Purchasing Program (SBPP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to small procurements ($250,000 or below annually), while the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidRPr="001B046D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Program (SDP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to large procurements (over $250,000 annually). Executive Departments must consider these requirements when soliciting quotes or issuing Statements </w:t>
       </w:r>
       <w:r w:rsidR="001F7D27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f Work (SOWs).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="763DAE00" w14:textId="33AFFFF4" w:rsidR="00A31A6A" w:rsidRDefault="00A4039E" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Operational Services Division (OSD) provides a list of SDO businesses through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Statewide Contract Index</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000B307C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
@@ -6933,51 +6695,51 @@
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r w:rsidR="008E179F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of SDP Plan Forms: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B925288" w14:textId="2C8CC15C" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="009E2D17">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
@@ -7059,66 +6821,65 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6101">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If available, departments must notify at least two certified small businesses capable of providing the product or service. Bids received from SBPP-participating small businesses must be evaluated, and if one meets the department’s best value criteria, the contract must be awarded to that vendor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ACB0633" w14:textId="181C0B0C" w:rsidR="003C6101" w:rsidRDefault="008F629C" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
+      <w:hyperlink r:id="rId37" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
         <w:r w:rsidRPr="008F629C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of Responses to Small Procurements: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EE73878" w14:textId="685C5905" w:rsidR="008F629C" w:rsidRPr="003C6101" w:rsidRDefault="00ED6956" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -7178,159 +6939,142 @@
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="_Toc194066610"/>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For shipping, delivery, and returns, please follow these guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="026D5367" w14:textId="5C981B29" w:rsidR="000B449D" w:rsidRPr="000B449D" w:rsidRDefault="000B449D" w:rsidP="000B449D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B449D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Delivery must be provided at no additional cost and without minimum order requirements. All orders shall be Free </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">Delivery must be provided at no additional cost and without minimum order requirements. All orders shall be Free On Board (FOB) destination, with freight included. Orders must be delivered within 24 to </w:t>
+      </w:r>
       <w:r w:rsidRPr="000B449D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>On</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Board (FOB) destination, with freight included. Orders must be delivered within 24 to 48 hours after order confirmation. Deliveries shall occur during regular business hours, typically 8:00 AM to 5:00 PM EST/EDT, Monday through Friday. Contractors offering extended delivery hours beyond this timeframe should specify those additional hours. Any changes to delivery times require written approval from the Eligible Entity.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>48 hours after order confirmation. Deliveries shall occur during regular business hours, typically 8:00 AM to 5:00 PM EST/EDT, Monday through Friday. Contractors offering extended delivery hours beyond this timeframe should specify those additional hours. Any changes to delivery times require written approval from the Eligible Entity.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BD8B025" w14:textId="3C7B2DC8" w:rsidR="000B449D" w:rsidRPr="000B449D" w:rsidRDefault="000B449D" w:rsidP="000B449D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B449D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">It is highly desirable that all in-stock orders be processed and shipped within 24 to 48 hours of order receipt, maintaining a 95% fill rate. If an item is not in stock and must be fulfilled via drop shipment, it is highly desirable that delivery </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> within five (5) business days after order receipt. Items drop-shipped directly from the manufacturer are subject to the manufacturer’s lead times. In such cases, contractors must notify the customer of the estimated ship date. If the estimated date is not acceptable, the customer may cancel that portion of the order without penalty.</w:t>
+        <w:t>It is highly desirable that all in-stock orders be processed and shipped within 24 to 48 hours of order receipt, maintaining a 95% fill rate. If an item is not in stock and must be fulfilled via drop shipment, it is highly desirable that delivery occur within five (5) business days after order receipt. Items drop-shipped directly from the manufacturer are subject to the manufacturer’s lead times. In such cases, contractors must notify the customer of the estimated ship date. If the estimated date is not acceptable, the customer may cancel that portion of the order without penalty.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FC00064" w14:textId="2E02CCE5" w:rsidR="000B449D" w:rsidRPr="000B449D" w:rsidRDefault="000B449D" w:rsidP="000B449D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B449D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Contractors must be able to pack and label orders for specific classrooms or individual teachers in “teacher-packs,” as defined by the ordering customer. Contractors must also be able to hold orders and delay shipments during standard school breaks (summer, winter, and spring) upon request. No additional charges will be accepted for teacher packs, pallets, or inside deliveries.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06BEFE40" w14:textId="50281D8F" w:rsidR="000B449D" w:rsidRPr="000B449D" w:rsidRDefault="000B449D" w:rsidP="000B449D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B449D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All orders must be labeled and packaged adequately to ensure safe handling and proper delivery. Deliveries may involve multiple drop points within a single location, which may include desktop and/or departmental deliveries. If an item is out of stock, an acceptable substitute should be provided within the original delivery timeframe. If a suitable alternative cannot be arranged, the contractor must make every effort to complete delivery as soon as possible. When requested, contractors must coordinate delivery times directly with the contract user.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1003E965" w14:textId="5D9C4C4D" w:rsidR="000B449D" w:rsidRPr="000B449D" w:rsidRDefault="000B449D" w:rsidP="000B449D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B449D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Contractors must comply with all security and property access policies established by Eligible Entities. It is the awarded bidder’s responsibility to follow these procedures prior to attempting entry. Contractors must be prepared to provide a list of driver names and any other background information required for security clearance into various locations across the state. If a contractor uses an independent delivery company, the contractor remains responsible for ensuring coordination between the delivery company and the contract user. Deliveries that are late or cannot be made within the above guidelines may be canceled at no cost to the Commonwealth.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09D0CDB1" w14:textId="61A3A275" w:rsidR="000B449D" w:rsidRPr="009A0EF8" w:rsidRDefault="000B449D" w:rsidP="000B449D">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B449D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Products returned due to quality issues, duplicate shipments, outdated or damaged items must be picked up by the contractor within five (5) business days of notification, at no cost to the customer. Such items shall be replaced with the specified products or fully credited/refunded to the ordering entity. Products ordered in error must be returned for credit within fifteen (15) days of receipt, provided they are in resalable condition (original packaging, unused). The contractor may not charge any fees or restocking charges for these returns.</w:t>
+        <w:t xml:space="preserve">Products returned due to quality issues, duplicate shipments, outdated or damaged items must be picked up by the contractor within five (5) business days of notification, at no cost to the customer. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B449D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Such items shall be replaced with the specified products or fully credited/refunded to the ordering entity. Products ordered in error must be returned for credit within fifteen (15) days of receipt, provided they are in resalable condition (original packaging, unused). The contractor may not charge any fees or restocking charges for these returns.</w:t>
       </w:r>
       <w:r w:rsidRPr="009A0EF8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A379A25" w14:textId="77F7BE2D" w:rsidR="004553D2" w:rsidRPr="009E12A3" w:rsidRDefault="004553D2" w:rsidP="000B449D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="35" w:name="_Toc212461721"/>
       <w:r w:rsidRPr="004553D2">
         <w:t>Repairs and Services Warranties</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidR="003B7672">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
     </w:p>
@@ -7459,51 +7203,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
       <w:r w:rsidR="006A0936">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">percentage </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>discount given to the buyer if the invoice is paid within a specified time, in accordance with the</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39">
+      <w:hyperlink r:id="rId38">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Bill Paying Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="707E5068" w14:textId="3E24D21E" w:rsidR="00F52DB7" w:rsidRPr="009E12A3" w:rsidRDefault="00F52DB7" w:rsidP="00F52DB7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
@@ -7551,77 +7295,52 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0029418A" w:rsidRPr="0029418A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A discount </w:t>
       </w:r>
       <w:r w:rsidR="006941DF">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">is negotiated </w:t>
       </w:r>
       <w:r w:rsidR="0029418A" w:rsidRPr="0029418A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">for buyers who purchase a certain quantity of </w:t>
-[...25 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>for buyers who purchase a certain quantity of product or service</w:t>
+      </w:r>
       <w:r w:rsidR="00181857">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F9FFCE7" w14:textId="30AD2D1F" w:rsidR="00BC6254" w:rsidRPr="00BC6254" w:rsidRDefault="00BC6254" w:rsidP="00BC6254">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001978DC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7675,111 +7394,110 @@
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or Master Contract Record MBPO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A76A16" w14:textId="4730618A" w:rsidR="004553D2" w:rsidRPr="00C50D01" w:rsidRDefault="00280EC3" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="38" w:name="_Toc194066612"/>
       <w:bookmarkStart w:id="39" w:name="_Toc212461723"/>
       <w:r w:rsidRPr="003066B4">
-        <w:lastRenderedPageBreak/>
         <w:t>Emergency Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:r w:rsidR="00FE1EB2" w:rsidRPr="0011288D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="087026AC" w14:textId="4B074EB0" w:rsidR="00280EC3" w:rsidRPr="009E12A3" w:rsidRDefault="00280EC3" w:rsidP="00280EC3">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors on this contract may be required to provide products or services in cases of statewide emergencies</w:t>
       </w:r>
       <w:r w:rsidR="00497BD7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007A7E73">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The</w:t>
       </w:r>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidR="00003B08" w:rsidRPr="00003B08">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>801 CMR 21.05(3)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">defines emergency for procurement purposes. Visit the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Emergency Response Supplies, Services and Equipment Contact Information for Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> list for emergency services related to this contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2BA003" w14:textId="1E68B3FE" w:rsidR="00177A06" w:rsidRDefault="00177A06" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="_Toc194066614"/>
       <w:bookmarkStart w:id="41" w:name="_Toc212461724"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Vendor Performance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
@@ -7812,59 +7530,60 @@
         </w:rPr>
         <w:t>Key points concerning vendor performance are outlined below</w:t>
       </w:r>
       <w:r w:rsidR="000E7EC0" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EAD9AC7" w14:textId="51698A83" w:rsidR="00FE1EB2" w:rsidRPr="009E12A3" w:rsidRDefault="00A36AA5" w:rsidP="00A807F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Provide actionable feedback on vendors for this contract to optimize performance </w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42" w:history="1">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Procurated Platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00387453" w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C4CD8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the Procurated website, </w:t>
@@ -7980,63 +7699,63 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers are encouraged to reach out to the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category Manager</w:t>
       </w:r>
       <w:r w:rsidR="006941DF">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00614A55">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId43" w:history="1">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidR="00614A55" w:rsidRPr="00DE1A17">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Tatiana Henry</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00614A55">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44" w:history="1">
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidR="00614A55" w:rsidRPr="00DE1A17">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Sean Corbin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00614A55">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if vendors are not meeting their contractual obligations and buyers may be surveyed for vendor performance feedback.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EEB944D" w14:textId="2C0339E6" w:rsidR="00EF1817" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="00A807F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -8312,51 +8031,50 @@
       </w:pPr>
       <w:r w:rsidRPr="006941DF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Customer Satisfaction</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F0B53A7" w14:textId="77777777" w:rsidR="006941DF" w:rsidRPr="006941DF" w:rsidRDefault="006941DF" w:rsidP="00A807F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006941DF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Consistency of products and services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="047FF918" w14:textId="77777777" w:rsidR="006941DF" w:rsidRPr="006941DF" w:rsidRDefault="006941DF" w:rsidP="00A807F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006941DF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Quality of products and services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="655BFEED" w14:textId="77777777" w:rsidR="006941DF" w:rsidRPr="006941DF" w:rsidRDefault="006941DF" w:rsidP="00A807F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -8522,50 +8240,51 @@
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No fees or surcharges (including travel, fuel, delivery) should be applied to invoices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54C69D88" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00A807F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Special order fees must be agreed upon by both parties upfront.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62965195" w14:textId="0D0009D2" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00A807F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Payments for products or services provided must be paid </w:t>
       </w:r>
       <w:r w:rsidR="0059231F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -8634,63 +8353,63 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category Manager</w:t>
       </w:r>
       <w:r w:rsidR="006941DF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00614A55">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId45" w:history="1">
+      <w:hyperlink r:id="rId44" w:history="1">
         <w:r w:rsidR="00614A55" w:rsidRPr="00DE1A17">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Tatiana Henry</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00614A55">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidR="00614A55" w:rsidRPr="00DE1A17">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Sean Corbin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00614A55">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for gui</w:t>
       </w:r>
       <w:r w:rsidR="00861069">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -8721,163 +8440,190 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors must notify buyers of product substitutions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18BD570A" w14:textId="557E9E1D" w:rsidR="00BC5DEA" w:rsidRPr="002E2D42" w:rsidRDefault="00BC5DEA" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="44" w:name="_Toc194066616"/>
       <w:bookmarkStart w:id="45" w:name="_Toc212461726"/>
       <w:r w:rsidRPr="002E2D42">
         <w:t>Adding a Product</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:r w:rsidR="00DD0065" w:rsidRPr="00DD0065">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C0D1EE" w14:textId="655A6866" w:rsidR="00BC5DEA" w:rsidRPr="009E12A3" w:rsidRDefault="006941DF" w:rsidP="00BC5DEA">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006941DF">
+    <w:p w14:paraId="32C0D1EE" w14:textId="68DE1C0E" w:rsidR="00BC5DEA" w:rsidRPr="009E12A3" w:rsidRDefault="23EC0F0B" w:rsidP="61A649E3">
+      <w:r w:rsidRPr="61A649E3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="006941DF">
+        </w:rPr>
+        <w:t>To add a product to the list of eligible products sold under this contract, buyers must submit a Product Request form to the contact Category Manager</w:t>
+      </w:r>
+      <w:r w:rsidR="30BDD11B" w:rsidRPr="61A649E3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46">
+        <w:r w:rsidR="30BDD11B" w:rsidRPr="61A649E3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Tatiana Henry</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="30BDD11B">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47">
+        <w:r w:rsidR="30BDD11B" w:rsidRPr="61A649E3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Sean Corbin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="30BDD11B" w:rsidRPr="61A649E3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61A649E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for approval. The new products requested must comply with the established specifications and scope of the contract. Please use the MBPO link to download the Product Request form </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48">
+        <w:r w:rsidRPr="61A649E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
-            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>PO-24-1080-OSD03-SRC3-30369</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="61A649E3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00BB63B1">
+      <w:r w:rsidR="796632E6" w:rsidRPr="61A649E3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="287EE5A1" w14:textId="7122EDA6" w:rsidR="00EF4D38" w:rsidRDefault="00EF4D38" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="46" w:name="_Toc194066618"/>
       <w:bookmarkStart w:id="47" w:name="_Toc212461727"/>
       <w:r w:rsidRPr="00D40F23">
         <w:t xml:space="preserve">Environmentally Preferable Products </w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:r w:rsidR="00C73C16">
         <w:t>and Services</w:t>
       </w:r>
       <w:r w:rsidR="000702C6">
         <w:t xml:space="preserve"> (EPPS)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
       <w:r w:rsidR="00131479">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6824597C" w14:textId="77777777" w:rsidR="006941DF" w:rsidRPr="00C5328F" w:rsidRDefault="006941DF" w:rsidP="006941DF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="48" w:name="_Memorandum_of_Understanding"/>
       <w:bookmarkStart w:id="49" w:name="_Hlk205793380"/>
       <w:bookmarkStart w:id="50" w:name="_Toc194066619"/>
       <w:bookmarkEnd w:id="48"/>
       <w:r w:rsidRPr="00C5328F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">State agencies must comply with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId49" w:history="1">
         <w:r w:rsidRPr="00C5328F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Massachusetts Executive Order 515</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C5328F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, which mandates the procurement of EPPs when they meet performance standards and offer best value. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:p w14:paraId="5589D65B" w14:textId="77777777" w:rsidR="006941DF" w:rsidRPr="00044219" w:rsidRDefault="006941DF" w:rsidP="006941DF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00044219">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The following items must be certified non-toxic by the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:history="1">
+      <w:hyperlink r:id="rId50" w:history="1">
         <w:r w:rsidRPr="00044219">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Art and Creative Materials Institute</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00044219">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ACMI):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23F13D39" w14:textId="77777777" w:rsidR="006941DF" w:rsidRPr="00044219" w:rsidRDefault="006941DF" w:rsidP="00A807F1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -8888,51 +8634,50 @@
       <w:r w:rsidRPr="00044219">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Crayons</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78C67737" w14:textId="77777777" w:rsidR="006941DF" w:rsidRPr="00044219" w:rsidRDefault="006941DF" w:rsidP="00A807F1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00044219">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Markers (including highlighters)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70D86C11" w14:textId="77777777" w:rsidR="006941DF" w:rsidRDefault="006941DF" w:rsidP="00A807F1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00044219">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Paints </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39B6C861" w14:textId="77777777" w:rsidR="006941DF" w:rsidRPr="00C5328F" w:rsidRDefault="006941DF" w:rsidP="006941DF">
       <w:pPr>
@@ -9007,211 +8752,187 @@
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00044219">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> recycled content</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65845762" w14:textId="77777777" w:rsidR="006941DF" w:rsidRPr="00044219" w:rsidRDefault="006941DF" w:rsidP="00A807F1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00044219">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Are</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> free of high-hazard chemicals (e.g., lead, asbestos, ketones, xylene, acetone, phthalates, fragrances)</w:t>
+        <w:t>Are free of high-hazard chemicals (e.g., lead, asbestos, ketones, xylene, acetone, phthalates, fragrances)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="604C6A0B" w14:textId="661AECBF" w:rsidR="006941DF" w:rsidRPr="00614A55" w:rsidRDefault="006941DF" w:rsidP="00614A55">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="141414"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00614A55">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Are low-</w:t>
-[...15 lines deleted...]
-        <w:t>, water-based, and fragrance-free</w:t>
+        <w:t>Are low-odor, water-based, and fragrance-free</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E8D1683" w14:textId="77777777" w:rsidR="006941DF" w:rsidRPr="00C5328F" w:rsidRDefault="006941DF" w:rsidP="006941DF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C5328F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Learn More:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C5328F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Explore the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50" w:history="1">
+      <w:hyperlink r:id="rId51" w:history="1">
         <w:r w:rsidRPr="00C5328F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Environmentally Preferable Products (EPP) Procurement Program</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C5328F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and discover detailed guidance in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51" w:history="1">
+      <w:hyperlink r:id="rId52" w:history="1">
         <w:r w:rsidRPr="00C5328F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">EPP Products and Services </w:t>
         </w:r>
         <w:r w:rsidRPr="00614A55">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Guide</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C5328F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C5328F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="141414"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> For additional guidance, refer to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52" w:history="1">
+      <w:hyperlink r:id="rId53" w:history="1">
         <w:r w:rsidRPr="00614A55">
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Healthy Products for Healthy Schools Toolkit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C5328F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="141414"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> by the Healthy Schools Network on tips for purchasing environmentally preferable art supplies.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="676596B9" w14:textId="39CFB349" w:rsidR="00464E48" w:rsidRPr="006941DF" w:rsidRDefault="004C38FD" w:rsidP="006941DF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="51" w:name="_Toc194066620"/>
       <w:bookmarkStart w:id="52" w:name="_Toc212461728"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r w:rsidRPr="003066B4">
+        <w:lastRenderedPageBreak/>
         <w:t>Instructions for</w:t>
       </w:r>
       <w:r w:rsidR="00BA483E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA483E" w:rsidRPr="00BA483E">
         <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
       </w:r>
       <w:r w:rsidRPr="003066B4">
         <w:t xml:space="preserve"> Users</w:t>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
     </w:p>
     <w:p w14:paraId="7851025C" w14:textId="6BEE460D" w:rsidR="00266475" w:rsidRDefault="006F493B" w:rsidP="00614A55">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F493B">
         <w:rPr>
@@ -9322,51 +9043,51 @@
       </w:r>
       <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> technical support and job aids </w:t>
       </w:r>
       <w:r w:rsidR="000E68EE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">by emailing </w:t>
       </w:r>
       <w:r w:rsidR="003764F5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53" w:history="1">
+      <w:hyperlink r:id="rId54" w:history="1">
         <w:r w:rsidR="003764F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Comptroller Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A63214">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00E9505D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:r w:rsidR="003764F5">
         <w:rPr>
@@ -9396,104 +9117,104 @@
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56D48353" w14:textId="638C53FC" w:rsidR="00177B6F" w:rsidRDefault="00177B6F" w:rsidP="00177B6F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="60" w:name="_Toc212461729"/>
       <w:r>
         <w:t>Geographical Service Area</w:t>
       </w:r>
       <w:bookmarkEnd w:id="60"/>
     </w:p>
     <w:p w14:paraId="3CF358E3" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRDefault="00177B6F" w:rsidP="00177B6F">
       <w:r w:rsidRPr="419F0130">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors must ensure product availability and statewide delivery to all locations in Massachusetts, including the islands. Link to Map of Massachusetts: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54" w:history="1">
+      <w:hyperlink r:id="rId55" w:history="1">
         <w:r w:rsidRPr="419F0130">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.sec.state.ma.us/divisions/cis/maps.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="419F0130">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="419F0130">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C01A1BE" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="001602CA" w:rsidRDefault="00177B6F" w:rsidP="00177B6F">
       <w:r>
         <w:t xml:space="preserve">Link to Map of Connecticut: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55" w:history="1">
+      <w:hyperlink r:id="rId56" w:history="1">
         <w:r w:rsidRPr="003D11F4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://portal.ct.gov/-/media/DEEP/gis/Resources/IndexCountyTLpdf.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32F570F6" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="00177B6F" w:rsidRDefault="00177B6F" w:rsidP="00177B6F"/>
     <w:p w14:paraId="71C99DDE" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRDefault="00177B6F" w:rsidP="00266475">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:sectPr w:rsidR="00177B6F" w:rsidSect="003E7DC2">
-          <w:footerReference w:type="first" r:id="rId56"/>
+          <w:footerReference w:type="first" r:id="rId57"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66F6F6D9" w14:textId="558C6D75" w:rsidR="00E51057" w:rsidRDefault="00E51057" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="61" w:name="_Appendix_A:_Vendor"/>
       <w:bookmarkStart w:id="62" w:name="_Vendor_Specific_Information"/>
       <w:bookmarkStart w:id="63" w:name="_Vendor_Information*"/>
       <w:bookmarkStart w:id="64" w:name="_Vendor_List_and"/>
       <w:bookmarkStart w:id="65" w:name="_Appendix_A:_1"/>
       <w:bookmarkStart w:id="66" w:name="_Toc194066623"/>
       <w:bookmarkStart w:id="67" w:name="_Toc212461730"/>
@@ -9927,51 +9648,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Master Contract Record (All contract documents)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2817F1BD" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-24-1080-OSD03-SRC3-30369</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39A19D67" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -10053,79 +9774,79 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-359-7271</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0382AE98" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r w:rsidRPr="00053DAB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Tatiana.Henry@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4770ABE6" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r w:rsidRPr="00053DAB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Sonia.Castro@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="487F769D" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
@@ -10238,51 +9959,51 @@
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Becker School Supply</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58FAB140" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OS</w:t>
               </w:r>
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>D03-OSD03-30501</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -10375,100 +10096,100 @@
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>800-523-1490 Ext. 108</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64CE93D5" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="00927343" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r w:rsidRPr="00927343">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>robert.becker@cjbinc.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00927343">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="640A3AD4" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId62">
+            <w:hyperlink r:id="rId63">
               <w:r w:rsidRPr="4ECC9351">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>kurt.becker@cjbinc.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="777FB8CB" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId63">
+            <w:hyperlink r:id="rId64">
               <w:r w:rsidRPr="4ECC9351">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Binita.sheth@cjbinc.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="4ECC9351">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79E14585" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
@@ -10576,51 +10297,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Blick Art Materials</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A9BB597" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-OSD03-30370</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32922FB5" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -10668,51 +10389,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>800-704-7744</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DAF55A3" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>purchaseorders@dickblick.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A750DFB" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
@@ -10819,77 +10540,77 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>CAM Office Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18E01BDD" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-OSD03-30503</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6899B750" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r w:rsidRPr="00657AF4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-24-1080-OSD03-OSD03-</w:t>
               </w:r>
               <w:r w:rsidRPr="00657AF4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>32096</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1507" w:type="dxa"/>
           </w:tcPr>
@@ -10923,51 +10644,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>781-932-9868</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C390497" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>g.mandrafino@camoffice.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6271FCB4" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
@@ -11074,51 +10795,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EAI Education</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E52DA53" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-OSD03-30499</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B8E80F0" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -11166,51 +10887,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>800-770-8010 Ext. 7440</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44DAC4F2" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>info@eaieducation.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17C2416C" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
@@ -11317,51 +11038,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Kaplan Early Learning Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55D3326C" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-</w:t>
               </w:r>
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>1080-OSD03-OSD03-30504</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -11418,51 +11139,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>800-334-2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="321B8ADD" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>customeraccountsupport@kaplanco.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65AAFF73" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
@@ -11579,77 +11300,77 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Lakeshore Learning Materials </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BD3AE97" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-OSD03-30505</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52DD90C6" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO</w:t>
               </w:r>
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>-24-1080-OSD03-OSD03-30842</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1507" w:type="dxa"/>
           </w:tcPr>
@@ -11683,51 +11404,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>401-450-5800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="244548B3" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>tbickford@lakeshorelearning.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1102CAD4" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -11843,51 +11564,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>S&amp;S Worldwide Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5519BE34" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1</w:t>
               </w:r>
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>080-OSD03-OSD03-30506</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -11944,51 +11665,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>800-642-7354</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5EDD4412" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>ehemingway@ssww.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69895D86" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
@@ -12005,123 +11726,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1, 2, 3, 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55D5C89A" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">10 </w:t>
-[...71 lines deleted...]
-              <w:t xml:space="preserve"> - 0%</w:t>
+              <w:t>10 day - 2% 15 day - 0% 20 day - 0% 30 day - 0%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="057D9D81" w14:textId="77777777" w:rsidR="00177B6F" w:rsidRPr="008F08E5" w:rsidRDefault="00177B6F" w:rsidP="003A58FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
@@ -12162,86 +11811,86 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>School Specialty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="304596D4" w14:textId="438619CF" w:rsidR="00A20B04" w:rsidRDefault="00A20B04" w:rsidP="00A20B04">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-</w:t>
               </w:r>
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>23-1080-OSD03-OSD03-30502</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78B80A1F" w14:textId="0A98E97A" w:rsidR="00A20B04" w:rsidRPr="008F08E5" w:rsidRDefault="00A20B04" w:rsidP="00A20B04">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-24-1080-OSD03-OSD03-30887</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1507" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47692F90" w14:textId="2741A78B" w:rsidR="00A20B04" w:rsidRPr="008F08E5" w:rsidRDefault="00A20B04" w:rsidP="00A20B04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
@@ -12259,51 +11908,51 @@
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29527B29" w14:textId="1CC53825" w:rsidR="00A20B04" w:rsidRPr="008F08E5" w:rsidRDefault="00A20B04" w:rsidP="00A20B04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>508-769-2675</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C4B912F" w14:textId="5507A334" w:rsidR="00A20B04" w:rsidRDefault="00A20B04" w:rsidP="00A20B04">
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>james.curtis@schoolspecialty.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A0DA83E" w14:textId="210CF1D6" w:rsidR="00A20B04" w:rsidRPr="008F08E5" w:rsidRDefault="00A20B04" w:rsidP="00A20B04">
@@ -12405,51 +12054,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>W.B. Mason Co. Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7398766D" w14:textId="2994AE66" w:rsidR="00A20B04" w:rsidRDefault="00A20B04" w:rsidP="00A20B04">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD0</w:t>
               </w:r>
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>3-OSD03-30556</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -12499,51 +12148,51 @@
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73649557" w14:textId="333762C2" w:rsidR="00A20B04" w:rsidRPr="008F08E5" w:rsidRDefault="00A20B04" w:rsidP="00A20B04">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>508-436-8273</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74C224F6" w14:textId="6ED48A22" w:rsidR="00A20B04" w:rsidRDefault="00A20B04" w:rsidP="00A20B04">
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r w:rsidRPr="008F08E5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>gregg.manning@wbmason.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="008F08E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5710E308" w14:textId="6AC43C80" w:rsidR="00A20B04" w:rsidRPr="008F08E5" w:rsidRDefault="00A20B04" w:rsidP="00A20B04">
@@ -13018,126 +12667,98 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Adhesives, caulk, sealants, and tape</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="229BDBB0" w14:textId="77777777" w:rsidR="000660EF" w:rsidRPr="00D33759" w:rsidRDefault="000660EF" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33759">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Certified by at least one of the following: Carpet and Rug Institute Green Label Plus; Cradle to Cradle Innovation Institute Certified; Green Seal 36: Adhesives for Commercial Use; UL GREENGUARD Gold/GREENGUARD; SCS </w:t>
-[...17 lines deleted...]
-              <w:t>; SCS Recycled Content Verification</w:t>
+              <w:t>Certified by at least one of the following: Carpet and Rug Institute Green Label Plus; Cradle to Cradle Innovation Institute Certified; Green Seal 36: Adhesives for Commercial Use; UL GREENGUARD Gold/GREENGUARD; SCS FloorScore; SCS Recycled Content Verification</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000660EF" w:rsidRPr="00D33759" w14:paraId="400ECF66" w14:textId="77777777" w:rsidTr="003A58FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B254086" w14:textId="77777777" w:rsidR="000660EF" w:rsidRPr="00D33759" w:rsidRDefault="000660EF" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33759">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Antimicrobial hand sanitizer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F295782" w14:textId="77777777" w:rsidR="000660EF" w:rsidRPr="00D33759" w:rsidRDefault="000660EF" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33759">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Certified by UL </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Certified by UL Ecologo</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000660EF" w:rsidRPr="00D33759" w14:paraId="4E0F9B87" w14:textId="77777777" w:rsidTr="003A58FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1337463D" w14:textId="77777777" w:rsidR="000660EF" w:rsidRPr="00D33759" w:rsidRDefault="000660EF" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33759">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Antimicrobial hand sanitizing wipes</w:t>
             </w:r>
           </w:p>
@@ -13184,69 +12805,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Art Supplies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51E0BD89" w14:textId="77777777" w:rsidR="000660EF" w:rsidRPr="00D33759" w:rsidRDefault="000660EF" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33759">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Identify certified AP; choose products with recycled content, without high-hazard chemicals such as lead or asbestos, ketones or xylene, acetone, </w:t>
-[...17 lines deleted...]
-              <w:t>, and fragrances; specify low odor or water based and fragrance- free markers</w:t>
+              <w:t>Identify certified AP; choose products with recycled content, without high-hazard chemicals such as lead or asbestos, ketones or xylene, acetone, phalates, and fragrances; specify low odor or water based and fragrance- free markers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000660EF" w:rsidRPr="00D33759" w14:paraId="681665B2" w14:textId="77777777" w:rsidTr="003A58FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="220C9B54" w14:textId="77777777" w:rsidR="000660EF" w:rsidRPr="00D33759" w:rsidRDefault="000660EF" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33759">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Batteries &amp; Chargers, including rechargeable</w:t>
@@ -13295,159 +12898,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Rechargeable batteries &amp; chargers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76EA3A7A" w14:textId="77777777" w:rsidR="000660EF" w:rsidRPr="00D33759" w:rsidRDefault="000660EF" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33759">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>All batteries (including low-self-discharge/pre-charged rechargeable batteries) shall be rechargeable nickel metal hydride (NiMH) batteries and shall have a minimum power rating in milliamp hours (</w:t>
-[...107 lines deleted...]
-              <w:t>; All chargers must be certified by ENERGY STAR</w:t>
+              <w:t>All batteries (including low-self-discharge/pre-charged rechargeable batteries) shall be rechargeable nickel metal hydride (NiMH) batteries and shall have a minimum power rating in milliamp hours (mAh)* as follows: AAA batteries: 700 mAh; AA batteries: 2000 mAh; C batteries: 2200 mAh; D batteries: 2200 mAh; 9-volt batteries: 175 mAh; All chargers must be certified by ENERGY STAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000660EF" w:rsidRPr="00D33759" w14:paraId="60916B11" w14:textId="77777777" w:rsidTr="003A58FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="284CB66F" w14:textId="77777777" w:rsidR="000660EF" w:rsidRPr="00D33759" w:rsidRDefault="000660EF" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33759">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Binders, paper covered paperboard</w:t>
             </w:r>
@@ -13565,69 +13060,51 @@
               </w:rPr>
               <w:t>Minimum 30% PCRC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000660EF" w:rsidRPr="00D33759" w14:paraId="5267DFC7" w14:textId="77777777" w:rsidTr="003A58FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56040A9C" w14:textId="77777777" w:rsidR="000660EF" w:rsidRPr="00D33759" w:rsidRDefault="000660EF" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33759">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Binders, </w:t>
-[...17 lines deleted...]
-              <w:t>, pressboard</w:t>
+              <w:t>Binders, ringed, pressboard</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7417DC35" w14:textId="77777777" w:rsidR="000660EF" w:rsidRPr="00D33759" w:rsidRDefault="000660EF" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33759">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Minimum 30% PCRC</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -14296,174 +13773,102 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Furniture, environmentally preferable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DCC8A42" w14:textId="77777777" w:rsidR="000660EF" w:rsidRPr="00D33759" w:rsidRDefault="000660EF" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33759">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">• All packaging </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> a minimum of 35% PCRC </w:t>
+              <w:t xml:space="preserve">• All packaging material contain a minimum of 35% PCRC </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5AE0EDD3" w14:textId="77777777" w:rsidR="000660EF" w:rsidRPr="00D33759" w:rsidRDefault="000660EF" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33759">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">• Product with electrical components must meet all appropriate current and future Underwriters Laboratories Inc. specifications </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0210AE91" w14:textId="77777777" w:rsidR="000660EF" w:rsidRPr="00D33759" w:rsidRDefault="000660EF" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33759">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">• Must meet all current and future ANSI-BIFMA specifications for category of furniture </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5505AE44" w14:textId="77777777" w:rsidR="000660EF" w:rsidRPr="00D33759" w:rsidRDefault="000660EF" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33759">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">• Products must meet </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> VOC's, antimicrobials, flame retardants, PVC, per and poly fluorinated chemicals used as stain/water/oil resistant treatments, phthalates, lead, polybrominated diphenyl ethers (PBDEs), formaldehyde.</w:t>
+              <w:t>• Products must meet Greenguard Gold or SCS Indoor Advantage Gold DESIRABLE CRITERIA: Products must not contain: VOC's, antimicrobials, flame retardants, PVC, per and poly fluorinated chemicals used as stain/water/oil resistant treatments, phthalates, lead, polybrominated diphenyl ethers (PBDEs), formaldehyde.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000660EF" w:rsidRPr="00D33759" w14:paraId="4C9D92C9" w14:textId="77777777" w:rsidTr="003A58FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24AE28BD" w14:textId="77777777" w:rsidR="000660EF" w:rsidRPr="00D33759" w:rsidRDefault="000660EF" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33759">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Glass beads</w:t>
             </w:r>
@@ -14512,69 +13917,51 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Graffiti and paint removers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45D65B30" w14:textId="77777777" w:rsidR="000660EF" w:rsidRPr="00D33759" w:rsidRDefault="000660EF" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33759">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Certified by Green Seal or UL </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> certified, OR EPA Safer Choice registered; no aerosol containers</w:t>
+              <w:t>Certified by Green Seal or UL Ecologo certified, OR EPA Safer Choice registered; no aerosol containers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000660EF" w:rsidRPr="00D33759" w14:paraId="52682798" w14:textId="77777777" w:rsidTr="003A58FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66868713" w14:textId="77777777" w:rsidR="000660EF" w:rsidRPr="00D33759" w:rsidRDefault="000660EF" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33759">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Markers and accessories</w:t>
             </w:r>
@@ -14738,80 +14125,52 @@
               </w:rPr>
               <w:t>Minimum 20% PCRC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000660EF" w:rsidRPr="00D33759" w14:paraId="5B204B2E" w14:textId="77777777" w:rsidTr="003A58FB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EEE7690" w14:textId="77777777" w:rsidR="000660EF" w:rsidRPr="00D33759" w:rsidRDefault="000660EF" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33759">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paper, </w:t>
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Paper, post-its and fax post-its</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4963" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D4780AE" w14:textId="77777777" w:rsidR="000660EF" w:rsidRPr="00D33759" w:rsidRDefault="000660EF" w:rsidP="003A58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33759">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Minimum 30% PCRC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -15230,73 +14589,73 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6B85F581" w14:textId="3AAE1F3D" w:rsidR="00931DF2" w:rsidRDefault="00931DF2" w:rsidP="000660EF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00931DF2" w:rsidSect="008A4943">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78B5670F" w14:textId="77777777" w:rsidR="00A87084" w:rsidRDefault="00A87084" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="29D75281" w14:textId="77777777" w:rsidR="00522020" w:rsidRDefault="00522020" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="623F9811" w14:textId="77777777" w:rsidR="00A87084" w:rsidRDefault="00A87084"/>
+    <w:p w14:paraId="4484DB1B" w14:textId="77777777" w:rsidR="00522020" w:rsidRDefault="00522020"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C341FFB" w14:textId="77777777" w:rsidR="00A87084" w:rsidRDefault="00A87084" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="397F5364" w14:textId="77777777" w:rsidR="00522020" w:rsidRDefault="00522020" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36BBC078" w14:textId="77777777" w:rsidR="00A87084" w:rsidRDefault="00A87084"/>
+    <w:p w14:paraId="64AEF705" w14:textId="77777777" w:rsidR="00522020" w:rsidRDefault="00522020"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5BB19C2E" w14:textId="77777777" w:rsidR="00A87084" w:rsidRDefault="00A87084">
+    <w:p w14:paraId="7BA92799" w14:textId="77777777" w:rsidR="00522020" w:rsidRDefault="00522020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -15380,61 +14739,52 @@
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Note: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="72DBEBE5" w14:textId="5654A5B1" w:rsidR="00B564C1" w:rsidRDefault="00B564C1" w:rsidP="00B564C1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -15750,51 +15100,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="0F41475B" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+            <v:group w14:anchorId="35A85660" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00E365B8" w:rsidRDefault="0019409E" w:rsidP="00E365B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
@@ -15883,61 +15233,52 @@
       <w:t>ote</w:t>
     </w:r>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="49C1DFAA" w14:textId="2E4E342D" w:rsidR="00DC6031" w:rsidRDefault="00DC6031" w:rsidP="00DC6031">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -16253,51 +15594,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="2224524E" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
+            <v:group w14:anchorId="47E340BA" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14F7B0CA" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
@@ -16380,61 +15721,52 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5BD17469" w14:textId="33A3C3CC" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="00B84519">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -16633,73 +15965,73 @@
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D920BE9" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="76DFCE92" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="53BCB6A0" w14:textId="77777777" w:rsidR="00A87084" w:rsidRDefault="00A87084" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="22CC19EA" w14:textId="77777777" w:rsidR="00522020" w:rsidRDefault="00522020" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09B709F2" w14:textId="77777777" w:rsidR="00A87084" w:rsidRDefault="00A87084"/>
+    <w:p w14:paraId="0B0ADF7B" w14:textId="77777777" w:rsidR="00522020" w:rsidRDefault="00522020"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="39693FD2" w14:textId="77777777" w:rsidR="00A87084" w:rsidRDefault="00A87084" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="296EF27D" w14:textId="77777777" w:rsidR="00522020" w:rsidRDefault="00522020" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15C22E50" w14:textId="77777777" w:rsidR="00A87084" w:rsidRDefault="00A87084"/>
+    <w:p w14:paraId="20596B3F" w14:textId="77777777" w:rsidR="00522020" w:rsidRDefault="00522020"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6220FCBB" w14:textId="77777777" w:rsidR="00A87084" w:rsidRDefault="00A87084">
+    <w:p w14:paraId="7C5B4550" w14:textId="77777777" w:rsidR="00522020" w:rsidRDefault="00522020">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A9B9F4D" w14:textId="519FEDEC" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00196519" w:rsidP="007A023C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="10365"/>
       </w:tabs>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -16939,51 +16271,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="361F6C2C" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="4D59D2AD" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
@@ -17286,51 +16618,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="7DAA39C8" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="5B44C259" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19322,51 +18654,50 @@
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="9114506">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1840392131">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="271716133">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1434783811">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1010722325">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="18"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:writeProtection w:recommended="1"/>
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -19750,50 +19081,51 @@
     <w:rsid w:val="000F0439"/>
     <w:rsid w:val="000F04D6"/>
     <w:rsid w:val="000F0607"/>
     <w:rsid w:val="000F149D"/>
     <w:rsid w:val="000F1965"/>
     <w:rsid w:val="000F1DBB"/>
     <w:rsid w:val="000F1DFC"/>
     <w:rsid w:val="000F3090"/>
     <w:rsid w:val="000F3532"/>
     <w:rsid w:val="000F41C5"/>
     <w:rsid w:val="000F43F7"/>
     <w:rsid w:val="000F460B"/>
     <w:rsid w:val="000F4656"/>
     <w:rsid w:val="000F46D5"/>
     <w:rsid w:val="000F592F"/>
     <w:rsid w:val="000F5978"/>
     <w:rsid w:val="000F5FBB"/>
     <w:rsid w:val="000F62E1"/>
     <w:rsid w:val="000F64F5"/>
     <w:rsid w:val="000F68FF"/>
     <w:rsid w:val="000F6984"/>
     <w:rsid w:val="000F6D47"/>
     <w:rsid w:val="000F6F89"/>
     <w:rsid w:val="000F7115"/>
     <w:rsid w:val="000F71D5"/>
+    <w:rsid w:val="000F7CA5"/>
     <w:rsid w:val="00100083"/>
     <w:rsid w:val="001003A9"/>
     <w:rsid w:val="001009D0"/>
     <w:rsid w:val="001013F1"/>
     <w:rsid w:val="00101487"/>
     <w:rsid w:val="001015DD"/>
     <w:rsid w:val="00101B86"/>
     <w:rsid w:val="00102025"/>
     <w:rsid w:val="0010203C"/>
     <w:rsid w:val="00102B24"/>
     <w:rsid w:val="00103706"/>
     <w:rsid w:val="0010402C"/>
     <w:rsid w:val="0010470D"/>
     <w:rsid w:val="00104817"/>
     <w:rsid w:val="00104B58"/>
     <w:rsid w:val="00104D69"/>
     <w:rsid w:val="00105069"/>
     <w:rsid w:val="0010521E"/>
     <w:rsid w:val="00105274"/>
     <w:rsid w:val="00105721"/>
     <w:rsid w:val="001063FA"/>
     <w:rsid w:val="001065F9"/>
     <w:rsid w:val="00106F6D"/>
     <w:rsid w:val="001073B2"/>
     <w:rsid w:val="0011048B"/>
@@ -20014,50 +19346,51 @@
     <w:rsid w:val="00195851"/>
     <w:rsid w:val="00195F1F"/>
     <w:rsid w:val="001960DD"/>
     <w:rsid w:val="00196224"/>
     <w:rsid w:val="00196519"/>
     <w:rsid w:val="00197BB3"/>
     <w:rsid w:val="001A04D3"/>
     <w:rsid w:val="001A0C5F"/>
     <w:rsid w:val="001A1293"/>
     <w:rsid w:val="001A1BA6"/>
     <w:rsid w:val="001A1D5E"/>
     <w:rsid w:val="001A26DB"/>
     <w:rsid w:val="001A2963"/>
     <w:rsid w:val="001A340E"/>
     <w:rsid w:val="001A352E"/>
     <w:rsid w:val="001A3979"/>
     <w:rsid w:val="001A3A6C"/>
     <w:rsid w:val="001A3A7A"/>
     <w:rsid w:val="001A3D5D"/>
     <w:rsid w:val="001A3D90"/>
     <w:rsid w:val="001A41AE"/>
     <w:rsid w:val="001A489C"/>
     <w:rsid w:val="001A49F3"/>
     <w:rsid w:val="001A5433"/>
     <w:rsid w:val="001A559F"/>
+    <w:rsid w:val="001A55E1"/>
     <w:rsid w:val="001A581C"/>
     <w:rsid w:val="001A596F"/>
     <w:rsid w:val="001A5C84"/>
     <w:rsid w:val="001A609F"/>
     <w:rsid w:val="001A66BF"/>
     <w:rsid w:val="001A6F1E"/>
     <w:rsid w:val="001A7224"/>
     <w:rsid w:val="001A72C3"/>
     <w:rsid w:val="001B046D"/>
     <w:rsid w:val="001B1383"/>
     <w:rsid w:val="001B1654"/>
     <w:rsid w:val="001B16A2"/>
     <w:rsid w:val="001B16FD"/>
     <w:rsid w:val="001B1724"/>
     <w:rsid w:val="001B17CC"/>
     <w:rsid w:val="001B1E53"/>
     <w:rsid w:val="001B29E8"/>
     <w:rsid w:val="001B2F8D"/>
     <w:rsid w:val="001B3217"/>
     <w:rsid w:val="001B3B78"/>
     <w:rsid w:val="001B454B"/>
     <w:rsid w:val="001B46C7"/>
     <w:rsid w:val="001B48A8"/>
     <w:rsid w:val="001B5F7B"/>
     <w:rsid w:val="001B70E9"/>
@@ -20308,50 +19641,51 @@
     <w:rsid w:val="0026368F"/>
     <w:rsid w:val="00264128"/>
     <w:rsid w:val="002642F9"/>
     <w:rsid w:val="00264A56"/>
     <w:rsid w:val="00265213"/>
     <w:rsid w:val="002655B7"/>
     <w:rsid w:val="002655CF"/>
     <w:rsid w:val="00266086"/>
     <w:rsid w:val="0026625F"/>
     <w:rsid w:val="00266475"/>
     <w:rsid w:val="002665C5"/>
     <w:rsid w:val="0026670F"/>
     <w:rsid w:val="0026740B"/>
     <w:rsid w:val="00267BB6"/>
     <w:rsid w:val="002705CB"/>
     <w:rsid w:val="002710E6"/>
     <w:rsid w:val="0027186F"/>
     <w:rsid w:val="002718D1"/>
     <w:rsid w:val="002722E1"/>
     <w:rsid w:val="002725D9"/>
     <w:rsid w:val="00272A26"/>
     <w:rsid w:val="002733A5"/>
     <w:rsid w:val="002733D1"/>
     <w:rsid w:val="002739BC"/>
     <w:rsid w:val="00273A68"/>
+    <w:rsid w:val="00273BAA"/>
     <w:rsid w:val="00275216"/>
     <w:rsid w:val="00275AAF"/>
     <w:rsid w:val="00275DEB"/>
     <w:rsid w:val="00276002"/>
     <w:rsid w:val="00277786"/>
     <w:rsid w:val="00277C51"/>
     <w:rsid w:val="00277CB7"/>
     <w:rsid w:val="00277D1B"/>
     <w:rsid w:val="00277E0D"/>
     <w:rsid w:val="00280B86"/>
     <w:rsid w:val="00280DE4"/>
     <w:rsid w:val="00280EC3"/>
     <w:rsid w:val="002812E6"/>
     <w:rsid w:val="00281536"/>
     <w:rsid w:val="002816F4"/>
     <w:rsid w:val="00281714"/>
     <w:rsid w:val="0028171C"/>
     <w:rsid w:val="002819AB"/>
     <w:rsid w:val="002819F1"/>
     <w:rsid w:val="00281FB4"/>
     <w:rsid w:val="00282767"/>
     <w:rsid w:val="00282C29"/>
     <w:rsid w:val="002832C4"/>
     <w:rsid w:val="0028336E"/>
     <w:rsid w:val="00283DF0"/>
@@ -21362,50 +20696,51 @@
     <w:rsid w:val="005131F9"/>
     <w:rsid w:val="00513338"/>
     <w:rsid w:val="00513377"/>
     <w:rsid w:val="005134C2"/>
     <w:rsid w:val="00513833"/>
     <w:rsid w:val="00513BB2"/>
     <w:rsid w:val="00514136"/>
     <w:rsid w:val="00514D92"/>
     <w:rsid w:val="00514E28"/>
     <w:rsid w:val="005150C5"/>
     <w:rsid w:val="005151D4"/>
     <w:rsid w:val="0051584A"/>
     <w:rsid w:val="00515B56"/>
     <w:rsid w:val="00515EC3"/>
     <w:rsid w:val="00515F38"/>
     <w:rsid w:val="00516279"/>
     <w:rsid w:val="00516726"/>
     <w:rsid w:val="00516ABE"/>
     <w:rsid w:val="00516FE0"/>
     <w:rsid w:val="00517757"/>
     <w:rsid w:val="00517BA1"/>
     <w:rsid w:val="00517D1A"/>
     <w:rsid w:val="00520ADE"/>
     <w:rsid w:val="00521658"/>
     <w:rsid w:val="00521D49"/>
+    <w:rsid w:val="00522020"/>
     <w:rsid w:val="005221F3"/>
     <w:rsid w:val="005229AF"/>
     <w:rsid w:val="00522E2B"/>
     <w:rsid w:val="0052358C"/>
     <w:rsid w:val="00523CF0"/>
     <w:rsid w:val="0052449B"/>
     <w:rsid w:val="0052492F"/>
     <w:rsid w:val="00524C38"/>
     <w:rsid w:val="00524E1C"/>
     <w:rsid w:val="00524F6F"/>
     <w:rsid w:val="0052565F"/>
     <w:rsid w:val="0052641C"/>
     <w:rsid w:val="00527B1A"/>
     <w:rsid w:val="00527B47"/>
     <w:rsid w:val="005302F1"/>
     <w:rsid w:val="00530409"/>
     <w:rsid w:val="005304DD"/>
     <w:rsid w:val="00530D68"/>
     <w:rsid w:val="00530EC5"/>
     <w:rsid w:val="0053115E"/>
     <w:rsid w:val="00531B19"/>
     <w:rsid w:val="005320F4"/>
     <w:rsid w:val="0053228F"/>
     <w:rsid w:val="00532305"/>
     <w:rsid w:val="00532330"/>
@@ -22013,50 +21348,51 @@
     <w:rsid w:val="00694493"/>
     <w:rsid w:val="00694AE3"/>
     <w:rsid w:val="006954D4"/>
     <w:rsid w:val="00695950"/>
     <w:rsid w:val="00695CED"/>
     <w:rsid w:val="00696433"/>
     <w:rsid w:val="006964B4"/>
     <w:rsid w:val="006966BC"/>
     <w:rsid w:val="0069689C"/>
     <w:rsid w:val="00696A5E"/>
     <w:rsid w:val="00696F91"/>
     <w:rsid w:val="00696FE8"/>
     <w:rsid w:val="00697069"/>
     <w:rsid w:val="006973D1"/>
     <w:rsid w:val="00697BC9"/>
     <w:rsid w:val="006A072A"/>
     <w:rsid w:val="006A0753"/>
     <w:rsid w:val="006A0936"/>
     <w:rsid w:val="006A0CB7"/>
     <w:rsid w:val="006A14CE"/>
     <w:rsid w:val="006A15FA"/>
     <w:rsid w:val="006A1692"/>
     <w:rsid w:val="006A17CD"/>
     <w:rsid w:val="006A210F"/>
     <w:rsid w:val="006A2327"/>
+    <w:rsid w:val="006A248B"/>
     <w:rsid w:val="006A2926"/>
     <w:rsid w:val="006A2A51"/>
     <w:rsid w:val="006A2B29"/>
     <w:rsid w:val="006A3129"/>
     <w:rsid w:val="006A3176"/>
     <w:rsid w:val="006A31EE"/>
     <w:rsid w:val="006A37B8"/>
     <w:rsid w:val="006A386C"/>
     <w:rsid w:val="006A3A90"/>
     <w:rsid w:val="006A3C83"/>
     <w:rsid w:val="006A3DBB"/>
     <w:rsid w:val="006A4017"/>
     <w:rsid w:val="006A40C5"/>
     <w:rsid w:val="006A4A2A"/>
     <w:rsid w:val="006A5505"/>
     <w:rsid w:val="006A59E5"/>
     <w:rsid w:val="006A5AE4"/>
     <w:rsid w:val="006A5E3A"/>
     <w:rsid w:val="006A6154"/>
     <w:rsid w:val="006A7206"/>
     <w:rsid w:val="006A75D8"/>
     <w:rsid w:val="006A7603"/>
     <w:rsid w:val="006A7FD2"/>
     <w:rsid w:val="006B007F"/>
     <w:rsid w:val="006B0893"/>
@@ -23051,50 +22387,51 @@
     <w:rsid w:val="0094112B"/>
     <w:rsid w:val="009412AE"/>
     <w:rsid w:val="009420A2"/>
     <w:rsid w:val="00943337"/>
     <w:rsid w:val="0094354C"/>
     <w:rsid w:val="009436BE"/>
     <w:rsid w:val="00943764"/>
     <w:rsid w:val="00943E7F"/>
     <w:rsid w:val="00944B4D"/>
     <w:rsid w:val="00944F65"/>
     <w:rsid w:val="0094508D"/>
     <w:rsid w:val="00945CFD"/>
     <w:rsid w:val="009460DE"/>
     <w:rsid w:val="00946422"/>
     <w:rsid w:val="0094658F"/>
     <w:rsid w:val="00946851"/>
     <w:rsid w:val="00946FCC"/>
     <w:rsid w:val="00947130"/>
     <w:rsid w:val="0094764B"/>
     <w:rsid w:val="0094780B"/>
     <w:rsid w:val="00947BC3"/>
     <w:rsid w:val="00947E07"/>
     <w:rsid w:val="009512F4"/>
     <w:rsid w:val="00951701"/>
     <w:rsid w:val="00951F5B"/>
+    <w:rsid w:val="00952187"/>
     <w:rsid w:val="0095243C"/>
     <w:rsid w:val="0095264E"/>
     <w:rsid w:val="00952A39"/>
     <w:rsid w:val="00952CD9"/>
     <w:rsid w:val="00953DE7"/>
     <w:rsid w:val="00953DF8"/>
     <w:rsid w:val="00953EBB"/>
     <w:rsid w:val="00954043"/>
     <w:rsid w:val="009541EC"/>
     <w:rsid w:val="00954506"/>
     <w:rsid w:val="0095461C"/>
     <w:rsid w:val="009548F0"/>
     <w:rsid w:val="009558B7"/>
     <w:rsid w:val="009559A0"/>
     <w:rsid w:val="00955A80"/>
     <w:rsid w:val="009560A9"/>
     <w:rsid w:val="00956F56"/>
     <w:rsid w:val="00957300"/>
     <w:rsid w:val="0095793F"/>
     <w:rsid w:val="00960159"/>
     <w:rsid w:val="009603FA"/>
     <w:rsid w:val="00960D6F"/>
     <w:rsid w:val="009613D0"/>
     <w:rsid w:val="0096166C"/>
     <w:rsid w:val="009622A3"/>
@@ -25632,198 +24969,207 @@
     <w:rsid w:val="00FF4ACE"/>
     <w:rsid w:val="00FF4E73"/>
     <w:rsid w:val="00FF4FAF"/>
     <w:rsid w:val="00FF5775"/>
     <w:rsid w:val="00FF667F"/>
     <w:rsid w:val="00FF6C2F"/>
     <w:rsid w:val="00FF756C"/>
     <w:rsid w:val="00FF75FE"/>
     <w:rsid w:val="00FF76FE"/>
     <w:rsid w:val="00FF7BBA"/>
     <w:rsid w:val="00FF7F54"/>
     <w:rsid w:val="00FF7FBF"/>
     <w:rsid w:val="010885C3"/>
     <w:rsid w:val="019FA6FE"/>
     <w:rsid w:val="01CB89EA"/>
     <w:rsid w:val="01CD8CD1"/>
     <w:rsid w:val="01CEA699"/>
     <w:rsid w:val="01E9F111"/>
     <w:rsid w:val="03551CE2"/>
     <w:rsid w:val="035B2436"/>
     <w:rsid w:val="036DD822"/>
     <w:rsid w:val="03BC793B"/>
     <w:rsid w:val="0437704C"/>
     <w:rsid w:val="0485E228"/>
     <w:rsid w:val="049D1B31"/>
+    <w:rsid w:val="04E2D620"/>
     <w:rsid w:val="0509E76F"/>
     <w:rsid w:val="054706EA"/>
     <w:rsid w:val="05AE4FF4"/>
     <w:rsid w:val="05DB7DAE"/>
     <w:rsid w:val="06789607"/>
     <w:rsid w:val="0689D6A7"/>
     <w:rsid w:val="06B94735"/>
     <w:rsid w:val="0740F279"/>
     <w:rsid w:val="074CA3AC"/>
     <w:rsid w:val="07641289"/>
     <w:rsid w:val="07FDB4D4"/>
     <w:rsid w:val="085B772B"/>
     <w:rsid w:val="0863539B"/>
     <w:rsid w:val="0908CC44"/>
     <w:rsid w:val="092AFCCD"/>
     <w:rsid w:val="09754A5C"/>
     <w:rsid w:val="09856568"/>
     <w:rsid w:val="09E05120"/>
     <w:rsid w:val="09E14DA8"/>
     <w:rsid w:val="0A0CB692"/>
+    <w:rsid w:val="0A6CC38B"/>
     <w:rsid w:val="0A82C5CE"/>
     <w:rsid w:val="0A96D6BE"/>
     <w:rsid w:val="0AC85023"/>
     <w:rsid w:val="0AE1AA14"/>
     <w:rsid w:val="0BCAC867"/>
     <w:rsid w:val="0C7EA2BC"/>
     <w:rsid w:val="0C97E241"/>
     <w:rsid w:val="0C9B6FBB"/>
     <w:rsid w:val="0CAC23C0"/>
     <w:rsid w:val="0CD1E97E"/>
     <w:rsid w:val="0CD68105"/>
     <w:rsid w:val="0D14C00C"/>
     <w:rsid w:val="0D5E3E9C"/>
     <w:rsid w:val="0D629B01"/>
     <w:rsid w:val="0DBCE8E0"/>
     <w:rsid w:val="0E8EF41F"/>
     <w:rsid w:val="0EAE5624"/>
     <w:rsid w:val="0F4E561F"/>
     <w:rsid w:val="0F871120"/>
     <w:rsid w:val="0FC45D6A"/>
     <w:rsid w:val="106BA343"/>
     <w:rsid w:val="10FA09CB"/>
     <w:rsid w:val="11DF8DFD"/>
     <w:rsid w:val="11EB3753"/>
     <w:rsid w:val="11EF8BFD"/>
     <w:rsid w:val="12294732"/>
     <w:rsid w:val="126EDCB4"/>
     <w:rsid w:val="127112A0"/>
     <w:rsid w:val="1286B680"/>
     <w:rsid w:val="12E59FB7"/>
     <w:rsid w:val="13FE62E6"/>
     <w:rsid w:val="1447924B"/>
     <w:rsid w:val="151444B5"/>
     <w:rsid w:val="152BE036"/>
     <w:rsid w:val="15308722"/>
     <w:rsid w:val="154D7715"/>
+    <w:rsid w:val="15557A60"/>
     <w:rsid w:val="1588CB9B"/>
     <w:rsid w:val="159296F8"/>
     <w:rsid w:val="165133A1"/>
     <w:rsid w:val="17375507"/>
     <w:rsid w:val="17647B73"/>
     <w:rsid w:val="1788A12D"/>
     <w:rsid w:val="179ADDA2"/>
     <w:rsid w:val="1803DD5F"/>
     <w:rsid w:val="18DBD688"/>
     <w:rsid w:val="19212E0F"/>
     <w:rsid w:val="19928CC3"/>
     <w:rsid w:val="19C288DD"/>
+    <w:rsid w:val="1A086C63"/>
     <w:rsid w:val="1A6CF678"/>
     <w:rsid w:val="1B2A4C94"/>
     <w:rsid w:val="1B7813E7"/>
     <w:rsid w:val="1D821450"/>
     <w:rsid w:val="1DBE6FF2"/>
     <w:rsid w:val="1DD74FFE"/>
     <w:rsid w:val="1DEAFB1E"/>
     <w:rsid w:val="1DEB057D"/>
     <w:rsid w:val="1E5F70B0"/>
     <w:rsid w:val="1E758CBD"/>
     <w:rsid w:val="1EAC55DA"/>
     <w:rsid w:val="1EE2BAA3"/>
     <w:rsid w:val="1F0EF5C6"/>
     <w:rsid w:val="1F63B926"/>
     <w:rsid w:val="1FE4BDD1"/>
     <w:rsid w:val="2007CF94"/>
     <w:rsid w:val="207CC22A"/>
     <w:rsid w:val="20C372C7"/>
     <w:rsid w:val="2106FB90"/>
     <w:rsid w:val="21657D0C"/>
     <w:rsid w:val="21B572E6"/>
     <w:rsid w:val="21BA9C9B"/>
     <w:rsid w:val="21D8D01A"/>
     <w:rsid w:val="22140550"/>
     <w:rsid w:val="2262AA78"/>
     <w:rsid w:val="2282CB1D"/>
     <w:rsid w:val="22B01956"/>
     <w:rsid w:val="230708AB"/>
     <w:rsid w:val="23183CED"/>
     <w:rsid w:val="239ABB7D"/>
+    <w:rsid w:val="23DCF244"/>
+    <w:rsid w:val="23EC0F0B"/>
     <w:rsid w:val="2416D4BF"/>
     <w:rsid w:val="24477189"/>
     <w:rsid w:val="2451DF3A"/>
     <w:rsid w:val="2468D356"/>
     <w:rsid w:val="246BE30C"/>
     <w:rsid w:val="246CD287"/>
     <w:rsid w:val="2523191D"/>
     <w:rsid w:val="2568AB0B"/>
     <w:rsid w:val="259E3A13"/>
     <w:rsid w:val="25F33BE6"/>
     <w:rsid w:val="261F268C"/>
     <w:rsid w:val="2683EF99"/>
     <w:rsid w:val="26A4FF53"/>
     <w:rsid w:val="26CCB7AA"/>
     <w:rsid w:val="26E34B4E"/>
     <w:rsid w:val="2714C861"/>
+    <w:rsid w:val="2733F2EE"/>
     <w:rsid w:val="27663178"/>
     <w:rsid w:val="2773DF11"/>
     <w:rsid w:val="279020D4"/>
     <w:rsid w:val="27902803"/>
     <w:rsid w:val="27D0625A"/>
     <w:rsid w:val="27DD393D"/>
     <w:rsid w:val="28273D65"/>
     <w:rsid w:val="29085A55"/>
     <w:rsid w:val="295F0B3C"/>
     <w:rsid w:val="2A355D98"/>
     <w:rsid w:val="2A74601D"/>
     <w:rsid w:val="2AB1EAEF"/>
     <w:rsid w:val="2AB2C8D8"/>
     <w:rsid w:val="2B270E5D"/>
     <w:rsid w:val="2B405877"/>
     <w:rsid w:val="2B449894"/>
     <w:rsid w:val="2B72BD34"/>
     <w:rsid w:val="2B72D985"/>
+    <w:rsid w:val="2BE775F9"/>
     <w:rsid w:val="2C0F1796"/>
     <w:rsid w:val="2C32C152"/>
     <w:rsid w:val="2C46CF51"/>
     <w:rsid w:val="2C837899"/>
     <w:rsid w:val="2C9158C6"/>
     <w:rsid w:val="2DA1BF57"/>
     <w:rsid w:val="2DEA05BD"/>
     <w:rsid w:val="2DFFAC9A"/>
     <w:rsid w:val="2E7B5CE0"/>
     <w:rsid w:val="2E7C31C9"/>
     <w:rsid w:val="2F071CE2"/>
     <w:rsid w:val="2F11D050"/>
     <w:rsid w:val="302AE77A"/>
     <w:rsid w:val="304B4F25"/>
     <w:rsid w:val="3069EFA4"/>
     <w:rsid w:val="30813013"/>
+    <w:rsid w:val="30BDD11B"/>
     <w:rsid w:val="30CC72CC"/>
     <w:rsid w:val="30FD12C7"/>
     <w:rsid w:val="31092F4C"/>
     <w:rsid w:val="318985F6"/>
     <w:rsid w:val="31DE879D"/>
     <w:rsid w:val="31EE043A"/>
     <w:rsid w:val="32B4A2FF"/>
     <w:rsid w:val="32C26E34"/>
     <w:rsid w:val="32E92805"/>
     <w:rsid w:val="330C91CE"/>
     <w:rsid w:val="331CAEC4"/>
     <w:rsid w:val="3329E10D"/>
     <w:rsid w:val="3338F81A"/>
     <w:rsid w:val="33910EFE"/>
     <w:rsid w:val="33BB9C91"/>
     <w:rsid w:val="33E2ABA4"/>
     <w:rsid w:val="33ED6D7C"/>
     <w:rsid w:val="342BD182"/>
     <w:rsid w:val="343D783B"/>
     <w:rsid w:val="3481C652"/>
     <w:rsid w:val="3481DB8B"/>
     <w:rsid w:val="348503EB"/>
     <w:rsid w:val="354EFDAC"/>
     <w:rsid w:val="356329EE"/>
     <w:rsid w:val="35A009EC"/>
@@ -25870,61 +25216,64 @@
     <w:rsid w:val="410F418A"/>
     <w:rsid w:val="41E4A38E"/>
     <w:rsid w:val="41E66EF7"/>
     <w:rsid w:val="421609B3"/>
     <w:rsid w:val="42CC7BC5"/>
     <w:rsid w:val="42FA3B1F"/>
     <w:rsid w:val="433C90B5"/>
     <w:rsid w:val="43504692"/>
     <w:rsid w:val="44DB780A"/>
     <w:rsid w:val="451D8467"/>
     <w:rsid w:val="452DB02E"/>
     <w:rsid w:val="4569191D"/>
     <w:rsid w:val="45F1749E"/>
     <w:rsid w:val="46EC0885"/>
     <w:rsid w:val="470E9718"/>
     <w:rsid w:val="47C4C87B"/>
     <w:rsid w:val="47D2210E"/>
     <w:rsid w:val="47F40877"/>
     <w:rsid w:val="481C2B5F"/>
     <w:rsid w:val="482406E7"/>
     <w:rsid w:val="48293F8C"/>
     <w:rsid w:val="483CA196"/>
     <w:rsid w:val="49096F91"/>
     <w:rsid w:val="4930D506"/>
     <w:rsid w:val="4951C592"/>
+    <w:rsid w:val="495DCCE1"/>
     <w:rsid w:val="49E63A88"/>
     <w:rsid w:val="4A136BDC"/>
     <w:rsid w:val="4A26B89D"/>
     <w:rsid w:val="4B0163C5"/>
     <w:rsid w:val="4B60781D"/>
     <w:rsid w:val="4BF3104F"/>
     <w:rsid w:val="4BFEA3DF"/>
     <w:rsid w:val="4C2A9F3F"/>
     <w:rsid w:val="4CD9714A"/>
+    <w:rsid w:val="4D884B43"/>
     <w:rsid w:val="4DCF5614"/>
     <w:rsid w:val="4DEBA75F"/>
+    <w:rsid w:val="4DFD0C30"/>
     <w:rsid w:val="4E079D94"/>
     <w:rsid w:val="4E395CC5"/>
     <w:rsid w:val="4ED97C9A"/>
     <w:rsid w:val="4EF801C0"/>
     <w:rsid w:val="4F09E275"/>
     <w:rsid w:val="4F81A441"/>
     <w:rsid w:val="4FA8B06B"/>
     <w:rsid w:val="4FDDDC33"/>
     <w:rsid w:val="50154D23"/>
     <w:rsid w:val="501ACC07"/>
     <w:rsid w:val="505B6E0A"/>
     <w:rsid w:val="505B7E99"/>
     <w:rsid w:val="5073386C"/>
     <w:rsid w:val="50BEEE4F"/>
     <w:rsid w:val="50DF1D72"/>
     <w:rsid w:val="5110D5A6"/>
     <w:rsid w:val="514378B5"/>
     <w:rsid w:val="5187E4DA"/>
     <w:rsid w:val="51BC80A4"/>
     <w:rsid w:val="51F5625D"/>
     <w:rsid w:val="525D1729"/>
     <w:rsid w:val="5268E906"/>
     <w:rsid w:val="53D00C69"/>
     <w:rsid w:val="54579326"/>
     <w:rsid w:val="5473CD39"/>
@@ -25955,145 +25304,154 @@
     <w:rsid w:val="5ADDFEFB"/>
     <w:rsid w:val="5B0CEAAB"/>
     <w:rsid w:val="5B6352A7"/>
     <w:rsid w:val="5BA94C62"/>
     <w:rsid w:val="5C82BDF2"/>
     <w:rsid w:val="5CDD37BD"/>
     <w:rsid w:val="5D14C480"/>
     <w:rsid w:val="5D2D794F"/>
     <w:rsid w:val="5D390228"/>
     <w:rsid w:val="5D784754"/>
     <w:rsid w:val="5DC80A56"/>
     <w:rsid w:val="5DF23226"/>
     <w:rsid w:val="5E088BEF"/>
     <w:rsid w:val="5E3DD23D"/>
     <w:rsid w:val="5E54A18C"/>
     <w:rsid w:val="5E647E3E"/>
     <w:rsid w:val="5F2B1441"/>
     <w:rsid w:val="60841615"/>
     <w:rsid w:val="6090249D"/>
     <w:rsid w:val="61090B2D"/>
     <w:rsid w:val="610AB160"/>
     <w:rsid w:val="613DC743"/>
     <w:rsid w:val="61674B42"/>
     <w:rsid w:val="61802BDC"/>
     <w:rsid w:val="618F2E34"/>
+    <w:rsid w:val="61A649E3"/>
     <w:rsid w:val="61A751AA"/>
     <w:rsid w:val="635D1BE8"/>
     <w:rsid w:val="63793ADC"/>
     <w:rsid w:val="638FCA67"/>
     <w:rsid w:val="63C6D75D"/>
     <w:rsid w:val="645A7CA4"/>
     <w:rsid w:val="648D456B"/>
     <w:rsid w:val="64D2AD47"/>
+    <w:rsid w:val="652A45BE"/>
     <w:rsid w:val="655A5448"/>
     <w:rsid w:val="65B31951"/>
     <w:rsid w:val="65F64D05"/>
     <w:rsid w:val="661368FA"/>
     <w:rsid w:val="668AFE8F"/>
     <w:rsid w:val="670C7F9B"/>
     <w:rsid w:val="671A1D1F"/>
     <w:rsid w:val="671CAC54"/>
     <w:rsid w:val="675776C0"/>
     <w:rsid w:val="677CCF43"/>
     <w:rsid w:val="682EB24E"/>
     <w:rsid w:val="6841D4E1"/>
     <w:rsid w:val="6859311B"/>
     <w:rsid w:val="6866FE79"/>
     <w:rsid w:val="68A131B5"/>
     <w:rsid w:val="68C2DA8B"/>
     <w:rsid w:val="690F72A4"/>
     <w:rsid w:val="695AE07A"/>
     <w:rsid w:val="697B0267"/>
     <w:rsid w:val="69F389EE"/>
     <w:rsid w:val="6A158E7B"/>
+    <w:rsid w:val="6A19D48F"/>
     <w:rsid w:val="6A2AA9E6"/>
     <w:rsid w:val="6A40A319"/>
     <w:rsid w:val="6A799C6C"/>
     <w:rsid w:val="6A8A7AB1"/>
     <w:rsid w:val="6AEA58D8"/>
     <w:rsid w:val="6B61C945"/>
     <w:rsid w:val="6C05D65D"/>
     <w:rsid w:val="6C35FB41"/>
+    <w:rsid w:val="6C6D9CF6"/>
     <w:rsid w:val="6C88CFEE"/>
     <w:rsid w:val="6C8BC9D4"/>
     <w:rsid w:val="6C9037D6"/>
     <w:rsid w:val="6CB20F46"/>
     <w:rsid w:val="6CCCE185"/>
     <w:rsid w:val="6CEB32F8"/>
     <w:rsid w:val="6D30A8ED"/>
     <w:rsid w:val="6D792608"/>
     <w:rsid w:val="6DF6F073"/>
     <w:rsid w:val="6E354CD8"/>
     <w:rsid w:val="6E611EC1"/>
     <w:rsid w:val="6EC15611"/>
     <w:rsid w:val="6EF0E23F"/>
+    <w:rsid w:val="6F1DDA1B"/>
     <w:rsid w:val="6F284485"/>
     <w:rsid w:val="6F337DC9"/>
     <w:rsid w:val="6F617601"/>
     <w:rsid w:val="701D9B55"/>
     <w:rsid w:val="70398423"/>
     <w:rsid w:val="704DA716"/>
     <w:rsid w:val="7060DD5F"/>
     <w:rsid w:val="707CDF24"/>
     <w:rsid w:val="70C577DD"/>
     <w:rsid w:val="7144E635"/>
     <w:rsid w:val="7169CE7A"/>
     <w:rsid w:val="717BB15F"/>
     <w:rsid w:val="7182B05F"/>
     <w:rsid w:val="7262548E"/>
     <w:rsid w:val="73000191"/>
+    <w:rsid w:val="734732AB"/>
     <w:rsid w:val="73580557"/>
     <w:rsid w:val="73938ACA"/>
     <w:rsid w:val="740F3C8E"/>
     <w:rsid w:val="742D32A1"/>
     <w:rsid w:val="7466226B"/>
     <w:rsid w:val="748BE7A0"/>
     <w:rsid w:val="7495034C"/>
     <w:rsid w:val="74B80E6F"/>
     <w:rsid w:val="74E45228"/>
     <w:rsid w:val="751EBE88"/>
     <w:rsid w:val="754E27E2"/>
     <w:rsid w:val="7581A57D"/>
     <w:rsid w:val="75CF1133"/>
     <w:rsid w:val="75D2AC8C"/>
     <w:rsid w:val="7678258D"/>
     <w:rsid w:val="76DCC80E"/>
+    <w:rsid w:val="7735C50A"/>
     <w:rsid w:val="77519A79"/>
     <w:rsid w:val="7765D499"/>
     <w:rsid w:val="77B127A8"/>
     <w:rsid w:val="77B47E03"/>
     <w:rsid w:val="77EFA906"/>
     <w:rsid w:val="781B82A9"/>
     <w:rsid w:val="781E0393"/>
     <w:rsid w:val="785E1FF0"/>
     <w:rsid w:val="789815B9"/>
+    <w:rsid w:val="78D2A832"/>
     <w:rsid w:val="78D3B94A"/>
     <w:rsid w:val="78E7DA5F"/>
     <w:rsid w:val="78E9BBF5"/>
     <w:rsid w:val="78F9E125"/>
     <w:rsid w:val="79269133"/>
+    <w:rsid w:val="796632E6"/>
     <w:rsid w:val="798AF338"/>
     <w:rsid w:val="7A19C844"/>
     <w:rsid w:val="7A33C547"/>
     <w:rsid w:val="7AC076D5"/>
     <w:rsid w:val="7AFEAAEE"/>
     <w:rsid w:val="7B440EC2"/>
     <w:rsid w:val="7BD6BBA1"/>
     <w:rsid w:val="7C366D10"/>
     <w:rsid w:val="7CA547BB"/>
     <w:rsid w:val="7CE59954"/>
     <w:rsid w:val="7CEE9EB0"/>
     <w:rsid w:val="7D236138"/>
     <w:rsid w:val="7D301B84"/>
     <w:rsid w:val="7D59E082"/>
     <w:rsid w:val="7DD52B1D"/>
     <w:rsid w:val="7DE31BB7"/>
     <w:rsid w:val="7E757346"/>
     <w:rsid w:val="7E9FA087"/>
     <w:rsid w:val="7F887486"/>
     <w:rsid w:val="7FAC7894"/>
     <w:rsid w:val="7FB999C6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -31065,51 +30423,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/view/search/external/advancedSearchContractBlanket.xhtml?q=off51&amp;currentDocType=contractBlankets" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-SRC3-30369&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-SRC3-30369&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Binita.sheth@cjbinc.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:g.mandrafino@camoffice.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-SRC3-30369&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-30842&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-30887&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robert.becker@cjbinc.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gregg.manning@wbmason.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/DAS/CTSource/ContractBoard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/executive-orders/no-515-establishing-an-environmental-purchasing-policy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-30370&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-30499&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ehemingway@ssww.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customeraccountsupport@kaplanco.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:james.curtis@schoolspecialty.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sonia.Castro@mass.gov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32096&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sec.state.ma.us/divisions/cis/maps.htm" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kurt.becker@cjbinc.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@eaieducation.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tbickford@lakeshorelearning.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.acmiart.org/certified-products-search-tool" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-SRC3-30369&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthyschools.org/green-cleaning-healthy-products/healthy-products-for-healthy-schools-toolkit/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-30501&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:purchaseorders@dickblick.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-30505&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-30502&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-30556&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/DEEP/gis/Resources/IndexCountyTLpdf.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-30506&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-30504&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/view/search/external/advancedSearchContractBlanket.xhtml?q=off51&amp;currentDocType=contractBlankets" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-30503&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/view/search/external/advancedSearchContractBlanket.xhtml?q=off51&amp;currentDocType=contractBlankets" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-SRC3-30369&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kurt.becker@cjbinc.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32096&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthyschools.org/green-cleaning-healthy-products/healthy-products-for-healthy-schools-toolkit/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-SRC3-30369&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-30505&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-30502&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/DAS/CTSource/ContractBoard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-SRC3-30369&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/DEEP/gis/Resources/IndexCountyTLpdf.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Binita.sheth@cjbinc.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:g.mandrafino@camoffice.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-30506&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-30504&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-30887&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-30503&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robert.becker@cjbinc.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-30499&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-30842&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gregg.manning@wbmason.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/executive-orders/no-515-establishing-an-environmental-purchasing-policy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-SRC3-30369&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sonia.Castro@mass.gov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-30370&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:customeraccountsupport@kaplanco.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ehemingway@ssww.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:james.curtis@schoolspecialty.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.acmiart.org/certified-products-search-tool" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sec.state.ma.us/divisions/cis/maps.htm" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tbickford@lakeshorelearning.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@eaieducation.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/view/search/external/advancedSearchContractBlanket.xhtml?q=off51&amp;currentDocType=contractBlankets" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:purchaseorders@dickblick.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-30501&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-30556&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -31390,76 +30748,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...24 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e82b6fa405d795c2c1fd60b002b1325c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4acca893a766136a5bafeab47b9027e1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2e0e5592891313212390eddb4a3d5f9a" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -31648,1567 +30982,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BBB0C99B-D538-418B-BE78-11C7DAE1020A}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB5EFC7A-78A4-497A-983C-BE059A99E198}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>21</Pages>
-  <Words>6114</Words>
-  <Characters>34850</Characters>
+  <Words>6038</Words>
+  <Characters>34418</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>290</Lines>
-  <Paragraphs>81</Paragraphs>
+  <Lines>286</Lines>
+  <Paragraphs>80</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>40883</CharactersWithSpaces>
+  <CharactersWithSpaces>40376</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...1442 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Products and Services Contract User Guide Template</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Frizzi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">