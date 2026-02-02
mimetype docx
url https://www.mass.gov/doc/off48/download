--- v0 (2025-10-31)
+++ v1 (2026-02-02)
@@ -329,79 +329,93 @@
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Contract Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
-          <w:p w14:paraId="6B58923D" w14:textId="6384E3CE" w:rsidR="001646A2" w:rsidRPr="001646A2" w:rsidRDefault="001646A2" w:rsidP="001646A2">
+          <w:p w14:paraId="6B58923D" w14:textId="78B38986" w:rsidR="001646A2" w:rsidRPr="001646A2" w:rsidRDefault="001646A2" w:rsidP="001646A2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D4944">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Contract Term: </w:t>
             </w:r>
             <w:r w:rsidRPr="001646A2">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>July 1, 2022–June 30, 2027</w:t>
+              <w:t>July 1, 2022</w:t>
+            </w:r>
+            <w:r w:rsidR="00745BA8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001646A2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>June 30, 2027</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32D08185" w14:textId="29C03347" w:rsidR="001646A2" w:rsidRPr="006D4944" w:rsidRDefault="001646A2" w:rsidP="00655F35">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D4944">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Maximum End Date:</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
@@ -636,65 +650,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quote Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5400" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33C904EB" w14:textId="77777777" w:rsidR="001646A2" w:rsidRPr="00136526" w:rsidRDefault="001646A2" w:rsidP="00655F35">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quotes are required for </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve">Quotes are required for purchasing. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Refer to</w:t>
             </w:r>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> the </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Quote_Response_and" w:history="1">
               <w:r w:rsidRPr="00136526">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Quote Response and Requirements</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
@@ -786,92 +786,122 @@
             <w:tcW w:w="3870" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="05D666F3" w14:textId="77777777" w:rsidR="001646A2" w:rsidRPr="00136526" w:rsidRDefault="001646A2" w:rsidP="00655F35">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5400" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D381E32" w14:textId="3B16BC49" w:rsidR="001646A2" w:rsidRPr="00136526" w:rsidRDefault="005C6C64" w:rsidP="00655F35">
+          <w:p w14:paraId="0D381E32" w14:textId="41397A78" w:rsidR="001646A2" w:rsidRPr="00136526" w:rsidRDefault="00BE2670" w:rsidP="00655F35">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10/27/25</w:t>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="005C6C64">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="005C6C64">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00E451AA">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="005C6C64">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="001646A2">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidR="001646A2" w:rsidRPr="00560F87">
+            <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Updated C</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001646A2">
+              <w:t xml:space="preserve">Removed </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B0898">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ategory</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001646A2" w:rsidRPr="00560F87">
+              <w:t>Request for Payment Authorization (RPA)</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Manager</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> information</w:t>
+              <w:t xml:space="preserve"> language.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="390D03BC" w14:textId="14BDB73B" w:rsidR="00C9452E" w:rsidRDefault="00C9452E" w:rsidP="00666B28">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EE53A3B" w14:textId="3ADB882A" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="00AC1E9E" w:rsidP="00BA64B0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
@@ -897,60 +927,52 @@
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mass.gov/</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>mass.gov/osd</w:t>
+      </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF7BD81" w14:textId="6FEE2C58" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Template Version: 9.0</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
@@ -1094,107 +1116,99 @@
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00145223">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>617-</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">720-3300 | </w:t>
       </w:r>
       <w:hyperlink r:id="rId14">
         <w:r w:rsidR="00FA6E91">
           <w:rPr>
             <w:color w:val="2E368F"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>mass.gov/</w:t>
+          <w:t>mass.gov/osd</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="007D0521">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BCBF46A" w14:textId="77777777" w:rsidR="00B03625" w:rsidRDefault="00B03625" w:rsidP="00426815">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:sectPr w:rsidR="00B03625" w:rsidSect="003E7DC2">
           <w:headerReference w:type="default" r:id="rId15"/>
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:headerReference w:type="first" r:id="rId17"/>
           <w:footerReference w:type="first" r:id="rId18"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="1932468650"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="46FC1B32" w14:textId="42253982" w:rsidR="005A21C6" w:rsidRDefault="005A21C6">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="4F63FA92" w14:textId="0B2F88B2" w:rsidR="009A48FE" w:rsidRDefault="00003C5E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:vanish w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
@@ -3561,63 +3575,52 @@
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="541A6557" w14:textId="77777777" w:rsidR="005C6C64" w:rsidRDefault="005C6C64" w:rsidP="00B854B6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76DCC826" w14:textId="693C9483" w:rsidR="003F26F2" w:rsidRDefault="13FE62E6" w:rsidP="00B854B6">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">TIP: To return to the first page throughout this document, use </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>TIP: To return to the first page throughout this document, use Ctrl+home</w:t>
+      </w:r>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D66FF8">
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Toc194066592"/>
     </w:p>
     <w:p w14:paraId="0954B7C4" w14:textId="695E6010" w:rsidR="00E26E6E" w:rsidRDefault="00F65966" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc212451968"/>
       <w:r w:rsidRPr="00564A93">
         <w:lastRenderedPageBreak/>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidR="00C0549D" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B15B3F" w:rsidRPr="00633557">
@@ -4048,74 +4051,90 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B72D6D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Accessing a wide range of environmentally preferable products and services</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="516B2E6F" w14:textId="5AABD1E8" w:rsidR="008C05B4" w:rsidRDefault="008C05B4" w:rsidP="008C05B4">
       <w:r>
         <w:t>In addition, OFF48 offers the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6523132C" w14:textId="7A0E6760" w:rsidR="003B06EB" w:rsidRPr="00E039AE" w:rsidRDefault="003B06EB" w:rsidP="008306C9">
+    <w:p w14:paraId="6523132C" w14:textId="6E416B1B" w:rsidR="003B06EB" w:rsidRPr="00E039AE" w:rsidRDefault="003B06EB" w:rsidP="008306C9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Hlk199758819"/>
       <w:bookmarkStart w:id="11" w:name="_Hlk200651541"/>
       <w:r w:rsidRPr="00525F61">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Fixed Price (Categories 2 &amp; 4)</w:t>
+        <w:t xml:space="preserve">Fixed Price (Categories 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00745BA8">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00525F61">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4)</w:t>
       </w:r>
       <w:r w:rsidR="00E039AE">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24C9871C" w14:textId="4C37C1DD" w:rsidR="00E039AE" w:rsidRPr="00E039AE" w:rsidRDefault="00E039AE" w:rsidP="00E039AE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00525F61">
         <w:t>OFF48 provides fixed pricing—no quotes required—using convenient cost sheets for basic, low-volume copying (Category 2)</w:t>
       </w:r>
       <w:r>
@@ -5010,107 +5029,83 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00BA3A48">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:iCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>PRF70</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BA64B0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02EE84F7" w14:textId="144DBAD3" w:rsidR="005D20CA" w:rsidRPr="00BA64B0" w:rsidRDefault="00BA64B0" w:rsidP="000D3DC4">
+    <w:p w14:paraId="02EE84F7" w14:textId="4ED6907E" w:rsidR="005D20CA" w:rsidRPr="00BA64B0" w:rsidRDefault="00BA64B0" w:rsidP="3F7A3A09">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Postage and Mail Processing Equipment, Accessories, Services and Supplies</w:t>
       </w:r>
       <w:r w:rsidR="00F1472E">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0037245E">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidR="00F1472E">
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidRPr="004A35DE">
+      <w:hyperlink r:id="rId25">
+        <w:r w:rsidR="1A78443B" w:rsidRPr="3F7A3A09">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
-            <w:iCs/>
-            <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>OFF39</w:t>
+          <w:t>OFF54</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="43E9CB97" w14:textId="75296D39" w:rsidR="005F7C01" w:rsidRPr="00DC5CC1" w:rsidRDefault="00B77AE5" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc194066594"/>
       <w:bookmarkStart w:id="22" w:name="_Toc212451972"/>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve">Who </w:t>
       </w:r>
       <w:r w:rsidR="008B1C4B">
         <w:t>May</w:t>
       </w:r>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve"> Use the Contract</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="2F421623" w14:textId="14254EBC" w:rsidR="00F355B6" w:rsidRPr="00BA64B0" w:rsidRDefault="00F80200" w:rsidP="00F80200">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -5775,60 +5770,66 @@
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pricing:</w:t>
       </w:r>
       <w:r w:rsidRPr="001D0A7E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> All categories are quote-based.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="061BCD64" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="00C275EB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4628">
         <w:t>It is recommended that buyers request quotes from all vendors within the applicable category.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73A3311E" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="00C275EB">
+    <w:p w14:paraId="73A3311E" w14:textId="1555FAC9" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="00C275EB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4628">
-        <w:t>For Categories 1–4, at least three quotes are strongly encouraged.</w:t>
+        <w:t>For Categories 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00745BA8">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB4628">
+        <w:t>4, at least three quotes are strongly encouraged.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56A04A27" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="001D0A7E" w:rsidRDefault="00DB4628" w:rsidP="00C70A9C">
       <w:r w:rsidRPr="00C70A9C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Eligibility Requirements:</w:t>
       </w:r>
       <w:r w:rsidRPr="001D0A7E">
         <w:t xml:space="preserve"> Eligible entities may establish additional bidder requirements beyond those in the statewide contract. For example, vendors may be required to be approved under Category 3 for jobs involving a mail component.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42F43A50" w14:textId="4F4E37D7" w:rsidR="00F35A63" w:rsidRPr="00BC75FE" w:rsidRDefault="00F35A63" w:rsidP="00F35A63">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -6456,145 +6457,104 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidR="00DB4628" w:rsidRPr="00DB4628">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:bCs w:val="0"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor MBPO Listing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> for a list of eligible vendors.</w:t>
       </w:r>
       <w:r w:rsidR="00DB4628" w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F9F9A66" w14:textId="4991C640" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00595B41" w:rsidP="004D7259">
+    <w:p w14:paraId="59D5FD69" w14:textId="16E93F08" w:rsidR="00C371C3" w:rsidRDefault="00595B41" w:rsidP="436CAD75">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:bCs w:val="0"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="436CAD75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>Refer to the</w:t>
       </w:r>
-      <w:r w:rsidR="00DB4628" w:rsidRPr="00DB4628">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DB4628" w:rsidRPr="436CAD75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId29">
-        <w:r w:rsidR="00DB4628" w:rsidRPr="00DB4628">
+        <w:r w:rsidR="00DB4628" w:rsidRPr="436CAD75">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:t>How to Request Quotes from Vendors on Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00DB4628" w:rsidRPr="00DB4628">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DB4628" w:rsidRPr="436CAD75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="436CAD75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
-      <w:r w:rsidR="00DB4628" w:rsidRPr="00DB4628">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DB4628" w:rsidRPr="436CAD75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>instructions</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="436CAD75">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="7A00E0E8" w14:textId="77777777" w:rsidR="00C371C3" w:rsidRPr="00DB4628" w:rsidRDefault="00C371C3" w:rsidP="00DB4628">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28257BDA" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="006D6CE5">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -6606,231 +6566,111 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Direct Quotes (Outside of COMMBUYS)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="410D3323" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="00A6629B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Buyers can solicit quotes directly from multiple vendors outside of COMMBUYS by email or phone.</w:t>
+        <w:t xml:space="preserve">Buyers can solicit quotes directly from multiple vendors outside of COMMBUYS by email or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB4628">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>phone.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="326F907F" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="00A6629B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13ED8559" w14:textId="594BBF3E" w:rsidR="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="00C31F71">
+    <w:p w14:paraId="0F7EBCE0" w14:textId="08674E5C" w:rsidR="00C31F71" w:rsidRPr="00BE2670" w:rsidRDefault="00DB4628" w:rsidP="00BE2670">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="720"/>
         <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>To ensure application of contract pricing, always reference OFF48 when requesting quotes and ensure OFF48 is referenced on all quotes received.</w:t>
       </w:r>
       <w:r w:rsidR="00A6629B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All quotes should clearly indicate Free on Board (FOB) destination, with all charges for transportation and unloading prepaid by the vendor.</w:t>
-      </w:r>
-[...130 lines deleted...]
-        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="675722E9" w14:textId="5C714753" w:rsidR="00FE302E" w:rsidRDefault="00DB4628" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_Extend_Beyond_(Performance"/>
       <w:bookmarkStart w:id="33" w:name="_Toc212451976"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:t>Category-Based Pricing Instructions</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="22266BDA" w14:textId="6C56A02F" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="00DB4628">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4628">
@@ -6965,67 +6805,51 @@
     <w:p w14:paraId="1FCBEF72" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Proof Approval:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Buyers are responsible for reviewing and approving vendor-provided </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> before project commencement.</w:t>
+        <w:t xml:space="preserve"> Buyers are responsible for reviewing and approving vendor-provided proofs before project commencement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DADA208" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="00DB4628">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="392E00E5" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
@@ -7045,51 +6869,50 @@
     </w:p>
     <w:p w14:paraId="34E531ED" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="00DB4628">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57B917AE" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00005D64" w:rsidRDefault="00DB4628" w:rsidP="00005D64">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="35" w:name="_Toc212451978"/>
       <w:r w:rsidRPr="00005D64">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Category 2: Copying Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="72CE4C18" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="00DB4628">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F4A2569" w14:textId="19DEEBBB" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -7105,65 +6928,56 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendor</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s provide:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A8A0E2E" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Quick-turnaround</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> copying (within 48 hours)</w:t>
+        <w:t>Quick-turnaround copying (within 48 hours)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D4EB6E0" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Black &amp; white or color copies, up to 20,000 copies or sets</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FCAAA1B" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="00DB4628">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
@@ -7255,50 +7069,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AEE1BCA" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="002E001B">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Delivery:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> All pricing must include FOB delivery to the ordering facility or a single designated location.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36D6B460" w14:textId="2DDA63CA" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="00DB4628">
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="_Toc212451979"/>
       <w:r w:rsidRPr="00005D64">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
         </w:rPr>
         <w:t>Category 3: Mailing Services</w:t>
       </w:r>
@@ -7341,67 +7156,51 @@
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Automated, customized mailing of printed materials eligible for postal discounts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CD3D97F" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="000D3DC4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Full-service Mail House </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> should be prioritized for projects involving mail services alone or in combination with printing or copying.</w:t>
+        <w:t>Full-service Mail House capabilities and should be prioritized for projects involving mail services alone or in combination with printing or copying.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="464BBB9F" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="00005D64">
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Steps for Procuring Mail Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62699E79" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="00005D64">
       <w:pPr>
         <w:spacing w:after="0" w:line="278" w:lineRule="auto"/>
         <w:ind w:left="360"/>
@@ -7464,92 +7263,134 @@
         <w:t>Provide the following details:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E500A62" w14:textId="0BEA7112" w:rsidR="000562EE" w:rsidRDefault="00016D4B" w:rsidP="00005D64">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095753A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Eligible Entity’s name and address database</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78CA8C4D" w14:textId="37C46C4F" w:rsidR="00016D4B" w:rsidRDefault="00016D4B" w:rsidP="00005D64">
+    <w:p w14:paraId="78CA8C4D" w14:textId="5A461821" w:rsidR="00016D4B" w:rsidRDefault="00016D4B" w:rsidP="00005D64">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095753A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Consultation on postal regulations and mail class/type</w:t>
+        <w:t>Consultation on postal regulations and mail class</w:t>
+      </w:r>
+      <w:r w:rsidR="00745BA8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0095753A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>type</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FA9AABB" w14:textId="0598324F" w:rsidR="00016D4B" w:rsidRDefault="00016D4B" w:rsidP="00005D64">
+    <w:p w14:paraId="7FA9AABB" w14:textId="41BDE845" w:rsidR="00016D4B" w:rsidRDefault="00016D4B" w:rsidP="00005D64">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095753A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Type of mail piece (e.g., letter, postcard, newsletter)</w:t>
+        <w:t>Type of mail piece (</w:t>
+      </w:r>
+      <w:r w:rsidR="00745BA8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Example:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0095753A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> letter, postcard</w:t>
+      </w:r>
+      <w:r w:rsidR="00745BA8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0095753A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> newsletter)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AD5B76F" w14:textId="2CB974FA" w:rsidR="00016D4B" w:rsidRDefault="00016D4B" w:rsidP="00005D64">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0095753A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mailing schedule and pickup/delivery timeline</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61F76FAD" w14:textId="7D75B73C" w:rsidR="00DB4628" w:rsidRPr="00016D4B" w:rsidRDefault="00016D4B" w:rsidP="00005D64">
@@ -7608,51 +7449,50 @@
         <w:t>availability of postal discounts</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for Maling</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24CB903D" w14:textId="7C8ED6F9" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00016D4B" w:rsidP="00005D64">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">C. </w:t>
       </w:r>
       <w:r w:rsidR="00DB4628" w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Executive Agencies</w:t>
       </w:r>
       <w:r w:rsidR="00E30532">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00DB4628" w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Request Quote(s) In COMMBUYS as you would any bid and include supporting information as an attachment. </w:t>
       </w:r>
@@ -7697,155 +7537,131 @@
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E. Important Considerations:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EB1B786" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="00005D64">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>If using</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> a bulk USPS mail account, ensure it has sufficient funds to cover postage.</w:t>
+        <w:t>If using a bulk USPS mail account, ensure it has sufficient funds to cover postage.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52DA5729" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="00005D64">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> a bulk USPS account, you may either:</w:t>
+        <w:t>If not using a bulk USPS account, you may either:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D4EA4AD" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="00005D64">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Provide the vendor with a check payable to the appropriate Postmaster (e.g., Postmaster Boston or Reading), or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D104016" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="00005D64">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1800"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Request the vendor includes the postage cost on the invoice as a pass-through with no markup.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23777186" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="00005D64">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -8105,93 +7921,72 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Quote Requests</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> should be sent to all vendors, however, only a </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">minimum of 3 quotes </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> required. </w:t>
+        <w:t xml:space="preserve">minimum of 3 quotes are required. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FC63CC4" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Delivery:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> All pricing must include FOB delivery to the ordering facility or a single designated location.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0288325A" w14:textId="32D6FF57" w:rsidR="000067FD" w:rsidRPr="000067FD" w:rsidRDefault="000067FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="38" w:name="_Toc212451981"/>
       <w:r>
         <w:t xml:space="preserve">Setting Up a </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:t>COMMBUYS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Account</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
@@ -8306,50 +8101,51 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00124E63" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>efficiency in the procurement process.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="370E26D7" w14:textId="1F0CF014" w:rsidR="0082614B" w:rsidRPr="00136C46" w:rsidRDefault="0082614B" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For Executive Agencies, COMMBUYS is required. </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Per </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>801 CMR 21.00</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, Executive Agencies must use established </w:t>
       </w:r>
       <w:r>
@@ -8393,51 +8189,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the buyers must </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:r w:rsidR="00A17CD7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidR="00B3390A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSD Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or call</w:t>
       </w:r>
       <w:r w:rsidR="00A17CD7">
         <w:rPr>
@@ -8716,51 +8512,51 @@
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D67533E" w14:textId="180125FF" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32">
+      <w:hyperlink r:id="rId31">
         <w:r w:rsidRPr="00136C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">home page, enter </w:t>
       </w:r>
       <w:r w:rsidR="00DB4628" w:rsidRPr="00DB4628">
         <w:rPr>
@@ -9046,84 +8842,83 @@
         <w:t>Vendor Attachments</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section.</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25607E40" w14:textId="3CBB9EFE" w:rsidR="00530D68" w:rsidRDefault="00D618B6" w:rsidP="00DB4628">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ll standard contract documents </w:t>
       </w:r>
       <w:r w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">within the Master Contract Record. Access them directly by </w:t>
       </w:r>
       <w:r w:rsidR="00CF04CB">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ing </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidR="00DB4628" w:rsidRPr="00DB4628">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Master Blanket Purchase Orders (MBPOs) and RFR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DB4628" w:rsidRPr="00DB4628">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C1318A" w14:textId="646B8CC7" w:rsidR="003C3ABF" w:rsidRDefault="00554AF0" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="41" w:name="_Toc194066602"/>
       <w:bookmarkStart w:id="42" w:name="_Toc212451983"/>
       <w:r>
         <w:t>Finding Vendor-Specific Documents</w:t>
@@ -9232,99 +9027,106 @@
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="00136C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> page</w:t>
       </w:r>
       <w:r w:rsidR="00F33440" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and follow these steps:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EAA3403" w14:textId="22E92C57" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="000D3DC4">
+    <w:p w14:paraId="1EAA3403" w14:textId="79461192" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="00EB01C8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> page, u</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nder the </w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Master Blanket Purchase Order #</w:t>
+        <w:t xml:space="preserve">Master Blanket Purchase Order </w:t>
+      </w:r>
+      <w:r w:rsidR="00745BA8" w:rsidRPr="00745BA8">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Number</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Column, </w:t>
       </w:r>
       <w:r w:rsidR="00CF04CB">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the applicable </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
@@ -9356,50 +9158,51 @@
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Master Blanket Purchase Order (MBPO) opens for the selected PO.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0681DD01" w14:textId="33618CF0" w:rsidR="00554AF0" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">On the MBPO, scroll down to the </w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendor Attachments</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section to find the vendor-specific documents</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64B41098" w14:textId="04D66C77" w:rsidR="00F33440" w:rsidRDefault="00F33440" w:rsidP="000D3DC4">
@@ -9496,156 +9299,156 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Executive Departments </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> use diverse and small businesses to the extent possible based on contract terms, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Office (SDO)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and departmental policies, laws, and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C47129" w14:textId="777E7F71" w:rsidR="00D16914" w:rsidRDefault="00D16914" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidRPr="00556773">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Small Business Purchasing Program (SBPP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to small procurements ($250,000 or below annually), while the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="001B046D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Program (SDP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to large procurements (over $250,000 annually). Executive Departments must consider these requirements when soliciting quotes or issuing Statements </w:t>
       </w:r>
       <w:r w:rsidR="001F7D27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f Work (SOWs).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="763DAE00" w14:textId="33AFFFF4" w:rsidR="00A31A6A" w:rsidRDefault="00A4039E" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Operational Services Division (OSD) provides a list of SDO businesses through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Statewide Contract Index</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000B307C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
@@ -9733,68 +9536,67 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007002E9">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>In cases where all other factors are equal, and particularly when adhering to a best value approach, the department will favor the vendor with stronger SDP commitment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="570E0460" w14:textId="513A2E36" w:rsidR="00053531" w:rsidRPr="007002E9" w:rsidRDefault="00053531" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r w:rsidR="008E179F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of SDP Plan Forms: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B925288" w14:textId="2C8CC15C" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
@@ -9876,65 +9678,66 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6101">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If available, departments must notify at least two certified small businesses capable of providing the product or service. Bids received from SBPP-participating small businesses must be evaluated, and if one meets the department’s best value criteria, the contract must be awarded to that vendor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ACB0633" w14:textId="181C0B0C" w:rsidR="003C6101" w:rsidRDefault="008F629C" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
+      <w:hyperlink r:id="rId38" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
         <w:r w:rsidRPr="008F629C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of Responses to Small Procurements: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EE73878" w14:textId="685C5905" w:rsidR="008F629C" w:rsidRPr="003C6101" w:rsidRDefault="00ED6956" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -9984,66 +9787,66 @@
       <w:r w:rsidRPr="003066B4">
         <w:t>Subcontractor</w:t>
       </w:r>
       <w:r w:rsidR="000E3C80" w:rsidRPr="003066B4">
         <w:t>s</w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
       <w:r w:rsidR="004D3A5D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
     </w:p>
     <w:p w14:paraId="477867D8" w14:textId="4608CF83" w:rsidR="000E3C80" w:rsidRPr="009E12A3" w:rsidRDefault="000E3C80" w:rsidP="000E3C80">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The awarded vendor’s use of subcontractors is subject to the provisions of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Terms and Conditions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Standard Contract Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, as well as other applicable terms of this </w:t>
       </w:r>
       <w:r w:rsidR="005C457B" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Statewide Contract (</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SWC</w:t>
@@ -10351,107 +10154,95 @@
     <w:p w14:paraId="6171ACC4" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="000D3DC4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendor is responsible for delivering products in </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">first-class </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>first-class condition</w:t>
+      </w:r>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and in line with </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>standard commercial practices</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60FDCBF8" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="000D3DC4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Shipping Case / Box Labeling</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (at minimum):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0386D119" w14:textId="77777777" w:rsidR="00DB4628" w:rsidRPr="00DB4628" w:rsidRDefault="00DB4628" w:rsidP="000D3DC4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -10566,50 +10357,51 @@
           <w:ilvl w:val="2"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB4628">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Any special designations requested by the Eligible Entity</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B09715" w14:textId="22183C37" w:rsidR="006659DA" w:rsidRDefault="00F52DB7" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="52" w:name="_Toc194066611"/>
       <w:bookmarkStart w:id="53" w:name="_Toc212451989"/>
       <w:bookmarkEnd w:id="51"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Additional Discounts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
     </w:p>
     <w:p w14:paraId="5722884C" w14:textId="2C86CC2C" w:rsidR="00F52DB7" w:rsidRPr="009E12A3" w:rsidRDefault="000157ED" w:rsidP="00F52DB7">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors in this statewide contract offer the following discounts, which </w:t>
       </w:r>
       <w:r w:rsidR="00187389">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
@@ -10818,99 +10610,76 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6EAD9AC7" w14:textId="51698A83" w:rsidR="00FE1EB2" w:rsidRPr="009E12A3" w:rsidRDefault="00A36AA5" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide actionable feedback on vendors for this contract to optimize performance </w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42" w:history="1">
-        <w:proofErr w:type="spellStart"/>
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Procurated</w:t>
-[...7 lines deleted...]
-          <w:t xml:space="preserve"> Platform</w:t>
+          <w:t>Procurated Platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00387453" w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C4CD8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">On the </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> website, </w:t>
+        <w:t xml:space="preserve">On the Procurated website, </w:t>
       </w:r>
       <w:r w:rsidR="003F621F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select an OSD contract, c</w:t>
       </w:r>
       <w:r w:rsidR="00BE76D0">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hoose</w:t>
       </w:r>
       <w:r w:rsidR="003F621F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F621F" w:rsidRPr="00E8347B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -11001,74 +10770,74 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers are encouraged to reach out to the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category Manager</w:t>
       </w:r>
       <w:r w:rsidR="00172914">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A3745D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId43">
+      <w:hyperlink r:id="rId42">
         <w:r w:rsidR="00A3745D" w:rsidRPr="00054756">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Tatiana Henry</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A3745D" w:rsidRPr="00054756">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r w:rsidR="00A3745D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44" w:history="1">
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidR="00A3745D" w:rsidRPr="00E16B0C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Sean Corbin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A3745D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if vendors are not meeting their contractual obligations and buyers may be surveyed for vendor performance feedback.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EEB944D" w14:textId="2C0339E6" w:rsidR="00EF1817" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -11188,51 +10957,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> (CAP)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, working collaboratively with OSD and the relevant purchasing entities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2740164E" w14:textId="5D21A87A" w:rsidR="00291F79" w:rsidRPr="009E12A3" w:rsidRDefault="00291F79" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidR="001123CE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vendor</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> performance is inadequate or breaches the RFR terms, </w:t>
       </w:r>
       <w:r w:rsidR="00DD0432" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">including attachments and agreements, </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the OSD Category Manager</w:t>
@@ -11264,113 +11032,112 @@
     </w:p>
     <w:p w14:paraId="3CA7FE22" w14:textId="44C5BAF5" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors</w:t>
       </w:r>
       <w:r w:rsidR="00471474" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> must meet all contractual requirements throughout the life of the contract, including requirements for timely and accurate report submission, to remain in good standing under the contract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="131C4A43" w14:textId="7A54E6E3" w:rsidR="00B11FB8" w:rsidRPr="009E12A3" w:rsidRDefault="00172914" w:rsidP="000D3DC4">
+    <w:p w14:paraId="131C4A43" w14:textId="77530B5D" w:rsidR="00B11FB8" w:rsidRPr="009E12A3" w:rsidRDefault="00172914" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00172914">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors on </w:t>
       </w:r>
       <w:r w:rsidRPr="00172914">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OFF48</w:t>
       </w:r>
       <w:r w:rsidRPr="00172914">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> must meet all contractual requirements throughout the life of the </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00172914">
+      <w:r w:rsidR="009E019F" w:rsidRPr="00172914">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>contract, and</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>contract and</w:t>
+      </w:r>
       <w:r w:rsidRPr="00172914">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> are subject to an annual Business Review. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E4F3ADB" w14:textId="477EF2DC" w:rsidR="000E01B4" w:rsidRDefault="000E01B4" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="56" w:name="_Toc194066615"/>
       <w:bookmarkStart w:id="57" w:name="_Toc212451991"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>General Procurement Guidelines and Best Practices</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
     </w:p>
     <w:p w14:paraId="6091B2E8" w14:textId="465D2E1E" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000E01B4">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For general procurement guidelines and best practices, follow these recommendations:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="508955D5" w14:textId="7601F3A9" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
@@ -11582,74 +11349,74 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category Manager</w:t>
       </w:r>
       <w:r w:rsidR="00172914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A3745D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId45">
+      <w:hyperlink r:id="rId44">
         <w:r w:rsidR="00A3745D" w:rsidRPr="00054756">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Tatiana Henry</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A3745D" w:rsidRPr="00054756">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r w:rsidR="00A3745D">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidR="00A3745D" w:rsidRPr="00E16B0C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">Sean </w:t>
         </w:r>
         <w:r w:rsidR="00A3745D" w:rsidRPr="00A3745D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Corbin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A3745D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -11708,174 +11475,173 @@
         <w:t xml:space="preserve"> (EPPS)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="59"/>
       <w:r w:rsidR="00131479">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3714C903" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00172914" w:rsidRDefault="00172914" w:rsidP="00172914">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="60" w:name="_Memorandum_of_Understanding"/>
       <w:bookmarkStart w:id="61" w:name="_Toc194066619"/>
       <w:bookmarkEnd w:id="60"/>
       <w:r w:rsidRPr="00172914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">State agencies must comply with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47">
+      <w:hyperlink r:id="rId46">
         <w:r w:rsidRPr="00A3745D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Massachusetts Executive Order 515</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00172914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, which mandates the procurement of EPPs when they meet performance standards and offer best value. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="337054ED" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00172914" w:rsidRDefault="00172914" w:rsidP="00172914">
       <w:pPr>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00172914">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This contract requires vendors to use paper and envelopes with at least 30% post-consumer recycled content (PCRC) for uncoated stock and 10% for paper coated stock, along with other PCRC product standards outlined in Appendix 1 of the OFF48 RFR (available via the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48">
+      <w:hyperlink r:id="rId47">
         <w:r w:rsidRPr="00172914">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OFF48 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00172914">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00172914">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>on COMMBUYS under “Agency Attachments”).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7776E3F5" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00172914" w:rsidRDefault="00172914" w:rsidP="00172914">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00172914">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Vendor Requirements:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2714225F" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00172914" w:rsidRDefault="00172914" w:rsidP="00D133B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00172914">
         <w:t>Offer higher recycled content paper options</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A774D6F" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00172914" w:rsidRDefault="00172914" w:rsidP="00D133B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00172914">
         <w:t>Indicate recycled content on all printed materials</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DE27AA2" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00172914" w:rsidRDefault="00172914" w:rsidP="00D133B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00172914">
         <w:t>Maintain a recycling program with regular pickups</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5487747D" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00172914" w:rsidRDefault="00172914" w:rsidP="00D133B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00172914">
         <w:t xml:space="preserve">Be registered with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:history="1">
+      <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidRPr="00D133B5">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>MassDEP’s Compliance Certification Program</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00172914">
         <w:t xml:space="preserve"> or meet equivalent out-of-state environmental standards</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B8CBEDE" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00172914" w:rsidRDefault="00172914" w:rsidP="00D133B5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00172914">
         <w:t>Printers are encouraged to recycle solvents and ink, use water-based plate developers, adhesives, and cleaners, and avoid chlorinated solvents</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1183343A" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00172914" w:rsidRDefault="00172914" w:rsidP="00D133B5">
@@ -11883,117 +11649,102 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00172914">
         <w:t>Mailing service vendors must use ENERGY STAR–certified equipment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="717745FF" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00172914" w:rsidRDefault="00172914" w:rsidP="00172914">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00172914">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Request EPP Choices:</w:t>
       </w:r>
       <w:r w:rsidRPr="00172914">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Buyers are encouraged to request environmentally preferable products—such as those made with recycled materials or certified by FSC, ENERGY STAR, </w:t>
-[...15 lines deleted...]
-        <w:t>, UL ECOLOGO, or Fair Trade—and to prioritize features like solar power, rechargeability, and low-toxicity materials.</w:t>
+        <w:t xml:space="preserve"> Buyers are encouraged to request environmentally preferable products—such as those made with recycled materials or certified by FSC, ENERGY STAR, GreenSeal, UL ECOLOGO, or Fair Trade—and to prioritize features like solar power, rechargeability, and low-toxicity materials.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07C538EF" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00172914" w:rsidRDefault="00172914" w:rsidP="00172914">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00172914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Learn More:</w:t>
       </w:r>
       <w:r w:rsidRPr="00172914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Explore the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50" w:history="1">
+      <w:hyperlink r:id="rId49" w:history="1">
         <w:r w:rsidRPr="00172914">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Environmentally Preferable Products (EPP) Procurement Program</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00172914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and discover detailed guidance in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51" w:history="1">
+      <w:hyperlink r:id="rId50" w:history="1">
         <w:r w:rsidRPr="00172914">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>EPP Products and Services Guide</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00172914">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DE46830" w14:textId="5F078E6D" w:rsidR="004C38FD" w:rsidRDefault="004C38FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="62" w:name="_Toc212451993"/>
       <w:r w:rsidRPr="004C38FD">
         <w:t>Memorandum of Understanding (MOU)</w:t>
       </w:r>
@@ -12160,51 +11911,51 @@
       </w:r>
       <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> technical support and job aids </w:t>
       </w:r>
       <w:r w:rsidR="000E68EE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">by emailing </w:t>
       </w:r>
       <w:r w:rsidR="003764F5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52" w:history="1">
+      <w:hyperlink r:id="rId51" w:history="1">
         <w:r w:rsidR="003764F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Comptroller Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A63214">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00E9505D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:r w:rsidR="003764F5">
         <w:rPr>
@@ -12741,51 +12492,50 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Statewide</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79B2FD9C" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00172914" w:rsidRDefault="00172914" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00172914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Berkshire</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62B84F91" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00172914" w:rsidRDefault="00172914" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00172914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Hampshire</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53D15E4B" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00172914" w:rsidRDefault="00172914" w:rsidP="000D3DC4">
@@ -12973,50 +12723,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bristol</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C7370A8" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00172914" w:rsidRDefault="00172914" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00172914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Barnstable</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43B59DD9" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00172914" w:rsidRDefault="00172914" w:rsidP="000D3DC4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00172914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dukes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29755442" w14:textId="77777777" w:rsidR="00172914" w:rsidRDefault="00172914" w:rsidP="000D3DC4">
@@ -13074,92 +12825,92 @@
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008069BB" w:rsidRPr="0031353A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Map of Massachusetts Counties</w:t>
       </w:r>
       <w:r w:rsidR="008069BB" w:rsidRPr="00FA302C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008069BB" w:rsidRPr="0031353A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53" w:history="1">
+      <w:hyperlink r:id="rId52" w:history="1">
         <w:r w:rsidR="008069BB" w:rsidRPr="0031353A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Massachusetts Maps</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008069BB" w:rsidRPr="0031353A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008069BB">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>web page</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
     <w:p w14:paraId="0F4FE348" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00172914" w:rsidRDefault="00172914" w:rsidP="00172914"/>
     <w:p w14:paraId="71C99DDE" w14:textId="77777777" w:rsidR="00266475" w:rsidRDefault="00266475" w:rsidP="00266475">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:sectPr w:rsidR="00266475" w:rsidSect="003E7DC2">
-          <w:footerReference w:type="first" r:id="rId54"/>
+          <w:footerReference w:type="first" r:id="rId53"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60542AC8" w14:textId="77777777" w:rsidR="00A137F1" w:rsidRDefault="00E51057" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="275" w:name="_Appendix_A:_Vendor"/>
       <w:bookmarkStart w:id="276" w:name="_Vendor_Specific_Information"/>
       <w:bookmarkStart w:id="277" w:name="_Vendor_Information*"/>
       <w:bookmarkStart w:id="278" w:name="_Vendor_List_and"/>
       <w:bookmarkStart w:id="279" w:name="_Appendix_A:_1"/>
       <w:bookmarkStart w:id="280" w:name="_Toc194066623"/>
       <w:bookmarkStart w:id="281" w:name="_Toc212451996"/>
       <w:bookmarkEnd w:id="275"/>
       <w:bookmarkEnd w:id="276"/>
       <w:bookmarkEnd w:id="277"/>
       <w:bookmarkEnd w:id="278"/>
       <w:bookmarkEnd w:id="279"/>
@@ -13643,51 +13394,51 @@
               <w:t>Master Contract Record</w:t>
             </w:r>
             <w:r w:rsidR="00BE3B7D">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="009DF514" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC3-25874</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46CFA1D6" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -13754,81 +13505,81 @@
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-720-3105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AC2BD43" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Tatiana.Henry@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BE38A43" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Sean.corbin@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="333BD46D" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
@@ -13987,51 +13738,51 @@
             <w:r w:rsidR="004E32BD">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="565D7D8A" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC3-25998</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BA5F89D" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -14101,81 +13852,81 @@
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-720-3105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E78089F" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Tatiana.Henry@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DEF8FFB" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Sean.corbin@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A737052" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
@@ -14322,51 +14073,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Solicitation Enabled MBPO (for requesting quotes) Category 2 Black and White Copy or Collating Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51BC55E1" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC3-25997</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41377B1F" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -14436,81 +14187,81 @@
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-720-3105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DD24DBE" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Tatiana.Henry@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27FD4319" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Sean.corbin@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A03DE17" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
@@ -14658,51 +14409,51 @@
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Solicitation Enabled MBPO (for requesting quotes) Category 3: Mailing Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13A223F7" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC3-25995</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E4A81C3" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -14772,81 +14523,81 @@
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-720-3105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="188B2E5A" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Tatiana.Henry@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E7DFE86" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Sean.corbin@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="329A2DA0" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
@@ -14993,51 +14744,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Solicitation Enabled MBPO (for requesting quotes) Category 4: Promotional and Advertising Printing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79306EAA" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC3-25996</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="521275E1" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -15107,81 +14858,81 @@
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-720-3105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2868C717" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Tatiana.Henry@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56AA9818" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Sean.corbin@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6999A948" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
@@ -15329,51 +15080,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>AMDA Enterprises, Inc dba NEPM Division</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43354199" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26298</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D226192" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -15407,51 +15158,51 @@
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>413-596-4800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="141969D4" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>info@nepm.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
@@ -15667,51 +15418,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Andrew T. Johnson Co., Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6820DC8B" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26003</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4FB9B289" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -15737,51 +15488,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-742-1610</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C81D314" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>bobleslie@andrewtjohnson.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -15982,51 +15733,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Anthony Zagarri</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26FDADD7" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26296</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D02D390" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -16060,51 +15811,51 @@
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-308-3773</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3350A125" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>info@razargraphics.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
@@ -16312,51 +16063,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>B.B.C.G. LLC dba Vantage Graphics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47CD9F42" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26029</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36639127" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -16382,51 +16133,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-796-9900 Ext. 301</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18F42A24" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>ben.chow@vangraph.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -16624,51 +16375,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Big Game Outfitters, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1773EE83" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26004</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5591CBF7" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -16703,51 +16454,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>978-468-0643</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B423D5E" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>oshea.c@comcast.net</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -16957,51 +16708,51 @@
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Boston Mailing Company, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40CECE05" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26301</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58C2714D" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -17035,51 +16786,51 @@
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-261-4880</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23525960" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>mail@bostonmailing.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
@@ -17287,51 +17038,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Central Print Source</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1363CCBB" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC3-26014</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76B1CBD1" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -17357,51 +17108,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>781-826-3702 Ext. 301</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7525AF75" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>info@centralprintsource.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41C91470" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -17590,51 +17341,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Christine Miller DBA Oceans Promotions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D2B95BF" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-25872</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C1CADC8" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -17660,51 +17411,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>508-340-2939</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78EE3816" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>christine@oceanspromotions.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -17902,51 +17653,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Commonwealth Print and Mail Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="566B12B8" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC3-26073</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64B9F9C1" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -17972,51 +17723,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-720-3346</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57CE64CB" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>edward.devlin@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -18113,83 +17864,73 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172914" w:rsidRPr="00A22F20" w14:paraId="68D6EAC1" w14:textId="77777777" w:rsidTr="00613704">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="195F4F7D" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Inc. dba Spire</w:t>
+            <w:r w:rsidRPr="00A22F20">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Digipress Inc. dba Spire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="787940C1" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26063</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5EB61DDA" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -18215,51 +17956,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-832-1905</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33F41051" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>hilary.caccamo@spire.net</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -18457,51 +18198,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>DS Graphics Inc. dba Universal Wilde</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4306B4AB" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-</w:t>
               </w:r>
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>22-1080-OSD03-SRC3-26818</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -18537,51 +18278,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>978-970-1359</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A9334AB" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Jim.bailey@universalwilde.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -18780,51 +18521,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Fenway Communications Group, Inc. dba Fenway Printers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C2530E8" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26056</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79D213F6" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -18850,51 +18591,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-226-1900 Ext. 114</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DC3C9AF" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>info@fenwaycommunications.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -19102,51 +18843,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Flagship Press, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FE68169" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26005</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68FF5E4D" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -19172,51 +18913,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-719-5215</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3063B6E9" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>hsilberstein@flagshippress.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -19414,51 +19155,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Fowler Printing &amp; Graphics, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D2D46DD" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26103</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D0463F4" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -19484,51 +19225,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>781-986-8900</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21945D2C" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>jbrennan@fowlerprinting.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -19726,51 +19467,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Hannaford &amp; Dumas, Corp</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A00B2C8" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26008</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57D7698A" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -19796,51 +19537,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>978-852-9291</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47196940" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>pmallahan@hannaforddumas.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -20016,163 +19757,143 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172914" w:rsidRPr="00A22F20" w14:paraId="6D773715" w14:textId="77777777" w:rsidTr="00613704">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="63"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4245B2B9" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> dba Minuteman Press Natick</w:t>
+            <w:r w:rsidRPr="00A22F20">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>HyggeMail dba Minuteman Press Natick</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06E6285F" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26109</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46A76ABA" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pramitha B. </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Pramitha B. Chowrira</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FB62D7A" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>508-655-0875</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AFB54DF" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>info@mpnatick.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -20347,83 +20068,73 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172914" w:rsidRPr="00A22F20" w14:paraId="78481648" w14:textId="77777777" w:rsidTr="00613704">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1189246E" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> NE LLC</w:t>
+            <w:r w:rsidRPr="00A22F20">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Infosend NE LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="554756EB" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26299</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CDE4FBC" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -20450,51 +20161,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-865-7570</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C128181" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Deena.r@infosendne.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
@@ -20693,51 +20404,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>J. T. Gardner, Inc dba Curry Printing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CAC4D85" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26295</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="492691BA" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -20764,51 +20475,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>800-540-4993</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C5224AE" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>pgardner@curryprinting.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
@@ -21006,51 +20717,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>JLS Mailing Services Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="461E739F" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26294</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19467E92" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -21077,51 +20788,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>508-313-1028</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DB6CF3E" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>jjclark@jlsms.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
@@ -21319,51 +21030,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Jordan Enterprises, Inc. DBA SD Visual Images</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2124D046" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-25873</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C56C10F" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -21389,80 +21100,80 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>508-481-2948</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74021ECF" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>info@sdvisualimages.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1064E08A" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>sdvi2948@aol.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0906D2FF" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
@@ -21677,51 +21388,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Lane Printing, Co., Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73F31C5A" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26006</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5093B0EA" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -21747,80 +21458,80 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>781-767-4450</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3683F981" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>frank@laneprint.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00079193" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>mail@laneprint.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -22025,51 +21736,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Leone Marketing Solutions, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3098B8B3" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-25868</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DF282C4" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -22095,51 +21806,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>781-740-3171</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D453064" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>rachel@leonemarketing.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -22362,51 +22073,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>MASSCOR Industries</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="196A9307" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC3-26072</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="289726CC" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -22432,51 +22143,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>508-850-1074</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3738A321" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Steven.K.Niland@doc.state.ma.us</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -22597,51 +22308,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>McDermott-Pallotta, Inc. dba Evans &amp; Faulkner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4509FFDE" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26055</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BA9D220" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -22685,51 +22396,51 @@
               <w:t>617-924-4091</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01DC380F" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="785F54AA" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>watertown@alphagraphics.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -22944,51 +22655,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>MG Products, LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7ACBB0E6" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-25869</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="734E61E9" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -23014,51 +22725,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>978-352-5042</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B4ADAAB" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>leanne@mgproducts.net</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -23263,51 +22974,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Millennium Printing Corporation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64FAD391" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26030</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="059357B1" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -23333,109 +23044,109 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>781-337-0002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C464267" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>info@mpcprinting.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E6E516C" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>kmccoy@mpcprinting.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39365FAC" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>clayman@mpcprinting.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -23641,51 +23352,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Puritan Press, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42885F45" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26031</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04BBB542" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -23711,51 +23422,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>603-889-4500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24128810" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>davec@puritancapital.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -23953,51 +23664,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Razz-M-Tazz Promotions, LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3930703B" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26007</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="124E4AB9" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -24023,51 +23734,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>978-874-0502</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B9F19BE" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>gail@razz-m-tazz.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -24274,51 +23985,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>RR Donnelley &amp; Sons Company dba RR Donnelley</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58E7141B" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26074</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33FB381C" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -24344,80 +24055,80 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>781-353-8643</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07B7A31D" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>corporate.wbmstr@rrd.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2AF932FA" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>susan.sheridan@rrd.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -24592,83 +24303,81 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00172914" w:rsidRPr="00A22F20" w14:paraId="348E97AE" w14:textId="77777777" w:rsidTr="00613704">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="548"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66E94340" w14:textId="7062DF60" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>TigerPress</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="0081666A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>, LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DC5EE61" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26293</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D56C9F1" w14:textId="3E55B754" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="0081666A" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -24702,51 +24411,51 @@
               </w:rPr>
               <w:t>413-224-</w:t>
             </w:r>
             <w:r w:rsidR="0081666A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0930</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03A533AB" w14:textId="11B9E4E2" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="009A0586" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r w:rsidRPr="000B090F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>jamie@tigerpress.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00172914" w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73BBD007" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
@@ -24943,51 +24652,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Shawmut Advertising, Inc. dba Shawmut Communications Group</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70327F04" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26300</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C3FA7D3" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -25013,51 +24722,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>978-762-7500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B0B970D" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>info@shawmutdelivers.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -25255,51 +24964,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Standard Modern Company, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A9F4A51" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26057</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BF2B441" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -25325,80 +25034,80 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>800-742-4123 Ext. 300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C35A007" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>info@standardmodern.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0048E38B" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>jsmith@standardmodern.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -25604,51 +25313,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sterling Business Products, Inc. dba Sterling Printing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35C6DE8D" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-25870</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2954A050" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -25674,51 +25383,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>781-481-1234</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="705FAF87" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>ricky@sterlingprinting.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -25941,51 +25650,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>TCI PRESS INC.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A2C70B6" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-25871</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55ECBA60" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -26012,51 +25721,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>508-336-6633</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03DF94BB" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>steve@tcipress.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -26255,51 +25964,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>W.B. Mason Co., Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76B1421F" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-26302</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09429E6C" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -26325,51 +26034,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>800-242-5892</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13404A23" w14:textId="77777777" w:rsidR="00172914" w:rsidRPr="00A22F20" w:rsidRDefault="00172914" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r w:rsidRPr="00A22F20">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Gregg.manning@wbmason.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A22F20">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
@@ -26832,73 +26541,73 @@
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00172914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>15: Promotional and Advertising Printing.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00172914" w:rsidRPr="00172914" w:rsidSect="008A4943">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27B3306B" w14:textId="77777777" w:rsidR="00A74111" w:rsidRDefault="00A74111" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="1B5AE167" w14:textId="77777777" w:rsidR="00F50DEC" w:rsidRDefault="00F50DEC" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2055435A" w14:textId="77777777" w:rsidR="00A74111" w:rsidRDefault="00A74111"/>
+    <w:p w14:paraId="0885FF11" w14:textId="77777777" w:rsidR="00F50DEC" w:rsidRDefault="00F50DEC"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C4A1030" w14:textId="77777777" w:rsidR="00A74111" w:rsidRDefault="00A74111" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="14847B32" w14:textId="77777777" w:rsidR="00F50DEC" w:rsidRDefault="00F50DEC" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="305BCF97" w14:textId="77777777" w:rsidR="00A74111" w:rsidRDefault="00A74111"/>
+    <w:p w14:paraId="3976D76D" w14:textId="77777777" w:rsidR="00F50DEC" w:rsidRDefault="00F50DEC"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6C5A13F9" w14:textId="77777777" w:rsidR="00A74111" w:rsidRDefault="00A74111">
+    <w:p w14:paraId="0A8B2117" w14:textId="77777777" w:rsidR="00F50DEC" w:rsidRDefault="00F50DEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -26975,61 +26684,52 @@
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Note: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="72DBEBE5" w14:textId="5654A5B1" w:rsidR="00B564C1" w:rsidRDefault="00B564C1" w:rsidP="00B564C1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -27345,51 +27045,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="0F41475B" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+            <v:group w14:anchorId="4F90D976" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00E365B8" w:rsidRDefault="0019409E" w:rsidP="00E365B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
@@ -27478,61 +27178,52 @@
       <w:t>ote</w:t>
     </w:r>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="49C1DFAA" w14:textId="2E4E342D" w:rsidR="00DC6031" w:rsidRDefault="00DC6031" w:rsidP="00DC6031">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -27848,51 +27539,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="2224524E" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
+            <v:group w14:anchorId="273B4E8E" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14F7B0CA" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
@@ -27975,61 +27666,52 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5BD17469" w14:textId="33A3C3CC" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="00B84519">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -28228,73 +27910,73 @@
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D920BE9" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="76DFCE92" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A1D3D10" w14:textId="77777777" w:rsidR="00A74111" w:rsidRDefault="00A74111" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="413716A7" w14:textId="77777777" w:rsidR="00F50DEC" w:rsidRDefault="00F50DEC" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EBC7311" w14:textId="77777777" w:rsidR="00A74111" w:rsidRDefault="00A74111"/>
+    <w:p w14:paraId="796CE758" w14:textId="77777777" w:rsidR="00F50DEC" w:rsidRDefault="00F50DEC"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="58DA81CC" w14:textId="77777777" w:rsidR="00A74111" w:rsidRDefault="00A74111" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="6E080A0A" w14:textId="77777777" w:rsidR="00F50DEC" w:rsidRDefault="00F50DEC" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51B24B0C" w14:textId="77777777" w:rsidR="00A74111" w:rsidRDefault="00A74111"/>
+    <w:p w14:paraId="45761C11" w14:textId="77777777" w:rsidR="00F50DEC" w:rsidRDefault="00F50DEC"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="56ABCF9B" w14:textId="77777777" w:rsidR="00A74111" w:rsidRDefault="00A74111">
+    <w:p w14:paraId="5812020E" w14:textId="77777777" w:rsidR="00F50DEC" w:rsidRDefault="00F50DEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="6B47873C" w14:textId="018A2135" w:rsidR="00556E18" w:rsidRDefault="00556E18">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BE3B7D" w:rsidRPr="00BE3B7D">
         <w:t>Note that COMMBUYS is the official system of record for vendor contact information.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
@@ -28591,51 +28273,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="361F6C2C" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="5D5D36F2" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
@@ -28938,51 +28620,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="7DAA39C8" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="706EE079" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -35133,50 +34815,51 @@
     <w:rsid w:val="00222B88"/>
     <w:rsid w:val="00222DA8"/>
     <w:rsid w:val="00222FBE"/>
     <w:rsid w:val="0022320B"/>
     <w:rsid w:val="002235C3"/>
     <w:rsid w:val="0022452D"/>
     <w:rsid w:val="002248B4"/>
     <w:rsid w:val="00224C35"/>
     <w:rsid w:val="00225567"/>
     <w:rsid w:val="00225A76"/>
     <w:rsid w:val="00225CD6"/>
     <w:rsid w:val="00226810"/>
     <w:rsid w:val="0022684D"/>
     <w:rsid w:val="002276AB"/>
     <w:rsid w:val="00227B29"/>
     <w:rsid w:val="0023012D"/>
     <w:rsid w:val="002301A7"/>
     <w:rsid w:val="00230786"/>
     <w:rsid w:val="00230B7E"/>
     <w:rsid w:val="00231254"/>
     <w:rsid w:val="00231703"/>
     <w:rsid w:val="00231B85"/>
     <w:rsid w:val="00232BBA"/>
     <w:rsid w:val="00232DEF"/>
     <w:rsid w:val="00232DF3"/>
+    <w:rsid w:val="0023318F"/>
     <w:rsid w:val="002340B4"/>
     <w:rsid w:val="002345A2"/>
     <w:rsid w:val="002346E4"/>
     <w:rsid w:val="00234BEC"/>
     <w:rsid w:val="00235C9B"/>
     <w:rsid w:val="0023602A"/>
     <w:rsid w:val="00236048"/>
     <w:rsid w:val="002362A4"/>
     <w:rsid w:val="00236418"/>
     <w:rsid w:val="00236A07"/>
     <w:rsid w:val="00236F9B"/>
     <w:rsid w:val="002374EF"/>
     <w:rsid w:val="00237715"/>
     <w:rsid w:val="00237B53"/>
     <w:rsid w:val="00237C02"/>
     <w:rsid w:val="00237E7F"/>
     <w:rsid w:val="00237EFF"/>
     <w:rsid w:val="00240817"/>
     <w:rsid w:val="0024116F"/>
     <w:rsid w:val="002411B9"/>
     <w:rsid w:val="00241C93"/>
     <w:rsid w:val="00241D9B"/>
     <w:rsid w:val="00242169"/>
     <w:rsid w:val="00242685"/>
     <w:rsid w:val="002426DE"/>
@@ -35222,82 +34905,84 @@
     <w:rsid w:val="0026368F"/>
     <w:rsid w:val="00264128"/>
     <w:rsid w:val="002642F9"/>
     <w:rsid w:val="00264A56"/>
     <w:rsid w:val="00265213"/>
     <w:rsid w:val="002655B7"/>
     <w:rsid w:val="002655CF"/>
     <w:rsid w:val="00266086"/>
     <w:rsid w:val="0026625F"/>
     <w:rsid w:val="00266475"/>
     <w:rsid w:val="002665C5"/>
     <w:rsid w:val="0026670F"/>
     <w:rsid w:val="0026740B"/>
     <w:rsid w:val="00267BB6"/>
     <w:rsid w:val="002705CB"/>
     <w:rsid w:val="002710E6"/>
     <w:rsid w:val="0027186F"/>
     <w:rsid w:val="002718D1"/>
     <w:rsid w:val="002722E1"/>
     <w:rsid w:val="002725D9"/>
     <w:rsid w:val="00272A26"/>
     <w:rsid w:val="002733A5"/>
     <w:rsid w:val="002733D1"/>
     <w:rsid w:val="002739BC"/>
     <w:rsid w:val="00273A68"/>
+    <w:rsid w:val="00273BAA"/>
     <w:rsid w:val="00275216"/>
     <w:rsid w:val="00275AAF"/>
     <w:rsid w:val="00275DEB"/>
     <w:rsid w:val="00276002"/>
     <w:rsid w:val="00277786"/>
     <w:rsid w:val="00277C51"/>
     <w:rsid w:val="00277CB7"/>
     <w:rsid w:val="00277D1B"/>
     <w:rsid w:val="00277E0D"/>
     <w:rsid w:val="00280B86"/>
     <w:rsid w:val="00280DE4"/>
     <w:rsid w:val="00280EC3"/>
     <w:rsid w:val="002812E6"/>
     <w:rsid w:val="00281536"/>
     <w:rsid w:val="002816F4"/>
     <w:rsid w:val="00281714"/>
     <w:rsid w:val="0028171C"/>
     <w:rsid w:val="002819AB"/>
     <w:rsid w:val="002819F1"/>
     <w:rsid w:val="00281FB4"/>
     <w:rsid w:val="00282767"/>
     <w:rsid w:val="00282C29"/>
     <w:rsid w:val="002832C4"/>
     <w:rsid w:val="0028336E"/>
     <w:rsid w:val="00283DF0"/>
     <w:rsid w:val="00283EDD"/>
     <w:rsid w:val="00284325"/>
     <w:rsid w:val="00284411"/>
     <w:rsid w:val="0028465F"/>
     <w:rsid w:val="00284A09"/>
     <w:rsid w:val="00284BB5"/>
     <w:rsid w:val="00284C63"/>
+    <w:rsid w:val="00285652"/>
     <w:rsid w:val="00285739"/>
     <w:rsid w:val="00285D6B"/>
     <w:rsid w:val="00285F4A"/>
     <w:rsid w:val="00285F4E"/>
     <w:rsid w:val="0028716D"/>
     <w:rsid w:val="00287C74"/>
     <w:rsid w:val="00287CDF"/>
     <w:rsid w:val="00287D41"/>
     <w:rsid w:val="00287EDE"/>
     <w:rsid w:val="00287F65"/>
     <w:rsid w:val="0029118D"/>
     <w:rsid w:val="00291C94"/>
     <w:rsid w:val="00291EE1"/>
     <w:rsid w:val="00291F79"/>
     <w:rsid w:val="002920C3"/>
     <w:rsid w:val="002922C9"/>
     <w:rsid w:val="00292AD5"/>
     <w:rsid w:val="00292F58"/>
     <w:rsid w:val="002932D3"/>
     <w:rsid w:val="002937AC"/>
     <w:rsid w:val="00293964"/>
     <w:rsid w:val="00293C71"/>
     <w:rsid w:val="00293DBD"/>
     <w:rsid w:val="002942B0"/>
     <w:rsid w:val="0029467D"/>
@@ -35686,50 +35371,51 @@
     <w:rsid w:val="00390590"/>
     <w:rsid w:val="00390A4E"/>
     <w:rsid w:val="00390D45"/>
     <w:rsid w:val="0039101A"/>
     <w:rsid w:val="00391DAF"/>
     <w:rsid w:val="003920F0"/>
     <w:rsid w:val="00392559"/>
     <w:rsid w:val="00392DC5"/>
     <w:rsid w:val="0039371E"/>
     <w:rsid w:val="0039398B"/>
     <w:rsid w:val="00393B8F"/>
     <w:rsid w:val="00393C0A"/>
     <w:rsid w:val="003945EC"/>
     <w:rsid w:val="00396728"/>
     <w:rsid w:val="00396849"/>
     <w:rsid w:val="0039704F"/>
     <w:rsid w:val="00397132"/>
     <w:rsid w:val="003973AC"/>
     <w:rsid w:val="003978CF"/>
     <w:rsid w:val="00397A98"/>
     <w:rsid w:val="00397AB8"/>
     <w:rsid w:val="00397AE0"/>
     <w:rsid w:val="00397DF3"/>
     <w:rsid w:val="003A0841"/>
     <w:rsid w:val="003A0874"/>
+    <w:rsid w:val="003A0DFE"/>
     <w:rsid w:val="003A0FCC"/>
     <w:rsid w:val="003A102A"/>
     <w:rsid w:val="003A2781"/>
     <w:rsid w:val="003A2A75"/>
     <w:rsid w:val="003A31B7"/>
     <w:rsid w:val="003A3BFF"/>
     <w:rsid w:val="003A4299"/>
     <w:rsid w:val="003A44D0"/>
     <w:rsid w:val="003A4705"/>
     <w:rsid w:val="003A47ED"/>
     <w:rsid w:val="003A481A"/>
     <w:rsid w:val="003A4B66"/>
     <w:rsid w:val="003A5AC4"/>
     <w:rsid w:val="003A5C11"/>
     <w:rsid w:val="003A66C8"/>
     <w:rsid w:val="003A6801"/>
     <w:rsid w:val="003A6FA7"/>
     <w:rsid w:val="003A7EA0"/>
     <w:rsid w:val="003B0438"/>
     <w:rsid w:val="003B06EB"/>
     <w:rsid w:val="003B0898"/>
     <w:rsid w:val="003B09FF"/>
     <w:rsid w:val="003B0A3B"/>
     <w:rsid w:val="003B14CE"/>
     <w:rsid w:val="003B1D03"/>
@@ -35926,50 +35612,51 @@
     <w:rsid w:val="00425D98"/>
     <w:rsid w:val="00426184"/>
     <w:rsid w:val="00426192"/>
     <w:rsid w:val="004261A9"/>
     <w:rsid w:val="00426815"/>
     <w:rsid w:val="0042691A"/>
     <w:rsid w:val="00426D49"/>
     <w:rsid w:val="00427738"/>
     <w:rsid w:val="00427FDA"/>
     <w:rsid w:val="004304A3"/>
     <w:rsid w:val="00430773"/>
     <w:rsid w:val="0043085E"/>
     <w:rsid w:val="004308CB"/>
     <w:rsid w:val="00430BC8"/>
     <w:rsid w:val="00430DA3"/>
     <w:rsid w:val="004317E4"/>
     <w:rsid w:val="00431EB4"/>
     <w:rsid w:val="0043251A"/>
     <w:rsid w:val="004329A5"/>
     <w:rsid w:val="00432B2B"/>
     <w:rsid w:val="00432DF7"/>
     <w:rsid w:val="0043350C"/>
     <w:rsid w:val="00433757"/>
     <w:rsid w:val="00433A47"/>
     <w:rsid w:val="00433D49"/>
+    <w:rsid w:val="0043446F"/>
     <w:rsid w:val="004346E8"/>
     <w:rsid w:val="00434A20"/>
     <w:rsid w:val="00434C57"/>
     <w:rsid w:val="00434CA6"/>
     <w:rsid w:val="00435270"/>
     <w:rsid w:val="00435716"/>
     <w:rsid w:val="004357E8"/>
     <w:rsid w:val="00435C46"/>
     <w:rsid w:val="00435DA6"/>
     <w:rsid w:val="00435E08"/>
     <w:rsid w:val="00436AAA"/>
     <w:rsid w:val="004370DA"/>
     <w:rsid w:val="0043720D"/>
     <w:rsid w:val="0044056C"/>
     <w:rsid w:val="00440CA2"/>
     <w:rsid w:val="00440DBE"/>
     <w:rsid w:val="00441612"/>
     <w:rsid w:val="00441883"/>
     <w:rsid w:val="00441AE2"/>
     <w:rsid w:val="00441C35"/>
     <w:rsid w:val="00441CA5"/>
     <w:rsid w:val="00441D53"/>
     <w:rsid w:val="0044257F"/>
     <w:rsid w:val="00442B03"/>
     <w:rsid w:val="00442EFA"/>
@@ -37168,50 +36855,51 @@
     <w:rsid w:val="007376E2"/>
     <w:rsid w:val="007377DA"/>
     <w:rsid w:val="00737A35"/>
     <w:rsid w:val="007409C0"/>
     <w:rsid w:val="00740B58"/>
     <w:rsid w:val="00740D0C"/>
     <w:rsid w:val="00740FFE"/>
     <w:rsid w:val="00741074"/>
     <w:rsid w:val="00741244"/>
     <w:rsid w:val="007418B6"/>
     <w:rsid w:val="0074213D"/>
     <w:rsid w:val="00742279"/>
     <w:rsid w:val="007423F4"/>
     <w:rsid w:val="00742503"/>
     <w:rsid w:val="0074264F"/>
     <w:rsid w:val="00742882"/>
     <w:rsid w:val="00742D32"/>
     <w:rsid w:val="00743276"/>
     <w:rsid w:val="007436D2"/>
     <w:rsid w:val="007439B5"/>
     <w:rsid w:val="00743ACA"/>
     <w:rsid w:val="00743C39"/>
     <w:rsid w:val="00743F4E"/>
     <w:rsid w:val="00744CB8"/>
     <w:rsid w:val="00745468"/>
+    <w:rsid w:val="00745BA8"/>
     <w:rsid w:val="00745E16"/>
     <w:rsid w:val="0074637F"/>
     <w:rsid w:val="00746451"/>
     <w:rsid w:val="007464B3"/>
     <w:rsid w:val="007472BB"/>
     <w:rsid w:val="00747845"/>
     <w:rsid w:val="00750294"/>
     <w:rsid w:val="0075041B"/>
     <w:rsid w:val="00750860"/>
     <w:rsid w:val="0075112C"/>
     <w:rsid w:val="0075116C"/>
     <w:rsid w:val="007514C7"/>
     <w:rsid w:val="007514E1"/>
     <w:rsid w:val="00752008"/>
     <w:rsid w:val="0075262F"/>
     <w:rsid w:val="00752872"/>
     <w:rsid w:val="00752BCE"/>
     <w:rsid w:val="00753127"/>
     <w:rsid w:val="0075391A"/>
     <w:rsid w:val="0075396C"/>
     <w:rsid w:val="00753E85"/>
     <w:rsid w:val="0075477B"/>
     <w:rsid w:val="00754DF1"/>
     <w:rsid w:val="00754F08"/>
     <w:rsid w:val="00754FD0"/>
@@ -38161,50 +37849,51 @@
     <w:rsid w:val="009C49ED"/>
     <w:rsid w:val="009C599A"/>
     <w:rsid w:val="009C5AD8"/>
     <w:rsid w:val="009C5C60"/>
     <w:rsid w:val="009C6A52"/>
     <w:rsid w:val="009C6BB8"/>
     <w:rsid w:val="009C6F94"/>
     <w:rsid w:val="009C769F"/>
     <w:rsid w:val="009D08E2"/>
     <w:rsid w:val="009D0F83"/>
     <w:rsid w:val="009D0FE1"/>
     <w:rsid w:val="009D12D8"/>
     <w:rsid w:val="009D1970"/>
     <w:rsid w:val="009D1CF0"/>
     <w:rsid w:val="009D2EFD"/>
     <w:rsid w:val="009D3B6F"/>
     <w:rsid w:val="009D400E"/>
     <w:rsid w:val="009D46F8"/>
     <w:rsid w:val="009D4A13"/>
     <w:rsid w:val="009D4EDC"/>
     <w:rsid w:val="009D523B"/>
     <w:rsid w:val="009D54D2"/>
     <w:rsid w:val="009D5BA6"/>
     <w:rsid w:val="009D6864"/>
     <w:rsid w:val="009D6A37"/>
+    <w:rsid w:val="009E019F"/>
     <w:rsid w:val="009E0ECD"/>
     <w:rsid w:val="009E12A3"/>
     <w:rsid w:val="009E12DB"/>
     <w:rsid w:val="009E1707"/>
     <w:rsid w:val="009E1828"/>
     <w:rsid w:val="009E1A15"/>
     <w:rsid w:val="009E1C59"/>
     <w:rsid w:val="009E23AC"/>
     <w:rsid w:val="009E2781"/>
     <w:rsid w:val="009E280D"/>
     <w:rsid w:val="009E28EA"/>
     <w:rsid w:val="009E2D17"/>
     <w:rsid w:val="009E31DC"/>
     <w:rsid w:val="009E3265"/>
     <w:rsid w:val="009E32F6"/>
     <w:rsid w:val="009E3A45"/>
     <w:rsid w:val="009E3C57"/>
     <w:rsid w:val="009E3D3E"/>
     <w:rsid w:val="009E3E94"/>
     <w:rsid w:val="009E42E8"/>
     <w:rsid w:val="009E47AB"/>
     <w:rsid w:val="009E4840"/>
     <w:rsid w:val="009E5417"/>
     <w:rsid w:val="009E57AD"/>
     <w:rsid w:val="009E591E"/>
@@ -38403,50 +38092,51 @@
     <w:rsid w:val="00A67809"/>
     <w:rsid w:val="00A67C0B"/>
     <w:rsid w:val="00A67D05"/>
     <w:rsid w:val="00A7030F"/>
     <w:rsid w:val="00A70375"/>
     <w:rsid w:val="00A7060F"/>
     <w:rsid w:val="00A706B3"/>
     <w:rsid w:val="00A70D1C"/>
     <w:rsid w:val="00A70D69"/>
     <w:rsid w:val="00A70FB3"/>
     <w:rsid w:val="00A72542"/>
     <w:rsid w:val="00A72593"/>
     <w:rsid w:val="00A72844"/>
     <w:rsid w:val="00A72FD9"/>
     <w:rsid w:val="00A74111"/>
     <w:rsid w:val="00A7414D"/>
     <w:rsid w:val="00A7446E"/>
     <w:rsid w:val="00A74AFF"/>
     <w:rsid w:val="00A74D52"/>
     <w:rsid w:val="00A74EB4"/>
     <w:rsid w:val="00A75758"/>
     <w:rsid w:val="00A75A59"/>
     <w:rsid w:val="00A7667C"/>
     <w:rsid w:val="00A76962"/>
     <w:rsid w:val="00A774B6"/>
+    <w:rsid w:val="00A77C28"/>
     <w:rsid w:val="00A77EC2"/>
     <w:rsid w:val="00A800CD"/>
     <w:rsid w:val="00A80256"/>
     <w:rsid w:val="00A80360"/>
     <w:rsid w:val="00A8084E"/>
     <w:rsid w:val="00A8098F"/>
     <w:rsid w:val="00A80E0F"/>
     <w:rsid w:val="00A81426"/>
     <w:rsid w:val="00A81D67"/>
     <w:rsid w:val="00A81E2B"/>
     <w:rsid w:val="00A8273C"/>
     <w:rsid w:val="00A82EE7"/>
     <w:rsid w:val="00A831DA"/>
     <w:rsid w:val="00A83E4F"/>
     <w:rsid w:val="00A84325"/>
     <w:rsid w:val="00A84D37"/>
     <w:rsid w:val="00A866DC"/>
     <w:rsid w:val="00A87130"/>
     <w:rsid w:val="00A876A9"/>
     <w:rsid w:val="00A87A58"/>
     <w:rsid w:val="00A9060E"/>
     <w:rsid w:val="00A907CD"/>
     <w:rsid w:val="00A91001"/>
     <w:rsid w:val="00A916B8"/>
     <w:rsid w:val="00A91F47"/>
@@ -38971,50 +38661,51 @@
     <w:rsid w:val="00BD296A"/>
     <w:rsid w:val="00BD2E7E"/>
     <w:rsid w:val="00BD333B"/>
     <w:rsid w:val="00BD33D6"/>
     <w:rsid w:val="00BD3869"/>
     <w:rsid w:val="00BD3B82"/>
     <w:rsid w:val="00BD3BC6"/>
     <w:rsid w:val="00BD3C99"/>
     <w:rsid w:val="00BD3FB2"/>
     <w:rsid w:val="00BD42D5"/>
     <w:rsid w:val="00BD4971"/>
     <w:rsid w:val="00BD523D"/>
     <w:rsid w:val="00BD59DC"/>
     <w:rsid w:val="00BD62F1"/>
     <w:rsid w:val="00BD658C"/>
     <w:rsid w:val="00BD68D3"/>
     <w:rsid w:val="00BD6A11"/>
     <w:rsid w:val="00BD6AE4"/>
     <w:rsid w:val="00BD6E51"/>
     <w:rsid w:val="00BD7316"/>
     <w:rsid w:val="00BD7747"/>
     <w:rsid w:val="00BD7B75"/>
     <w:rsid w:val="00BE14CE"/>
     <w:rsid w:val="00BE16B7"/>
     <w:rsid w:val="00BE190A"/>
+    <w:rsid w:val="00BE2670"/>
     <w:rsid w:val="00BE27CC"/>
     <w:rsid w:val="00BE2C5A"/>
     <w:rsid w:val="00BE2CA3"/>
     <w:rsid w:val="00BE32B1"/>
     <w:rsid w:val="00BE369A"/>
     <w:rsid w:val="00BE3B7D"/>
     <w:rsid w:val="00BE48AA"/>
     <w:rsid w:val="00BE4A40"/>
     <w:rsid w:val="00BE5195"/>
     <w:rsid w:val="00BE54AF"/>
     <w:rsid w:val="00BE5560"/>
     <w:rsid w:val="00BE6775"/>
     <w:rsid w:val="00BE70F4"/>
     <w:rsid w:val="00BE7560"/>
     <w:rsid w:val="00BE757C"/>
     <w:rsid w:val="00BE76D0"/>
     <w:rsid w:val="00BE7EC5"/>
     <w:rsid w:val="00BF00EC"/>
     <w:rsid w:val="00BF02B3"/>
     <w:rsid w:val="00BF0756"/>
     <w:rsid w:val="00BF0FFF"/>
     <w:rsid w:val="00BF1738"/>
     <w:rsid w:val="00BF2595"/>
     <w:rsid w:val="00BF33F5"/>
     <w:rsid w:val="00BF3A01"/>
@@ -39608,50 +39299,51 @@
     <w:rsid w:val="00D808F7"/>
     <w:rsid w:val="00D81110"/>
     <w:rsid w:val="00D81C7E"/>
     <w:rsid w:val="00D81D77"/>
     <w:rsid w:val="00D81E4E"/>
     <w:rsid w:val="00D82098"/>
     <w:rsid w:val="00D820B1"/>
     <w:rsid w:val="00D825E0"/>
     <w:rsid w:val="00D82A7E"/>
     <w:rsid w:val="00D82B0B"/>
     <w:rsid w:val="00D82B1B"/>
     <w:rsid w:val="00D82ED6"/>
     <w:rsid w:val="00D83279"/>
     <w:rsid w:val="00D83D98"/>
     <w:rsid w:val="00D83FC2"/>
     <w:rsid w:val="00D843BE"/>
     <w:rsid w:val="00D845F7"/>
     <w:rsid w:val="00D8473D"/>
     <w:rsid w:val="00D84B15"/>
     <w:rsid w:val="00D84EDE"/>
     <w:rsid w:val="00D85935"/>
     <w:rsid w:val="00D85A66"/>
     <w:rsid w:val="00D86065"/>
     <w:rsid w:val="00D86662"/>
     <w:rsid w:val="00D86C52"/>
+    <w:rsid w:val="00D8711A"/>
     <w:rsid w:val="00D871E4"/>
     <w:rsid w:val="00D87B58"/>
     <w:rsid w:val="00D87B92"/>
     <w:rsid w:val="00D87DAC"/>
     <w:rsid w:val="00D87E6F"/>
     <w:rsid w:val="00D912C6"/>
     <w:rsid w:val="00D915B3"/>
     <w:rsid w:val="00D91C4D"/>
     <w:rsid w:val="00D92EE3"/>
     <w:rsid w:val="00D92F35"/>
     <w:rsid w:val="00D93081"/>
     <w:rsid w:val="00D93B0C"/>
     <w:rsid w:val="00D94492"/>
     <w:rsid w:val="00D949FE"/>
     <w:rsid w:val="00D94FED"/>
     <w:rsid w:val="00D95373"/>
     <w:rsid w:val="00D95579"/>
     <w:rsid w:val="00D958F1"/>
     <w:rsid w:val="00D95C7F"/>
     <w:rsid w:val="00D9648C"/>
     <w:rsid w:val="00D96BC1"/>
     <w:rsid w:val="00D96DA2"/>
     <w:rsid w:val="00D96F3B"/>
     <w:rsid w:val="00D972A1"/>
     <w:rsid w:val="00D9746C"/>
@@ -39880,50 +39572,51 @@
     <w:rsid w:val="00E33503"/>
     <w:rsid w:val="00E3354F"/>
     <w:rsid w:val="00E3399C"/>
     <w:rsid w:val="00E33C01"/>
     <w:rsid w:val="00E348FD"/>
     <w:rsid w:val="00E35733"/>
     <w:rsid w:val="00E35A26"/>
     <w:rsid w:val="00E35F7B"/>
     <w:rsid w:val="00E365B8"/>
     <w:rsid w:val="00E37447"/>
     <w:rsid w:val="00E3784A"/>
     <w:rsid w:val="00E37E18"/>
     <w:rsid w:val="00E4037B"/>
     <w:rsid w:val="00E4091E"/>
     <w:rsid w:val="00E417D6"/>
     <w:rsid w:val="00E42421"/>
     <w:rsid w:val="00E4277C"/>
     <w:rsid w:val="00E42982"/>
     <w:rsid w:val="00E42A24"/>
     <w:rsid w:val="00E43208"/>
     <w:rsid w:val="00E43627"/>
     <w:rsid w:val="00E440F5"/>
     <w:rsid w:val="00E441FC"/>
     <w:rsid w:val="00E44D0E"/>
     <w:rsid w:val="00E4510F"/>
+    <w:rsid w:val="00E451AA"/>
     <w:rsid w:val="00E45409"/>
     <w:rsid w:val="00E463A9"/>
     <w:rsid w:val="00E46B21"/>
     <w:rsid w:val="00E46F2F"/>
     <w:rsid w:val="00E46F52"/>
     <w:rsid w:val="00E47EF9"/>
     <w:rsid w:val="00E501C0"/>
     <w:rsid w:val="00E507FC"/>
     <w:rsid w:val="00E5099A"/>
     <w:rsid w:val="00E51057"/>
     <w:rsid w:val="00E5125C"/>
     <w:rsid w:val="00E51D03"/>
     <w:rsid w:val="00E51F06"/>
     <w:rsid w:val="00E52167"/>
     <w:rsid w:val="00E52312"/>
     <w:rsid w:val="00E523CF"/>
     <w:rsid w:val="00E53092"/>
     <w:rsid w:val="00E53E55"/>
     <w:rsid w:val="00E54235"/>
     <w:rsid w:val="00E54275"/>
     <w:rsid w:val="00E54602"/>
     <w:rsid w:val="00E54801"/>
     <w:rsid w:val="00E548FF"/>
     <w:rsid w:val="00E54D0E"/>
     <w:rsid w:val="00E55A13"/>
@@ -40299,50 +39992,51 @@
     <w:rsid w:val="00F379EF"/>
     <w:rsid w:val="00F37B19"/>
     <w:rsid w:val="00F37D6F"/>
     <w:rsid w:val="00F37E97"/>
     <w:rsid w:val="00F4089C"/>
     <w:rsid w:val="00F40D0F"/>
     <w:rsid w:val="00F4104A"/>
     <w:rsid w:val="00F41216"/>
     <w:rsid w:val="00F4125B"/>
     <w:rsid w:val="00F41473"/>
     <w:rsid w:val="00F42100"/>
     <w:rsid w:val="00F4232A"/>
     <w:rsid w:val="00F42848"/>
     <w:rsid w:val="00F42EBC"/>
     <w:rsid w:val="00F43223"/>
     <w:rsid w:val="00F4417D"/>
     <w:rsid w:val="00F44C34"/>
     <w:rsid w:val="00F456B7"/>
     <w:rsid w:val="00F463B7"/>
     <w:rsid w:val="00F46C9D"/>
     <w:rsid w:val="00F46CC8"/>
     <w:rsid w:val="00F46D1A"/>
     <w:rsid w:val="00F46EBB"/>
     <w:rsid w:val="00F47843"/>
     <w:rsid w:val="00F50856"/>
+    <w:rsid w:val="00F50DEC"/>
     <w:rsid w:val="00F50FE7"/>
     <w:rsid w:val="00F510EF"/>
     <w:rsid w:val="00F513F9"/>
     <w:rsid w:val="00F51A87"/>
     <w:rsid w:val="00F5225D"/>
     <w:rsid w:val="00F524BC"/>
     <w:rsid w:val="00F52DB7"/>
     <w:rsid w:val="00F543EE"/>
     <w:rsid w:val="00F54AC0"/>
     <w:rsid w:val="00F54D06"/>
     <w:rsid w:val="00F54FD7"/>
     <w:rsid w:val="00F55415"/>
     <w:rsid w:val="00F55958"/>
     <w:rsid w:val="00F56585"/>
     <w:rsid w:val="00F56B7A"/>
     <w:rsid w:val="00F56D93"/>
     <w:rsid w:val="00F56EF7"/>
     <w:rsid w:val="00F570CE"/>
     <w:rsid w:val="00F57295"/>
     <w:rsid w:val="00F57A06"/>
     <w:rsid w:val="00F57A4C"/>
     <w:rsid w:val="00F602B6"/>
     <w:rsid w:val="00F6053D"/>
     <w:rsid w:val="00F60721"/>
     <w:rsid w:val="00F608C9"/>
@@ -40642,50 +40336,51 @@
     <w:rsid w:val="11EF8BFD"/>
     <w:rsid w:val="12294732"/>
     <w:rsid w:val="126EDCB4"/>
     <w:rsid w:val="127112A0"/>
     <w:rsid w:val="1286B680"/>
     <w:rsid w:val="12E59FB7"/>
     <w:rsid w:val="13FE62E6"/>
     <w:rsid w:val="1447924B"/>
     <w:rsid w:val="151444B5"/>
     <w:rsid w:val="152BE036"/>
     <w:rsid w:val="15308722"/>
     <w:rsid w:val="154D7715"/>
     <w:rsid w:val="1588CB9B"/>
     <w:rsid w:val="159296F8"/>
     <w:rsid w:val="165133A1"/>
     <w:rsid w:val="17375507"/>
     <w:rsid w:val="17647B73"/>
     <w:rsid w:val="1788A12D"/>
     <w:rsid w:val="179ADDA2"/>
     <w:rsid w:val="1803DD5F"/>
     <w:rsid w:val="18DBD688"/>
     <w:rsid w:val="19212E0F"/>
     <w:rsid w:val="19928CC3"/>
     <w:rsid w:val="19C288DD"/>
     <w:rsid w:val="1A6CF678"/>
+    <w:rsid w:val="1A78443B"/>
     <w:rsid w:val="1B2A4C94"/>
     <w:rsid w:val="1B7813E7"/>
     <w:rsid w:val="1D821450"/>
     <w:rsid w:val="1DBE6FF2"/>
     <w:rsid w:val="1DD74FFE"/>
     <w:rsid w:val="1DEAFB1E"/>
     <w:rsid w:val="1DEB057D"/>
     <w:rsid w:val="1E5F70B0"/>
     <w:rsid w:val="1E758CBD"/>
     <w:rsid w:val="1EAC55DA"/>
     <w:rsid w:val="1EE2BAA3"/>
     <w:rsid w:val="1F0EF5C6"/>
     <w:rsid w:val="1F63B926"/>
     <w:rsid w:val="1FE4BDD1"/>
     <w:rsid w:val="2007CF94"/>
     <w:rsid w:val="207CC22A"/>
     <w:rsid w:val="20C372C7"/>
     <w:rsid w:val="2106FB90"/>
     <w:rsid w:val="21657D0C"/>
     <w:rsid w:val="21B572E6"/>
     <w:rsid w:val="21BA9C9B"/>
     <w:rsid w:val="21D8D01A"/>
     <w:rsid w:val="22140550"/>
     <w:rsid w:val="2262AA78"/>
     <w:rsid w:val="2282CB1D"/>
@@ -40781,77 +40476,80 @@
     <w:rsid w:val="388A199C"/>
     <w:rsid w:val="3894F219"/>
     <w:rsid w:val="38A1C645"/>
     <w:rsid w:val="38E2768A"/>
     <w:rsid w:val="38EC5CF0"/>
     <w:rsid w:val="39FE3EBC"/>
     <w:rsid w:val="3A2AD87D"/>
     <w:rsid w:val="3A358370"/>
     <w:rsid w:val="3A4D3B1F"/>
     <w:rsid w:val="3ADE6DD2"/>
     <w:rsid w:val="3AF69438"/>
     <w:rsid w:val="3B0209F9"/>
     <w:rsid w:val="3B99B6AD"/>
     <w:rsid w:val="3B9FD876"/>
     <w:rsid w:val="3BF261C1"/>
     <w:rsid w:val="3C4BAF29"/>
     <w:rsid w:val="3C9336CA"/>
     <w:rsid w:val="3CC77A80"/>
     <w:rsid w:val="3CF9746A"/>
     <w:rsid w:val="3D5B8B69"/>
     <w:rsid w:val="3DDCB5F8"/>
     <w:rsid w:val="3E657CDD"/>
     <w:rsid w:val="3E70D751"/>
     <w:rsid w:val="3EBF43C7"/>
     <w:rsid w:val="3F25643A"/>
+    <w:rsid w:val="3F7A3A09"/>
     <w:rsid w:val="3FADDAA1"/>
     <w:rsid w:val="3FB688F3"/>
     <w:rsid w:val="3FBF20C2"/>
     <w:rsid w:val="3FC1C036"/>
     <w:rsid w:val="3FF5BFDD"/>
     <w:rsid w:val="410F418A"/>
     <w:rsid w:val="41E4A38E"/>
     <w:rsid w:val="41E66EF7"/>
     <w:rsid w:val="421609B3"/>
     <w:rsid w:val="42CC7BC5"/>
     <w:rsid w:val="42FA3B1F"/>
     <w:rsid w:val="433C90B5"/>
     <w:rsid w:val="43504692"/>
+    <w:rsid w:val="436CAD75"/>
     <w:rsid w:val="44DB780A"/>
     <w:rsid w:val="451D8467"/>
     <w:rsid w:val="452DB02E"/>
     <w:rsid w:val="4569191D"/>
     <w:rsid w:val="45F1749E"/>
     <w:rsid w:val="46EC0885"/>
     <w:rsid w:val="470E9718"/>
     <w:rsid w:val="47C4C87B"/>
     <w:rsid w:val="47D2210E"/>
     <w:rsid w:val="47F40877"/>
     <w:rsid w:val="481C2B5F"/>
     <w:rsid w:val="482406E7"/>
     <w:rsid w:val="48293F8C"/>
     <w:rsid w:val="483CA196"/>
+    <w:rsid w:val="48EED48A"/>
     <w:rsid w:val="49096F91"/>
     <w:rsid w:val="4930D506"/>
     <w:rsid w:val="4951C592"/>
     <w:rsid w:val="49E63A88"/>
     <w:rsid w:val="4A136BDC"/>
     <w:rsid w:val="4A26B89D"/>
     <w:rsid w:val="4B0163C5"/>
     <w:rsid w:val="4B60781D"/>
     <w:rsid w:val="4BF3104F"/>
     <w:rsid w:val="4BFEA3DF"/>
     <w:rsid w:val="4C2A9F3F"/>
     <w:rsid w:val="4CD9714A"/>
     <w:rsid w:val="4DCF5614"/>
     <w:rsid w:val="4DEBA75F"/>
     <w:rsid w:val="4E079D94"/>
     <w:rsid w:val="4E395CC5"/>
     <w:rsid w:val="4ED97C9A"/>
     <w:rsid w:val="4EF801C0"/>
     <w:rsid w:val="4F09E275"/>
     <w:rsid w:val="4F81A441"/>
     <w:rsid w:val="4FA8B06B"/>
     <w:rsid w:val="4FDDDC33"/>
     <w:rsid w:val="50154D23"/>
     <w:rsid w:val="501ACC07"/>
     <w:rsid w:val="505B6E0A"/>
@@ -40970,50 +40668,51 @@
     <w:rsid w:val="6EF0E23F"/>
     <w:rsid w:val="6F284485"/>
     <w:rsid w:val="6F337DC9"/>
     <w:rsid w:val="6F617601"/>
     <w:rsid w:val="701D9B55"/>
     <w:rsid w:val="70398423"/>
     <w:rsid w:val="704DA716"/>
     <w:rsid w:val="7060DD5F"/>
     <w:rsid w:val="707CDF24"/>
     <w:rsid w:val="70C577DD"/>
     <w:rsid w:val="7144E635"/>
     <w:rsid w:val="7169CE7A"/>
     <w:rsid w:val="717BB15F"/>
     <w:rsid w:val="7182B05F"/>
     <w:rsid w:val="7262548E"/>
     <w:rsid w:val="73000191"/>
     <w:rsid w:val="73580557"/>
     <w:rsid w:val="73938ACA"/>
     <w:rsid w:val="740F3C8E"/>
     <w:rsid w:val="742D32A1"/>
     <w:rsid w:val="7466226B"/>
     <w:rsid w:val="748BE7A0"/>
     <w:rsid w:val="7495034C"/>
     <w:rsid w:val="74B80E6F"/>
     <w:rsid w:val="74E45228"/>
+    <w:rsid w:val="74EDD8FA"/>
     <w:rsid w:val="751EBE88"/>
     <w:rsid w:val="754E27E2"/>
     <w:rsid w:val="7581A57D"/>
     <w:rsid w:val="75CF1133"/>
     <w:rsid w:val="75D2AC8C"/>
     <w:rsid w:val="7678258D"/>
     <w:rsid w:val="76DCC80E"/>
     <w:rsid w:val="77519A79"/>
     <w:rsid w:val="7765D499"/>
     <w:rsid w:val="77B127A8"/>
     <w:rsid w:val="77B47E03"/>
     <w:rsid w:val="77EFA906"/>
     <w:rsid w:val="781B82A9"/>
     <w:rsid w:val="781E0393"/>
     <w:rsid w:val="785E1FF0"/>
     <w:rsid w:val="789815B9"/>
     <w:rsid w:val="78D3B94A"/>
     <w:rsid w:val="78E7DA5F"/>
     <w:rsid w:val="78E9BBF5"/>
     <w:rsid w:val="78F9E125"/>
     <w:rsid w:val="79269133"/>
     <w:rsid w:val="798AF338"/>
     <w:rsid w:val="7A19C844"/>
     <w:rsid w:val="7A33C547"/>
     <w:rsid w:val="7AC076D5"/>
@@ -46060,51 +45759,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Steven.K.Niland@doc.state.ma.us" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25874&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sonia.Castro@mass.gov" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-25872&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@standardmodern.com" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jjclark@jlsms.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sec.state.ma.us/divisions/cis/maps.htm" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26296&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26007&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26818&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hsilberstein@flagshippress.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25874&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/statewide-contract-benefits-and-eligible-entities" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25874&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25995&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sonia.Castro@mass.gov" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mail@laneprint.com" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26055&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jamie@tigerpress.com" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jsmith@standardmodern.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26301&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christine@oceanspromotions.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25874&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Deena.r@infosendne.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-25873&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kmccoy@mpcprinting.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gail@razz-m-tazz.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26298&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@razargraphics.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jim.bailey@universalwilde.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26103&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-25870&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Gregg.manning@wbmason.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/professional-services-contract-user-guides?_gl=1*1t7mks3*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NjE1Njk1NzUkbzUwMCRnMSR0MTc2MTU3MTA1OCRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25874&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/compliance-certification-printer" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-25868&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:watertown@alphagraphics.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sonia.Castro@mass.gov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mail@bostonmailing.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26073&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26074&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26300&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@sdvisualimages.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25874&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26029&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jbrennan@fowlerprinting.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26295&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-25869&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clayman@mpcprinting.com" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricky@sterlingprinting.com" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@nepm.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26056&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/professional-services-contract-user-guides?_gl=1*1t7mks3*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NjE1Njk1NzUkbzUwMCRnMSR0MTc2MTU3MTA1OCRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sonia.Castro@mass.gov" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edward.devlin@mass.gov" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sdvi2948@aol.com" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rachel@leonemarketing.com" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corporate.wbmstr@rrd.com" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@shawmutdelivers.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25997&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26014&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ben.chow@vangraph.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26109&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgardner@curryprinting.com" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26031&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26003&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@fenwaycommunications.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26008&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leanne@mgproducts.net" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-25871&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/office-contract-user-guides?_gl=1*1a2ka8a*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NjE1Njk1NzUkbzUwMCRnMSR0MTc2MTU3MTEzNCRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25996&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26072&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26057&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@centralprintsource.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26063&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26006&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susan.sheridan@rrd.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sonia.Castro@mass.gov" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26294&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:davec@puritancapital.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bobleslie@andrewtjohnson.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26004&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26005&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pmallahan@hannaforddumas.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@mpnatick.com" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26030&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steve@tcipress.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/executive-orders/no-515-establishing-an-environmental-purchasing-policy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hilary.caccamo@spire.net" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank@laneprint.com" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26293&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25998&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oshea.c@comcast.net" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26299&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@mpcprinting.com" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26302&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26055&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25874&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25995&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christine@oceanspromotions.com" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jsmith@standardmodern.com" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-25873&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25874&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@razargraphics.com" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gail@razz-m-tazz.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jim.bailey@universalwilde.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26103&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25874&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/statewide-contract-benefits-and-eligible-entities" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/compliance-certification-printer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26298&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-25868&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:watertown@alphagraphics.com" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26300&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-25870&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mail@bostonmailing.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26073&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sonia.Castro@mass.gov" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26295&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@sdvisualimages.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clayman@mpcprinting.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26074&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25874&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@nepm.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26029&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26056&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jbrennan@fowlerprinting.com" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ricky@sterlingprinting.com" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/professional-services-contract-user-guides?_gl=1*1t7mks3*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NjE1Njk1NzUkbzUwMCRnMSR0MTc2MTU3MTA1OCRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25874&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rachel@leonemarketing.com" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-25869&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25997&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sonia.Castro@mass.gov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26014&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edward.devlin@mass.gov" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:corporate.wbmstr@rrd.com" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@shawmutdelivers.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sdvi2948@aol.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ben.chow@vangraph.com" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26008&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pgardner@curryprinting.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leanne@mgproducts.net" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26031&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-25871&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26003&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@fenwaycommunications.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/professional-services-contract-user-guides?_gl=1*1t7mks3*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NjE1Njk1NzUkbzUwMCRnMSR0MTc2MTU3MTA1OCRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25996&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26063&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26006&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26072&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susan.sheridan@rrd.com" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26057&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@centralprintsource.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sonia.Castro@mass.gov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26004&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@mpnatick.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26294&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:davec@puritancapital.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bobleslie@andrewtjohnson.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26005&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pmallahan@hannaforddumas.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26030&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steve@tcipress.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off54/download" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/executive-orders/no-515-establishing-an-environmental-purchasing-policy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Steven.K.Niland@doc.state.ma.us" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@standardmodern.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sonia.Castro@mass.gov" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-25872&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hilary.caccamo@spire.net" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank@laneprint.com" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26293&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25998&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jjclark@jlsms.com" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26007&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sec.state.ma.us/divisions/cis/maps.htm" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26296&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oshea.c@comcast.net" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hsilberstein@flagshippress.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26109&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26299&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@mpcprinting.com" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26302&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC02-25874&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sonia.Castro@mass.gov" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26818&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mail@laneprint.com" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jamie@tigerpress.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-26301&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Deena.r@infosendne.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kmccoy@mpcprinting.com" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Gregg.manning@wbmason.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -46409,52 +46108,52 @@
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a769f5e92b7c1d9dc616422e0a2633ff">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e82b6fa405d795c2c1fd60b002b1325c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4acca893a766136a5bafeab47b9027e1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2e0e5592891313212390eddb4a3d5f9a" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -46646,1564 +46345,100 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49E64423-BBC1-4CCD-AEFA-4C2F8E062202}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{303B4F8D-8F35-4736-BFC3-DE03344503DD}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>25</Pages>
-  <Words>7380</Words>
-  <Characters>42068</Characters>
+  <Words>7269</Words>
+  <Characters>41437</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>350</Lines>
-  <Paragraphs>98</Paragraphs>
+  <Lines>345</Lines>
+  <Paragraphs>97</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>49350</CharactersWithSpaces>
+  <CharactersWithSpaces>48609</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...1442 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Products and Services Contract User Guide Template</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Frizzi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">