--- v0 (2025-10-23)
+++ v1 (2026-02-02)
@@ -109,72 +109,72 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7E236867" w14:textId="77777777" w:rsidR="00B96467" w:rsidRDefault="00B96467" w:rsidP="00B22304">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65E4D6F9" w14:textId="46D4ECEA" w:rsidR="00680B92" w:rsidRPr="00680B92" w:rsidRDefault="00680B92" w:rsidP="002B54E9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc206762628"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc210908039"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc216433879"/>
       <w:r w:rsidRPr="00CA6AF1">
         <w:t>Contract User Guid</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="002B54E9" w:rsidRPr="002B54E9">
         <w:t>OFF50: Audio, Video, Multimedia Presentation Equipment, Supplies and Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="7B3AFAB3" w14:textId="6AA26EBE" w:rsidR="003121D1" w:rsidRDefault="00803BD8" w:rsidP="003E0898">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Contract_Overview"/>
-      <w:bookmarkStart w:id="4" w:name="_Toc210908040"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc216433880"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="003E0898">
         <w:t xml:space="preserve">Contract </w:t>
       </w:r>
       <w:r w:rsidR="003E0898">
         <w:t>Overview</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="75C9A133" w14:textId="77777777" w:rsidR="007742F0" w:rsidRPr="007742F0" w:rsidRDefault="007742F0" w:rsidP="007742F0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable5Dark-Accent1"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="14" w:type="dxa"/>
         <w:tblLook w:val="02A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="0"/>
         <w:tblCaption w:val="Contract Overview"/>
         <w:tblDescription w:val="This table provides key details, including contact information for the Category Manager, relevant contract terms, quoting requirements, and a link to the complete vendor list."/>
       </w:tblPr>
@@ -388,127 +388,99 @@
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00386494">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>No option to renew</w:t>
             </w:r>
             <w:r w:rsidR="00B87099" w:rsidRPr="00386494">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7CA5CD0C" w14:textId="5CABD468" w:rsidR="00197005" w:rsidRPr="00386494" w:rsidRDefault="00197005" w:rsidP="00C84C42">
+          <w:p w14:paraId="7CA5CD0C" w14:textId="70E2FFF9" w:rsidR="00197005" w:rsidRPr="00386494" w:rsidRDefault="00197005" w:rsidP="00C84C42">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink w:anchor="_Extend_Beyond_(Performance_1" w:history="1">
               <w:r w:rsidRPr="00386494">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Extend Beyond Date:</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00386494">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B87099" w:rsidRPr="00386494">
+            <w:r w:rsidR="00301205" w:rsidRPr="00301205">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00386494">
+              <w:t xml:space="preserve">October 31, 2027. </w:t>
+            </w:r>
+            <w:r w:rsidR="00301205" w:rsidRPr="00301205">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...27 lines deleted...]
-              <w:t>. No new agreements except for performance and payment purposes only beyond this date.</w:t>
+              <w:t xml:space="preserve"> Agreements established prior to the Master Agreement expiration may allow performance and payment obligations to continue until the maximum Extend Beyond date.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D3959" w:rsidRPr="00386494" w14:paraId="43F72668" w14:textId="77777777" w:rsidTr="3A169F22">
         <w:trPr>
           <w:trHeight w:val="1299"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="58BC54CE" w14:textId="77777777" w:rsidR="006D3959" w:rsidRPr="00386494" w:rsidRDefault="006D3959" w:rsidP="00C11BD0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -707,99 +679,122 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Refer to </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
               <w:r w:rsidRPr="00386494">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Vendor List and Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00386494">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for eligible vendors on this contract.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D3959" w:rsidRPr="00386494" w14:paraId="4CA19CC2" w14:textId="77777777" w:rsidTr="3A169F22">
+      <w:tr w:rsidR="006D3959" w:rsidRPr="00386494" w14:paraId="4CA19CC2" w14:textId="77777777" w:rsidTr="00301205">
         <w:trPr>
-          <w:trHeight w:val="759"/>
+          <w:trHeight w:val="377"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="7ED94F9A" w14:textId="77777777" w:rsidR="006D3959" w:rsidRPr="00386494" w:rsidRDefault="006D3959" w:rsidP="00C11BD0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00386494">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71CFD169" w14:textId="78422C38" w:rsidR="006D3959" w:rsidRPr="00386494" w:rsidRDefault="1ABC3082" w:rsidP="3A169F22">
-            <w:r w:rsidRPr="3A169F22">
+          <w:p w14:paraId="71CFD169" w14:textId="5E11221B" w:rsidR="006D3959" w:rsidRPr="00386494" w:rsidRDefault="00301205" w:rsidP="3A169F22">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10/20/2025: Corrected vendor table.</w:t>
+              <w:t xml:space="preserve">October 20, </w:t>
+            </w:r>
+            <w:r w:rsidR="1ABC3082" w:rsidRPr="3A169F22">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2025: Corrected vendor table.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="52DAD034" w14:textId="77777777" w:rsidR="0064148A" w:rsidRDefault="0064148A" w:rsidP="00D332F1"/>
-    <w:p w14:paraId="2EE53A3B" w14:textId="3ADB882A" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="00AC1E9E" w:rsidP="006E4CCA">
+    <w:p w14:paraId="41EDAD14" w14:textId="77777777" w:rsidR="00301205" w:rsidRDefault="00301205" w:rsidP="006E4CCA">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9165"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EE53A3B" w14:textId="62751D30" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="00AC1E9E" w:rsidP="006E4CCA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00A14344" w:rsidRPr="005569DF">
         <w:rPr>
@@ -1092,2638 +1087,2638 @@
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="1932468650"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="46FC1B32" w14:textId="42253982" w:rsidR="005A21C6" w:rsidRDefault="005A21C6">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="77948E9A" w14:textId="284F3D0C" w:rsidR="00A768DA" w:rsidRDefault="00003C5E">
+        <w:p w14:paraId="7F32DC4C" w14:textId="36BBA923" w:rsidR="005B5713" w:rsidRDefault="00003C5E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:vanish w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc210908039" w:history="1">
-            <w:r w:rsidR="00A768DA" w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433879" w:history="1">
+            <w:r w:rsidR="005B5713" w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Contract User Guide OFF50: Audio, Video, Multimedia Presentation Equipment, Supplies and Services</w:t>
             </w:r>
-            <w:r w:rsidR="00A768DA">
+            <w:r w:rsidR="005B5713">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00A768DA">
+            <w:r w:rsidR="005B5713">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00A768DA">
+            <w:r w:rsidR="005B5713">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908039 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A768DA">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433879 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005B5713">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00A768DA">
+            <w:r w:rsidR="005B5713">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00A768DA">
+            <w:r w:rsidR="005B5713">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00A768DA">
+            <w:r w:rsidR="005B5713">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="192F97B8" w14:textId="4267EA70" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="5D3A3D9A" w14:textId="3A0B9D29" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908040" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433880" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Overview</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908040 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433880 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="51DC255D" w14:textId="49F6B27D" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="1E5A2FAA" w14:textId="07F37534" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908041" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433881" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Summary</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908041 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433881 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0592517B" w14:textId="27B80CB3" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="04E343C2" w14:textId="41361CED" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908042" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433882" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Benefits and Cost Savings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908042 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433882 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="594C965A" w14:textId="5E6096A2" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="1DAB2965" w14:textId="33E0CC0D" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908043" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433883" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Categories</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908043 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433883 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6A30DD26" w14:textId="4E05F1D1" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="4A5FB8D8" w14:textId="04EFD021" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908044" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433884" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908044 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433884 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6FA0EE91" w14:textId="7C8E101D" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="5543164D" w14:textId="2DDF90E2" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908045" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433885" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Who May Use the Contract</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908045 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433885 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0BED22DF" w14:textId="20E66C27" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="09BB6E07" w14:textId="6B680304" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908046" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433886" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Pricing Options</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908046 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433886 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="235F7199" w14:textId="37EB9976" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="7678C527" w14:textId="4BA31D56" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908047" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433887" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Quote Response and Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908047 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433887 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1F95B0FB" w14:textId="78A5255C" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="1230555E" w14:textId="37098FC7" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908048" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433888" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Purchase Options</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908048 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433888 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4CB36214" w14:textId="2CB134E5" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="6347B5B6" w14:textId="4365A196" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908049" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433889" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Extend Beyond (Performance and Payment That Goes Beyond Contract End Date)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908049 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433889 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="18C66B64" w14:textId="2E07E665" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="5112FAA8" w14:textId="47741706" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908050" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433890" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Setting Up a COMMBUYS Account</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908050 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433890 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0F1291CE" w14:textId="2DFD5D5B" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="6026DC51" w14:textId="72FDB15B" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908051" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433891" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Finding Contract Documents</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908051 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433891 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="56704155" w14:textId="6E0431AA" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="4DDEEEBC" w14:textId="087D5293" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908052" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433892" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Finding Vendor-Specific Documents</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908052 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433892 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2B874E3E" w14:textId="330CC5FB" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="7C797DEE" w14:textId="7DD00C77" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908053" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433893" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Construction and Construction-Related Labor Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908053 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433893 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="00D17DBD" w14:textId="782E3838" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="5BE11948" w14:textId="5DA8A68E" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908054" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433894" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Construction Thresholds</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908054 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433894 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7FD16DA2" w14:textId="605E8FAE" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="6593C8E1" w14:textId="70DF720C" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908055" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433895" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Prevailing Wage Law Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908055 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433895 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2067E5FA" w14:textId="6B713609" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="718E44E4" w14:textId="43FAFFCA" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908056" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433896" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Labor Hours</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908056 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433896 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4CEE6C14" w14:textId="4BAB8A5C" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="79F5C0E8" w14:textId="502A70D1" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908057" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433897" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Apprentice Labor Rates</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908057 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433897 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="71B5274F" w14:textId="6F16CF86" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="63F67BA4" w14:textId="60B9076E" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908058" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433898" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Supplier Diversity Office (SDO) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908058 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433898 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4DB1FF0E" w14:textId="5D00DC37" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="01F22A0F" w14:textId="17D3DCC1" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908059" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433899" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908059 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433899 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="40929194" w14:textId="5EAEC897" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="42442F01" w14:textId="6B40BEC6" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908060" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433900" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908060 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433900 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="51E7BE45" w14:textId="55E9E2BD" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="4CCC23FD" w14:textId="0FD45B1B" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908061" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433901" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Subcontractors</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908061 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433901 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="427B3F4C" w14:textId="54642ACF" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="4E8D7D99" w14:textId="04A2CD04" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908062" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433902" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Shipping, Delivery, and Returns</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908062 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433902 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0D382579" w14:textId="09DEC160" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="25182482" w14:textId="3219DA62" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908063" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433903" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Repairs and Services Warranties</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908063 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433903 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3E0244C9" w14:textId="2E020513" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="2A3D6578" w14:textId="19545686" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908064" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433904" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Additional Discounts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908064 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433904 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7815A4D7" w14:textId="196B05E9" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="106A890F" w14:textId="259D2FFB" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908065" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433905" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Emergency Services</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908065 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433905 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7161B36E" w14:textId="3FEB8589" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="6218BD78" w14:textId="1A6710B0" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908066" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433906" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vendor Performance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908066 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433906 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4C2D6F62" w14:textId="38B5461A" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="6A298732" w14:textId="09EFC7BF" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908067" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433907" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>General Procurement Guidelines and Best Practices</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908067 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433907 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0616D627" w14:textId="7EBA7B85" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="56348ADD" w14:textId="6ABB543A" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908068" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433908" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Adding a Product or Service</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908068 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433908 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="35223796" w14:textId="4ABED369" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="38C02A3C" w14:textId="6D5AF280" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908069" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433909" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Environmentally Preferable Products and Services (EPPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908069 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433909 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7CBB4FC7" w14:textId="2FF190DE" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="3F21137E" w14:textId="493AA01B" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908070" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433910" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Instructions for Massachusetts Management Accounting and Reporting System (MMARS) Users</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908070 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433910 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="38F080C7" w14:textId="3F3A63FD" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="72F59E7D" w14:textId="1AC49397" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908071" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433911" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vendor List and Information</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908071 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433911 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7D8912F4" w14:textId="20FCDAA0" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="53CE19D2" w14:textId="08734FFA" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908072" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433912" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>United Nations Standard Products and Services Code</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A598E">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A598E">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> (UNSPSC</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A598E">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
-            <w:r w:rsidRPr="005A598E">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908072 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433912 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0EA9117B" w14:textId="24333662" w:rsidR="00A768DA" w:rsidRDefault="00A768DA">
+        <w:p w14:paraId="24C1633C" w14:textId="21BD488C" w:rsidR="005B5713" w:rsidRDefault="005B5713">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210908073" w:history="1">
-            <w:r w:rsidRPr="005A598E">
+          <w:hyperlink w:anchor="_Toc216433913" w:history="1">
+            <w:r w:rsidRPr="008D1ABE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Appendix: Geographical Service Areas</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210908073 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433913 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="50AC2B20" w14:textId="07105276" w:rsidR="005A21C6" w:rsidRDefault="00003C5E">
+        <w:p w14:paraId="50AC2B20" w14:textId="2A08B563" w:rsidR="005A21C6" w:rsidRDefault="00003C5E">
           <w:r>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:caps/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="4BCAF3C8" w14:textId="77777777" w:rsidR="00975D07" w:rsidRDefault="00975D07">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:sectPr w:rsidR="00975D07" w:rsidSect="00975D07">
           <w:headerReference w:type="first" r:id="rId18"/>
           <w:footerReference w:type="first" r:id="rId19"/>
@@ -3754,65 +3749,65 @@
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>TIP: To return to the first page throughout this document, use Ctrl+home</w:t>
       </w:r>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D66FF8">
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_Toc194066592"/>
     </w:p>
     <w:p w14:paraId="0954B7C4" w14:textId="695E6010" w:rsidR="00E26E6E" w:rsidRDefault="00F65966" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc210908041"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc216433881"/>
       <w:r w:rsidRPr="00564A93">
         <w:lastRenderedPageBreak/>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidR="00C0549D" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B15B3F" w:rsidRPr="00633557">
         <w:t>Summary</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="7301EF6F" w14:textId="632CC8E8" w:rsidR="007C6ED7" w:rsidRDefault="007C6ED7" w:rsidP="007C6ED7">
+    <w:p w14:paraId="7301EF6F" w14:textId="2D1FEC3E" w:rsidR="007C6ED7" w:rsidRDefault="007C6ED7" w:rsidP="007C6ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B01237">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OFF50</w:t>
       </w:r>
       <w:r w:rsidR="00DD4691">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
@@ -3837,50 +3832,79 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This Statewide Contract (SWC) provide</w:t>
       </w:r>
       <w:r w:rsidR="006114A5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00B01237">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> professional and consumer grade Audio, Video, Multimedia, Studio Production, Presentation, Photographic Equipment and Systems, Peripherals, Supplies, Accessories and Related Services. </w:t>
+      </w:r>
+      <w:r w:rsidR="00301205">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Refer to the </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Contract_Categories" w:history="1">
+        <w:r w:rsidR="00301205" w:rsidRPr="00301205">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Contract Categories</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00301205">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for additional details.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68FA877E" w14:textId="25F900CF" w:rsidR="00815201" w:rsidRDefault="00815201" w:rsidP="00815201">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C7194">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="000C7194" w:rsidRPr="000C7194">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3999,51 +4023,51 @@
           </w:rPr>
           <w:t>OFF50 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007C6ED7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007C6ED7" w:rsidRPr="00B01237">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AA47DAA" w14:textId="77777777" w:rsidR="00EF0700" w:rsidRPr="00705E5A" w:rsidRDefault="00EF0700" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc194066617"/>
-      <w:bookmarkStart w:id="8" w:name="_Toc210908042"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc216433882"/>
       <w:r>
         <w:t xml:space="preserve">Benefits and </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Cost</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Savings</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="082CDB9C" w14:textId="77777777" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="00EF0700">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -4255,71 +4279,73 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Accessing a wide range of environmentally preferable products and services</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C58FCA8" w14:textId="2B8CFCB1" w:rsidR="008B7D4E" w:rsidRPr="00A12C2C" w:rsidRDefault="008B7D4E" w:rsidP="007C6ED7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc210908043"/>
+      <w:bookmarkStart w:id="10" w:name="_Contract_Categories"/>
       <w:bookmarkStart w:id="11" w:name="_Toc194066593"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc216433883"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:t>Contract Categories</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="00E23F4C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="41E0B1C4" w14:textId="7BD11BF3" w:rsidR="007C6ED7" w:rsidRPr="00A12C2C" w:rsidRDefault="007C6ED7" w:rsidP="007C6ED7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc194066595"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc194066595"/>
       <w:r w:rsidRPr="00A12C2C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This contract </w:t>
       </w:r>
       <w:r w:rsidRPr="00864A9E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">includes </w:t>
       </w:r>
       <w:r w:rsidR="00513904">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -7048,70 +7074,70 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Photo </w:t>
       </w:r>
       <w:r w:rsidR="004A2283">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="002E4637">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>torage</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79FAB35B" w14:textId="2C499C57" w:rsidR="005D20CA" w:rsidRDefault="005D20CA" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc210908044"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc216433884"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="37A221D5" w14:textId="45EEF338" w:rsidR="007C6ED7" w:rsidRPr="00EC0C31" w:rsidRDefault="007C6ED7" w:rsidP="00EC0C31">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc194066594"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc194066594"/>
       <w:r w:rsidRPr="00EC0C31">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Leasing is not available on this contract. Leases may be procured through</w:t>
       </w:r>
       <w:r w:rsidR="00575B53">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0C31">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -7151,63 +7177,63 @@
         <w:r w:rsidR="00135F47" w:rsidRPr="00135F47">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>e Services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EC0C31">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43E9CB97" w14:textId="480FE874" w:rsidR="005F7C01" w:rsidRPr="00DC5CC1" w:rsidRDefault="00B77AE5" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc210908045"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc216433885"/>
       <w:r w:rsidRPr="000067FD">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Who </w:t>
       </w:r>
       <w:r w:rsidR="008B1C4B">
         <w:t>May</w:t>
       </w:r>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve"> Use the Contract</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="2F421623" w14:textId="14254EBC" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F80200" w:rsidP="00F80200">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The following </w:t>
       </w:r>
       <w:r w:rsidR="00F355B6" w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">is a complete list of the types of organizations generally allowed to use </w:t>
       </w:r>
       <w:r w:rsidR="00671BFA">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -7499,111 +7525,111 @@
     </w:p>
     <w:p w14:paraId="0B394519" w14:textId="3C7F7EE8" w:rsidR="00F355B6" w:rsidRDefault="00F355B6" w:rsidP="00612EF3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Other entities when designated in writing by the State Purchasing Agent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E3A806F" w14:textId="77777777" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc194066597"/>
-      <w:bookmarkStart w:id="17" w:name="_Toc210908046"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc194066597"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc216433886"/>
       <w:r>
         <w:t>Pricing Options</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="51B6A7E5" w14:textId="0DAD64EF" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00F35A63">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Hlk193714773"/>
+      <w:bookmarkStart w:id="19" w:name="_Hlk193714773"/>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The price files and vendor catalogs are accessible through public view in COMMBUYS; therefore, buyers </w:t>
       </w:r>
       <w:r w:rsidR="004C3029">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> access the price files and vendor catalogs without sign</w:t>
       </w:r>
       <w:r w:rsidR="00333FC6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> into a COMMBUYS account.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="63F9A5B1" w14:textId="1E3467C5" w:rsidR="007C6ED7" w:rsidRPr="00BC75FE" w:rsidRDefault="007C6ED7" w:rsidP="00612EF3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendor Price File:</w:t>
       </w:r>
@@ -7830,58 +7856,58 @@
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>page, where links to all the vendors’ MBPOs are provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F451098" w14:textId="2B305534" w:rsidR="00614844" w:rsidRPr="00614844" w:rsidRDefault="00F35A63" w:rsidP="007C6ED7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Quote_Response_and"/>
-      <w:bookmarkStart w:id="20" w:name="_Toc210908047"/>
+      <w:bookmarkStart w:id="20" w:name="_Quote_Response_and"/>
       <w:bookmarkStart w:id="21" w:name="_Toc194066598"/>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc216433887"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t>Quote Response and Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="379A6A51" w14:textId="77777777" w:rsidR="00614844" w:rsidRPr="00614844" w:rsidRDefault="00614844" w:rsidP="00614844">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00614844">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Buyers must solicit quotes when using this contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39ED69C3" w14:textId="0387C249" w:rsidR="00614844" w:rsidRPr="003B1E68" w:rsidRDefault="00614844" w:rsidP="003B1E68">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
@@ -8018,60 +8044,60 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="003B1E68">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">uyers should consult with their Chief Purchasing Officer or equivalent authority. </w:t>
       </w:r>
       <w:r w:rsidRPr="003B1E68">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5784688E" w14:textId="78416B47" w:rsidR="00802718" w:rsidRPr="007C6ED7" w:rsidRDefault="00ED723A" w:rsidP="007C6ED7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc194066596"/>
-      <w:bookmarkStart w:id="23" w:name="_Toc210908048"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc194066596"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc216433888"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Purchase</w:t>
       </w:r>
       <w:r w:rsidR="00BC5DEA" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> Options</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="52DE6FEA" w14:textId="77777777" w:rsidR="00516C7C" w:rsidRDefault="007C6ED7" w:rsidP="007C6ED7">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B3A0A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Purchases made through this contract will be direct, outright purchases.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -8827,59 +8853,59 @@
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:hyperlink r:id="rId27">
         <w:r w:rsidR="00A61E64" w:rsidRPr="003B0898">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Make a Statewide Contract Purchase in COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A61E64" w:rsidRPr="003B0898">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> job aid for more details.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5879AA5A" w14:textId="15C7EB67" w:rsidR="00F54CDE" w:rsidRDefault="00F54CDE" w:rsidP="00F54CDE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Extend_Beyond_(Performance_1"/>
-      <w:bookmarkStart w:id="25" w:name="_Toc210908049"/>
+      <w:bookmarkStart w:id="25" w:name="_Extend_Beyond_(Performance_1"/>
       <w:bookmarkStart w:id="26" w:name="_Toc194066599"/>
       <w:bookmarkStart w:id="27" w:name="_Toc207800534"/>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc216433889"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:t>Extend Beyond (Performance and Payment That Goes Beyond Contract End Date)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="7DACE3DC" w14:textId="77777777" w:rsidR="00F54CDE" w:rsidRPr="00603AE1" w:rsidRDefault="00F54CDE" w:rsidP="00F54CDE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00603AE1">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For extend beyond, the following stipulations are in place:</w:t>
       </w:r>
@@ -8940,63 +8966,63 @@
     </w:p>
     <w:p w14:paraId="793DA3B7" w14:textId="77777777" w:rsidR="00F54CDE" w:rsidRPr="00603AE1" w:rsidRDefault="00F54CDE" w:rsidP="00F54CDE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00603AE1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No new agreements, including leases, rentals, or service contracts, may be made after the contract's expiration.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0288325A" w14:textId="32D6FF57" w:rsidR="000067FD" w:rsidRPr="000067FD" w:rsidRDefault="000067FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Extend_Beyond_(Performance"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkStart w:id="29" w:name="_Extend_Beyond_(Performance"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc216433890"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:t xml:space="preserve">Setting Up a </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:t>COMMBUYS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Account</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="78CB2CA0" w14:textId="1B4D9B57" w:rsidR="000B5F54" w:rsidRDefault="000B5F54" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">COMMBUYS is the Commonwealth of Massachusetts' e-procurement platform, serving as a central marketplace for state agencies </w:t>
       </w:r>
       <w:r w:rsidR="00FE3CAD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and other Eligible Entities </w:t>
       </w:r>
@@ -9310,56 +9336,56 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mak</w:t>
       </w:r>
       <w:r w:rsidR="00DF3644">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> informed purchasing choices. Eligible entities should follow their internal guidelines for COMMBUYS use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01DC6409" w14:textId="58CA8183" w:rsidR="004B6469" w:rsidRDefault="00AB211E" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Toc210908051"/>
       <w:bookmarkStart w:id="31" w:name="_Toc194066601"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc216433891"/>
       <w:r w:rsidRPr="00AB211E">
         <w:t>Finding Contract Documents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidRPr="00AB211E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:p w14:paraId="782F9C76" w14:textId="423CA7C5" w:rsidR="00AF445B" w:rsidRPr="00136C46" w:rsidRDefault="00D2137A" w:rsidP="00AF445B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers </w:t>
       </w:r>
       <w:r w:rsidR="00E3202F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
@@ -9959,57 +9985,57 @@
       <w:r w:rsidR="00047CCD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId30">
         <w:r w:rsidR="00047CCD" w:rsidRPr="00023184">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OFF50 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E139FF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C1318A" w14:textId="613FCE46" w:rsidR="003C3ABF" w:rsidRDefault="00554AF0" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc194066602"/>
-      <w:bookmarkStart w:id="33" w:name="_Toc210908052"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc194066602"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc216433892"/>
       <w:r>
         <w:t>Finding Vendor-Specific Documents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="60A82AFB" w14:textId="5F9F0661" w:rsidR="00F33440" w:rsidRPr="00136C46" w:rsidRDefault="00554AF0" w:rsidP="00554AF0">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To find vendor-specific documents, </w:t>
       </w:r>
       <w:r w:rsidR="003241BC">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">including </w:t>
       </w:r>
@@ -10322,55 +10348,55 @@
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the desired document link.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55455757" w14:textId="2DCF5BB8" w:rsidR="00B50291" w:rsidRPr="009E12A3" w:rsidRDefault="000067FD" w:rsidP="00E139FF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Toc210908053"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc216433893"/>
       <w:r w:rsidRPr="000067FD">
         <w:t>Construction and Construction-Related Labor Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="594D1BE7" w14:textId="58AA924E" w:rsidR="00181542" w:rsidRPr="009E12A3" w:rsidRDefault="00181542" w:rsidP="00B50291">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This contract </w:t>
       </w:r>
       <w:r w:rsidR="004626EE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -10931,58 +10957,58 @@
       <w:r w:rsidR="00960D6F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E57289">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37EECD24" w14:textId="706D8D12" w:rsidR="009A68A0" w:rsidRDefault="009A68A0" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc210908054"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc216433894"/>
       <w:r>
         <w:t>Construction Threshold</w:t>
       </w:r>
       <w:r w:rsidR="0000616D">
         <w:t>s</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:p w14:paraId="45334992" w14:textId="3DBC3885" w:rsidR="009A68A0" w:rsidRPr="009E12A3" w:rsidRDefault="00A361DB" w:rsidP="009A68A0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidR="000B307C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -11173,62 +11199,62 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">use sound business practices to </w:t>
       </w:r>
       <w:r w:rsidR="00D72A2A" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>award the work to a vendor without seeking additional quotes. Using an OSD statewide contract satisfies the sound business practices requirement of G.L. c. 149 for jobs costing less than $10,000</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EA675B2" w14:textId="683B4404" w:rsidR="0024729E" w:rsidRDefault="00F26DFB" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Toc210908055"/>
       <w:bookmarkStart w:id="37" w:name="_Toc194066605"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc216433895"/>
       <w:r w:rsidRPr="006A4A2A">
         <w:t xml:space="preserve">Prevailing </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31D64">
         <w:t>Wage</w:t>
       </w:r>
       <w:r w:rsidRPr="006A4A2A">
         <w:t xml:space="preserve"> Law Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidR="004D3A5D" w:rsidRPr="00EE4A24">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="2E4C2734" w14:textId="5A46FB36" w:rsidR="00CE4F99" w:rsidRDefault="00CE4F99" w:rsidP="00CE4F99">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Massachusetts prevailing wage laws require that covered employees on public works projects be paid a minimum hourly rate set by the Department of Labor Standards (DLS). The prevailing wage laws apply to both union and non-union employers and employees. The buyer has a legal obligation to request a prevailing wage schedule from the</w:t>
       </w:r>
       <w:r w:rsidR="00A6581E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -11416,55 +11442,55 @@
           </w:rPr>
           <w:t>Prevailing Wage Enforcement</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for more information. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30B77F25" w14:textId="11C15E2F" w:rsidR="00CE4F99" w:rsidRPr="00CE4F99" w:rsidRDefault="00CE4F99" w:rsidP="00CE4F99">
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Buyers should always refer to a vendor’s Bidder Response Form (located in their COMMBUYS file) for their mark-up over prevailing wage and materials as well as a vendor’s charge for emergency services, holidays, and non-business hours.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31C308E0" w14:textId="7DA6CF7F" w:rsidR="00C045FB" w:rsidRPr="00C045FB" w:rsidRDefault="00151AC8" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc210908056"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc216433896"/>
       <w:r>
         <w:t>Labor Hours</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="5434897D" w14:textId="77777777" w:rsidR="00E82D9A" w:rsidRDefault="00AD0A7A" w:rsidP="00C045FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Business Hours (excluding holidays) are defined as Monday through Friday 7:00 a.m. to 5:00 p.m. Non-Business Hours are defined as periods outside of Business Hours</w:t>
       </w:r>
       <w:r w:rsidR="0008776A" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -11502,55 +11528,55 @@
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Many state facilities </w:t>
       </w:r>
       <w:r w:rsidR="003624C5" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>operate continuously (24/7).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18ADE978" w14:textId="639A2856" w:rsidR="003624C5" w:rsidRDefault="003624C5" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Toc210908057"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc216433897"/>
       <w:r>
         <w:t>Apprentice Labor Rates</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="40308299" w14:textId="56612E33" w:rsidR="00720C80" w:rsidRPr="009E12A3" w:rsidRDefault="00720C80" w:rsidP="00720C80">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bidders may only include apprentice labor rates if they are participating in the Commonwealth's Approved Apprentice Program</w:t>
       </w:r>
       <w:r w:rsidR="00AE4F31" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and can </w:t>
       </w:r>
       <w:r w:rsidR="00384506" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -11600,69 +11626,69 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidR="00291EE1" w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Information for apprentices</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00291EE1" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to learn more.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36BC0800" w14:textId="68AFCE52" w:rsidR="003813D4" w:rsidRPr="00B6218B" w:rsidRDefault="003813D4" w:rsidP="000D7FAE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Toc201925128"/>
-      <w:bookmarkStart w:id="41" w:name="_Toc210908058"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc201925128"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc216433898"/>
       <w:r w:rsidRPr="00B6218B">
         <w:t xml:space="preserve">Supplier Diversity </w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>Office</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (SD</w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:t>) Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="668BC85C" w14:textId="6CF9E2B5" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="003813D4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidR="00EA4D16">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -11891,55 +11917,55 @@
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and SBPP)</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tab on the index (scroll to view the tab).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F758EA" w14:textId="3A242519" w:rsidR="00CF5EB3" w:rsidRDefault="00DD5236" w:rsidP="00CF5EB3">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="_Toc210908059"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc216433899"/>
       <w:r w:rsidRPr="00DD5236">
         <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="43"/>
     </w:p>
     <w:p w14:paraId="57E6AF7E" w14:textId="23FD8D57" w:rsidR="00DD5236" w:rsidRDefault="00DD5236" w:rsidP="00DD5236">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD5236">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7774F470" w14:textId="24C50C07" w:rsidR="007002E9" w:rsidRDefault="007002E9" w:rsidP="00612EF3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -12051,55 +12077,55 @@
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3086F60C" w14:textId="140E70D3" w:rsidR="00A2036A" w:rsidRDefault="007418B6" w:rsidP="007418B6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Toc210908060"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc216433900"/>
       <w:r w:rsidRPr="007418B6">
         <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:p w14:paraId="07859058" w14:textId="229DACA8" w:rsidR="007418B6" w:rsidRDefault="003C6101" w:rsidP="007418B6">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6101">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B1D11BB" w14:textId="5E52330C" w:rsidR="003C6101" w:rsidRDefault="003C6101" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -12200,59 +12226,59 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table in the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2D17">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SDO Certification Type</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> column.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C87046" w14:textId="44AD4198" w:rsidR="00B41726" w:rsidRDefault="00DB33F1" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="_Toc210908061"/>
       <w:bookmarkStart w:id="45" w:name="_Toc194066607"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc216433901"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Subcontractor</w:t>
       </w:r>
       <w:r w:rsidR="000E3C80" w:rsidRPr="003066B4">
         <w:t>s</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="46"/>
       <w:r w:rsidR="004D3A5D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p w14:paraId="477867D8" w14:textId="388A6E60" w:rsidR="000E3C80" w:rsidRPr="009E12A3" w:rsidRDefault="000E3C80" w:rsidP="000E3C80">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The awarded vendor’s use of subcontractors is subject to the provisions of the </w:t>
       </w:r>
       <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
@@ -12299,56 +12325,56 @@
         </w:rPr>
         <w:t>SWC</w:t>
       </w:r>
       <w:r w:rsidR="005C457B" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6001D8C1" w14:textId="51D637A2" w:rsidR="00A87A58" w:rsidRPr="009E12A3" w:rsidRDefault="00A87A58" w:rsidP="00AF64BC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="_Toc210908062"/>
       <w:bookmarkStart w:id="47" w:name="_Toc194066609"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc216433902"/>
       <w:r w:rsidRPr="00A87A58">
         <w:t>Shipping, Delivery, and Returns</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="48"/>
       <w:r w:rsidR="003B7672">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
     </w:p>
     <w:p w14:paraId="1D5D910A" w14:textId="62C95C3B" w:rsidR="000C5CD9" w:rsidRPr="009E12A3" w:rsidRDefault="000C5CD9" w:rsidP="00A87A58">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For shipping, delivery, and returns, please follow these guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A419FC2" w14:textId="77777777" w:rsidR="00211E60" w:rsidRPr="00FA13BA" w:rsidRDefault="00211E60" w:rsidP="00211E60">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -12990,56 +13016,56 @@
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00604C81">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">All items being returned by Purchasing Entity must be in their original packaging and in saleable condition.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A379A25" w14:textId="0C1904AD" w:rsidR="004553D2" w:rsidRPr="009E12A3" w:rsidRDefault="004553D2" w:rsidP="00AF64BC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="_Toc210908063"/>
       <w:bookmarkStart w:id="49" w:name="_Toc194066610"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc216433903"/>
       <w:r w:rsidRPr="004553D2">
         <w:t>Repairs and Services Warranties</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="50"/>
       <w:r w:rsidR="003B7672">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
     </w:p>
     <w:p w14:paraId="5A4F4069" w14:textId="78BE7CE2" w:rsidR="004553D2" w:rsidRPr="009E12A3" w:rsidRDefault="004553D2" w:rsidP="004553D2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For repairs and services warranties, please refer to these guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A730597" w14:textId="77777777" w:rsidR="004553D2" w:rsidRPr="009E12A3" w:rsidRDefault="004553D2" w:rsidP="00612EF3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -13378,57 +13404,57 @@
       </w:r>
       <w:hyperlink w:anchor="_Contract_Overview" w:history="1">
         <w:r w:rsidR="00523926" w:rsidRPr="00523926">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Contract Overview</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E9366C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B09715" w14:textId="22183C37" w:rsidR="006659DA" w:rsidRDefault="00F52DB7" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="50" w:name="_Toc194066611"/>
-      <w:bookmarkStart w:id="51" w:name="_Toc210908064"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc194066611"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc216433904"/>
       <w:r>
         <w:t>Additional Discounts</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="52"/>
     </w:p>
     <w:p w14:paraId="5722884C" w14:textId="2C86CC2C" w:rsidR="00F52DB7" w:rsidRPr="009E12A3" w:rsidRDefault="000157ED" w:rsidP="00F52DB7">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors in this statewide contract offer the following discounts, which </w:t>
       </w:r>
       <w:r w:rsidR="00187389">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
@@ -13811,58 +13837,58 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or Master Contract Record MBPO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A76A16" w14:textId="4D62C99E" w:rsidR="004553D2" w:rsidRPr="00C50D01" w:rsidRDefault="00280EC3" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="52" w:name="_Toc194066612"/>
-      <w:bookmarkStart w:id="53" w:name="_Toc210908065"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc194066612"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc216433905"/>
       <w:r w:rsidRPr="003066B4">
         <w:lastRenderedPageBreak/>
         <w:t>Emergency Services</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="54"/>
       <w:r w:rsidR="00FE1EB2" w:rsidRPr="0011288D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="707CE663" w14:textId="61DD942E" w:rsidR="000176A7" w:rsidRPr="00296F0D" w:rsidRDefault="00280EC3" w:rsidP="00AF64BC">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors on this contract may be required to provide products or services in cases of statewide emergencies</w:t>
       </w:r>
       <w:r w:rsidR="00497BD7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -13904,57 +13930,57 @@
         </w:rPr>
         <w:t xml:space="preserve">defines emergency for procurement purposes. Visit the </w:t>
       </w:r>
       <w:hyperlink r:id="rId53" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Emergency Response Supplies, Services and Equipment Contact Information for Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> list for emergency services related to this contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2BA003" w14:textId="1E68B3FE" w:rsidR="00177A06" w:rsidRDefault="00177A06" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="54" w:name="_Toc194066614"/>
-      <w:bookmarkStart w:id="55" w:name="_Toc210908066"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc194066614"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc216433906"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Vendor Performance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
     </w:p>
     <w:p w14:paraId="56E5F7E6" w14:textId="48BF78A9" w:rsidR="00177A06" w:rsidRPr="009E12A3" w:rsidRDefault="00F0752D" w:rsidP="00177A06">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0752D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Key points concerning vendor performance are outlined below</w:t>
       </w:r>
       <w:r w:rsidR="000E7EC0" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EAD9AC7" w14:textId="51698A83" w:rsidR="00FE1EB2" w:rsidRPr="009E12A3" w:rsidRDefault="00A36AA5" w:rsidP="00612EF3">
       <w:pPr>
@@ -14225,282 +14251,88 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors</w:t>
       </w:r>
       <w:r w:rsidR="00EF1817" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be evaluated on their current performance and may be asked to work with the Commonwealth toward improvement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ECCA573" w14:textId="1FFE7CB8" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00D86662" w:rsidP="00612EF3">
-[...192 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3CA7FE22" w14:textId="44C5BAF5" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="00612EF3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors</w:t>
       </w:r>
       <w:r w:rsidR="00471474" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> must meet all contractual requirements throughout the life of the contract, including requirements for timely and accurate report submission, to remain in good standing under the contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E4F3ADB" w14:textId="477EF2DC" w:rsidR="000E01B4" w:rsidRDefault="000E01B4" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="56" w:name="_Toc194066615"/>
-      <w:bookmarkStart w:id="57" w:name="_Toc210908067"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc194066615"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc216433907"/>
       <w:r>
         <w:t>General Procurement Guidelines and Best Practices</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="58"/>
     </w:p>
     <w:p w14:paraId="6091B2E8" w14:textId="465D2E1E" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000E01B4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For general procurement guidelines and best practices, follow these recommendations:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="508955D5" w14:textId="642456F9" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00612EF3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -14569,51 +14401,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No prepayment should be made for products not yet delivered or services not yet rendered.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A53C235" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00612EF3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>No sales tax should be applied to invoices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A4E314F" w14:textId="3DE200C1" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00612EF3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No fees or surcharges (including travel, fuel, delivery) should be applied to invoices.</w:t>
       </w:r>
     </w:p>
@@ -14674,50 +14505,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>45 days per Massachusetts Bill Payment Policy, or sooner if applying Prompt Payment Discount.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BC49F8A" w14:textId="39B256E5" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00612EF3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Buyers are not required to sign additional agreements with vendors that conflict with the Request for Response (RFR) Terms and Conditions</w:t>
       </w:r>
       <w:r w:rsidR="00ED285F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED285F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
@@ -14819,62 +14651,62 @@
     <w:p w14:paraId="012945E2" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="00600F57" w:rsidRDefault="000E01B4" w:rsidP="00612EF3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors must notify buyers of product substitutions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2092C95A" w14:textId="5383DF35" w:rsidR="00600F57" w:rsidRPr="002E2D42" w:rsidRDefault="00600F57" w:rsidP="00600F57">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="58" w:name="_Toc194066616"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="60" w:name="_Toc210908068"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc194066616"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc207800556"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc216433908"/>
       <w:r w:rsidRPr="002E2D42">
         <w:t>Adding a Product</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="60"/>
       <w:r>
         <w:t xml:space="preserve"> or Service</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="61"/>
       <w:r w:rsidRPr="002E2D42">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A4337DF" w14:textId="42B99703" w:rsidR="00600F57" w:rsidRPr="009E12A3" w:rsidRDefault="00600F57" w:rsidP="00600F57">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To add a product </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or service </w:t>
       </w:r>
@@ -15003,74 +14835,74 @@
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> comply with the established specifications and scope of the contract.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="287EE5A1" w14:textId="05F4575B" w:rsidR="00EF4D38" w:rsidRDefault="00EF4D38" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="61" w:name="_Toc194066618"/>
-      <w:bookmarkStart w:id="62" w:name="_Toc210908069"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc194066618"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc216433909"/>
       <w:r w:rsidRPr="00D40F23">
         <w:t xml:space="preserve">Environmentally Preferable Products </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="62"/>
       <w:r w:rsidR="00C73C16">
         <w:t>and Services</w:t>
       </w:r>
       <w:r w:rsidR="000702C6">
         <w:t xml:space="preserve"> (EPPS)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="63"/>
       <w:r w:rsidR="00131479">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E9E7A24" w14:textId="77777777" w:rsidR="00AF64BC" w:rsidRPr="00D96902" w:rsidRDefault="00AF64BC" w:rsidP="00AF64BC">
       <w:pPr>
         <w:spacing w:after="160"/>
       </w:pPr>
-      <w:bookmarkStart w:id="63" w:name="_Memorandum_of_Understanding"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkStart w:id="64" w:name="_Memorandum_of_Understanding"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc194066619"/>
+      <w:bookmarkEnd w:id="64"/>
       <w:r w:rsidRPr="51B86C98">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">State agencies must comply with </w:t>
       </w:r>
       <w:hyperlink r:id="rId58">
         <w:r w:rsidRPr="00D23131">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Massachusetts Executive Order 515</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="51B86C98">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -15371,51 +15203,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> standards and comply with applicable regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67EF2C9F" w14:textId="77777777" w:rsidR="00AF64BC" w:rsidRPr="007B42F8" w:rsidRDefault="00AF64BC" w:rsidP="007B42F8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B42F8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Equipment Recycling:</w:t>
       </w:r>
       <w:r w:rsidRPr="007B42F8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Request vendors to provide equipment recycling options for end-of-life products.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D8FCAA5" w14:textId="4E14DA48" w:rsidR="00AF64BC" w:rsidRPr="001F649F" w:rsidRDefault="00AF64BC" w:rsidP="001F649F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F649F">
@@ -15452,50 +15283,51 @@
       <w:r w:rsidRPr="51B86C98">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Corrugated boxes must contain ≥30% post-consumer recycled content, clearly labeled on packaging.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F09D292" w14:textId="77777777" w:rsidR="00AF64BC" w:rsidRPr="00D96902" w:rsidRDefault="00AF64BC" w:rsidP="001F649F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51B86C98">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Avoid polystyrene and other hard-to-recycle materials.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16E0052E" w14:textId="77777777" w:rsidR="00AF64BC" w:rsidRPr="00D96902" w:rsidRDefault="00AF64BC" w:rsidP="001F649F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="51B86C98">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prefer eco-friendly packing materials like starch-based peanuts or recycled kraft paper.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B337CE5" w14:textId="77777777" w:rsidR="00AF64BC" w:rsidRPr="00D96902" w:rsidRDefault="00AF64BC" w:rsidP="001F649F">
       <w:pPr>
@@ -15574,67 +15406,67 @@
           <w:t xml:space="preserve">EPP Products and Services </w:t>
         </w:r>
         <w:r w:rsidRPr="00D23131">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Guide</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B01237">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401E5311" w14:textId="10360EED" w:rsidR="004C38FD" w:rsidRPr="002E2D42" w:rsidRDefault="004C38FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="65" w:name="_Toc194066620"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc194066620"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc216433910"/>
+      <w:bookmarkEnd w:id="65"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Instructions for</w:t>
       </w:r>
       <w:r w:rsidR="00BA483E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA483E" w:rsidRPr="00BA483E">
         <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
       </w:r>
       <w:r w:rsidRPr="003066B4">
         <w:t xml:space="preserve"> Users</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="67"/>
     </w:p>
     <w:p w14:paraId="7E58B0D1" w14:textId="45640CC0" w:rsidR="00266475" w:rsidRDefault="006F493B" w:rsidP="00DC48F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">When placing orders with a contractor, </w:t>
       </w:r>
       <w:r w:rsidR="00BD68D3" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -15691,64 +15523,64 @@
       <w:r w:rsidR="00AF64BC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in the Agreement ID field in MMARS for encumbrances related to purchases from Statewide Contracts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="67" w:name="_Contract_Summary"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkStart w:id="68" w:name="_Contract_Summary"/>
+      <w:bookmarkStart w:id="69" w:name="_Who_Can_Use_2"/>
+      <w:bookmarkStart w:id="70" w:name="_Find_Bid/Contract_Documents"/>
+      <w:bookmarkStart w:id="71" w:name="_Who_Can_Use_3"/>
+      <w:bookmarkStart w:id="72" w:name="_Contract_Categories_3"/>
+      <w:bookmarkStart w:id="73" w:name="_Additional_Information/FAQs_3"/>
+      <w:bookmarkStart w:id="74" w:name="_Frequently_Purchased_Items"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkEnd w:id="74"/>
       <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please address all inquiries regarding</w:t>
       </w:r>
       <w:r w:rsidR="00376AED">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00376AED" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MMARS</w:t>
       </w:r>
       <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
         <w:rPr>
@@ -15844,74 +15676,74 @@
     <w:p w14:paraId="71C99DDE" w14:textId="77777777" w:rsidR="00266475" w:rsidRDefault="00266475" w:rsidP="00266475">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:sectPr w:rsidR="00266475" w:rsidSect="003E7DC2">
           <w:footerReference w:type="first" r:id="rId62"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11E9AF1E" w14:textId="77777777" w:rsidR="00EC3569" w:rsidRDefault="00E51057" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="74" w:name="_Appendix_A:_Vendor"/>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="74"/>
+      <w:bookmarkStart w:id="75" w:name="_Appendix_A:_Vendor"/>
+      <w:bookmarkStart w:id="76" w:name="_Vendor_Specific_Information"/>
+      <w:bookmarkStart w:id="77" w:name="_Vendor_Information*"/>
+      <w:bookmarkStart w:id="78" w:name="_Vendor_List_and"/>
+      <w:bookmarkStart w:id="79" w:name="_Appendix_A:_1"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc194066623"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc216433911"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="79"/>
       <w:r w:rsidRPr="00ED150D">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vendor </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">List and </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED150D">
         <w:t>Information</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="81"/>
     </w:p>
     <w:p w14:paraId="66F6F6D9" w14:textId="21DA8619" w:rsidR="00E51057" w:rsidRPr="00C50915" w:rsidRDefault="00E51057" w:rsidP="00EC3569">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="double"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B142B5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C50915" w:rsidRPr="00C50915">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidR="00C50915">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -17136,62 +16968,62 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>requesting</w:t>
             </w:r>
             <w:r w:rsidRPr="00BD6AFB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BD6AFB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>quotes)</w:t>
             </w:r>
-            <w:bookmarkStart w:id="81" w:name="_Ref210746085"/>
+            <w:bookmarkStart w:id="82" w:name="_Ref210746085"/>
             <w:r w:rsidR="0023238C">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
-            <w:bookmarkEnd w:id="81"/>
+            <w:bookmarkEnd w:id="82"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FB0B3F0" w14:textId="77777777" w:rsidR="00AF64BC" w:rsidRPr="00BD6AFB" w:rsidRDefault="00AF64BC" w:rsidP="00550C98">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="242" w:lineRule="auto"/>
               <w:ind w:left="395" w:right="164" w:hanging="224"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId66">
               <w:r w:rsidRPr="00BD6AFB">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:spacing w:val="-2"/>
                   <w:sz w:val="16"/>
@@ -26554,76 +26386,76 @@
               <w:spacing w:line="194" w:lineRule="exact"/>
               <w:ind w:right="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58F8E879" w14:textId="278357EF" w:rsidR="009329E5" w:rsidRDefault="00275216" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="82" w:name="_Appendix_A:_[add"/>
-      <w:bookmarkStart w:id="83" w:name="_Toc210908072"/>
+      <w:bookmarkStart w:id="83" w:name="_Appendix_A:_[add"/>
       <w:bookmarkStart w:id="84" w:name="_Toc194066624"/>
-      <w:bookmarkEnd w:id="82"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc216433912"/>
+      <w:bookmarkEnd w:id="83"/>
       <w:r w:rsidRPr="00275216">
         <w:t>United Nations Standard Products and Services Code</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t xml:space="preserve"> (UNSPSC</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="83"/>
+      <w:bookmarkEnd w:id="85"/>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00E23F4C">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="84"/>
     </w:p>
     <w:p w14:paraId="54D8A365" w14:textId="010D4D16" w:rsidR="00A7060F" w:rsidRPr="00E006A5" w:rsidRDefault="00D119CD" w:rsidP="00AF64BC">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D119CD">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">UNSPSC </w:t>
       </w:r>
       <w:r w:rsidR="00E53E55" w:rsidRPr="00E53E55">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -26906,61 +26738,61 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>filming</w:t>
       </w:r>
       <w:r w:rsidR="00751654">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF64BC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or video equipment </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="439A3CC8" w14:textId="5A917C8C" w:rsidR="00F76CD4" w:rsidRDefault="009E2584" w:rsidP="00F76CD4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="85" w:name="_Toc210908073"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc216433913"/>
       <w:r>
         <w:t xml:space="preserve">Appendix: </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2584">
         <w:t>Geographical Service Area</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="85"/>
+      <w:bookmarkEnd w:id="86"/>
     </w:p>
     <w:p w14:paraId="0192AF4D" w14:textId="77777777" w:rsidR="00013787" w:rsidRDefault="00777284" w:rsidP="00777284">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00777284">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For the purposes of OFF50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00777284">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -32424,51 +32256,51 @@
   <w:num w:numId="21" w16cid:durableId="271716133">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1843549361">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="809402103">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="693579835">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="538010000">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1887452438">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="22"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:writeProtection w:recommended="1"/>
-  <w:zoom w:percent="62"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -33169,50 +33001,51 @@
     <w:rsid w:val="001A72C3"/>
     <w:rsid w:val="001B046D"/>
     <w:rsid w:val="001B1383"/>
     <w:rsid w:val="001B1654"/>
     <w:rsid w:val="001B16A2"/>
     <w:rsid w:val="001B16FD"/>
     <w:rsid w:val="001B1724"/>
     <w:rsid w:val="001B173D"/>
     <w:rsid w:val="001B17CC"/>
     <w:rsid w:val="001B1E53"/>
     <w:rsid w:val="001B29E8"/>
     <w:rsid w:val="001B2F8D"/>
     <w:rsid w:val="001B3217"/>
     <w:rsid w:val="001B3B78"/>
     <w:rsid w:val="001B454B"/>
     <w:rsid w:val="001B46C7"/>
     <w:rsid w:val="001B48A8"/>
     <w:rsid w:val="001B5F7B"/>
     <w:rsid w:val="001B705B"/>
     <w:rsid w:val="001B7171"/>
     <w:rsid w:val="001B730B"/>
     <w:rsid w:val="001B7645"/>
     <w:rsid w:val="001C0572"/>
     <w:rsid w:val="001C0AD1"/>
     <w:rsid w:val="001C0EF8"/>
+    <w:rsid w:val="001C2299"/>
     <w:rsid w:val="001C2CD6"/>
     <w:rsid w:val="001C2E2B"/>
     <w:rsid w:val="001C2E70"/>
     <w:rsid w:val="001C3179"/>
     <w:rsid w:val="001C33D5"/>
     <w:rsid w:val="001C38B4"/>
     <w:rsid w:val="001C38E0"/>
     <w:rsid w:val="001C3C17"/>
     <w:rsid w:val="001C3D2F"/>
     <w:rsid w:val="001C3D49"/>
     <w:rsid w:val="001C4336"/>
     <w:rsid w:val="001C4438"/>
     <w:rsid w:val="001C44AE"/>
     <w:rsid w:val="001C48B8"/>
     <w:rsid w:val="001C4B29"/>
     <w:rsid w:val="001C4D52"/>
     <w:rsid w:val="001C5226"/>
     <w:rsid w:val="001C537D"/>
     <w:rsid w:val="001C55DB"/>
     <w:rsid w:val="001C565D"/>
     <w:rsid w:val="001C5906"/>
     <w:rsid w:val="001C61DE"/>
     <w:rsid w:val="001C6AE5"/>
     <w:rsid w:val="001C6DCC"/>
     <w:rsid w:val="001C7D0E"/>
@@ -33666,50 +33499,51 @@
     <w:rsid w:val="002F0EED"/>
     <w:rsid w:val="002F1403"/>
     <w:rsid w:val="002F164A"/>
     <w:rsid w:val="002F195E"/>
     <w:rsid w:val="002F215E"/>
     <w:rsid w:val="002F2A20"/>
     <w:rsid w:val="002F3315"/>
     <w:rsid w:val="002F33A4"/>
     <w:rsid w:val="002F3890"/>
     <w:rsid w:val="002F3A3C"/>
     <w:rsid w:val="002F3BAF"/>
     <w:rsid w:val="002F3EF5"/>
     <w:rsid w:val="002F432C"/>
     <w:rsid w:val="002F460B"/>
     <w:rsid w:val="002F4F98"/>
     <w:rsid w:val="002F5141"/>
     <w:rsid w:val="002F58E0"/>
     <w:rsid w:val="002F5921"/>
     <w:rsid w:val="002F677F"/>
     <w:rsid w:val="002F67D2"/>
     <w:rsid w:val="002F71E0"/>
     <w:rsid w:val="002F75FB"/>
     <w:rsid w:val="003007DC"/>
     <w:rsid w:val="00300D98"/>
     <w:rsid w:val="00300E7C"/>
+    <w:rsid w:val="00301205"/>
     <w:rsid w:val="0030133C"/>
     <w:rsid w:val="00301501"/>
     <w:rsid w:val="003018A4"/>
     <w:rsid w:val="00301931"/>
     <w:rsid w:val="00301B4D"/>
     <w:rsid w:val="00301C2C"/>
     <w:rsid w:val="00302709"/>
     <w:rsid w:val="00302C4E"/>
     <w:rsid w:val="003030C9"/>
     <w:rsid w:val="0030386D"/>
     <w:rsid w:val="00303C3D"/>
     <w:rsid w:val="00303D78"/>
     <w:rsid w:val="00304398"/>
     <w:rsid w:val="00304890"/>
     <w:rsid w:val="0030497D"/>
     <w:rsid w:val="00304C6F"/>
     <w:rsid w:val="00305245"/>
     <w:rsid w:val="00305298"/>
     <w:rsid w:val="003058A3"/>
     <w:rsid w:val="00305D00"/>
     <w:rsid w:val="00305D8A"/>
     <w:rsid w:val="00305DAC"/>
     <w:rsid w:val="00305DFC"/>
     <w:rsid w:val="00306128"/>
     <w:rsid w:val="003066B4"/>
@@ -33771,50 +33605,51 @@
     <w:rsid w:val="0033203C"/>
     <w:rsid w:val="0033239D"/>
     <w:rsid w:val="00332768"/>
     <w:rsid w:val="00332B74"/>
     <w:rsid w:val="00332CAE"/>
     <w:rsid w:val="00332F24"/>
     <w:rsid w:val="00333321"/>
     <w:rsid w:val="003336A1"/>
     <w:rsid w:val="00333989"/>
     <w:rsid w:val="00333FC6"/>
     <w:rsid w:val="003343CA"/>
     <w:rsid w:val="00334444"/>
     <w:rsid w:val="00334BD6"/>
     <w:rsid w:val="00334EC6"/>
     <w:rsid w:val="003358B4"/>
     <w:rsid w:val="003359D1"/>
     <w:rsid w:val="00335A8A"/>
     <w:rsid w:val="00335CAB"/>
     <w:rsid w:val="00335CC0"/>
     <w:rsid w:val="00335FCF"/>
     <w:rsid w:val="003371B2"/>
     <w:rsid w:val="003378F7"/>
     <w:rsid w:val="00337A5C"/>
     <w:rsid w:val="00340B95"/>
     <w:rsid w:val="00340BE0"/>
+    <w:rsid w:val="00340D86"/>
     <w:rsid w:val="00340F9A"/>
     <w:rsid w:val="0034149B"/>
     <w:rsid w:val="003417A9"/>
     <w:rsid w:val="00341F85"/>
     <w:rsid w:val="00342578"/>
     <w:rsid w:val="003437E1"/>
     <w:rsid w:val="003438B2"/>
     <w:rsid w:val="003438F6"/>
     <w:rsid w:val="00343C27"/>
     <w:rsid w:val="00344041"/>
     <w:rsid w:val="0034425A"/>
     <w:rsid w:val="00344435"/>
     <w:rsid w:val="00344787"/>
     <w:rsid w:val="00344DB5"/>
     <w:rsid w:val="00345515"/>
     <w:rsid w:val="0034551C"/>
     <w:rsid w:val="00345C56"/>
     <w:rsid w:val="00345DBD"/>
     <w:rsid w:val="003460E7"/>
     <w:rsid w:val="00346136"/>
     <w:rsid w:val="003468FA"/>
     <w:rsid w:val="00346DD0"/>
     <w:rsid w:val="00346EA9"/>
     <w:rsid w:val="00347124"/>
     <w:rsid w:val="003471D8"/>
@@ -34793,50 +34628,51 @@
     <w:rsid w:val="005A63F5"/>
     <w:rsid w:val="005A640F"/>
     <w:rsid w:val="005A64A3"/>
     <w:rsid w:val="005A6AFD"/>
     <w:rsid w:val="005A7D44"/>
     <w:rsid w:val="005A7F19"/>
     <w:rsid w:val="005B0AA4"/>
     <w:rsid w:val="005B0D92"/>
     <w:rsid w:val="005B0DAF"/>
     <w:rsid w:val="005B119A"/>
     <w:rsid w:val="005B13B5"/>
     <w:rsid w:val="005B165B"/>
     <w:rsid w:val="005B197B"/>
     <w:rsid w:val="005B1C37"/>
     <w:rsid w:val="005B2917"/>
     <w:rsid w:val="005B2AD1"/>
     <w:rsid w:val="005B2B3C"/>
     <w:rsid w:val="005B2D7D"/>
     <w:rsid w:val="005B2E40"/>
     <w:rsid w:val="005B2F9D"/>
     <w:rsid w:val="005B2FFF"/>
     <w:rsid w:val="005B38E1"/>
     <w:rsid w:val="005B3C54"/>
     <w:rsid w:val="005B4695"/>
     <w:rsid w:val="005B4B26"/>
+    <w:rsid w:val="005B5713"/>
     <w:rsid w:val="005B5C2F"/>
     <w:rsid w:val="005B62DB"/>
     <w:rsid w:val="005B63BC"/>
     <w:rsid w:val="005B664C"/>
     <w:rsid w:val="005B6725"/>
     <w:rsid w:val="005B6BB9"/>
     <w:rsid w:val="005B6EF9"/>
     <w:rsid w:val="005C005A"/>
     <w:rsid w:val="005C0B61"/>
     <w:rsid w:val="005C10A7"/>
     <w:rsid w:val="005C11B1"/>
     <w:rsid w:val="005C1696"/>
     <w:rsid w:val="005C19F6"/>
     <w:rsid w:val="005C2250"/>
     <w:rsid w:val="005C275D"/>
     <w:rsid w:val="005C3FC7"/>
     <w:rsid w:val="005C4006"/>
     <w:rsid w:val="005C44B9"/>
     <w:rsid w:val="005C457B"/>
     <w:rsid w:val="005C45F9"/>
     <w:rsid w:val="005C57C8"/>
     <w:rsid w:val="005C5F50"/>
     <w:rsid w:val="005C7123"/>
     <w:rsid w:val="005C7447"/>
     <w:rsid w:val="005C7593"/>
@@ -44708,52 +44544,72 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0c40c71eb45016cd4244ce3126ed5c8e">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b6ea81047b344181ee716fe9b46053cf" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a935db215594a9448d4f792fa77a5eb7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ce164f3e4dc664cfddf0b6a5cebcddc6" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -44942,128 +44798,109 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72D8470C-EAAA-471A-A01A-D3AF73D3EDAE}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
     <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2241548C-17E4-438E-919D-E7038CD5925F}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>25</Pages>
-  <Words>7539</Words>
-  <Characters>42977</Characters>
+  <Words>7513</Words>
+  <Characters>42825</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>358</Lines>
+  <Lines>356</Lines>
   <Paragraphs>100</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50416</CharactersWithSpaces>
+  <CharactersWithSpaces>50238</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Products and Services Contract User Guide Template</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Frizzi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D</vt:lpwstr>
   </property>