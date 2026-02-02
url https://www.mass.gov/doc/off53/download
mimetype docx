--- v0 (2025-12-16)
+++ v1 (2026-02-02)
@@ -331,77 +331,89 @@
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Contract Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
-          <w:p w14:paraId="0ED6CDA2" w14:textId="77777777" w:rsidR="004006F9" w:rsidRPr="00EC7440" w:rsidRDefault="004006F9" w:rsidP="00436059">
+          <w:p w14:paraId="0ED6CDA2" w14:textId="63FEA67A" w:rsidR="004006F9" w:rsidRPr="00EC7440" w:rsidRDefault="004006F9" w:rsidP="00436059">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Contract Term: </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC7440">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t>April 1, 2024 – March 31, 2029</w:t>
+              <w:t xml:space="preserve">April 1, 2024 </w:t>
+            </w:r>
+            <w:r w:rsidR="00B03D4C">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC7440">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> March 31, 2029</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18DAF315" w14:textId="619B6CE2" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="004006F9" w:rsidP="00436059">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Maximum End Date:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -690,124 +702,95 @@
             </w:r>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
               <w:r w:rsidRPr="00136526">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Vendor List and Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for eligible vendors on this contract.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="004006F9">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="00B03D4C">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="666"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14685198" w14:textId="25BE3391" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="006E2505" w:rsidP="00953689">
+          <w:p w14:paraId="14685198" w14:textId="33872799" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="00B03D4C" w:rsidP="00953689">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B03D4C">
               <w:rPr>
                 <w:szCs w:val="24"/>
-                <w:highlight w:val="yellow"/>
-[...29 lines deleted...]
-              <w:t xml:space="preserve">25 Updated: Purchase Options and exclusion items language. </w:t>
+              </w:rPr>
+              <w:t>01/13/2026: Removed Request for Payment Authorization (RPA) language.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0061066A" w14:textId="77777777" w:rsidR="0064148A" w:rsidRDefault="0064148A" w:rsidP="00D332F1"/>
     <w:p w14:paraId="2EE53A3B" w14:textId="3ADB882A" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="00AC1E9E" w:rsidP="004006F9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1066,50 +1049,51 @@
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="1932468650"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="46FC1B32" w14:textId="42253982" w:rsidR="005A21C6" w:rsidRDefault="005A21C6">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="3212838C" w14:textId="3FBCE2B9" w:rsidR="00EC5199" w:rsidRDefault="00003C5E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:vanish w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
@@ -4001,67 +3985,69 @@
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the following list of products and services not available for purchase</w:t>
       </w:r>
       <w:r w:rsidR="004006F9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="004006F9" w:rsidRPr="004006F9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Related products that are not covered under this contract are listed below along with the statewide contract under which they can be found:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20DFCB01" w14:textId="77777777" w:rsidR="004006F9" w:rsidRDefault="004006F9" w:rsidP="00436059">
+    <w:p w14:paraId="20DFCB01" w14:textId="300B74DD" w:rsidR="004006F9" w:rsidRDefault="004006F9" w:rsidP="5B39A834">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Postage and Mail Processing Equipment, Accessories, Services and Supplies, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidRPr="00087F88">
+      <w:hyperlink r:id="rId22">
+        <w:r w:rsidR="2613C51D" w:rsidRPr="5B39A834">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>OFF39</w:t>
+          <w:t>OFF54</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="447BA1C1" w14:textId="77777777" w:rsidR="004006F9" w:rsidRDefault="004006F9" w:rsidP="00436059">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Print, Copy, Mail Services and Printed Promotional Products, </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="005A37E9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>OFF48</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="55F95263" w14:textId="77777777" w:rsidR="004006F9" w:rsidRDefault="004006F9" w:rsidP="00436059">
       <w:pPr>
@@ -4732,124 +4718,124 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Special order fees must be agreed upon by both parties upfront.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4710BA48" w14:textId="77777777" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="00436059">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004006F9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Payments for products or services provided must be paid within 45 days per Massachusetts Bill-Payment Policy, or sooner if applying Prompt Payment Discount.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67C743C8" w14:textId="551DCC0D" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="004006F9">
+    <w:p w14:paraId="67C743C8" w14:textId="115FA5CE" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="58AC3FD6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="0A0FF0"/>
-          <w:szCs w:val="24"/>
-[...13 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="58AC3FD6">
+        <w:t xml:space="preserve">Buyers are not required to sign additional agreements with vendors that conflict with the Request for Response (RFR) Terms and Conditions. For more </w:t>
+      </w:r>
+      <w:r w:rsidR="13439373" w:rsidRPr="58AC3FD6">
+        <w:t>information,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="58AC3FD6">
+        <w:t xml:space="preserve"> please </w:t>
+      </w:r>
+      <w:r w:rsidR="000E79E3" w:rsidRPr="58AC3FD6">
         <w:t>refer to the</w:t>
       </w:r>
-      <w:r w:rsidRPr="004006F9">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="58AC3FD6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
-        <w:r w:rsidRPr="004006F9">
+      <w:hyperlink r:id="rId30">
+        <w:r w:rsidRPr="58AC3FD6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="0A0FF0"/>
-            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Master Blanket Purchase Order (MBPO) with RFR</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004006F9">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="58AC3FD6">
+        <w:rPr>
           <w:color w:val="0A0FF0"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="004006F9">
-[...7 lines deleted...]
-        <w:r w:rsidR="006806CC">
+      <w:r w:rsidRPr="58AC3FD6">
+        <w:t>and contact Category Manager</w:t>
+      </w:r>
+      <w:r w:rsidR="61449BB6" w:rsidRPr="58AC3FD6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31">
+        <w:r w:rsidR="61449BB6" w:rsidRPr="58AC3FD6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Tanya Reeves</w:t>
+          <w:t>Tatiana Henry</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004006F9">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="61449BB6" w:rsidRPr="58AC3FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32">
+        <w:r w:rsidR="61449BB6" w:rsidRPr="58AC3FD6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Sean Corbin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="58AC3FD6">
         <w:t xml:space="preserve"> if you have any questions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45336D7C" w14:textId="04C58DEE" w:rsidR="00ED723A" w:rsidRDefault="00ED723A" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="_Toc212460408"/>
       <w:r w:rsidRPr="00564A93">
         <w:lastRenderedPageBreak/>
         <w:t>Purchase</w:t>
       </w:r>
       <w:r w:rsidR="00BC5DEA" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> Options</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="33474DBE" w14:textId="35F6D167" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="00E416F6" w:rsidP="00232AD8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5139,51 +5125,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72D8F783" w14:textId="14817E25" w:rsidR="004006F9" w:rsidRPr="00232AD8" w:rsidRDefault="00232AD8" w:rsidP="004006F9">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Refer to</w:t>
       </w:r>
       <w:r w:rsidR="004006F9" w:rsidRPr="00232AD8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> instruction on </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32">
+      <w:hyperlink r:id="rId33">
         <w:r w:rsidR="004006F9" w:rsidRPr="00232AD8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>How to Purchase from a COMMBUYS G2B Punchout</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00856995" w:rsidRPr="00232AD8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="089C438C" w14:textId="77777777" w:rsidR="004006F9" w:rsidRPr="00232AD8" w:rsidRDefault="004006F9" w:rsidP="004006F9">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
@@ -5198,51 +5184,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00232AD8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>To set up a COMMBUYS buyer account, contact your organization’s COMMBUYS administrator.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10E4A1DA" w14:textId="183E20EA" w:rsidR="004006F9" w:rsidRPr="00232AD8" w:rsidRDefault="004006F9" w:rsidP="004006F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00232AD8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For questions about Punchout purchasing, contact </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidR="00232AD8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSD Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00232AD8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or call (888)-627-8283.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79DCA8B5" w14:textId="77777777" w:rsidR="00174AAE" w:rsidRDefault="00174AAE" w:rsidP="00E416F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs w:val="0"/>
@@ -5300,51 +5286,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6484C586" w14:textId="77777777" w:rsidR="00174AAE" w:rsidRDefault="00174AAE" w:rsidP="00174AAE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07E363EC" w14:textId="47E3EE6D" w:rsidR="00E416F6" w:rsidRDefault="00174AAE" w:rsidP="00E416F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Refer to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>How to Make a Statewide Contract Purchase in COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">  job aid.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DF2C70C" w14:textId="77777777" w:rsidR="00174AAE" w:rsidRDefault="00174AAE" w:rsidP="00E416F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53ED2658" w14:textId="77777777" w:rsidR="00174AAE" w:rsidRPr="00232AD8" w:rsidRDefault="00174AAE" w:rsidP="00174AAE">
       <w:pPr>
@@ -5474,51 +5460,51 @@
     <w:p w14:paraId="7E6F57FC" w14:textId="77777777" w:rsidR="00174AAE" w:rsidRDefault="00174AAE" w:rsidP="00174AAE">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to the</w:t>
       </w:r>
       <w:r w:rsidRPr="00232AD8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35">
+      <w:hyperlink r:id="rId36">
         <w:r w:rsidRPr="00232AD8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:bCs w:val="0"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Request Quotes from Vendors on Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00232AD8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00232AD8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>instructions</w:t>
       </w:r>
@@ -5638,286 +5624,190 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004006F9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>To set up a COMMBUYS buyer account, contact your organization’s COMMBUYS administrator.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44CADB5F" w14:textId="77777777" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="004006F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004006F9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For questions about Direct Quotes purchasing using COMMBUYS, contact </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="004006F9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSDhelpdesk@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004006F9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, or call (888) 627-8283.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="354E9CBC" w14:textId="77777777" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="004006F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="280CFD75" w14:textId="77777777" w:rsidR="00174AAE" w:rsidRDefault="00174AAE" w:rsidP="004006F9">
-[...3 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="1C49FC46" w14:textId="77777777" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="004006F9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004006F9">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...115 lines deleted...]
-        </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="004006F9">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MMARS and COMMBUYS do not interface. Payment request and invoice must be reported in both MMARS and COMMBUYS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D5FD5A1" w14:textId="77777777" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="004006F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40937747" w14:textId="77777777" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="004006F9">
+    <w:p w14:paraId="40937747" w14:textId="5573CECC" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="004006F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004006F9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Shipping/Delivery </w:t>
+        <w:t>Shipping</w:t>
+      </w:r>
+      <w:r w:rsidR="00B03D4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004006F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Delivery </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7453A6F2" w14:textId="77777777" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="00436059">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004006F9">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Delivery is F.O.B. destination and shall mean delivery and unloading, at no additional cost. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48388F0B" w14:textId="77777777" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="004006F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CD48006" w14:textId="77777777" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="00436059">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004006F9">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Should the vendor use an independent carrier to satisfy delivery requests, the vendor accepts responsibility for ensuring the carrier will coordinate with the contract user on delivery instructions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F4036A7" w14:textId="77777777" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="004006F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D7D81A8" w14:textId="77777777" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="00436059">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004006F9">
@@ -5958,50 +5848,51 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09551A34" w14:textId="77777777" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="00436059">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004006F9">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Other delivery hour/s is permissible only with the written approval of the Eligible Entity</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20DAEF52" w14:textId="77777777" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="004006F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p w14:paraId="0A1BD9A2" w14:textId="5FF21A04" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="004006F9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004006F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -6091,68 +5982,86 @@
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004006F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Discontinued Items</w:t>
       </w:r>
       <w:r w:rsidRPr="004006F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>Orders must be fulfilled as placed unless the item is discontinued by the manufacturer. Substitutions require prior approval and must be of equal or better quality and at the same or lower price. If the substitute is cheaper, the invoice must reflect the reduced price. Unapproved substitutions are not permitted and must be replaced with the requested or approved items within two (2) business days of notification. No restocking fees may be charged for unapproved substitutes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37BC9646" w14:textId="77777777" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="004006F9">
+    <w:p w14:paraId="37BC9646" w14:textId="66762281" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="004006F9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004006F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Minimum/Maximum Order Quantities</w:t>
+        <w:t>Minimum</w:t>
+      </w:r>
+      <w:r w:rsidR="00B03D4C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004006F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Maximum Order Quantities</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58DDDB56" w14:textId="0300D493" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="004006F9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004006F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category 1 – Office Supplies:</w:t>
       </w:r>
       <w:r w:rsidRPr="004006F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -6223,51 +6132,50 @@
         <w:t>Unprinted envelopes</w:t>
       </w:r>
       <w:r w:rsidRPr="004006F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Maximum 5 cases per order</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7024AE5F" w14:textId="064DCE63" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="004006F9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004006F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Category 3 – Recycled Envelopes: </w:t>
       </w:r>
       <w:r w:rsidR="00B83293">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendor</w:t>
       </w:r>
       <w:r w:rsidRPr="004006F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s may sell only limited quantities of Printed stock envelopes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A4253EB" w14:textId="77777777" w:rsidR="004006F9" w:rsidRPr="004006F9" w:rsidRDefault="004006F9" w:rsidP="00436059">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -6301,50 +6209,51 @@
       </w:pPr>
       <w:r w:rsidRPr="004006F9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="004006F9">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MMARS and COMMBUYS do not interface. Payment request and invoice must be reported in both MMARS and COMMBUYS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="675722E9" w14:textId="07335C53" w:rsidR="00FE302E" w:rsidRDefault="00FE302E" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_Extend_Beyond_(Performance"/>
       <w:bookmarkStart w:id="29" w:name="_Toc212460409"/>
       <w:bookmarkStart w:id="30" w:name="_Toc194066599"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Extend Beyond (Performance and Payment That Goes Beyond Contract End Date)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidR="001A489C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="70EA506D" w14:textId="62E343C4" w:rsidR="00FE302E" w:rsidRPr="00856995" w:rsidRDefault="00BC2619" w:rsidP="00856995">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00856995">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No new agreements, including leases, rentals, or service contracts, may be made after the contract's expiration</w:t>
       </w:r>
       <w:r w:rsidR="00D129F4" w:rsidRPr="00856995">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -6884,51 +6793,50 @@
         <w:t>, follow these steps</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D67533E" w14:textId="6FE6ACBF" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00436059">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
       <w:hyperlink r:id="rId39">
         <w:r w:rsidRPr="00136C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">home page, enter </w:t>
@@ -7038,99 +6946,105 @@
         </w:rPr>
         <w:t>Master Blanket Purchase Orders (</w:t>
       </w:r>
       <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MBPOs</w:t>
       </w:r>
       <w:r w:rsidR="00837172" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> information opens in a table format. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C5DE19C" w14:textId="04D79911" w:rsidR="00EF6BEA" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00436059">
+    <w:p w14:paraId="6C5DE19C" w14:textId="37FB9A06" w:rsidR="00EF6BEA" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00436059">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To view </w:t>
       </w:r>
       <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00F951D6" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>associated</w:t>
       </w:r>
       <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">contract documents, under the </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Blanket #</w:t>
+        <w:t xml:space="preserve">Blanket </w:t>
+      </w:r>
+      <w:r w:rsidR="00B03D4C" w:rsidRPr="00B03D4C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>number</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> column, </w:t>
       </w:r>
       <w:r w:rsidR="00CF04CB">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the applicable </w:t>
       </w:r>
       <w:r w:rsidR="00A14A44" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Purchase Order (</w:t>
       </w:r>
@@ -7219,50 +7133,51 @@
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section.</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25607E40" w14:textId="01E35150" w:rsidR="00530D68" w:rsidRPr="00136C46" w:rsidRDefault="00D618B6" w:rsidP="00856995">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ll standard contract documents </w:t>
       </w:r>
       <w:r w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">within the Master Contract Record. Access them directly by </w:t>
       </w:r>
       <w:r w:rsidR="00CF04CB">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
@@ -7779,51 +7694,50 @@
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f Work (SOWs).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="763DAE00" w14:textId="33AFFFF4" w:rsidR="00A31A6A" w:rsidRDefault="00A4039E" w:rsidP="00436059">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Operational Services Division (OSD) provides a list of SDO businesses through the </w:t>
       </w:r>
       <w:hyperlink r:id="rId44" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Statewide Contract Index</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000B307C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to</w:t>
@@ -7914,50 +7828,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007002E9">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>In cases where all other factors are equal, and particularly when adhering to a best value approach, the department will favor the vendor with stronger SDP commitment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="570E0460" w14:textId="513A2E36" w:rsidR="00053531" w:rsidRPr="007002E9" w:rsidRDefault="00053531" w:rsidP="00436059">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r w:rsidR="008E179F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of SDP Plan Forms: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
@@ -8286,51 +8201,50 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62D3C01F" w14:textId="71AAC055" w:rsidR="00F52DB7" w:rsidRPr="009E12A3" w:rsidRDefault="00F52DB7" w:rsidP="00436059">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Prompt Pay</w:t>
       </w:r>
       <w:r w:rsidR="009F425C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ment</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Discount:</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -8518,50 +8432,51 @@
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or Master Contract Record MBPO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A76A16" w14:textId="7293E05F" w:rsidR="004553D2" w:rsidRPr="00C50D01" w:rsidRDefault="00280EC3" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="44" w:name="_Toc194066612"/>
       <w:bookmarkStart w:id="45" w:name="_Toc212460418"/>
       <w:r w:rsidRPr="003066B4">
+        <w:lastRenderedPageBreak/>
         <w:t>Emergency Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:r w:rsidR="00FE1EB2" w:rsidRPr="0011288D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="087026AC" w14:textId="4B074EB0" w:rsidR="00280EC3" w:rsidRPr="009E12A3" w:rsidRDefault="00280EC3" w:rsidP="00280EC3">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors on this contract may be required to provide products or services in cases of statewide emergencies</w:t>
       </w:r>
       <w:r w:rsidR="00497BD7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -8990,51 +8905,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> (CAP)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, working collaboratively with OSD and the relevant purchasing entities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2740164E" w14:textId="5D21A87A" w:rsidR="00291F79" w:rsidRPr="009E12A3" w:rsidRDefault="00291F79" w:rsidP="00436059">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidR="001123CE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vendor</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> performance is inadequate or breaches the RFR terms, </w:t>
       </w:r>
       <w:r w:rsidR="00DD0432" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">including attachments and agreements, </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the OSD Category Manager</w:t>
@@ -9154,50 +9068,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For general procurement guidelines and best practices, follow these recommendations:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="508955D5" w14:textId="24BF6264" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00436059">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Buyers should inform vendors to reference </w:t>
       </w:r>
       <w:r w:rsidR="007F523B">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Statewide </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Contract </w:t>
       </w:r>
       <w:r w:rsidR="00856995" w:rsidRPr="00856995">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OFF53</w:t>
       </w:r>
       <w:r w:rsidR="00856995">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
@@ -9512,51 +9427,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">which are required to be </w:t>
       </w:r>
       <w:r w:rsidRPr="00F9035C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>clearly labeled in all buyer catalogs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="138C4F03" w14:textId="77777777" w:rsidR="00856995" w:rsidRPr="00F9035C" w:rsidRDefault="00856995" w:rsidP="00856995">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F9035C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">All state agencies must comply with </w:t>
       </w:r>
       <w:hyperlink r:id="rId57" w:history="1">
         <w:r w:rsidRPr="00D42928">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Massachusetts Executive Order 515</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F9035C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, which mandates the procurement of Environmentally Preferable Products (EPPs) when they meet performance standards and represent best value.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08BFD393" w14:textId="77777777" w:rsidR="00856995" w:rsidRPr="00F9035C" w:rsidRDefault="00856995" w:rsidP="00856995">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
@@ -9722,50 +9636,51 @@
       <w:r w:rsidRPr="00F9035C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>File Folders: Minimum 30% PCRC</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="553BBAC1" w14:textId="77777777" w:rsidR="00856995" w:rsidRPr="00F9035C" w:rsidRDefault="00856995" w:rsidP="00436059">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F9035C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Markers: Must be AP non-toxic certified by the Art and Creative Materials Institute (ACMI)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F7853E7" w14:textId="77777777" w:rsidR="00856995" w:rsidRPr="00F9035C" w:rsidRDefault="00856995" w:rsidP="00436059">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F9035C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Post-Its: Minimum 30% PCRC</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7637C44B" w14:textId="77777777" w:rsidR="00856995" w:rsidRPr="00F9035C" w:rsidRDefault="00856995" w:rsidP="00436059">
       <w:pPr>
@@ -9995,60 +9910,51 @@
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OFF53</w:t>
       </w:r>
       <w:r w:rsidR="00A03131">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00856995">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">in the Agreement ID field in MMARS for encumbrances related to </w:t>
-[...8 lines deleted...]
-        <w:t>purchases from Statewide Contracts.</w:t>
+        <w:t>in the Agreement ID field in MMARS for encumbrances related to purchases from Statewide Contracts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="56" w:name="_Contract_Summary"/>
       <w:bookmarkStart w:id="57" w:name="_Who_Can_Use_2"/>
       <w:bookmarkStart w:id="58" w:name="_Find_Bid/Contract_Documents"/>
       <w:bookmarkStart w:id="59" w:name="_Who_Can_Use_3"/>
       <w:bookmarkStart w:id="60" w:name="_Contract_Categories_3"/>
       <w:bookmarkStart w:id="61" w:name="_Additional_Information/FAQs_3"/>
       <w:bookmarkStart w:id="62" w:name="_Frequently_Purchased_Items"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
         <w:rPr>
@@ -14155,73 +14061,73 @@
       </w:r>
       <w:r w:rsidRPr="004A62E0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00931DF2" w:rsidRPr="004A62E0" w:rsidSect="008A4943">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F0E1D11" w14:textId="77777777" w:rsidR="007F17BE" w:rsidRDefault="007F17BE" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="57CB6F59" w14:textId="77777777" w:rsidR="009A23E4" w:rsidRDefault="009A23E4" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B7DD16B" w14:textId="77777777" w:rsidR="007F17BE" w:rsidRDefault="007F17BE"/>
+    <w:p w14:paraId="327B7CCE" w14:textId="77777777" w:rsidR="009A23E4" w:rsidRDefault="009A23E4"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5681C834" w14:textId="77777777" w:rsidR="007F17BE" w:rsidRDefault="007F17BE" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="488B5603" w14:textId="77777777" w:rsidR="009A23E4" w:rsidRDefault="009A23E4" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BEA4696" w14:textId="77777777" w:rsidR="007F17BE" w:rsidRDefault="007F17BE"/>
+    <w:p w14:paraId="246F86A9" w14:textId="77777777" w:rsidR="009A23E4" w:rsidRDefault="009A23E4"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7F67EFA9" w14:textId="77777777" w:rsidR="007F17BE" w:rsidRDefault="007F17BE">
+    <w:p w14:paraId="0ADEC3FA" w14:textId="77777777" w:rsidR="009A23E4" w:rsidRDefault="009A23E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -14666,51 +14572,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="104B4D8E" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+            <v:group w14:anchorId="518565BD" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00E365B8" w:rsidRDefault="0019409E" w:rsidP="00E365B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
@@ -15160,51 +15066,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="1D3DCFB8" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
+            <v:group w14:anchorId="780123BB" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14F7B0CA" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
@@ -15531,73 +15437,73 @@
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D920BE9" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="76DFCE92" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02190EEA" w14:textId="77777777" w:rsidR="007F17BE" w:rsidRDefault="007F17BE" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="1F0339EA" w14:textId="77777777" w:rsidR="009A23E4" w:rsidRDefault="009A23E4" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="165DEA4C" w14:textId="77777777" w:rsidR="007F17BE" w:rsidRDefault="007F17BE"/>
+    <w:p w14:paraId="59D179B5" w14:textId="77777777" w:rsidR="009A23E4" w:rsidRDefault="009A23E4"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0260022C" w14:textId="77777777" w:rsidR="007F17BE" w:rsidRDefault="007F17BE" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="5C54B8E7" w14:textId="77777777" w:rsidR="009A23E4" w:rsidRDefault="009A23E4" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="383FF31A" w14:textId="77777777" w:rsidR="007F17BE" w:rsidRDefault="007F17BE"/>
+    <w:p w14:paraId="39466BA2" w14:textId="77777777" w:rsidR="009A23E4" w:rsidRDefault="009A23E4"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1BC7B451" w14:textId="77777777" w:rsidR="007F17BE" w:rsidRDefault="007F17BE">
+    <w:p w14:paraId="40FB4585" w14:textId="77777777" w:rsidR="009A23E4" w:rsidRDefault="009A23E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A9B9F4D" w14:textId="519FEDEC" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00196519" w:rsidP="007A023C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="10365"/>
       </w:tabs>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -15837,51 +15743,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="75F27E52" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="0682CE78" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
@@ -16170,51 +16076,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="05399235" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="13CD5DC8" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19495,50 +19401,51 @@
     <w:rsid w:val="001C3C17"/>
     <w:rsid w:val="001C3D2F"/>
     <w:rsid w:val="001C3D49"/>
     <w:rsid w:val="001C4336"/>
     <w:rsid w:val="001C4438"/>
     <w:rsid w:val="001C44AE"/>
     <w:rsid w:val="001C48B8"/>
     <w:rsid w:val="001C4B29"/>
     <w:rsid w:val="001C4D52"/>
     <w:rsid w:val="001C5226"/>
     <w:rsid w:val="001C537D"/>
     <w:rsid w:val="001C55DB"/>
     <w:rsid w:val="001C5906"/>
     <w:rsid w:val="001C61DE"/>
     <w:rsid w:val="001C6AE5"/>
     <w:rsid w:val="001C6DCC"/>
     <w:rsid w:val="001C7D0E"/>
     <w:rsid w:val="001D071B"/>
     <w:rsid w:val="001D0C65"/>
     <w:rsid w:val="001D1BEF"/>
     <w:rsid w:val="001D21D1"/>
     <w:rsid w:val="001D2500"/>
     <w:rsid w:val="001D2EE0"/>
     <w:rsid w:val="001D3025"/>
     <w:rsid w:val="001D3BC9"/>
+    <w:rsid w:val="001D3F64"/>
     <w:rsid w:val="001D4059"/>
     <w:rsid w:val="001D4EFE"/>
     <w:rsid w:val="001D50B0"/>
     <w:rsid w:val="001D55A2"/>
     <w:rsid w:val="001D5B17"/>
     <w:rsid w:val="001D6239"/>
     <w:rsid w:val="001D69EF"/>
     <w:rsid w:val="001D6AE2"/>
     <w:rsid w:val="001D6B59"/>
     <w:rsid w:val="001D7093"/>
     <w:rsid w:val="001D73C6"/>
     <w:rsid w:val="001D7649"/>
     <w:rsid w:val="001D7831"/>
     <w:rsid w:val="001E0098"/>
     <w:rsid w:val="001E12BE"/>
     <w:rsid w:val="001E13AD"/>
     <w:rsid w:val="001E1564"/>
     <w:rsid w:val="001E1D59"/>
     <w:rsid w:val="001E1F2E"/>
     <w:rsid w:val="001E21B4"/>
     <w:rsid w:val="001E25B1"/>
     <w:rsid w:val="001E2976"/>
     <w:rsid w:val="001E2D48"/>
     <w:rsid w:val="001E3090"/>
     <w:rsid w:val="001E3E19"/>
@@ -19677,50 +19584,51 @@
     <w:rsid w:val="002374EF"/>
     <w:rsid w:val="00237715"/>
     <w:rsid w:val="00237B53"/>
     <w:rsid w:val="00237C02"/>
     <w:rsid w:val="00237E7F"/>
     <w:rsid w:val="00237EFF"/>
     <w:rsid w:val="00240817"/>
     <w:rsid w:val="0024116F"/>
     <w:rsid w:val="002411B9"/>
     <w:rsid w:val="00241C93"/>
     <w:rsid w:val="00241D9B"/>
     <w:rsid w:val="00242169"/>
     <w:rsid w:val="00242685"/>
     <w:rsid w:val="002426DE"/>
     <w:rsid w:val="002428AA"/>
     <w:rsid w:val="00242AC9"/>
     <w:rsid w:val="00243276"/>
     <w:rsid w:val="00243561"/>
     <w:rsid w:val="002437F5"/>
     <w:rsid w:val="00243F9D"/>
     <w:rsid w:val="002449BE"/>
     <w:rsid w:val="00245732"/>
     <w:rsid w:val="00245B24"/>
     <w:rsid w:val="00245FDB"/>
     <w:rsid w:val="002468FF"/>
+    <w:rsid w:val="00246BEB"/>
     <w:rsid w:val="00246E10"/>
     <w:rsid w:val="0024729E"/>
     <w:rsid w:val="00247454"/>
     <w:rsid w:val="0025001F"/>
     <w:rsid w:val="00250704"/>
     <w:rsid w:val="00250ACA"/>
     <w:rsid w:val="00250B29"/>
     <w:rsid w:val="002513F1"/>
     <w:rsid w:val="00251B5F"/>
     <w:rsid w:val="00251D2B"/>
     <w:rsid w:val="0025288C"/>
     <w:rsid w:val="00252908"/>
     <w:rsid w:val="0025318D"/>
     <w:rsid w:val="00253749"/>
     <w:rsid w:val="00253A51"/>
     <w:rsid w:val="002542E6"/>
     <w:rsid w:val="00254B3D"/>
     <w:rsid w:val="00255DB6"/>
     <w:rsid w:val="00256475"/>
     <w:rsid w:val="00256AB8"/>
     <w:rsid w:val="00256D3D"/>
     <w:rsid w:val="00256FA6"/>
     <w:rsid w:val="0025735D"/>
     <w:rsid w:val="0026042B"/>
     <w:rsid w:val="0026103A"/>
@@ -19730,50 +19638,51 @@
     <w:rsid w:val="0026368F"/>
     <w:rsid w:val="00264128"/>
     <w:rsid w:val="002642F9"/>
     <w:rsid w:val="00264A56"/>
     <w:rsid w:val="00265213"/>
     <w:rsid w:val="002655B7"/>
     <w:rsid w:val="002655CF"/>
     <w:rsid w:val="00266086"/>
     <w:rsid w:val="0026625F"/>
     <w:rsid w:val="00266475"/>
     <w:rsid w:val="002665C5"/>
     <w:rsid w:val="0026670F"/>
     <w:rsid w:val="0026740B"/>
     <w:rsid w:val="00267BB6"/>
     <w:rsid w:val="002705CB"/>
     <w:rsid w:val="002710E6"/>
     <w:rsid w:val="0027186F"/>
     <w:rsid w:val="002718D1"/>
     <w:rsid w:val="002722E1"/>
     <w:rsid w:val="002725D9"/>
     <w:rsid w:val="00272A26"/>
     <w:rsid w:val="002733A5"/>
     <w:rsid w:val="002733D1"/>
     <w:rsid w:val="002739BC"/>
     <w:rsid w:val="00273A68"/>
+    <w:rsid w:val="00273BAA"/>
     <w:rsid w:val="00275216"/>
     <w:rsid w:val="00275AAF"/>
     <w:rsid w:val="00275DEB"/>
     <w:rsid w:val="00276002"/>
     <w:rsid w:val="00277786"/>
     <w:rsid w:val="00277C51"/>
     <w:rsid w:val="00277CB7"/>
     <w:rsid w:val="00277D1B"/>
     <w:rsid w:val="00277E0D"/>
     <w:rsid w:val="00280B86"/>
     <w:rsid w:val="00280DE4"/>
     <w:rsid w:val="00280EC3"/>
     <w:rsid w:val="002812E6"/>
     <w:rsid w:val="00281536"/>
     <w:rsid w:val="002816F4"/>
     <w:rsid w:val="00281714"/>
     <w:rsid w:val="0028171C"/>
     <w:rsid w:val="002819AB"/>
     <w:rsid w:val="002819F1"/>
     <w:rsid w:val="00281FB4"/>
     <w:rsid w:val="00282767"/>
     <w:rsid w:val="00282C29"/>
     <w:rsid w:val="002832C4"/>
     <w:rsid w:val="0028336E"/>
     <w:rsid w:val="00283DF0"/>
@@ -19978,50 +19887,51 @@
     <w:rsid w:val="003030C9"/>
     <w:rsid w:val="0030386D"/>
     <w:rsid w:val="00303C3D"/>
     <w:rsid w:val="00303D78"/>
     <w:rsid w:val="00304398"/>
     <w:rsid w:val="00304890"/>
     <w:rsid w:val="0030497D"/>
     <w:rsid w:val="00304C6F"/>
     <w:rsid w:val="00305245"/>
     <w:rsid w:val="00305298"/>
     <w:rsid w:val="003058A3"/>
     <w:rsid w:val="00305D00"/>
     <w:rsid w:val="00305D8A"/>
     <w:rsid w:val="00305DAC"/>
     <w:rsid w:val="00305DFC"/>
     <w:rsid w:val="003066B4"/>
     <w:rsid w:val="003070B0"/>
     <w:rsid w:val="003077B9"/>
     <w:rsid w:val="00307B90"/>
     <w:rsid w:val="00307F54"/>
     <w:rsid w:val="0031019F"/>
     <w:rsid w:val="00310944"/>
     <w:rsid w:val="00311C44"/>
     <w:rsid w:val="003121D1"/>
     <w:rsid w:val="0031246D"/>
+    <w:rsid w:val="00312D47"/>
     <w:rsid w:val="003135FE"/>
     <w:rsid w:val="003137C5"/>
     <w:rsid w:val="00313846"/>
     <w:rsid w:val="00313D61"/>
     <w:rsid w:val="00314899"/>
     <w:rsid w:val="00314AFF"/>
     <w:rsid w:val="00314F50"/>
     <w:rsid w:val="00315038"/>
     <w:rsid w:val="00315187"/>
     <w:rsid w:val="003151C6"/>
     <w:rsid w:val="0031638F"/>
     <w:rsid w:val="00316BBD"/>
     <w:rsid w:val="00316EC7"/>
     <w:rsid w:val="0031721B"/>
     <w:rsid w:val="00317604"/>
     <w:rsid w:val="0032058B"/>
     <w:rsid w:val="00320B04"/>
     <w:rsid w:val="00320C77"/>
     <w:rsid w:val="00320FAB"/>
     <w:rsid w:val="003218BB"/>
     <w:rsid w:val="00321B03"/>
     <w:rsid w:val="00321C9E"/>
     <w:rsid w:val="003226E7"/>
     <w:rsid w:val="003229A4"/>
     <w:rsid w:val="00322DC1"/>
@@ -21055,50 +20965,51 @@
     <w:rsid w:val="005B2AD1"/>
     <w:rsid w:val="005B2B3C"/>
     <w:rsid w:val="005B2D7D"/>
     <w:rsid w:val="005B2E40"/>
     <w:rsid w:val="005B2F9D"/>
     <w:rsid w:val="005B2FFF"/>
     <w:rsid w:val="005B38E1"/>
     <w:rsid w:val="005B3C54"/>
     <w:rsid w:val="005B4695"/>
     <w:rsid w:val="005B4B26"/>
     <w:rsid w:val="005B5C2F"/>
     <w:rsid w:val="005B62DB"/>
     <w:rsid w:val="005B63BC"/>
     <w:rsid w:val="005B664C"/>
     <w:rsid w:val="005B6725"/>
     <w:rsid w:val="005B6BB9"/>
     <w:rsid w:val="005B6EF9"/>
     <w:rsid w:val="005B71CC"/>
     <w:rsid w:val="005C005A"/>
     <w:rsid w:val="005C0B61"/>
     <w:rsid w:val="005C10A7"/>
     <w:rsid w:val="005C11B1"/>
     <w:rsid w:val="005C1696"/>
     <w:rsid w:val="005C2250"/>
     <w:rsid w:val="005C275D"/>
+    <w:rsid w:val="005C34DD"/>
     <w:rsid w:val="005C3FC7"/>
     <w:rsid w:val="005C4006"/>
     <w:rsid w:val="005C44B9"/>
     <w:rsid w:val="005C457B"/>
     <w:rsid w:val="005C45F9"/>
     <w:rsid w:val="005C57C8"/>
     <w:rsid w:val="005C5F50"/>
     <w:rsid w:val="005C7123"/>
     <w:rsid w:val="005C7447"/>
     <w:rsid w:val="005C7593"/>
     <w:rsid w:val="005C76AA"/>
     <w:rsid w:val="005C7811"/>
     <w:rsid w:val="005C7BD2"/>
     <w:rsid w:val="005C7BFD"/>
     <w:rsid w:val="005C7DF3"/>
     <w:rsid w:val="005C7E72"/>
     <w:rsid w:val="005D11B4"/>
     <w:rsid w:val="005D1B3D"/>
     <w:rsid w:val="005D1C73"/>
     <w:rsid w:val="005D20CA"/>
     <w:rsid w:val="005D293C"/>
     <w:rsid w:val="005D2A12"/>
     <w:rsid w:val="005D2CC1"/>
     <w:rsid w:val="005D3A22"/>
     <w:rsid w:val="005D3A7D"/>
@@ -21639,50 +21550,51 @@
     <w:rsid w:val="00717F45"/>
     <w:rsid w:val="007206C5"/>
     <w:rsid w:val="00720B50"/>
     <w:rsid w:val="00720C80"/>
     <w:rsid w:val="00720FCF"/>
     <w:rsid w:val="00721589"/>
     <w:rsid w:val="007215A7"/>
     <w:rsid w:val="00722170"/>
     <w:rsid w:val="00722B08"/>
     <w:rsid w:val="00722C2A"/>
     <w:rsid w:val="00723608"/>
     <w:rsid w:val="007242B4"/>
     <w:rsid w:val="0072458F"/>
     <w:rsid w:val="0072462C"/>
     <w:rsid w:val="00724893"/>
     <w:rsid w:val="0072504A"/>
     <w:rsid w:val="0072528A"/>
     <w:rsid w:val="00725500"/>
     <w:rsid w:val="0072552E"/>
     <w:rsid w:val="00725582"/>
     <w:rsid w:val="0072593D"/>
     <w:rsid w:val="00725A52"/>
     <w:rsid w:val="007262F3"/>
     <w:rsid w:val="00726F22"/>
     <w:rsid w:val="00727662"/>
+    <w:rsid w:val="007308D4"/>
     <w:rsid w:val="00730B55"/>
     <w:rsid w:val="00730C42"/>
     <w:rsid w:val="007314FB"/>
     <w:rsid w:val="00731D28"/>
     <w:rsid w:val="00731D8C"/>
     <w:rsid w:val="0073219F"/>
     <w:rsid w:val="00733367"/>
     <w:rsid w:val="00733561"/>
     <w:rsid w:val="00734547"/>
     <w:rsid w:val="00735109"/>
     <w:rsid w:val="007351C7"/>
     <w:rsid w:val="0073555B"/>
     <w:rsid w:val="00735765"/>
     <w:rsid w:val="00735960"/>
     <w:rsid w:val="00736266"/>
     <w:rsid w:val="0073677B"/>
     <w:rsid w:val="00736BEF"/>
     <w:rsid w:val="00736CED"/>
     <w:rsid w:val="007376E2"/>
     <w:rsid w:val="007377DA"/>
     <w:rsid w:val="00737A35"/>
     <w:rsid w:val="007409C0"/>
     <w:rsid w:val="00740B58"/>
     <w:rsid w:val="00740D0C"/>
     <w:rsid w:val="00740FFE"/>
@@ -22141,50 +22053,51 @@
     <w:rsid w:val="00862605"/>
     <w:rsid w:val="00862C10"/>
     <w:rsid w:val="00863A5B"/>
     <w:rsid w:val="00863B7D"/>
     <w:rsid w:val="00864021"/>
     <w:rsid w:val="008640BD"/>
     <w:rsid w:val="008643FA"/>
     <w:rsid w:val="00864505"/>
     <w:rsid w:val="00864683"/>
     <w:rsid w:val="008646F3"/>
     <w:rsid w:val="008646F6"/>
     <w:rsid w:val="00864EBE"/>
     <w:rsid w:val="008668E4"/>
     <w:rsid w:val="00866B2C"/>
     <w:rsid w:val="00866BE8"/>
     <w:rsid w:val="008674A2"/>
     <w:rsid w:val="00870030"/>
     <w:rsid w:val="00870503"/>
     <w:rsid w:val="00870879"/>
     <w:rsid w:val="00870971"/>
     <w:rsid w:val="008709A9"/>
     <w:rsid w:val="00870E1F"/>
     <w:rsid w:val="008711DC"/>
     <w:rsid w:val="00871B2A"/>
     <w:rsid w:val="00871F89"/>
+    <w:rsid w:val="008724D2"/>
     <w:rsid w:val="008733BF"/>
     <w:rsid w:val="00873CC9"/>
     <w:rsid w:val="00874032"/>
     <w:rsid w:val="008754E5"/>
     <w:rsid w:val="00877836"/>
     <w:rsid w:val="00877C00"/>
     <w:rsid w:val="00877DC7"/>
     <w:rsid w:val="00877E7C"/>
     <w:rsid w:val="00880356"/>
     <w:rsid w:val="00880E4C"/>
     <w:rsid w:val="008817A5"/>
     <w:rsid w:val="00881B7C"/>
     <w:rsid w:val="0088215A"/>
     <w:rsid w:val="00882573"/>
     <w:rsid w:val="00882744"/>
     <w:rsid w:val="00882999"/>
     <w:rsid w:val="00882B21"/>
     <w:rsid w:val="0088334D"/>
     <w:rsid w:val="008837CE"/>
     <w:rsid w:val="00884893"/>
     <w:rsid w:val="00884C00"/>
     <w:rsid w:val="00885029"/>
     <w:rsid w:val="00885782"/>
     <w:rsid w:val="00885852"/>
     <w:rsid w:val="008858EA"/>
@@ -22590,50 +22503,51 @@
     <w:rsid w:val="00990A36"/>
     <w:rsid w:val="009913F3"/>
     <w:rsid w:val="00991665"/>
     <w:rsid w:val="00991872"/>
     <w:rsid w:val="00991914"/>
     <w:rsid w:val="00991BA2"/>
     <w:rsid w:val="009929D7"/>
     <w:rsid w:val="00993294"/>
     <w:rsid w:val="009939A4"/>
     <w:rsid w:val="00994306"/>
     <w:rsid w:val="00994456"/>
     <w:rsid w:val="009946D3"/>
     <w:rsid w:val="00994C97"/>
     <w:rsid w:val="00994FAB"/>
     <w:rsid w:val="00996783"/>
     <w:rsid w:val="00997C33"/>
     <w:rsid w:val="009A0825"/>
     <w:rsid w:val="009A08D6"/>
     <w:rsid w:val="009A1361"/>
     <w:rsid w:val="009A1A47"/>
     <w:rsid w:val="009A1D5C"/>
     <w:rsid w:val="009A1EF8"/>
     <w:rsid w:val="009A1F86"/>
     <w:rsid w:val="009A2036"/>
     <w:rsid w:val="009A2159"/>
+    <w:rsid w:val="009A23E4"/>
     <w:rsid w:val="009A2706"/>
     <w:rsid w:val="009A2798"/>
     <w:rsid w:val="009A27BF"/>
     <w:rsid w:val="009A2BCE"/>
     <w:rsid w:val="009A30A6"/>
     <w:rsid w:val="009A327B"/>
     <w:rsid w:val="009A36C3"/>
     <w:rsid w:val="009A3819"/>
     <w:rsid w:val="009A39CD"/>
     <w:rsid w:val="009A3CBB"/>
     <w:rsid w:val="009A3DD1"/>
     <w:rsid w:val="009A3F4A"/>
     <w:rsid w:val="009A3FB5"/>
     <w:rsid w:val="009A453E"/>
     <w:rsid w:val="009A4AF1"/>
     <w:rsid w:val="009A5329"/>
     <w:rsid w:val="009A57A3"/>
     <w:rsid w:val="009A64E0"/>
     <w:rsid w:val="009A68A0"/>
     <w:rsid w:val="009B0544"/>
     <w:rsid w:val="009B057D"/>
     <w:rsid w:val="009B11B9"/>
     <w:rsid w:val="009B13E0"/>
     <w:rsid w:val="009B1563"/>
     <w:rsid w:val="009B1861"/>
@@ -23098,50 +23012,51 @@
     <w:rsid w:val="00AF1A7D"/>
     <w:rsid w:val="00AF332B"/>
     <w:rsid w:val="00AF3DB0"/>
     <w:rsid w:val="00AF41D1"/>
     <w:rsid w:val="00AF445B"/>
     <w:rsid w:val="00AF459F"/>
     <w:rsid w:val="00AF4745"/>
     <w:rsid w:val="00AF4C61"/>
     <w:rsid w:val="00AF5593"/>
     <w:rsid w:val="00AF5834"/>
     <w:rsid w:val="00AF646A"/>
     <w:rsid w:val="00AF64F2"/>
     <w:rsid w:val="00AF6911"/>
     <w:rsid w:val="00AF6C1A"/>
     <w:rsid w:val="00AF7622"/>
     <w:rsid w:val="00B0005A"/>
     <w:rsid w:val="00B00E73"/>
     <w:rsid w:val="00B017BE"/>
     <w:rsid w:val="00B01A01"/>
     <w:rsid w:val="00B01B6D"/>
     <w:rsid w:val="00B02221"/>
     <w:rsid w:val="00B027BC"/>
     <w:rsid w:val="00B02DA9"/>
     <w:rsid w:val="00B03068"/>
     <w:rsid w:val="00B03625"/>
+    <w:rsid w:val="00B03D4C"/>
     <w:rsid w:val="00B03E2B"/>
     <w:rsid w:val="00B042F3"/>
     <w:rsid w:val="00B0456F"/>
     <w:rsid w:val="00B0461B"/>
     <w:rsid w:val="00B04869"/>
     <w:rsid w:val="00B04D42"/>
     <w:rsid w:val="00B058E8"/>
     <w:rsid w:val="00B0592F"/>
     <w:rsid w:val="00B06720"/>
     <w:rsid w:val="00B06BD9"/>
     <w:rsid w:val="00B07774"/>
     <w:rsid w:val="00B07C65"/>
     <w:rsid w:val="00B10766"/>
     <w:rsid w:val="00B1076C"/>
     <w:rsid w:val="00B10FB4"/>
     <w:rsid w:val="00B11350"/>
     <w:rsid w:val="00B11489"/>
     <w:rsid w:val="00B1168A"/>
     <w:rsid w:val="00B11FB8"/>
     <w:rsid w:val="00B12A55"/>
     <w:rsid w:val="00B12D67"/>
     <w:rsid w:val="00B1327D"/>
     <w:rsid w:val="00B13B06"/>
     <w:rsid w:val="00B14286"/>
     <w:rsid w:val="00B142B5"/>
@@ -25126,50 +25041,51 @@
     <w:rsid w:val="0C7EA2BC"/>
     <w:rsid w:val="0C97E241"/>
     <w:rsid w:val="0C9B6FBB"/>
     <w:rsid w:val="0CAC23C0"/>
     <w:rsid w:val="0CD1E97E"/>
     <w:rsid w:val="0CD68105"/>
     <w:rsid w:val="0D14C00C"/>
     <w:rsid w:val="0D5E3E9C"/>
     <w:rsid w:val="0D629B01"/>
     <w:rsid w:val="0DBCE8E0"/>
     <w:rsid w:val="0E8EF41F"/>
     <w:rsid w:val="0EAE5624"/>
     <w:rsid w:val="0F4E561F"/>
     <w:rsid w:val="0F871120"/>
     <w:rsid w:val="0FC45D6A"/>
     <w:rsid w:val="106BA343"/>
     <w:rsid w:val="10FA09CB"/>
     <w:rsid w:val="11DF8DFD"/>
     <w:rsid w:val="11EB3753"/>
     <w:rsid w:val="11EF8BFD"/>
     <w:rsid w:val="12294732"/>
     <w:rsid w:val="126EDCB4"/>
     <w:rsid w:val="127112A0"/>
     <w:rsid w:val="1286B680"/>
     <w:rsid w:val="12E59FB7"/>
+    <w:rsid w:val="13439373"/>
     <w:rsid w:val="13FE62E6"/>
     <w:rsid w:val="1447924B"/>
     <w:rsid w:val="151444B5"/>
     <w:rsid w:val="152BE036"/>
     <w:rsid w:val="15308722"/>
     <w:rsid w:val="154D7715"/>
     <w:rsid w:val="1588CB9B"/>
     <w:rsid w:val="159296F8"/>
     <w:rsid w:val="165133A1"/>
     <w:rsid w:val="17375507"/>
     <w:rsid w:val="17647B73"/>
     <w:rsid w:val="1788A12D"/>
     <w:rsid w:val="179ADDA2"/>
     <w:rsid w:val="1803DD5F"/>
     <w:rsid w:val="18DBD688"/>
     <w:rsid w:val="19212E0F"/>
     <w:rsid w:val="19928CC3"/>
     <w:rsid w:val="19C288DD"/>
     <w:rsid w:val="1A6CF678"/>
     <w:rsid w:val="1B2A4C94"/>
     <w:rsid w:val="1B7813E7"/>
     <w:rsid w:val="1D821450"/>
     <w:rsid w:val="1DBE6FF2"/>
     <w:rsid w:val="1DD74FFE"/>
     <w:rsid w:val="1DEAFB1E"/>
@@ -25184,50 +25100,51 @@
     <w:rsid w:val="2007CF94"/>
     <w:rsid w:val="207CC22A"/>
     <w:rsid w:val="20C372C7"/>
     <w:rsid w:val="2106FB90"/>
     <w:rsid w:val="21657D0C"/>
     <w:rsid w:val="21B572E6"/>
     <w:rsid w:val="21BA9C9B"/>
     <w:rsid w:val="21D8D01A"/>
     <w:rsid w:val="22140550"/>
     <w:rsid w:val="2262AA78"/>
     <w:rsid w:val="2282CB1D"/>
     <w:rsid w:val="22B01956"/>
     <w:rsid w:val="230708AB"/>
     <w:rsid w:val="23183CED"/>
     <w:rsid w:val="239ABB7D"/>
     <w:rsid w:val="2416D4BF"/>
     <w:rsid w:val="24477189"/>
     <w:rsid w:val="2451DF3A"/>
     <w:rsid w:val="2468D356"/>
     <w:rsid w:val="246BE30C"/>
     <w:rsid w:val="246CD287"/>
     <w:rsid w:val="2523191D"/>
     <w:rsid w:val="2568AB0B"/>
     <w:rsid w:val="259E3A13"/>
     <w:rsid w:val="25F33BE6"/>
+    <w:rsid w:val="2613C51D"/>
     <w:rsid w:val="261F268C"/>
     <w:rsid w:val="2683EF99"/>
     <w:rsid w:val="26A4FF53"/>
     <w:rsid w:val="26CCB7AA"/>
     <w:rsid w:val="26E34B4E"/>
     <w:rsid w:val="2714C861"/>
     <w:rsid w:val="27663178"/>
     <w:rsid w:val="2773DF11"/>
     <w:rsid w:val="279020D4"/>
     <w:rsid w:val="27902803"/>
     <w:rsid w:val="27D0625A"/>
     <w:rsid w:val="27DD393D"/>
     <w:rsid w:val="28273D65"/>
     <w:rsid w:val="29085A55"/>
     <w:rsid w:val="295F0B3C"/>
     <w:rsid w:val="2A355D98"/>
     <w:rsid w:val="2A74601D"/>
     <w:rsid w:val="2AB1EAEF"/>
     <w:rsid w:val="2AB2C8D8"/>
     <w:rsid w:val="2B270E5D"/>
     <w:rsid w:val="2B405877"/>
     <w:rsid w:val="2B449894"/>
     <w:rsid w:val="2B72BD34"/>
     <w:rsid w:val="2B72D985"/>
     <w:rsid w:val="2C0F1796"/>
@@ -25363,83 +25280,86 @@
     <w:rsid w:val="50BEEE4F"/>
     <w:rsid w:val="50DF1D72"/>
     <w:rsid w:val="5110D5A6"/>
     <w:rsid w:val="514378B5"/>
     <w:rsid w:val="5187E4DA"/>
     <w:rsid w:val="51BC80A4"/>
     <w:rsid w:val="51F5625D"/>
     <w:rsid w:val="525D1729"/>
     <w:rsid w:val="5268E906"/>
     <w:rsid w:val="53D00C69"/>
     <w:rsid w:val="54579326"/>
     <w:rsid w:val="5473CD39"/>
     <w:rsid w:val="556377FB"/>
     <w:rsid w:val="5568833A"/>
     <w:rsid w:val="56331C6C"/>
     <w:rsid w:val="567896BC"/>
     <w:rsid w:val="577BB6F1"/>
     <w:rsid w:val="57ADD150"/>
     <w:rsid w:val="57F01BE9"/>
     <w:rsid w:val="57FB0354"/>
     <w:rsid w:val="58314F50"/>
     <w:rsid w:val="585C6DF1"/>
     <w:rsid w:val="58843273"/>
     <w:rsid w:val="5896E57C"/>
     <w:rsid w:val="589ECD48"/>
+    <w:rsid w:val="58AC3FD6"/>
     <w:rsid w:val="58EEE0FF"/>
     <w:rsid w:val="595C23A9"/>
     <w:rsid w:val="5988972B"/>
     <w:rsid w:val="59975D5C"/>
     <w:rsid w:val="59A43698"/>
     <w:rsid w:val="59C19D99"/>
     <w:rsid w:val="59F1F6E2"/>
     <w:rsid w:val="59F2BEAA"/>
     <w:rsid w:val="5A322E9A"/>
     <w:rsid w:val="5A63ABBB"/>
     <w:rsid w:val="5A90A5A1"/>
     <w:rsid w:val="5ADDFEFB"/>
     <w:rsid w:val="5B0CEAAB"/>
+    <w:rsid w:val="5B39A834"/>
     <w:rsid w:val="5B6352A7"/>
     <w:rsid w:val="5BA94C62"/>
     <w:rsid w:val="5C82BDF2"/>
     <w:rsid w:val="5CDD37BD"/>
     <w:rsid w:val="5D14C480"/>
     <w:rsid w:val="5D2D794F"/>
     <w:rsid w:val="5D390228"/>
     <w:rsid w:val="5D784754"/>
     <w:rsid w:val="5DC80A56"/>
     <w:rsid w:val="5DF23226"/>
     <w:rsid w:val="5E088BEF"/>
     <w:rsid w:val="5E3DD23D"/>
     <w:rsid w:val="5E54A18C"/>
     <w:rsid w:val="5E647E3E"/>
     <w:rsid w:val="5F2B1441"/>
     <w:rsid w:val="60841615"/>
     <w:rsid w:val="6090249D"/>
     <w:rsid w:val="61090B2D"/>
     <w:rsid w:val="610AB160"/>
     <w:rsid w:val="613DC743"/>
+    <w:rsid w:val="61449BB6"/>
     <w:rsid w:val="61674B42"/>
     <w:rsid w:val="61802BDC"/>
     <w:rsid w:val="618F2E34"/>
     <w:rsid w:val="61A751AA"/>
     <w:rsid w:val="635D1BE8"/>
     <w:rsid w:val="63793ADC"/>
     <w:rsid w:val="638FCA67"/>
     <w:rsid w:val="63C6D75D"/>
     <w:rsid w:val="645A7CA4"/>
     <w:rsid w:val="648D456B"/>
     <w:rsid w:val="64D2AD47"/>
     <w:rsid w:val="655A5448"/>
     <w:rsid w:val="65B31951"/>
     <w:rsid w:val="65F64D05"/>
     <w:rsid w:val="661368FA"/>
     <w:rsid w:val="668AFE8F"/>
     <w:rsid w:val="670C7F9B"/>
     <w:rsid w:val="671A1D1F"/>
     <w:rsid w:val="671CAC54"/>
     <w:rsid w:val="675776C0"/>
     <w:rsid w:val="677CCF43"/>
     <w:rsid w:val="682EB24E"/>
     <w:rsid w:val="6841D4E1"/>
     <w:rsid w:val="6859311B"/>
     <w:rsid w:val="6866FE79"/>
@@ -25462,50 +25382,51 @@
     <w:rsid w:val="6C8BC9D4"/>
     <w:rsid w:val="6C9037D6"/>
     <w:rsid w:val="6CB20F46"/>
     <w:rsid w:val="6CCCE185"/>
     <w:rsid w:val="6CEB32F8"/>
     <w:rsid w:val="6D30A8ED"/>
     <w:rsid w:val="6D792608"/>
     <w:rsid w:val="6DF6F073"/>
     <w:rsid w:val="6E354CD8"/>
     <w:rsid w:val="6E611EC1"/>
     <w:rsid w:val="6EC15611"/>
     <w:rsid w:val="6EF0E23F"/>
     <w:rsid w:val="6F284485"/>
     <w:rsid w:val="6F337DC9"/>
     <w:rsid w:val="6F617601"/>
     <w:rsid w:val="701D9B55"/>
     <w:rsid w:val="70398423"/>
     <w:rsid w:val="704DA716"/>
     <w:rsid w:val="7060DD5F"/>
     <w:rsid w:val="707CDF24"/>
     <w:rsid w:val="70C577DD"/>
     <w:rsid w:val="7144E635"/>
     <w:rsid w:val="7169CE7A"/>
     <w:rsid w:val="717BB15F"/>
     <w:rsid w:val="7182B05F"/>
+    <w:rsid w:val="7193B914"/>
     <w:rsid w:val="7262548E"/>
     <w:rsid w:val="73000191"/>
     <w:rsid w:val="73580557"/>
     <w:rsid w:val="73938ACA"/>
     <w:rsid w:val="740F3C8E"/>
     <w:rsid w:val="742D32A1"/>
     <w:rsid w:val="7466226B"/>
     <w:rsid w:val="748BE7A0"/>
     <w:rsid w:val="7495034C"/>
     <w:rsid w:val="74B80E6F"/>
     <w:rsid w:val="74E45228"/>
     <w:rsid w:val="751EBE88"/>
     <w:rsid w:val="754E27E2"/>
     <w:rsid w:val="7581A57D"/>
     <w:rsid w:val="75CF1133"/>
     <w:rsid w:val="75D2AC8C"/>
     <w:rsid w:val="7678258D"/>
     <w:rsid w:val="76DCC80E"/>
     <w:rsid w:val="77519A79"/>
     <w:rsid w:val="7765D499"/>
     <w:rsid w:val="77B127A8"/>
     <w:rsid w:val="77B47E03"/>
     <w:rsid w:val="77EFA906"/>
     <w:rsid w:val="781B82A9"/>
     <w:rsid w:val="781E0393"/>
@@ -30514,51 +30435,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac118" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32274&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32274&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32274&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32265&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32264&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off39" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itc80" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-22820&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-33666&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32951&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32270&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32285&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off52" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32269&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off48" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/executive-orders/no-515-establishing-an-environmental-purchasing-policy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tanya.Reeves@mass.gov" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32268&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32316&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32267&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32274&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off51" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-22820&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-33663&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac118" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32274&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32274&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32274&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32265&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32264&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off54/download" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/itc80" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-22820&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-33666&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32951&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32270&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32285&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off52" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32269&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off48" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/executive-orders/no-515-establishing-an-environmental-purchasing-policy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32268&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32316&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32267&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-24-1080-OSD03-OSD03-32274&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off51" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-22820&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-33663&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -30839,76 +30760,61 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e82b6fa405d795c2c1fd60b002b1325c" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4acca893a766136a5bafeab47b9027e1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2e0e5592891313212390eddb4a3d5f9a" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -31097,1568 +31003,118 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B2966C20-2C4D-42BC-8FD5-7847D3715DCA}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...19 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8684D973-BD36-4187-BF9D-3298AF7F057E}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>18</Pages>
-[...1 lines deleted...]
-  <Characters>30252</Characters>
+  <Pages>17</Pages>
+  <Words>5250</Words>
+  <Characters>29929</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>252</Lines>
+  <Lines>249</Lines>
   <Paragraphs>70</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35489</CharactersWithSpaces>
+  <CharactersWithSpaces>35109</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...1442 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Products and Services Contract User Guide Template</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Frizzi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">