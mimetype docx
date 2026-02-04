--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -1,10460 +1,11390 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9601" w:type="dxa"/>
         <w:tblInd w:w="132" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="132" w:type="dxa"/>
           <w:right w:w="132" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4080"/>
-        <w:gridCol w:w="3750"/>
+        <w:gridCol w:w="4090"/>
+        <w:gridCol w:w="3740"/>
         <w:gridCol w:w="1771"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AD7257" w:rsidRPr="00A23CA1" w14:paraId="1F8DBDEE" w14:textId="77777777" w:rsidTr="534CCDA9">
+      <w:tr w:rsidR="00C25973" w:rsidRPr="00A23CA1" w14:paraId="49B20E2F" w14:textId="77777777" w:rsidTr="00814841">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4080" w:type="dxa"/>
+            <w:tcW w:w="4090" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B96BF56" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00A23CA1" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+          <w:p w14:paraId="07CBC6BA" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00A23CA1" w:rsidRDefault="00C25973" w:rsidP="00C25973">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
-              <w:spacing w:before="120"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk161222391"/>
             <w:bookmarkStart w:id="1" w:name="_Hlk161142730"/>
             <w:r w:rsidRPr="00A23CA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Commonwealth of Massachusetts</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61374B9D" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00A23CA1" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+          <w:p w14:paraId="2F93773B" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00A23CA1" w:rsidRDefault="00C25973" w:rsidP="00C25973">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A23CA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MassHealth</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="215CAC2A" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00A23CA1" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+          <w:p w14:paraId="4751EBF9" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00A23CA1" w:rsidRDefault="00C25973" w:rsidP="00C25973">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A23CA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Provider Manual Series</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3750" w:type="dxa"/>
+            <w:tcW w:w="3740" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B4590D6" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00A23CA1" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+          <w:p w14:paraId="2CD68B9F" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00A23CA1" w:rsidRDefault="00C25973" w:rsidP="00C25973">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
-              <w:spacing w:before="120"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A23CA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Subchapter Number and Title</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36D249D2" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00A23CA1" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+          <w:p w14:paraId="3DB71646" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00A23CA1" w:rsidRDefault="00C25973" w:rsidP="00C25973">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
-              <w:spacing w:before="120"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A23CA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Table of Contents</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C66BC4E" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00A23CA1" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+          <w:p w14:paraId="33DE4828" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00A23CA1" w:rsidRDefault="00C25973" w:rsidP="00C25973">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
-              <w:spacing w:before="120"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A23CA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Page</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C52CCF5" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00A23CA1" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+          <w:p w14:paraId="7183005E" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00A23CA1" w:rsidRDefault="00C25973" w:rsidP="00C25973">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
-              <w:spacing w:before="120"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A23CA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>vi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD7257" w:rsidRPr="00A23CA1" w14:paraId="67CB8C8E" w14:textId="77777777" w:rsidTr="534CCDA9">
+      <w:tr w:rsidR="00C25973" w:rsidRPr="00A23CA1" w14:paraId="0E191784" w14:textId="77777777" w:rsidTr="00814841">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4080" w:type="dxa"/>
+            <w:tcW w:w="4090" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BBC0EA8" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00A23CA1" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+          <w:p w14:paraId="4ED6FA9D" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00A23CA1" w:rsidRDefault="00C25973" w:rsidP="00C25973">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A23CA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Orthotics Manual</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3750" w:type="dxa"/>
+            <w:tcW w:w="3740" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="188B098B" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00A23CA1" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+          <w:p w14:paraId="28593533" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00A23CA1" w:rsidRDefault="00C25973" w:rsidP="00C25973">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
-              <w:spacing w:before="120"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A23CA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Transmittal Letter</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28F9CA0D" w14:textId="3F5D6990" w:rsidR="00AD7257" w:rsidRPr="00A23CA1" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+          <w:p w14:paraId="015AA90B" w14:textId="73ED0523" w:rsidR="00C25973" w:rsidRPr="00A23CA1" w:rsidRDefault="00C25973" w:rsidP="00C25973">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
-              <w:spacing w:before="120"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A23CA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ORT-</w:t>
             </w:r>
-            <w:r w:rsidR="00F354A9">
-              <w:t>29</w:t>
+            <w:r w:rsidR="00B4624C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00767CE8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11C9232D" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00A23CA1" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+          <w:p w14:paraId="0E13B15D" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00A23CA1" w:rsidRDefault="00C25973" w:rsidP="00C25973">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
-              <w:spacing w:before="120"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A23CA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C572FA4" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00A23CA1" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+          <w:p w14:paraId="2487F044" w14:textId="1A53A997" w:rsidR="00C25973" w:rsidRPr="00A23CA1" w:rsidRDefault="003D0CB7" w:rsidP="00C25973">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1314"/>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
-              <w:spacing w:before="120"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="534CCDA9">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>10/01/2024</w:t>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="0085051C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="0085051C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1/2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="06DC05AC" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="0AFAC321" w14:textId="77777777" w:rsidR="00C25973" w:rsidRDefault="00C25973" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4824"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41D2420B" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="62281D3D" w14:textId="0F7EB4F3" w:rsidR="00810FF3" w:rsidRPr="00810FF3" w:rsidRDefault="00810FF3" w:rsidP="00810FF3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4824"/>
+        </w:tabs>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00810FF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Subchapter 6: Orthotics Manual</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D9A1D06" w14:textId="17CB21D5" w:rsidR="003D0CB7" w:rsidRPr="006F4357" w:rsidRDefault="003D0CB7" w:rsidP="003D0CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>TL ORT-</w:t>
+      </w:r>
+      <w:r w:rsidR="00767CE8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F84A313" w14:textId="12835AEA" w:rsidR="003D0CB7" w:rsidRDefault="003D0CB7" w:rsidP="003D0CB7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Date: 04/01/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2162CC71" w14:textId="77777777" w:rsidR="003D0CB7" w:rsidRPr="006F4357" w:rsidRDefault="003D0CB7" w:rsidP="006F4357">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58F13CB6" w14:textId="4191B358" w:rsidR="00810FF3" w:rsidRPr="006F4357" w:rsidRDefault="00810FF3" w:rsidP="00810FF3">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="8730"/>
+          <w:tab w:val="right" w:pos="8820"/>
+        </w:tabs>
+        <w:spacing w:after="80" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F4357">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Table of Contents</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="511C818F" w14:textId="29603AB9" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00C25973" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Service Codes </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3A3C806E" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+        <w:t>Service Codes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA32A1C" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00C25973" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E17CD09" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="079341E0" w14:textId="5C1A5167" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00F031C3" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">601. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C25973">
-        <w:rPr>
+      <w:r w:rsidR="00203990">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C25973" w:rsidRPr="00C25973">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C25973">
-        <w:rPr>
+      <w:r w:rsidR="00C25973" w:rsidRPr="00C25973">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C25973">
-        <w:rPr>
+      <w:r w:rsidR="00C25973" w:rsidRPr="00C25973">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>6-1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32219A47" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="03C301F2" w14:textId="78B1D56D" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00F031C3" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">602. </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>60</w:t>
+      </w:r>
+      <w:r w:rsidR="002A1D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00203990">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C25973" w:rsidRPr="00C25973">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Service Codes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C25973">
-        <w:rPr>
+      <w:r w:rsidR="00C25973" w:rsidRPr="00C25973">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C25973">
-        <w:rPr>
+      <w:r w:rsidR="00C25973" w:rsidRPr="00C25973">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>6-1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E285E9F" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="6B2E58CF" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00C25973" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DC2E8E0" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="6C11EA5E" w14:textId="59559DD9" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00C25973" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Appendix A.  Directory </w:t>
+        <w:t xml:space="preserve">Appendix A. </w:t>
+      </w:r>
+      <w:r w:rsidR="00203990">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>Directory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25973">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="396CE7E4" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="06590B04" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00C25973" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2208DBE3" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="21085D77" w14:textId="4495735C" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00C25973" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Appendix C.  Third</w:t>
+        <w:t xml:space="preserve">Appendix C. </w:t>
+      </w:r>
+      <w:r w:rsidR="00203990">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Third</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25973">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t xml:space="preserve">Party-Liability Codes </w:t>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48E866EF" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="58F65CDF" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00C25973" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16C1C601" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="7E55AB27" w14:textId="34776EFB" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00C25973" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Appendix T.   CMSP Covered Codes </w:t>
+        <w:t xml:space="preserve">Appendix T. </w:t>
+      </w:r>
+      <w:r w:rsidR="00203990">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">CMSP Covered Codes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25973">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22D5CC69" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="3793F6B2" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00C25973" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F0FACE3" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00D53ADA">
+    <w:p w14:paraId="410FF030" w14:textId="64E975DD" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00C25973" w:rsidP="00D53ADA">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1176"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1224" w:hanging="1224"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Appendix U. DPH-Designated Serious Reportable Events That Are Not Provider Preventable</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Appendix U. </w:t>
+      </w:r>
+      <w:r w:rsidR="00203990">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25973">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>DPH-Designated Serious Reportable Events That Are Not Provider Preventable</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1B7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Conditions ……………………………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>U-1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17686B04" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="1B7E4A6A" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00C25973" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="564" w:hanging="720"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BDE3752" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="009C1B7C">
+    <w:p w14:paraId="324C13E4" w14:textId="6B5B8197" w:rsidR="009C1B7C" w:rsidRPr="00C25973" w:rsidRDefault="009C1B7C" w:rsidP="009C1B7C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Appendix </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  </w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00203990">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">MassHealth Billing Instructions for Provider Preventable Conditions </w:t>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36FD077A" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="3E3D1089" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00C25973" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2414A020" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="47B024F2" w14:textId="308763AF" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00C25973" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Appendix W.  EPSDT Services Medical and Dental Protocols and Periodicity Schedules</w:t>
+        <w:t xml:space="preserve">Appendix W. </w:t>
+      </w:r>
+      <w:r w:rsidR="00203990">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>EPSDT Services Medical and Dental Protocols and Periodicity Schedules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25973">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>W-1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="464FA612" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="4B863533" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00C25973" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78A2CE16" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="76B3C4D5" w14:textId="550804B8" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00C25973" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Appendix X.  Family Assistance Copayments and Deductibles</w:t>
+        <w:t xml:space="preserve">Appendix X. </w:t>
+      </w:r>
+      <w:r w:rsidR="00203990">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>Family Assistance Copayments and Deductibles</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25973">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>X-1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18C9221F" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="69932161" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00C25973" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="772ECA1D" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="4C7465C5" w14:textId="2FA9E002" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00C25973" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Appendix Y.  EVS Codes and Messages </w:t>
+        <w:t xml:space="preserve">Appendix Y. </w:t>
+      </w:r>
+      <w:r w:rsidR="00203990">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">EVS Codes and Messages </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25973">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Y-1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="590CA5FB" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="2871271C" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00C25973" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55487A4E" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="17F63045" w14:textId="23038C69" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00C25973" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Appendix Z.  EPSDT/PPHSD Screening Services Codes </w:t>
+        <w:t>Appendix Z.</w:t>
+      </w:r>
+      <w:r w:rsidR="00203990">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> EPSDT/PPHSD Screening Services Codes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C25973">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C25973">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Z-1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5888E04B" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="423EBB12" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00C25973" w:rsidP="00C25973">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidSect="00AD7257">
-[...3 lines deleted...]
-          <w:pgMar w:top="576" w:right="1440" w:bottom="1440" w:left="1440" w:header="446" w:footer="490" w:gutter="0"/>
+        <w:sectPr w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidSect="00497336">
+          <w:headerReference w:type="even" r:id="rId11"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="even" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
+          <w:endnotePr>
+            <w:numFmt w:val="decimal"/>
+          </w:endnotePr>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="576" w:right="1440" w:bottom="1440" w:left="1440" w:header="86" w:footer="432" w:gutter="0"/>
           <w:cols w:space="720"/>
-          <w:docGrid w:linePitch="299"/>
+          <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="161194E9" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C25973" w:rsidRDefault="00AD7257" w:rsidP="00C25973">
+    <w:p w14:paraId="15CDB5F1" w14:textId="77777777" w:rsidR="00C25973" w:rsidRPr="00C25973" w:rsidRDefault="00C25973" w:rsidP="00810FF3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="right" w:leader="dot" w:pos="8679"/>
           <w:tab w:val="right" w:pos="9378"/>
         </w:tabs>
-        <w:ind w:firstLine="1080"/>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="3B8A6531" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRDefault="00AD7257" w:rsidP="00FF5AAD">
-[...13 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId14"/>
+    <w:p w14:paraId="2E835CDB" w14:textId="77777777" w:rsidR="00C25973" w:rsidRDefault="00C25973" w:rsidP="00FF5AAD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="356A2834" w14:textId="77777777" w:rsidR="00042555" w:rsidRDefault="00042555" w:rsidP="00FF5AAD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00042555" w:rsidSect="00497336">
+          <w:headerReference w:type="default" r:id="rId17"/>
+          <w:footerReference w:type="default" r:id="rId18"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="1195" w:bottom="720" w:left="1195" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="2"/>
           <w:cols w:num="7" w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39546FBB" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00106D77" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1522FF98" w14:textId="77777777" w:rsidR="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00106D77">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">601  </w:t>
       </w:r>
       <w:r w:rsidRPr="00106D77">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="774F3684" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00106D77" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...10 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="48A5B482" w14:textId="77777777" w:rsidR="00810FF3" w:rsidRPr="00106D77" w:rsidRDefault="00810FF3" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CA50FAD" w14:textId="41A60A7B" w:rsidR="00A5384E" w:rsidRDefault="00C22719" w:rsidP="00A5384E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00106D77">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>MassHealth pays for the services for codes listed in Section 602 in effect at the time of service, subject to all conditions and limitations in MassHealth regulations at 130 CMR 442.000 and 450.000. In addition, a provider may request prior authorization (PA) for any medically necessary orthotic devices.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44FA46DE" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00106D77" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...7 lines deleted...]
-    <w:p w14:paraId="507D939B" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
+    <w:p w14:paraId="5ED2F2AC" w14:textId="77777777" w:rsidR="00810FF3" w:rsidRPr="00A5384E" w:rsidRDefault="00810FF3" w:rsidP="00A5384E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="733F221A" w14:textId="0D1FDEB7" w:rsidR="00C22719" w:rsidRPr="00106D77" w:rsidRDefault="00C22719" w:rsidP="00C22719">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="858"/>
           <w:tab w:val="left" w:pos="1310"/>
           <w:tab w:val="left" w:pos="1699"/>
           <w:tab w:val="left" w:pos="2074"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00106D77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">Providers should refer to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:anchor="masshealth-orthotics-and-prosthetics-payment-and-coverage-guideline-tool-" w:history="1">
-        <w:r w:rsidRPr="00846C6C">
+      <w:hyperlink r:id="rId19" w:anchor="masshealth-orthotics-and-prosthetics-payment-and-coverage-guideline-tool-" w:history="1">
+        <w:r w:rsidRPr="00D53ADA">
           <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>MassHealth Orthotics and Prosthetics Payment and Coverage Guidelines Tool</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00F06347" w:rsidDel="00F9780D">
+      <w:r w:rsidRPr="00106D77" w:rsidDel="00F9780D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00106D77">
-        <w:t xml:space="preserve">for service descriptions, applicable modifiers, place-of-service codes, PA requirements, service limits, and pricing and markup information. For certain services that are payable on an individual-consideration (IC) basis, the tool can calculate the payable amount, based on information entered into certain fields on the tool. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7C947CCB" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>for service descriptions, applicable modifiers, place-of-service codes, PA requirements, service limits, and pricing and markup information. For certain services that are payable on an individual-consideration (I.C.) basis, the tool can calculate the payable amount, based on information entered into certain fields on the tool.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="692372C7" w14:textId="6119A265" w:rsidR="00C22719" w:rsidRPr="00106D77" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16077D4B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00106D77" w:rsidRDefault="00C22719" w:rsidP="00C22719">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="858"/>
           <w:tab w:val="left" w:pos="1310"/>
           <w:tab w:val="left" w:pos="1699"/>
           <w:tab w:val="left" w:pos="2074"/>
         </w:tabs>
-      </w:pPr>
-[...63 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00106D77">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">602  </w:t>
       </w:r>
       <w:r w:rsidRPr="00106D77">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Service Codes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CABA4D7" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00106D77" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
+    <w:p w14:paraId="385E5C7F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00106D77" w:rsidRDefault="00C22719" w:rsidP="00C22719">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="550"/>
           <w:tab w:val="left" w:pos="1699"/>
           <w:tab w:val="left" w:pos="2074"/>
         </w:tabs>
-        <w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FDF9F20" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
+    <w:p w14:paraId="170F3B19" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="945"/>
         </w:tabs>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">This section lists codes for services that are payable under MassHealth. Refer to the Centers for Medicare &amp; Medicaid website at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00C22719">
           <w:rPr>
-            <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>www.cms.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C22719">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> for more detailed descriptions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50E8725B" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
+    <w:p w14:paraId="3E5AE215" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="945"/>
         </w:tabs>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="0077DDD6" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FA01BB7" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="945"/>
         </w:tabs>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId19"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidSect="00810FF3">
+          <w:headerReference w:type="default" r:id="rId21"/>
+          <w:footerReference w:type="default" r:id="rId22"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="118606E1" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="004714B8" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="7C541E62" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="004714B8" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714B8">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A5500</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DC298B0" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="004714B8" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="421E8CD0" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="004714B8" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714B8">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A5501</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D689110" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="004714B8" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="290CE11B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="004714B8" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714B8">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A5503</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F91CB01" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="004714B8" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="6E247E9B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="004714B8" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714B8">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A5504</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1725EE69" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="004714B8" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0919EA30" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="004714B8" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714B8">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A5505</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2537EE2A" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="004714B8" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4239D9E0" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="004714B8" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714B8">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A5506</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DB887B0" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="004714B8" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4068472F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="004714B8" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714B8">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A5507</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B3A613F" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="004714B8" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="7B7FA39F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="004714B8" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714B8">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A5508</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69B1A6E5" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="004714B8" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="6AB50AE3" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="004714B8" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714B8">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A5510</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F5C8671" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="004714B8" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="3E6F97AF" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="004714B8" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714B8">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A5512</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B9E826D" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="004714B8" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="5A1AD9A8" w14:textId="77777777" w:rsidR="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714B8">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>A5513</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AFE8696" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="004714B8" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4EF5C393" w14:textId="7B8C3821" w:rsidR="00C43634" w:rsidRDefault="00C43634" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="005975AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>6515</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14D68967" w14:textId="38F88A88" w:rsidR="00502BA9" w:rsidRDefault="00502BA9" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>A6516</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="505F6C8D" w14:textId="1DC19A48" w:rsidR="00DA52F5" w:rsidRDefault="005E7F56" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>A6517</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51FE6FEA" w14:textId="0FDA478A" w:rsidR="005E7F56" w:rsidRDefault="005E7F56" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>A6518</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="452A40DC" w14:textId="57BB5B4A" w:rsidR="005E7F56" w:rsidRPr="004714B8" w:rsidRDefault="005E7F56" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>A6519</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64AC65B3" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="004714B8" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714B8">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>A6520</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="617DED0D" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="004714B8" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="44C674B8" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="004714B8" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714B8">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>A6521</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36FBED48" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="004714B8" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0C7897E1" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="004714B8" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714B8">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>A6522</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79CAA9A9" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="004714B8" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="09674ED6" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="004714B8" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714B8">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>A6523</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EDBB5AC" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="004714B8" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="5B480EC7" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="004714B8" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714B8">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>A6524</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DD57C4B" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="004714B8" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="766BDA7B" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="004714B8" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714B8">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>A6525</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="020E5059" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="004714B8" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="22A999FF" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="004714B8" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714B8">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>A6526</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A2D069F" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="004714B8" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="5F85821C" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="004714B8" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714B8">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>A6527</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C640CFB" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="004714B8" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1FDD4809" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="004714B8" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714B8">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>A6528</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1552D679" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="07214F46" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004714B8">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>A6529</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25FA98E8" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0CC8D4F9" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>A6530</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19C8B18F" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0F9F07DC" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>A6531</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4350740B" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="62FD4DA0" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>A6532</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0080B393" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="2A97D0A3" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>A6533</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6475BF41" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1D2BCB11" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>A6534</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14370AF1" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="341A1A73" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>A6535</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EAB74D4" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="68758E5C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6536</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32ADA21D" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="00E33E6F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6537</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A30F5BF" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="28DEE817" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6538</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5350779A" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0A7A83F1" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6539</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51093945" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="19245B67" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6540</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69E6DC3D" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="22D34C02" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6541</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="589BF7A3" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1F17B2CC" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6544</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7277FC22" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="6B32F192" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6545</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00108EFB" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1C6A4BBD" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6549</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1649D295" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1AD5F0EB" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6552</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="292055BB" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1C88214B" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6553</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58859F86" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="2D71FD62" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6554</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1945AEF9" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="091268DA" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6555</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21565163" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="224D3B47" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6556</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="077D0F05" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="07E7E298" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6557</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63B5F44D" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="65ECA5DA" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6558</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="566A24BC" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="42A384B8" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6559</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41101651" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="16276F99" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6560</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2134E8FC" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="01F0F184" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6561</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05DAD0EF" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="136DF985" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6562</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="368E1BF2" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="7D0A2F5E" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6563</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D2D275" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0AC82801" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6564</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26E0872E" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="3BB375C5" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6565</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EAEBDCA" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="6EB9E460" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6566</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60B3AC32" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="6C7B2099" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6567</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E1F4BF" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4A9E72CF" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6568</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62772385" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="3BA75853" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6569</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F9A80E2" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1DF43BED" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6570</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="354F103B" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="3DABA96C" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6571</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="352E6EC4" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="7D8F6228" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6572</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="515C2C0B" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="00B59524" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6573</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58128FD7" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="51273C40" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6574</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B250FE2" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="693F499A" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6575</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37DF36B5" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="3BF782E5" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6576</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09427CEC" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="21655EE3" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6577</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56BF21EE" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="48F6002F" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6578</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D858A23" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="2071DD1F" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6579</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07116963" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4B3CC421" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6580</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4204BA6E" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="753D05F8" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6581</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A70E208" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="411AEF15" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6582</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="679C1F1A" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4152D95D" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6583</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B620C3F" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="22698B5F" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6584</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B7CCAFE" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="46147309" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6585</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D8440B9" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="198DEA9A" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6586</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B3D9DE" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="746DD09C" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6587</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FB9D969" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="33E8F97E" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6588</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77D68116" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0BB82454" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6589</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B231110" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="32565DEB" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6593</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B529E8F" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="365DCB13" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6594</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B997E48" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4744756A" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6595</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A8E820C" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="2859315C" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6596</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="581FE3CB" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="00C765B3" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6597</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A72CFFE" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="7C953E3E" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6598</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01A216AC" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0481D5E7" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6599</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="424C7E54" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="03F7A3DD" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6600</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B973F0D" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4E55F774" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6601</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="445A8F31" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="5302F063" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6602</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="613430DA" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="32CCD83D" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6603</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A43042C" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="77906091" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6604</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6803D1D1" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="78D594A8" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6605</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="759523DA" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="34B4E625" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6606</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="758D55BB" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1AEDEFB0" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6607</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1EEABB" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="3510E909" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6608</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F1FF542" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="64C8DDA7" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6609</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="281098FB" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="08EC3247" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A6610</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FC98AE9" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0FDA944C" w14:textId="74D38516" w:rsidR="005E7F56" w:rsidRPr="00272166" w:rsidRDefault="005E7F56" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>A6611</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EFCD8D0" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A8000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11E2C931" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="3516643A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A8001</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="444D0749" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="370FD58B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A8002</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A1D54FC" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="7580127B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A8003</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32521CBE" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4D51E27B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A8004</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13256CA8" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="596A74CE" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A9283</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DC63563" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="640FE0CB" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A9285</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57FACDF6" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="502FC368" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>K0672</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BBC3CA5" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="536849B1" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L0112</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F6F5D76" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="62DFEE21" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L0113</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E613156" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="43BF583B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L0120</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31AE964C" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1EA8AD05" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>L0130</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11C8A439" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="48026DA3" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L0140</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5950E48A" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="2034D15F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L0150</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F5C6711" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="2550E41C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L0160</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66EA9DFD" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="2B4BBB4C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L0170</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51BBD032" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="135D2422" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L0172</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D2EED79" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="773FF7CD" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L0174</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C591697" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="6C12704D" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L0180</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00C4A4AE" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1A6B2B7E" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L0190</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12EE6A93" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1C703B72" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L0200</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F7B4831" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="18A54082" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L0220</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="178D6D63" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="16A888A1" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L0450</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27AA2836" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="5A8E5450" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L0452</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45D570C4" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="21457A60" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L0454</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2853DE2E" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="01746B47" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L0455</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="347F4F6C" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="6A443152" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L0456</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1316AB5E" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="55250F46" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L0457</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67B8F369" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="09C7D8BC" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L0458</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D5F012D" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="52D251C7" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L0460</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00BCE2C2" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="699822F2" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L0462</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6953E3EC" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0C818E16" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L0464</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="525BBE75" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="6134923F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0466</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A67F20" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="38DB53D4" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0467</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2267A254" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="512BB6CB" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0468</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CCB30BA" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="15106E3A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0469</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A1942F6" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="326170CD" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0470</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="562AA6B7" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="5F31381F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0472</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D4AA208" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="7E42DA52" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0480</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7336E7CB" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="65BE6C8E" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0482</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C673D40" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="55576BA9" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0484</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FA5864F" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="15CA17B3" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0486</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C1E582B" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="04FBF7B0" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0488</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="432950CC" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="5159BD41" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0490</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="230D8085" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="7ABE47CB" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0491</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5808430F" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="70D52723" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0492</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="500180FF" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="3C4B553D" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0621</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64BE9BB7" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...10 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3111D1D0" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>L0622</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F689697" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="13AAEB70" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0623</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A661A43" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1F16D71F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0624</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A0A5C78" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4A4772EA" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0625</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A8A6985" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="32104CC1" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0626</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AFEEBCF" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="365D6879" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0627</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40A92B88" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="387DB410" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0628</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34F7D740" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="497195F0" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0629</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="230979BC" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="25920702" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0630</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D8FDFB6" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="6E23A400" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0631</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53862EB8" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="685790C1" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0632</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DBB2E5F" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="02592697" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0633</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70EED112" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="312A269A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0634</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14D78239" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="3917C12F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0635</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AAB80BA" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="5F5AED62" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0636</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10762602" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="3E51A31E" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0637</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F9CC450" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="5CEB798F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0638</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C2403A2" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="50A33D9D" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0639</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CAC3E22" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="217F81A2" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0640</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D887DA" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="339CF646" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0641</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE08671" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="27A0ADC7" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0642</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F928B7F" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="5A3776AB" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0643</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43FE56EF" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1CD073FC" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L0648</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F59F9D3" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="03FE59AD" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L0649</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FC2EE21" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L0650</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04364F3E" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L0651</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="328ABC8A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L0700</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02A5060B" w14:textId="1ACC867E" w:rsidR="00126D65" w:rsidRPr="00C22719" w:rsidRDefault="00126D65" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L0</w:t>
+      </w:r>
+      <w:r w:rsidR="00571720">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="002E5A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F6FCAC2" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L0710</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC23909" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L0810</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C12EFD4" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L0820</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D875E86" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L0830</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D421198" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L0859</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AA9E908" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L0861</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="735DB890" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L0970</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D7E524A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L0972</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2227C2F7" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L0974</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A6F4EBA" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L0976</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B2C1CF9" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L0978</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76604968" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L0980</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66ED0986" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L0982</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E934581" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L0984</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62DE27F3" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L0999</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FAF770E" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="097755DE" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1001</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4225C9D7" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1005</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EBD0CAE" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1010</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="759C454D" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1020</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="071B8FDD" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="476AD28C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1030</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="681C26B7" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1040</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B061CDD" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1050</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="548E10B8" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1060</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="692432CA" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1070</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CBD6852" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1080</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7957CBB5" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1085</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="382EC841" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1090</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C535DC" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1100</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B0275E" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1110</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E31118" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1120</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5313BEA7" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1200</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3785ECF4" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1210</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27E00FC7" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1220</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59CA158A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1230</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38A93D94" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1240</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FAC2690" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1250</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A504D50" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1260</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B2B83A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1270</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04524B76" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1280</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64259ECB" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1290</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1249C30A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1300</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32CC22B0" w14:textId="77777777" w:rsidR="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1310</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9A04FB" w14:textId="04ABEAAE" w:rsidR="007954EB" w:rsidRPr="00C22719" w:rsidRDefault="007954EB" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1320</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5B7B6C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1499</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9AD4FF" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1600</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AEA10A8" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1610</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208DC497" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1620</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79BB9A3C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1630</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D18F7A5" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1640</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31E1348F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1650</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27AA0D98" w14:textId="77777777" w:rsidR="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1652</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AB54F52" w14:textId="1783C786" w:rsidR="00D82349" w:rsidRPr="00C22719" w:rsidRDefault="00D82349" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1653</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41D84A2C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1660</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21A25E8A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1680</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D11A4D4" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1685</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58ED4AE8" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1686</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="225F83B8" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1690</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="454CF0BA" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1700</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33BBE2F7" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1710</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49FEFDF0" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1720</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5660C2B8" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1730</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="591AE136" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1755</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="773EC2AF" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1810</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DBFAD42" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1812</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D669636" w14:textId="77777777" w:rsidR="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1820</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CF896C9" w14:textId="653C8090" w:rsidR="00D82349" w:rsidRPr="00C22719" w:rsidRDefault="00D82349" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1821</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="639DA2A1" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1830</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3174F4FF" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1831</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EE7B3CD" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1832</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49E99F28" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1833</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228B99B9" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1834</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60952007" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1836</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53FA93DE" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1840</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F0797FF" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1843</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="715EDE23" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1844</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F7CD003" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1845</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5244E120" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1846</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="377D60E4" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1847</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FFAE39E" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1848</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36FB079B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1850</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="575F8BAA" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1851</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="077DE81B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1852</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="043E0424" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1860</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A31929F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1900</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AD2CAC8" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1902</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43BA3F83" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1904</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B234ACC" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1906</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F95583" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1907</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F5287E3" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1910</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C33EEB3" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1920</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F591DB2" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1930</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28D5193F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1932</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="780F0125" w14:textId="7F9E9459" w:rsidR="00885D17" w:rsidRPr="00C22719" w:rsidRDefault="00885D17" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1933</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="123648BA" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1940</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4790BBF2" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1945</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="423AE318" w14:textId="2FD1E034" w:rsidR="004B5217" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1950</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55D03BFC" w14:textId="77777777" w:rsidR="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1951</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="723D9DDF" w14:textId="5CF86C92" w:rsidR="004B5217" w:rsidRPr="00C22719" w:rsidRDefault="004B5217" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1952</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="309A0545" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1960</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC8EFED" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1970</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AA911FD" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1971</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43240E45" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1980</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5944548B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L1990</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D6C2C6B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29F0C922" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2005</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1560E30A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2010</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40F2A743" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2020</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38078AC2" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2030</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14631104" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2034</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37908671" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2035</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E827B89" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2036</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ECA127C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2037</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1933DF1D" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2038</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76031A9F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2040</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="702143B7" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2050</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="472FAA5B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2060</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA74E09" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2070</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F69751A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2080</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BBE4B60" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2090</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E5E6F0C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2106</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D72302" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2108</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5366E31C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2112</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D238BC7" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2114</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47B62CA1" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2116</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32DB0670" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2126</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1792CA63" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2128</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="756AE751" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2132</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="213906D6" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2134</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23C815B0" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2136</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DF4C186" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2180</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B1218C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2182</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4360D8F7" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2184</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75706527" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2186</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E578CF" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2188</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45588FEA" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2190</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7195E171" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2192</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DF6994C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2200</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1863CC28" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2210</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="479BE250" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2220</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4245F15A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2230</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1048DED1" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2232</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5698B896" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2240</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BEE4954" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2250</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F7FF881" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2260</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B6D304D" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2265</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E2BFBC" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2270</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13E246E6" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2275</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AC6907C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2280</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA1E852" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2300</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="045A74A0" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2310</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D38C1A5" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2320</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25698E2A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2330</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D7FB613" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2335</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0778E86C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2340</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="447931D4" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2350</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78796D80" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2360</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="656ABF62" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2370</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B3D046B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2375</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EDF5356" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2380</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="588CFB9C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2385</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="339D62C5" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2387</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37E2E3E7" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2390</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="164DE193" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2395</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44D370E9" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2397</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E9F706F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2405</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45A951B4" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2415</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BB03824" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2425</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02667714" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2430</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF2DE02" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2492</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="133BBEDC" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2500</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7615B704" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2510</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A1AFE07" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2520</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="389029D6" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2525</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DA1C1AD" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2526</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="118FAF8A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2530</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="504E029F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2540</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC75E29" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2550</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A7420EA" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2570</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="241F7891" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2580</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6661180F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2600</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E4D8EF" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2610</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2763085E" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2620</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D44B2D3" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2622</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F8D16BA" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2624</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12ADC1C1" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2627</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EEEB70C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2628</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16F1081A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2630</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D07E86" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2640</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5492B38B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2650</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AFEC5AC" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>L2660</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AF219B9" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>L0649</w:t>
-[...2908 lines deleted...]
-        </w:rPr>
         <w:t>L2670</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02D5E016" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="74D1978F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L2680</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62026ADB" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="27B0427C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L2750</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11CA3C9D" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="2FF35A80" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L2755</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1684107B" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="25E3B6F8" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L2760</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6378F00F" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="2BEF1319" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L2768</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="319E6430" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0DBC791B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L2780</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24765F21" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="127EBE2E" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L2785</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C2C38B9" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="2352951F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L2795</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7788F2D6" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="322F98C2" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L2800</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BD8EFA8" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="670423CA" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L2810</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C6ED9DF" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="24DDEA01" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L2820</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33A911AF" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="7066F83C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L2830</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78183FF6" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="394E07C3" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L2840</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="555AB4F4" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="018CA853" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L2850</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13DCE6C2" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0C221B86" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L2999</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C8D6C75" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="13868CF8" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78867F05" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="2BDAC84B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3001</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AC3DDB3" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0342BE4D" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3002</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="271CF1AC" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="328B5206" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3003</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C701E91" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="25D67B4D" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3010</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1451544E" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="3044F3E8" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3020</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F1BED96" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="604DCC94" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3030</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D763E47" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="23AE424A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3031</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C3FF8C4" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="6F31DE0E" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3040</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D376247" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="6720C2BC" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3050</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10C20700" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="6EDB85AE" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3060</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E93503B" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="76A446D0" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3070</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7479E157" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="173D9B44" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3080</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C6B4D4" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="317A435D" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3090</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C13E3FD" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="3A772173" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3100</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="421E1284" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="074B0A61" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3140</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16B925E0" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="64D9D74B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L3150</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57EEC6A2" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="142550F5" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L3160</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4720E5" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00F167D7">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0C34B97A" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRPr="00272166" w:rsidRDefault="00F167D7" w:rsidP="00F167D7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L3161</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09C5EE8D" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="62BF8919" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L3170</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="095D465B" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="68FB79A4" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L3201</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A60CE33" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00272166" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1276888F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00272166" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L3202</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ED35CC2" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="686192B7" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00272166">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>L3203</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D9A5D57" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="02465C3D" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3204</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45FB846F" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="604D36E5" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3206</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D146825" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0D3FEBE1" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3207</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72EC3AC4" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="6848C471" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3208</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B975D8C" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4AA51B9C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3209</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28ECB6E0" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="3B21137A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3211</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C308253" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="7EF5070F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3212</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C04608E" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="191CBF31" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3213</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EF8D61E" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="7EDF6E46" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3214</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B3B0F05" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="5C966B77" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3215</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33BC0FA7" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="11A58DC6" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3216</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B15588" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="173C9ABB" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3217</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E2B1068" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0B08BB73" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3219</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="152142FF" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="690BD123" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3221</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3813E29D" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="05632BEC" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3222</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DE980CB" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4898A80B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3224</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31FECAD5" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="23738763" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3225</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16B81430" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="221DAF31" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3230</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EEB41DE" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="67D6B68D" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3250</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="124A9F9E" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="33263190" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3251</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53DA2C31" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="5B484232" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3252</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73DE2BB0" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="7E204CAE" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3253</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D3F019D" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="382AAB38" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3254</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="652DB57B" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="57F74E7F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3255</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25981A89" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="458B3F18" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3257</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="573EADFE" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0A005736" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3260</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AA5DA45" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4A1E5DC7" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3265</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67B3393E" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0A0066C0" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3300</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61A7F7DB" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4C7283DB" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3310</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03DC81D3" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="6039338F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3320</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D6D3965" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0D7BEE56" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3330</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="223FA4F2" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...11 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="6673169B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>L3332</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EA795CD" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="68372F71" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3334</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E2ADB05" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="2823FAE9" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3340</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D215144" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="075D95F6" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3350</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="123780B0" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="2C4EC5A0" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3360</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76509163" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="65005AFF" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3370</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BE67EAD" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="59AFDA9A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3380</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24966221" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4A622A59" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3390</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="383F5711" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="32FF8175" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3400</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70FC0129" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0F163947" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3410</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EC587DF" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="62A00F1D" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3420</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AFA20CC" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="3170BFD3" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3430</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78C90115" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4D7BD7E5" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3440</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="523B6DB3" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="231648A8" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3450</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CEC5B98" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="28EE0E0E" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3455</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2282C1D1" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4F9DEB54" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3460</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D524279" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="7859D0DA" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3465</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27CCE3BD" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="28AE2525" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3470</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A49A3F2" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="3BD3D049" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3480</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76237665" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="47EA642D" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3485</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4981E7B8" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0611DC28" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3500</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17A34E65" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="76379AC8" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3510</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F033648" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4E39E9F5" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3520</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69464DD5" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1ED14D39" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3530</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4924D0F3" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="5E8C48CA" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3540</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2470DBB0" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="46D1595B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3550</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18A8A783" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="685DC814" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3560</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192F0563" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="70D1A72A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3570</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BEE74AB" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="3606F8C9" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3580</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45FE8575" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4482FAAE" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3590</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5052C254" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="6FD7BFDF" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3595</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11F5EEC7" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="42E8C5F9" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3600</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22D60F1A" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="76FFB3F3" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3610</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="090E24E0" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4AA770F4" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3620</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EA96356" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="14A52E44" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3630</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4354E2C3" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1FEC9037" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3640</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A8C2AE2" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="51655995" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3649</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E55E3FC" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="382A8D89" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3650</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20182A1E" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="53848388" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3660</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A148622" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1DB6CC2E" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3670</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="606A99E5" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="08C3B70A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3671</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="749ED455" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="5751A232" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3674</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C44C189" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="71C82E67" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3675</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44C1539A" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="27A9283F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3677</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47B10294" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1F79B20F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3678</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CBCB41D" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1AB0B3A1" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3702</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E56C043" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="07E7FA96" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3710</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="011A8A68" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="698510D3" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3720</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="723C76DE" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="30E361AB" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3730</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14A9209B" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1E26AFFF" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3740</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3754A65D" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4D3A7911" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3760</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="457EFF46" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="57435A31" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3761</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3413F0D4" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4DE7DB8C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3762</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C0ACB08" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="52DE6A37" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3763</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="451BDFD3" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="399DB073" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3764</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59668D79" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="7186F7E7" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3765</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E4E4368" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="61E147BC" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3766</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B7CCE90" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1A89EA04" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3806</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E0D45B9" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="37E35274" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3807</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E38BB21" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="26DEEC0E" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3808</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="316F8A46" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="5112AC9A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3809</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F187C7E" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="54746FC7" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3900</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="096CB82E" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="11F10B59" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3901</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE27E5A" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="674D17F1" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3904</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E15FAAB" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="139C64C0" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3905</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C3E3FE6" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="71D1D850" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3906</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B2622DC" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1A64689B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3908</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="411436A0" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="190DB962" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3912</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F8076C3" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="3E8DAB7C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3913</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E58DA20" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="5BF88771" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3915</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71B4DBCF" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="6870DA42" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3916</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42617A67" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4C71F882" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3917</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30A191F8" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4B576798" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3918</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="416994AF" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="732E2049" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3919</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A79E341" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4B998A34" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3921</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="010FFAC0" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="5C57C621" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3923</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D134BD3" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="2E58C6A4" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3924</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4850C0B5" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1EC95593" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3925</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CFDCA00" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="2CE4B3A2" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3927</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F3B5192" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="5CCC0F6A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3929</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71B51345" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1B782CE0" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3930</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AB137F9" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="6C5E5F45" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3931</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BBD39AE" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="7B79C85C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3933</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="755A831A" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0A0859A7" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3935</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C6473CF" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="7D640241" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3956</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24BB8D50" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="00B7665D" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3960</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A2909FB" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="16DE9CE2" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3961</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2370CCCF" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="75354C30" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3962</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="396DE6E2" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="18B8BAB9" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3967</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="483F4318" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="01E00F05" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3971</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DFDC523" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0BACF50E" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3973</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B80AC40" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0541E372" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3975</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="225CF99B" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="4BBF5037" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3976</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63E0676E" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="05752754" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3977</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32ECC2AD" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="7A7269D3" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3978</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FF526E9" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1252B938" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3980</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AE29E19" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0A984CAC" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3981</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22D7FCAD" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0FC22639" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3982</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53053949" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="264113FA" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3984</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A738774" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="29A82B4C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3995</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D203021" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="3391D568" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L3999</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26E3244D" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="7CB4C59A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4000</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72F46E4B" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="3E0DA872" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4002</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="263828A9" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="2D03EEDD" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4010</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="537CA725" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0AEF58C6" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4020</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="702528C8" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1B2D5828" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4030</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C9A618A" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="359BC129" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4040</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="299CBFBB" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="334E1870" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4045</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D741F2E" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="560C52A8" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4050</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ADD1507" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="31CBEC4C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4055</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E7CAE58" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="7734DD59" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4060</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50394919" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="421C92F2" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4070</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40B629D6" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="5D3E323E" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4080</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="276FC3D8" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="361A56AE" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4090</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B90BCA" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="2B7C291A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4100</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27060174" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="5541A6C2" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4110</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C72740B" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="52A731EC" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4130</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DDA869D" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="73331594" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4205</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="036B0CDB" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="09CFCFB9" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4210</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CD8DC8A" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0460908D" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4350</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66916FB3" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="07962860" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4360</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7477107F" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="2697925D" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4361</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16C0DC9D" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="1FD6C910" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4370</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FDC2BE7" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="0DEC2509" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4386</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C8D37F3" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="375582EB" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4387</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10A84903" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="668C3122" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4392</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2305A280" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="2B45D54C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4394</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A37DAFF" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="31148653" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4396</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BD941F4" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="7B71DD17" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4397</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18C3F4E6" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="5A3BAB5F" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4398</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3096EB6E" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00C22719" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...8 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+    <w:p w14:paraId="3E2A4AA1" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="00C22719" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C22719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>L4631</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28D2A691" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRDefault="00AD7257" w:rsidP="00C22719">
-[...7 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId21"/>
+    <w:p w14:paraId="644E95BB" w14:textId="77777777" w:rsidR="00F167D7" w:rsidRDefault="00C22719" w:rsidP="00C22719">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00F167D7" w:rsidSect="006F4357">
+          <w:headerReference w:type="default" r:id="rId23"/>
+          <w:footerReference w:type="default" r:id="rId24"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="576" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
-          <w:cols w:num="6" w:space="720"/>
+          <w:cols w:num="5" w:space="720"/>
+          <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00C22719">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>S1040</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="344CC6B8" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRDefault="00AD7257" w:rsidP="00FF5AAD">
-[...39 lines deleted...]
-    <w:sectPr w:rsidR="004424A2" w:rsidRPr="00B32231" w:rsidSect="00544F02">
+    <w:p w14:paraId="2F5AEDD1" w14:textId="77777777" w:rsidR="009A0E9B" w:rsidRDefault="009A0E9B" w:rsidP="00FF5AAD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009A0E9B" w:rsidSect="00497336">
+      <w:footerReference w:type="default" r:id="rId25"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1195" w:bottom="720" w:left="1195" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:cols w:space="720"/>
+      <w:cols w:num="6" w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="060C8965" w14:textId="77777777" w:rsidR="00A44199" w:rsidRDefault="00A44199" w:rsidP="00FF5AAD">
+    <w:p w14:paraId="7CE3F9D1" w14:textId="77777777" w:rsidR="00BA0205" w:rsidRDefault="00BA0205" w:rsidP="00FF5AAD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29FF8AE9" w14:textId="77777777" w:rsidR="00A44199" w:rsidRDefault="00A44199" w:rsidP="00FF5AAD"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="7625DF70" w14:textId="77777777" w:rsidR="00A44199" w:rsidRDefault="00A44199" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="50F3B24C" w14:textId="77777777" w:rsidR="00BA0205" w:rsidRDefault="00BA0205" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="300BF2B0" w14:textId="77777777" w:rsidR="00BA0205" w:rsidRDefault="00BA0205" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="556A250D" w14:textId="77777777" w:rsidR="00BA0205" w:rsidRDefault="00BA0205" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="641C38C4" w14:textId="77777777" w:rsidR="00BA0205" w:rsidRDefault="00BA0205" w:rsidP="00FF5AAD"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="787D7943" w14:textId="77777777" w:rsidR="00A44199" w:rsidRDefault="00A44199" w:rsidP="00FF5AAD">
+    <w:p w14:paraId="7649B9EE" w14:textId="77777777" w:rsidR="00BA0205" w:rsidRDefault="00BA0205" w:rsidP="00FF5AAD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00A1FDAC" w14:textId="77777777" w:rsidR="00A44199" w:rsidRDefault="00A44199" w:rsidP="00FF5AAD"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="49D40C09" w14:textId="77777777" w:rsidR="00A44199" w:rsidRDefault="00A44199"/>
+    <w:p w14:paraId="056EE271" w14:textId="77777777" w:rsidR="00BA0205" w:rsidRDefault="00BA0205" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="09F1A9A6" w14:textId="77777777" w:rsidR="00BA0205" w:rsidRDefault="00BA0205" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="1705F94F" w14:textId="77777777" w:rsidR="00BA0205" w:rsidRDefault="00BA0205" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="5B3A016C" w14:textId="77777777" w:rsidR="00BA0205" w:rsidRDefault="00BA0205" w:rsidP="00FF5AAD"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Georgia">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Helv">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:tbl>
-[...50 lines deleted...]
-  <w:p w14:paraId="2229F8A4" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRDefault="00AD7257" w:rsidP="00B4624C">
+  <w:p w14:paraId="67EA2A36" w14:textId="77777777" w:rsidR="00767CE8" w:rsidRDefault="00767CE8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:tbl>
-[...49 lines deleted...]
-  <w:p w14:paraId="6C53F03A" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRDefault="00AD7257" w:rsidP="00D9311D">
+  <w:p w14:paraId="5FA40FE7" w14:textId="77777777" w:rsidR="00767CE8" w:rsidRDefault="00767CE8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:tbl>
-[...50 lines deleted...]
-  <w:p w14:paraId="647B2116" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRDefault="00AD7257" w:rsidP="00B4624C">
+  <w:p w14:paraId="1DC717AD" w14:textId="77777777" w:rsidR="00767CE8" w:rsidRDefault="00767CE8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="320"/>
-[...1 lines deleted...]
-      <w:gridCol w:w="320"/>
+      <w:gridCol w:w="260"/>
+      <w:gridCol w:w="260"/>
+      <w:gridCol w:w="260"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00AD7257" w14:paraId="7C2B9938" w14:textId="6DF97FE3" w:rsidTr="00B4624C">
+    <w:tr w:rsidR="534CCDA9" w14:paraId="3EA20D97" w14:textId="77777777" w:rsidTr="006F4357">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="320" w:type="dxa"/>
+          <w:tcW w:w="260" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="59A943CF" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRDefault="00AD7257" w:rsidP="00B4624C">
+        <w:p w14:paraId="2A7D414B" w14:textId="68FFE3F8" w:rsidR="534CCDA9" w:rsidRDefault="534CCDA9" w:rsidP="004803AC">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="320" w:type="dxa"/>
+          <w:tcW w:w="260" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="4D9B3EF4" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRDefault="00AD7257" w:rsidP="00B4624C">
+        <w:p w14:paraId="2DC1F12D" w14:textId="7DAC9206" w:rsidR="534CCDA9" w:rsidRDefault="534CCDA9" w:rsidP="006F4357">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="320" w:type="dxa"/>
+          <w:tcW w:w="260" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="57CAFFEA" w14:textId="2EA0E838" w:rsidR="00AD7257" w:rsidRDefault="00AD7257" w:rsidP="00B4624C">
+        <w:p w14:paraId="392DC6CF" w14:textId="0A737E21" w:rsidR="534CCDA9" w:rsidRDefault="534CCDA9" w:rsidP="006F4357">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="4A67A409" w14:textId="17AC159D" w:rsidR="00AD7257" w:rsidRDefault="00AD7257" w:rsidP="00B4624C">
+  <w:p w14:paraId="43A7468E" w14:textId="7B94FC6D" w:rsidR="534CCDA9" w:rsidRDefault="534CCDA9" w:rsidP="006F4357">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="07D74610" w14:textId="043C6A6F" w:rsidR="534CCDA9" w:rsidRDefault="534CCDA9" w:rsidP="00B4624C">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1AE3A356" w14:textId="443FD9A1" w:rsidR="534CCDA9" w:rsidRDefault="534CCDA9" w:rsidP="00B4624C">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer7.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="345"/>
       <w:gridCol w:w="345"/>
       <w:gridCol w:w="345"/>
     </w:tblGrid>
-    <w:tr w:rsidR="534CCDA9" w14:paraId="7A17B421" w14:textId="77777777" w:rsidTr="00D9311D">
+    <w:tr w:rsidR="534CCDA9" w14:paraId="33374E92" w14:textId="77777777" w:rsidTr="006F4357">
       <w:trPr>
         <w:trHeight w:val="300"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="345" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="1DBAC19B" w14:textId="77777777" w:rsidR="008C5827" w:rsidRDefault="008C5827" w:rsidP="00D9311D">
+        <w:p w14:paraId="3F4CC567" w14:textId="067FC314" w:rsidR="534CCDA9" w:rsidRDefault="534CCDA9" w:rsidP="006F4357">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:left="-115"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="345" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="20A21414" w14:textId="77777777" w:rsidR="008C5827" w:rsidRDefault="008C5827" w:rsidP="00D9311D">
+        <w:p w14:paraId="797F564D" w14:textId="18BAF170" w:rsidR="534CCDA9" w:rsidRDefault="534CCDA9" w:rsidP="006F4357">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="345" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="04E902A9" w14:textId="77777777" w:rsidR="008C5827" w:rsidRDefault="008C5827" w:rsidP="00D9311D">
+        <w:p w14:paraId="40393A32" w14:textId="747C74EB" w:rsidR="534CCDA9" w:rsidRDefault="534CCDA9" w:rsidP="006F4357">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="7A6652AA" w14:textId="77777777" w:rsidR="008C5827" w:rsidRDefault="008C5827" w:rsidP="00D9311D">
+  <w:p w14:paraId="091073BE" w14:textId="2A3BE502" w:rsidR="534CCDA9" w:rsidRDefault="534CCDA9" w:rsidP="006F4357">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5EB506F8" w14:textId="77777777" w:rsidR="00A44199" w:rsidRDefault="00A44199" w:rsidP="00FF5AAD">
+    <w:p w14:paraId="32F728C4" w14:textId="77777777" w:rsidR="00BA0205" w:rsidRDefault="00BA0205" w:rsidP="00FF5AAD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61D94C61" w14:textId="77777777" w:rsidR="00A44199" w:rsidRDefault="00A44199" w:rsidP="00FF5AAD"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="56A584D8" w14:textId="77777777" w:rsidR="00A44199" w:rsidRDefault="00A44199" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="4EE3AB51" w14:textId="77777777" w:rsidR="00BA0205" w:rsidRDefault="00BA0205" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="0F30112E" w14:textId="77777777" w:rsidR="00BA0205" w:rsidRDefault="00BA0205" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="420FC184" w14:textId="77777777" w:rsidR="00BA0205" w:rsidRDefault="00BA0205" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="717FBA72" w14:textId="77777777" w:rsidR="00BA0205" w:rsidRDefault="00BA0205" w:rsidP="00FF5AAD"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6891D51C" w14:textId="77777777" w:rsidR="00A44199" w:rsidRDefault="00A44199" w:rsidP="00FF5AAD">
+    <w:p w14:paraId="177E3B9B" w14:textId="77777777" w:rsidR="00BA0205" w:rsidRDefault="00BA0205" w:rsidP="00FF5AAD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DA97900" w14:textId="77777777" w:rsidR="00A44199" w:rsidRDefault="00A44199" w:rsidP="00FF5AAD"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7A37E5E2" w14:textId="77777777" w:rsidR="00A44199" w:rsidRDefault="00A44199"/>
+    <w:p w14:paraId="60C161CE" w14:textId="77777777" w:rsidR="00BA0205" w:rsidRDefault="00BA0205" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="75D1F406" w14:textId="77777777" w:rsidR="00BA0205" w:rsidRDefault="00BA0205" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="128B825E" w14:textId="77777777" w:rsidR="00BA0205" w:rsidRDefault="00BA0205" w:rsidP="00FF5AAD"/>
+    <w:p w14:paraId="0D15111D" w14:textId="77777777" w:rsidR="00BA0205" w:rsidRDefault="00BA0205" w:rsidP="00FF5AAD"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4E252EDF" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRDefault="00AD7257" w:rsidP="00AE5E61">
+  <w:p w14:paraId="5E6ED534" w14:textId="77777777" w:rsidR="00767CE8" w:rsidRDefault="00767CE8">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0FC99148" w14:textId="77777777" w:rsidR="00C25973" w:rsidRDefault="00C25973" w:rsidP="00AE5E61">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5760"/>
       </w:tabs>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Helv" w:hAnsi="Helv"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="7C5B08E0" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRDefault="00AD7257">
-[...9 lines deleted...]
-  <w:p w14:paraId="5BB8B982" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRDefault="00AD7257">
+  <w:p w14:paraId="42D72982" w14:textId="77777777" w:rsidR="00C25973" w:rsidRDefault="00C25973">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6F4E0223" w14:textId="77777777" w:rsidR="00767CE8" w:rsidRDefault="00767CE8">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="70F6DC2B" w14:textId="77777777" w:rsidR="00451444" w:rsidRDefault="00451444">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9601" w:type="dxa"/>
       <w:tblInd w:w="132" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="132" w:type="dxa"/>
         <w:right w:w="132" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4080"/>
       <w:gridCol w:w="3750"/>
       <w:gridCol w:w="1771"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00AD7257" w:rsidRPr="007F016D" w14:paraId="0369B08A" w14:textId="77777777" w:rsidTr="00E67392">
+    <w:tr w:rsidR="00C22719" w:rsidRPr="007F016D" w14:paraId="0179856A" w14:textId="77777777" w:rsidTr="00E67392">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="864"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4080" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="nil"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="3EB25F0F" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="007F016D" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="36FDB8FF" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="007F016D" w:rsidRDefault="00C22719" w:rsidP="007F016D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
-            <w:spacing w:before="120"/>
+            <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="007F016D">
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            </w:rPr>
             <w:br w:type="page"/>
           </w:r>
           <w:r w:rsidRPr="007F016D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Commonwealth of Massachusetts</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="5BF596BE" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="007F016D" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="3EAEDCCA" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="007F016D" w:rsidRDefault="00C22719" w:rsidP="007F016D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="007F016D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>MassHealth</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="77A4DE1F" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="007F016D" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="5558F62A" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="007F016D" w:rsidRDefault="00C22719" w:rsidP="007F016D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="007F016D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Provider Manual Series</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3750" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="0AEA4912" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="007F016D" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="50E89FB8" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="007F016D" w:rsidRDefault="00C22719" w:rsidP="007F016D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
-            <w:spacing w:before="120"/>
+            <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="007F016D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Subchapter Number and Title</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="5901EA1D" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="007F016D" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="0744365B" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="007F016D" w:rsidRDefault="00C22719" w:rsidP="007F016D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
-            <w:spacing w:before="120"/>
+            <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="007F016D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>6. Service Codes</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1771" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="397F4BAD" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="007F016D" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="5EE5F2BC" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="007F016D" w:rsidRDefault="00C22719" w:rsidP="007F016D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
-            <w:spacing w:before="120"/>
+            <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="007F016D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Page</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="63871053" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="007F016D" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="369E008C" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="007F016D" w:rsidRDefault="00C22719" w:rsidP="007F016D">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
-            <w:spacing w:before="120"/>
+            <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="002F491A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>6-</w:t>
           </w:r>
           <w:r w:rsidRPr="002F491A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="002F491A">
             <w:rPr>
@@ -10468,692 +11398,754 @@
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidRPr="002F491A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r w:rsidRPr="002F491A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4F8A303F" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="007F016D" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="6687C410" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="007F016D" w:rsidRDefault="00C22719" w:rsidP="007F016D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
-            <w:spacing w:before="120"/>
+            <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00AD7257" w:rsidRPr="007F016D" w14:paraId="40794F67" w14:textId="77777777" w:rsidTr="00E67392">
+    <w:tr w:rsidR="00C22719" w:rsidRPr="007F016D" w14:paraId="0C05343C" w14:textId="77777777" w:rsidTr="00E67392">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="864"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4080" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="08A654D6" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="007F016D" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="2DFFE0B1" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="007F016D" w:rsidRDefault="00C22719" w:rsidP="007F016D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="007F016D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Orthotics Manual</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3750" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="701139C8" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="007F016D" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="4C5BAE15" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="007F016D" w:rsidRDefault="00C22719" w:rsidP="007F016D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
-            <w:spacing w:before="120"/>
+            <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="007F016D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Transmittal Letter</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="5FE295A8" w14:textId="6D8B46A5" w:rsidR="00AD7257" w:rsidRPr="007F016D" w:rsidRDefault="00AD7257" w:rsidP="00D374FB">
+        <w:p w14:paraId="7432416B" w14:textId="0E881DCF" w:rsidR="00C22719" w:rsidRPr="007F016D" w:rsidRDefault="00C22719" w:rsidP="00D374FB">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
-            <w:spacing w:before="120"/>
+            <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="007F016D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>ORT-</w:t>
           </w:r>
-          <w:r w:rsidR="00F354A9">
-            <w:t>29</w:t>
+          <w:r w:rsidR="00767CE8">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>30</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1771" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="12942C5E" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="007F016D" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="470489AD" w14:textId="77777777" w:rsidR="00C22719" w:rsidRPr="007F016D" w:rsidRDefault="00C22719" w:rsidP="007F016D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
-            <w:spacing w:before="120"/>
+            <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="007F016D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Date</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="5976DFEC" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="007F016D" w:rsidRDefault="00AD7257" w:rsidP="00C42A93">
+        <w:p w14:paraId="14228997" w14:textId="0AED9D61" w:rsidR="00C22719" w:rsidRPr="007F016D" w:rsidRDefault="003D0CB7" w:rsidP="00C42A93">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
-            <w:spacing w:before="120"/>
+            <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t>10/01/2024</w:t>
+            <w:t>0</w:t>
+          </w:r>
+          <w:r w:rsidR="0085051C">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>4/</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>0</w:t>
+          </w:r>
+          <w:r w:rsidR="0085051C">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1/2025</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="08E80720" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRDefault="00AD7257">
+  <w:p w14:paraId="3F31DF18" w14:textId="77777777" w:rsidR="00810FF3" w:rsidRDefault="00810FF3" w:rsidP="00810FF3">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="0"/>
+        <w:tab w:val="left" w:pos="858"/>
+        <w:tab w:val="left" w:pos="1310"/>
+        <w:tab w:val="left" w:pos="1699"/>
+        <w:tab w:val="left" w:pos="2074"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9601" w:type="dxa"/>
       <w:tblInd w:w="132" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="132" w:type="dxa"/>
         <w:right w:w="132" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4080"/>
       <w:gridCol w:w="3750"/>
       <w:gridCol w:w="1771"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00AD7257" w:rsidRPr="007F016D" w14:paraId="38DA01DF" w14:textId="77777777" w:rsidTr="00E67392">
+    <w:tr w:rsidR="00814841" w:rsidRPr="007F016D" w14:paraId="2223E7D7" w14:textId="77777777" w:rsidTr="00E67392">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="864"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4080" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="nil"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="4258429E" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00544F02" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="7E0661D4" w14:textId="77777777" w:rsidR="00814841" w:rsidRPr="007F016D" w:rsidRDefault="00814841" w:rsidP="007F016D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
-            <w:spacing w:before="120"/>
+            <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00544F02">
+          <w:r w:rsidRPr="007F016D">
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             </w:rPr>
             <w:br w:type="page"/>
           </w:r>
-          <w:r w:rsidRPr="00544F02">
+          <w:r w:rsidRPr="007F016D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Commonwealth of Massachusetts</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4F0081D6" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00544F02" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="55E3ED16" w14:textId="77777777" w:rsidR="00814841" w:rsidRPr="007F016D" w:rsidRDefault="00814841" w:rsidP="007F016D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00544F02">
+          <w:r w:rsidRPr="007F016D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>MassHealth</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="6181D1CC" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00544F02" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="240B5490" w14:textId="77777777" w:rsidR="00814841" w:rsidRPr="007F016D" w:rsidRDefault="00814841" w:rsidP="007F016D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00544F02">
+          <w:r w:rsidRPr="007F016D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Provider Manual Series</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3750" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="4C5A5DE5" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00544F02" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="61B7DD8B" w14:textId="77777777" w:rsidR="00814841" w:rsidRPr="007F016D" w:rsidRDefault="00814841" w:rsidP="007F016D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
-            <w:spacing w:before="120"/>
+            <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00544F02">
+          <w:r w:rsidRPr="007F016D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Subchapter Number and Title</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="41D0EB6A" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00544F02" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="65BB1767" w14:textId="77777777" w:rsidR="00814841" w:rsidRPr="007F016D" w:rsidRDefault="00814841" w:rsidP="007F016D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
-            <w:spacing w:before="120"/>
+            <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00544F02">
+          <w:r w:rsidRPr="007F016D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>6. Service Codes</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1771" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="06E41774" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00544F02" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="557DB890" w14:textId="77777777" w:rsidR="00814841" w:rsidRPr="007F016D" w:rsidRDefault="00814841" w:rsidP="007F016D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
-            <w:spacing w:before="120"/>
+            <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00544F02">
+          <w:r w:rsidRPr="007F016D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Page</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="77647DBA" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00544F02" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="531E469A" w14:textId="77777777" w:rsidR="00814841" w:rsidRPr="007F016D" w:rsidRDefault="00814841" w:rsidP="007F016D">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
-            <w:spacing w:before="120"/>
+            <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00544F02">
+          <w:r w:rsidRPr="002F491A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>6-</w:t>
           </w:r>
-          <w:r w:rsidRPr="00544F02">
+          <w:r w:rsidRPr="002F491A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="00544F02">
+          <w:r w:rsidRPr="002F491A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="00544F02">
+          <w:r w:rsidRPr="002F491A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidRPr="00544F02">
+          <w:r w:rsidRPr="002F491A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
-          <w:r w:rsidRPr="00544F02">
+          <w:r w:rsidRPr="002F491A">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="65383870" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00544F02" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="4B875710" w14:textId="77777777" w:rsidR="00814841" w:rsidRPr="007F016D" w:rsidRDefault="00814841" w:rsidP="007F016D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
-            <w:spacing w:before="120"/>
+            <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00AD7257" w:rsidRPr="007F016D" w14:paraId="2EBEBE91" w14:textId="77777777" w:rsidTr="00E67392">
+    <w:tr w:rsidR="00814841" w:rsidRPr="007F016D" w14:paraId="6E022DBC" w14:textId="77777777" w:rsidTr="00E67392">
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="864"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4080" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="1E86920B" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00544F02" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="5681F394" w14:textId="77777777" w:rsidR="00814841" w:rsidRPr="007F016D" w:rsidRDefault="00814841" w:rsidP="007F016D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
+            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00544F02">
+          <w:r w:rsidRPr="007F016D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Orthotics Manual</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3750" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="2B9D7528" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00544F02" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="526A51C0" w14:textId="77777777" w:rsidR="00814841" w:rsidRPr="007F016D" w:rsidRDefault="00814841" w:rsidP="007F016D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
-            <w:spacing w:before="120"/>
+            <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00544F02">
+          <w:r w:rsidRPr="007F016D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Transmittal Letter</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="52A44C1B" w14:textId="1C549444" w:rsidR="00AD7257" w:rsidRPr="00544F02" w:rsidRDefault="00AD7257" w:rsidP="00D374FB">
+        <w:p w14:paraId="53CF1C8C" w14:textId="1AC5E322" w:rsidR="00814841" w:rsidRPr="007F016D" w:rsidRDefault="00814841" w:rsidP="00D374FB">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
-            <w:spacing w:before="120"/>
+            <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00544F02">
+          <w:r w:rsidRPr="007F016D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>ORT-</w:t>
           </w:r>
-          <w:r w:rsidR="00F354A9" w:rsidRPr="00544F02">
+          <w:r w:rsidR="00767CE8">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>29</w:t>
+            <w:t>30</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1771" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="04089A14" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00544F02" w:rsidRDefault="00AD7257" w:rsidP="007F016D">
+        <w:p w14:paraId="4B8712FB" w14:textId="77777777" w:rsidR="00814841" w:rsidRPr="007F016D" w:rsidRDefault="00814841" w:rsidP="007F016D">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
-            <w:spacing w:before="120"/>
+            <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00544F02">
+          <w:r w:rsidRPr="007F016D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Date</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="590BA4D1" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRPr="00544F02" w:rsidRDefault="00AD7257" w:rsidP="00C42A93">
+        <w:p w14:paraId="17F00525" w14:textId="6101D78C" w:rsidR="00814841" w:rsidRPr="007F016D" w:rsidRDefault="003D0CB7" w:rsidP="00C42A93">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="936"/>
               <w:tab w:val="left" w:pos="1314"/>
               <w:tab w:val="left" w:pos="1692"/>
               <w:tab w:val="left" w:pos="2070"/>
             </w:tabs>
-            <w:spacing w:before="120"/>
+            <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00544F02">
+          <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
-            <w:t>10/01/2024</w:t>
+            <w:t>0</w:t>
+          </w:r>
+          <w:r w:rsidR="00814841">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>4/</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>0</w:t>
+          </w:r>
+          <w:r w:rsidR="00814841">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>1/2025</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="66A195F1" w14:textId="77777777" w:rsidR="00AD7257" w:rsidRDefault="00AD7257">
+  <w:p w14:paraId="0FC66D32" w14:textId="4F841453" w:rsidR="00814841" w:rsidRPr="006F4357" w:rsidRDefault="00814841" w:rsidP="00814841">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
-[...4 lines deleted...]
-      <w:spacing w:after="240"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1"/>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00531269">
+    <w:r w:rsidRPr="006F4357">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
       <w:t xml:space="preserve">602  </w:t>
     </w:r>
-    <w:r w:rsidRPr="00531269">
+    <w:r w:rsidRPr="006F4357">
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t>Service Codes</w:t>
     </w:r>
-    <w:r w:rsidRPr="00531269">
+    <w:r w:rsidRPr="006F4357">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
       <w:t xml:space="preserve"> (cont.)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="81C02E9A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
@@ -11454,536 +12446,492 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1234967336">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1153252758">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="51269344">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1695379085">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1308826171">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="646128741">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="90"/>
   <w:embedSystemFonts/>
   <w:stylePaneFormatFilter w:val="3F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
+    <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00032BB1"/>
     <w:rsid w:val="000006C4"/>
+    <w:rsid w:val="0000223D"/>
     <w:rsid w:val="000149FE"/>
+    <w:rsid w:val="00014D5D"/>
     <w:rsid w:val="00015A03"/>
-    <w:rsid w:val="00021E87"/>
     <w:rsid w:val="0002638F"/>
     <w:rsid w:val="00032BB1"/>
     <w:rsid w:val="00032C02"/>
     <w:rsid w:val="00041220"/>
+    <w:rsid w:val="00042555"/>
     <w:rsid w:val="00056E4C"/>
     <w:rsid w:val="000706EF"/>
+    <w:rsid w:val="00075944"/>
     <w:rsid w:val="00080FFB"/>
     <w:rsid w:val="00086041"/>
     <w:rsid w:val="000943BC"/>
     <w:rsid w:val="00095863"/>
     <w:rsid w:val="00097DCC"/>
+    <w:rsid w:val="00097FDE"/>
     <w:rsid w:val="000A2664"/>
-    <w:rsid w:val="000B2F4E"/>
     <w:rsid w:val="000C2F0E"/>
-    <w:rsid w:val="000C6149"/>
-    <w:rsid w:val="000D51FB"/>
     <w:rsid w:val="000D71AE"/>
     <w:rsid w:val="000E3E10"/>
     <w:rsid w:val="000F173A"/>
     <w:rsid w:val="000F579B"/>
     <w:rsid w:val="001069A1"/>
-    <w:rsid w:val="00113A87"/>
+    <w:rsid w:val="00106D77"/>
     <w:rsid w:val="00113E7F"/>
-    <w:rsid w:val="0012314A"/>
-    <w:rsid w:val="00124275"/>
+    <w:rsid w:val="00126D65"/>
     <w:rsid w:val="00130054"/>
-    <w:rsid w:val="00133BB6"/>
     <w:rsid w:val="0014797D"/>
-    <w:rsid w:val="0015230C"/>
-    <w:rsid w:val="00152EC6"/>
     <w:rsid w:val="00153E24"/>
     <w:rsid w:val="00160FB0"/>
     <w:rsid w:val="001655EC"/>
-    <w:rsid w:val="00181CE8"/>
     <w:rsid w:val="00183784"/>
     <w:rsid w:val="0018768A"/>
     <w:rsid w:val="00194491"/>
+    <w:rsid w:val="00195210"/>
     <w:rsid w:val="00195C8A"/>
     <w:rsid w:val="0019736A"/>
     <w:rsid w:val="00197D44"/>
     <w:rsid w:val="001A15C3"/>
     <w:rsid w:val="001A25AC"/>
     <w:rsid w:val="001A477C"/>
     <w:rsid w:val="001A7499"/>
-    <w:rsid w:val="001B266C"/>
-    <w:rsid w:val="001B73CE"/>
+    <w:rsid w:val="001B2B9C"/>
     <w:rsid w:val="001C1140"/>
     <w:rsid w:val="001C784A"/>
     <w:rsid w:val="001D5FD0"/>
     <w:rsid w:val="001E0603"/>
+    <w:rsid w:val="001F08F0"/>
     <w:rsid w:val="001F6109"/>
     <w:rsid w:val="00200899"/>
     <w:rsid w:val="002018B3"/>
-    <w:rsid w:val="00212B7C"/>
+    <w:rsid w:val="00203990"/>
     <w:rsid w:val="00216420"/>
     <w:rsid w:val="00221668"/>
-    <w:rsid w:val="002269C0"/>
+    <w:rsid w:val="00225398"/>
     <w:rsid w:val="00227A1C"/>
     <w:rsid w:val="00232E91"/>
     <w:rsid w:val="00240726"/>
     <w:rsid w:val="002432EC"/>
     <w:rsid w:val="00246D80"/>
     <w:rsid w:val="00250727"/>
     <w:rsid w:val="00254A64"/>
+    <w:rsid w:val="002611C5"/>
+    <w:rsid w:val="0026212E"/>
     <w:rsid w:val="00263F44"/>
     <w:rsid w:val="00264FE0"/>
+    <w:rsid w:val="00265688"/>
     <w:rsid w:val="00265DCC"/>
     <w:rsid w:val="00265FBB"/>
-    <w:rsid w:val="00270DBE"/>
+    <w:rsid w:val="00272166"/>
+    <w:rsid w:val="00276142"/>
+    <w:rsid w:val="0027664B"/>
     <w:rsid w:val="0028040D"/>
     <w:rsid w:val="00280993"/>
     <w:rsid w:val="002916ED"/>
     <w:rsid w:val="0029448A"/>
-    <w:rsid w:val="00297AA6"/>
+    <w:rsid w:val="002A1D1B"/>
+    <w:rsid w:val="002A4893"/>
     <w:rsid w:val="002C12F8"/>
     <w:rsid w:val="002C40EA"/>
-    <w:rsid w:val="002D0C66"/>
     <w:rsid w:val="002E3B6A"/>
     <w:rsid w:val="002E5188"/>
-    <w:rsid w:val="002F5151"/>
+    <w:rsid w:val="002E5A7F"/>
+    <w:rsid w:val="002F491A"/>
     <w:rsid w:val="002F7D2A"/>
+    <w:rsid w:val="003045CF"/>
     <w:rsid w:val="003065DA"/>
+    <w:rsid w:val="00320DE4"/>
     <w:rsid w:val="0032327C"/>
     <w:rsid w:val="0032351D"/>
-    <w:rsid w:val="00324D18"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003644F6"/>
+    <w:rsid w:val="00342E37"/>
+    <w:rsid w:val="0036168F"/>
     <w:rsid w:val="0037002C"/>
     <w:rsid w:val="003737F7"/>
     <w:rsid w:val="00374688"/>
+    <w:rsid w:val="003848D2"/>
     <w:rsid w:val="003869FD"/>
     <w:rsid w:val="00386F7B"/>
     <w:rsid w:val="00390C38"/>
+    <w:rsid w:val="00392863"/>
+    <w:rsid w:val="003A2CCD"/>
     <w:rsid w:val="003A31CA"/>
     <w:rsid w:val="003A6E1E"/>
-    <w:rsid w:val="003B4D9C"/>
     <w:rsid w:val="003C0130"/>
-    <w:rsid w:val="003D1352"/>
-[...4 lines deleted...]
-    <w:rsid w:val="003E7C6D"/>
+    <w:rsid w:val="003D0CB7"/>
     <w:rsid w:val="003F221A"/>
+    <w:rsid w:val="003F3ABF"/>
     <w:rsid w:val="003F4AF4"/>
-    <w:rsid w:val="003F5A4B"/>
-    <w:rsid w:val="00410AF0"/>
+    <w:rsid w:val="00406C5E"/>
     <w:rsid w:val="004117FD"/>
     <w:rsid w:val="0041389E"/>
     <w:rsid w:val="004153B5"/>
-    <w:rsid w:val="00421736"/>
     <w:rsid w:val="00427DA0"/>
+    <w:rsid w:val="00432CE8"/>
     <w:rsid w:val="004373B7"/>
     <w:rsid w:val="00437C15"/>
-    <w:rsid w:val="004424A2"/>
-    <w:rsid w:val="004507D6"/>
     <w:rsid w:val="00450E46"/>
-    <w:rsid w:val="0045312C"/>
+    <w:rsid w:val="00451444"/>
     <w:rsid w:val="00461793"/>
     <w:rsid w:val="00461DD8"/>
     <w:rsid w:val="0047107E"/>
-    <w:rsid w:val="00477921"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004A1AED"/>
+    <w:rsid w:val="004714B8"/>
+    <w:rsid w:val="004803AC"/>
+    <w:rsid w:val="00497336"/>
+    <w:rsid w:val="004A2E49"/>
     <w:rsid w:val="004A5518"/>
     <w:rsid w:val="004A5AA4"/>
     <w:rsid w:val="004A612B"/>
     <w:rsid w:val="004B033F"/>
+    <w:rsid w:val="004B5217"/>
+    <w:rsid w:val="004C115F"/>
     <w:rsid w:val="004C1488"/>
-    <w:rsid w:val="004C365D"/>
     <w:rsid w:val="004D4BC9"/>
     <w:rsid w:val="004D60BA"/>
-    <w:rsid w:val="004F3B12"/>
     <w:rsid w:val="004F64E7"/>
-    <w:rsid w:val="004F6902"/>
+    <w:rsid w:val="00502BA9"/>
     <w:rsid w:val="00511043"/>
     <w:rsid w:val="005237ED"/>
     <w:rsid w:val="00526EAB"/>
-    <w:rsid w:val="00541203"/>
+    <w:rsid w:val="005374A4"/>
     <w:rsid w:val="00541D2A"/>
     <w:rsid w:val="00541D99"/>
-    <w:rsid w:val="005448FB"/>
-[...4 lines deleted...]
-    <w:rsid w:val="005750B4"/>
+    <w:rsid w:val="00571720"/>
     <w:rsid w:val="005763C9"/>
-    <w:rsid w:val="005764BF"/>
     <w:rsid w:val="00583219"/>
+    <w:rsid w:val="00590C1A"/>
     <w:rsid w:val="00590E06"/>
     <w:rsid w:val="0059389D"/>
     <w:rsid w:val="00595C99"/>
     <w:rsid w:val="00596612"/>
-    <w:rsid w:val="005A041D"/>
+    <w:rsid w:val="005975AE"/>
     <w:rsid w:val="005A3602"/>
-    <w:rsid w:val="005A5520"/>
     <w:rsid w:val="005A5C18"/>
     <w:rsid w:val="005B3A7D"/>
     <w:rsid w:val="005C33E4"/>
     <w:rsid w:val="005C7D99"/>
-    <w:rsid w:val="005D7056"/>
     <w:rsid w:val="005E1EED"/>
-    <w:rsid w:val="005E4025"/>
     <w:rsid w:val="005E6E73"/>
-    <w:rsid w:val="005F42B3"/>
+    <w:rsid w:val="005E7F56"/>
     <w:rsid w:val="006015A8"/>
-    <w:rsid w:val="00606AD2"/>
-    <w:rsid w:val="00606D91"/>
     <w:rsid w:val="006233DC"/>
+    <w:rsid w:val="00624DB1"/>
+    <w:rsid w:val="006441A6"/>
     <w:rsid w:val="0064698F"/>
+    <w:rsid w:val="0065317D"/>
     <w:rsid w:val="00654896"/>
     <w:rsid w:val="00676163"/>
+    <w:rsid w:val="00692D51"/>
     <w:rsid w:val="006A58CB"/>
     <w:rsid w:val="006B272D"/>
-    <w:rsid w:val="006B5399"/>
     <w:rsid w:val="006B5BD5"/>
+    <w:rsid w:val="006C7B35"/>
     <w:rsid w:val="006D1809"/>
-    <w:rsid w:val="006D2A1E"/>
     <w:rsid w:val="006D49AA"/>
-    <w:rsid w:val="006E3C0A"/>
-    <w:rsid w:val="006F115D"/>
+    <w:rsid w:val="006F4357"/>
     <w:rsid w:val="00700C89"/>
     <w:rsid w:val="00700F0E"/>
     <w:rsid w:val="00702352"/>
-    <w:rsid w:val="0070313F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00724E6B"/>
+    <w:rsid w:val="00713E21"/>
+    <w:rsid w:val="00730AD4"/>
     <w:rsid w:val="00731164"/>
     <w:rsid w:val="00733878"/>
-    <w:rsid w:val="00752392"/>
+    <w:rsid w:val="007447F5"/>
     <w:rsid w:val="007535D9"/>
     <w:rsid w:val="00757D07"/>
     <w:rsid w:val="0076059D"/>
+    <w:rsid w:val="007618FB"/>
     <w:rsid w:val="007629E9"/>
-    <w:rsid w:val="00767BBE"/>
-    <w:rsid w:val="00774EAF"/>
+    <w:rsid w:val="00767CE8"/>
+    <w:rsid w:val="00771A58"/>
     <w:rsid w:val="007756B5"/>
     <w:rsid w:val="00776856"/>
+    <w:rsid w:val="007933F2"/>
+    <w:rsid w:val="007954EB"/>
+    <w:rsid w:val="007A5A31"/>
     <w:rsid w:val="007C2918"/>
     <w:rsid w:val="007C3BAF"/>
     <w:rsid w:val="007C63E4"/>
     <w:rsid w:val="007D2272"/>
     <w:rsid w:val="007D35FC"/>
     <w:rsid w:val="007D38A4"/>
     <w:rsid w:val="007F1CCF"/>
     <w:rsid w:val="007F4A56"/>
     <w:rsid w:val="007F69B5"/>
     <w:rsid w:val="007F74B0"/>
     <w:rsid w:val="00800CE8"/>
-    <w:rsid w:val="00802040"/>
     <w:rsid w:val="008031E5"/>
-    <w:rsid w:val="008063F2"/>
     <w:rsid w:val="00807AD4"/>
+    <w:rsid w:val="00810FF3"/>
     <w:rsid w:val="00811DAF"/>
-    <w:rsid w:val="00811DD8"/>
+    <w:rsid w:val="00814841"/>
     <w:rsid w:val="008151A9"/>
-    <w:rsid w:val="00817703"/>
     <w:rsid w:val="0082380C"/>
     <w:rsid w:val="0082579E"/>
     <w:rsid w:val="0082594F"/>
     <w:rsid w:val="008268F2"/>
     <w:rsid w:val="00832EAC"/>
+    <w:rsid w:val="0085051C"/>
     <w:rsid w:val="00856980"/>
     <w:rsid w:val="008708FF"/>
     <w:rsid w:val="00872219"/>
-    <w:rsid w:val="00874BB5"/>
-    <w:rsid w:val="00875282"/>
+    <w:rsid w:val="00885D17"/>
     <w:rsid w:val="00893B9C"/>
     <w:rsid w:val="00894FF0"/>
+    <w:rsid w:val="008A2692"/>
     <w:rsid w:val="008A3156"/>
     <w:rsid w:val="008A3B9D"/>
     <w:rsid w:val="008A41EA"/>
+    <w:rsid w:val="008A4270"/>
     <w:rsid w:val="008A6A30"/>
-    <w:rsid w:val="008B1ED3"/>
     <w:rsid w:val="008B293F"/>
-    <w:rsid w:val="008B518A"/>
-[...4 lines deleted...]
-    <w:rsid w:val="008F05BB"/>
+    <w:rsid w:val="008D05D6"/>
     <w:rsid w:val="008F0A01"/>
     <w:rsid w:val="008F0D56"/>
     <w:rsid w:val="008F1DC8"/>
     <w:rsid w:val="008F7531"/>
     <w:rsid w:val="00902810"/>
-    <w:rsid w:val="00906EF3"/>
+    <w:rsid w:val="009049A1"/>
+    <w:rsid w:val="009113A7"/>
     <w:rsid w:val="00914F8B"/>
-    <w:rsid w:val="00915205"/>
     <w:rsid w:val="00930D16"/>
+    <w:rsid w:val="00931EDC"/>
     <w:rsid w:val="0093651D"/>
     <w:rsid w:val="00943F98"/>
-    <w:rsid w:val="00962654"/>
+    <w:rsid w:val="00965719"/>
     <w:rsid w:val="00965D5A"/>
-    <w:rsid w:val="009719F8"/>
     <w:rsid w:val="00977415"/>
     <w:rsid w:val="00981FE9"/>
     <w:rsid w:val="009841A9"/>
-    <w:rsid w:val="00986273"/>
     <w:rsid w:val="00992105"/>
     <w:rsid w:val="009A0E9B"/>
     <w:rsid w:val="009A3F81"/>
-    <w:rsid w:val="009A794A"/>
     <w:rsid w:val="009B4513"/>
-    <w:rsid w:val="009B4AD5"/>
-    <w:rsid w:val="009C6A05"/>
+    <w:rsid w:val="009C1B7C"/>
     <w:rsid w:val="009D15FA"/>
     <w:rsid w:val="009D59BC"/>
-    <w:rsid w:val="009D5CF4"/>
+    <w:rsid w:val="009E7D44"/>
+    <w:rsid w:val="009F11AD"/>
     <w:rsid w:val="009F3D01"/>
-    <w:rsid w:val="009F6672"/>
-    <w:rsid w:val="00A00AF7"/>
+    <w:rsid w:val="009F4451"/>
+    <w:rsid w:val="009F4C74"/>
     <w:rsid w:val="00A024A3"/>
     <w:rsid w:val="00A0380C"/>
-    <w:rsid w:val="00A13213"/>
-    <w:rsid w:val="00A15AED"/>
     <w:rsid w:val="00A15EDB"/>
-    <w:rsid w:val="00A167F7"/>
-    <w:rsid w:val="00A2694A"/>
+    <w:rsid w:val="00A23CA1"/>
     <w:rsid w:val="00A32028"/>
     <w:rsid w:val="00A422EC"/>
-    <w:rsid w:val="00A44199"/>
     <w:rsid w:val="00A458CF"/>
     <w:rsid w:val="00A4616C"/>
     <w:rsid w:val="00A4669C"/>
+    <w:rsid w:val="00A5384E"/>
     <w:rsid w:val="00A56D1A"/>
     <w:rsid w:val="00A570CF"/>
+    <w:rsid w:val="00A6038D"/>
     <w:rsid w:val="00A63CB3"/>
     <w:rsid w:val="00A71583"/>
-    <w:rsid w:val="00A722C8"/>
+    <w:rsid w:val="00A727EF"/>
     <w:rsid w:val="00A7391A"/>
     <w:rsid w:val="00A75E05"/>
-    <w:rsid w:val="00A851E7"/>
+    <w:rsid w:val="00A93054"/>
+    <w:rsid w:val="00A954AE"/>
+    <w:rsid w:val="00A958E2"/>
     <w:rsid w:val="00AA5B85"/>
-    <w:rsid w:val="00AA7095"/>
     <w:rsid w:val="00AB155F"/>
-    <w:rsid w:val="00AC7A64"/>
-    <w:rsid w:val="00AC7D38"/>
+    <w:rsid w:val="00AB4199"/>
+    <w:rsid w:val="00AB75E9"/>
     <w:rsid w:val="00AD2EF9"/>
     <w:rsid w:val="00AD35E6"/>
     <w:rsid w:val="00AD4B0C"/>
-    <w:rsid w:val="00AD4CFA"/>
-    <w:rsid w:val="00AD7257"/>
     <w:rsid w:val="00AD7BAF"/>
-    <w:rsid w:val="00AE61F2"/>
     <w:rsid w:val="00AF6898"/>
     <w:rsid w:val="00AF6D8F"/>
-    <w:rsid w:val="00B00607"/>
     <w:rsid w:val="00B03A46"/>
     <w:rsid w:val="00B058D1"/>
-    <w:rsid w:val="00B06C4D"/>
     <w:rsid w:val="00B12A3B"/>
     <w:rsid w:val="00B131F5"/>
+    <w:rsid w:val="00B1703A"/>
     <w:rsid w:val="00B20D9D"/>
-    <w:rsid w:val="00B30061"/>
-    <w:rsid w:val="00B32231"/>
     <w:rsid w:val="00B32555"/>
     <w:rsid w:val="00B327EA"/>
     <w:rsid w:val="00B4268A"/>
     <w:rsid w:val="00B44F42"/>
+    <w:rsid w:val="00B4624C"/>
     <w:rsid w:val="00B51510"/>
+    <w:rsid w:val="00B570B7"/>
     <w:rsid w:val="00B60798"/>
-    <w:rsid w:val="00B773EE"/>
-    <w:rsid w:val="00B928B2"/>
     <w:rsid w:val="00B964AA"/>
     <w:rsid w:val="00B97DA1"/>
-    <w:rsid w:val="00BA707B"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00BC1663"/>
+    <w:rsid w:val="00BA0205"/>
     <w:rsid w:val="00BC376D"/>
     <w:rsid w:val="00BD0F64"/>
     <w:rsid w:val="00BD2F4A"/>
+    <w:rsid w:val="00BE245D"/>
     <w:rsid w:val="00BE49D9"/>
-    <w:rsid w:val="00BF70AE"/>
     <w:rsid w:val="00C046E9"/>
     <w:rsid w:val="00C05181"/>
     <w:rsid w:val="00C100CF"/>
     <w:rsid w:val="00C12AD1"/>
-    <w:rsid w:val="00C15254"/>
     <w:rsid w:val="00C16CEA"/>
-    <w:rsid w:val="00C240E5"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00C57605"/>
+    <w:rsid w:val="00C17D4D"/>
+    <w:rsid w:val="00C22719"/>
+    <w:rsid w:val="00C25973"/>
+    <w:rsid w:val="00C43634"/>
     <w:rsid w:val="00C57688"/>
-    <w:rsid w:val="00C57C00"/>
     <w:rsid w:val="00C63B05"/>
-    <w:rsid w:val="00C726DA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C82A74"/>
+    <w:rsid w:val="00C82572"/>
     <w:rsid w:val="00C847AA"/>
     <w:rsid w:val="00C84B58"/>
     <w:rsid w:val="00C9185E"/>
     <w:rsid w:val="00CA3B98"/>
-    <w:rsid w:val="00CB160D"/>
+    <w:rsid w:val="00CA6F8C"/>
     <w:rsid w:val="00CB3D77"/>
-    <w:rsid w:val="00CE7E3D"/>
+    <w:rsid w:val="00CB7DE4"/>
     <w:rsid w:val="00CF0AAB"/>
     <w:rsid w:val="00D0388D"/>
-    <w:rsid w:val="00D06168"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D11E9B"/>
     <w:rsid w:val="00D20897"/>
     <w:rsid w:val="00D2728B"/>
     <w:rsid w:val="00D33ED2"/>
-    <w:rsid w:val="00D36D37"/>
     <w:rsid w:val="00D40840"/>
-    <w:rsid w:val="00D441D0"/>
-    <w:rsid w:val="00D46C45"/>
+    <w:rsid w:val="00D43D11"/>
     <w:rsid w:val="00D516D7"/>
+    <w:rsid w:val="00D522D1"/>
+    <w:rsid w:val="00D53ADA"/>
     <w:rsid w:val="00D55314"/>
-    <w:rsid w:val="00D55B27"/>
-    <w:rsid w:val="00D56643"/>
     <w:rsid w:val="00D757EC"/>
     <w:rsid w:val="00D76690"/>
+    <w:rsid w:val="00D82349"/>
+    <w:rsid w:val="00D86ADF"/>
     <w:rsid w:val="00D93D6D"/>
-    <w:rsid w:val="00D949FF"/>
     <w:rsid w:val="00D95EAD"/>
     <w:rsid w:val="00DA0783"/>
+    <w:rsid w:val="00DA52F5"/>
     <w:rsid w:val="00DD509A"/>
+    <w:rsid w:val="00DD56A3"/>
     <w:rsid w:val="00DD7B60"/>
     <w:rsid w:val="00DD7B9C"/>
-    <w:rsid w:val="00DE3B51"/>
+    <w:rsid w:val="00DE6A8E"/>
     <w:rsid w:val="00DF15B5"/>
     <w:rsid w:val="00DF2BB6"/>
     <w:rsid w:val="00DF3936"/>
+    <w:rsid w:val="00DF3D54"/>
     <w:rsid w:val="00DF5421"/>
     <w:rsid w:val="00DF5A51"/>
-    <w:rsid w:val="00E03BBB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E253A6"/>
     <w:rsid w:val="00E25774"/>
-    <w:rsid w:val="00E260F7"/>
     <w:rsid w:val="00E26210"/>
-    <w:rsid w:val="00E26675"/>
     <w:rsid w:val="00E4227E"/>
-    <w:rsid w:val="00E4657B"/>
     <w:rsid w:val="00E46EB1"/>
     <w:rsid w:val="00E61907"/>
     <w:rsid w:val="00E70EF5"/>
     <w:rsid w:val="00E77D62"/>
-    <w:rsid w:val="00E81416"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EA1726"/>
+    <w:rsid w:val="00E85CEF"/>
     <w:rsid w:val="00EA2611"/>
-    <w:rsid w:val="00EB0837"/>
     <w:rsid w:val="00EB1686"/>
     <w:rsid w:val="00EB2269"/>
+    <w:rsid w:val="00EB305E"/>
     <w:rsid w:val="00EC4C96"/>
     <w:rsid w:val="00ED5E99"/>
     <w:rsid w:val="00EF0846"/>
     <w:rsid w:val="00EF202B"/>
     <w:rsid w:val="00F00371"/>
-    <w:rsid w:val="00F04F19"/>
-    <w:rsid w:val="00F11A5C"/>
+    <w:rsid w:val="00F025EA"/>
+    <w:rsid w:val="00F031C3"/>
     <w:rsid w:val="00F12CB8"/>
-    <w:rsid w:val="00F13F05"/>
     <w:rsid w:val="00F1656D"/>
+    <w:rsid w:val="00F167D7"/>
     <w:rsid w:val="00F25059"/>
-    <w:rsid w:val="00F253B6"/>
     <w:rsid w:val="00F32E6F"/>
     <w:rsid w:val="00F3494C"/>
-    <w:rsid w:val="00F354A9"/>
     <w:rsid w:val="00F35D39"/>
+    <w:rsid w:val="00F37592"/>
     <w:rsid w:val="00F5166D"/>
     <w:rsid w:val="00F5746D"/>
-    <w:rsid w:val="00F66264"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F7039F"/>
+    <w:rsid w:val="00F57EBE"/>
     <w:rsid w:val="00F70970"/>
-    <w:rsid w:val="00F81151"/>
     <w:rsid w:val="00F823BA"/>
     <w:rsid w:val="00F902FE"/>
     <w:rsid w:val="00F91798"/>
-    <w:rsid w:val="00F96F03"/>
     <w:rsid w:val="00FA39BC"/>
+    <w:rsid w:val="00FA3A26"/>
     <w:rsid w:val="00FC1193"/>
     <w:rsid w:val="00FC1974"/>
     <w:rsid w:val="00FC443A"/>
-    <w:rsid w:val="00FE309D"/>
     <w:rsid w:val="00FE5846"/>
-    <w:rsid w:val="00FF12D8"/>
-    <w:rsid w:val="00FF37E6"/>
     <w:rsid w:val="00FF5AAD"/>
     <w:rsid w:val="00FF6613"/>
+    <w:rsid w:val="01F35CD5"/>
+    <w:rsid w:val="534CCDA9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -12013,83 +12961,83 @@
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12353,231 +13301,237 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F11A5C"/>
+    <w:rsid w:val="00FF5AAD"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0055663C"/>
+    <w:rsid w:val="00541D2A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5400"/>
       </w:tabs>
-      <w:spacing w:before="360" w:after="240"/>
+      <w:spacing w:before="480" w:after="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:noProof/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00AE61F2"/>
+    <w:rsid w:val="00654896"/>
     <w:pPr>
-      <w:spacing w:before="240" w:after="120"/>
+      <w:spacing w:before="360" w:after="120"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Heading2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00654896"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="990"/>
       </w:tabs>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00461DD8"/>
     <w:pPr>
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
-      <w:spacing w:line="271" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
+      <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
@@ -12595,53 +13549,53 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="memo">
     <w:name w:val="memo"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1800"/>
         <w:tab w:val="left" w:pos="5040"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FF5AAD"/>
     <w:pPr>
+      <w:spacing w:after="0"/>
       <w:ind w:left="720" w:hanging="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style"/>
       <w:b/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
@@ -12669,70 +13623,71 @@
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="0059389D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="0059389D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0055663C"/>
+    <w:rsid w:val="00541D2A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:b/>
       <w:noProof/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
+      <w:lang w:val="fr-029"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00AE61F2"/>
+    <w:rsid w:val="00654896"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:b/>
-      <w:noProof/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
+      <w:lang w:val="fr-029"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00654896"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="fr-029"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00461DD8"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
@@ -12798,50 +13753,51 @@
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00C12AD1"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:spacing w:val="5"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00C12AD1"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:spacing w:val="5"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
@@ -12884,72 +13840,75 @@
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="10"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:ind w:left="360" w:right="360"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00C12AD1"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
@@ -13031,208 +13990,254 @@
       <w:smallCaps/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C12AD1"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-    <w:rsid w:val="00B32231"/>
+    <w:rsid w:val="000943BC"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
-    <w:rsid w:val="00B32231"/>
+    <w:rsid w:val="000943BC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B4268A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00056E4C"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00056E4C"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:rsid w:val="00056E4C"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00056E4C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:semiHidden/>
     <w:rsid w:val="00056E4C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SubjectLine">
     <w:name w:val="Subject Line"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SubjectLineChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00AE61F2"/>
+    <w:rsid w:val="00097DCC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1080"/>
       </w:tabs>
-      <w:spacing w:before="120" w:after="120"/>
+      <w:spacing w:before="120"/>
       <w:ind w:left="1080" w:hanging="1080"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubjectLineChar">
     <w:name w:val="Subject Line Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="SubjectLine"/>
-    <w:rsid w:val="00AE61F2"/>
+    <w:rsid w:val="00097DCC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E61907"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007756B5"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001069A1"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="003045CF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="003045CF"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="tabchar">
+    <w:name w:val="tabchar"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="003045CF"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="003045CF"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00FB4123"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cms.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/masshealth-payment-and-coverage-guideline-tools" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/masshealth-payment-and-coverage-guideline-tools" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cms.gov" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/masshealth-payment-and-coverage-guideline-tools" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13493,76 +14498,72 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="d8ecd2c7-f42d-412b-950c-7056a0e524ed">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="91f3e3b9-8052-4988-a4eb-24f16969dcab" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d8ecd2c7-f42d-412b-950c-7056a0e524ed" xmlns:ns3="91f3e3b9-8052-4988-a4eb-24f16969dcab" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="84e99b64660e760d709e89b5c091f915" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004ACAA8BD88EB8945AAE04407B477030C" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="768e7d44e9b4645264a190753be6092c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d8ecd2c7-f42d-412b-950c-7056a0e524ed" xmlns:ns3="91f3e3b9-8052-4988-a4eb-24f16969dcab" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="611faa9e0f12237a2e6c673688a812b7" ns2:_="" ns3:_="">
     <xsd:import namespace="d8ecd2c7-f42d-412b-950c-7056a0e524ed"/>
     <xsd:import namespace="91f3e3b9-8052-4988-a4eb-24f16969dcab"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -13739,343 +14740,139 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DE9609A-F2FE-4E42-A38A-6C641956FE6C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52BF6BD2-1B58-4EC7-A532-EE54047F2CF3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="d8ecd2c7-f42d-412b-950c-7056a0e524ed"/>
+    <ds:schemaRef ds:uri="91f3e3b9-8052-4988-a4eb-24f16969dcab"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C8154F8-E798-4ADF-9D0B-0360ADB9E31B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B989D34B-ED85-4DB2-95E2-CC7D43909196}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A02EB550-E14B-437F-BFBC-6B2056CA7417}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8FE035E7-9640-4DBB-AAD0-4F34DE553FE4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d8ecd2c7-f42d-412b-950c-7056a0e524ed"/>
     <ds:schemaRef ds:uri="91f3e3b9-8052-4988-a4eb-24f16969dcab"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B989D34B-ED85-4DB2-95E2-CC7D43909196}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>4832</Characters>
+  <Pages>4</Pages>
+  <Words>822</Words>
+  <Characters>4666</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>11</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>38</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Transmittal Letter</vt:lpstr>
+      <vt:lpstr>Eligilibity Operations Memo</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DMA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5641</CharactersWithSpaces>
+  <CharactersWithSpaces>5478</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...200 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Transmittal Letter</dc:title>
+  <dc:title>Eligilibity Operations Memo</dc:title>
   <dc:creator>MassHealth</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004ACAA8BD88EB8945AAE04407B477030C</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>