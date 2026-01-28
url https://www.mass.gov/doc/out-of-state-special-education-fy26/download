--- v0 (2025-10-25)
+++ v1 (2026-01-28)
@@ -2,217 +2,218 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov-my.sharepoint.com/personal/jacquiline_brown_mass_gov/Documents/SharePoint Transfer (8.2.23)/SpedPr26/Preliminary/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="141" documentId="14_{3D9F4612-B39F-458C-BA62-4500280EEA1E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0EC74D22-E72C-46FA-9E27-7032E9737C42}"/>
+  <xr:revisionPtr revIDLastSave="161" documentId="14_{3D9F4612-B39F-458C-BA62-4500280EEA1E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7045FCAE-224D-4650-B48E-1945CE840F0F}"/>
   <bookViews>
     <workbookView xWindow="19090" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{DEFAEF9B-799A-49C1-81F9-0D3055C9BD8F}"/>
   </bookViews>
   <sheets>
     <sheet name="Prices" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Prices!$C$9:$M$102</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Prices!$C$9:$M$103</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="M38" i="2" l="1"/>
   <c r="M14" i="2" l="1"/>
   <c r="M11" i="2"/>
   <c r="M20" i="2"/>
   <c r="M35" i="2"/>
   <c r="M36" i="2"/>
   <c r="M37" i="2"/>
-  <c r="M41" i="2"/>
   <c r="M42" i="2"/>
   <c r="M43" i="2"/>
   <c r="M44" i="2"/>
+  <c r="M45" i="2"/>
+  <c r="L60" i="2"/>
   <c r="L59" i="2"/>
+  <c r="L71" i="2"/>
+  <c r="L70" i="2"/>
   <c r="L58" i="2"/>
-  <c r="L70" i="2"/>
-  <c r="L69" i="2"/>
   <c r="L57" i="2"/>
   <c r="L56" i="2"/>
   <c r="L55" i="2"/>
   <c r="L54" i="2"/>
   <c r="L53" i="2"/>
   <c r="L52" i="2"/>
   <c r="L51" i="2"/>
   <c r="L50" i="2"/>
   <c r="L49" i="2"/>
   <c r="L48" i="2"/>
-  <c r="L47" i="2"/>
-[...3 lines deleted...]
-  <c r="M64" i="2" s="1"/>
+  <c r="M61" i="2"/>
+  <c r="L66" i="2"/>
+  <c r="L65" i="2" s="1"/>
+  <c r="M65" i="2" s="1"/>
   <c r="M34" i="2"/>
+  <c r="M69" i="2"/>
   <c r="M68" i="2"/>
   <c r="M67" i="2"/>
-  <c r="M66" i="2"/>
-[...2 lines deleted...]
-  <c r="L63" i="2"/>
+  <c r="A75" i="2"/>
+  <c r="A78" i="2" s="1"/>
+  <c r="L64" i="2"/>
+  <c r="M63" i="2"/>
+  <c r="A72" i="2"/>
   <c r="M62" i="2"/>
-  <c r="A71" i="2"/>
-  <c r="M61" i="2"/>
+  <c r="M47" i="2"/>
   <c r="M46" i="2"/>
-  <c r="M45" i="2"/>
-[...3 lines deleted...]
-  <c r="A61" i="2" s="1"/>
+  <c r="A63" i="2"/>
+  <c r="A64" i="2" s="1"/>
+  <c r="A61" i="2"/>
+  <c r="A62" i="2" s="1"/>
+  <c r="M73" i="2"/>
   <c r="M72" i="2"/>
-  <c r="M71" i="2"/>
   <c r="M33" i="2"/>
   <c r="L32" i="2"/>
   <c r="M32" i="2" s="1"/>
   <c r="M31" i="2"/>
+  <c r="A55" i="2"/>
+  <c r="A56" i="2" s="1"/>
+  <c r="A58" i="2" s="1"/>
+  <c r="M30" i="2"/>
   <c r="A54" i="2"/>
-  <c r="A55" i="2" s="1"/>
-[...3 lines deleted...]
-  <c r="A44" i="2" s="1"/>
   <c r="A45" i="2" s="1"/>
   <c r="A46" i="2" s="1"/>
-  <c r="A50" i="2" s="1"/>
+  <c r="A47" i="2" s="1"/>
   <c r="A51" i="2" s="1"/>
+  <c r="A52" i="2" s="1"/>
   <c r="M29" i="2"/>
   <c r="M28" i="2"/>
   <c r="M27" i="2"/>
   <c r="M26" i="2"/>
   <c r="M25" i="2"/>
   <c r="M24" i="2"/>
   <c r="M23" i="2"/>
   <c r="M22" i="2"/>
   <c r="M21" i="2"/>
-  <c r="A40" i="2"/>
+  <c r="A41" i="2"/>
   <c r="M19" i="2"/>
   <c r="M18" i="2"/>
   <c r="A21" i="2"/>
   <c r="A24" i="2" s="1"/>
   <c r="A25" i="2" s="1"/>
   <c r="A26" i="2" s="1"/>
   <c r="A29" i="2" s="1"/>
   <c r="A33" i="2" s="1"/>
   <c r="M17" i="2"/>
   <c r="M16" i="2"/>
   <c r="M15" i="2"/>
   <c r="M13" i="2"/>
   <c r="M12" i="2"/>
   <c r="M10" i="2"/>
-  <c r="A66" i="2" l="1"/>
-  <c r="A67" i="2" s="1"/>
+  <c r="A67" i="2" l="1"/>
   <c r="A68" i="2" s="1"/>
-  <c r="A70" i="2"/>
+  <c r="A69" i="2" s="1"/>
+  <c r="A71" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Brown, Jacquiline (OSD)</author>
   </authors>
   <commentList>
-    <comment ref="C71" authorId="0" shapeId="0" xr:uid="{3748AEC0-D6A0-4592-8B1A-F3B1C97995B4}">
+    <comment ref="C72" authorId="0" shapeId="0" xr:uid="{3748AEC0-D6A0-4592-8B1A-F3B1C97995B4}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Brown, Jacquiline (OSD):</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 was Learning skills</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="433" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="438" uniqueCount="195">
   <si>
     <t>OUT OF STATE</t>
   </si>
   <si>
     <t>FY 26</t>
   </si>
   <si>
     <t>Blue Highlight Indicates Prices May Be Increased by the Host State</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>FEIN</t>
   </si>
   <si>
     <t>Program</t>
   </si>
   <si>
     <t xml:space="preserve">Program </t>
   </si>
   <si>
     <t>UFR</t>
   </si>
   <si>
@@ -747,50 +748,56 @@
     <t>09505020</t>
   </si>
   <si>
     <t xml:space="preserve">THIS PRICE LIST IS UPDATED REGULARLY. </t>
   </si>
   <si>
     <t>Notes:</t>
   </si>
   <si>
     <t xml:space="preserve">Sent Letter </t>
   </si>
   <si>
     <t>09500702</t>
   </si>
   <si>
     <t>09500701</t>
   </si>
   <si>
     <t>09500700</t>
   </si>
   <si>
     <t>Trudeau Educational Services/Pathways</t>
   </si>
   <si>
     <t>Day Program</t>
+  </si>
+  <si>
+    <t>09505038</t>
+  </si>
+  <si>
+    <t>Bradley School Providence Program Intensive Rate</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="m/d/yy;@"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -911,51 +918,51 @@
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="74">
+  <cellXfs count="75">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
@@ -1085,50 +1092,51 @@
     </xf>
     <xf numFmtId="0" fontId="12" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="2" quotePrefix="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="0" xfId="2" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="40% - Accent1" xfId="2" builtinId="31"/>
     <cellStyle name="Comma" xfId="3" builtinId="3"/>
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
@@ -1433,51 +1441,51 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C22FE767-1203-4375-BE2A-0D83AD65D4CD}">
-  <dimension ref="A2:R325"/>
+  <dimension ref="A2:R326"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="C1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C3" sqref="C3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="5.81640625" style="1" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="14" style="1" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="30" style="22" customWidth="1"/>
     <col min="4" max="4" width="2.26953125" style="2" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="8.54296875" style="1" customWidth="1"/>
     <col min="6" max="6" width="6" style="4" customWidth="1"/>
     <col min="7" max="7" width="38.26953125" style="22" customWidth="1"/>
     <col min="8" max="8" width="0.453125" style="23" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="7.81640625" style="4" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="9.1796875" style="24" customWidth="1"/>
     <col min="11" max="11" width="10" style="4" customWidth="1"/>
     <col min="12" max="12" width="12.54296875" style="1" customWidth="1"/>
     <col min="13" max="13" width="11.54296875" style="5" customWidth="1"/>
     <col min="14" max="14" width="14.54296875" style="4" customWidth="1"/>
     <col min="15" max="15" width="13.26953125" style="4" hidden="1" customWidth="1"/>
     <col min="16" max="16" width="12.54296875" style="1" hidden="1" customWidth="1"/>
     <col min="17" max="17" width="4.54296875" style="1" customWidth="1"/>
     <col min="18" max="25" width="9.26953125" style="1"/>
@@ -2675,103 +2683,103 @@
     <col min="16140" max="16140" width="12.54296875" style="1" customWidth="1"/>
     <col min="16141" max="16141" width="11.54296875" style="1" customWidth="1"/>
     <col min="16142" max="16142" width="14.54296875" style="1" customWidth="1"/>
     <col min="16143" max="16144" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="16145" max="16145" width="4.54296875" style="1" customWidth="1"/>
     <col min="16146" max="16153" width="9.26953125" style="1"/>
     <col min="16154" max="16154" width="17.7265625" style="1" customWidth="1"/>
     <col min="16155" max="16155" width="17" style="1" customWidth="1"/>
     <col min="16156" max="16156" width="16.453125" style="1" customWidth="1"/>
     <col min="16157" max="16383" width="9.26953125" style="1"/>
     <col min="16384" max="16384" width="9.26953125" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:17" ht="21" x14ac:dyDescent="0.5">
       <c r="C2" s="59" t="s">
         <v>0</v>
       </c>
       <c r="E2" s="2"/>
       <c r="G2" s="46"/>
       <c r="H2" s="3"/>
       <c r="J2" s="47"/>
       <c r="K2" s="48"/>
     </row>
     <row r="3" spans="1:17" ht="30.65" customHeight="1" x14ac:dyDescent="0.5">
       <c r="C3" s="60">
-        <v>45926</v>
+        <v>45981</v>
       </c>
       <c r="E3" s="2"/>
       <c r="G3" s="49"/>
       <c r="H3" s="3"/>
       <c r="J3" s="47"/>
       <c r="K3" s="48"/>
     </row>
     <row r="4" spans="1:17" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.5">
       <c r="C4" s="61" t="s">
         <v>1</v>
       </c>
       <c r="E4" s="50" t="s">
         <v>2</v>
       </c>
       <c r="F4" s="63"/>
       <c r="G4" s="51"/>
       <c r="H4" s="50"/>
       <c r="I4" s="50"/>
       <c r="J4" s="50"/>
       <c r="K4" s="50"/>
       <c r="M4" s="1"/>
     </row>
     <row r="5" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C5" s="64" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="65" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="70" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="70"/>
       <c r="G5" s="64" t="s">
         <v>6</v>
       </c>
       <c r="H5" s="66" t="s">
         <v>7</v>
       </c>
       <c r="I5" s="70" t="s">
         <v>8</v>
       </c>
       <c r="J5" s="70" t="s">
         <v>9</v>
       </c>
       <c r="K5" s="70" t="s">
         <v>10</v>
       </c>
-      <c r="L5" s="73" t="s">
+      <c r="L5" s="74" t="s">
         <v>11</v>
       </c>
-      <c r="M5" s="73"/>
+      <c r="M5" s="74"/>
       <c r="N5" s="70" t="s">
         <v>12</v>
       </c>
       <c r="O5" s="7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C6" s="67" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="65"/>
       <c r="E6" s="70" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="70" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="64" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="66" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="70"/>
@@ -3857,51 +3865,51 @@
       <c r="E35" s="27" t="s">
         <v>26</v>
       </c>
       <c r="F35" s="29" t="s">
         <v>91</v>
       </c>
       <c r="G35" s="32" t="s">
         <v>102</v>
       </c>
       <c r="H35" s="27" t="s">
         <v>32</v>
       </c>
       <c r="I35" s="45">
         <v>41182</v>
       </c>
       <c r="J35" s="36" t="s">
         <v>103</v>
       </c>
       <c r="K35" s="29">
         <v>215</v>
       </c>
       <c r="L35" s="31">
         <v>66435</v>
       </c>
       <c r="M35" s="31">
-        <f t="shared" ref="M35:M44" si="3">L35/K35</f>
+        <f t="shared" ref="M35:M45" si="3">L35/K35</f>
         <v>309</v>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="14"/>
       <c r="P35" s="9"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="20"/>
     </row>
     <row r="36" spans="1:18" s="6" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="C36" s="30" t="s">
         <v>101</v>
       </c>
       <c r="D36" s="28">
         <v>464910847</v>
       </c>
       <c r="E36" s="27" t="s">
         <v>26</v>
       </c>
       <c r="F36" s="29" t="s">
         <v>91</v>
       </c>
       <c r="G36" s="32" t="s">
         <v>104</v>
       </c>
       <c r="H36" s="27" t="s">
@@ -3945,1747 +3953,1766 @@
       <c r="G37" s="30" t="s">
         <v>107</v>
       </c>
       <c r="H37" s="27" t="s">
         <v>32</v>
       </c>
       <c r="I37" s="45"/>
       <c r="J37" s="36" t="s">
         <v>108</v>
       </c>
       <c r="K37" s="29">
         <v>215</v>
       </c>
       <c r="L37" s="31">
         <v>80840</v>
       </c>
       <c r="M37" s="31">
         <f t="shared" si="3"/>
         <v>376</v>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="14"/>
       <c r="Q37" s="7"/>
     </row>
     <row r="38" spans="1:18" s="6" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="C38" s="64" t="s">
-[...30 lines deleted...]
-      </c>
+      <c r="C38" s="30" t="s">
+        <v>101</v>
+      </c>
+      <c r="D38" s="28"/>
+      <c r="E38" s="27" t="s">
+        <v>26</v>
+      </c>
+      <c r="F38" s="29" t="s">
+        <v>91</v>
+      </c>
+      <c r="G38" s="30" t="s">
+        <v>194</v>
+      </c>
+      <c r="H38" s="27"/>
+      <c r="I38" s="45"/>
+      <c r="J38" s="73" t="s">
+        <v>193</v>
+      </c>
+      <c r="K38" s="29">
+        <v>215</v>
+      </c>
+      <c r="L38" s="31">
+        <v>80840</v>
+      </c>
+      <c r="M38" s="31">
+        <f t="shared" si="3"/>
+        <v>376</v>
+      </c>
+      <c r="N38" s="7"/>
       <c r="O38" s="14"/>
       <c r="Q38" s="7"/>
     </row>
     <row r="39" spans="1:18" s="6" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="C39" s="67" t="s">
-[...2 lines deleted...]
-      <c r="D39" s="65"/>
+      <c r="C39" s="64" t="s">
+        <v>3</v>
+      </c>
+      <c r="D39" s="65" t="s">
+        <v>4</v>
+      </c>
       <c r="E39" s="70" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="F39" s="70"/>
       <c r="G39" s="64" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="H39" s="66" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I39" s="70"/>
+        <v>7</v>
+      </c>
+      <c r="I39" s="70" t="s">
+        <v>8</v>
+      </c>
       <c r="J39" s="70" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="K39" s="70" t="s">
-        <v>19</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="L39" s="74" t="s">
+        <v>11</v>
+      </c>
+      <c r="M39" s="74"/>
       <c r="N39" s="70" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="O39" s="14"/>
       <c r="Q39" s="7"/>
     </row>
-    <row r="40" spans="1:18" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A40" s="6">
+    <row r="40" spans="1:18" s="6" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C40" s="67" t="s">
+        <v>14</v>
+      </c>
+      <c r="D40" s="65"/>
+      <c r="E40" s="70" t="s">
+        <v>15</v>
+      </c>
+      <c r="F40" s="70" t="s">
+        <v>16</v>
+      </c>
+      <c r="G40" s="64" t="s">
+        <v>17</v>
+      </c>
+      <c r="H40" s="66" t="s">
+        <v>18</v>
+      </c>
+      <c r="I40" s="70"/>
+      <c r="J40" s="70" t="s">
+        <v>5</v>
+      </c>
+      <c r="K40" s="70" t="s">
+        <v>19</v>
+      </c>
+      <c r="L40" s="70" t="s">
+        <v>20</v>
+      </c>
+      <c r="M40" s="70" t="s">
+        <v>21</v>
+      </c>
+      <c r="N40" s="70" t="s">
+        <v>22</v>
+      </c>
+      <c r="O40" s="14"/>
+      <c r="Q40" s="7"/>
+    </row>
+    <row r="41" spans="1:18" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A41" s="6">
         <f>A37+1</f>
         <v>1</v>
       </c>
-      <c r="C40" s="67"/>
-[...6 lines deleted...]
-      <c r="J40" s="70" t="s">
+      <c r="C41" s="67"/>
+      <c r="D41" s="65"/>
+      <c r="E41" s="70"/>
+      <c r="F41" s="70"/>
+      <c r="G41" s="64"/>
+      <c r="H41" s="66"/>
+      <c r="I41" s="70"/>
+      <c r="J41" s="70" t="s">
         <v>23</v>
       </c>
-      <c r="K40" s="70"/>
-[...2 lines deleted...]
-      <c r="N40" s="69">
+      <c r="K41" s="70"/>
+      <c r="L41" s="68"/>
+      <c r="M41" s="70"/>
+      <c r="N41" s="69">
         <v>45839</v>
       </c>
-      <c r="O40" s="9"/>
-[...34 lines deleted...]
-      <c r="N41" s="7"/>
       <c r="O41" s="9"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="7"/>
     </row>
-    <row r="42" spans="1:18" s="6" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:18" s="6" customFormat="1" ht="43.5" x14ac:dyDescent="0.35">
       <c r="C42" s="30" t="s">
         <v>101</v>
       </c>
       <c r="D42" s="28">
         <v>464910847</v>
       </c>
       <c r="E42" s="27" t="s">
         <v>26</v>
       </c>
       <c r="F42" s="29" t="s">
         <v>91</v>
       </c>
-      <c r="G42" s="56" t="s">
-        <v>111</v>
+      <c r="G42" s="32" t="s">
+        <v>109</v>
       </c>
       <c r="H42" s="27"/>
       <c r="I42" s="45"/>
       <c r="J42" s="36" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="K42" s="29">
         <v>215</v>
       </c>
       <c r="L42" s="31">
-        <v>80840</v>
+        <v>89870</v>
       </c>
       <c r="M42" s="31">
         <f t="shared" si="3"/>
-        <v>376</v>
+        <v>418</v>
       </c>
       <c r="N42" s="7"/>
       <c r="O42" s="9"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="7"/>
     </row>
     <row r="43" spans="1:18" s="6" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="C43" s="30" t="s">
         <v>101</v>
       </c>
       <c r="D43" s="28">
         <v>464910847</v>
       </c>
       <c r="E43" s="27" t="s">
         <v>26</v>
       </c>
       <c r="F43" s="29" t="s">
         <v>91</v>
       </c>
       <c r="G43" s="56" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="H43" s="27"/>
       <c r="I43" s="45"/>
       <c r="J43" s="36" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="K43" s="29">
         <v>215</v>
       </c>
       <c r="L43" s="31">
-        <v>66435</v>
+        <v>80840</v>
       </c>
       <c r="M43" s="31">
         <f t="shared" si="3"/>
-        <v>309</v>
+        <v>376</v>
       </c>
       <c r="N43" s="7"/>
       <c r="O43" s="9"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="7"/>
     </row>
-    <row r="44" spans="1:18" s="6" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      </c>
+    <row r="44" spans="1:18" s="6" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="C44" s="30" t="s">
         <v>101</v>
       </c>
-      <c r="D44" s="57">
+      <c r="D44" s="28">
         <v>464910847</v>
       </c>
       <c r="E44" s="27" t="s">
         <v>26</v>
       </c>
       <c r="F44" s="29" t="s">
         <v>91</v>
       </c>
-      <c r="G44" s="32" t="s">
-        <v>115</v>
+      <c r="G44" s="56" t="s">
+        <v>113</v>
       </c>
       <c r="H44" s="27"/>
       <c r="I44" s="45"/>
       <c r="J44" s="36" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="K44" s="29">
         <v>215</v>
       </c>
       <c r="L44" s="31">
-        <v>56115</v>
+        <v>66435</v>
       </c>
       <c r="M44" s="31">
         <f t="shared" si="3"/>
-        <v>261</v>
+        <v>309</v>
       </c>
       <c r="N44" s="7"/>
       <c r="O44" s="9"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="7"/>
     </row>
-    <row r="45" spans="1:18" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:18" s="6" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="6" t="e">
-        <f>A44+1</f>
+        <f>A54+1</f>
         <v>#REF!</v>
       </c>
       <c r="C45" s="30" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>50269232</v>
+        <v>101</v>
+      </c>
+      <c r="D45" s="57">
+        <v>464910847</v>
       </c>
       <c r="E45" s="27" t="s">
         <v>26</v>
       </c>
       <c r="F45" s="29" t="s">
         <v>91</v>
       </c>
-      <c r="G45" s="30" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G45" s="32" t="s">
+        <v>115</v>
+      </c>
+      <c r="H45" s="27"/>
       <c r="I45" s="45"/>
       <c r="J45" s="36" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="K45" s="29">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="L45" s="31">
-        <v>88907</v>
+        <v>56115</v>
       </c>
       <c r="M45" s="31">
-        <f>L45/K45</f>
-        <v>404.12272727272727</v>
+        <f t="shared" si="3"/>
+        <v>261</v>
       </c>
       <c r="N45" s="7"/>
       <c r="O45" s="9"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="7"/>
     </row>
     <row r="46" spans="1:18" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A46" s="6" t="e">
         <f>A45+1</f>
         <v>#REF!</v>
       </c>
       <c r="C46" s="30" t="s">
         <v>117</v>
       </c>
-      <c r="D46" s="28" t="s">
-        <v>120</v>
+      <c r="D46" s="28">
+        <v>50269232</v>
       </c>
       <c r="E46" s="27" t="s">
         <v>26</v>
       </c>
       <c r="F46" s="29" t="s">
         <v>91</v>
       </c>
       <c r="G46" s="30" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="H46" s="27"/>
+        <v>118</v>
+      </c>
+      <c r="H46" s="27" t="s">
+        <v>85</v>
+      </c>
       <c r="I46" s="45"/>
       <c r="J46" s="36" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="K46" s="29">
         <v>220</v>
       </c>
       <c r="L46" s="31">
-        <v>159527</v>
+        <v>88907</v>
       </c>
       <c r="M46" s="31">
         <f>L46/K46</f>
-        <v>725.12272727272727</v>
+        <v>404.12272727272727</v>
       </c>
       <c r="N46" s="7"/>
       <c r="O46" s="9"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="7"/>
     </row>
     <row r="47" spans="1:18" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A47" s="1"/>
+      <c r="A47" s="6" t="e">
+        <f>A46+1</f>
+        <v>#REF!</v>
+      </c>
       <c r="C47" s="30" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="D47" s="28" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="E47" s="27" t="s">
         <v>26</v>
       </c>
       <c r="F47" s="29" t="s">
-        <v>61</v>
+        <v>91</v>
       </c>
       <c r="G47" s="30" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="H47" s="27"/>
-      <c r="I47" s="27"/>
+      <c r="I47" s="45"/>
       <c r="J47" s="36" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="K47" s="29">
         <v>220</v>
       </c>
       <c r="L47" s="31">
-        <f t="shared" ref="L47:L59" si="4">M47*K47</f>
-        <v>78916.2</v>
+        <v>159527</v>
       </c>
       <c r="M47" s="31">
-        <v>358.71</v>
-[...3 lines deleted...]
-      </c>
+        <f>L47/K47</f>
+        <v>725.12272727272727</v>
+      </c>
+      <c r="N47" s="7"/>
       <c r="O47" s="9"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="7"/>
     </row>
     <row r="48" spans="1:18" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A48" s="1"/>
       <c r="C48" s="30" t="s">
         <v>123</v>
       </c>
       <c r="D48" s="28" t="s">
         <v>124</v>
       </c>
       <c r="E48" s="27" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F48" s="29" t="s">
         <v>61</v>
       </c>
       <c r="G48" s="30" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="H48" s="27"/>
       <c r="I48" s="27"/>
       <c r="J48" s="36" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="K48" s="29">
-        <v>365</v>
+        <v>220</v>
       </c>
       <c r="L48" s="31">
-        <f t="shared" si="4"/>
-        <v>265245.5</v>
+        <f t="shared" ref="L48:L60" si="4">M48*K48</f>
+        <v>78916.2</v>
       </c>
       <c r="M48" s="31">
-        <v>726.7</v>
+        <v>358.71</v>
       </c>
       <c r="N48" s="9">
         <v>45845</v>
       </c>
       <c r="O48" s="9"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="7"/>
     </row>
-    <row r="49" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B49" s="6"/>
+    <row r="49" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C49" s="30" t="s">
         <v>123</v>
       </c>
       <c r="D49" s="28" t="s">
         <v>124</v>
       </c>
       <c r="E49" s="27" t="s">
         <v>30</v>
       </c>
       <c r="F49" s="29" t="s">
         <v>61</v>
       </c>
       <c r="G49" s="30" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="H49" s="27"/>
       <c r="I49" s="27"/>
       <c r="J49" s="36" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="K49" s="29">
         <v>365</v>
       </c>
       <c r="L49" s="31">
         <f t="shared" si="4"/>
-        <v>380355.55</v>
+        <v>265245.5</v>
       </c>
       <c r="M49" s="31">
-        <v>1042.07</v>
+        <v>726.7</v>
       </c>
       <c r="N49" s="9">
         <v>45845</v>
       </c>
       <c r="O49" s="9"/>
       <c r="P49" s="15"/>
-    </row>
-[...4 lines deleted...]
-      </c>
+      <c r="Q49" s="7"/>
+    </row>
+    <row r="50" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A50" s="6"/>
+      <c r="B50" s="6"/>
       <c r="C50" s="30" t="s">
         <v>123</v>
       </c>
       <c r="D50" s="28" t="s">
         <v>124</v>
       </c>
       <c r="E50" s="27" t="s">
         <v>30</v>
       </c>
       <c r="F50" s="29" t="s">
         <v>61</v>
       </c>
       <c r="G50" s="30" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="H50" s="27"/>
       <c r="I50" s="27"/>
-      <c r="J50" s="43" t="s">
-        <v>132</v>
+      <c r="J50" s="36" t="s">
+        <v>130</v>
       </c>
       <c r="K50" s="29">
         <v>365</v>
       </c>
       <c r="L50" s="31">
         <f t="shared" si="4"/>
-        <v>399047.2</v>
+        <v>380355.55</v>
       </c>
       <c r="M50" s="31">
-        <v>1093.28</v>
+        <v>1042.07</v>
       </c>
       <c r="N50" s="9">
         <v>45845</v>
       </c>
       <c r="O50" s="9"/>
       <c r="P50" s="15"/>
-      <c r="Q50" s="7"/>
-[...1 lines deleted...]
-    <row r="51" spans="1:17" s="6" customFormat="1" ht="30.65" customHeight="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="51" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A51" s="6" t="e">
-        <f>A50+1</f>
+        <f>A47+1</f>
         <v>#REF!</v>
       </c>
       <c r="C51" s="30" t="s">
         <v>123</v>
       </c>
       <c r="D51" s="28" t="s">
         <v>124</v>
       </c>
       <c r="E51" s="27" t="s">
         <v>30</v>
       </c>
       <c r="F51" s="29" t="s">
         <v>61</v>
       </c>
       <c r="G51" s="30" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="H51" s="27"/>
       <c r="I51" s="27"/>
-      <c r="J51" s="40" t="s">
-        <v>134</v>
+      <c r="J51" s="43" t="s">
+        <v>132</v>
       </c>
       <c r="K51" s="29">
         <v>365</v>
       </c>
       <c r="L51" s="31">
         <f t="shared" si="4"/>
-        <v>418917.8</v>
+        <v>399047.2</v>
       </c>
       <c r="M51" s="31">
-        <v>1147.72</v>
+        <v>1093.28</v>
       </c>
       <c r="N51" s="9">
         <v>45845</v>
       </c>
       <c r="O51" s="9"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="7"/>
     </row>
-    <row r="52" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:17" s="6" customFormat="1" ht="30.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="6" t="e">
+        <f>A51+1</f>
+        <v>#REF!</v>
+      </c>
       <c r="C52" s="30" t="s">
         <v>123</v>
       </c>
       <c r="D52" s="28" t="s">
-        <v>135</v>
+        <v>124</v>
       </c>
       <c r="E52" s="27" t="s">
         <v>30</v>
       </c>
       <c r="F52" s="29" t="s">
         <v>61</v>
       </c>
       <c r="G52" s="30" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="H52" s="27"/>
       <c r="I52" s="27"/>
       <c r="J52" s="40" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="K52" s="29">
         <v>365</v>
       </c>
       <c r="L52" s="31">
         <f t="shared" si="4"/>
-        <v>297894.75</v>
+        <v>418917.8</v>
       </c>
       <c r="M52" s="31">
-        <v>816.15</v>
+        <v>1147.72</v>
       </c>
       <c r="N52" s="9">
         <v>45845</v>
       </c>
-      <c r="O52" s="9">
-[...4 lines deleted...]
-      </c>
+      <c r="O52" s="9"/>
+      <c r="P52" s="15"/>
       <c r="Q52" s="7"/>
     </row>
     <row r="53" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A53" s="6" t="e">
-[...2 lines deleted...]
-      </c>
       <c r="C53" s="30" t="s">
         <v>123</v>
       </c>
       <c r="D53" s="28" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="E53" s="27" t="s">
         <v>30</v>
       </c>
       <c r="F53" s="29" t="s">
         <v>61</v>
       </c>
       <c r="G53" s="30" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="H53" s="27"/>
       <c r="I53" s="27"/>
-      <c r="J53" s="43" t="s">
-        <v>188</v>
+      <c r="J53" s="40" t="s">
+        <v>137</v>
       </c>
       <c r="K53" s="29">
-        <v>220</v>
+        <v>365</v>
       </c>
       <c r="L53" s="31">
         <f t="shared" si="4"/>
-        <v>85549.2</v>
+        <v>297894.75</v>
       </c>
       <c r="M53" s="31">
-        <v>388.86</v>
+        <v>816.15</v>
       </c>
       <c r="N53" s="9">
         <v>45845</v>
       </c>
       <c r="O53" s="9">
         <v>44432</v>
       </c>
       <c r="P53" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q53" s="7"/>
     </row>
     <row r="54" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A54" s="6" t="e">
         <f>#REF!+1</f>
         <v>#REF!</v>
       </c>
       <c r="C54" s="30" t="s">
         <v>123</v>
       </c>
       <c r="D54" s="28" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="E54" s="27" t="s">
         <v>30</v>
       </c>
       <c r="F54" s="29" t="s">
         <v>61</v>
       </c>
       <c r="G54" s="30" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H54" s="27"/>
       <c r="I54" s="27"/>
-      <c r="J54" s="40" t="s">
-        <v>142</v>
+      <c r="J54" s="43" t="s">
+        <v>188</v>
       </c>
       <c r="K54" s="29">
-        <v>365</v>
+        <v>220</v>
       </c>
       <c r="L54" s="31">
         <f t="shared" si="4"/>
-        <v>314513.19999999995</v>
+        <v>85549.2</v>
       </c>
       <c r="M54" s="31">
-        <v>861.68</v>
+        <v>388.86</v>
       </c>
       <c r="N54" s="9">
         <v>45845</v>
       </c>
       <c r="O54" s="9">
-        <v>44513</v>
+        <v>44432</v>
       </c>
       <c r="P54" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q54" s="7"/>
     </row>
     <row r="55" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A55" s="6" t="e">
-        <f>A54+1</f>
+        <f>#REF!+1</f>
         <v>#REF!</v>
       </c>
       <c r="C55" s="30" t="s">
         <v>123</v>
       </c>
       <c r="D55" s="28" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="E55" s="27" t="s">
         <v>30</v>
       </c>
       <c r="F55" s="29" t="s">
         <v>61</v>
       </c>
       <c r="G55" s="30" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="H55" s="27"/>
       <c r="I55" s="27"/>
-      <c r="J55" s="36" t="s">
-        <v>144</v>
+      <c r="J55" s="40" t="s">
+        <v>142</v>
       </c>
       <c r="K55" s="29">
         <v>365</v>
       </c>
       <c r="L55" s="31">
         <f t="shared" si="4"/>
-        <v>328116.75</v>
+        <v>314513.19999999995</v>
       </c>
       <c r="M55" s="31">
-        <v>898.95</v>
+        <v>861.68</v>
       </c>
       <c r="N55" s="9">
         <v>45845</v>
       </c>
       <c r="O55" s="9">
         <v>44513</v>
       </c>
       <c r="P55" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q55" s="7"/>
     </row>
     <row r="56" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A56" s="6" t="e">
+        <f>A55+1</f>
+        <v>#REF!</v>
+      </c>
       <c r="C56" s="30" t="s">
         <v>123</v>
       </c>
       <c r="D56" s="28" t="s">
         <v>124</v>
       </c>
       <c r="E56" s="27" t="s">
         <v>30</v>
       </c>
       <c r="F56" s="29" t="s">
         <v>61</v>
       </c>
       <c r="G56" s="30" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="H56" s="27"/>
       <c r="I56" s="27"/>
       <c r="J56" s="36" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="K56" s="29">
         <v>365</v>
       </c>
       <c r="L56" s="31">
         <f t="shared" si="4"/>
-        <v>303818.7</v>
+        <v>328116.75</v>
       </c>
       <c r="M56" s="31">
-        <v>832.38</v>
+        <v>898.95</v>
       </c>
       <c r="N56" s="9">
         <v>45845</v>
       </c>
       <c r="O56" s="9">
-        <v>44407</v>
+        <v>44513</v>
       </c>
       <c r="P56" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q56" s="7"/>
     </row>
     <row r="57" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A57" s="6" t="e">
-[...2 lines deleted...]
-      </c>
       <c r="C57" s="30" t="s">
         <v>123</v>
       </c>
-      <c r="D57" s="28"/>
+      <c r="D57" s="28" t="s">
+        <v>124</v>
+      </c>
       <c r="E57" s="27" t="s">
         <v>30</v>
       </c>
       <c r="F57" s="29" t="s">
         <v>61</v>
       </c>
       <c r="G57" s="30" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="H57" s="27"/>
       <c r="I57" s="27"/>
-      <c r="J57" s="72" t="s">
-        <v>189</v>
+      <c r="J57" s="36" t="s">
+        <v>146</v>
       </c>
       <c r="K57" s="29">
         <v>365</v>
       </c>
       <c r="L57" s="31">
         <f t="shared" si="4"/>
-        <v>341373.55</v>
+        <v>303818.7</v>
       </c>
       <c r="M57" s="31">
-        <v>935.27</v>
+        <v>832.38</v>
       </c>
       <c r="N57" s="9">
         <v>45845</v>
       </c>
       <c r="O57" s="9">
         <v>44407</v>
       </c>
       <c r="P57" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q57" s="7"/>
     </row>
-    <row r="58" spans="1:17" s="6" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A58" s="6" t="e">
+        <f>A56+1</f>
+        <v>#REF!</v>
+      </c>
       <c r="C58" s="30" t="s">
         <v>123</v>
       </c>
-      <c r="D58" s="28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D58" s="28"/>
       <c r="E58" s="27" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F58" s="29" t="s">
         <v>61</v>
       </c>
       <c r="G58" s="30" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="H58" s="27"/>
       <c r="I58" s="27"/>
-      <c r="J58" s="36" t="s">
-        <v>149</v>
+      <c r="J58" s="72" t="s">
+        <v>189</v>
       </c>
       <c r="K58" s="29">
-        <v>220</v>
+        <v>365</v>
       </c>
       <c r="L58" s="31">
         <f t="shared" si="4"/>
-        <v>80555.200000000012</v>
+        <v>341373.55</v>
       </c>
       <c r="M58" s="31">
-        <v>366.16</v>
+        <v>935.27</v>
       </c>
       <c r="N58" s="9">
         <v>45845</v>
       </c>
-      <c r="O58" s="14">
-        <v>45107</v>
+      <c r="O58" s="9">
+        <v>44407</v>
       </c>
       <c r="P58" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q58" s="7"/>
     </row>
-    <row r="59" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:17" s="6" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="C59" s="30" t="s">
         <v>123</v>
       </c>
       <c r="D59" s="28" t="s">
-        <v>135</v>
+        <v>124</v>
       </c>
       <c r="E59" s="27" t="s">
         <v>26</v>
       </c>
       <c r="F59" s="29" t="s">
         <v>61</v>
       </c>
       <c r="G59" s="30" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="H59" s="27"/>
       <c r="I59" s="27"/>
-      <c r="J59" s="72" t="s">
-        <v>190</v>
+      <c r="J59" s="36" t="s">
+        <v>149</v>
       </c>
       <c r="K59" s="29">
         <v>220</v>
       </c>
       <c r="L59" s="31">
         <f t="shared" si="4"/>
-        <v>85549.2</v>
+        <v>80555.200000000012</v>
       </c>
       <c r="M59" s="31">
-        <v>388.86</v>
+        <v>366.16</v>
       </c>
       <c r="N59" s="9">
         <v>45845</v>
       </c>
       <c r="O59" s="14">
         <v>45107</v>
       </c>
       <c r="P59" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q59" s="7"/>
     </row>
-    <row r="60" spans="1:17" s="6" customFormat="1" ht="29" x14ac:dyDescent="0.35">
-      <c r="A60" s="6" t="e">
+    <row r="60" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="C60" s="30" t="s">
+        <v>123</v>
+      </c>
+      <c r="D60" s="28" t="s">
+        <v>135</v>
+      </c>
+      <c r="E60" s="27" t="s">
+        <v>26</v>
+      </c>
+      <c r="F60" s="29" t="s">
+        <v>61</v>
+      </c>
+      <c r="G60" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="H60" s="27"/>
+      <c r="I60" s="27"/>
+      <c r="J60" s="72" t="s">
+        <v>190</v>
+      </c>
+      <c r="K60" s="29">
+        <v>220</v>
+      </c>
+      <c r="L60" s="31">
+        <f t="shared" si="4"/>
+        <v>85549.2</v>
+      </c>
+      <c r="M60" s="31">
+        <v>388.86</v>
+      </c>
+      <c r="N60" s="9">
+        <v>45845</v>
+      </c>
+      <c r="O60" s="14">
+        <v>45107</v>
+      </c>
+      <c r="P60" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q60" s="7"/>
+    </row>
+    <row r="61" spans="1:17" s="6" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A61" s="6" t="e">
         <f>#REF!+1</f>
         <v>#REF!</v>
       </c>
-      <c r="C60" s="30" t="s">
+      <c r="C61" s="30" t="s">
         <v>191</v>
       </c>
-      <c r="D60" s="33" t="s">
+      <c r="D61" s="33" t="s">
         <v>151</v>
-      </c>
-[...45 lines deleted...]
-        <v>884279377</v>
       </c>
       <c r="E61" s="27" t="s">
         <v>26</v>
       </c>
       <c r="F61" s="29" t="s">
-        <v>61</v>
-[...6 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="G61" s="30" t="s">
+        <v>152</v>
+      </c>
+      <c r="H61" s="27"/>
       <c r="I61" s="45"/>
       <c r="J61" s="36" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="K61" s="29">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="L61" s="31">
-        <v>122583</v>
+        <v>123933.98</v>
       </c>
       <c r="M61" s="31">
         <f>L61/K61</f>
-        <v>557.1954545454546</v>
-[...1 lines deleted...]
-      <c r="N61" s="58"/>
+        <v>560.78723981900453</v>
+      </c>
+      <c r="N61" s="38">
+        <v>45901</v>
+      </c>
       <c r="O61" s="14">
         <v>45107</v>
       </c>
       <c r="P61" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q61" s="7"/>
     </row>
-    <row r="62" spans="1:17" s="6" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:17" s="6" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A62" s="39" t="e">
-        <f>#REF!+1</f>
+        <f>A61+1</f>
         <v>#REF!</v>
       </c>
       <c r="B62" s="39"/>
       <c r="C62" s="30" t="s">
         <v>154</v>
       </c>
       <c r="D62" s="28">
         <v>884279377</v>
       </c>
       <c r="E62" s="27" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F62" s="29" t="s">
         <v>61</v>
       </c>
-      <c r="G62" s="35" t="s">
-        <v>158</v>
+      <c r="G62" s="34" t="s">
+        <v>155</v>
       </c>
       <c r="H62" s="27" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="I62" s="45"/>
       <c r="J62" s="36" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="K62" s="29">
-        <v>365</v>
+        <v>220</v>
       </c>
       <c r="L62" s="31">
-        <v>299864</v>
+        <v>122583</v>
       </c>
       <c r="M62" s="31">
         <f>L62/K62</f>
-        <v>821.54520547945208</v>
+        <v>557.1954545454546</v>
       </c>
       <c r="N62" s="58"/>
       <c r="O62" s="14">
         <v>45107</v>
       </c>
       <c r="P62" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q62" s="7"/>
     </row>
     <row r="63" spans="1:17" s="6" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A63" s="39" t="e">
         <f>#REF!+1</f>
         <v>#REF!</v>
       </c>
       <c r="B63" s="39"/>
-      <c r="C63" s="26" t="s">
-[...14 lines deleted...]
-      <c r="H63" s="27"/>
+      <c r="C63" s="30" t="s">
+        <v>154</v>
+      </c>
+      <c r="D63" s="28">
+        <v>884279377</v>
+      </c>
+      <c r="E63" s="27" t="s">
+        <v>30</v>
+      </c>
+      <c r="F63" s="29" t="s">
+        <v>61</v>
+      </c>
+      <c r="G63" s="35" t="s">
+        <v>158</v>
+      </c>
+      <c r="H63" s="27" t="s">
+        <v>159</v>
+      </c>
       <c r="I63" s="45"/>
       <c r="J63" s="36" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>229</v>
+        <v>160</v>
+      </c>
+      <c r="K63" s="29">
+        <v>365</v>
       </c>
       <c r="L63" s="31">
-        <f>K63*M63</f>
-        <v>117964.77</v>
+        <v>299864</v>
       </c>
       <c r="M63" s="31">
-        <v>515.13</v>
+        <f>L63/K63</f>
+        <v>821.54520547945208</v>
       </c>
       <c r="N63" s="58"/>
       <c r="O63" s="14">
         <v>45107</v>
       </c>
       <c r="P63" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q63" s="7"/>
     </row>
-    <row r="64" spans="1:17" s="6" customFormat="1" ht="29" x14ac:dyDescent="0.35">
-      <c r="A64" s="39"/>
+    <row r="64" spans="1:17" s="6" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A64" s="39" t="e">
+        <f>#REF!+1</f>
+        <v>#REF!</v>
+      </c>
       <c r="B64" s="39"/>
-      <c r="C64" s="30" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="C64" s="26" t="s">
+        <v>161</v>
+      </c>
+      <c r="D64" s="36">
+        <v>61023016</v>
+      </c>
+      <c r="E64" s="36" t="s">
+        <v>26</v>
+      </c>
+      <c r="F64" s="37" t="s">
+        <v>27</v>
+      </c>
+      <c r="G64" s="26" t="s">
+        <v>192</v>
+      </c>
+      <c r="H64" s="27"/>
       <c r="I64" s="45"/>
       <c r="J64" s="36" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>365</v>
+        <v>162</v>
+      </c>
+      <c r="K64" s="37">
+        <v>229</v>
       </c>
       <c r="L64" s="31">
-        <f>L66+L65</f>
-        <v>327809.23</v>
+        <f>K64*M64</f>
+        <v>117964.77</v>
       </c>
       <c r="M64" s="31">
-        <f>L64/K64</f>
-        <v>898.10747945205469</v>
+        <v>515.13</v>
       </c>
       <c r="N64" s="58"/>
       <c r="O64" s="14">
         <v>45107</v>
       </c>
       <c r="P64" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q64" s="7"/>
     </row>
-    <row r="65" spans="1:17" s="6" customFormat="1" ht="29.5" x14ac:dyDescent="0.4">
+    <row r="65" spans="1:17" s="6" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A65" s="39"/>
       <c r="B65" s="39"/>
       <c r="C65" s="30" t="s">
         <v>163</v>
       </c>
       <c r="D65" s="53">
         <v>20433267</v>
       </c>
       <c r="E65" s="27" t="s">
-        <v>43</v>
+        <v>164</v>
       </c>
       <c r="F65" s="29" t="s">
         <v>61</v>
       </c>
       <c r="G65" s="30" t="s">
         <v>165</v>
       </c>
-      <c r="H65" s="27"/>
+      <c r="H65" s="27" t="s">
+        <v>166</v>
+      </c>
       <c r="I65" s="45"/>
-      <c r="J65" s="71">
-        <v>9500699</v>
+      <c r="J65" s="36" t="s">
+        <v>167</v>
       </c>
       <c r="K65" s="29">
         <v>365</v>
       </c>
       <c r="L65" s="31">
-        <f>M65*K65</f>
-        <v>238312.15</v>
+        <f>L67+L66</f>
+        <v>327809.23</v>
       </c>
       <c r="M65" s="31">
-        <v>652.91</v>
+        <f>L65/K65</f>
+        <v>898.10747945205469</v>
       </c>
       <c r="N65" s="58"/>
       <c r="O65" s="14">
         <v>45107</v>
       </c>
       <c r="P65" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q65" s="7"/>
     </row>
-    <row r="66" spans="1:17" s="6" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      </c>
+    <row r="66" spans="1:17" s="6" customFormat="1" ht="29.5" x14ac:dyDescent="0.4">
+      <c r="A66" s="39"/>
       <c r="B66" s="39"/>
       <c r="C66" s="30" t="s">
         <v>163</v>
       </c>
       <c r="D66" s="53">
         <v>20433267</v>
       </c>
       <c r="E66" s="27" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="F66" s="29" t="s">
         <v>61</v>
       </c>
       <c r="G66" s="30" t="s">
         <v>165</v>
       </c>
       <c r="H66" s="27"/>
       <c r="I66" s="45"/>
-      <c r="J66" s="36" t="s">
-        <v>168</v>
+      <c r="J66" s="71">
+        <v>9500699</v>
       </c>
       <c r="K66" s="29">
-        <v>222</v>
+        <v>365</v>
       </c>
       <c r="L66" s="31">
-        <v>89497.08</v>
+        <f>M66*K66</f>
+        <v>238312.15</v>
       </c>
       <c r="M66" s="31">
-        <f>L66/K66</f>
-        <v>403.14</v>
+        <v>652.91</v>
       </c>
       <c r="N66" s="58"/>
       <c r="O66" s="14">
         <v>45107</v>
       </c>
       <c r="P66" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q66" s="7"/>
     </row>
-    <row r="67" spans="1:17" s="6" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <f>A66+1</f>
+    <row r="67" spans="1:17" s="6" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A67" s="39" t="e">
+        <f>A64+1</f>
         <v>#REF!</v>
       </c>
+      <c r="B67" s="39"/>
       <c r="C67" s="30" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>163</v>
+      </c>
+      <c r="D67" s="53">
+        <v>20433267</v>
       </c>
       <c r="E67" s="27" t="s">
         <v>26</v>
       </c>
       <c r="F67" s="29" t="s">
-        <v>91</v>
+        <v>61</v>
       </c>
       <c r="G67" s="30" t="s">
-        <v>169</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="H67" s="27"/>
       <c r="I67" s="45"/>
       <c r="J67" s="36" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="K67" s="29">
-        <v>164</v>
+        <v>222</v>
       </c>
       <c r="L67" s="31">
-        <v>72500</v>
+        <v>89497.08</v>
       </c>
       <c r="M67" s="31">
         <f>L67/K67</f>
-        <v>442.07317073170731</v>
+        <v>403.14</v>
       </c>
       <c r="N67" s="58"/>
-      <c r="O67" s="9">
-        <v>45015</v>
+      <c r="O67" s="14">
+        <v>45107</v>
       </c>
       <c r="P67" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q67" s="7"/>
     </row>
-    <row r="68" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:17" s="6" customFormat="1" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A68" s="10" t="e">
         <f>A67+1</f>
         <v>#REF!</v>
       </c>
       <c r="C68" s="30" t="s">
         <v>169</v>
       </c>
       <c r="D68" s="28" t="s">
         <v>170</v>
       </c>
       <c r="E68" s="27" t="s">
-        <v>172</v>
+        <v>26</v>
       </c>
       <c r="F68" s="29" t="s">
         <v>91</v>
       </c>
       <c r="G68" s="30" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="H68" s="54"/>
+        <v>169</v>
+      </c>
+      <c r="H68" s="27" t="s">
+        <v>85</v>
+      </c>
       <c r="I68" s="45"/>
       <c r="J68" s="36" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="K68" s="29">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>6900</v>
+        <v>164</v>
+      </c>
+      <c r="L68" s="31">
+        <v>72500</v>
       </c>
       <c r="M68" s="31">
         <f>L68/K68</f>
-        <v>345</v>
+        <v>442.07317073170731</v>
       </c>
       <c r="N68" s="58"/>
       <c r="O68" s="9">
         <v>45015</v>
       </c>
       <c r="P68" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q68" s="7"/>
     </row>
     <row r="69" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A69" s="10"/>
-[...1 lines deleted...]
-        <v>175</v>
+      <c r="A69" s="10" t="e">
+        <f>A68+1</f>
+        <v>#REF!</v>
       </c>
       <c r="C69" s="30" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="D69" s="28" t="s">
-        <v>139</v>
+        <v>170</v>
       </c>
       <c r="E69" s="27" t="s">
-        <v>30</v>
+        <v>172</v>
       </c>
       <c r="F69" s="29" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="G69" s="30" t="s">
-        <v>177</v>
-[...4 lines deleted...]
-        <v>178</v>
+        <v>173</v>
+      </c>
+      <c r="H69" s="54"/>
+      <c r="I69" s="45"/>
+      <c r="J69" s="36" t="s">
+        <v>174</v>
       </c>
       <c r="K69" s="29">
-        <v>365</v>
-[...3 lines deleted...]
-        <v>337347.6</v>
+        <v>20</v>
+      </c>
+      <c r="L69" s="55">
+        <v>6900</v>
       </c>
       <c r="M69" s="31">
-        <v>924.24</v>
+        <f>L69/K69</f>
+        <v>345</v>
       </c>
       <c r="N69" s="58"/>
-      <c r="O69" s="14">
-        <v>44742</v>
+      <c r="O69" s="9">
+        <v>45015</v>
       </c>
       <c r="P69" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q69" s="7"/>
     </row>
     <row r="70" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="A70" s="16" t="e">
-[...1 lines deleted...]
-        <v>#REF!</v>
+      <c r="A70" s="10"/>
+      <c r="B70" s="6" t="s">
+        <v>175</v>
       </c>
       <c r="C70" s="30" t="s">
         <v>176</v>
       </c>
       <c r="D70" s="28" t="s">
         <v>139</v>
       </c>
       <c r="E70" s="27" t="s">
         <v>30</v>
       </c>
       <c r="F70" s="29" t="s">
         <v>83</v>
       </c>
       <c r="G70" s="30" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="H70" s="27"/>
       <c r="I70" s="27"/>
       <c r="J70" s="43" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="K70" s="29">
         <v>365</v>
       </c>
       <c r="L70" s="31">
         <f>M70*K70</f>
-        <v>222471.15</v>
+        <v>337347.6</v>
       </c>
       <c r="M70" s="31">
-        <v>609.51</v>
-[...2 lines deleted...]
-      <c r="O70" s="17"/>
+        <v>924.24</v>
+      </c>
+      <c r="N70" s="58"/>
+      <c r="O70" s="14">
+        <v>44742</v>
+      </c>
       <c r="P70" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q70" s="7"/>
     </row>
     <row r="71" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A71" s="16" t="e">
-        <f>#REF!+1</f>
+        <f>A64+1</f>
         <v>#REF!</v>
       </c>
       <c r="C71" s="30" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>222580920</v>
+        <v>176</v>
+      </c>
+      <c r="D71" s="28" t="s">
+        <v>139</v>
       </c>
       <c r="E71" s="27" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F71" s="29" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="G71" s="30" t="s">
-        <v>182</v>
-[...8 lines deleted...]
-        <v>183</v>
+        <v>179</v>
+      </c>
+      <c r="H71" s="27"/>
+      <c r="I71" s="27"/>
+      <c r="J71" s="43" t="s">
+        <v>180</v>
       </c>
       <c r="K71" s="29">
-        <v>180</v>
+        <v>365</v>
       </c>
       <c r="L71" s="31">
-        <v>67516.2</v>
+        <f>M71*K71</f>
+        <v>222471.15</v>
       </c>
       <c r="M71" s="31">
-        <f>L71/K71</f>
-        <v>375.09</v>
+        <v>609.51</v>
       </c>
       <c r="N71" s="7"/>
       <c r="O71" s="17"/>
       <c r="P71" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q71" s="7"/>
     </row>
     <row r="72" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
-      <c r="B72" s="6" t="s">
-        <v>175</v>
+      <c r="A72" s="16" t="e">
+        <f>#REF!+1</f>
+        <v>#REF!</v>
       </c>
       <c r="C72" s="30" t="s">
         <v>181</v>
       </c>
       <c r="D72" s="28">
         <v>222580920</v>
       </c>
       <c r="E72" s="27" t="s">
         <v>26</v>
       </c>
       <c r="F72" s="29" t="s">
         <v>61</v>
       </c>
       <c r="G72" s="30" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="H72" s="27" t="s">
         <v>85</v>
       </c>
       <c r="I72" s="45">
         <v>41090</v>
       </c>
       <c r="J72" s="36" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="K72" s="29">
-        <v>16</v>
+        <v>180</v>
       </c>
       <c r="L72" s="31">
-        <v>2934.56</v>
+        <v>67516.2</v>
       </c>
       <c r="M72" s="31">
         <f>L72/K72</f>
-        <v>183.41</v>
-[...3 lines deleted...]
-      <c r="P72" s="14"/>
+        <v>375.09</v>
+      </c>
+      <c r="N72" s="7"/>
+      <c r="O72" s="17"/>
+      <c r="P72" s="15" t="s">
+        <v>138</v>
+      </c>
       <c r="Q72" s="7"/>
     </row>
-    <row r="73" spans="1:17" s="6" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="B73" s="6" t="s">
         <v>175</v>
       </c>
-      <c r="C73" s="11" t="s">
-[...3 lines deleted...]
-      <c r="N73" s="58"/>
+      <c r="C73" s="30" t="s">
+        <v>181</v>
+      </c>
+      <c r="D73" s="28">
+        <v>222580920</v>
+      </c>
+      <c r="E73" s="27" t="s">
+        <v>26</v>
+      </c>
+      <c r="F73" s="29" t="s">
+        <v>61</v>
+      </c>
+      <c r="G73" s="30" t="s">
+        <v>172</v>
+      </c>
+      <c r="H73" s="27" t="s">
+        <v>85</v>
+      </c>
+      <c r="I73" s="45">
+        <v>41090</v>
+      </c>
+      <c r="J73" s="36" t="s">
+        <v>184</v>
+      </c>
+      <c r="K73" s="29">
+        <v>16</v>
+      </c>
+      <c r="L73" s="31">
+        <v>2934.56</v>
+      </c>
+      <c r="M73" s="31">
+        <f>L73/K73</f>
+        <v>183.41</v>
+      </c>
+      <c r="N73" s="9"/>
       <c r="O73" s="9"/>
       <c r="P73" s="14"/>
       <c r="Q73" s="7"/>
     </row>
-    <row r="74" spans="1:17" s="6" customFormat="1" ht="32.15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A74" s="6" t="e">
+    <row r="74" spans="1:17" s="6" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="B74" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="C74" s="11" t="s">
+        <v>185</v>
+      </c>
+      <c r="F74" s="7"/>
+      <c r="N74" s="58"/>
+      <c r="O74" s="9"/>
+      <c r="P74" s="14"/>
+      <c r="Q74" s="7"/>
+    </row>
+    <row r="75" spans="1:17" s="6" customFormat="1" ht="32.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A75" s="6" t="e">
         <f>#REF!+1</f>
         <v>#REF!</v>
       </c>
-      <c r="C74" s="11" t="s">
+      <c r="C75" s="11" t="s">
         <v>186</v>
       </c>
-      <c r="F74" s="7"/>
-[...1 lines deleted...]
-      <c r="O74" s="14">
+      <c r="F75" s="7"/>
+      <c r="N75" s="58"/>
+      <c r="O75" s="14">
         <v>45473</v>
       </c>
-      <c r="P74" s="9" t="s">
+      <c r="P75" s="9" t="s">
         <v>187</v>
       </c>
     </row>
-    <row r="75" spans="1:17" s="6" customFormat="1" ht="36.65" customHeight="1" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-    <row r="76" spans="1:17" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:17" s="6" customFormat="1" ht="36.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C76" s="11"/>
       <c r="F76" s="7"/>
       <c r="N76" s="9"/>
       <c r="O76" s="14"/>
-      <c r="P76" s="9" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="P76" s="9"/>
+    </row>
+    <row r="77" spans="1:17" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C77" s="11"/>
       <c r="F77" s="7"/>
       <c r="N77" s="9"/>
-      <c r="O77" s="14">
-[...6 lines deleted...]
-    <row r="78" spans="1:17" s="6" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="O77" s="14"/>
+      <c r="P77" s="9" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="78" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A78" s="6" t="e">
+        <f>A75+1</f>
+        <v>#REF!</v>
+      </c>
       <c r="C78" s="11"/>
       <c r="F78" s="7"/>
       <c r="N78" s="9"/>
       <c r="O78" s="14">
         <v>45473</v>
       </c>
       <c r="P78" s="15" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="79" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:17" s="6" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C79" s="11"/>
       <c r="F79" s="7"/>
       <c r="N79" s="9"/>
-      <c r="O79" s="7"/>
+      <c r="O79" s="14">
+        <v>45473</v>
+      </c>
+      <c r="P79" s="15" t="s">
+        <v>138</v>
+      </c>
     </row>
     <row r="80" spans="1:17" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C80" s="11"/>
       <c r="F80" s="7"/>
       <c r="N80" s="9"/>
       <c r="O80" s="7"/>
     </row>
     <row r="81" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C81" s="11"/>
       <c r="F81" s="7"/>
-      <c r="N81" s="7"/>
+      <c r="N81" s="9"/>
       <c r="O81" s="7"/>
     </row>
     <row r="82" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C82" s="11"/>
       <c r="F82" s="7"/>
       <c r="N82" s="7"/>
       <c r="O82" s="7"/>
     </row>
     <row r="83" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C83" s="11"/>
       <c r="F83" s="7"/>
       <c r="N83" s="7"/>
       <c r="O83" s="7"/>
     </row>
     <row r="84" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C84" s="11"/>
       <c r="F84" s="7"/>
       <c r="N84" s="7"/>
       <c r="O84" s="7"/>
     </row>
     <row r="85" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C85" s="11"/>
       <c r="F85" s="7"/>
       <c r="N85" s="7"/>
       <c r="O85" s="7"/>
     </row>
     <row r="86" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C86" s="11"/>
       <c r="F86" s="7"/>
       <c r="N86" s="7"/>
       <c r="O86" s="7"/>
     </row>
     <row r="87" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C87" s="11"/>
       <c r="F87" s="7"/>
-      <c r="N87" s="9"/>
+      <c r="N87" s="7"/>
       <c r="O87" s="7"/>
     </row>
     <row r="88" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C88" s="11"/>
       <c r="F88" s="7"/>
-      <c r="N88" s="7"/>
+      <c r="N88" s="9"/>
       <c r="O88" s="7"/>
     </row>
     <row r="89" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C89" s="11"/>
       <c r="F89" s="7"/>
       <c r="N89" s="7"/>
       <c r="O89" s="7"/>
     </row>
     <row r="90" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C90" s="11"/>
       <c r="F90" s="7"/>
       <c r="N90" s="7"/>
       <c r="O90" s="7"/>
     </row>
     <row r="91" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C91" s="11"/>
       <c r="F91" s="7"/>
       <c r="N91" s="7"/>
       <c r="O91" s="7"/>
     </row>
     <row r="92" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C92" s="11"/>
       <c r="F92" s="7"/>
       <c r="N92" s="7"/>
       <c r="O92" s="7"/>
     </row>
     <row r="93" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C93" s="11"/>
       <c r="F93" s="7"/>
       <c r="N93" s="7"/>
       <c r="O93" s="7"/>
     </row>
     <row r="94" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C94" s="11"/>
       <c r="F94" s="7"/>
-      <c r="N94" s="9"/>
+      <c r="N94" s="7"/>
       <c r="O94" s="7"/>
     </row>
     <row r="95" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C95" s="11"/>
       <c r="F95" s="7"/>
       <c r="N95" s="9"/>
       <c r="O95" s="7"/>
     </row>
     <row r="96" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C96" s="11"/>
       <c r="F96" s="7"/>
       <c r="N96" s="9"/>
       <c r="O96" s="7"/>
     </row>
     <row r="97" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C97" s="11"/>
       <c r="F97" s="7"/>
       <c r="N97" s="9"/>
       <c r="O97" s="7"/>
     </row>
     <row r="98" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C98" s="11"/>
       <c r="F98" s="7"/>
       <c r="N98" s="9"/>
       <c r="O98" s="7"/>
     </row>
     <row r="99" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C99" s="11"/>
       <c r="F99" s="7"/>
-      <c r="N99" s="7"/>
+      <c r="N99" s="9"/>
       <c r="O99" s="7"/>
     </row>
     <row r="100" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C100" s="11"/>
       <c r="F100" s="7"/>
       <c r="N100" s="7"/>
       <c r="O100" s="7"/>
     </row>
     <row r="101" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C101" s="11"/>
-      <c r="D101" s="8"/>
-      <c r="E101" s="11"/>
       <c r="F101" s="7"/>
-      <c r="G101" s="18"/>
-[...5 lines deleted...]
-      <c r="M101" s="7"/>
       <c r="N101" s="7"/>
       <c r="O101" s="7"/>
     </row>
     <row r="102" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C102" s="11"/>
       <c r="D102" s="8"/>
       <c r="E102" s="11"/>
       <c r="F102" s="7"/>
       <c r="G102" s="18"/>
       <c r="H102" s="19"/>
       <c r="I102" s="7"/>
       <c r="J102" s="8"/>
       <c r="K102" s="7"/>
       <c r="L102" s="20"/>
       <c r="M102" s="7"/>
       <c r="N102" s="7"/>
       <c r="O102" s="7"/>
     </row>
     <row r="103" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C103" s="11"/>
       <c r="D103" s="8"/>
+      <c r="E103" s="11"/>
       <c r="F103" s="7"/>
-      <c r="G103" s="11"/>
+      <c r="G103" s="18"/>
       <c r="H103" s="19"/>
       <c r="I103" s="7"/>
       <c r="J103" s="8"/>
       <c r="K103" s="7"/>
       <c r="L103" s="20"/>
       <c r="M103" s="7"/>
       <c r="N103" s="7"/>
       <c r="O103" s="7"/>
     </row>
     <row r="104" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C104" s="11"/>
       <c r="D104" s="8"/>
       <c r="F104" s="7"/>
       <c r="G104" s="11"/>
       <c r="H104" s="19"/>
       <c r="I104" s="7"/>
       <c r="J104" s="8"/>
       <c r="K104" s="7"/>
       <c r="L104" s="20"/>
       <c r="M104" s="7"/>
       <c r="N104" s="7"/>
       <c r="O104" s="7"/>
     </row>
     <row r="105" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C105" s="11"/>
@@ -5744,50 +5771,51 @@
       <c r="O108" s="7"/>
     </row>
     <row r="109" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C109" s="11"/>
       <c r="D109" s="8"/>
       <c r="F109" s="7"/>
       <c r="G109" s="11"/>
       <c r="H109" s="19"/>
       <c r="I109" s="7"/>
       <c r="J109" s="8"/>
       <c r="K109" s="7"/>
       <c r="L109" s="20"/>
       <c r="M109" s="7"/>
       <c r="N109" s="7"/>
       <c r="O109" s="7"/>
     </row>
     <row r="110" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C110" s="11"/>
       <c r="D110" s="8"/>
       <c r="F110" s="7"/>
       <c r="G110" s="11"/>
       <c r="H110" s="19"/>
       <c r="I110" s="7"/>
       <c r="J110" s="8"/>
       <c r="K110" s="7"/>
+      <c r="L110" s="20"/>
       <c r="M110" s="7"/>
       <c r="N110" s="7"/>
       <c r="O110" s="7"/>
     </row>
     <row r="111" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C111" s="11"/>
       <c r="D111" s="8"/>
       <c r="F111" s="7"/>
       <c r="G111" s="11"/>
       <c r="H111" s="19"/>
       <c r="I111" s="7"/>
       <c r="J111" s="8"/>
       <c r="K111" s="7"/>
       <c r="M111" s="7"/>
       <c r="N111" s="7"/>
       <c r="O111" s="7"/>
     </row>
     <row r="112" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C112" s="11"/>
       <c r="D112" s="8"/>
       <c r="F112" s="7"/>
       <c r="G112" s="11"/>
       <c r="H112" s="19"/>
       <c r="I112" s="7"/>
       <c r="J112" s="8"/>
@@ -8049,81 +8077,90 @@
       <c r="C286" s="11"/>
       <c r="D286" s="8"/>
       <c r="F286" s="7"/>
       <c r="G286" s="11"/>
       <c r="H286" s="19"/>
       <c r="I286" s="7"/>
       <c r="J286" s="8"/>
       <c r="K286" s="7"/>
       <c r="M286" s="7"/>
       <c r="N286" s="7"/>
       <c r="O286" s="7"/>
     </row>
     <row r="287" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C287" s="11"/>
       <c r="D287" s="8"/>
       <c r="F287" s="7"/>
       <c r="G287" s="11"/>
       <c r="H287" s="19"/>
       <c r="I287" s="7"/>
       <c r="J287" s="8"/>
       <c r="K287" s="7"/>
       <c r="M287" s="7"/>
       <c r="N287" s="7"/>
       <c r="O287" s="7"/>
     </row>
-    <row r="288" spans="3:15" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="288" spans="3:15" s="6" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C288" s="11"/>
       <c r="D288" s="8"/>
-      <c r="E288" s="6"/>
       <c r="F288" s="7"/>
       <c r="G288" s="11"/>
       <c r="H288" s="19"/>
       <c r="I288" s="7"/>
       <c r="J288" s="8"/>
       <c r="K288" s="7"/>
-      <c r="L288" s="6"/>
       <c r="M288" s="7"/>
       <c r="N288" s="7"/>
+      <c r="O288" s="7"/>
     </row>
     <row r="289" spans="3:14" ht="14.5" x14ac:dyDescent="0.35">
       <c r="C289" s="11"/>
       <c r="D289" s="8"/>
       <c r="E289" s="6"/>
       <c r="F289" s="7"/>
       <c r="G289" s="11"/>
       <c r="H289" s="19"/>
       <c r="I289" s="7"/>
       <c r="J289" s="8"/>
       <c r="K289" s="7"/>
       <c r="L289" s="6"/>
       <c r="M289" s="7"/>
       <c r="N289" s="7"/>
     </row>
-    <row r="290" spans="3:14" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="M290" s="4"/>
+    <row r="290" spans="3:14" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="C290" s="11"/>
+      <c r="D290" s="8"/>
+      <c r="E290" s="6"/>
+      <c r="F290" s="7"/>
+      <c r="G290" s="11"/>
+      <c r="H290" s="19"/>
+      <c r="I290" s="7"/>
+      <c r="J290" s="8"/>
+      <c r="K290" s="7"/>
+      <c r="L290" s="6"/>
+      <c r="M290" s="7"/>
+      <c r="N290" s="7"/>
     </row>
     <row r="291" spans="3:14" x14ac:dyDescent="0.3">
       <c r="J291" s="2"/>
       <c r="M291" s="4"/>
     </row>
     <row r="292" spans="3:14" x14ac:dyDescent="0.3">
       <c r="J292" s="2"/>
       <c r="M292" s="4"/>
     </row>
     <row r="293" spans="3:14" x14ac:dyDescent="0.3">
       <c r="J293" s="2"/>
       <c r="M293" s="4"/>
     </row>
     <row r="294" spans="3:14" x14ac:dyDescent="0.3">
       <c r="J294" s="2"/>
       <c r="M294" s="4"/>
     </row>
     <row r="295" spans="3:14" x14ac:dyDescent="0.3">
       <c r="J295" s="2"/>
       <c r="M295" s="4"/>
     </row>
     <row r="296" spans="3:14" x14ac:dyDescent="0.3">
       <c r="J296" s="2"/>
       <c r="M296" s="4"/>
     </row>
@@ -8221,61 +8258,65 @@
     </row>
     <row r="320" spans="10:13" x14ac:dyDescent="0.3">
       <c r="J320" s="2"/>
       <c r="M320" s="4"/>
     </row>
     <row r="321" spans="10:13" x14ac:dyDescent="0.3">
       <c r="J321" s="2"/>
       <c r="M321" s="4"/>
     </row>
     <row r="322" spans="10:13" x14ac:dyDescent="0.3">
       <c r="J322" s="2"/>
       <c r="M322" s="4"/>
     </row>
     <row r="323" spans="10:13" x14ac:dyDescent="0.3">
       <c r="J323" s="2"/>
       <c r="M323" s="4"/>
     </row>
     <row r="324" spans="10:13" x14ac:dyDescent="0.3">
       <c r="J324" s="2"/>
       <c r="M324" s="4"/>
     </row>
     <row r="325" spans="10:13" x14ac:dyDescent="0.3">
       <c r="J325" s="2"/>
       <c r="M325" s="4"/>
     </row>
+    <row r="326" spans="10:13" x14ac:dyDescent="0.3">
+      <c r="J326" s="2"/>
+      <c r="M326" s="4"/>
+    </row>
   </sheetData>
-  <autoFilter ref="C9:M80" xr:uid="{C22FE767-1203-4375-BE2A-0D83AD65D4CD}"/>
+  <autoFilter ref="C9:M81" xr:uid="{C22FE767-1203-4375-BE2A-0D83AD65D4CD}"/>
   <mergeCells count="2">
     <mergeCell ref="L5:M5"/>
-    <mergeCell ref="L38:M38"/>
+    <mergeCell ref="L39:M39"/>
   </mergeCells>
   <phoneticPr fontId="9" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="64" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="40" max="16383" man="1"/>
+    <brk id="41" max="16383" man="1"/>
   </rowBreaks>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>