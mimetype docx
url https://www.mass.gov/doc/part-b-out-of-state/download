--- v0 (2025-11-01)
+++ v1 (2026-03-31)
@@ -1,1081 +1,706 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4D13015A" w14:textId="77777777" w:rsidR="000537DA" w:rsidRDefault="000537DA" w:rsidP="000F315B">
       <w:pPr>
         <w:framePr w:w="6926" w:hSpace="187" w:wrap="notBeside" w:vAnchor="page" w:hAnchor="page" w:x="2884" w:y="711"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk203127234"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>The Commonwealth of Massachusetts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D27BA80" w14:textId="77777777" w:rsidR="000537DA" w:rsidRDefault="000537DA" w:rsidP="000F315B">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2884" w:y="711"/>
       </w:pPr>
       <w:r>
         <w:t>Executive Office of Health and Human Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282AB46A" w14:textId="77777777" w:rsidR="000537DA" w:rsidRDefault="000537DA" w:rsidP="000F315B">
+    <w:p w14:paraId="2FE9E88A" w14:textId="635A6638" w:rsidR="00D76119" w:rsidRDefault="000537DA" w:rsidP="00D76119">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2884" w:y="711"/>
       </w:pPr>
       <w:r>
         <w:t>Department of Public Health</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0958205A" w14:textId="77777777" w:rsidR="006D06D9" w:rsidRDefault="000537DA" w:rsidP="000F315B">
+    <w:p w14:paraId="0958205A" w14:textId="77777777" w:rsidR="006D06D9" w:rsidRPr="00951305" w:rsidRDefault="000537DA" w:rsidP="000F315B">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2884" w:y="711"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00951305">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>250 Washington Street, Boston, MA 02108-4619</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14DDC802" w14:textId="4A70C274" w:rsidR="00BA4055" w:rsidRDefault="00C46D29" w:rsidP="00BA4055">
-[...1 lines deleted...]
-        <w:framePr w:w="1927" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="940" w:y="-951"/>
+    <w:p w14:paraId="10BFC7A4" w14:textId="1D6C16C5" w:rsidR="0017749A" w:rsidRPr="0017749A" w:rsidRDefault="0017749A" w:rsidP="000F315B">
+      <w:pPr>
+        <w:pStyle w:val="ExecOffice"/>
+        <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2884" w:y="711"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0017749A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>617-624-6000 | mass.gov/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0017749A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>dph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="14DDC802" w14:textId="3FA133ED" w:rsidR="00BA4055" w:rsidRDefault="00E814A1" w:rsidP="00E814A1">
+      <w:pPr>
+        <w:framePr w:w="2300" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="940" w:y="-951"/>
+        <w:ind w:left="630"/>
         <w:rPr>
           <w:rFonts w:ascii="LinePrinter" w:hAnsi="LinePrinter"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="LinePrinter" w:hAnsi="LinePrinter"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1406FE77" wp14:editId="0F8708FE">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2651EE28" wp14:editId="302A2CF4">
             <wp:extent cx="962025" cy="1152525"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Picture 1"/>
+            <wp:docPr id="1" name="Picture 1" descr="Massachusetts state seal"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPr id="1" name="Picture 1" descr="Massachusetts state seal"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="962025" cy="1152525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B4EA7C1" w14:textId="442199F0" w:rsidR="009908FF" w:rsidRDefault="00B25FE2" w:rsidP="0072610D">
+    <w:p w14:paraId="33866557" w14:textId="7B11C513" w:rsidR="00FC6B42" w:rsidRDefault="00FC6B42" w:rsidP="0072610D"/>
+    <w:p w14:paraId="5523EF4D" w14:textId="77777777" w:rsidR="00802852" w:rsidRDefault="00802852" w:rsidP="0072610D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00802852">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70EB315F" w14:textId="77777777" w:rsidR="00802852" w:rsidRDefault="00E814A1" w:rsidP="0072610D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Maura T. Healey</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25BE71A6" w14:textId="51C5E49E" w:rsidR="0088305B" w:rsidRDefault="00802852" w:rsidP="000C2E20">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Governor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19D02B02" w14:textId="77777777" w:rsidR="00951305" w:rsidRDefault="0088305B" w:rsidP="0072610D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088305B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kimberley Driscoll</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45EA865C" w14:textId="703E4E09" w:rsidR="00FC6B42" w:rsidRPr="0088305B" w:rsidRDefault="0088305B" w:rsidP="0072610D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:noProof/>
-[...551 lines deleted...]
-    <w:p w14:paraId="295EC69F" w14:textId="62F16E68" w:rsidR="00B25FE2" w:rsidRDefault="00B25FE2" w:rsidP="00B25FE2">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Lieutenant Governor</w:t>
+      </w:r>
+      <w:r w:rsidR="00237280" w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="723AD3B1" w14:textId="6757DABC" w:rsidR="007D1D51" w:rsidRDefault="00802852" w:rsidP="00802852">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kiame Mahaniah, MD</w:t>
+      </w:r>
+      <w:r w:rsidR="0015633E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, MBA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51314366" w14:textId="498AF08B" w:rsidR="00033154" w:rsidRDefault="00237280" w:rsidP="007D1D51">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00237280">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Secretary</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49013D2D" w14:textId="509F30C9" w:rsidR="00951305" w:rsidRPr="00951305" w:rsidRDefault="00951305" w:rsidP="00802852">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00951305">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Robert Goldstein, MD, PhD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA03CA8" w14:textId="7173ADCA" w:rsidR="00802852" w:rsidRDefault="00951305" w:rsidP="00951305">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00802852" w:rsidSect="00802852">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:num="2" w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Commissione</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10DDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76751140" w14:textId="77777777" w:rsidR="00D10DDE" w:rsidRDefault="00D10DDE" w:rsidP="0072610D"/>
+    <w:p w14:paraId="4BAD2C5C" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="086A9710" w14:textId="79018DE3" w:rsidR="000F1441" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0007613E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>244 CMR 6.0</w:t>
       </w:r>
-      <w:r w:rsidR="00D0688F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="0007613E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003675A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Massachusetts Board of Nursing Petition for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nursing Education P</w:t>
       </w:r>
       <w:r w:rsidRPr="003675A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">rograms offered by a parent institution that has a </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> place of business outside of Massachusetts</w:t>
+        <w:t>rograms offered by a parent institution that has a principal place of business outside of Massachusetts</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> offering Clinical Experience in Massachusetts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33F68D5E" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRDefault="00B25FE2" w:rsidP="00B25FE2">
+    <w:p w14:paraId="7C31EF7D" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="149A0D31" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRDefault="00B25FE2" w:rsidP="00B25FE2">
+    <w:p w14:paraId="22BD94D5" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Part B – Student Clinical Placement Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77B58C7F" w14:textId="77777777" w:rsidR="004462B1" w:rsidRDefault="004462B1" w:rsidP="004462B1">
-[...9 lines deleted...]
-    <w:p w14:paraId="74F8D38F" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRDefault="00B25FE2" w:rsidP="00B25FE2">
+    <w:p w14:paraId="5E03841F" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47F083CF" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08D90F16" w14:textId="75D47602" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2" w:rsidP="00B25FE2">
+    <w:p w14:paraId="70FD8146" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Part A:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00D766E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Submit </w:t>
       </w:r>
-      <w:r w:rsidR="001155C9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>one time</w:t>
       </w:r>
       <w:r w:rsidRPr="00D766E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004571C5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">annually, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D766E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>at least 6 months prior to the start of any clinical experiences.  Any changes to the Program information provided on this form must be updated within 7 days of such change.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A247578" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRDefault="00B25FE2" w:rsidP="00B25FE2">
-[...9 lines deleted...]
-    <w:p w14:paraId="33BB3218" w14:textId="63256AA3" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
+    <w:p w14:paraId="48555BE8" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DB3A854" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Part B:  </w:t>
+        <w:t>Part B</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="001155C9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Submit 30 days prior to any student clinical placement</w:t>
+        <w:t>Submit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001155C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30 days prior to any student clinical placement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D766E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  A form must be completed for each clinical placement</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...17 lines deleted...]
-      <w:r w:rsidR="004571C5" w:rsidRPr="00ED1452">
+        <w:t xml:space="preserve">. Any changes must be made at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>least</w:t>
       </w:r>
-      <w:r w:rsidR="004571C5" w:rsidRPr="00ED1452">
-[...23 lines deleted...]
-      <w:r w:rsidR="00D0688F">
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> two weeks prior to the clinical placement start, and the Board should be notified within 7 days of the changes.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F7D90B8" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
-[...8 lines deleted...]
-    <w:p w14:paraId="2DA35415" w14:textId="51EC3478" w:rsidR="004462B1" w:rsidRPr="00ED1452" w:rsidRDefault="004462B1" w:rsidP="00ED1452">
+    <w:p w14:paraId="404D5836" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="723DE435" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Please ensure that the form is completed in type format.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F25C00D" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
-[...9 lines deleted...]
-    <w:p w14:paraId="6645B16D" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
+    <w:p w14:paraId="4B68C83A" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DD64665" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Program Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
@@ -1087,310 +712,348 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>_________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AB4826F" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
-[...9 lines deleted...]
-    <w:p w14:paraId="19FC9C04" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
+    <w:p w14:paraId="705744B0" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EF31663" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Program Administrator Name and Title:</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>_________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AFA0811" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
-[...9 lines deleted...]
-    <w:p w14:paraId="35143A03" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
+    <w:p w14:paraId="2EAEB6F2" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FAD39BA" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Program Administrator Phone Number:</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>_________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="640243A7" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
-[...9 lines deleted...]
-    <w:p w14:paraId="45EA5135" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
+    <w:p w14:paraId="338C9047" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3287C970" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Program Administrator Email Address:</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>_________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="493A3B8A" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
-[...61 lines deleted...]
-        <w:tab/>
+    <w:p w14:paraId="1E4798C5" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BBC7131" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Clinical Agency</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>_________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="728356AF" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
-[...52 lines deleted...]
-        <w:tab/>
+    <w:p w14:paraId="474F4469" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4700414B" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Clinical Agency Address</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>_________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5554756A" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
-[...9 lines deleted...]
-    <w:p w14:paraId="242948AA" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
+    <w:p w14:paraId="6FD5A938" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72C9B46A" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
@@ -1411,90 +1074,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>_________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED55D79" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
-[...9 lines deleted...]
-    <w:p w14:paraId="3A6FE23E" w14:textId="2AFFD5C7" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
+    <w:p w14:paraId="3F1B3614" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11F66294" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Written Agreement with Cooperating Agencies Utilized as Clinical Learning Site:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="714744F4" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
-[...9 lines deleted...]
-    <w:p w14:paraId="562D3C13" w14:textId="559083B5" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
+    <w:p w14:paraId="34307BEB" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="430EAA08" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Written agreement is developed and reviewed annually by both the program and agency personnel</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
@@ -1503,115 +1166,107 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A8"/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
-      <w:r w:rsidR="002F3AE0" w:rsidRPr="00ED1452">
+      <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A8"/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2066936C" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
+    <w:p w14:paraId="249DCF92" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A326D01" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
+    <w:p w14:paraId="5530E5A3" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Written agreement is current</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -1646,81 +1301,81 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A8"/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B8C7FE1" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
+    <w:p w14:paraId="4FE670A3" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78129D46" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
+    <w:p w14:paraId="567BEF8F" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Written agreement is specific in defining parameters of activities and responsibilities of the: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D286BA8" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
+    <w:p w14:paraId="6BA232B0" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>program</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1787,66 +1442,67 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A8"/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12B6F529" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
+    <w:p w14:paraId="487F7FCD" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>student</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
@@ -1890,51 +1546,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A8"/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FE7D361" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
+    <w:p w14:paraId="5E56AAAC" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>cooperating agency</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -1985,120 +1641,140 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A8"/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BA4ED87" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
-[...45 lines deleted...]
-        <w:t>Proposed Start Date:  ________________________</w:t>
+    <w:p w14:paraId="3DDE6219" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17663C37" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4820C95F" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CDA0E9D" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Proposed Start Date</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:  _</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>End Date: ________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="162EB0BD" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
-[...9 lines deleted...]
-    <w:p w14:paraId="183F0D71" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
+    <w:p w14:paraId="446F735A" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02A92721" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Clinical Instructor Name:</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
@@ -2110,916 +1786,951 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>_________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45F3662B" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
-[...9 lines deleted...]
-    <w:p w14:paraId="25A3495A" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
+    <w:p w14:paraId="2E4ED1E4" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20D6D473" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Clinical Instructor MA RN License:</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>_________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0441D159" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
-[...9 lines deleted...]
-    <w:p w14:paraId="6C08FA07" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
+    <w:p w14:paraId="6CA1083B" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78C5B212" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Highest Degree in Nursing:</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>_________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F6CCF50" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00ED1452" w:rsidRDefault="00B25FE2" w:rsidP="00ED1452">
-[...74 lines deleted...]
-    <w:p w14:paraId="29406580" w14:textId="22C673C4" w:rsidR="004571C5" w:rsidRPr="00ED1452" w:rsidRDefault="004571C5" w:rsidP="00ED1452">
+    <w:p w14:paraId="534D5972" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="596D3C76" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EB550BC" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Number of students in clinical group:       __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE71C48" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6934C3C8" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Does the clinical placement include a preceptor experience? ____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B19F82D" w14:textId="77777777" w:rsidR="004571C5" w:rsidRPr="00ED1452" w:rsidRDefault="004571C5" w:rsidP="00ED1452">
-[...61 lines deleted...]
-        <w:tab/>
+    <w:p w14:paraId="2847B064" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6146B2E9" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Preceptor Name</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>_________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F560245" w14:textId="77777777" w:rsidR="004571C5" w:rsidRPr="00ED1452" w:rsidRDefault="004571C5" w:rsidP="00ED1452">
-[...9 lines deleted...]
-    <w:p w14:paraId="5F51283F" w14:textId="7A1A3750" w:rsidR="004571C5" w:rsidRPr="00ED1452" w:rsidRDefault="004571C5" w:rsidP="00ED1452">
+    <w:p w14:paraId="704A7287" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="731895BB" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Preceptor MA RN License:                         _________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C4658CC" w14:textId="77777777" w:rsidR="004571C5" w:rsidRPr="00ED1452" w:rsidRDefault="004571C5" w:rsidP="00ED1452">
-[...72 lines deleted...]
-      <w:r w:rsidR="004571C5" w:rsidRPr="00ED1452">
+    <w:p w14:paraId="11352E55" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00ED1452" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="403F2F0C" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>All Degrees in Nursing:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED1452">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00ED1452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>_________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="213F5932" w14:textId="77777777" w:rsidR="004571C5" w:rsidRDefault="004571C5" w:rsidP="00ED1452">
-[...19 lines deleted...]
-    <w:p w14:paraId="20545900" w14:textId="51E59FF3" w:rsidR="00ED3EDB" w:rsidRDefault="00ED3EDB" w:rsidP="00B25FE2">
+    <w:p w14:paraId="52FCB3BA" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4387D4A4" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CF56AE6" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Name of students in the clinical group:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F1B0E53" w14:textId="77777777" w:rsidR="00ED3EDB" w:rsidRDefault="00ED3EDB" w:rsidP="00B25FE2">
-[...9 lines deleted...]
-    <w:p w14:paraId="294E41A8" w14:textId="59C7F1E3" w:rsidR="00ED3EDB" w:rsidRDefault="00ED3EDB" w:rsidP="00B25FE2">
+    <w:p w14:paraId="7E12D2CA" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="332D9C66" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>_____________________    ______________________   ____________________</w:t>
-[...20 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">_____________________ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>_____________________    ______________________   ____________________</w:t>
-[...20 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">   ______________________   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>_____________________    ______________________   ____________________</w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="4D702F02" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2" w:rsidP="00B25FE2">
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D5C932" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F9482B1" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   ______________________   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F66A022" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F1A1E66" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   ______________________   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="280D3E65" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441" w:rsidP="000F1441">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F1F6E9A" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:spacing w:before="71"/>
         <w:ind w:right="214"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D766E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>As CEO, I certify under the pains and penalties of perjury, that the information provided in this application is accurate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63C82C00" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2" w:rsidP="00B25FE2">
+    <w:p w14:paraId="13E2CF7B" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="114CF8C2" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2" w:rsidP="00B25FE2">
+    <w:p w14:paraId="7F3E6ABC" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="267" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3196"/>
         <w:gridCol w:w="399"/>
         <w:gridCol w:w="3324"/>
         <w:gridCol w:w="3574"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w14:paraId="07CF9B74" w14:textId="77777777">
+      <w:tr w:rsidR="000F1441" w:rsidRPr="00D766E2" w14:paraId="351CCD6C" w14:textId="77777777" w:rsidTr="0021547D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="439"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3196" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50EFEE83" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2">
+          <w:p w14:paraId="1891B253" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="0021547D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D766E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Last</w:t>
             </w:r>
             <w:r w:rsidRPr="00D766E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D766E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F9DEEBC" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2">
+          <w:p w14:paraId="2872CFBA" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="0021547D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08DC5F4B" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2">
+          <w:p w14:paraId="5797E78A" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="0021547D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D766E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>First Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3574" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09406E2E" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2">
+          <w:p w14:paraId="799A7238" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="0021547D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="31"/>
               <w:ind w:left="273"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D766E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w14:paraId="3BFA86F0" w14:textId="77777777">
+      <w:tr w:rsidR="000F1441" w:rsidRPr="00D766E2" w14:paraId="651F310B" w14:textId="77777777" w:rsidTr="0021547D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3196" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="428B6238" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2"/>
+          <w:p w14:paraId="2D018479" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="0021547D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7843D735" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2"/>
+          <w:p w14:paraId="2E43E070" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="0021547D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DA3F66D" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2"/>
+          <w:p w14:paraId="7D05F14A" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="0021547D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3574" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76319C45" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2">
+          <w:p w14:paraId="6806A475" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="0021547D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3213"/>
               </w:tabs>
               <w:spacing w:before="119" w:line="254" w:lineRule="exact"/>
               <w:ind w:left="273"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D766E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single" w:color="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D766E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single" w:color="000000"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00D766E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6844F9C0" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2">
+          <w:p w14:paraId="61E01104" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="0021547D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3213"/>
               </w:tabs>
               <w:spacing w:before="119" w:line="254" w:lineRule="exact"/>
               <w:ind w:left="273"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="392E302A" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2">
+          <w:p w14:paraId="6BF9B199" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="0021547D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3213"/>
               </w:tabs>
               <w:spacing w:before="119" w:line="254" w:lineRule="exact"/>
               <w:ind w:left="273"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="15176A33" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2" w:rsidP="00B25FE2">
+    <w:p w14:paraId="78A95393" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E51E52B" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2" w:rsidP="00B25FE2">
+    <w:p w14:paraId="12F833C7" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66D176C3" w14:textId="76F99AAA" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2" w:rsidP="00B25FE2">
+    <w:p w14:paraId="56E7190E" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D766E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Signed:</w:t>
+        <w:t>Signed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D766E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D766E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D766E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D766E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="000000"/>
@@ -3048,464 +2759,476 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D766E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D766E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
-        <w:t>Date:</w:t>
-      </w:r>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D766E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D766E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D766E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D766E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D0688F">
+      <w:r w:rsidRPr="00D766E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single" w:color="000000"/>
+        </w:rPr>
         <w:t>____</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CC6165F" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2" w:rsidP="00B25FE2">
+    <w:p w14:paraId="7AB91E07" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2654F3D5" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2" w:rsidP="00B25FE2">
+    <w:p w14:paraId="2AC1DA9F" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="241B0A7F" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2" w:rsidP="00B25FE2">
+    <w:p w14:paraId="69ECC4C6" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:spacing w:before="71"/>
         <w:ind w:right="214"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D766E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>As Program Administrator, I certify under the pains and penalties of perjury, that the information provided in this application is accurate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C6E74FE" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2" w:rsidP="00B25FE2">
+    <w:p w14:paraId="3B45D6EB" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="748AF95B" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2" w:rsidP="00B25FE2">
+    <w:p w14:paraId="0152B9EF" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="267" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3196"/>
         <w:gridCol w:w="399"/>
         <w:gridCol w:w="3324"/>
         <w:gridCol w:w="3574"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w14:paraId="01D13CFA" w14:textId="77777777">
+      <w:tr w:rsidR="000F1441" w:rsidRPr="00D766E2" w14:paraId="0A8881D8" w14:textId="77777777" w:rsidTr="0021547D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="439"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3196" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="128D0409" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2">
+          <w:p w14:paraId="5DB3C104" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="0021547D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D766E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Last</w:t>
             </w:r>
             <w:r w:rsidRPr="00D766E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D766E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46E07701" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2">
+          <w:p w14:paraId="5400A353" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="0021547D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C4241DF" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2">
+          <w:p w14:paraId="37868989" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="0021547D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="31"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D766E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>First Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3574" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04E5E00E" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2">
+          <w:p w14:paraId="3F571334" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="0021547D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="31"/>
               <w:ind w:left="273"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D766E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w14:paraId="0E2479AA" w14:textId="77777777">
+      <w:tr w:rsidR="000F1441" w:rsidRPr="00D766E2" w14:paraId="64F398C9" w14:textId="77777777" w:rsidTr="0021547D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3196" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="531CE5A9" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2"/>
+          <w:p w14:paraId="31E9E7AD" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="0021547D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16A36FFF" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2"/>
+          <w:p w14:paraId="7569B821" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="0021547D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="170C4DD3" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2"/>
+          <w:p w14:paraId="73C9B37C" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="0021547D"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3574" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E12565E" w14:textId="60AF5452" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2">
+          <w:p w14:paraId="1BF792A9" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="0021547D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3213"/>
               </w:tabs>
               <w:spacing w:before="119" w:line="254" w:lineRule="exact"/>
               <w:ind w:left="273"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D766E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single" w:color="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D766E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single" w:color="000000"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30882F43" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2">
+          <w:p w14:paraId="03C2258E" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="0021547D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3213"/>
               </w:tabs>
               <w:spacing w:before="119" w:line="254" w:lineRule="exact"/>
               <w:ind w:left="273"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7389F261" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2">
+          <w:p w14:paraId="4A2768FD" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="0021547D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3213"/>
               </w:tabs>
               <w:spacing w:before="119" w:line="254" w:lineRule="exact"/>
               <w:ind w:left="273"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="285C1D24" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2" w:rsidP="00B25FE2">
+    <w:p w14:paraId="70393FEB" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70D6B243" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2" w:rsidP="00B25FE2">
+    <w:p w14:paraId="5F55FF99" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7781996A" w14:textId="379AC3FE" w:rsidR="00B25FE2" w:rsidRPr="00D766E2" w:rsidRDefault="00B25FE2" w:rsidP="00B25FE2">
+    <w:p w14:paraId="013B79B6" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidRDefault="000F1441" w:rsidP="000F1441">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4880"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00B25FE2" w:rsidRPr="00D766E2">
-[...5 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId16"/>
+        <w:sectPr w:rsidR="000F1441" w:rsidRPr="00D766E2" w:rsidSect="000F1441">
+          <w:headerReference w:type="even" r:id="rId8"/>
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="even" r:id="rId10"/>
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="first" r:id="rId12"/>
+          <w:footerReference w:type="first" r:id="rId13"/>
+          <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="980" w:right="640" w:bottom="900" w:left="560" w:header="763" w:footer="704" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00D766E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Signed:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D766E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D766E2">
         <w:rPr>
@@ -3577,721 +3300,397 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D766E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D766E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidR="00D0688F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>_______</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D004039" w14:textId="77777777" w:rsidR="00D024DC" w:rsidRPr="009908FF" w:rsidRDefault="00D024DC" w:rsidP="00D0688F"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId20"/>
+    <w:p w14:paraId="61B8E886" w14:textId="77777777" w:rsidR="000F1441" w:rsidRPr="009908FF" w:rsidRDefault="000F1441" w:rsidP="000F1441"/>
+    <w:p w14:paraId="529F523A" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441" w:rsidP="0072610D"/>
+    <w:sectPr w:rsidR="000F1441" w:rsidSect="00802852">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...17 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Rounded MT Bold">
     <w:panose1 w:val="020F0704030504030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="LinePrinter">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="45C2DD0F" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRDefault="00B25FE2">
+  <w:p w14:paraId="78593B66" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3560EC50" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRDefault="00B25FE2">
+  <w:p w14:paraId="072E37A1" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="14813F6C" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRDefault="00B25FE2">
+  <w:p w14:paraId="160F2BCB" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-[...86 lines deleted...]
-
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6BD2B920" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRDefault="00B25FE2">
+  <w:p w14:paraId="0DBD395F" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="561B5EC8" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRDefault="00B25FE2">
+  <w:p w14:paraId="770B105B" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2B7FD9EC" w14:textId="77777777" w:rsidR="00B25FE2" w:rsidRDefault="00B25FE2">
+  <w:p w14:paraId="39A34D16" w14:textId="77777777" w:rsidR="000F1441" w:rsidRDefault="000F1441">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-[...224 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006D77A6"/>
     <w:rsid w:val="0000218B"/>
     <w:rsid w:val="00033154"/>
     <w:rsid w:val="00042048"/>
     <w:rsid w:val="000537DA"/>
+    <w:rsid w:val="00071A2A"/>
+    <w:rsid w:val="000A1A4B"/>
     <w:rsid w:val="000A1DE1"/>
     <w:rsid w:val="000B7D96"/>
+    <w:rsid w:val="000C2E20"/>
+    <w:rsid w:val="000E313D"/>
+    <w:rsid w:val="000E5D27"/>
+    <w:rsid w:val="000F1441"/>
     <w:rsid w:val="000F315B"/>
-    <w:rsid w:val="001016E5"/>
     <w:rsid w:val="001125C0"/>
-    <w:rsid w:val="001155C9"/>
-    <w:rsid w:val="001447AD"/>
+    <w:rsid w:val="00124885"/>
     <w:rsid w:val="0015268B"/>
-    <w:rsid w:val="00166CFD"/>
+    <w:rsid w:val="0015633E"/>
+    <w:rsid w:val="0015709E"/>
+    <w:rsid w:val="00165001"/>
+    <w:rsid w:val="0017749A"/>
     <w:rsid w:val="00177C77"/>
+    <w:rsid w:val="001A7E66"/>
     <w:rsid w:val="001B6693"/>
-    <w:rsid w:val="001B7A4F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00203AAF"/>
     <w:rsid w:val="0021698C"/>
+    <w:rsid w:val="00237280"/>
+    <w:rsid w:val="00255B68"/>
     <w:rsid w:val="00260D54"/>
     <w:rsid w:val="00276957"/>
     <w:rsid w:val="00276DCC"/>
-    <w:rsid w:val="00277A80"/>
     <w:rsid w:val="002A132F"/>
     <w:rsid w:val="002D1C21"/>
-    <w:rsid w:val="002F3AE0"/>
     <w:rsid w:val="00301022"/>
+    <w:rsid w:val="00357A68"/>
     <w:rsid w:val="00375EAD"/>
     <w:rsid w:val="00385812"/>
     <w:rsid w:val="00392D0B"/>
-    <w:rsid w:val="00394245"/>
     <w:rsid w:val="003A7AFC"/>
-    <w:rsid w:val="003C18FA"/>
     <w:rsid w:val="003C60EF"/>
-    <w:rsid w:val="004149E2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004571C5"/>
+    <w:rsid w:val="00417B02"/>
     <w:rsid w:val="004813AC"/>
     <w:rsid w:val="004B37A0"/>
     <w:rsid w:val="004B5CFB"/>
     <w:rsid w:val="004D6B39"/>
     <w:rsid w:val="004E0C3F"/>
     <w:rsid w:val="00512956"/>
-    <w:rsid w:val="00524CF8"/>
-    <w:rsid w:val="005277B0"/>
     <w:rsid w:val="00530145"/>
     <w:rsid w:val="005448AA"/>
-    <w:rsid w:val="00606FF6"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006A2998"/>
+    <w:rsid w:val="00572A6E"/>
+    <w:rsid w:val="006509C6"/>
+    <w:rsid w:val="00671718"/>
     <w:rsid w:val="006D06D9"/>
+    <w:rsid w:val="006D3A62"/>
     <w:rsid w:val="006D77A6"/>
     <w:rsid w:val="00702109"/>
+    <w:rsid w:val="007210FB"/>
     <w:rsid w:val="0072610D"/>
+    <w:rsid w:val="007359C3"/>
     <w:rsid w:val="00757006"/>
-    <w:rsid w:val="0079288B"/>
+    <w:rsid w:val="00771B4A"/>
+    <w:rsid w:val="00771FEB"/>
     <w:rsid w:val="007B3F4B"/>
     <w:rsid w:val="007B7347"/>
     <w:rsid w:val="007D10F3"/>
+    <w:rsid w:val="007D1D51"/>
+    <w:rsid w:val="007E06B4"/>
     <w:rsid w:val="007F3CDB"/>
-    <w:rsid w:val="00844B53"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00905ADF"/>
+    <w:rsid w:val="00802852"/>
+    <w:rsid w:val="00850407"/>
+    <w:rsid w:val="00850B92"/>
+    <w:rsid w:val="0088305B"/>
+    <w:rsid w:val="008A5589"/>
+    <w:rsid w:val="00943387"/>
+    <w:rsid w:val="00951305"/>
+    <w:rsid w:val="00971CC9"/>
     <w:rsid w:val="009730E5"/>
-    <w:rsid w:val="00983A8D"/>
     <w:rsid w:val="009908FF"/>
     <w:rsid w:val="00995505"/>
     <w:rsid w:val="009C4428"/>
     <w:rsid w:val="009D48CD"/>
+    <w:rsid w:val="00A5547C"/>
     <w:rsid w:val="00A65101"/>
-    <w:rsid w:val="00B25FE2"/>
     <w:rsid w:val="00B403BF"/>
+    <w:rsid w:val="00B451D9"/>
     <w:rsid w:val="00B608D9"/>
+    <w:rsid w:val="00BA15C5"/>
     <w:rsid w:val="00BA4055"/>
     <w:rsid w:val="00BA7FB6"/>
-    <w:rsid w:val="00BB2B6A"/>
     <w:rsid w:val="00C20BFE"/>
-    <w:rsid w:val="00C24270"/>
     <w:rsid w:val="00C46D29"/>
+    <w:rsid w:val="00C8484E"/>
+    <w:rsid w:val="00CA4DD5"/>
     <w:rsid w:val="00CC1778"/>
     <w:rsid w:val="00CE575B"/>
     <w:rsid w:val="00CF3DE8"/>
-    <w:rsid w:val="00D024DC"/>
     <w:rsid w:val="00D0493F"/>
-    <w:rsid w:val="00D0688F"/>
-    <w:rsid w:val="00D15E13"/>
+    <w:rsid w:val="00D10DDE"/>
+    <w:rsid w:val="00D16D08"/>
     <w:rsid w:val="00D56F91"/>
+    <w:rsid w:val="00D76119"/>
     <w:rsid w:val="00D8671C"/>
     <w:rsid w:val="00D91390"/>
+    <w:rsid w:val="00D92F51"/>
     <w:rsid w:val="00DA57C3"/>
     <w:rsid w:val="00DC3855"/>
-    <w:rsid w:val="00DF4EA8"/>
+    <w:rsid w:val="00DE4DB8"/>
+    <w:rsid w:val="00DF4DB4"/>
     <w:rsid w:val="00E242A8"/>
     <w:rsid w:val="00E274B8"/>
     <w:rsid w:val="00E72707"/>
-    <w:rsid w:val="00EA2A7D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00ED3EDB"/>
+    <w:rsid w:val="00E814A1"/>
+    <w:rsid w:val="00EE2656"/>
+    <w:rsid w:val="00EF0780"/>
     <w:rsid w:val="00F0586E"/>
-    <w:rsid w:val="00F42CA6"/>
     <w:rsid w:val="00F43932"/>
     <w:rsid w:val="00FA575E"/>
-    <w:rsid w:val="00FA6EC0"/>
     <w:rsid w:val="00FC6B42"/>
-    <w:rsid w:val="00FE56C1"/>
+    <w:rsid w:val="00FE2466"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4299AB33"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{5F846C90-FDB4-4433-9949-203C6E136571}"/>
+  <w15:docId w15:val="{DCFA160E-D377-4B05-982F-B9CF6A55D325}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4617,146 +4016,188 @@
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="00FC6B42"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="00FC6B42"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
-    <w:name w:val="Normal (Web)"/>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00572A6E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="99"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D024DC"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D16D08"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:widowControl w:val="0"/>
+      <w:ind w:left="2687"/>
     </w:pPr>
     <w:rPr>
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00D16D08"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D16D08"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00071A2A"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
-    <w:rsid w:val="00394245"/>
+    <w:rsid w:val="000F1441"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
-    <w:rsid w:val="00394245"/>
+    <w:rsid w:val="000F1441"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
-  </w:style>
-[...9 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
-    <w:rsid w:val="00394245"/>
+    <w:rsid w:val="000F1441"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
-    <w:rsid w:val="00394245"/>
+    <w:rsid w:val="000F1441"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="781614722">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Documents%20and%20Settings\KMarshall\DPH%20Letterhead.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -5027,81 +4468,75 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ae916ade-957f-4a2f-93c3-592a84a0e75c" xmlns:ns3="e10e4db1-d899-403d-9807-651178ead3da" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6239b1d85b41d22f2dbfb1cea51af504" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B0F2FAA928F6D64BB16ED70B5ACF963F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7432218a972c9ec232d3a9b6f06fcc42">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ae916ade-957f-4a2f-93c3-592a84a0e75c" xmlns:ns3="e10e4db1-d899-403d-9807-651178ead3da" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="32b2b4497390a973007cec6a698f283a" ns2:_="" ns3:_="">
     <xsd:import namespace="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
     <xsd:import namespace="e10e4db1-d899-403d-9807-651178ead3da"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ae916ade-957f-4a2f-93c3-592a84a0e75c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
@@ -5115,50 +4550,65 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e10e4db1-d899-403d-9807-651178ead3da" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -5258,124 +4708,149 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="e10e4db1-d899-403d-9807-651178ead3da"/>
+    <TaxCatchAll xmlns="e10e4db1-d899-403d-9807-651178ead3da" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ae916ade-957f-4a2f-93c3-592a84a0e75c">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61B595B0-96E8-4711-AA41-147197B02448}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55F539BB-9888-4AE4-B08D-D8DEA85C8A27}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
     <ds:schemaRef ds:uri="e10e4db1-d899-403d-9807-651178ead3da"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1FC13ED-9ACC-4689-9EBE-D1CEF212FA91}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="e10e4db1-d899-403d-9807-651178ead3da"/>
     <ds:schemaRef ds:uri="ae916ade-957f-4a2f-93c3-592a84a0e75c"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E00FE09-04B5-4F2D-BE35-4F00C3FBD9A1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>DPH Letterhead</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>360</Words>
-  <Characters>2865</Characters>
+  <Words>505</Words>
+  <Characters>2882</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
+  <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3219</CharactersWithSpaces>
+  <CharactersWithSpaces>3381</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title> </dc:title>
   <dc:subject/>
   <dc:creator>Kyle Marshall</dc:creator>
   <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100B0F2FAA928F6D64BB16ED70B5ACF963F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>