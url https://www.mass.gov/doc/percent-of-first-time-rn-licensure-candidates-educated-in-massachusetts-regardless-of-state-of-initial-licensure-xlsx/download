--- v0 (2025-10-22)
+++ v1 (2026-03-28)
@@ -1,71 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\001- Board of Nursing\WEB\CY 25 Requests\Education\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ehs.govt.state.ma.us\DFS\DPH\Boston_250_Washington_St\DHPL\Shared\001- Board of Nursing\Nursing Education Coordinator\Board Meetings\Board meeting memos\January 2026\NCLEX Spreadsheets\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{93A06A9B-CD56-4D35-833B-43B8A63AF9FD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{25422D2F-429F-4038-9295-7D0668D1811F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1520" yWindow="1520" windowWidth="15710" windowHeight="9280" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
+    <sheet name="RN" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="145621"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="67">
   <si>
     <t>Data reported by the National Council of State Boards of Nursing</t>
   </si>
   <si>
     <t xml:space="preserve">Nursing Education Program </t>
   </si>
   <si>
     <t>%pass</t>
   </si>
   <si>
     <t>American International College</t>
   </si>
   <si>
     <t>Anna Maria College</t>
   </si>
   <si>
     <t>Bay State College</t>
   </si>
   <si>
     <t xml:space="preserve">Berkshire Community College </t>
   </si>
   <si>
     <t>Boston College BSN</t>
   </si>
   <si>
@@ -80,62 +89,53 @@
   <si>
     <t>Bunker Hill Community College</t>
   </si>
   <si>
     <t>Cape Cod Community College</t>
   </si>
   <si>
     <t>Endicott College</t>
   </si>
   <si>
     <t>Fitchburg State University</t>
   </si>
   <si>
     <t>Greenfield Community College</t>
   </si>
   <si>
     <t xml:space="preserve">Holyoke Community College </t>
   </si>
   <si>
     <t>Laboure College</t>
   </si>
   <si>
     <t>LMH/Regis Collee Nursing Program</t>
   </si>
   <si>
-    <t>Massachusetts Bay CC</t>
-[...1 lines deleted...]
-  <si>
     <t>Massasoit Community College</t>
   </si>
   <si>
-    <t>MCPHS University -2nd Bachelors (Worc)</t>
-[...4 lines deleted...]
-  <si>
     <t>MGH Institute of Health Professions BSN</t>
   </si>
   <si>
     <t>MGH Institute of Health Professions MSN</t>
   </si>
   <si>
     <t>Middlesex Community College</t>
   </si>
   <si>
     <t>Mt Wachusett Community College</t>
   </si>
   <si>
     <t>North Shore Community College</t>
   </si>
   <si>
     <t>Northeastern University - BS</t>
   </si>
   <si>
     <t>Northeastern University - MSN</t>
   </si>
   <si>
     <t>Northern Essex Community College</t>
   </si>
   <si>
     <t>Our Lady of the Elms College</t>
@@ -200,72 +200,81 @@
   <si>
     <t xml:space="preserve">NATIONAL Total (US Educated) </t>
   </si>
   <si>
     <t>Becker College AD (Closed 2021)</t>
   </si>
   <si>
     <t>Becker College BSN (Closed 2021)</t>
   </si>
   <si>
     <t>Quincy College - Plymouth</t>
   </si>
   <si>
     <t xml:space="preserve">Quincy College - Quincy </t>
   </si>
   <si>
     <t>University of Massachusetts - Boston ABSN</t>
   </si>
   <si>
     <t>University of Massachusetts - Dartmouth - BSN</t>
   </si>
   <si>
     <t>University of Massachusetts - Dartmouth - Accelerated - BSN</t>
   </si>
   <si>
-    <t xml:space="preserve"> 2012-2024 REGISTERED NURSE</t>
-[...1 lines deleted...]
-  <si>
     <t>Assumption University</t>
   </si>
   <si>
     <t>Curry College BSN</t>
   </si>
   <si>
     <t>Curry College MSN</t>
   </si>
   <si>
     <t xml:space="preserve">Emmanuel College </t>
   </si>
   <si>
     <t>Merrimack College</t>
   </si>
   <si>
     <t>TBA</t>
   </si>
   <si>
     <t xml:space="preserve">Roxbury Community College </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2012-2025 REGISTERED NURSE</t>
+  </si>
+  <si>
+    <t>Massachusetts Bay Community College</t>
+  </si>
+  <si>
+    <t>MCPHS University - Worcester</t>
+  </si>
+  <si>
+    <t>MCPHS University - Boston</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="42" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -330,106 +339,117 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="42" fontId="10" fillId="0" borderId="1" applyNumberFormat="0"/>
   </cellStyleXfs>
-  <cellXfs count="45">
+  <cellXfs count="48">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="9" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="8" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="9" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
@@ -479,91 +499,100 @@
     <xf numFmtId="9" fontId="12" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="8" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="8" fillId="2" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="5" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="5" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
     <cellStyle name="Style 1" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -816,2764 +845,2926 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AI67"/>
+  <dimension ref="A1:AJ67"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A44" zoomScale="101" workbookViewId="0">
-      <selection activeCell="B50" sqref="B50"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="E44" sqref="E44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="44.1796875" customWidth="1"/>
-    <col min="2" max="3" width="17.81640625" style="36" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9" max="9" width="9.453125" customWidth="1"/>
+    <col min="2" max="2" width="17.81640625" customWidth="1"/>
+    <col min="3" max="4" width="17.81640625" style="36" customWidth="1"/>
+    <col min="5" max="5" width="15.7265625" style="23" customWidth="1"/>
+    <col min="6" max="6" width="13.1796875" style="23" customWidth="1"/>
+    <col min="7" max="7" width="15.453125" style="24" customWidth="1"/>
+    <col min="8" max="8" width="9.7265625" customWidth="1"/>
+    <col min="9" max="9" width="9.26953125" customWidth="1"/>
+    <col min="10" max="10" width="9.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="18" x14ac:dyDescent="0.4">
-[...36 lines deleted...]
-      <c r="A3" s="41" t="s">
+    <row r="1" spans="1:16" ht="18" x14ac:dyDescent="0.4">
+      <c r="A1" s="46" t="s">
+        <v>41</v>
+      </c>
+      <c r="B1" s="47"/>
+      <c r="C1" s="47"/>
+      <c r="D1" s="47"/>
+      <c r="E1" s="47"/>
+      <c r="F1" s="47"/>
+      <c r="G1" s="47"/>
+      <c r="H1" s="47"/>
+      <c r="I1" s="47"/>
+      <c r="J1" s="47"/>
+      <c r="K1" s="47"/>
+      <c r="L1" s="47"/>
+      <c r="M1" s="47"/>
+      <c r="N1" s="47"/>
+      <c r="O1" s="47"/>
+    </row>
+    <row r="2" spans="1:16" ht="18" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="46" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" s="47"/>
+      <c r="C2" s="47"/>
+      <c r="D2" s="47"/>
+      <c r="E2" s="47"/>
+      <c r="F2" s="47"/>
+      <c r="G2" s="47"/>
+      <c r="H2" s="47"/>
+      <c r="I2" s="47"/>
+      <c r="J2" s="47"/>
+      <c r="K2" s="47"/>
+      <c r="L2" s="47"/>
+      <c r="M2" s="47"/>
+      <c r="N2" s="47"/>
+      <c r="O2" s="47"/>
+    </row>
+    <row r="3" spans="1:16" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="44" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="42"/>
-[...31 lines deleted...]
-    <row r="5" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="B3" s="45"/>
+      <c r="C3" s="45"/>
+      <c r="D3" s="45"/>
+      <c r="E3" s="45"/>
+      <c r="F3" s="45"/>
+      <c r="G3" s="45"/>
+      <c r="H3" s="45"/>
+      <c r="I3" s="45"/>
+      <c r="J3" s="45"/>
+      <c r="K3" s="45"/>
+      <c r="L3" s="45"/>
+      <c r="M3" s="45"/>
+      <c r="N3" s="45"/>
+      <c r="O3" s="45"/>
+    </row>
+    <row r="4" spans="1:16" ht="23" x14ac:dyDescent="0.35">
+      <c r="A4" s="42" t="s">
+        <v>63</v>
+      </c>
+      <c r="B4" s="43"/>
+      <c r="C4" s="43"/>
+      <c r="D4" s="43"/>
+      <c r="E4" s="43"/>
+      <c r="F4" s="43"/>
+      <c r="G4" s="43"/>
+      <c r="H4" s="43"/>
+      <c r="I4" s="43"/>
+      <c r="J4" s="43"/>
+      <c r="K4" s="43"/>
+      <c r="L4" s="43"/>
+      <c r="M4" s="43"/>
+      <c r="N4" s="43"/>
+      <c r="O4" s="43"/>
+    </row>
+    <row r="5" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A5" s="14"/>
-      <c r="B5" s="37">
+      <c r="B5" s="14">
+        <v>2025</v>
+      </c>
+      <c r="C5" s="37">
         <v>2024</v>
       </c>
-      <c r="C5" s="37">
+      <c r="D5" s="37">
         <v>2023</v>
       </c>
-      <c r="D5" s="14">
+      <c r="E5" s="14">
         <v>2022</v>
       </c>
-      <c r="E5" s="14">
+      <c r="F5" s="14">
         <v>2021</v>
       </c>
-      <c r="F5" s="12">
+      <c r="G5" s="12">
         <v>2020</v>
       </c>
-      <c r="G5" s="11">
+      <c r="H5" s="11">
         <v>2019</v>
       </c>
-      <c r="H5" s="11">
+      <c r="I5" s="11">
         <v>2018</v>
       </c>
-      <c r="I5" s="1">
+      <c r="J5" s="1">
         <v>2017</v>
       </c>
-      <c r="J5" s="1">
+      <c r="K5" s="1">
         <v>2016</v>
       </c>
-      <c r="K5" s="1">
+      <c r="L5" s="1">
         <v>2015</v>
       </c>
-      <c r="L5" s="1">
+      <c r="M5" s="1">
         <v>2014</v>
       </c>
-      <c r="M5" s="1">
+      <c r="N5" s="1">
         <v>2013</v>
       </c>
-      <c r="N5" s="1">
+      <c r="O5" s="1">
         <v>2012</v>
       </c>
-      <c r="O5" s="20"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="P5" s="20"/>
+    </row>
+    <row r="6" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A6" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="34" t="s">
+      <c r="B6" s="39" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="34" t="s">
         <v>2</v>
       </c>
-      <c r="D6" s="13" t="s">
+      <c r="D6" s="34" t="s">
         <v>2</v>
       </c>
       <c r="E6" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F6" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="G6" s="2" t="s">
+      <c r="G6" s="13" t="s">
         <v>2</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>2</v>
       </c>
       <c r="I6" s="2" t="s">
         <v>2</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>2</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>2</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>2</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>2</v>
       </c>
       <c r="N6" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="O6" s="20"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="O6" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="P6" s="20"/>
+    </row>
+    <row r="7" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A7" s="15" t="s">
         <v>3</v>
       </c>
-      <c r="B7" s="33">
+      <c r="B7" s="38">
         <v>0.94</v>
       </c>
       <c r="C7" s="33">
+        <v>0.94</v>
+      </c>
+      <c r="D7" s="33">
         <v>0.9</v>
       </c>
-      <c r="D7" s="38">
+      <c r="E7" s="38">
         <v>0.62</v>
       </c>
-      <c r="E7" s="38">
+      <c r="F7" s="38">
         <v>0.84</v>
       </c>
-      <c r="F7" s="38">
+      <c r="G7" s="38">
         <v>0.77</v>
       </c>
-      <c r="G7" s="21">
+      <c r="H7" s="21">
         <v>0.87878787878787878</v>
       </c>
-      <c r="H7" s="21">
+      <c r="I7" s="21">
         <v>0.89</v>
       </c>
-      <c r="I7" s="16">
+      <c r="J7" s="16">
         <v>0.94666666666666666</v>
       </c>
-      <c r="J7" s="17">
+      <c r="K7" s="17">
         <v>0.89710000000000001</v>
       </c>
-      <c r="K7" s="18">
+      <c r="L7" s="18">
         <v>0.77459999999999996</v>
       </c>
-      <c r="L7" s="18">
+      <c r="M7" s="18">
         <v>0.78669999999999995</v>
       </c>
-      <c r="M7" s="18">
+      <c r="N7" s="18">
         <v>0.81</v>
       </c>
-      <c r="N7" s="18">
+      <c r="O7" s="18">
         <v>0.97</v>
       </c>
-      <c r="O7" s="20"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="P7" s="20"/>
+    </row>
+    <row r="8" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A8" s="15" t="s">
         <v>4</v>
       </c>
-      <c r="B8" s="33">
+      <c r="B8" s="38">
+        <v>0.95</v>
+      </c>
+      <c r="C8" s="33">
         <v>0.96</v>
       </c>
-      <c r="C8" s="33">
+      <c r="D8" s="33">
         <v>0.86</v>
       </c>
-      <c r="D8" s="38">
+      <c r="E8" s="38">
         <v>0.91</v>
       </c>
-      <c r="E8" s="38">
+      <c r="F8" s="38">
         <v>0.97</v>
       </c>
-      <c r="F8" s="38">
+      <c r="G8" s="38">
         <v>0.81</v>
       </c>
-      <c r="G8" s="21">
+      <c r="H8" s="21">
         <v>0.96969696969696972</v>
       </c>
-      <c r="H8" s="17">
+      <c r="I8" s="17">
         <v>0.87</v>
       </c>
-      <c r="I8" s="16">
+      <c r="J8" s="16">
         <v>0.75757575757575757</v>
       </c>
-      <c r="J8" s="17">
+      <c r="K8" s="17">
         <v>0.77780000000000005</v>
       </c>
-      <c r="K8" s="18">
+      <c r="L8" s="18">
         <v>0.93330000000000002</v>
       </c>
-      <c r="L8" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M8" s="18" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="N8" s="18" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-    <row r="9" spans="1:15" x14ac:dyDescent="0.35">
+        <v>42</v>
+      </c>
+      <c r="O8" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="P8" s="20"/>
+    </row>
+    <row r="9" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A9" s="15" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="B9" s="33">
+        <v>56</v>
+      </c>
+      <c r="B9" s="38">
+        <v>1</v>
+      </c>
+      <c r="C9" s="33">
         <v>0.96</v>
       </c>
-      <c r="C9" s="33"/>
-      <c r="D9" s="38"/>
+      <c r="D9" s="33">
+        <v>1</v>
+      </c>
       <c r="E9" s="38"/>
       <c r="F9" s="38"/>
-      <c r="G9" s="21"/>
-[...3 lines deleted...]
-      <c r="K9" s="18"/>
+      <c r="G9" s="38"/>
+      <c r="H9" s="21"/>
+      <c r="I9" s="17"/>
+      <c r="J9" s="16"/>
+      <c r="K9" s="17"/>
       <c r="L9" s="18"/>
       <c r="M9" s="18"/>
       <c r="N9" s="18"/>
-      <c r="O9" s="20"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="O9" s="18"/>
+      <c r="P9" s="20"/>
+    </row>
+    <row r="10" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A10" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="B10" s="33">
+      <c r="B10" s="38">
         <v>1</v>
       </c>
       <c r="C10" s="33">
-        <v>0.93</v>
-[...1 lines deleted...]
-      <c r="D10" s="38">
+        <v>1</v>
+      </c>
+      <c r="D10" s="33">
+        <v>0.93</v>
+      </c>
+      <c r="E10" s="38">
         <v>0.82</v>
       </c>
-      <c r="E10" s="38">
+      <c r="F10" s="38">
         <v>0.79</v>
       </c>
-      <c r="F10" s="38">
+      <c r="G10" s="38">
         <v>0.94</v>
       </c>
-      <c r="G10" s="21">
+      <c r="H10" s="21">
         <v>0.90909090909090906</v>
       </c>
-      <c r="H10" s="17">
+      <c r="I10" s="17">
         <v>0.87</v>
       </c>
-      <c r="I10" s="16">
+      <c r="J10" s="16">
         <v>0.8</v>
       </c>
-      <c r="J10" s="17">
+      <c r="K10" s="17">
         <v>0.8</v>
       </c>
-      <c r="K10" s="18">
+      <c r="L10" s="18">
         <v>0.84209999999999996</v>
       </c>
-      <c r="L10" s="18">
+      <c r="M10" s="18">
         <v>0.57140000000000002</v>
       </c>
-      <c r="M10" s="18">
+      <c r="N10" s="18">
         <v>0.41</v>
       </c>
-      <c r="N10" s="18">
+      <c r="O10" s="18">
         <v>0.54</v>
       </c>
-      <c r="O10" s="20"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="P10" s="20"/>
+    </row>
+    <row r="11" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A11" s="15" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B11" s="28"/>
       <c r="C11" s="28"/>
-      <c r="D11" s="38"/>
-      <c r="E11" s="38">
+      <c r="D11" s="28"/>
+      <c r="E11" s="38"/>
+      <c r="F11" s="38">
         <v>0.84</v>
       </c>
-      <c r="F11" s="38">
+      <c r="G11" s="38">
         <v>0.88</v>
       </c>
-      <c r="G11" s="21">
+      <c r="H11" s="21">
         <v>0.81818181818181823</v>
       </c>
-      <c r="H11" s="17">
+      <c r="I11" s="17">
         <v>0.98</v>
       </c>
-      <c r="I11" s="16">
+      <c r="J11" s="16">
         <v>0.95918367346938771</v>
       </c>
-      <c r="J11" s="17">
+      <c r="K11" s="17">
         <v>0.90480000000000005</v>
       </c>
-      <c r="K11" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="L11" s="18">
+        <v>1</v>
+      </c>
+      <c r="M11" s="18">
         <v>0.97</v>
       </c>
-      <c r="M11" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="N11" s="18">
+        <v>1</v>
+      </c>
+      <c r="O11" s="18">
         <v>0.98</v>
       </c>
-      <c r="O11" s="20"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="P11" s="20"/>
+    </row>
+    <row r="12" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A12" s="15" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
-      <c r="D12" s="38"/>
-      <c r="E12" s="38">
+      <c r="D12" s="28"/>
+      <c r="E12" s="38"/>
+      <c r="F12" s="38">
         <v>0.89</v>
       </c>
-      <c r="F12" s="38">
+      <c r="G12" s="38">
         <v>0.78</v>
       </c>
-      <c r="G12" s="21">
+      <c r="H12" s="21">
         <v>0.93548387096774188</v>
       </c>
-      <c r="H12" s="17">
-[...2 lines deleted...]
-      <c r="I12" s="16">
+      <c r="I12" s="17">
+        <v>0.93</v>
+      </c>
+      <c r="J12" s="16">
         <v>0.92307692307692313</v>
       </c>
-      <c r="J12" s="17">
+      <c r="K12" s="17">
         <v>0.85709999999999997</v>
       </c>
-      <c r="K12" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L12" s="18" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="M12" s="18" t="s">
-        <v>45</v>
-[...4 lines deleted...]
-    <row r="13" spans="1:15" x14ac:dyDescent="0.35">
+        <v>42</v>
+      </c>
+      <c r="N12" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="O12" s="18"/>
+      <c r="P12" s="20"/>
+    </row>
+    <row r="13" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A13" s="15" t="s">
         <v>6</v>
       </c>
-      <c r="B13" s="33">
+      <c r="B13" s="38">
+        <v>0.73</v>
+      </c>
+      <c r="C13" s="33">
         <v>0.89</v>
       </c>
-      <c r="C13" s="33">
+      <c r="D13" s="33">
         <v>0.91</v>
       </c>
-      <c r="D13" s="38">
+      <c r="E13" s="38">
         <v>0.8</v>
       </c>
-      <c r="E13" s="38">
+      <c r="F13" s="38">
         <v>0.59</v>
       </c>
-      <c r="F13" s="38">
+      <c r="G13" s="38">
         <v>0.81</v>
       </c>
-      <c r="G13" s="21">
+      <c r="H13" s="21">
         <v>0.94736842105263153</v>
       </c>
-      <c r="H13" s="17">
+      <c r="I13" s="17">
         <v>0.84</v>
       </c>
-      <c r="I13" s="16">
+      <c r="J13" s="16">
         <v>0.96</v>
       </c>
-      <c r="J13" s="17">
+      <c r="K13" s="17">
         <v>0.91180000000000005</v>
       </c>
-      <c r="K13" s="18">
+      <c r="L13" s="18">
         <v>0.90200000000000002</v>
       </c>
-      <c r="L13" s="18">
+      <c r="M13" s="18">
         <v>0.81</v>
       </c>
-      <c r="M13" s="18">
+      <c r="N13" s="18">
         <v>0.85</v>
       </c>
-      <c r="N13" s="18">
+      <c r="O13" s="18">
         <v>0.92</v>
       </c>
-      <c r="O13" s="20"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="P13" s="20"/>
+    </row>
+    <row r="14" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A14" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="B14" s="33">
+      <c r="B14" s="38">
+        <v>0.92</v>
+      </c>
+      <c r="C14" s="33">
         <v>0.98</v>
       </c>
-      <c r="C14" s="33">
+      <c r="D14" s="33">
         <v>0.95</v>
       </c>
-      <c r="D14" s="38">
+      <c r="E14" s="38">
         <v>0.9</v>
       </c>
-      <c r="E14" s="38">
+      <c r="F14" s="38">
         <v>0.92</v>
       </c>
-      <c r="F14" s="38">
+      <c r="G14" s="38">
         <v>0.96</v>
       </c>
-      <c r="G14" s="21">
+      <c r="H14" s="21">
         <v>0.9042553191489362</v>
       </c>
-      <c r="H14" s="17">
+      <c r="I14" s="17">
         <v>0.91</v>
       </c>
-      <c r="I14" s="16">
-[...2 lines deleted...]
-      <c r="J14" s="17">
+      <c r="J14" s="16">
+        <v>1</v>
+      </c>
+      <c r="K14" s="17">
         <v>0.94</v>
       </c>
-      <c r="K14" s="18">
+      <c r="L14" s="18">
         <v>0.94</v>
       </c>
-      <c r="L14" s="18">
+      <c r="M14" s="18">
         <v>0.91579999999999995</v>
       </c>
-      <c r="M14" s="18">
+      <c r="N14" s="18">
         <v>0.92</v>
       </c>
-      <c r="N14" s="18">
+      <c r="O14" s="18">
         <v>0.96</v>
       </c>
-      <c r="O14" s="20"/>
-[...1 lines deleted...]
-    <row r="15" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="P14" s="20"/>
+    </row>
+    <row r="15" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A15" s="15" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="33">
-        <v>1</v>
+      <c r="B15" s="38">
+        <v>0.93</v>
       </c>
       <c r="C15" s="33">
+        <v>1</v>
+      </c>
+      <c r="D15" s="33">
         <v>0.98</v>
       </c>
-      <c r="D15" s="38">
+      <c r="E15" s="38">
         <v>0.92</v>
       </c>
-      <c r="E15" s="38">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="38">
         <v>1</v>
       </c>
-      <c r="G15" s="21">
+      <c r="G15" s="38">
+        <v>1</v>
+      </c>
+      <c r="H15" s="21">
         <v>0.97727272727272729</v>
       </c>
-      <c r="H15" s="17">
-[...8 lines deleted...]
-      <c r="K15" s="18">
+      <c r="I15" s="17">
+        <v>1</v>
+      </c>
+      <c r="J15" s="16">
+        <v>1</v>
+      </c>
+      <c r="K15" s="17">
+        <v>1</v>
+      </c>
+      <c r="L15" s="18">
         <v>0.97440000000000004</v>
       </c>
-      <c r="L15" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="M15" s="18">
         <v>1</v>
       </c>
       <c r="N15" s="18">
         <v>1</v>
       </c>
-      <c r="O15" s="20"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="O15" s="18">
+        <v>1</v>
+      </c>
+      <c r="P15" s="20"/>
+    </row>
+    <row r="16" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A16" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="B16" s="33">
+      <c r="B16" s="38">
+        <v>0.82</v>
+      </c>
+      <c r="C16" s="33">
         <v>0.89</v>
       </c>
-      <c r="C16" s="33">
+      <c r="D16" s="33">
         <v>0.92</v>
       </c>
-      <c r="D16" s="38">
+      <c r="E16" s="38">
         <v>0.9</v>
       </c>
-      <c r="E16" s="38">
+      <c r="F16" s="38">
         <v>0.81</v>
       </c>
-      <c r="F16" s="38">
+      <c r="G16" s="38">
         <v>0.84</v>
       </c>
-      <c r="G16" s="21">
+      <c r="H16" s="21">
         <v>0.96385542168674698</v>
       </c>
-      <c r="H16" s="17">
+      <c r="I16" s="17">
         <v>0.97</v>
       </c>
-      <c r="I16" s="16">
+      <c r="J16" s="16">
         <v>0.97297297297297303</v>
       </c>
-      <c r="J16" s="17">
+      <c r="K16" s="17">
         <v>0.8427</v>
       </c>
-      <c r="K16" s="18">
+      <c r="L16" s="18">
         <v>0.86670000000000003</v>
       </c>
-      <c r="L16" s="18">
+      <c r="M16" s="18">
         <v>0.9</v>
       </c>
-      <c r="M16" s="18">
+      <c r="N16" s="18">
         <v>0.95</v>
       </c>
-      <c r="N16" s="18">
+      <c r="O16" s="18">
         <v>0.91</v>
       </c>
-      <c r="O16" s="20"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="P16" s="20"/>
+    </row>
+    <row r="17" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A17" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="33">
+      <c r="B17" s="38">
+        <v>0.94</v>
+      </c>
+      <c r="C17" s="33">
         <v>0.98</v>
       </c>
-      <c r="C17" s="33">
-[...2 lines deleted...]
-      <c r="D17" s="38">
+      <c r="D17" s="33">
+        <v>0.93</v>
+      </c>
+      <c r="E17" s="38">
         <v>0.92</v>
       </c>
-      <c r="E17" s="38">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="38">
+        <v>0.93</v>
+      </c>
+      <c r="G17" s="38">
         <v>0.91</v>
       </c>
-      <c r="G17" s="21">
+      <c r="H17" s="21">
         <v>0.89473684210526316</v>
       </c>
-      <c r="H17" s="17">
-[...2 lines deleted...]
-      <c r="I17" s="16">
+      <c r="I17" s="17">
+        <v>0.93</v>
+      </c>
+      <c r="J17" s="16">
         <v>0.8571428571428571</v>
       </c>
-      <c r="J17" s="17">
+      <c r="K17" s="17">
         <v>0.875</v>
       </c>
-      <c r="K17" s="18">
+      <c r="L17" s="18">
         <v>0.90790000000000004</v>
       </c>
-      <c r="L17" s="18">
+      <c r="M17" s="18">
         <v>0.91959999999999997</v>
       </c>
-      <c r="M17" s="18">
+      <c r="N17" s="18">
         <v>0.72</v>
       </c>
-      <c r="N17" s="18">
-[...4 lines deleted...]
-    <row r="18" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="O17" s="18">
+        <v>0.93</v>
+      </c>
+      <c r="P17" s="20"/>
+    </row>
+    <row r="18" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A18" s="15" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="33">
-        <v>1</v>
+      <c r="B18" s="38">
+        <v>0.91</v>
       </c>
       <c r="C18" s="33">
         <v>1</v>
       </c>
-      <c r="D18" s="38">
+      <c r="D18" s="33">
+        <v>1</v>
+      </c>
+      <c r="E18" s="38">
         <v>0.99</v>
       </c>
-      <c r="E18" s="38">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="38">
+        <v>1</v>
+      </c>
+      <c r="G18" s="38">
         <v>0.96</v>
       </c>
-      <c r="G18" s="21">
-[...2 lines deleted...]
-      <c r="H18" s="17">
+      <c r="H18" s="21">
+        <v>1</v>
+      </c>
+      <c r="I18" s="17">
         <v>0.94</v>
       </c>
-      <c r="I18" s="16">
+      <c r="J18" s="16">
         <v>0.76315789473684215</v>
       </c>
-      <c r="J18" s="17">
+      <c r="K18" s="17">
         <v>0.77910000000000001</v>
       </c>
-      <c r="K18" s="18">
+      <c r="L18" s="18">
         <v>0.8105</v>
       </c>
-      <c r="L18" s="18">
+      <c r="M18" s="18">
         <v>0.78</v>
       </c>
-      <c r="M18" s="18">
+      <c r="N18" s="18">
         <v>0.73</v>
       </c>
-      <c r="N18" s="18">
+      <c r="O18" s="18">
         <v>0.89</v>
       </c>
-      <c r="O18" s="20"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="P18" s="20"/>
+    </row>
+    <row r="19" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A19" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="B19" s="33">
+      <c r="B19" s="38">
+        <v>0.75</v>
+      </c>
+      <c r="C19" s="33">
         <v>0.88</v>
       </c>
-      <c r="C19" s="33">
+      <c r="D19" s="33">
         <v>0.91</v>
       </c>
-      <c r="D19" s="38">
+      <c r="E19" s="38">
         <v>0.86</v>
       </c>
-      <c r="E19" s="38">
+      <c r="F19" s="38">
         <v>0.83</v>
       </c>
-      <c r="F19" s="38">
+      <c r="G19" s="38">
         <v>0.96</v>
       </c>
-      <c r="G19" s="21">
+      <c r="H19" s="21">
         <v>0.83870967741935487</v>
       </c>
-      <c r="H19" s="17">
-[...2 lines deleted...]
-      <c r="I19" s="16">
+      <c r="I19" s="17">
+        <v>0.93</v>
+      </c>
+      <c r="J19" s="16">
         <v>0.69354838709677424</v>
       </c>
-      <c r="J19" s="17">
+      <c r="K19" s="17">
         <v>0.78949999999999998</v>
       </c>
-      <c r="K19" s="18">
+      <c r="L19" s="18">
         <v>0.93440000000000001</v>
       </c>
-      <c r="L19" s="18">
+      <c r="M19" s="18">
         <v>0.83750000000000002</v>
       </c>
-      <c r="M19" s="18">
+      <c r="N19" s="18">
         <v>0.82</v>
       </c>
-      <c r="N19" s="18">
+      <c r="O19" s="18">
         <v>0.95</v>
       </c>
-      <c r="O19" s="20"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="P19" s="20"/>
+    </row>
+    <row r="20" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A20" s="15" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="B20" s="33">
+        <v>57</v>
+      </c>
+      <c r="B20" s="38">
+        <v>0.91</v>
+      </c>
+      <c r="C20" s="33">
         <v>0.94</v>
       </c>
-      <c r="C20" s="33">
+      <c r="D20" s="33">
         <v>0.91</v>
       </c>
-      <c r="D20" s="38">
+      <c r="E20" s="38">
         <v>0.76</v>
       </c>
-      <c r="E20" s="38">
+      <c r="F20" s="38">
         <v>0.85</v>
       </c>
-      <c r="F20" s="38">
+      <c r="G20" s="38">
         <v>0.91</v>
       </c>
-      <c r="G20" s="21">
+      <c r="H20" s="21">
         <v>0.91818181818181821</v>
       </c>
-      <c r="H20" s="17">
+      <c r="I20" s="17">
         <v>0.97</v>
       </c>
-      <c r="I20" s="16">
+      <c r="J20" s="16">
         <v>0.93220338983050843</v>
       </c>
-      <c r="J20" s="17">
+      <c r="K20" s="17">
         <v>0.90290000000000004</v>
       </c>
-      <c r="K20" s="18">
+      <c r="L20" s="18">
         <v>0.85829999999999995</v>
       </c>
-      <c r="L20" s="18">
+      <c r="M20" s="18">
         <v>0.61599999999999999</v>
       </c>
-      <c r="M20" s="18">
+      <c r="N20" s="18">
         <v>0.76</v>
       </c>
-      <c r="N20" s="18">
+      <c r="O20" s="18">
         <v>0.95</v>
       </c>
-      <c r="O20" s="20"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="P20" s="20"/>
+    </row>
+    <row r="21" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A21" s="15" t="s">
-        <v>62</v>
-[...5 lines deleted...]
-      <c r="D21" s="38"/>
+        <v>58</v>
+      </c>
+      <c r="B21" s="38">
+        <v>1</v>
+      </c>
+      <c r="C21" s="33">
+        <v>1</v>
+      </c>
+      <c r="D21" s="33"/>
       <c r="E21" s="38"/>
       <c r="F21" s="38"/>
-      <c r="G21" s="21"/>
-[...3 lines deleted...]
-      <c r="K21" s="18"/>
+      <c r="G21" s="38"/>
+      <c r="H21" s="21"/>
+      <c r="I21" s="17"/>
+      <c r="J21" s="16"/>
+      <c r="K21" s="17"/>
       <c r="L21" s="18"/>
       <c r="M21" s="18"/>
       <c r="N21" s="18"/>
-      <c r="O21" s="20"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="O21" s="18"/>
+      <c r="P21" s="20"/>
+    </row>
+    <row r="22" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A22" s="15" t="s">
-        <v>63</v>
-[...5 lines deleted...]
-      <c r="D22" s="38"/>
+        <v>59</v>
+      </c>
+      <c r="B22" s="38">
+        <v>1</v>
+      </c>
+      <c r="C22" s="33">
+        <v>1</v>
+      </c>
+      <c r="D22" s="33">
+        <v>0.93</v>
+      </c>
       <c r="E22" s="38"/>
       <c r="F22" s="38"/>
-      <c r="G22" s="21"/>
-[...3 lines deleted...]
-      <c r="K22" s="18"/>
+      <c r="G22" s="38"/>
+      <c r="H22" s="21"/>
+      <c r="I22" s="17"/>
+      <c r="J22" s="16"/>
+      <c r="K22" s="17"/>
       <c r="L22" s="18"/>
       <c r="M22" s="18"/>
       <c r="N22" s="18"/>
-      <c r="O22" s="20"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="O22" s="18"/>
+      <c r="P22" s="20"/>
+    </row>
+    <row r="23" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A23" s="15" t="s">
         <v>13</v>
       </c>
-      <c r="B23" s="33">
-        <v>1</v>
+      <c r="B23" s="38">
+        <v>0.89</v>
       </c>
       <c r="C23" s="33">
         <v>1</v>
       </c>
-      <c r="D23" s="38">
+      <c r="D23" s="33">
+        <v>1</v>
+      </c>
+      <c r="E23" s="38">
         <v>0.91</v>
       </c>
-      <c r="E23" s="38">
+      <c r="F23" s="38">
         <v>0.95</v>
       </c>
-      <c r="F23" s="38">
+      <c r="G23" s="38">
         <v>0.96</v>
       </c>
-      <c r="G23" s="21">
+      <c r="H23" s="21">
         <v>0.91428571428571426</v>
       </c>
-      <c r="H23" s="17">
-[...2 lines deleted...]
-      <c r="I23" s="16">
+      <c r="I23" s="17">
+        <v>0.93</v>
+      </c>
+      <c r="J23" s="16">
         <v>0.91803278688524592</v>
       </c>
-      <c r="J23" s="17">
+      <c r="K23" s="17">
         <v>0.80430000000000001</v>
       </c>
-      <c r="K23" s="18">
+      <c r="L23" s="18">
         <v>0.84619999999999995</v>
       </c>
-      <c r="L23" s="18">
+      <c r="M23" s="18">
         <v>0.82</v>
       </c>
-      <c r="M23" s="18">
+      <c r="N23" s="18">
         <v>0.73</v>
       </c>
-      <c r="N23" s="18">
+      <c r="O23" s="18">
         <v>0.87</v>
       </c>
-      <c r="O23" s="20"/>
-[...1 lines deleted...]
-    <row r="24" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="P23" s="20"/>
+    </row>
+    <row r="24" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A24" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="B24" s="33">
-        <v>0.98</v>
+      <c r="B24" s="38">
+        <v>1</v>
       </c>
       <c r="C24" s="33">
         <v>0.98</v>
       </c>
-      <c r="D24" s="38">
+      <c r="D24" s="33">
+        <v>0.98</v>
+      </c>
+      <c r="E24" s="38">
         <v>0.81</v>
       </c>
-      <c r="E24" s="38">
+      <c r="F24" s="38">
         <v>0.88</v>
       </c>
-      <c r="F24" s="38">
-[...2 lines deleted...]
-      <c r="G24" s="21">
+      <c r="G24" s="38">
+        <v>0.93</v>
+      </c>
+      <c r="H24" s="21">
         <v>0.94871794871794868</v>
       </c>
-      <c r="H24" s="17">
+      <c r="I24" s="17">
         <v>0.95</v>
       </c>
-      <c r="I24" s="16">
+      <c r="J24" s="16">
         <v>0.95454545454545459</v>
       </c>
-      <c r="J24" s="17">
+      <c r="K24" s="17">
         <v>0.94369999999999998</v>
       </c>
-      <c r="K24" s="18">
+      <c r="L24" s="18">
         <v>0.96719999999999995</v>
       </c>
-      <c r="L24" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="M24" s="18">
+        <v>0.93</v>
+      </c>
+      <c r="N24" s="18">
         <v>0.94</v>
       </c>
-      <c r="N24" s="18">
+      <c r="O24" s="18">
         <v>0.98</v>
       </c>
-      <c r="O24" s="20"/>
-[...1 lines deleted...]
-    <row r="25" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="P24" s="20"/>
+    </row>
+    <row r="25" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A25" s="15" t="s">
         <v>15</v>
       </c>
-      <c r="B25" s="33">
-        <v>1</v>
+      <c r="B25" s="38">
+        <v>0.97</v>
       </c>
       <c r="C25" s="33">
+        <v>1</v>
+      </c>
+      <c r="D25" s="33">
         <v>0.97</v>
       </c>
-      <c r="D25" s="38">
+      <c r="E25" s="38">
         <v>0.91</v>
       </c>
-      <c r="E25" s="38">
+      <c r="F25" s="38">
         <v>0.9</v>
       </c>
-      <c r="F25" s="38">
+      <c r="G25" s="38">
         <v>0.92</v>
       </c>
-      <c r="G25" s="21">
+      <c r="H25" s="21">
         <v>0.89189189189189189</v>
       </c>
-      <c r="H25" s="17">
+      <c r="I25" s="17">
         <v>0.86</v>
       </c>
-      <c r="I25" s="16">
+      <c r="J25" s="16">
         <v>0.89743589743589747</v>
       </c>
-      <c r="J25" s="17">
+      <c r="K25" s="17">
         <v>0.80489999999999995</v>
       </c>
-      <c r="K25" s="18">
+      <c r="L25" s="18">
         <v>0.82499999999999996</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.83</v>
       </c>
       <c r="M25" s="18">
         <v>0.83</v>
       </c>
       <c r="N25" s="18">
-        <v>0.93</v>
-[...3 lines deleted...]
-    <row r="26" spans="1:15" x14ac:dyDescent="0.35">
+        <v>0.83</v>
+      </c>
+      <c r="O25" s="18">
+        <v>0.93</v>
+      </c>
+      <c r="P25" s="20"/>
+    </row>
+    <row r="26" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A26" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="B26" s="33">
+      <c r="B26" s="38">
+        <v>0.79</v>
+      </c>
+      <c r="C26" s="33">
         <v>0.95</v>
       </c>
-      <c r="C26" s="33">
+      <c r="D26" s="33">
         <v>0.98</v>
       </c>
-      <c r="D26" s="38">
+      <c r="E26" s="38">
         <v>0.91</v>
       </c>
-      <c r="E26" s="38">
-[...1 lines deleted...]
-      </c>
       <c r="F26" s="38">
+        <v>0.93</v>
+      </c>
+      <c r="G26" s="38">
         <v>0.97</v>
       </c>
-      <c r="G26" s="21">
+      <c r="H26" s="21">
         <v>0.97872340425531912</v>
       </c>
-      <c r="H26" s="17">
+      <c r="I26" s="17">
         <v>0.95</v>
       </c>
-      <c r="I26" s="16">
+      <c r="J26" s="16">
         <v>0.9</v>
       </c>
-      <c r="J26" s="17">
+      <c r="K26" s="17">
         <v>0.77270000000000005</v>
       </c>
-      <c r="K26" s="18">
+      <c r="L26" s="18">
         <v>0.84619999999999995</v>
       </c>
-      <c r="L26" s="18">
+      <c r="M26" s="18">
         <v>0.76919999999999999</v>
       </c>
-      <c r="M26" s="18">
+      <c r="N26" s="18">
         <v>0.95</v>
       </c>
-      <c r="N26" s="18">
+      <c r="O26" s="18">
         <v>0.78</v>
       </c>
-      <c r="O26" s="20"/>
-[...1 lines deleted...]
-    <row r="27" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="P26" s="20"/>
+    </row>
+    <row r="27" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A27" s="15" t="s">
         <v>17</v>
       </c>
-      <c r="B27" s="33">
+      <c r="B27" s="38">
+        <v>0.87</v>
+      </c>
+      <c r="C27" s="33">
         <v>0.91</v>
       </c>
-      <c r="C27" s="33">
+      <c r="D27" s="33">
         <v>0.81</v>
       </c>
-      <c r="D27" s="38">
+      <c r="E27" s="38">
         <v>0.65</v>
       </c>
-      <c r="E27" s="38">
+      <c r="F27" s="38">
         <v>0.76</v>
       </c>
-      <c r="F27" s="38">
+      <c r="G27" s="38">
         <v>0.78</v>
       </c>
-      <c r="G27" s="21">
+      <c r="H27" s="21">
         <v>0.84758364312267653</v>
       </c>
-      <c r="H27" s="17">
+      <c r="I27" s="17">
         <v>0.8</v>
       </c>
-      <c r="I27" s="16">
+      <c r="J27" s="16">
         <v>0.78531073446327682</v>
       </c>
-      <c r="J27" s="17">
+      <c r="K27" s="17">
         <v>0.59089999999999998</v>
       </c>
-      <c r="K27" s="18">
+      <c r="L27" s="18">
         <v>0.64080000000000004</v>
       </c>
-      <c r="L27" s="18">
+      <c r="M27" s="18">
         <v>0.6</v>
       </c>
-      <c r="M27" s="18">
+      <c r="N27" s="18">
         <v>0.75</v>
       </c>
-      <c r="N27" s="18">
+      <c r="O27" s="18">
         <v>0.82</v>
       </c>
-      <c r="O27" s="20"/>
-[...1 lines deleted...]
-    <row r="28" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="P27" s="20"/>
+    </row>
+    <row r="28" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A28" s="15" t="s">
         <v>18</v>
       </c>
-      <c r="B28" s="33">
-        <v>1</v>
+      <c r="B28" s="38">
+        <v>0.98</v>
       </c>
       <c r="C28" s="33">
+        <v>1</v>
+      </c>
+      <c r="D28" s="33">
         <v>0.87</v>
       </c>
-      <c r="D28" s="38">
+      <c r="E28" s="38">
         <v>0.74</v>
       </c>
-      <c r="E28" s="38">
+      <c r="F28" s="38">
         <v>0.79</v>
       </c>
-      <c r="F28" s="38">
+      <c r="G28" s="38">
         <v>0.86</v>
       </c>
-      <c r="G28" s="21">
+      <c r="H28" s="21">
         <v>0.9</v>
       </c>
-      <c r="H28" s="17">
+      <c r="I28" s="17">
         <v>0.83</v>
       </c>
-      <c r="I28" s="16">
+      <c r="J28" s="16">
         <v>0.86315789473684212</v>
       </c>
-      <c r="J28" s="17">
+      <c r="K28" s="17">
         <v>0.81720000000000004</v>
       </c>
-      <c r="K28" s="18">
+      <c r="L28" s="18">
         <v>0.86270000000000002</v>
       </c>
-      <c r="L28" s="18">
+      <c r="M28" s="18">
         <v>0.89</v>
       </c>
-      <c r="M28" s="18">
+      <c r="N28" s="18">
         <v>0.8</v>
       </c>
-      <c r="N28" s="18">
-[...4 lines deleted...]
-    <row r="29" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="O28" s="18">
+        <v>0.93</v>
+      </c>
+      <c r="P28" s="20"/>
+    </row>
+    <row r="29" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A29" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B29" s="38">
+        <v>0.79</v>
+      </c>
+      <c r="C29" s="33">
+        <v>0.89</v>
+      </c>
+      <c r="D29" s="33">
+        <v>0.9</v>
+      </c>
+      <c r="E29" s="38">
+        <v>0.81</v>
+      </c>
+      <c r="F29" s="38">
+        <v>1</v>
+      </c>
+      <c r="G29" s="38">
+        <v>0.83</v>
+      </c>
+      <c r="H29" s="21">
+        <v>1</v>
+      </c>
+      <c r="I29" s="17">
+        <v>1</v>
+      </c>
+      <c r="J29" s="16">
+        <v>1</v>
+      </c>
+      <c r="K29" s="17">
+        <v>0.88890000000000002</v>
+      </c>
+      <c r="L29" s="18">
+        <v>0.875</v>
+      </c>
+      <c r="M29" s="18">
+        <v>0.75</v>
+      </c>
+      <c r="N29" s="18">
+        <v>0.88</v>
+      </c>
+      <c r="O29" s="18">
+        <v>0.96</v>
+      </c>
+      <c r="P29" s="20"/>
+    </row>
+    <row r="30" spans="1:16" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="15" t="s">
         <v>19</v>
       </c>
-      <c r="B29" s="33">
-[...45 lines deleted...]
-        <v>0.93</v>
+      <c r="B30" s="38">
+        <v>0.91</v>
       </c>
       <c r="C30" s="33">
+        <v>0.93</v>
+      </c>
+      <c r="D30" s="33">
         <v>0.99</v>
       </c>
-      <c r="D30" s="38">
+      <c r="E30" s="38">
         <v>0.94</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.87</v>
       </c>
       <c r="F30" s="38">
         <v>0.87</v>
       </c>
-      <c r="G30" s="21">
+      <c r="G30" s="38">
+        <v>0.87</v>
+      </c>
+      <c r="H30" s="21">
         <v>0.95238095238095233</v>
       </c>
-      <c r="H30" s="17">
+      <c r="I30" s="17">
         <v>0.89</v>
       </c>
-      <c r="I30" s="16">
+      <c r="J30" s="16">
         <v>0.78217821782178221</v>
       </c>
-      <c r="J30" s="17">
+      <c r="K30" s="17">
         <v>0.86050000000000004</v>
       </c>
-      <c r="K30" s="18">
+      <c r="L30" s="18">
         <v>0.80430000000000001</v>
       </c>
-      <c r="L30" s="18">
+      <c r="M30" s="18">
         <v>0.75</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.92</v>
       </c>
       <c r="N30" s="18">
         <v>0.92</v>
       </c>
-      <c r="O30" s="20"/>
-[...1 lines deleted...]
-    <row r="31" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="O30" s="18">
+        <v>0.92</v>
+      </c>
+      <c r="P30" s="20"/>
+    </row>
+    <row r="31" spans="1:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="15" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>0.93</v>
+        <v>65</v>
+      </c>
+      <c r="B31" s="38">
+        <v>0.9</v>
       </c>
       <c r="C31" s="33">
+        <v>0.93</v>
+      </c>
+      <c r="D31" s="33">
         <v>0.9</v>
       </c>
-      <c r="D31" s="38">
+      <c r="E31" s="38">
         <v>0.79</v>
       </c>
-      <c r="E31" s="38">
+      <c r="F31" s="38">
         <v>0.91</v>
       </c>
-      <c r="F31" s="38">
+      <c r="G31" s="38">
         <v>0.97</v>
       </c>
-      <c r="G31" s="21">
+      <c r="H31" s="21">
         <v>0.91428571428571426</v>
       </c>
-      <c r="H31" s="17">
+      <c r="I31" s="17">
         <v>0.94</v>
       </c>
-      <c r="I31" s="16">
+      <c r="J31" s="16">
         <v>0.91743119266055051</v>
       </c>
-      <c r="J31" s="17">
+      <c r="K31" s="17">
         <v>0.91149999999999998</v>
       </c>
-      <c r="K31" s="18">
+      <c r="L31" s="18">
         <v>0.93259999999999998</v>
       </c>
-      <c r="L31" s="18">
+      <c r="M31" s="18">
         <v>0.87</v>
       </c>
-      <c r="M31" s="18">
+      <c r="N31" s="18">
         <v>0.9</v>
       </c>
-      <c r="N31" s="18">
+      <c r="O31" s="18">
         <v>0.97</v>
       </c>
-      <c r="O31" s="20"/>
-[...1 lines deleted...]
-    <row r="32" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="P31" s="20"/>
+    </row>
+    <row r="32" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="15" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="B32" s="33">
+        <v>66</v>
+      </c>
+      <c r="B32" s="40">
+        <v>0.9</v>
+      </c>
+      <c r="C32" s="33">
         <v>0.96</v>
       </c>
-      <c r="C32" s="33">
+      <c r="D32" s="33">
         <v>0.86</v>
       </c>
-      <c r="D32" s="38">
+      <c r="E32" s="38">
         <v>0.68</v>
       </c>
-      <c r="E32" s="38">
+      <c r="F32" s="38">
         <v>0.76</v>
       </c>
-      <c r="F32" s="38">
+      <c r="G32" s="38">
         <v>0.85</v>
       </c>
-      <c r="G32" s="21">
+      <c r="H32" s="21">
         <v>0.91489361702127658</v>
       </c>
-      <c r="H32" s="17">
+      <c r="I32" s="17">
         <v>0.97</v>
       </c>
-      <c r="I32" s="16">
+      <c r="J32" s="16">
         <v>0.98701298701298701</v>
       </c>
-      <c r="J32" s="17">
+      <c r="K32" s="17">
         <v>0.67679999999999996</v>
       </c>
-      <c r="K32" s="18">
+      <c r="L32" s="18">
         <v>0.72729999999999995</v>
       </c>
-      <c r="L32" s="18">
+      <c r="M32" s="18">
         <v>0.76</v>
       </c>
-      <c r="M32" s="18">
+      <c r="N32" s="18">
         <v>0.55000000000000004</v>
       </c>
-      <c r="N32" s="18">
+      <c r="O32" s="18">
         <v>0.9</v>
       </c>
-      <c r="O32" s="20"/>
-[...1 lines deleted...]
-    <row r="33" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="P32" s="20"/>
+    </row>
+    <row r="33" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="15" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-      <c r="D33" s="38"/>
+        <v>60</v>
+      </c>
+      <c r="B33" s="38">
+        <v>0.86</v>
+      </c>
+      <c r="C33" s="33">
+        <v>0.93</v>
+      </c>
+      <c r="D33" s="33">
+        <v>0.97</v>
+      </c>
       <c r="E33" s="38"/>
       <c r="F33" s="38"/>
-      <c r="G33" s="21"/>
-[...3 lines deleted...]
-      <c r="K33" s="18"/>
+      <c r="G33" s="38"/>
+      <c r="H33" s="21"/>
+      <c r="I33" s="17"/>
+      <c r="J33" s="16"/>
+      <c r="K33" s="17"/>
       <c r="L33" s="18"/>
       <c r="M33" s="18"/>
       <c r="N33" s="18"/>
-      <c r="O33" s="20"/>
-[...1 lines deleted...]
-    <row r="34" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="O33" s="18"/>
+      <c r="P33" s="20"/>
+    </row>
+    <row r="34" spans="1:16" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="15" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="B34" s="33">
+        <v>20</v>
+      </c>
+      <c r="B34" s="38">
+        <v>0.89</v>
+      </c>
+      <c r="C34" s="33">
         <v>0.96</v>
       </c>
-      <c r="C34" s="33">
-[...3 lines deleted...]
-        <v>0.87</v>
+      <c r="D34" s="33">
+        <v>0.93</v>
       </c>
       <c r="E34" s="38">
         <v>0.87</v>
       </c>
       <c r="F34" s="38">
+        <v>0.87</v>
+      </c>
+      <c r="G34" s="38">
         <v>0.94</v>
       </c>
-      <c r="G34" s="21">
+      <c r="H34" s="21">
         <v>0.93577981651376152</v>
       </c>
-      <c r="H34" s="17">
+      <c r="I34" s="17">
         <v>0.96</v>
       </c>
-      <c r="I34" s="16">
+      <c r="J34" s="16">
         <v>0.90810810810810816</v>
       </c>
-      <c r="J34" s="17">
+      <c r="K34" s="17">
         <v>0.90149999999999997</v>
       </c>
-      <c r="K34" s="18">
+      <c r="L34" s="18">
         <v>0.83</v>
       </c>
-      <c r="L34" s="18">
+      <c r="M34" s="18">
         <v>0.76</v>
       </c>
-      <c r="M34" s="18">
+      <c r="N34" s="18">
         <v>0.77</v>
       </c>
-      <c r="N34" s="18">
-[...4 lines deleted...]
-    <row r="35" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="O34" s="18">
+        <v>0.93</v>
+      </c>
+      <c r="P34" s="20"/>
+    </row>
+    <row r="35" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A35" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B35" s="38">
+        <v>0.96</v>
+      </c>
+      <c r="C35" s="33">
+        <v>0.96</v>
+      </c>
+      <c r="D35" s="33">
+        <v>0.99</v>
+      </c>
+      <c r="E35" s="38">
+        <v>0.88</v>
+      </c>
+      <c r="F35" s="38">
+        <v>0.9</v>
+      </c>
+      <c r="G35" s="38">
+        <v>0.88</v>
+      </c>
+      <c r="H35" s="21">
+        <v>0.93258426966292129</v>
+      </c>
+      <c r="I35" s="17">
+        <v>0.93</v>
+      </c>
+      <c r="J35" s="16">
+        <v>0.9555555555555556</v>
+      </c>
+      <c r="K35" s="17">
+        <v>0.91249999999999998</v>
+      </c>
+      <c r="L35" s="18">
+        <v>0.91349999999999998</v>
+      </c>
+      <c r="M35" s="18">
+        <v>0.88</v>
+      </c>
+      <c r="N35" s="18">
+        <v>0.91</v>
+      </c>
+      <c r="O35" s="18">
+        <v>0.9</v>
+      </c>
+      <c r="P35" s="20"/>
+    </row>
+    <row r="36" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="A36" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B36" s="38">
+        <v>0.96</v>
+      </c>
+      <c r="C36" s="33">
+        <v>1</v>
+      </c>
+      <c r="D36" s="33">
+        <v>1</v>
+      </c>
+      <c r="E36" s="38">
+        <v>1</v>
+      </c>
+      <c r="F36" s="38">
+        <v>0.89</v>
+      </c>
+      <c r="G36" s="38">
+        <v>0.98</v>
+      </c>
+      <c r="H36" s="21">
+        <v>0.95238095238095233</v>
+      </c>
+      <c r="I36" s="17">
+        <v>0.86</v>
+      </c>
+      <c r="J36" s="16">
+        <v>0.88732394366197187</v>
+      </c>
+      <c r="K36" s="17">
+        <v>0.85709999999999997</v>
+      </c>
+      <c r="L36" s="18">
+        <v>0.88239999999999996</v>
+      </c>
+      <c r="M36" s="18">
+        <v>0.85</v>
+      </c>
+      <c r="N36" s="18">
+        <v>0.88</v>
+      </c>
+      <c r="O36" s="18">
+        <v>0.92</v>
+      </c>
+      <c r="P36" s="20"/>
+    </row>
+    <row r="37" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="A37" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B37" s="38">
+        <v>0.98</v>
+      </c>
+      <c r="C37" s="33">
+        <v>0.94</v>
+      </c>
+      <c r="D37" s="33">
+        <v>0.88</v>
+      </c>
+      <c r="E37" s="38">
+        <v>0.79</v>
+      </c>
+      <c r="F37" s="38">
+        <v>0.83</v>
+      </c>
+      <c r="G37" s="38">
+        <v>0.82</v>
+      </c>
+      <c r="H37" s="21">
+        <v>0.87301587301587302</v>
+      </c>
+      <c r="I37" s="17">
+        <v>0.85</v>
+      </c>
+      <c r="J37" s="16">
+        <v>0.93</v>
+      </c>
+      <c r="K37" s="17">
+        <v>0.88</v>
+      </c>
+      <c r="L37" s="18">
+        <v>0.82289999999999996</v>
+      </c>
+      <c r="M37" s="18">
+        <v>0.87</v>
+      </c>
+      <c r="N37" s="18">
+        <v>0.72</v>
+      </c>
+      <c r="O37" s="18">
+        <v>0.83</v>
+      </c>
+      <c r="P37" s="20"/>
+    </row>
+    <row r="38" spans="1:16" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="15" t="s">
         <v>24</v>
       </c>
-      <c r="B35" s="33">
+      <c r="B38" s="38">
+        <v>0.94</v>
+      </c>
+      <c r="C38" s="33">
+        <v>0.98</v>
+      </c>
+      <c r="D38" s="33">
         <v>0.96</v>
       </c>
-      <c r="C35" s="33">
-[...2 lines deleted...]
-      <c r="D35" s="38">
+      <c r="E38" s="38">
         <v>0.88</v>
       </c>
-      <c r="E35" s="38">
+      <c r="F38" s="38">
+        <v>0.95</v>
+      </c>
+      <c r="G38" s="38">
+        <v>0.94</v>
+      </c>
+      <c r="H38" s="21">
+        <v>0.98</v>
+      </c>
+      <c r="I38" s="17">
+        <v>0.84</v>
+      </c>
+      <c r="J38" s="16">
+        <v>0.92982456140350878</v>
+      </c>
+      <c r="K38" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="L38" s="18">
+        <v>0.83930000000000005</v>
+      </c>
+      <c r="M38" s="18">
+        <v>0.87</v>
+      </c>
+      <c r="N38" s="18">
+        <v>0.86</v>
+      </c>
+      <c r="O38" s="18">
         <v>0.9</v>
       </c>
-      <c r="F35" s="38">
+      <c r="P38" s="20"/>
+    </row>
+    <row r="39" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="A39" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="B39" s="38">
+        <v>0.81</v>
+      </c>
+      <c r="C39" s="33">
+        <v>0.94</v>
+      </c>
+      <c r="D39" s="33">
         <v>0.88</v>
       </c>
-      <c r="G35" s="21">
-[...17 lines deleted...]
-      <c r="M35" s="18">
+      <c r="E39" s="38">
+        <v>0.82</v>
+      </c>
+      <c r="F39" s="38">
         <v>0.91</v>
       </c>
-      <c r="N35" s="18">
-[...38 lines deleted...]
-      <c r="L36" s="18">
+      <c r="G39" s="38">
+        <v>0.82</v>
+      </c>
+      <c r="H39" s="21">
+        <v>0.86772486772486768</v>
+      </c>
+      <c r="I39" s="17">
+        <v>0.84</v>
+      </c>
+      <c r="J39" s="16">
+        <v>0.88205128205128203</v>
+      </c>
+      <c r="K39" s="17">
         <v>0.85</v>
       </c>
-      <c r="M36" s="18">
-[...128 lines deleted...]
-      <c r="K39" s="18"/>
       <c r="L39" s="18"/>
       <c r="M39" s="18"/>
       <c r="N39" s="18"/>
-      <c r="O39" s="20"/>
-[...1 lines deleted...]
-    <row r="40" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="O39" s="18"/>
+      <c r="P39" s="20"/>
+    </row>
+    <row r="40" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A40" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B40" s="38">
+        <v>0.81</v>
+      </c>
+      <c r="C40" s="33">
+        <v>0.89</v>
+      </c>
+      <c r="D40" s="33">
+        <v>0.93</v>
+      </c>
+      <c r="E40" s="38">
+        <v>0.93</v>
+      </c>
+      <c r="F40" s="38">
+        <v>0.85</v>
+      </c>
+      <c r="G40" s="38">
+        <v>0.88</v>
+      </c>
+      <c r="H40" s="21">
+        <v>0.8529411764705882</v>
+      </c>
+      <c r="I40" s="17">
+        <v>0.92</v>
+      </c>
+      <c r="J40" s="16">
+        <v>0.93069306930693074</v>
+      </c>
+      <c r="K40" s="17">
+        <v>0.92169999999999996</v>
+      </c>
+      <c r="L40" s="18">
+        <v>0.91400000000000003</v>
+      </c>
+      <c r="M40" s="18">
+        <v>0.91410000000000002</v>
+      </c>
+      <c r="N40" s="18">
+        <v>0.98</v>
+      </c>
+      <c r="O40" s="18">
+        <v>0.95</v>
+      </c>
+      <c r="P40" s="20"/>
+    </row>
+    <row r="41" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="A41" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B41" s="38">
+        <v>0.95</v>
+      </c>
+      <c r="C41" s="33">
+        <v>0.89</v>
+      </c>
+      <c r="D41" s="33">
+        <v>0.93</v>
+      </c>
+      <c r="E41" s="38">
+        <v>0.89</v>
+      </c>
+      <c r="F41" s="38">
+        <v>0.92</v>
+      </c>
+      <c r="G41" s="38">
+        <v>0.96</v>
+      </c>
+      <c r="H41" s="21">
+        <v>1</v>
+      </c>
+      <c r="I41" s="17">
+        <v>0.93</v>
+      </c>
+      <c r="J41" s="16">
+        <v>1</v>
+      </c>
+      <c r="K41" s="17">
+        <v>0.88139999999999996</v>
+      </c>
+      <c r="L41" s="18">
+        <v>0.8861</v>
+      </c>
+      <c r="M41" s="18">
+        <v>0.95</v>
+      </c>
+      <c r="N41" s="18">
+        <v>0.96</v>
+      </c>
+      <c r="O41" s="18">
+        <v>1</v>
+      </c>
+      <c r="P41" s="20"/>
+    </row>
+    <row r="42" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="A42" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="B42" s="38">
+        <v>0.74</v>
+      </c>
+      <c r="C42" s="33">
+        <v>0.86</v>
+      </c>
+      <c r="D42" s="33">
+        <v>1</v>
+      </c>
+      <c r="E42" s="38">
+        <v>0.88</v>
+      </c>
+      <c r="F42" s="38">
+        <v>0.95</v>
+      </c>
+      <c r="G42" s="38">
+        <v>0.82</v>
+      </c>
+      <c r="H42" s="21">
+        <v>0.91176470588235292</v>
+      </c>
+      <c r="I42" s="17">
+        <v>0.89</v>
+      </c>
+      <c r="J42" s="16">
+        <v>0.83870967741935487</v>
+      </c>
+      <c r="K42" s="17">
+        <v>0.90239999999999998</v>
+      </c>
+      <c r="L42" s="18">
+        <v>0.73170000000000002</v>
+      </c>
+      <c r="M42" s="18">
+        <v>0.57689999999999997</v>
+      </c>
+      <c r="N42" s="18">
+        <v>0.73</v>
+      </c>
+      <c r="O42" s="18">
+        <v>0.97</v>
+      </c>
+      <c r="P42" s="20"/>
+    </row>
+    <row r="43" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="A43" s="15" t="s">
         <v>28</v>
       </c>
-      <c r="B40" s="33">
-[...89 lines deleted...]
-      <c r="B42" s="33">
+      <c r="B43" s="38">
         <v>0.86</v>
       </c>
-      <c r="C42" s="33">
-[...32 lines deleted...]
-      <c r="N42" s="18">
+      <c r="C43" s="33">
+        <v>0.93</v>
+      </c>
+      <c r="D43" s="33">
         <v>0.97</v>
       </c>
-      <c r="O42" s="20"/>
-[...8 lines deleted...]
-      <c r="C43" s="33">
+      <c r="E43" s="38">
+        <v>0.81</v>
+      </c>
+      <c r="F43" s="38">
+        <v>0.8</v>
+      </c>
+      <c r="G43" s="38">
         <v>0.97</v>
       </c>
-      <c r="D43" s="38">
-[...8 lines deleted...]
-      <c r="G43" s="21">
+      <c r="H43" s="21">
         <v>0.96825396825396826</v>
       </c>
-      <c r="H43" s="17">
-[...2 lines deleted...]
-      <c r="I43" s="16">
+      <c r="I43" s="17">
+        <v>1</v>
+      </c>
+      <c r="J43" s="16">
         <v>0.96250000000000002</v>
       </c>
-      <c r="J43" s="17">
+      <c r="K43" s="17">
         <v>0.77610000000000001</v>
       </c>
-      <c r="K43" s="18">
+      <c r="L43" s="18">
         <v>0.75360000000000005</v>
       </c>
-      <c r="L43" s="18">
+      <c r="M43" s="18">
         <v>0.72</v>
       </c>
-      <c r="M43" s="18">
+      <c r="N43" s="18">
         <v>0.7</v>
       </c>
-      <c r="N43" s="18">
+      <c r="O43" s="18">
         <v>0.87</v>
       </c>
-      <c r="O43" s="20"/>
-[...1 lines deleted...]
-    <row r="44" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="P43" s="20"/>
+    </row>
+    <row r="44" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A44" s="15" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B44" s="28"/>
       <c r="C44" s="28"/>
-      <c r="D44" s="38"/>
-      <c r="E44" s="38">
+      <c r="D44" s="28"/>
+      <c r="E44" s="28"/>
+      <c r="F44" s="38">
         <v>0.5</v>
       </c>
-      <c r="F44" s="38">
+      <c r="G44" s="38">
         <v>0</v>
       </c>
-      <c r="G44" s="21">
+      <c r="H44" s="21">
         <v>0.2608695652173913</v>
       </c>
-      <c r="H44" s="17">
+      <c r="I44" s="17">
         <v>0.62</v>
       </c>
-      <c r="I44" s="16">
+      <c r="J44" s="16">
         <v>0.54183266932270913</v>
       </c>
-      <c r="J44" s="17">
+      <c r="K44" s="17">
         <v>0.59209999999999996</v>
       </c>
-      <c r="K44" s="18">
+      <c r="L44" s="18">
         <v>0.71830000000000005</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.83</v>
       </c>
       <c r="M44" s="18">
         <v>0.83</v>
       </c>
       <c r="N44" s="18">
+        <v>0.83</v>
+      </c>
+      <c r="O44" s="18">
         <v>0.89</v>
       </c>
-      <c r="O44" s="20"/>
-[...1 lines deleted...]
-    <row r="45" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="P44" s="20"/>
+    </row>
+    <row r="45" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A45" s="15" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="C45" s="33">
+        <v>51</v>
+      </c>
+      <c r="B45" s="38">
+        <v>0.88</v>
+      </c>
+      <c r="C45" s="33" t="s">
+        <v>61</v>
+      </c>
+      <c r="D45" s="33">
         <v>0.91</v>
       </c>
-      <c r="D45" s="38">
+      <c r="E45" s="38">
         <v>0.85</v>
       </c>
-      <c r="E45" s="38">
+      <c r="F45" s="38">
         <v>0.89</v>
       </c>
-      <c r="F45" s="38"/>
-[...4 lines deleted...]
-      <c r="K45" s="32"/>
+      <c r="G45" s="28"/>
+      <c r="H45" s="29"/>
+      <c r="I45" s="30"/>
+      <c r="J45" s="31"/>
+      <c r="K45" s="30"/>
       <c r="L45" s="32"/>
       <c r="M45" s="32"/>
       <c r="N45" s="32"/>
-      <c r="O45" s="20"/>
-[...1 lines deleted...]
-    <row r="46" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="O45" s="32"/>
+      <c r="P45" s="20"/>
+    </row>
+    <row r="46" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A46" s="15" t="s">
-        <v>55</v>
-[...4 lines deleted...]
-      <c r="C46" s="33">
+        <v>52</v>
+      </c>
+      <c r="B46" s="38">
+        <v>0.78</v>
+      </c>
+      <c r="C46" s="33" t="s">
+        <v>61</v>
+      </c>
+      <c r="D46" s="33">
         <v>0.92</v>
       </c>
-      <c r="D46" s="38">
+      <c r="E46" s="38">
         <v>0.76</v>
       </c>
-      <c r="E46" s="38">
+      <c r="F46" s="38">
         <v>0.94</v>
       </c>
-      <c r="F46" s="38"/>
-[...4 lines deleted...]
-      <c r="K46" s="32"/>
+      <c r="G46" s="28"/>
+      <c r="H46" s="29"/>
+      <c r="I46" s="30"/>
+      <c r="J46" s="31"/>
+      <c r="K46" s="30"/>
       <c r="L46" s="32"/>
       <c r="M46" s="32"/>
       <c r="N46" s="32"/>
-      <c r="O46" s="20"/>
-[...1 lines deleted...]
-    <row r="47" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="O46" s="32"/>
+      <c r="P46" s="20"/>
+    </row>
+    <row r="47" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A47" s="15" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="B47" s="33">
+        <v>29</v>
+      </c>
+      <c r="B47" s="38">
+        <v>0.82</v>
+      </c>
+      <c r="C47" s="33">
         <v>0.97</v>
       </c>
-      <c r="C47" s="33">
+      <c r="D47" s="33">
         <v>0.85</v>
       </c>
-      <c r="D47" s="38">
+      <c r="E47" s="38">
         <v>0.79</v>
       </c>
-      <c r="E47" s="38">
+      <c r="F47" s="38">
         <v>0.85</v>
       </c>
-      <c r="F47" s="38">
+      <c r="G47" s="38">
         <v>0.9</v>
       </c>
-      <c r="G47" s="21">
+      <c r="H47" s="21">
         <v>0.95652173913043481</v>
       </c>
-      <c r="H47" s="17">
+      <c r="I47" s="17">
         <v>0.9</v>
       </c>
-      <c r="I47" s="16">
+      <c r="J47" s="16">
         <v>0.83486238532110091</v>
       </c>
-      <c r="J47" s="17">
+      <c r="K47" s="17">
         <v>0.86140000000000005</v>
       </c>
-      <c r="K47" s="18">
+      <c r="L47" s="18">
         <v>0.87829999999999997</v>
       </c>
-      <c r="L47" s="18">
+      <c r="M47" s="18">
         <v>0.84</v>
       </c>
-      <c r="M47" s="18">
+      <c r="N47" s="18">
         <v>0.8</v>
       </c>
-      <c r="N47" s="18">
+      <c r="O47" s="18">
         <v>0.9</v>
       </c>
-      <c r="O47" s="20"/>
-[...1 lines deleted...]
-    <row r="48" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="P47" s="20"/>
+    </row>
+    <row r="48" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A48" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="B48" s="33">
+        <v>30</v>
+      </c>
+      <c r="B48" s="38">
+        <v>0.93</v>
+      </c>
+      <c r="C48" s="33">
         <v>0.94</v>
       </c>
-      <c r="C48" s="33">
+      <c r="D48" s="33">
         <v>0.87</v>
       </c>
-      <c r="D48" s="38">
+      <c r="E48" s="38">
         <v>0.77</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.85</v>
       </c>
       <c r="F48" s="38">
         <v>0.85</v>
       </c>
-      <c r="G48" s="21">
+      <c r="G48" s="38">
+        <v>0.85</v>
+      </c>
+      <c r="H48" s="21">
         <v>0.90441176470588236</v>
       </c>
-      <c r="H48" s="17">
+      <c r="I48" s="17">
         <v>0.89</v>
       </c>
-      <c r="I48" s="16">
+      <c r="J48" s="16">
         <v>0.828125</v>
       </c>
-      <c r="J48" s="17">
+      <c r="K48" s="17">
         <v>0.78890000000000005</v>
       </c>
-      <c r="K48" s="18">
+      <c r="L48" s="18">
         <v>0.84930000000000005</v>
       </c>
-      <c r="L48" s="18">
+      <c r="M48" s="18">
         <v>0.6</v>
       </c>
-      <c r="M48" s="18">
+      <c r="N48" s="18">
         <v>0.74</v>
       </c>
-      <c r="N48" s="18">
+      <c r="O48" s="18">
         <v>0.89</v>
       </c>
-      <c r="O48" s="20"/>
-[...1 lines deleted...]
-    <row r="49" spans="1:35" x14ac:dyDescent="0.35">
+      <c r="P48" s="20"/>
+    </row>
+    <row r="49" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A49" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="B49" s="38">
+        <v>0.86</v>
+      </c>
+      <c r="C49" s="33">
+        <v>1</v>
+      </c>
+      <c r="D49" s="33">
+        <v>0.94</v>
+      </c>
+      <c r="E49" s="38">
+        <v>0.82</v>
+      </c>
+      <c r="F49" s="38">
+        <v>0.97</v>
+      </c>
+      <c r="G49" s="38">
+        <v>0.96</v>
+      </c>
+      <c r="H49" s="21">
+        <v>1</v>
+      </c>
+      <c r="I49" s="17">
+        <v>0.97</v>
+      </c>
+      <c r="J49" s="16">
+        <v>0.9555555555555556</v>
+      </c>
+      <c r="K49" s="17">
+        <v>0.92589999999999995</v>
+      </c>
+      <c r="L49" s="18">
+        <v>0.91490000000000005</v>
+      </c>
+      <c r="M49" s="18">
+        <v>0.90380000000000005</v>
+      </c>
+      <c r="N49" s="18">
+        <v>0.98</v>
+      </c>
+      <c r="O49" s="18">
+        <v>1</v>
+      </c>
+      <c r="P49" s="20"/>
+    </row>
+    <row r="50" spans="1:36" x14ac:dyDescent="0.35">
+      <c r="A50" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="B50" s="38">
+        <v>0.71</v>
+      </c>
+      <c r="C50" s="38">
+        <v>1</v>
+      </c>
+      <c r="D50" s="38">
+        <v>1</v>
+      </c>
+      <c r="E50" s="28"/>
+      <c r="F50" s="38">
+        <v>1</v>
+      </c>
+      <c r="G50" s="38">
+        <v>0.89</v>
+      </c>
+      <c r="H50" s="21">
+        <v>0.86956521739130432</v>
+      </c>
+      <c r="I50" s="17">
+        <v>0.78</v>
+      </c>
+      <c r="J50" s="16">
+        <v>0.85416666666666663</v>
+      </c>
+      <c r="K50" s="17">
+        <v>0.74</v>
+      </c>
+      <c r="L50" s="18">
+        <v>0.43240000000000001</v>
+      </c>
+      <c r="M50" s="18">
+        <v>0.68089999999999995</v>
+      </c>
+      <c r="N50" s="18">
+        <v>0.85</v>
+      </c>
+      <c r="O50" s="18">
+        <v>0.89</v>
+      </c>
+      <c r="P50" s="20"/>
+    </row>
+    <row r="51" spans="1:36" x14ac:dyDescent="0.35">
+      <c r="A51" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B51" s="38">
+        <v>0.87</v>
+      </c>
+      <c r="C51" s="33">
+        <v>0.94</v>
+      </c>
+      <c r="D51" s="33">
+        <v>0.92</v>
+      </c>
+      <c r="E51" s="38">
+        <v>0.74</v>
+      </c>
+      <c r="F51" s="38">
+        <v>0.78</v>
+      </c>
+      <c r="G51" s="38">
+        <v>0.89</v>
+      </c>
+      <c r="H51" s="21">
+        <v>0.90506329113924056</v>
+      </c>
+      <c r="I51" s="17">
+        <v>0.89</v>
+      </c>
+      <c r="J51" s="16">
+        <v>0.79268292682926833</v>
+      </c>
+      <c r="K51" s="17">
+        <v>0.74129999999999996</v>
+      </c>
+      <c r="L51" s="18">
+        <v>0.76280000000000003</v>
+      </c>
+      <c r="M51" s="18">
+        <v>0.82</v>
+      </c>
+      <c r="N51" s="18">
+        <v>0.83</v>
+      </c>
+      <c r="O51" s="18">
+        <v>0.9</v>
+      </c>
+      <c r="P51" s="20"/>
+    </row>
+    <row r="52" spans="1:36" x14ac:dyDescent="0.35">
+      <c r="A52" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B52" s="38">
+        <v>0.8</v>
+      </c>
+      <c r="C52" s="33">
+        <v>0.93</v>
+      </c>
+      <c r="D52" s="33">
+        <v>0.91</v>
+      </c>
+      <c r="E52" s="38">
+        <v>0.9</v>
+      </c>
+      <c r="F52" s="38">
+        <v>0.93</v>
+      </c>
+      <c r="G52" s="38">
+        <v>0.95</v>
+      </c>
+      <c r="H52" s="21">
+        <v>0.95394736842105265</v>
+      </c>
+      <c r="I52" s="17">
+        <v>0.97</v>
+      </c>
+      <c r="J52" s="16">
+        <v>0.93846153846153846</v>
+      </c>
+      <c r="K52" s="17">
+        <v>0.88</v>
+      </c>
+      <c r="L52" s="18">
+        <v>0.93600000000000005</v>
+      </c>
+      <c r="M52" s="18">
+        <v>0.86</v>
+      </c>
+      <c r="N52" s="18">
+        <v>0.9</v>
+      </c>
+      <c r="O52" s="18">
+        <v>0.94</v>
+      </c>
+      <c r="P52" s="20"/>
+    </row>
+    <row r="53" spans="1:36" x14ac:dyDescent="0.35">
+      <c r="A53" s="15" t="s">
         <v>34</v>
       </c>
-      <c r="B49" s="33">
-[...8 lines deleted...]
-      <c r="E49" s="38">
+      <c r="B53" s="38">
+        <v>1</v>
+      </c>
+      <c r="C53" s="33">
         <v>0.97</v>
       </c>
-      <c r="F49" s="38">
-[...5 lines deleted...]
-      <c r="H49" s="17">
+      <c r="D53" s="33">
+        <v>0.87</v>
+      </c>
+      <c r="E53" s="38">
+        <v>1</v>
+      </c>
+      <c r="F53" s="38">
         <v>0.97</v>
       </c>
-      <c r="I49" s="16">
-[...11 lines deleted...]
-      <c r="M49" s="18">
+      <c r="G53" s="38">
         <v>0.98</v>
       </c>
-      <c r="N49" s="18">
-[...18 lines deleted...]
-      <c r="F50" s="38">
+      <c r="H53" s="21">
+        <v>0.95918367346938771</v>
+      </c>
+      <c r="I53" s="17">
+        <v>1</v>
+      </c>
+      <c r="J53" s="16">
+        <v>0.88888888888888884</v>
+      </c>
+      <c r="K53" s="17">
+        <v>1</v>
+      </c>
+      <c r="L53" s="18">
+        <v>0.96299999999999997</v>
+      </c>
+      <c r="M53" s="18">
+        <v>1</v>
+      </c>
+      <c r="N53" s="18">
+        <v>1</v>
+      </c>
+      <c r="O53" s="18">
+        <v>1</v>
+      </c>
+      <c r="P53" s="20"/>
+    </row>
+    <row r="54" spans="1:36" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A54" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="B54" s="38">
+        <v>0.85</v>
+      </c>
+      <c r="C54" s="33">
+        <v>0.93</v>
+      </c>
+      <c r="D54" s="33">
+        <v>1</v>
+      </c>
+      <c r="E54" s="38">
+        <v>0.91</v>
+      </c>
+      <c r="F54" s="38">
+        <v>0.87</v>
+      </c>
+      <c r="G54" s="38">
         <v>0.89</v>
       </c>
-      <c r="G50" s="21">
-[...98 lines deleted...]
-      <c r="J52" s="17">
+      <c r="H54" s="21">
+        <v>0.8089887640449438</v>
+      </c>
+      <c r="I54" s="17">
         <v>0.88</v>
       </c>
-      <c r="K52" s="18">
-[...83 lines deleted...]
-      <c r="I54" s="16">
+      <c r="J54" s="16">
         <v>0.83750000000000002</v>
       </c>
-      <c r="J54" s="17">
+      <c r="K54" s="17">
         <v>0.76270000000000004</v>
       </c>
-      <c r="K54" s="18">
+      <c r="L54" s="18">
         <v>0.83560000000000001</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.88</v>
       </c>
       <c r="M54" s="18">
         <v>0.88</v>
       </c>
       <c r="N54" s="18">
+        <v>0.88</v>
+      </c>
+      <c r="O54" s="18">
         <v>0.87</v>
       </c>
-      <c r="O54" s="20"/>
-[...1 lines deleted...]
-    <row r="55" spans="1:35" x14ac:dyDescent="0.35">
+      <c r="P54" s="20"/>
+    </row>
+    <row r="55" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A55" s="15" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>0.93</v>
+        <v>36</v>
+      </c>
+      <c r="B55" s="38">
+        <v>0.88</v>
       </c>
       <c r="C55" s="33">
+        <v>0.93</v>
+      </c>
+      <c r="D55" s="33">
         <v>0.89</v>
       </c>
-      <c r="D55" s="38">
+      <c r="E55" s="38">
         <v>0.81</v>
       </c>
-      <c r="E55" s="38">
+      <c r="F55" s="38">
         <v>0.9</v>
       </c>
-      <c r="F55" s="38">
-[...2 lines deleted...]
-      <c r="G55" s="21">
+      <c r="G55" s="38">
+        <v>0.93</v>
+      </c>
+      <c r="H55" s="21">
         <v>0.88749999999999996</v>
       </c>
-      <c r="H55" s="17">
+      <c r="I55" s="17">
         <v>0.95</v>
       </c>
-      <c r="I55" s="16">
+      <c r="J55" s="16">
         <v>0.87581699346405228</v>
       </c>
-      <c r="J55" s="17">
+      <c r="K55" s="17">
         <v>0.86299999999999999</v>
       </c>
-      <c r="K55" s="18">
+      <c r="L55" s="18">
         <v>0.82579999999999998</v>
       </c>
-      <c r="L55" s="18">
+      <c r="M55" s="18">
         <v>0.87</v>
       </c>
-      <c r="M55" s="18">
+      <c r="N55" s="18">
         <v>0.88</v>
       </c>
-      <c r="N55" s="18">
-[...4 lines deleted...]
-    <row r="56" spans="1:35" x14ac:dyDescent="0.35">
+      <c r="O55" s="18">
+        <v>0.93</v>
+      </c>
+      <c r="P55" s="20"/>
+    </row>
+    <row r="56" spans="1:36" ht="31" x14ac:dyDescent="0.35">
       <c r="A56" s="15" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="B56" s="33">
+        <v>53</v>
+      </c>
+      <c r="B56" s="38">
+        <v>0.92</v>
+      </c>
+      <c r="C56" s="33">
         <v>0.94</v>
       </c>
-      <c r="C56" s="33">
+      <c r="D56" s="33">
         <v>0.9</v>
       </c>
-      <c r="D56" s="38">
+      <c r="E56" s="38">
         <v>0.87</v>
       </c>
-      <c r="E56" s="38">
+      <c r="F56" s="38">
         <v>0.86</v>
       </c>
-      <c r="F56" s="38"/>
-[...4 lines deleted...]
-      <c r="K56" s="32"/>
+      <c r="G56" s="38"/>
+      <c r="H56" s="29"/>
+      <c r="I56" s="30"/>
+      <c r="J56" s="31"/>
+      <c r="K56" s="30"/>
       <c r="L56" s="32"/>
       <c r="M56" s="32"/>
       <c r="N56" s="32"/>
-      <c r="O56" s="20"/>
-      <c r="P56" s="4"/>
+      <c r="O56" s="32"/>
+      <c r="P56" s="20"/>
       <c r="Q56" s="4"/>
-      <c r="R56" s="5"/>
+      <c r="R56" s="4"/>
       <c r="S56" s="5"/>
-      <c r="T56" s="6"/>
+      <c r="T56" s="5"/>
       <c r="U56" s="6"/>
-      <c r="V56" s="7"/>
-[...1 lines deleted...]
-      <c r="X56" s="9"/>
+      <c r="V56" s="6"/>
+      <c r="W56" s="7"/>
+      <c r="X56" s="8"/>
       <c r="Y56" s="9"/>
-      <c r="Z56" s="10"/>
-[...1 lines deleted...]
-      <c r="AB56" s="9"/>
+      <c r="Z56" s="9"/>
+      <c r="AA56" s="10"/>
+      <c r="AB56" s="8"/>
       <c r="AC56" s="9"/>
-      <c r="AD56" s="10"/>
-[...1 lines deleted...]
-      <c r="AF56" s="9"/>
+      <c r="AD56" s="9"/>
+      <c r="AE56" s="10"/>
+      <c r="AF56" s="8"/>
       <c r="AG56" s="9"/>
-      <c r="AH56" s="10"/>
-[...2 lines deleted...]
-    <row r="57" spans="1:35" ht="30.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="AH56" s="9"/>
+      <c r="AI56" s="10"/>
+      <c r="AJ56" s="8"/>
+    </row>
+    <row r="57" spans="1:36" ht="30.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="15" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="B57" s="33">
+        <v>45</v>
+      </c>
+      <c r="B57" s="38">
+        <v>0.8</v>
+      </c>
+      <c r="C57" s="33">
         <v>0.91</v>
       </c>
-      <c r="C57" s="33">
+      <c r="D57" s="33">
         <v>0.89</v>
       </c>
-      <c r="D57" s="38">
+      <c r="E57" s="38">
         <v>0.77</v>
       </c>
-      <c r="E57" s="38">
+      <c r="F57" s="38">
         <v>0.9</v>
       </c>
-      <c r="F57" s="38">
-[...2 lines deleted...]
-      <c r="G57" s="21">
+      <c r="G57" s="38">
+        <v>0.93</v>
+      </c>
+      <c r="H57" s="21">
         <v>0.95151515151515154</v>
       </c>
-      <c r="H57" s="17">
-[...2 lines deleted...]
-      <c r="I57" s="16">
+      <c r="I57" s="17">
+        <v>0.93</v>
+      </c>
+      <c r="J57" s="16">
         <v>0.86</v>
       </c>
-      <c r="J57" s="17">
+      <c r="K57" s="17">
         <v>0.88</v>
       </c>
-      <c r="K57" s="18">
+      <c r="L57" s="18">
         <v>0.75</v>
       </c>
-      <c r="L57" s="18">
+      <c r="M57" s="18">
         <v>0.74</v>
       </c>
-      <c r="M57" s="18">
+      <c r="N57" s="18">
         <v>0.78</v>
       </c>
-      <c r="N57" s="18">
+      <c r="O57" s="18">
         <v>0.84</v>
       </c>
-      <c r="O57" s="20"/>
-[...1 lines deleted...]
-    <row r="58" spans="1:35" ht="40.9" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="P57" s="20"/>
+    </row>
+    <row r="58" spans="1:36" ht="40.9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A58" s="15" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="B58" s="33">
+        <v>55</v>
+      </c>
+      <c r="B58" s="38">
+        <v>1</v>
+      </c>
+      <c r="C58" s="33">
         <v>0.92</v>
       </c>
-      <c r="C58" s="33">
+      <c r="D58" s="33">
         <v>0.94</v>
       </c>
-      <c r="D58" s="38">
+      <c r="E58" s="38">
         <v>0.83</v>
       </c>
-      <c r="E58" s="38">
+      <c r="F58" s="38">
         <v>0.81</v>
       </c>
-      <c r="F58" s="38">
+      <c r="G58" s="38">
         <v>0.95</v>
       </c>
-      <c r="G58" s="21">
+      <c r="H58" s="21">
         <v>0.94736842105263153</v>
       </c>
-      <c r="H58" s="17">
+      <c r="I58" s="17">
         <v>0.98</v>
       </c>
-      <c r="I58" s="16">
+      <c r="J58" s="16">
         <v>0.96875</v>
       </c>
-      <c r="J58" s="17">
+      <c r="K58" s="17">
         <v>0.81369999999999998</v>
       </c>
-      <c r="K58" s="18">
+      <c r="L58" s="18">
         <v>0.86519999999999997</v>
       </c>
-      <c r="L58" s="18">
+      <c r="M58" s="18">
         <v>0.8367</v>
       </c>
-      <c r="M58" s="18">
+      <c r="N58" s="18">
         <v>0.86</v>
       </c>
-      <c r="N58" s="18">
+      <c r="O58" s="18">
         <v>0.89</v>
       </c>
-      <c r="O58" s="20"/>
-[...1 lines deleted...]
-    <row r="59" spans="1:35" ht="31" x14ac:dyDescent="0.35">
+      <c r="P58" s="20"/>
+    </row>
+    <row r="59" spans="1:36" ht="31" x14ac:dyDescent="0.35">
       <c r="A59" s="15" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="B59" s="33">
+        <v>54</v>
+      </c>
+      <c r="B59" s="38">
+        <v>0.7</v>
+      </c>
+      <c r="C59" s="33">
         <v>0.94</v>
       </c>
-      <c r="C59" s="33">
+      <c r="D59" s="33">
         <v>0.96</v>
       </c>
-      <c r="D59" s="38">
+      <c r="E59" s="38">
         <v>0.8</v>
       </c>
-      <c r="E59" s="38">
+      <c r="F59" s="38">
         <v>0.83</v>
       </c>
-      <c r="F59" s="38">
+      <c r="G59" s="38">
         <v>0.95</v>
       </c>
-      <c r="G59" s="21">
-[...2 lines deleted...]
-      <c r="H59" s="17">
+      <c r="H59" s="21">
+        <v>1</v>
+      </c>
+      <c r="I59" s="17">
         <v>0.89</v>
       </c>
-      <c r="I59" s="16"/>
-[...1 lines deleted...]
-      <c r="K59" s="18"/>
+      <c r="J59" s="16"/>
+      <c r="K59" s="17"/>
       <c r="L59" s="18"/>
       <c r="M59" s="18"/>
       <c r="N59" s="18"/>
-      <c r="O59" s="20"/>
-[...1 lines deleted...]
-    <row r="60" spans="1:35" x14ac:dyDescent="0.35">
+      <c r="O59" s="18"/>
+      <c r="P59" s="20"/>
+    </row>
+    <row r="60" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A60" s="15" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="B60" s="33">
+        <v>37</v>
+      </c>
+      <c r="B60" s="38">
+        <v>0.93</v>
+      </c>
+      <c r="C60" s="33">
         <v>0.95</v>
       </c>
-      <c r="C60" s="33">
-[...3 lines deleted...]
-        <v>0.91</v>
+      <c r="D60" s="33">
+        <v>0.93</v>
       </c>
       <c r="E60" s="38">
         <v>0.91</v>
       </c>
       <c r="F60" s="38">
+        <v>0.91</v>
+      </c>
+      <c r="G60" s="38">
         <v>0.97</v>
       </c>
-      <c r="G60" s="21">
-[...2 lines deleted...]
-      <c r="H60" s="17">
+      <c r="H60" s="21">
+        <v>1</v>
+      </c>
+      <c r="I60" s="17">
         <v>0.96</v>
       </c>
-      <c r="I60" s="16">
+      <c r="J60" s="16">
         <v>0.89772727272727271</v>
       </c>
-      <c r="J60" s="17">
+      <c r="K60" s="17">
         <v>0.88890000000000002</v>
       </c>
-      <c r="K60" s="18">
+      <c r="L60" s="18">
         <v>0.63100000000000001</v>
       </c>
-      <c r="L60" s="18">
+      <c r="M60" s="18">
         <v>0.7</v>
       </c>
-      <c r="M60" s="18">
+      <c r="N60" s="18">
         <v>0.89</v>
       </c>
-      <c r="N60" s="18">
+      <c r="O60" s="18">
         <v>0.9</v>
       </c>
-      <c r="O60" s="20"/>
-[...1 lines deleted...]
-    <row r="61" spans="1:35" x14ac:dyDescent="0.35">
+      <c r="P60" s="20"/>
+    </row>
+    <row r="61" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A61" s="15" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="B61" s="33">
+        <v>38</v>
+      </c>
+      <c r="B61" s="38">
+        <v>1</v>
+      </c>
+      <c r="C61" s="33">
         <v>0.97</v>
       </c>
-      <c r="C61" s="33">
-[...3 lines deleted...]
-        <v>0.93</v>
+      <c r="D61" s="33">
+        <v>1</v>
       </c>
       <c r="E61" s="38">
-        <v>0.87</v>
+        <v>0.93</v>
       </c>
       <c r="F61" s="38">
         <v>0.87</v>
       </c>
-      <c r="G61" s="21">
+      <c r="G61" s="38">
+        <v>0.87</v>
+      </c>
+      <c r="H61" s="21">
         <v>0.93333333333333335</v>
       </c>
-      <c r="H61" s="17">
+      <c r="I61" s="17">
         <v>0.97</v>
       </c>
-      <c r="I61" s="16">
+      <c r="J61" s="16">
         <v>0.96666666666666667</v>
       </c>
-      <c r="J61" s="17">
+      <c r="K61" s="17">
         <v>0.92</v>
       </c>
-      <c r="K61" s="18">
+      <c r="L61" s="18">
         <v>0.89290000000000003</v>
       </c>
-      <c r="L61" s="18">
+      <c r="M61" s="18">
         <v>0.9</v>
       </c>
-      <c r="M61" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="N61" s="18">
+        <v>1</v>
+      </c>
+      <c r="O61" s="18">
         <v>0.97</v>
       </c>
-      <c r="O61" s="20"/>
-[...1 lines deleted...]
-    <row r="62" spans="1:35" x14ac:dyDescent="0.35">
+      <c r="P61" s="20"/>
+    </row>
+    <row r="62" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A62" s="15" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>39</v>
+      </c>
+      <c r="B62" s="38">
+        <v>0.89</v>
       </c>
       <c r="C62" s="33">
         <v>1</v>
       </c>
-      <c r="D62" s="38">
+      <c r="D62" s="33">
+        <v>1</v>
+      </c>
+      <c r="E62" s="38">
         <v>0.92</v>
       </c>
-      <c r="E62" s="38">
+      <c r="F62" s="38">
         <v>0.77</v>
       </c>
-      <c r="F62" s="38">
+      <c r="G62" s="38">
         <v>0.97</v>
       </c>
-      <c r="G62" s="21">
+      <c r="H62" s="21">
         <v>0.94736842105263153</v>
       </c>
-      <c r="H62" s="17">
+      <c r="I62" s="17">
         <v>0.92</v>
       </c>
-      <c r="I62" s="16">
+      <c r="J62" s="16">
         <v>0.96875</v>
       </c>
-      <c r="J62" s="17">
+      <c r="K62" s="17">
         <v>0.89290000000000003</v>
       </c>
-      <c r="K62" s="18">
+      <c r="L62" s="18">
         <v>0.85709999999999997</v>
       </c>
-      <c r="L62" s="18">
+      <c r="M62" s="18">
         <v>0.81</v>
       </c>
-      <c r="M62" s="18"/>
       <c r="N62" s="18"/>
-      <c r="O62" s="20"/>
-[...1 lines deleted...]
-    <row r="63" spans="1:35" x14ac:dyDescent="0.35">
+      <c r="O62" s="18"/>
+      <c r="P62" s="20"/>
+    </row>
+    <row r="63" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A63" s="15" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="B63" s="33">
+        <v>40</v>
+      </c>
+      <c r="B63" s="38">
+        <v>1</v>
+      </c>
+      <c r="C63" s="33">
         <v>0.96</v>
       </c>
-      <c r="C63" s="33">
+      <c r="D63" s="33">
         <v>0.97</v>
       </c>
-      <c r="D63" s="38">
+      <c r="E63" s="38">
         <v>0.91</v>
       </c>
-      <c r="E63" s="38">
+      <c r="F63" s="38">
         <v>0.96</v>
       </c>
-      <c r="F63" s="38">
+      <c r="G63" s="38">
         <v>0.97</v>
       </c>
-      <c r="G63" s="21">
-[...5 lines deleted...]
-      <c r="I63" s="16">
+      <c r="H63" s="21">
+        <v>1</v>
+      </c>
+      <c r="I63" s="17">
+        <v>1</v>
+      </c>
+      <c r="J63" s="16">
         <v>0.94915254237288138</v>
       </c>
-      <c r="J63" s="17">
-[...2 lines deleted...]
-      <c r="K63" s="18">
+      <c r="K63" s="17">
+        <v>1</v>
+      </c>
+      <c r="L63" s="18">
         <v>0.97699999999999998</v>
       </c>
-      <c r="L63" s="18">
+      <c r="M63" s="18">
         <v>0.98</v>
       </c>
-      <c r="M63" s="18">
-[...1 lines deleted...]
-      </c>
       <c r="N63" s="18">
-        <v>1</v>
-[...3 lines deleted...]
-    <row r="64" spans="1:35" x14ac:dyDescent="0.35">
+        <v>0.93</v>
+      </c>
+      <c r="O63" s="18">
+        <v>1</v>
+      </c>
+      <c r="P63" s="20"/>
+    </row>
+    <row r="64" spans="1:36" x14ac:dyDescent="0.35">
       <c r="A64" s="3" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="B64" s="35">
+        <v>47</v>
+      </c>
+      <c r="B64" s="41">
+        <v>0.89</v>
+      </c>
+      <c r="C64" s="35">
         <v>0.94</v>
       </c>
-      <c r="C64" s="35">
+      <c r="D64" s="35">
         <v>0.92</v>
       </c>
-      <c r="D64" s="19">
+      <c r="E64" s="19">
         <v>0.82</v>
       </c>
-      <c r="E64" s="19">
+      <c r="F64" s="19">
         <v>0.86</v>
       </c>
-      <c r="F64" s="19">
+      <c r="G64" s="19">
         <v>0.9</v>
       </c>
-      <c r="G64" s="22">
+      <c r="H64" s="22">
         <v>0.91287030121981583</v>
       </c>
-      <c r="H64" s="22">
+      <c r="I64" s="22">
         <v>0.89</v>
       </c>
-      <c r="I64" s="22">
+      <c r="J64" s="22">
         <v>0.86496262358331322</v>
       </c>
-      <c r="J64" s="22">
+      <c r="K64" s="22">
         <v>0.83611955420466055</v>
       </c>
-      <c r="K64" s="22">
+      <c r="L64" s="22">
         <v>0.83609999999999995</v>
       </c>
-      <c r="L64" s="22">
+      <c r="M64" s="22">
         <v>0.80829015544041449</v>
       </c>
-      <c r="M64" s="22">
+      <c r="N64" s="22">
         <v>0.82822902796271636</v>
       </c>
-      <c r="N64" s="22">
+      <c r="O64" s="22">
         <v>0.90780000000000005</v>
       </c>
-      <c r="O64" s="20"/>
-[...1 lines deleted...]
-    <row r="65" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="P64" s="20"/>
+    </row>
+    <row r="65" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A65" s="1" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="B65" s="34">
+        <v>48</v>
+      </c>
+      <c r="B65" s="13">
+        <v>0.87</v>
+      </c>
+      <c r="C65" s="34">
         <v>0.91</v>
       </c>
-      <c r="C65" s="34">
+      <c r="D65" s="34">
         <v>0.89</v>
       </c>
-      <c r="D65" s="13">
+      <c r="E65" s="13">
         <v>0.8</v>
       </c>
-      <c r="E65" s="13">
+      <c r="F65" s="13">
         <v>0.82</v>
       </c>
-      <c r="F65" s="13">
+      <c r="G65" s="13">
         <v>0.88</v>
       </c>
-      <c r="G65" s="22">
+      <c r="H65" s="22">
         <v>0.88181850010503471</v>
       </c>
-      <c r="H65" s="22">
+      <c r="I65" s="22">
         <v>0.88</v>
       </c>
-      <c r="I65" s="22">
+      <c r="J65" s="22">
         <v>0.87115016420048941</v>
       </c>
-      <c r="J65" s="22">
+      <c r="K65" s="22">
         <v>0.84560000000000002</v>
       </c>
-      <c r="K65" s="22">
+      <c r="L65" s="22">
         <v>0.84509999999999996</v>
       </c>
-      <c r="L65" s="22">
+      <c r="M65" s="22">
         <v>0.81789999999999996</v>
       </c>
-      <c r="M65" s="22">
+      <c r="N65" s="22">
         <v>0.83040000000000003</v>
       </c>
-      <c r="N65" s="22">
+      <c r="O65" s="22">
         <v>0.90339999999999998</v>
       </c>
     </row>
-    <row r="66" spans="1:14" ht="20" x14ac:dyDescent="0.4">
-[...5 lines deleted...]
-      <c r="H67" s="26"/>
+    <row r="66" spans="1:15" ht="20" x14ac:dyDescent="0.4">
+      <c r="E66" s="27"/>
+      <c r="I66" s="25"/>
+    </row>
+    <row r="67" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="E67" s="27"/>
+      <c r="I67" s="26"/>
     </row>
   </sheetData>
   <mergeCells count="4">
-    <mergeCell ref="A4:N4"/>
-[...2 lines deleted...]
-    <mergeCell ref="A1:N1"/>
+    <mergeCell ref="A4:O4"/>
+    <mergeCell ref="A3:O3"/>
+    <mergeCell ref="A2:O2"/>
+    <mergeCell ref="A1:O1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="63" fitToHeight="0" orientation="landscape" r:id="rId1"/>
-</worksheet>
-[...22 lines deleted...]
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-[...2 lines deleted...]
-      <vt:lpstr>Sheet3</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>RN</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MacDonald, Angela (DPH)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>