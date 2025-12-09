--- v0 (2025-10-17)
+++ v1 (2025-12-09)
@@ -3063,96 +3063,51 @@
                                     <w:t>.</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                               <a:prstTxWarp prst="textNoShape">
                                 <a:avLst/>
                               </a:prstTxWarp>
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shapetype w14:anchorId="49FCE1B2" id="_x0000_t61" coordsize="21600,21600" o:spt="61" adj="1350,25920" path="m,l0@8@12@24,0@9,,21600@6,21600@15@27@7,21600,21600,21600,21600@9@18@30,21600@8,21600,0@7,0@21@33@6,xe">
-[...44 lines deleted...]
-                    <v:shape id="Rectangular Callout 31" o:spid="_x0000_s1027" type="#_x0000_t61" alt="&quot;&quot;" style="position:absolute;margin-left:280.45pt;margin-top:3.5pt;width:228.6pt;height:74.3pt;z-index:251658253;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBoVNj+wAIAAAsGAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2jAQfp+0/2D5fU2glAFqqBBVp0ld&#10;W7Wd+mwcm2SyfZ5tCOzX7+yEQLduD9N4MOe78/edv5zv8mqnFdkK52swBR2c5ZQIw6GszbqgX59v&#10;Pkwo8YGZkikwoqB74enV/P27y8bOxBAqUKVwBEGMnzW2oFUIdpZlnldCM38GVhgMSnCaBdy6dVY6&#10;1iC6Vtkwz8dZA660DrjwHr3XbZDOE76Ugod7Kb0IRBUUawtpdWldxTWbX7LZ2jFb1bwrg/1DFZrV&#10;Bkl7qGsWGNm4+jcoXXMHHmQ446AzkLLmIt0BbzPIf7nNU8WsSHdBcbztZfL/D5bfbZ/sg0MZGutn&#10;Hs14i510Ov5jfWSXxNr3YoldIBydw2l+Phyiphxj09H5eJDUzI6nrfPhkwBNolHQRpRr8YhfZMmU&#10;gk1IerHtrQ9JuJIYprFDWPltQInUCr/DlimCwJPuM52kDE9TxtPzySjmIHkHiNaBPqJ7UHV5UyuV&#10;NrG5xFI5gvhIyLkw4SKVozb6C5Stf5zjr2VGN7ZR6x4d3EiR2jQiJepXJMpEKgORtK0serKjyskK&#10;eyVinjKPQpK6jLqmQnrk0xoHbahipWjdF3+sJQFGZIn8PXYH8Nb9B51+XX48KtL76Q/nfyusvWJ/&#10;IjGDCf1hXRtwbwGo0DO3+QeRWmmiSmG32qE2OF5ijdGzgnL/4IiD9j17y29q7LFb5sMDc9g42JY4&#10;lMI9LlJBU1DoLEoqcD/e8sd8fFcYpaTBgVBQ/33DnKBEfTb44qaD0ShOkLQZXXyMre9OI6vTiNno&#10;JWBzYStjdcmM+UEdTOlAv+DsWkRWDDHDkbugPLjDZhnaQYXTj4vFIqXh1LAs3JonyyN41Dn2+fPu&#10;hTnbPbSAT/QODsOjexLtBzrmxpMGFpsAsg4xeNS12+DEQevVSDvdp6zjDJ//BAAA//8DAFBLAwQU&#10;AAYACAAAACEAKiEl3d8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMBBE75X4B2uReiu2&#10;KyXQNA5qK/XQIxSJHk28xIF4HcUGAl9fc2pvO5rR7JtyObqOnXEIrScFciaAIdXetNQo2Hx/Pi2A&#10;hajJ6M4TKrhigGU1eSh1YfyFVnhex4alEgqFVmBj7AvOQ23R6TDzPVLy9n5wOiY5NNwM+pLKXcef&#10;hci50y2lD1b3+GGxPq5PTkG4bQ61Wx2vW2m2P/P91+1d2oNSj9Px7RVYxDH+heGOn9ChSkw7fyIT&#10;WKcgy8VLiiqYp0l3X8iFBLZLV5blwKuS/59Q/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBoVNj+wAIAAAsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAqISXd3wAAAAoBAAAPAAAAAAAAAAAAAAAAABoFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAJgYAAAAA&#10;" adj="11581,25787" fillcolor="#8eaadb [1944]" stroked="f" strokeweight="1pt">
+                    <v:shape w14:anchorId="49FCE1B2" id="Rectangular Callout 31" o:spid="_x0000_s1027" type="#_x0000_t61" alt="&quot;&quot;" style="position:absolute;margin-left:280.45pt;margin-top:3.5pt;width:228.6pt;height:74.3pt;z-index:251658253;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBoVNj+wAIAAAsGAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2jAQfp+0/2D5fU2glAFqqBBVp0ld&#10;W7Wd+mwcm2SyfZ5tCOzX7+yEQLduD9N4MOe78/edv5zv8mqnFdkK52swBR2c5ZQIw6GszbqgX59v&#10;Pkwo8YGZkikwoqB74enV/P27y8bOxBAqUKVwBEGMnzW2oFUIdpZlnldCM38GVhgMSnCaBdy6dVY6&#10;1iC6Vtkwz8dZA660DrjwHr3XbZDOE76Ugod7Kb0IRBUUawtpdWldxTWbX7LZ2jFb1bwrg/1DFZrV&#10;Bkl7qGsWGNm4+jcoXXMHHmQ446AzkLLmIt0BbzPIf7nNU8WsSHdBcbztZfL/D5bfbZ/sg0MZGutn&#10;Hs14i510Ov5jfWSXxNr3YoldIBydw2l+Phyiphxj09H5eJDUzI6nrfPhkwBNolHQRpRr8YhfZMmU&#10;gk1IerHtrQ9JuJIYprFDWPltQInUCr/DlimCwJPuM52kDE9TxtPzySjmIHkHiNaBPqJ7UHV5UyuV&#10;NrG5xFI5gvhIyLkw4SKVozb6C5Stf5zjr2VGN7ZR6x4d3EiR2jQiJepXJMpEKgORtK0serKjyskK&#10;eyVinjKPQpK6jLqmQnrk0xoHbahipWjdF3+sJQFGZIn8PXYH8Nb9B51+XX48KtL76Q/nfyusvWJ/&#10;IjGDCf1hXRtwbwGo0DO3+QeRWmmiSmG32qE2OF5ijdGzgnL/4IiD9j17y29q7LFb5sMDc9g42JY4&#10;lMI9LlJBU1DoLEoqcD/e8sd8fFcYpaTBgVBQ/33DnKBEfTb44qaD0ShOkLQZXXyMre9OI6vTiNno&#10;JWBzYStjdcmM+UEdTOlAv+DsWkRWDDHDkbugPLjDZhnaQYXTj4vFIqXh1LAs3JonyyN41Dn2+fPu&#10;hTnbPbSAT/QODsOjexLtBzrmxpMGFpsAsg4xeNS12+DEQevVSDvdp6zjDJ//BAAA//8DAFBLAwQU&#10;AAYACAAAACEAKiEl3d8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMBBE75X4B2uReiu2&#10;KyXQNA5qK/XQIxSJHk28xIF4HcUGAl9fc2pvO5rR7JtyObqOnXEIrScFciaAIdXetNQo2Hx/Pi2A&#10;hajJ6M4TKrhigGU1eSh1YfyFVnhex4alEgqFVmBj7AvOQ23R6TDzPVLy9n5wOiY5NNwM+pLKXcef&#10;hci50y2lD1b3+GGxPq5PTkG4bQ61Wx2vW2m2P/P91+1d2oNSj9Px7RVYxDH+heGOn9ChSkw7fyIT&#10;WKcgy8VLiiqYp0l3X8iFBLZLV5blwKuS/59Q/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBoVNj+wAIAAAsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAqISXd3wAAAAoBAAAPAAAAAAAAAAAAAAAAABoFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAJgYAAAAA&#10;" adj="11581,25787" fillcolor="#8eaadb [1944]" stroked="f" strokeweight="1pt">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="704C641E" w14:textId="3A47E4A4" w:rsidR="00DE630B" w:rsidRPr="00F81BB5" w:rsidRDefault="00FF4837" w:rsidP="00DE630B">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="32"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                             </w:pPr>
                             <w:bookmarkStart w:id="5" w:name="_Hlk72313914"/>
                             <w:bookmarkStart w:id="6" w:name="_Hlk72313915"/>
                             <w:r w:rsidRPr="00F81BB5">
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="32"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t xml:space="preserve">SNAP Applications </w:t>
@@ -3806,51 +3761,69 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68EE4B59" w14:textId="77777777" w:rsidR="00990805" w:rsidRPr="00B631E7" w:rsidRDefault="00F32004" w:rsidP="001047C0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B631E7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recipients With a Disability </w:t>
+              <w:t xml:space="preserve">Recipients With </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B631E7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a Disability</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B631E7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F7A18F7" w14:textId="26F53B40" w:rsidR="00F32004" w:rsidRPr="00990805" w:rsidRDefault="00E86315" w:rsidP="00990805">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E86315">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>310,318</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3953,51 +3926,51 @@
               <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4126CE12" w14:textId="18F5F0E0" w:rsidR="007B0A9A" w:rsidRPr="00990805" w:rsidRDefault="00F81DAA" w:rsidP="00F066E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D21BB">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658269" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EB85830" wp14:editId="02AB2E46">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658269" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EB85830" wp14:editId="26A64C1D">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-114935</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="page">
                     <wp:posOffset>38100</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="6638925" cy="2590800"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="48" name="Chart 48">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId17"/>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
@@ -4916,51 +4889,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Reason for Office Visits</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F20BF93" w14:textId="20882097" w:rsidR="00680066" w:rsidRPr="00E937F0" w:rsidRDefault="00A6752E" w:rsidP="00B0662C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662366" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74294973" wp14:editId="3562BBF9">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662366" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74294973" wp14:editId="2B95701B">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>628015</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>193675</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="5752465" cy="3243580"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="12" name="Chart 12">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId20"/>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
@@ -5343,51 +5316,91 @@
             <w:r w:rsidR="00071062" w:rsidRPr="00C40335">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="004C25B6" w:rsidRPr="00C40335">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>verage daily</w:t>
             </w:r>
             <w:r w:rsidR="001C0554" w:rsidRPr="00C40335">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> calls broken down by how the call resolved.</w:t>
+              <w:t xml:space="preserve"> calls </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="001C0554" w:rsidRPr="00C40335">
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>broken</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="001C0554" w:rsidRPr="00C40335">
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> down by how the call </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="001C0554" w:rsidRPr="00C40335">
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>resolved</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="001C0554" w:rsidRPr="00C40335">
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="004F204C">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                                    </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00357F9A" w:rsidRPr="00093EEB" w14:paraId="57312B0E" w14:textId="77777777" w:rsidTr="002E2FFF">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="131" w:type="dxa"/>
           <w:trHeight w:val="2532"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10417" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -12210,51 +12223,69 @@
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1555C969" w14:textId="4FD8C084" w:rsidR="00463298" w:rsidRPr="00A30B89" w:rsidRDefault="00722B25" w:rsidP="00E66031">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A30B89">
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E17476" w:rsidRPr="00A30B89">
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>This is the number of people who visited our local offices each month to use our services.</w:t>
+              <w:t xml:space="preserve">This is the number of people who </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00E17476" w:rsidRPr="00A30B89">
+              <w:rPr>
+                <w:color w:val="002060"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>visited</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00E17476" w:rsidRPr="00A30B89">
+              <w:rPr>
+                <w:color w:val="002060"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> our local offices each month to use our services.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00463298" w:rsidRPr="00A9390B" w14:paraId="279B99DE" w14:textId="77777777" w:rsidTr="005A381B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="257"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -12422,51 +12453,69 @@
           <w:tcPr>
             <w:tcW w:w="5179" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="598D8D39" w14:textId="46737FD1" w:rsidR="007E5565" w:rsidRPr="00A30B89" w:rsidRDefault="00297372" w:rsidP="001C51C7">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A30B89">
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>Average daily calls broken down by how the call resolved.</w:t>
+              <w:t xml:space="preserve">Average daily calls </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A30B89">
+              <w:rPr>
+                <w:color w:val="002060"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>broken</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A30B89">
+              <w:rPr>
+                <w:color w:val="002060"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> down by how the call resolved.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A221BA" w:rsidRPr="00A9390B" w14:paraId="61F50A7D" w14:textId="77777777" w:rsidTr="005A381B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="257"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -12642,51 +12691,69 @@
           <w:tcPr>
             <w:tcW w:w="5179" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B6BAEA9" w14:textId="3522E876" w:rsidR="007866E4" w:rsidRPr="00A30B89" w:rsidRDefault="007866E4" w:rsidP="007866E4">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A30B89">
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>Average calls that exited at a point in our Interactive Voice Response (IVR) or self-service menu. Likely exit reasons: client self-served successfully; client hung up.</w:t>
+              <w:t xml:space="preserve">Average calls that </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A30B89">
+              <w:rPr>
+                <w:color w:val="002060"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>exited</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A30B89">
+              <w:rPr>
+                <w:color w:val="002060"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at a point in our Interactive Voice Response (IVR) or self-service menu. Likely exit reasons: client self-served successfully; client hung up.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007866E4" w:rsidRPr="00A9390B" w14:paraId="5EABFF92" w14:textId="77777777" w:rsidTr="005A381B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="257"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -15649,55 +15716,56 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="751465937">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1444303125">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="395132768">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1038553299">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1722828382">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1516505561">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="501761"/>
+    <o:shapedefaults v:ext="edit" spidmax="507905"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C32BA"/>
     <w:rsid w:val="00000243"/>
     <w:rsid w:val="00000577"/>
     <w:rsid w:val="00000684"/>
     <w:rsid w:val="00001310"/>
@@ -16385,50 +16453,51 @@
     <w:rsid w:val="0026677F"/>
     <w:rsid w:val="00267658"/>
     <w:rsid w:val="0026774B"/>
     <w:rsid w:val="00267E0B"/>
     <w:rsid w:val="00270CD6"/>
     <w:rsid w:val="002714EC"/>
     <w:rsid w:val="00271570"/>
     <w:rsid w:val="00271AEC"/>
     <w:rsid w:val="00271D17"/>
     <w:rsid w:val="00272177"/>
     <w:rsid w:val="002724EC"/>
     <w:rsid w:val="00272C19"/>
     <w:rsid w:val="00273597"/>
     <w:rsid w:val="00273E42"/>
     <w:rsid w:val="0027431D"/>
     <w:rsid w:val="00274A06"/>
     <w:rsid w:val="00274CF7"/>
     <w:rsid w:val="00274D34"/>
     <w:rsid w:val="00275B9F"/>
     <w:rsid w:val="00275C92"/>
     <w:rsid w:val="00276671"/>
     <w:rsid w:val="00276CD9"/>
     <w:rsid w:val="002770AE"/>
     <w:rsid w:val="002772ED"/>
     <w:rsid w:val="00277821"/>
+    <w:rsid w:val="00277B9E"/>
     <w:rsid w:val="00277CC7"/>
     <w:rsid w:val="00277E29"/>
     <w:rsid w:val="002806F8"/>
     <w:rsid w:val="00281163"/>
     <w:rsid w:val="00281703"/>
     <w:rsid w:val="0028274C"/>
     <w:rsid w:val="00282F28"/>
     <w:rsid w:val="00283485"/>
     <w:rsid w:val="00283AE5"/>
     <w:rsid w:val="00283FE5"/>
     <w:rsid w:val="00285522"/>
     <w:rsid w:val="00285821"/>
     <w:rsid w:val="00285C18"/>
     <w:rsid w:val="00285E31"/>
     <w:rsid w:val="002868CE"/>
     <w:rsid w:val="00286AC7"/>
     <w:rsid w:val="00287274"/>
     <w:rsid w:val="00287E59"/>
     <w:rsid w:val="00290538"/>
     <w:rsid w:val="0029098F"/>
     <w:rsid w:val="00290FA5"/>
     <w:rsid w:val="00291C23"/>
     <w:rsid w:val="00291C40"/>
     <w:rsid w:val="002923BB"/>
     <w:rsid w:val="002926B4"/>
@@ -16975,50 +17044,51 @@
     <w:rsid w:val="004803F1"/>
     <w:rsid w:val="00481377"/>
     <w:rsid w:val="004813EE"/>
     <w:rsid w:val="00482213"/>
     <w:rsid w:val="00482288"/>
     <w:rsid w:val="00482727"/>
     <w:rsid w:val="00482C56"/>
     <w:rsid w:val="00482D91"/>
     <w:rsid w:val="004842FE"/>
     <w:rsid w:val="00484FEE"/>
     <w:rsid w:val="00485599"/>
     <w:rsid w:val="00485B8C"/>
     <w:rsid w:val="00485E1F"/>
     <w:rsid w:val="004862E0"/>
     <w:rsid w:val="00486981"/>
     <w:rsid w:val="00486B4C"/>
     <w:rsid w:val="00487243"/>
     <w:rsid w:val="00487768"/>
     <w:rsid w:val="00490838"/>
     <w:rsid w:val="00490A2B"/>
     <w:rsid w:val="00491A5D"/>
     <w:rsid w:val="00493ECD"/>
     <w:rsid w:val="004945F9"/>
     <w:rsid w:val="004946AD"/>
     <w:rsid w:val="00494A88"/>
+    <w:rsid w:val="00494C4C"/>
     <w:rsid w:val="00495F64"/>
     <w:rsid w:val="00495F91"/>
     <w:rsid w:val="004964E2"/>
     <w:rsid w:val="00496FC7"/>
     <w:rsid w:val="00497519"/>
     <w:rsid w:val="00497708"/>
     <w:rsid w:val="0049783C"/>
     <w:rsid w:val="00497BEF"/>
     <w:rsid w:val="004A0352"/>
     <w:rsid w:val="004A047F"/>
     <w:rsid w:val="004A0C0B"/>
     <w:rsid w:val="004A1225"/>
     <w:rsid w:val="004A1A4E"/>
     <w:rsid w:val="004A1AFF"/>
     <w:rsid w:val="004A2385"/>
     <w:rsid w:val="004A2E0B"/>
     <w:rsid w:val="004A42FE"/>
     <w:rsid w:val="004A47FB"/>
     <w:rsid w:val="004A4D18"/>
     <w:rsid w:val="004A4E72"/>
     <w:rsid w:val="004A508D"/>
     <w:rsid w:val="004A5382"/>
     <w:rsid w:val="004A5564"/>
     <w:rsid w:val="004A55A2"/>
     <w:rsid w:val="004A5879"/>
@@ -18298,50 +18368,51 @@
     <w:rsid w:val="008C20E1"/>
     <w:rsid w:val="008C26F4"/>
     <w:rsid w:val="008C295A"/>
     <w:rsid w:val="008C30D5"/>
     <w:rsid w:val="008C40E6"/>
     <w:rsid w:val="008C4738"/>
     <w:rsid w:val="008C4C6D"/>
     <w:rsid w:val="008C50C4"/>
     <w:rsid w:val="008C51E5"/>
     <w:rsid w:val="008C547E"/>
     <w:rsid w:val="008C5B00"/>
     <w:rsid w:val="008C6802"/>
     <w:rsid w:val="008C6A31"/>
     <w:rsid w:val="008C6BC2"/>
     <w:rsid w:val="008C6ECA"/>
     <w:rsid w:val="008C73C4"/>
     <w:rsid w:val="008C79C4"/>
     <w:rsid w:val="008D0424"/>
     <w:rsid w:val="008D1130"/>
     <w:rsid w:val="008D1231"/>
     <w:rsid w:val="008D15F8"/>
     <w:rsid w:val="008D1A23"/>
     <w:rsid w:val="008D2834"/>
     <w:rsid w:val="008D297F"/>
     <w:rsid w:val="008D400F"/>
+    <w:rsid w:val="008D4515"/>
     <w:rsid w:val="008D457E"/>
     <w:rsid w:val="008D4A30"/>
     <w:rsid w:val="008D4BAD"/>
     <w:rsid w:val="008D5104"/>
     <w:rsid w:val="008D5226"/>
     <w:rsid w:val="008D5DDF"/>
     <w:rsid w:val="008D5EE3"/>
     <w:rsid w:val="008D6753"/>
     <w:rsid w:val="008D69FD"/>
     <w:rsid w:val="008D7FA0"/>
     <w:rsid w:val="008E05EF"/>
     <w:rsid w:val="008E12D1"/>
     <w:rsid w:val="008E14E3"/>
     <w:rsid w:val="008E1594"/>
     <w:rsid w:val="008E1BB0"/>
     <w:rsid w:val="008E1D3A"/>
     <w:rsid w:val="008E25FB"/>
     <w:rsid w:val="008E277B"/>
     <w:rsid w:val="008E2A3B"/>
     <w:rsid w:val="008E34B1"/>
     <w:rsid w:val="008E3C16"/>
     <w:rsid w:val="008E3EE7"/>
     <w:rsid w:val="008E4213"/>
     <w:rsid w:val="008E4DE1"/>
     <w:rsid w:val="008E54A5"/>
@@ -18723,91 +18794,93 @@
     <w:rsid w:val="00A31B42"/>
     <w:rsid w:val="00A31D0D"/>
     <w:rsid w:val="00A32014"/>
     <w:rsid w:val="00A32A7C"/>
     <w:rsid w:val="00A33044"/>
     <w:rsid w:val="00A33398"/>
     <w:rsid w:val="00A338FC"/>
     <w:rsid w:val="00A33CD6"/>
     <w:rsid w:val="00A33E89"/>
     <w:rsid w:val="00A341E9"/>
     <w:rsid w:val="00A34B0E"/>
     <w:rsid w:val="00A35BE3"/>
     <w:rsid w:val="00A35F40"/>
     <w:rsid w:val="00A36367"/>
     <w:rsid w:val="00A36A47"/>
     <w:rsid w:val="00A3709C"/>
     <w:rsid w:val="00A37283"/>
     <w:rsid w:val="00A377CF"/>
     <w:rsid w:val="00A3793C"/>
     <w:rsid w:val="00A37C4B"/>
     <w:rsid w:val="00A40617"/>
     <w:rsid w:val="00A40AE2"/>
     <w:rsid w:val="00A411AF"/>
     <w:rsid w:val="00A41F47"/>
     <w:rsid w:val="00A427C2"/>
+    <w:rsid w:val="00A429DC"/>
     <w:rsid w:val="00A42B57"/>
     <w:rsid w:val="00A42C8B"/>
     <w:rsid w:val="00A4334F"/>
     <w:rsid w:val="00A4363D"/>
     <w:rsid w:val="00A43831"/>
     <w:rsid w:val="00A43847"/>
     <w:rsid w:val="00A43B3B"/>
     <w:rsid w:val="00A44798"/>
     <w:rsid w:val="00A44992"/>
     <w:rsid w:val="00A44D03"/>
     <w:rsid w:val="00A45D62"/>
     <w:rsid w:val="00A47E4C"/>
     <w:rsid w:val="00A50008"/>
     <w:rsid w:val="00A500FC"/>
     <w:rsid w:val="00A5088F"/>
     <w:rsid w:val="00A5182C"/>
     <w:rsid w:val="00A51DAD"/>
     <w:rsid w:val="00A5213E"/>
     <w:rsid w:val="00A5258B"/>
     <w:rsid w:val="00A53170"/>
     <w:rsid w:val="00A534B0"/>
     <w:rsid w:val="00A53962"/>
     <w:rsid w:val="00A54614"/>
     <w:rsid w:val="00A547DD"/>
     <w:rsid w:val="00A5571D"/>
     <w:rsid w:val="00A55C8C"/>
     <w:rsid w:val="00A55D4F"/>
     <w:rsid w:val="00A55E57"/>
     <w:rsid w:val="00A55F78"/>
     <w:rsid w:val="00A5636D"/>
     <w:rsid w:val="00A56394"/>
     <w:rsid w:val="00A57062"/>
     <w:rsid w:val="00A57237"/>
     <w:rsid w:val="00A57365"/>
     <w:rsid w:val="00A57C92"/>
     <w:rsid w:val="00A57CDC"/>
     <w:rsid w:val="00A6022C"/>
     <w:rsid w:val="00A609D8"/>
     <w:rsid w:val="00A6111D"/>
     <w:rsid w:val="00A6150D"/>
     <w:rsid w:val="00A61A2B"/>
+    <w:rsid w:val="00A61C43"/>
     <w:rsid w:val="00A650B8"/>
     <w:rsid w:val="00A65242"/>
     <w:rsid w:val="00A657A9"/>
     <w:rsid w:val="00A65E3D"/>
     <w:rsid w:val="00A6747D"/>
     <w:rsid w:val="00A6752E"/>
     <w:rsid w:val="00A67AC9"/>
     <w:rsid w:val="00A70C91"/>
     <w:rsid w:val="00A70DC5"/>
     <w:rsid w:val="00A716FD"/>
     <w:rsid w:val="00A719C9"/>
     <w:rsid w:val="00A71F51"/>
     <w:rsid w:val="00A723CF"/>
     <w:rsid w:val="00A7273D"/>
     <w:rsid w:val="00A7282B"/>
     <w:rsid w:val="00A740CC"/>
     <w:rsid w:val="00A742DD"/>
     <w:rsid w:val="00A744DE"/>
     <w:rsid w:val="00A74506"/>
     <w:rsid w:val="00A74602"/>
     <w:rsid w:val="00A75B3E"/>
     <w:rsid w:val="00A75BD7"/>
     <w:rsid w:val="00A75DE0"/>
     <w:rsid w:val="00A75E9F"/>
     <w:rsid w:val="00A766E4"/>
@@ -19664,50 +19737,51 @@
     <w:rsid w:val="00D53BD4"/>
     <w:rsid w:val="00D54021"/>
     <w:rsid w:val="00D54974"/>
     <w:rsid w:val="00D5512E"/>
     <w:rsid w:val="00D55EA0"/>
     <w:rsid w:val="00D56415"/>
     <w:rsid w:val="00D565D4"/>
     <w:rsid w:val="00D56C68"/>
     <w:rsid w:val="00D5796C"/>
     <w:rsid w:val="00D57C1F"/>
     <w:rsid w:val="00D60278"/>
     <w:rsid w:val="00D6035A"/>
     <w:rsid w:val="00D608B8"/>
     <w:rsid w:val="00D60DE5"/>
     <w:rsid w:val="00D618FC"/>
     <w:rsid w:val="00D62EB5"/>
     <w:rsid w:val="00D63098"/>
     <w:rsid w:val="00D64509"/>
     <w:rsid w:val="00D64C7A"/>
     <w:rsid w:val="00D64DC7"/>
     <w:rsid w:val="00D65BD1"/>
     <w:rsid w:val="00D66620"/>
     <w:rsid w:val="00D67388"/>
     <w:rsid w:val="00D67E90"/>
     <w:rsid w:val="00D67F9A"/>
+    <w:rsid w:val="00D67FA4"/>
     <w:rsid w:val="00D70C69"/>
     <w:rsid w:val="00D712EE"/>
     <w:rsid w:val="00D71DF0"/>
     <w:rsid w:val="00D71DFC"/>
     <w:rsid w:val="00D7267C"/>
     <w:rsid w:val="00D73048"/>
     <w:rsid w:val="00D737B0"/>
     <w:rsid w:val="00D73A28"/>
     <w:rsid w:val="00D73F97"/>
     <w:rsid w:val="00D742DF"/>
     <w:rsid w:val="00D743AB"/>
     <w:rsid w:val="00D7626B"/>
     <w:rsid w:val="00D76479"/>
     <w:rsid w:val="00D76A59"/>
     <w:rsid w:val="00D76D5D"/>
     <w:rsid w:val="00D76F1E"/>
     <w:rsid w:val="00D77442"/>
     <w:rsid w:val="00D77565"/>
     <w:rsid w:val="00D77E4B"/>
     <w:rsid w:val="00D77E58"/>
     <w:rsid w:val="00D807CF"/>
     <w:rsid w:val="00D80DB6"/>
     <w:rsid w:val="00D81EC9"/>
     <w:rsid w:val="00D8234A"/>
     <w:rsid w:val="00D82664"/>
@@ -20459,51 +20533,51 @@
     <w:rsid w:val="00FF5016"/>
     <w:rsid w:val="00FF51DF"/>
     <w:rsid w:val="00FF57DE"/>
     <w:rsid w:val="00FF5E44"/>
     <w:rsid w:val="00FF70D3"/>
     <w:rsid w:val="00FF723F"/>
     <w:rsid w:val="00FF7843"/>
     <w:rsid w:val="00FF7B1A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="501761"/>
+    <o:shapedefaults v:ext="edit" spidmax="507905"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="57FD466E"/>
   <w15:docId w15:val="{6E84F9CC-326A-462A-8C73-29E5BB22D6B1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
@@ -29402,60 +29476,50 @@
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$L$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="002060"/>
             </a:solidFill>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="6"/>
-[...8 lines deleted...]
-            <c:dLbl>
               <c:idx val="7"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="0.14087301587301573"/>
                   <c:y val="-3.44604781391342E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                     <a:spAutoFit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                       </a:defRPr>
                     </a:pPr>
                     <a:r>
                       <a:rPr lang="en-US" sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
@@ -29889,60 +29953,50 @@
           <c:y val="0.21806358585787189"/>
           <c:w val="0.84747223788507364"/>
           <c:h val="0.62896987517493885"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="0070C0"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="66"/>
-[...8 lines deleted...]
-            <c:dLbl>
               <c:idx val="67"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-9.6115338406087311E-2"/>
                   <c:y val="-0.10958904109589043"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                     <a:spAutoFit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                       </a:defRPr>
                     </a:pPr>
                     <a:r>
                       <a:rPr lang="en-US" sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
@@ -31089,60 +31143,50 @@
               <c16:uniqueId val="{00000000-F7ED-4856-A57C-0DC9D7DB4447}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$L$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="002060"/>
             </a:solidFill>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
-            <c:dLbl>
-[...8 lines deleted...]
-            </c:dLbl>
             <c:dLbl>
               <c:idx val="7"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="0.12073231073725878"/>
                   <c:y val="-7.1633237822349594E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                     <a:spAutoFit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                       </a:defRPr>
                     </a:pPr>
                     <a:r>
                       <a:rPr lang="en-US" sz="2000" b="1">
                         <a:solidFill>
@@ -31632,60 +31676,50 @@
           <c:x val="0.12307223808727001"/>
           <c:y val="0.22622345337026778"/>
           <c:w val="0.85477044496238253"/>
           <c:h val="0.66667466428192312"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="5B9BD5"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:dLbls>
-            <c:dLbl>
-[...8 lines deleted...]
-            </c:dLbl>
             <c:dLbl>
               <c:idx val="67"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-7.4529157014805114E-2"/>
                   <c:y val="-0.20803782505910165"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                     <a:spAutoFit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                       </a:defRPr>
                     </a:pPr>
                     <a:r>
                       <a:rPr lang="en-US" sz="2000" b="1">
                         <a:solidFill>
@@ -34801,78 +34835,78 @@
                 <c:pt idx="5">
                   <c:v>EBT Card</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Speak to Staff</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Suspected Fraud/Theft</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Recertification/Re-evaluation</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>Other Agency</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
-                  <c:v>5645</c:v>
+                  <c:v>5557</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1804</c:v>
+                  <c:v>1850</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>3998</c:v>
+                  <c:v>4084</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>290</c:v>
+                  <c:v>235</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>15490</c:v>
+                  <c:v>14754</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>24232</c:v>
+                  <c:v>16977</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>10780</c:v>
+                  <c:v>10056</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>566</c:v>
+                  <c:v>378</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>1620</c:v>
+                  <c:v>1592</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>1197</c:v>
+                  <c:v>1131</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-571F-45BC-A4CF-AA47DF010988}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="1"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="0"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
@@ -48988,50 +49022,87 @@
         </a:gsLst>
         <a:lin ang="5400000" scaled="0"/>
       </a:gradFill>
     </a:bgFillStyleLst>
   </a:fmtScheme>
 </a:themeOverride>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="b72976aa-e7d9-498e-b08a-d3d9e47e4056">
+      <UserInfo>
+        <DisplayName>Fubini, Michael (DTA)</DisplayName>
+        <AccountId>14</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Macedo, Jenkins (DTA)</DisplayName>
+        <AccountId>16</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Cole, Michael (DTA)</DisplayName>
+        <AccountId>15</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010098EF14C0B91ED548AD0BD3D2D4704924" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c0b180b77ff8fd3e2a2aba3ac8b24c08">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7cdb7e35-829b-4b43-b10b-15bdaaea9263" xmlns:ns3="b72976aa-e7d9-498e-b08a-d3d9e47e4056" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ba0fbc893e3f5d6b2b6588848e78034c" ns2:_="" ns3:_="">
     <xsd:import namespace="7cdb7e35-829b-4b43-b10b-15bdaaea9263"/>
     <xsd:import namespace="b72976aa-e7d9-498e-b08a-d3d9e47e4056"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7cdb7e35-829b-4b43-b10b-15bdaaea9263" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
@@ -49152,135 +49223,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D21C11FD-F893-4E20-B0BE-682B92BD8D9D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="7cdb7e35-829b-4b43-b10b-15bdaaea9263"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="b72976aa-e7d9-498e-b08a-d3d9e47e4056"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2D669C9-05C0-4A97-B7AC-4E03A53163D5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...20 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B476D95-59EE-4BDF-821A-137A61743218}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{985B2A3C-7202-428F-BB09-990FAAD74E49}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7cdb7e35-829b-4b43-b10b-15bdaaea9263"/>
     <ds:schemaRef ds:uri="b72976aa-e7d9-498e-b08a-d3d9e47e4056"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...31 lines deleted...]
-    <ds:schemaRef ds:uri="b72976aa-e7d9-498e-b08a-d3d9e47e4056"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
   <Words>955</Words>
   <Characters>5449</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>45</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>