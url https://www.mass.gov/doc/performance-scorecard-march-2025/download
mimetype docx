--- v0 (2025-10-17)
+++ v1 (2025-12-09)
@@ -775,51 +775,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="70FD3B75" w14:textId="44B2DF1F" w:rsidR="00CF0519" w:rsidRDefault="00CF0519" w:rsidP="00093EEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1D6785F9" w14:textId="3CF9104E" w:rsidR="00CF0519" w:rsidRDefault="00CF0519" w:rsidP="00093EEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B75AB" w:rsidRPr="00B35A73" w14:paraId="2B4FC44A" w14:textId="77777777" w:rsidTr="00300641">
+      <w:tr w:rsidR="004B75AB" w:rsidRPr="00B35A73" w14:paraId="2B4FC44A" w14:textId="77777777" w:rsidTr="00476456">
         <w:trPr>
           <w:trHeight w:val="1674"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="08D0B002" w14:textId="36653428" w:rsidR="004B75AB" w:rsidRDefault="007B1A74" w:rsidP="00407354">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
@@ -1075,105 +1075,106 @@
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>Households</w:t>
             </w:r>
             <w:r w:rsidR="004B75AB" w:rsidRPr="004A0C0B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004B75AB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
               </w:rPr>
               <w:t>Served</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29DBC633" w14:textId="408F5924" w:rsidR="004B75AB" w:rsidRPr="00B3064D" w:rsidRDefault="00300641" w:rsidP="004B75AB">
+          <w:p w14:paraId="29DBC633" w14:textId="4B5FCB18" w:rsidR="004B75AB" w:rsidRPr="00476456" w:rsidRDefault="00476456" w:rsidP="004B75AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00476456">
               <w:rPr>
                 <w:noProof/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="565B9078" wp14:editId="77E0B2E3">
-[...1 lines deleted...]
-                  <wp:effectExtent l="0" t="0" r="635" b="0"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="34FF3A2D" wp14:editId="561A826C">
+                  <wp:extent cx="2832265" cy="2952823"/>
+                  <wp:effectExtent l="0" t="0" r="6350" b="0"/>
                   <wp:docPr id="5" name="Picture 4">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89B83A5B-9B6B-7DB5-5D7B-DE0E3D7056F1}"/>
+                        <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42C36272-4255-439F-D655-E390E29BFC70}"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="5" name="Picture 4">
                             <a:extLst>
                               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89B83A5B-9B6B-7DB5-5D7B-DE0E3D7056F1}"/>
+                                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42C36272-4255-439F-D655-E390E29BFC70}"/>
                               </a:ext>
                             </a:extLst>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId16"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="2752177" cy="2868777"/>
+                            <a:ext cx="2841937" cy="2962906"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="48FCF4FF" w14:textId="1BC0361D" w:rsidR="004B75AB" w:rsidRPr="004B75AB" w:rsidRDefault="004B75AB" w:rsidP="004B75AB">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
@@ -1472,189 +1473,189 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
             <w:r w:rsidRPr="00C55A24">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; town across the Commonwealth</w:t>
             </w:r>
             <w:r w:rsidR="009C6553" w:rsidRPr="00C55A24">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="232A4ECD" w14:textId="34409D5C" w:rsidR="00811885" w:rsidRPr="00FC33D7" w:rsidRDefault="00E64335" w:rsidP="00811885">
+          <w:p w14:paraId="232A4ECD" w14:textId="00E9E21A" w:rsidR="00811885" w:rsidRPr="00FC33D7" w:rsidRDefault="00E64335" w:rsidP="00811885">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="518"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C55A24">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E92FC6" w:rsidRPr="00E92FC6">
+            <w:r w:rsidR="004E606A" w:rsidRPr="004E606A">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>39,383</w:t>
+              <w:t>19,046</w:t>
             </w:r>
-            <w:r w:rsidR="00E92FC6">
+            <w:r w:rsidR="004E606A">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004B75AB" w:rsidRPr="00FC33D7">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DTA clients are due for recertification or reevaluation next month.</w:t>
             </w:r>
             <w:r w:rsidR="00F4385A" w:rsidRPr="00FC33D7">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="060D14A2" w14:textId="595089A8" w:rsidR="004B75AB" w:rsidRPr="00811885" w:rsidRDefault="00811885" w:rsidP="00811885">
+          <w:p w14:paraId="060D14A2" w14:textId="3E02A33A" w:rsidR="004B75AB" w:rsidRPr="00811885" w:rsidRDefault="00811885" w:rsidP="00811885">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="518"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC33D7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Of all MassHealth SNAP applications that were dispositioned in </w:t>
             </w:r>
-            <w:r w:rsidR="00561F84">
+            <w:r w:rsidR="007D6AF3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>May</w:t>
+              <w:t>March</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC33D7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, 2</w:t>
             </w:r>
-            <w:r w:rsidR="00EB592E">
+            <w:r w:rsidR="007D6AF3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC33D7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>% (1,</w:t>
             </w:r>
-            <w:r w:rsidR="00EB592E">
+            <w:r w:rsidR="00FC33D7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>024</w:t>
+              <w:t>165</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC33D7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidR="00EB592E">
+            <w:r w:rsidR="00493ECD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>3,576</w:t>
+              <w:t>4,051</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC33D7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) were approved</w:t>
             </w:r>
             <w:r w:rsidR="00042309" w:rsidRPr="00FC33D7">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -1705,183 +1706,183 @@
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk104974933"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Benefits</w:t>
             </w:r>
             <w:r w:rsidR="00C03DA9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> Facts</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="1"/>
-          <w:p w14:paraId="139085CC" w14:textId="02A89CB9" w:rsidR="00A13C25" w:rsidRPr="00891454" w:rsidRDefault="00E7189E" w:rsidP="00205B49">
+          <w:p w14:paraId="139085CC" w14:textId="02402397" w:rsidR="00A13C25" w:rsidRPr="00891454" w:rsidRDefault="00E7189E" w:rsidP="00205B49">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="518"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00891454">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00A13C25" w:rsidRPr="00891454">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>he average SNAP benefit is $</w:t>
             </w:r>
             <w:r w:rsidR="00FC30FC" w:rsidRPr="00891454">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="0000653F" w:rsidRPr="00891454">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="0046714E">
+            <w:r w:rsidR="000659A8">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00A13C25" w:rsidRPr="00891454">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> per household</w:t>
             </w:r>
             <w:r w:rsidR="00A74506" w:rsidRPr="00891454">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> at the rate of</w:t>
             </w:r>
             <w:r w:rsidR="00A13C25" w:rsidRPr="00891454">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> $</w:t>
             </w:r>
             <w:r w:rsidR="00F953AA" w:rsidRPr="00891454">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="002138F3" w:rsidRPr="00891454">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0.</w:t>
             </w:r>
-            <w:r w:rsidR="0046714E">
+            <w:r w:rsidR="0000653F" w:rsidRPr="00891454">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00A13C25" w:rsidRPr="00891454">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> per household per day</w:t>
             </w:r>
             <w:r w:rsidR="005E4DEA" w:rsidRPr="00891454">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="351D7F8A" w14:textId="74460A78" w:rsidR="00204101" w:rsidRPr="00042309" w:rsidRDefault="00F800AE" w:rsidP="00042309">
+          <w:p w14:paraId="351D7F8A" w14:textId="0BC9B6C8" w:rsidR="00204101" w:rsidRPr="00042309" w:rsidRDefault="00F800AE" w:rsidP="00042309">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="518"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00891454">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">The average </w:t>
             </w:r>
             <w:r w:rsidR="004C02EF" w:rsidRPr="00891454">
               <w:rPr>
                 <w:noProof/>
@@ -1914,57 +1915,57 @@
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> is </w:t>
             </w:r>
             <w:r w:rsidR="003A7B18" w:rsidRPr="00891454">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidR="00CF5F88" w:rsidRPr="00891454">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00417A08">
+            <w:r w:rsidR="000659A8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>69</w:t>
+              <w:t>67</w:t>
             </w:r>
             <w:r w:rsidR="003A7B18" w:rsidRPr="00891454">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00891454">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and the average </w:t>
             </w:r>
             <w:r w:rsidR="004C02EF" w:rsidRPr="00891454">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">monthly </w:t>
             </w:r>
@@ -1984,59 +1985,51 @@
               </w:rPr>
               <w:t>grant</w:t>
             </w:r>
             <w:r w:rsidRPr="00891454">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> is $</w:t>
             </w:r>
             <w:r w:rsidR="0006020C" w:rsidRPr="00891454">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="000659A8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...7 lines deleted...]
-              <w:t>8</w:t>
+              <w:t>85</w:t>
             </w:r>
             <w:r w:rsidR="00EC44C4" w:rsidRPr="00891454">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5220" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="58D34CDA" w14:textId="56750FC6" w:rsidR="00A13C25" w:rsidRPr="009C58C7" w:rsidRDefault="00B025E9" w:rsidP="001D4870">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
@@ -2170,51 +2163,51 @@
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">and </w:t>
             </w:r>
             <w:r w:rsidR="00341B5D" w:rsidRPr="009222F7">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vietnamese</w:t>
             </w:r>
             <w:r w:rsidR="005E4DEA" w:rsidRPr="009222F7">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0875E0FF" w14:textId="5711912F" w:rsidR="005E5E6B" w:rsidRPr="009222F7" w:rsidRDefault="007E6F07" w:rsidP="00205B49">
+          <w:p w14:paraId="0875E0FF" w14:textId="2F6445A1" w:rsidR="005E5E6B" w:rsidRPr="009222F7" w:rsidRDefault="007E6F07" w:rsidP="00205B49">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="518"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_Hlk104991801"/>
             <w:r w:rsidRPr="009222F7">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
@@ -2322,94 +2315,94 @@
                 <w:noProof/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="005E5E6B" w:rsidRPr="009222F7">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>sian</w:t>
             </w:r>
             <w:r w:rsidR="00C47139" w:rsidRPr="009222F7">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="003C6EA8">
+            <w:r w:rsidR="00987D55" w:rsidRPr="009222F7">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00C47139" w:rsidRPr="009222F7">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">% </w:t>
             </w:r>
             <w:r w:rsidR="00FD267A" w:rsidRPr="009222F7">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidR="00C47139" w:rsidRPr="009222F7">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ore than 1 race, 3</w:t>
             </w:r>
-            <w:r w:rsidR="003C6EA8">
+            <w:r w:rsidR="0026072A" w:rsidRPr="009222F7">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00C47139" w:rsidRPr="009222F7">
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>% report no race</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21FC203F" w14:textId="2716EAB4" w:rsidR="000A2CC4" w:rsidRPr="009222F7" w:rsidRDefault="005E5E6B" w:rsidP="00205B49">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="518"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
               </w:rPr>
             </w:pPr>
@@ -2650,51 +2643,51 @@
               </w:rPr>
               <w:t>SNAP ENROLLMENT &amp; QUALITY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0A9A" w:rsidRPr="00A9390B" w14:paraId="363A8D51" w14:textId="77777777" w:rsidTr="002E2FFF">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="131" w:type="dxa"/>
           <w:trHeight w:val="487"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19B4C643" w14:textId="6A6E8749" w:rsidR="007B0A9A" w:rsidRPr="00F01A8F" w:rsidRDefault="007B0A9A" w:rsidP="00F01A8F">
+          <w:p w14:paraId="19B4C643" w14:textId="2376810D" w:rsidR="007B0A9A" w:rsidRPr="00F01A8F" w:rsidRDefault="007B0A9A" w:rsidP="00F01A8F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="56"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002868CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658253" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49FCE1B2" wp14:editId="33484CBE">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>3561715</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="page">
@@ -2779,78 +2772,78 @@
                                     <w:t xml:space="preserve">SNAP Applications </w:t>
                                   </w:r>
                                   <w:r w:rsidR="00CF0271" w:rsidRPr="00F81BB5">
                                     <w:rPr>
                                       <w:b/>
                                       <w:color w:val="000000" w:themeColor="text1"/>
                                       <w:sz w:val="24"/>
                                       <w:szCs w:val="32"/>
                                       <w:u w:val="single"/>
                                     </w:rPr>
                                     <w:t>Approv</w:t>
                                   </w:r>
                                   <w:r w:rsidR="00064A3C" w:rsidRPr="00F81BB5">
                                     <w:rPr>
                                       <w:b/>
                                       <w:color w:val="000000" w:themeColor="text1"/>
                                       <w:sz w:val="24"/>
                                       <w:szCs w:val="32"/>
                                       <w:u w:val="single"/>
                                     </w:rPr>
                                     <w:t>al Rate</w:t>
                                   </w:r>
                                 </w:p>
                                 <w:bookmarkEnd w:id="3"/>
                                 <w:bookmarkEnd w:id="4"/>
-                                <w:p w14:paraId="2BB736C2" w14:textId="336EC0BB" w:rsidR="00ED6B48" w:rsidRPr="003B0540" w:rsidRDefault="0010609E" w:rsidP="005D78ED">
+                                <w:p w14:paraId="2BB736C2" w14:textId="7310692A" w:rsidR="00ED6B48" w:rsidRPr="003B0540" w:rsidRDefault="0010609E" w:rsidP="005D78ED">
                                   <w:pPr>
                                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:b/>
                                       <w:color w:val="000000" w:themeColor="text1"/>
                                       <w:sz w:val="18"/>
                                       <w:szCs w:val="18"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="003B0540">
                                     <w:rPr>
                                       <w:i/>
                                       <w:color w:val="000000" w:themeColor="text1"/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">Of all SNAP Applications Dispositioned in </w:t>
                                   </w:r>
-                                  <w:r w:rsidR="00A31B42">
+                                  <w:r w:rsidR="00841E7C">
                                     <w:rPr>
                                       <w:i/>
                                       <w:color w:val="000000" w:themeColor="text1"/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
-                                    <w:t>May</w:t>
+                                    <w:t>March</w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="003B0540">
                                     <w:rPr>
                                       <w:i/>
                                       <w:color w:val="000000" w:themeColor="text1"/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> 202</w:t>
                                   </w:r>
                                   <w:r w:rsidR="00FD7C75">
                                     <w:rPr>
                                       <w:i/>
                                       <w:color w:val="000000" w:themeColor="text1"/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                     <w:t>5</w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="003B0540">
                                     <w:rPr>
                                       <w:i/>
                                       <w:color w:val="000000" w:themeColor="text1"/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
@@ -2882,138 +2875,118 @@
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                     <w:t>approved</w:t>
                                   </w:r>
                                   <w:r w:rsidR="00FF4837" w:rsidRPr="003B0540">
                                     <w:rPr>
                                       <w:i/>
                                       <w:color w:val="000000" w:themeColor="text1"/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                   <w:r w:rsidR="00562B68" w:rsidRPr="003B0540">
                                     <w:rPr>
                                       <w:b/>
                                       <w:bCs/>
                                       <w:i/>
                                       <w:color w:val="000000" w:themeColor="text1"/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                     <w:t>4</w:t>
                                   </w:r>
-                                  <w:r w:rsidR="000F5DD9">
+                                  <w:r w:rsidR="00841E7C">
                                     <w:rPr>
                                       <w:b/>
                                       <w:bCs/>
                                       <w:i/>
                                       <w:color w:val="000000" w:themeColor="text1"/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
-                                    <w:t>9</w:t>
+                                    <w:t>8</w:t>
                                   </w:r>
                                   <w:r w:rsidR="00FF4837" w:rsidRPr="003B0540">
                                     <w:rPr>
                                       <w:b/>
                                       <w:bCs/>
                                       <w:i/>
                                       <w:color w:val="000000" w:themeColor="text1"/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                     <w:t>%</w:t>
                                   </w:r>
                                   <w:r w:rsidR="00FF4837" w:rsidRPr="003B0540">
                                     <w:rPr>
                                       <w:i/>
                                       <w:color w:val="000000" w:themeColor="text1"/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                   <w:r w:rsidR="00562B68" w:rsidRPr="003B0540">
                                     <w:rPr>
                                       <w:i/>
                                       <w:color w:val="000000" w:themeColor="text1"/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                     <w:t>(</w:t>
                                   </w:r>
-                                  <w:r w:rsidR="008207F5">
+                                  <w:r w:rsidR="00841E7C" w:rsidRPr="00841E7C">
                                     <w:rPr>
                                       <w:b/>
                                       <w:bCs/>
                                       <w:i/>
                                       <w:color w:val="000000" w:themeColor="text1"/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
-                                    <w:t>16,</w:t>
-[...10 lines deleted...]
-                                    <w:t>342</w:t>
+                                    <w:t>17,871</w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="003B0540">
                                     <w:rPr>
                                       <w:i/>
                                       <w:color w:val="000000" w:themeColor="text1"/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                     <w:t>/</w:t>
                                   </w:r>
-                                  <w:r w:rsidR="008207F5">
+                                  <w:r w:rsidR="00841E7C" w:rsidRPr="00841E7C">
                                     <w:rPr>
                                       <w:i/>
                                       <w:color w:val="000000" w:themeColor="text1"/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
-                                    <w:t>3</w:t>
-[...8 lines deleted...]
-                                    <w:t>3,207</w:t>
+                                    <w:t>37,376</w:t>
                                   </w:r>
                                   <w:r w:rsidR="00562B68" w:rsidRPr="003B0540">
                                     <w:rPr>
                                       <w:i/>
                                       <w:color w:val="000000" w:themeColor="text1"/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                     <w:t>)</w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="003B0540">
                                     <w:rPr>
                                       <w:i/>
                                       <w:color w:val="000000" w:themeColor="text1"/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                   <w:r w:rsidR="002B627E" w:rsidRPr="003B0540">
                                     <w:rPr>
                                       <w:i/>
                                       <w:color w:val="000000" w:themeColor="text1"/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
@@ -3107,78 +3080,78 @@
                               <w:t xml:space="preserve">SNAP Applications </w:t>
                             </w:r>
                             <w:r w:rsidR="00CF0271" w:rsidRPr="00F81BB5">
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="32"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t>Approv</w:t>
                             </w:r>
                             <w:r w:rsidR="00064A3C" w:rsidRPr="00F81BB5">
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="32"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t>al Rate</w:t>
                             </w:r>
                           </w:p>
                           <w:bookmarkEnd w:id="5"/>
                           <w:bookmarkEnd w:id="6"/>
-                          <w:p w14:paraId="2BB736C2" w14:textId="336EC0BB" w:rsidR="00ED6B48" w:rsidRPr="003B0540" w:rsidRDefault="0010609E" w:rsidP="005D78ED">
+                          <w:p w14:paraId="2BB736C2" w14:textId="7310692A" w:rsidR="00ED6B48" w:rsidRPr="003B0540" w:rsidRDefault="0010609E" w:rsidP="005D78ED">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="003B0540">
                               <w:rPr>
                                 <w:i/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Of all SNAP Applications Dispositioned in </w:t>
                             </w:r>
-                            <w:r w:rsidR="00A31B42">
+                            <w:r w:rsidR="00841E7C">
                               <w:rPr>
                                 <w:i/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>May</w:t>
+                              <w:t>March</w:t>
                             </w:r>
                             <w:r w:rsidRPr="003B0540">
                               <w:rPr>
                                 <w:i/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> 202</w:t>
                             </w:r>
                             <w:r w:rsidR="00FD7C75">
                               <w:rPr>
                                 <w:i/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>5</w:t>
                             </w:r>
                             <w:r w:rsidRPr="003B0540">
                               <w:rPr>
                                 <w:i/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
@@ -3210,138 +3183,118 @@
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>approved</w:t>
                             </w:r>
                             <w:r w:rsidR="00FF4837" w:rsidRPr="003B0540">
                               <w:rPr>
                                 <w:i/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="00562B68" w:rsidRPr="003B0540">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>4</w:t>
                             </w:r>
-                            <w:r w:rsidR="000F5DD9">
+                            <w:r w:rsidR="00841E7C">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>9</w:t>
+                              <w:t>8</w:t>
                             </w:r>
                             <w:r w:rsidR="00FF4837" w:rsidRPr="003B0540">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>%</w:t>
                             </w:r>
                             <w:r w:rsidR="00FF4837" w:rsidRPr="003B0540">
                               <w:rPr>
                                 <w:i/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="00562B68" w:rsidRPr="003B0540">
                               <w:rPr>
                                 <w:i/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>(</w:t>
                             </w:r>
-                            <w:r w:rsidR="008207F5">
+                            <w:r w:rsidR="00841E7C" w:rsidRPr="00841E7C">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>16,</w:t>
-[...10 lines deleted...]
-                              <w:t>342</w:t>
+                              <w:t>17,871</w:t>
                             </w:r>
                             <w:r w:rsidRPr="003B0540">
                               <w:rPr>
                                 <w:i/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>/</w:t>
                             </w:r>
-                            <w:r w:rsidR="008207F5">
+                            <w:r w:rsidR="00841E7C" w:rsidRPr="00841E7C">
                               <w:rPr>
                                 <w:i/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>3</w:t>
-[...8 lines deleted...]
-                              <w:t>3,207</w:t>
+                              <w:t>37,376</w:t>
                             </w:r>
                             <w:r w:rsidR="00562B68" w:rsidRPr="003B0540">
                               <w:rPr>
                                 <w:i/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>)</w:t>
                             </w:r>
                             <w:r w:rsidRPr="003B0540">
                               <w:rPr>
                                 <w:i/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="002B627E" w:rsidRPr="003B0540">
                               <w:rPr>
                                 <w:i/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
@@ -3398,147 +3351,107 @@
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t>SNAP Recipients</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:r w:rsidR="007D6DE3">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005315F6">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001A6591">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007954FC" w:rsidRPr="007954FC">
+            <w:r w:rsidR="003A4F8B" w:rsidRPr="003A4F8B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...39 lines deleted...]
-              <w:t>850</w:t>
+              <w:t>1,088,505</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4747" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4726CAB0" w14:textId="77777777" w:rsidR="007B0A9A" w:rsidRPr="00A9390B" w:rsidRDefault="007B0A9A" w:rsidP="00F62C1A">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0A9A" w:rsidRPr="00922DDE" w14:paraId="6B82475A" w14:textId="77777777" w:rsidTr="002E2FFF">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="131" w:type="dxa"/>
           <w:trHeight w:val="964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F4C2BEC" w14:textId="7331E472" w:rsidR="0054487F" w:rsidRPr="0054487F" w:rsidRDefault="007B0A9A" w:rsidP="00245E07">
+          <w:p w14:paraId="7F4C2BEC" w14:textId="09A91927" w:rsidR="0054487F" w:rsidRPr="0054487F" w:rsidRDefault="007B0A9A" w:rsidP="00245E07">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="56"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002868CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658254" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="015F62A4" wp14:editId="04740BC6">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>551180</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-10795</wp:posOffset>
                       </wp:positionV>
@@ -3608,69 +3521,79 @@
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t>SNAP Households</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidR="004C711D">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007D6DE3">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005315F6">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="000045A9" w:rsidRPr="000045A9">
+            <w:r w:rsidR="003A4F8B" w:rsidRPr="003A4F8B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>66</w:t>
+              <w:t>665</w:t>
             </w:r>
-            <w:r w:rsidR="007954FC">
+            <w:r w:rsidR="003A4F8B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>1,919</w:t>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="003A4F8B" w:rsidRPr="003A4F8B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>811</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4747" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="283DF239" w14:textId="77777777" w:rsidR="007B0A9A" w:rsidRPr="00922DDE" w:rsidRDefault="007B0A9A" w:rsidP="00F62C1A">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -3774,122 +3697,140 @@
             <w:r w:rsidRPr="00B631E7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Recipients Age</w:t>
             </w:r>
             <w:r w:rsidR="0060499D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="00B631E7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 60+ </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="162E7639" w14:textId="5D1A57C0" w:rsidR="00F32004" w:rsidRPr="00F32004" w:rsidRDefault="00530B9F" w:rsidP="005E5713">
+          <w:p w14:paraId="162E7639" w14:textId="02EAB28D" w:rsidR="00F32004" w:rsidRPr="00F32004" w:rsidRDefault="00B679EF" w:rsidP="005E5713">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4472C4" w:themeColor="accent5"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00530B9F">
+            <w:r w:rsidRPr="00B679EF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>262,571</w:t>
+              <w:t>262,222</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3472" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68EE4B59" w14:textId="77777777" w:rsidR="00990805" w:rsidRPr="00B631E7" w:rsidRDefault="00F32004" w:rsidP="001047C0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B631E7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recipients With a Disability </w:t>
+              <w:t xml:space="preserve">Recipients With </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B631E7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a Disability</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B631E7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F7A18F7" w14:textId="47000411" w:rsidR="00F32004" w:rsidRPr="00990805" w:rsidRDefault="00530B9F" w:rsidP="00990805">
+          <w:p w14:paraId="0F7A18F7" w14:textId="069809A0" w:rsidR="00F32004" w:rsidRPr="00990805" w:rsidRDefault="00B679EF" w:rsidP="00990805">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00530B9F">
+            <w:r w:rsidRPr="00B679EF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>308,787</w:t>
+              <w:t>309,121</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3473" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67DFE3A3" w14:textId="2E3867D5" w:rsidR="00F32004" w:rsidRPr="00B631E7" w:rsidRDefault="00F32004" w:rsidP="00F32004">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -3912,111 +3853,111 @@
             <w:r w:rsidR="0060499D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidR="00AC051E" w:rsidRPr="00B631E7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 18 or under</w:t>
             </w:r>
             <w:r w:rsidRPr="00B631E7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54D71B6F" w14:textId="25531E25" w:rsidR="00F32004" w:rsidRPr="00F32004" w:rsidRDefault="00530B9F" w:rsidP="00854EFD">
+          <w:p w14:paraId="54D71B6F" w14:textId="5E535171" w:rsidR="00F32004" w:rsidRPr="00F32004" w:rsidRDefault="00B679EF" w:rsidP="00854EFD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4472C4" w:themeColor="accent5"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00530B9F">
+            <w:r w:rsidRPr="00B679EF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>340,476</w:t>
+              <w:t>343,156</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B0A9A" w14:paraId="3ED78C3F" w14:textId="77777777" w:rsidTr="00F037CB">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="131" w:type="dxa"/>
           <w:trHeight w:val="1029"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10417" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4126CE12" w14:textId="18F5F0E0" w:rsidR="007B0A9A" w:rsidRPr="00990805" w:rsidRDefault="00F81DAA" w:rsidP="00F066E0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D21BB">
               <w:rPr>
                 <w:i/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658269" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EB85830" wp14:editId="329C9F66">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658269" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EB85830" wp14:editId="166BBC40">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-114935</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="page">
                     <wp:posOffset>38100</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="6638925" cy="2590800"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="48" name="Chart 48">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId17"/>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
@@ -4412,51 +4353,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10417" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="61C601CB" w14:textId="77777777" w:rsidR="007B0A9A" w:rsidRDefault="007B0A9A" w:rsidP="00F62C1A">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658270" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4469F504" wp14:editId="409B26BD">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658270" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4469F504" wp14:editId="51C76750">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-10160</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="page">
                     <wp:posOffset>-587375</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="6433185" cy="2933700"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="50" name="Chart 50">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId18"/>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
@@ -4861,51 +4802,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10417" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6079EFBD" w14:textId="441AE445" w:rsidR="00C344B1" w:rsidRPr="00405376" w:rsidRDefault="00174280" w:rsidP="00405376">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56B411A4" wp14:editId="18210088">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56B411A4" wp14:editId="08AABBC8">
                   <wp:extent cx="6509385" cy="2981960"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2031199992" name="Chart 1">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFA8107E-E5A1-0A25-AF85-9A6A997B475A}"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId19"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00680066" w:rsidRPr="00B35A73" w14:paraId="40BBC8E6" w14:textId="77777777" w:rsidTr="002E2FFF">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="131" w:type="dxa"/>
@@ -4935,51 +4876,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Reason for Office Visits</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F20BF93" w14:textId="20882097" w:rsidR="00680066" w:rsidRPr="00E937F0" w:rsidRDefault="00A6752E" w:rsidP="00B0662C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662366" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74294973" wp14:editId="784E5CBF">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662366" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74294973" wp14:editId="58E9C103">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>628015</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>193675</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="5752465" cy="3243580"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="12" name="Chart 12">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId20"/>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
@@ -5304,51 +5245,51 @@
                 <w:sz w:val="32"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Call Volume</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58DF1EB0" w14:textId="7954EC7C" w:rsidR="00357F9A" w:rsidRPr="00C40335" w:rsidRDefault="00ED5D98" w:rsidP="007854C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C40335">
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="158BF714" wp14:editId="2CAA6CC0">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="158BF714" wp14:editId="7B2672C2">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-55880</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="page">
                     <wp:posOffset>452755</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="6496050" cy="3022600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="35" name="Chart 35">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId22"/>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
@@ -5362,51 +5303,71 @@
             <w:r w:rsidR="00071062" w:rsidRPr="00C40335">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="004C25B6" w:rsidRPr="00C40335">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>verage daily</w:t>
             </w:r>
             <w:r w:rsidR="001C0554" w:rsidRPr="00C40335">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> calls broken down by how the call resolved.</w:t>
+              <w:t xml:space="preserve"> calls </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="001C0554" w:rsidRPr="00C40335">
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>broken</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="001C0554" w:rsidRPr="00C40335">
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> down by how the call resolved.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00357F9A" w:rsidRPr="00093EEB" w14:paraId="57312B0E" w14:textId="77777777" w:rsidTr="002E2FFF">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="131" w:type="dxa"/>
           <w:trHeight w:val="2532"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10417" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="304B6367" w14:textId="11921A95" w:rsidR="004B302C" w:rsidRPr="00820628" w:rsidRDefault="004B302C" w:rsidP="00A6752E">
             <w:pPr>
@@ -5574,119 +5535,119 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BD15FF1" w14:textId="0B7266A6" w:rsidR="00357F9A" w:rsidRPr="00BC2404" w:rsidRDefault="000E3644" w:rsidP="00A2791E">
+          <w:p w14:paraId="2BD15FF1" w14:textId="2154BE12" w:rsidR="00357F9A" w:rsidRPr="00BC2404" w:rsidRDefault="000E3644" w:rsidP="00A2791E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003412F9">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:r w:rsidR="004A4E72" w:rsidRPr="004A4E72">
+            <w:r w:rsidR="007B7972" w:rsidRPr="007B7972">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>44,658</w:t>
+              <w:t>44,645</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00357F9A" w:rsidRPr="00093EEB" w14:paraId="70D3BF41" w14:textId="77777777" w:rsidTr="003528CD">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="131" w:type="dxa"/>
           <w:trHeight w:val="5592"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10417" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="200869AE" w14:textId="74F0F432" w:rsidR="00357F9A" w:rsidRPr="00A6752E" w:rsidRDefault="003D605D" w:rsidP="00A6752E">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251692062" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5879DC2D" wp14:editId="5F1950F8">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251692062" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5879DC2D" wp14:editId="5831AE21">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-25679</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>610</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="6557645" cy="3303955"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapTight wrapText="bothSides">
                     <wp:wrapPolygon edited="0">
                       <wp:start x="816" y="0"/>
                       <wp:lineTo x="753" y="498"/>
                       <wp:lineTo x="753" y="4110"/>
                       <wp:lineTo x="314" y="4608"/>
                       <wp:lineTo x="125" y="5231"/>
                       <wp:lineTo x="125" y="11209"/>
                       <wp:lineTo x="1067" y="12081"/>
                       <wp:lineTo x="2196" y="12081"/>
                       <wp:lineTo x="816" y="12953"/>
                       <wp:lineTo x="816" y="13575"/>
                       <wp:lineTo x="2196" y="14073"/>
                       <wp:lineTo x="1129" y="14821"/>
                       <wp:lineTo x="1129" y="15319"/>
                       <wp:lineTo x="2196" y="16066"/>
@@ -6287,51 +6248,51 @@
           <w:tcPr>
             <w:tcW w:w="10417" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="128BB86D" w14:textId="1DC8FB2E" w:rsidR="00357F9A" w:rsidRDefault="00DB429F" w:rsidP="00E309F7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E346888" wp14:editId="2BA6130A">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E346888" wp14:editId="31057F39">
                   <wp:extent cx="6419850" cy="1971675"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="46" name="Chart 46">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId25"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005847CD" w:rsidRPr="00B35A73" w14:paraId="110536D3" w14:textId="77777777" w:rsidTr="002E2FFF">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="131" w:type="dxa"/>
@@ -6342,51 +6303,51 @@
             <w:tcW w:w="7717" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DF0553A" w14:textId="46BF6808" w:rsidR="002D2163" w:rsidRPr="002B5351" w:rsidRDefault="003407AD" w:rsidP="002D2163">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664414" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A4885E5" wp14:editId="3C1D26D6">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664414" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A4885E5" wp14:editId="201DC9EF">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-6350</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="page">
                     <wp:posOffset>175260</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="6491605" cy="4124325"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="3" name="Chart 3">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId26"/>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
@@ -6864,66 +6825,66 @@
                 <w:sz w:val="40"/>
                 <w:szCs w:val="48"/>
               </w:rPr>
               <w:t>PROCESSING</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080333B" w:rsidRPr="00935C66" w14:paraId="116D3A98" w14:textId="77777777" w:rsidTr="002E2FFF">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="131" w:type="dxa"/>
           <w:trHeight w:val="955"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7717" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D555B55" w14:textId="6A400148" w:rsidR="0080333B" w:rsidRPr="002B5351" w:rsidRDefault="00AE3D37" w:rsidP="000222CF">
+          <w:p w14:paraId="6D555B55" w14:textId="176B83DD" w:rsidR="0080333B" w:rsidRPr="002B5351" w:rsidRDefault="00AE3D37" w:rsidP="000222CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658262" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50AD4640" wp14:editId="62D912B6">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658262" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50AD4640" wp14:editId="0031B996">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-104775</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="page">
                     <wp:posOffset>263525</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="6553200" cy="2238375"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="330" name="Chart 330">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId27"/>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
@@ -6966,80 +6927,69 @@
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Applications Received</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E9DCEA0" w14:textId="67CD1402" w:rsidR="0080333B" w:rsidRPr="00E937F0" w:rsidRDefault="0080333B" w:rsidP="000222CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="070CCEFB" w14:textId="584EC17B" w:rsidR="008C0EA4" w:rsidRPr="0008799E" w:rsidRDefault="00243E41" w:rsidP="008F637E">
+          <w:p w14:paraId="070CCEFB" w14:textId="6E52F291" w:rsidR="008C0EA4" w:rsidRPr="0008799E" w:rsidRDefault="00CD7BF5" w:rsidP="008F637E">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00243E41">
+            <w:r w:rsidRPr="00CD7BF5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t>33,</w:t>
-[...10 lines deleted...]
-              <w:t>651</w:t>
+              <w:t>37,189</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0080333B" w14:paraId="5453B37B" w14:textId="77777777" w:rsidTr="002E2FFF">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="131" w:type="dxa"/>
           <w:trHeight w:val="2910"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10417" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
@@ -7172,51 +7122,51 @@
             <w:tcW w:w="7717" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3798D5AD" w14:textId="5B1467B8" w:rsidR="0047155F" w:rsidRPr="002B5351" w:rsidRDefault="003F5F3B" w:rsidP="0047155F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658263" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47806E33" wp14:editId="3D22B6E5">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658263" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47806E33" wp14:editId="70472A55">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-19685</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="page">
                     <wp:posOffset>257175</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="6467475" cy="2324100"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="21" name="Chart 21">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId28"/>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
@@ -7244,77 +7194,77 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="29BEA5D3" w14:textId="1ED120DF" w:rsidR="0047155F" w:rsidRPr="00E937F0" w:rsidRDefault="0047155F" w:rsidP="0047155F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11EC6094" w14:textId="2B128085" w:rsidR="00DC3205" w:rsidRPr="00935C66" w:rsidRDefault="00FE2085" w:rsidP="005A1AC1">
+          <w:p w14:paraId="11EC6094" w14:textId="5B40F401" w:rsidR="00DC3205" w:rsidRPr="00935C66" w:rsidRDefault="008A2786" w:rsidP="005A1AC1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE2085">
+            <w:r w:rsidRPr="008A2786">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>4,</w:t>
+              <w:t>4,894</w:t>
             </w:r>
-            <w:r w:rsidR="00086B38">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>725</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047155F" w:rsidRPr="00D742DF" w14:paraId="56EEA617" w14:textId="77777777" w:rsidTr="002E2FFF">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="131" w:type="dxa"/>
           <w:trHeight w:val="3153"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10417" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F88F5E8" w14:textId="05161F98" w:rsidR="0047155F" w:rsidRDefault="0047155F" w:rsidP="0047155F">
             <w:pPr>
@@ -7399,123 +7349,114 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Monthly EAEDC Applications Received</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48215E41" w14:textId="20820537" w:rsidR="0047155F" w:rsidRPr="00E937F0" w:rsidRDefault="00AE3D37" w:rsidP="0047155F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47539052" wp14:editId="3C3BCBE9">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47539052" wp14:editId="7B999B73">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>56515</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="page">
                     <wp:posOffset>361950</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="6391275" cy="2230755"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="23" name="Chart 23">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId29"/>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4329C339" w14:textId="230B6A6C" w:rsidR="0047155F" w:rsidRPr="0008799E" w:rsidRDefault="00B719A1" w:rsidP="00A6752E">
+          <w:p w14:paraId="4329C339" w14:textId="3ED9997A" w:rsidR="0047155F" w:rsidRPr="0008799E" w:rsidRDefault="00D80DB6" w:rsidP="00A6752E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B719A1">
+            <w:r w:rsidRPr="00D80DB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>3,</w:t>
-[...8 lines deleted...]
-              <w:t>626</w:t>
+              <w:t>3,855</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047155F" w:rsidRPr="003A268A" w14:paraId="2069E8D0" w14:textId="77777777" w:rsidTr="002E2FFF">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="131" w:type="dxa"/>
           <w:trHeight w:val="3180"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10417" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B32CA89" w14:textId="7609029C" w:rsidR="0047155F" w:rsidRDefault="0047155F" w:rsidP="0047155F">
             <w:pPr>
@@ -8283,51 +8224,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10548" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AD19C92" w14:textId="0DF16739" w:rsidR="002E2FFF" w:rsidRDefault="00F619D7" w:rsidP="00B075DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684894" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A2921D4" wp14:editId="621A8A8C">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684894" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A2921D4" wp14:editId="73A35723">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-38735</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>-188595</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="6631305" cy="2032000"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="1115951491" name="Chart 1">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{415ED68C-CA2F-52DD-B658-BCBCC20805EA}"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId30"/>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
@@ -8773,51 +8714,51 @@
             </w:r>
             <w:r w:rsidR="00677233">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14F7E653" w14:textId="6B6B92D2" w:rsidR="002E2FFF" w:rsidRPr="00E937F0" w:rsidRDefault="0084787A" w:rsidP="00B075DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251685918" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="077050CE" wp14:editId="6769D4EE">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251685918" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="077050CE" wp14:editId="388E1547">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>5080</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>191770</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="6598920" cy="2083435"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="178602944" name="Chart 1">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18DD2D05-F15D-8728-0270-780996E868F3}"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId31"/>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
@@ -9351,51 +9292,51 @@
             </w:r>
             <w:r w:rsidR="00F238FF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7502368D" w14:textId="2FDC28EC" w:rsidR="002E2FFF" w:rsidRPr="00E937F0" w:rsidRDefault="0084787A" w:rsidP="00B075DE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686942" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16B295E8" wp14:editId="15BBF9C6">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686942" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16B295E8" wp14:editId="1FFF4505">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-38735</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>199390</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="6686550" cy="2216150"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="927209139" name="Chart 1">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57C6445A-A869-A8CA-8072-6F3A0CFC5A38}"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId32"/>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
@@ -9657,418 +9598,409 @@
           <w:wBefore w:w="45" w:type="dxa"/>
           <w:trHeight w:val="1179"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4995" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76B6A36D" w14:textId="77777777" w:rsidR="00A12822" w:rsidRPr="00A12822" w:rsidRDefault="00A12822" w:rsidP="00A12822">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5FEFE26A" w14:textId="55C09B72" w:rsidR="00A12822" w:rsidRPr="00A12822" w:rsidRDefault="00A12822" w:rsidP="00A12822">
+          <w:p w14:paraId="5FEFE26A" w14:textId="4708DBBD" w:rsidR="00A12822" w:rsidRPr="00A12822" w:rsidRDefault="00A12822" w:rsidP="00A12822">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD729F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">EAEDC </w:t>
             </w:r>
             <w:r w:rsidR="00AB4828" w:rsidRPr="00CD729F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Recipients</w:t>
             </w:r>
             <w:r w:rsidRPr="00A12822">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00766C8A" w:rsidRPr="00766C8A">
+            <w:r w:rsidR="00D924A3" w:rsidRPr="00D924A3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>33,</w:t>
+              <w:t>33,371</w:t>
             </w:r>
-            <w:r w:rsidR="00106887">
+            <w:r w:rsidR="00EC1B19">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>317</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66B02CB6" w14:textId="0A3CF897" w:rsidR="002C3E4D" w:rsidRDefault="002C3E4D" w:rsidP="00A12822">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5179" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64B32FD5" w14:textId="528D1EF4" w:rsidR="00C473C9" w:rsidRPr="00E96F2A" w:rsidRDefault="00AB4828" w:rsidP="00F3741C">
+          <w:p w14:paraId="64B32FD5" w14:textId="0AEA85CB" w:rsidR="00C473C9" w:rsidRPr="00E96F2A" w:rsidRDefault="00AB4828" w:rsidP="00F3741C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="4472C4" w:themeColor="accent5"/>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD729F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve">EAEDC </w:t>
             </w:r>
             <w:r w:rsidR="00A12822" w:rsidRPr="00CD729F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Households</w:t>
             </w:r>
             <w:r w:rsidR="00A12822">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00766C8A" w:rsidRPr="00766C8A">
+            <w:r w:rsidR="004F5F5B" w:rsidRPr="004F5F5B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>33,</w:t>
-[...8 lines deleted...]
-              <w:t>133</w:t>
+              <w:t>33,140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E96F2A" w14:paraId="6949A3FA" w14:textId="77777777" w:rsidTr="005A381B">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="45" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3390" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AD3A4C1" w14:textId="69D90D1C" w:rsidR="0070383E" w:rsidRDefault="0070383E" w:rsidP="00E41594">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070383E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Recipients Receiving EAEDC due to Age</w:t>
             </w:r>
             <w:r w:rsidR="004238B9">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>d 65+</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BCAACA0" w14:textId="6FCFCC00" w:rsidR="00DE26A6" w:rsidRPr="00DE26A6" w:rsidRDefault="00766C8A" w:rsidP="001975FB">
+          <w:p w14:paraId="0BCAACA0" w14:textId="519B6FFF" w:rsidR="00DE26A6" w:rsidRPr="00DE26A6" w:rsidRDefault="00EC1B19" w:rsidP="001975FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00766C8A">
+            <w:r w:rsidRPr="00EC1B19">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>11,</w:t>
+              <w:t>11,1</w:t>
             </w:r>
-            <w:r w:rsidR="00700ACF">
+            <w:r w:rsidR="00D27B74">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>187</w:t>
+              <w:t>56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3391" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="058CC019" w14:textId="78E35EB2" w:rsidR="00E96F2A" w:rsidRPr="00E30151" w:rsidRDefault="009C23EB" w:rsidP="00C46C5D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="4472C4" w:themeColor="accent5"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C23EB">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Recipients Receiving EAEDC due to Disability</w:t>
             </w:r>
             <w:r w:rsidR="0055034A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="794D3343" w14:textId="6791DE62" w:rsidR="00DE26A6" w:rsidRPr="00DE26A6" w:rsidRDefault="00766C8A" w:rsidP="00C46C5D">
+          <w:p w14:paraId="794D3343" w14:textId="06587EC3" w:rsidR="00DE26A6" w:rsidRPr="00DE26A6" w:rsidRDefault="0032596D" w:rsidP="00C46C5D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00766C8A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="005F6C4B">
+            <w:r w:rsidR="008924A1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>1,</w:t>
             </w:r>
-            <w:r w:rsidR="00700ACF">
+            <w:r w:rsidR="00D27B74">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>694</w:t>
+              <w:t>766</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3393" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="1759B679" w14:textId="7D89BCC2" w:rsidR="0068535B" w:rsidRDefault="0068535B" w:rsidP="004D2B79">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0068535B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Children Receiving EAEDC</w:t>
             </w:r>
             <w:r w:rsidR="004238B9">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> under Age 18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DCAD490" w14:textId="1F70E558" w:rsidR="00DE26A6" w:rsidRPr="00DE26A6" w:rsidRDefault="0065163E" w:rsidP="004D2B79">
+          <w:p w14:paraId="7DCAD490" w14:textId="2DC0F648" w:rsidR="00DE26A6" w:rsidRPr="00DE26A6" w:rsidRDefault="0065163E" w:rsidP="004D2B79">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A30B89">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00700ACF">
+            <w:r w:rsidR="00D27B74">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>32</w:t>
+              <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0005271E" w14:paraId="2186148C" w14:textId="77777777" w:rsidTr="005A381B">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="45" w:type="dxa"/>
           <w:trHeight w:val="7056"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10174" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="TableGrid"/>
               <w:tblpPr w:vertAnchor="text" w:tblpX="-160" w:tblpY="1"/>
@@ -10096,51 +10028,51 @@
             <w:tr w:rsidR="0005271E" w:rsidRPr="00010B8A" w14:paraId="3C838B04" w14:textId="77777777" w:rsidTr="007819CB">
               <w:trPr>
                 <w:trHeight w:val="937"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10073" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="0D44215D" w14:textId="6907E803" w:rsidR="0005271E" w:rsidRPr="00010B8A" w:rsidRDefault="00E822CA" w:rsidP="0005271E">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00010B8A">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:noProof/>
                     </w:rPr>
                     <w:drawing>
-                      <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658256" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="624F05DF" wp14:editId="6ADD4B96">
+                      <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658256" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="624F05DF" wp14:editId="4E0078B2">
                         <wp:simplePos x="0" y="0"/>
                         <wp:positionH relativeFrom="column">
                           <wp:posOffset>-118745</wp:posOffset>
                         </wp:positionH>
                         <wp:positionV relativeFrom="page">
                           <wp:posOffset>45720</wp:posOffset>
                         </wp:positionV>
                         <wp:extent cx="6400800" cy="2948305"/>
                         <wp:effectExtent l="0" t="0" r="0" b="0"/>
                         <wp:wrapNone/>
                         <wp:docPr id="49" name="Chart 49">
                           <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                             <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                               <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                             </a:ext>
                           </a:extLst>
                         </wp:docPr>
                         <wp:cNvGraphicFramePr/>
                         <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                             <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId33"/>
                           </a:graphicData>
                         </a:graphic>
                         <wp14:sizeRelH relativeFrom="margin">
                           <wp14:pctWidth>0</wp14:pctWidth>
@@ -10407,51 +10339,51 @@
                         <w:tcW w:w="10080" w:type="dxa"/>
                         <w:tcBorders>
                           <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
                           <w:left w:val="nil"/>
                           <w:bottom w:val="nil"/>
                           <w:right w:val="nil"/>
                         </w:tcBorders>
                         <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
                         <w:vAlign w:val="center"/>
                       </w:tcPr>
                       <w:p w14:paraId="6D581CF6" w14:textId="278AADB1" w:rsidR="0005271E" w:rsidRPr="00EA661F" w:rsidRDefault="00D67F9A" w:rsidP="0005271E">
                         <w:pPr>
                           <w:rPr>
                             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                             <w:b/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:noProof/>
                           </w:rPr>
                           <w:drawing>
-                            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658258" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33924AA8" wp14:editId="23CF37E3">
+                            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658258" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33924AA8" wp14:editId="2150E68B">
                               <wp:simplePos x="0" y="0"/>
                               <wp:positionH relativeFrom="column">
                                 <wp:posOffset>-25400</wp:posOffset>
                               </wp:positionH>
                               <wp:positionV relativeFrom="page">
                                 <wp:posOffset>164465</wp:posOffset>
                               </wp:positionV>
                               <wp:extent cx="6342380" cy="2781300"/>
                               <wp:effectExtent l="0" t="0" r="0" b="0"/>
                               <wp:wrapNone/>
                               <wp:docPr id="60" name="Chart 60">
                                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                   <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                                     <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                                   </a:ext>
                                 </a:extLst>
                               </wp:docPr>
                               <wp:cNvGraphicFramePr/>
                               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                                   <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId34"/>
                                 </a:graphicData>
                               </a:graphic>
                               <wp14:sizeRelH relativeFrom="margin">
                                 <wp14:pctWidth>0</wp14:pctWidth>
@@ -10727,175 +10659,157 @@
                     <w:trPr>
                       <w:trHeight w:val="1233"/>
                     </w:trPr>
                     <w:tc>
                       <w:tcPr>
                         <w:tcW w:w="4970" w:type="dxa"/>
                         <w:gridSpan w:val="2"/>
                         <w:tcBorders>
                           <w:top w:val="nil"/>
                           <w:left w:val="nil"/>
                           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
                           <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
                         </w:tcBorders>
                         <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
                         <w:vAlign w:val="center"/>
                       </w:tcPr>
                       <w:p w14:paraId="535C4733" w14:textId="05D2996F" w:rsidR="00CD3C0F" w:rsidRPr="00A12822" w:rsidRDefault="00CD3C0F" w:rsidP="000222CF">
                         <w:pPr>
                           <w:rPr>
                             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                             <w:sz w:val="32"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
-                      <w:p w14:paraId="7A14781B" w14:textId="01160692" w:rsidR="009F2562" w:rsidRPr="009F2562" w:rsidRDefault="00CD3C0F" w:rsidP="009F2562">
+                      <w:p w14:paraId="7A14781B" w14:textId="55B2D924" w:rsidR="009F2562" w:rsidRPr="009F2562" w:rsidRDefault="00CD3C0F" w:rsidP="009F2562">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:b/>
                             <w:color w:val="4472C4" w:themeColor="accent5"/>
                             <w:sz w:val="56"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00CD729F">
                           <w:rPr>
                             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="40"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>TAFDC Recipients</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00A12822">
                           <w:rPr>
                             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                             <w:sz w:val="40"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r w:rsidR="00A21A17" w:rsidRPr="00A21A17">
+                        <w:r w:rsidR="00AC1EF3" w:rsidRPr="00AC1EF3">
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:b/>
                             <w:color w:val="002060"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
-                          <w:t>10</w:t>
-[...8 lines deleted...]
-                          <w:t>6,078</w:t>
+                          <w:t>108,609</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="08F16EE5" w14:textId="7DFD93CD" w:rsidR="00C473C9" w:rsidRDefault="00155BE1" w:rsidP="000222CF">
                         <w:pPr>
                           <w:rPr>
                             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                             <w:sz w:val="40"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                             <w:sz w:val="40"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t xml:space="preserve">  </w:t>
                         </w:r>
                       </w:p>
                     </w:tc>
                     <w:tc>
                       <w:tcPr>
                         <w:tcW w:w="5202" w:type="dxa"/>
                         <w:gridSpan w:val="2"/>
                         <w:tcBorders>
                           <w:top w:val="nil"/>
                           <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
                           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
                           <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
                         </w:tcBorders>
                         <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
                         <w:vAlign w:val="center"/>
                       </w:tcPr>
-                      <w:p w14:paraId="49E91731" w14:textId="3AA97435" w:rsidR="00C473C9" w:rsidRPr="009F2562" w:rsidRDefault="00CD3C0F" w:rsidP="009F2562">
+                      <w:p w14:paraId="49E91731" w14:textId="1BC58FA0" w:rsidR="00C473C9" w:rsidRPr="009F2562" w:rsidRDefault="00CD3C0F" w:rsidP="009F2562">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:b/>
                             <w:color w:val="4472C4" w:themeColor="accent5"/>
                             <w:sz w:val="56"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00CD729F">
                           <w:rPr>
                             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="40"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>TAFDC Households</w:t>
                         </w:r>
                         <w:r w:rsidR="001C3AB4">
                           <w:rPr>
                             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                             <w:sz w:val="40"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r w:rsidR="00A21A17" w:rsidRPr="00A21A17">
+                        <w:r w:rsidR="00AC1EF3" w:rsidRPr="00AC1EF3">
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:b/>
                             <w:color w:val="002060"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
-                          <w:t>41,</w:t>
-[...8 lines deleted...]
-                          <w:t>474</w:t>
+                          <w:t>42,312</w:t>
                         </w:r>
                       </w:p>
                     </w:tc>
                   </w:tr>
                   <w:tr w:rsidR="00DE26A6" w:rsidRPr="00A12822" w14:paraId="2AC9ECCE" w14:textId="77777777" w:rsidTr="006B3B1C">
                     <w:tc>
                       <w:tcPr>
                         <w:tcW w:w="3390" w:type="dxa"/>
                         <w:tcBorders>
                           <w:top w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
                           <w:left w:val="nil"/>
                           <w:bottom w:val="nil"/>
                           <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
                         </w:tcBorders>
                         <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
                         <w:vAlign w:val="center"/>
                       </w:tcPr>
                       <w:p w14:paraId="63FF3E11" w14:textId="0FF00016" w:rsidR="00773BE9" w:rsidRPr="0000152E" w:rsidRDefault="00BB3E8A" w:rsidP="00773BE9">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:cstheme="minorHAnsi"/>
                             <w:sz w:val="24"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
@@ -10911,138 +10825,127 @@
                         <w:r w:rsidR="0060499D" w:rsidRPr="0000152E">
                           <w:rPr>
                             <w:rFonts w:cstheme="minorHAnsi"/>
                             <w:sz w:val="24"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:t>Aged</w:t>
                         </w:r>
                         <w:r w:rsidRPr="0000152E">
                           <w:rPr>
                             <w:rFonts w:cstheme="minorHAnsi"/>
                             <w:sz w:val="24"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> 18 or under</w:t>
                         </w:r>
                         <w:r w:rsidR="00773BE9" w:rsidRPr="0000152E">
                           <w:rPr>
                             <w:rFonts w:cstheme="minorHAnsi"/>
                             <w:sz w:val="24"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="384A6204" w14:textId="651908B4" w:rsidR="0050088F" w:rsidRPr="00026393" w:rsidRDefault="00A21A17" w:rsidP="00773BE9">
+                      <w:p w14:paraId="384A6204" w14:textId="16727D68" w:rsidR="0050088F" w:rsidRPr="00026393" w:rsidRDefault="00AC1EF3" w:rsidP="00773BE9">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:cstheme="minorHAnsi"/>
                             <w:b/>
                             <w:bCs/>
                             <w:color w:val="4472C4" w:themeColor="accent5"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00A21A17">
+                        <w:r w:rsidRPr="00AC1EF3">
                           <w:rPr>
                             <w:rFonts w:cstheme="minorHAnsi"/>
                             <w:b/>
                             <w:bCs/>
                             <w:color w:val="002060"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
-                          <w:t>70,</w:t>
-[...10 lines deleted...]
-                          <w:t>487</w:t>
+                          <w:t>71,772</w:t>
                         </w:r>
                       </w:p>
                     </w:tc>
                     <w:tc>
                       <w:tcPr>
                         <w:tcW w:w="3148" w:type="dxa"/>
                         <w:gridSpan w:val="2"/>
                         <w:tcBorders>
                           <w:top w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
                           <w:left w:val="nil"/>
                           <w:bottom w:val="nil"/>
                           <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
                         </w:tcBorders>
                         <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
                         <w:vAlign w:val="center"/>
                       </w:tcPr>
                       <w:p w14:paraId="779883A5" w14:textId="77777777" w:rsidR="00B022F8" w:rsidRPr="0000152E" w:rsidRDefault="00B022F8" w:rsidP="004D2B79">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:cstheme="minorHAnsi"/>
                             <w:sz w:val="24"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="0000152E">
                           <w:rPr>
                             <w:rFonts w:cstheme="minorHAnsi"/>
                             <w:sz w:val="24"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:t>Child Only Grants</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="189F1756" w14:textId="417C4E5B" w:rsidR="00DE26A6" w:rsidRPr="006964E4" w:rsidRDefault="006674EC" w:rsidP="004D2B79">
+                      <w:p w14:paraId="189F1756" w14:textId="46212605" w:rsidR="00DE26A6" w:rsidRPr="006964E4" w:rsidRDefault="007F5B4A" w:rsidP="004D2B79">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:cstheme="minorHAnsi"/>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="40"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="006674EC">
+                        <w:r w:rsidRPr="007F5B4A">
                           <w:rPr>
                             <w:rFonts w:cstheme="minorHAnsi"/>
                             <w:b/>
                             <w:bCs/>
                             <w:color w:val="002060"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="32"/>
                           </w:rPr>
-                          <w:t>3,358</w:t>
+                          <w:t>3,374</w:t>
                         </w:r>
                       </w:p>
                     </w:tc>
                     <w:tc>
                       <w:tcPr>
                         <w:tcW w:w="3634" w:type="dxa"/>
                         <w:tcBorders>
                           <w:top w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
                           <w:left w:val="nil"/>
                           <w:bottom w:val="nil"/>
                           <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
                         </w:tcBorders>
                         <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
                         <w:vAlign w:val="center"/>
                       </w:tcPr>
                       <w:p w14:paraId="103CE670" w14:textId="6E529E09" w:rsidR="00DE26A6" w:rsidRDefault="00DE26A6" w:rsidP="00AC051E">
                         <w:pPr>
                           <w:rPr>
                             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00C46C5D">
                           <w:rPr>
@@ -11063,162 +10966,172 @@
                         <w:r w:rsidR="0000152E">
                           <w:rPr>
                             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                           </w:rPr>
                           <w:t>w</w:t>
                         </w:r>
                         <w:r w:rsidR="006B3B1C">
                           <w:rPr>
                             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                           </w:rPr>
                           <w:t>ho are working</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00C46C5D">
                           <w:rPr>
                             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="4657A10B" w14:textId="1C26CC00" w:rsidR="00CD3691" w:rsidRPr="00DE26A6" w:rsidRDefault="00F938CA" w:rsidP="00CD3691">
+                      <w:p w14:paraId="4657A10B" w14:textId="56C484FB" w:rsidR="00CD3691" w:rsidRPr="00DE26A6" w:rsidRDefault="00676C91" w:rsidP="00CD3691">
                         <w:pPr>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:b/>
                             <w:color w:val="4472C4" w:themeColor="accent5"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="00F938CA">
+                        <w:r w:rsidRPr="00676C91">
                           <w:rPr>
                             <w:rFonts w:cs="Arial"/>
                             <w:b/>
                             <w:color w:val="002060"/>
                             <w:sz w:val="36"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
-                          <w:t>6,231</w:t>
+                          <w:t>6,388</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:cs="Arial"/>
+                            <w:b/>
+                            <w:color w:val="002060"/>
+                            <w:sz w:val="36"/>
+                            <w:szCs w:val="36"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                       </w:p>
                     </w:tc>
                   </w:tr>
                 </w:tbl>
                 <w:tbl>
                   <w:tblPr>
                     <w:tblStyle w:val="TableGrid"/>
                     <w:tblpPr w:vertAnchor="text" w:tblpX="-114" w:tblpY="436"/>
                     <w:tblOverlap w:val="never"/>
                     <w:tblW w:w="10080" w:type="dxa"/>
                     <w:tblBorders>
                       <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
                       <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       <w:bottom w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
                       <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     </w:tblBorders>
                     <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
                     <w:tblLayout w:type="fixed"/>
                     <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
                   </w:tblPr>
                   <w:tblGrid>
                     <w:gridCol w:w="10080"/>
                   </w:tblGrid>
                   <w:tr w:rsidR="0005271E" w:rsidRPr="00E937F0" w14:paraId="6931D272" w14:textId="77777777" w:rsidTr="00070AD7">
                     <w:trPr>
                       <w:trHeight w:val="937"/>
                     </w:trPr>
                     <w:tc>
                       <w:tcPr>
                         <w:tcW w:w="10080" w:type="dxa"/>
                         <w:tcBorders>
                           <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
                           <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
                           <w:bottom w:val="nil"/>
                           <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
                         </w:tcBorders>
                         <w:vAlign w:val="center"/>
                       </w:tcPr>
-                      <w:p w14:paraId="0C0F4F20" w14:textId="35F93A1B" w:rsidR="00D50655" w:rsidRPr="008D69FD" w:rsidRDefault="00367AA8" w:rsidP="0005271E">
+                      <w:p w14:paraId="0C0F4F20" w14:textId="60E76CDF" w:rsidR="00D50655" w:rsidRPr="008D69FD" w:rsidRDefault="00367AA8" w:rsidP="0005271E">
                         <w:pPr>
                           <w:rPr>
                             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                             <w:b/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00CD729F">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:noProof/>
                           </w:rPr>
                           <w:drawing>
-                            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658257" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A67ADDA" wp14:editId="010C6A30">
+                            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658257" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A67ADDA" wp14:editId="6E332999">
                               <wp:simplePos x="0" y="0"/>
                               <wp:positionH relativeFrom="column">
                                 <wp:posOffset>-132715</wp:posOffset>
                               </wp:positionH>
                               <wp:positionV relativeFrom="page">
                                 <wp:posOffset>187325</wp:posOffset>
                               </wp:positionV>
                               <wp:extent cx="6416675" cy="2659380"/>
                               <wp:effectExtent l="0" t="0" r="0" b="0"/>
                               <wp:wrapNone/>
                               <wp:docPr id="54" name="Chart 54">
                                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                   <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                                     <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                                   </a:ext>
                                 </a:extLst>
                               </wp:docPr>
                               <wp:cNvGraphicFramePr/>
                               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                                   <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId35"/>
                                 </a:graphicData>
                               </a:graphic>
                               <wp14:sizeRelH relativeFrom="margin">
                                 <wp14:pctWidth>0</wp14:pctWidth>
                               </wp14:sizeRelH>
                               <wp14:sizeRelV relativeFrom="margin">
                                 <wp14:pctHeight>0</wp14:pctHeight>
                               </wp14:sizeRelV>
                             </wp:anchor>
                           </w:drawing>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="7199B97F" w14:textId="051FF4A6" w:rsidR="0005271E" w:rsidRPr="00CD729F" w:rsidRDefault="00ED5D98" w:rsidP="0005271E">
+                      <w:p w14:paraId="7199B97F" w14:textId="0314E9A2" w:rsidR="0005271E" w:rsidRPr="00CD729F" w:rsidRDefault="00ED5D98" w:rsidP="0005271E">
                         <w:pPr>
                           <w:rPr>
                             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                             <w:b/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00CD729F">
                           <w:rPr>
                             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                             <w:b/>
                             <w:sz w:val="32"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Monthly </w:t>
                         </w:r>
                         <w:r w:rsidR="0005271E" w:rsidRPr="00CD729F">
                           <w:rPr>
                             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                             <w:b/>
                             <w:sz w:val="32"/>
                             <w:szCs w:val="36"/>
                           </w:rPr>
                           <w:t>TAFDC Caseload</w:t>
@@ -11488,51 +11401,51 @@
                               <w:tcW w:w="10080" w:type="dxa"/>
                               <w:tcBorders>
                                 <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
                                 <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
                                 <w:bottom w:val="nil"/>
                                 <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
                               </w:tcBorders>
                               <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
                               <w:vAlign w:val="center"/>
                             </w:tcPr>
                             <w:p w14:paraId="71685935" w14:textId="5A8D6DBA" w:rsidR="0005271E" w:rsidRPr="00283485" w:rsidRDefault="00367AA8" w:rsidP="0005271E">
                               <w:pPr>
                                 <w:rPr>
                                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                                   <w:b/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="24"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:noProof/>
                                 </w:rPr>
                                 <w:drawing>
-                                  <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658259" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19AD09EB" wp14:editId="4D6BF96C">
+                                  <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658259" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19AD09EB" wp14:editId="42F9A26E">
                                     <wp:simplePos x="0" y="0"/>
                                     <wp:positionH relativeFrom="column">
                                       <wp:posOffset>-150495</wp:posOffset>
                                     </wp:positionH>
                                     <wp:positionV relativeFrom="page">
                                       <wp:posOffset>3175</wp:posOffset>
                                     </wp:positionV>
                                     <wp:extent cx="6304915" cy="2686050"/>
                                     <wp:effectExtent l="0" t="0" r="0" b="0"/>
                                     <wp:wrapNone/>
                                     <wp:docPr id="61" name="Chart 61">
                                       <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                         <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                                           <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                                         </a:ext>
                                       </a:extLst>
                                     </wp:docPr>
                                     <wp:cNvGraphicFramePr/>
                                     <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                                         <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId36"/>
                                       </a:graphicData>
                                     </a:graphic>
                                     <wp14:sizeRelH relativeFrom="margin">
                                       <wp14:pctWidth>0</wp14:pctWidth>
@@ -12277,51 +12190,69 @@
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1555C969" w14:textId="4FD8C084" w:rsidR="00463298" w:rsidRPr="00A30B89" w:rsidRDefault="00722B25" w:rsidP="00E66031">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A30B89">
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E17476" w:rsidRPr="00A30B89">
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>This is the number of people who visited our local offices each month to use our services.</w:t>
+              <w:t xml:space="preserve">This is the number of people who </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00E17476" w:rsidRPr="00A30B89">
+              <w:rPr>
+                <w:color w:val="002060"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>visited</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00E17476" w:rsidRPr="00A30B89">
+              <w:rPr>
+                <w:color w:val="002060"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> our local offices each month to use our services.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00463298" w:rsidRPr="00A9390B" w14:paraId="279B99DE" w14:textId="77777777" w:rsidTr="005A381B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="257"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -12489,51 +12420,69 @@
           <w:tcPr>
             <w:tcW w:w="5179" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="598D8D39" w14:textId="46737FD1" w:rsidR="007E5565" w:rsidRPr="00A30B89" w:rsidRDefault="00297372" w:rsidP="001C51C7">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A30B89">
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>Average daily calls broken down by how the call resolved.</w:t>
+              <w:t xml:space="preserve">Average daily calls </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A30B89">
+              <w:rPr>
+                <w:color w:val="002060"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>broken</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A30B89">
+              <w:rPr>
+                <w:color w:val="002060"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> down by how the call resolved.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A221BA" w:rsidRPr="00A9390B" w14:paraId="61F50A7D" w14:textId="77777777" w:rsidTr="005A381B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="257"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -12709,51 +12658,69 @@
           <w:tcPr>
             <w:tcW w:w="5179" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B6BAEA9" w14:textId="3522E876" w:rsidR="007866E4" w:rsidRPr="00A30B89" w:rsidRDefault="007866E4" w:rsidP="007866E4">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A30B89">
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>Average calls that exited at a point in our Interactive Voice Response (IVR) or self-service menu. Likely exit reasons: client self-served successfully; client hung up.</w:t>
+              <w:t xml:space="preserve">Average calls that </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A30B89">
+              <w:rPr>
+                <w:color w:val="002060"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>exited</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A30B89">
+              <w:rPr>
+                <w:color w:val="002060"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at a point in our Interactive Voice Response (IVR) or self-service menu. Likely exit reasons: client self-served successfully; client hung up.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007866E4" w:rsidRPr="00A9390B" w14:paraId="5EABFF92" w14:textId="77777777" w:rsidTr="005A381B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="257"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -14155,51 +14122,51 @@
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="61926BC1" w14:textId="77777777" w:rsidR="00B7012A" w:rsidRDefault="00B7012A" w:rsidP="00A37C4B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="38FAFA82" w14:textId="77777777" w:rsidR="00B7012A" w:rsidRDefault="00B7012A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="42D06AC3" w14:textId="5F6D4D06" w:rsidR="00726197" w:rsidRPr="004030AA" w:rsidRDefault="000222CF" w:rsidP="009D3985">
+  <w:p w14:paraId="42D06AC3" w14:textId="07EDF3CD" w:rsidR="00726197" w:rsidRPr="004030AA" w:rsidRDefault="000222CF" w:rsidP="009D3985">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="3330"/>
       </w:tabs>
       <w:ind w:left="1080"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004030AA">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
         <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
         <w:sz w:val="32"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="201DFB3F" wp14:editId="3B1F9921">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
@@ -14254,58 +14221,67 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="004030AA">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
         <w:sz w:val="36"/>
       </w:rPr>
       <w:t xml:space="preserve">PERFORMANCE SCORECARD | </w:t>
     </w:r>
-    <w:r w:rsidR="007B0E2E">
+    <w:r w:rsidR="00F71C31">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
         <w:sz w:val="28"/>
       </w:rPr>
-      <w:t xml:space="preserve">May </w:t>
+      <w:t>March</w:t>
+    </w:r>
+    <w:r w:rsidR="00A650B8" w:rsidRPr="004030AA">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
+        <w:b/>
+        <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+        <w:sz w:val="28"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="004F734C" w:rsidRPr="004030AA">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
         <w:sz w:val="28"/>
       </w:rPr>
       <w:t>20</w:t>
     </w:r>
     <w:r w:rsidR="00AA0938" w:rsidRPr="004030AA">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
         <w:sz w:val="28"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00AA5CD3">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
         <w:sz w:val="28"/>
@@ -15707,145 +15683,143 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="751465937">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1444303125">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="395132768">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1038553299">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1722828382">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1516505561">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="479233"/>
+    <o:shapedefaults v:ext="edit" spidmax="464897"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C32BA"/>
     <w:rsid w:val="00000243"/>
     <w:rsid w:val="00000577"/>
     <w:rsid w:val="00000684"/>
     <w:rsid w:val="00001310"/>
     <w:rsid w:val="0000152E"/>
     <w:rsid w:val="00001F16"/>
     <w:rsid w:val="00001F8D"/>
     <w:rsid w:val="000025F0"/>
     <w:rsid w:val="00002A19"/>
     <w:rsid w:val="00002AC2"/>
     <w:rsid w:val="00002DC2"/>
     <w:rsid w:val="00003AC6"/>
     <w:rsid w:val="00003EE2"/>
-    <w:rsid w:val="000045A9"/>
     <w:rsid w:val="00004849"/>
     <w:rsid w:val="000056BD"/>
     <w:rsid w:val="00005723"/>
     <w:rsid w:val="00005731"/>
     <w:rsid w:val="0000653F"/>
     <w:rsid w:val="00006DCF"/>
     <w:rsid w:val="00007160"/>
     <w:rsid w:val="000072C0"/>
     <w:rsid w:val="00007C57"/>
     <w:rsid w:val="00010EE3"/>
-    <w:rsid w:val="000110D9"/>
     <w:rsid w:val="00011974"/>
     <w:rsid w:val="00011D36"/>
     <w:rsid w:val="000129D4"/>
     <w:rsid w:val="000132FB"/>
     <w:rsid w:val="000146D0"/>
     <w:rsid w:val="00014F3C"/>
     <w:rsid w:val="000150BA"/>
     <w:rsid w:val="000150FA"/>
     <w:rsid w:val="00015DAF"/>
     <w:rsid w:val="000166B0"/>
     <w:rsid w:val="00016A45"/>
     <w:rsid w:val="0001756A"/>
     <w:rsid w:val="00017C49"/>
     <w:rsid w:val="00017FDA"/>
     <w:rsid w:val="00020343"/>
     <w:rsid w:val="00020AA2"/>
     <w:rsid w:val="000212EB"/>
     <w:rsid w:val="000216FE"/>
     <w:rsid w:val="000222CF"/>
     <w:rsid w:val="000238C3"/>
     <w:rsid w:val="0002448E"/>
     <w:rsid w:val="0002524A"/>
     <w:rsid w:val="000252A3"/>
     <w:rsid w:val="00025C93"/>
     <w:rsid w:val="00026393"/>
     <w:rsid w:val="000264AF"/>
     <w:rsid w:val="00026D57"/>
     <w:rsid w:val="00026F1A"/>
     <w:rsid w:val="00027025"/>
     <w:rsid w:val="000273E3"/>
     <w:rsid w:val="00027AB9"/>
     <w:rsid w:val="00030314"/>
     <w:rsid w:val="000305B0"/>
     <w:rsid w:val="0003184F"/>
     <w:rsid w:val="000329EC"/>
     <w:rsid w:val="00032C89"/>
     <w:rsid w:val="000336F2"/>
     <w:rsid w:val="00033D57"/>
     <w:rsid w:val="00033F13"/>
     <w:rsid w:val="00034005"/>
     <w:rsid w:val="0003429F"/>
     <w:rsid w:val="00034F4A"/>
     <w:rsid w:val="000355AE"/>
-    <w:rsid w:val="0003643D"/>
     <w:rsid w:val="00036C55"/>
     <w:rsid w:val="000377E2"/>
     <w:rsid w:val="00037E16"/>
     <w:rsid w:val="00040133"/>
     <w:rsid w:val="00040B30"/>
     <w:rsid w:val="00040FA4"/>
     <w:rsid w:val="00041938"/>
     <w:rsid w:val="00041F47"/>
     <w:rsid w:val="00042309"/>
     <w:rsid w:val="000430BC"/>
     <w:rsid w:val="00043313"/>
     <w:rsid w:val="00043788"/>
     <w:rsid w:val="000439FB"/>
     <w:rsid w:val="00045E36"/>
     <w:rsid w:val="000464C7"/>
     <w:rsid w:val="0004795B"/>
     <w:rsid w:val="00051D88"/>
     <w:rsid w:val="0005271E"/>
     <w:rsid w:val="000528C3"/>
     <w:rsid w:val="00052B23"/>
     <w:rsid w:val="000532AB"/>
     <w:rsid w:val="000538DA"/>
     <w:rsid w:val="00053C47"/>
     <w:rsid w:val="0005401D"/>
     <w:rsid w:val="000550B3"/>
@@ -15883,51 +15857,50 @@
     <w:rsid w:val="00076F36"/>
     <w:rsid w:val="00077228"/>
     <w:rsid w:val="0007735E"/>
     <w:rsid w:val="00077974"/>
     <w:rsid w:val="00077AAD"/>
     <w:rsid w:val="00077DE8"/>
     <w:rsid w:val="00080EC3"/>
     <w:rsid w:val="0008157F"/>
     <w:rsid w:val="00081ADD"/>
     <w:rsid w:val="000822C5"/>
     <w:rsid w:val="0008273B"/>
     <w:rsid w:val="000827C9"/>
     <w:rsid w:val="0008291D"/>
     <w:rsid w:val="00082A46"/>
     <w:rsid w:val="00082C34"/>
     <w:rsid w:val="00082D32"/>
     <w:rsid w:val="0008374D"/>
     <w:rsid w:val="00084161"/>
     <w:rsid w:val="0008418D"/>
     <w:rsid w:val="00084319"/>
     <w:rsid w:val="00085084"/>
     <w:rsid w:val="00085202"/>
     <w:rsid w:val="00085623"/>
     <w:rsid w:val="000864CB"/>
     <w:rsid w:val="0008693A"/>
-    <w:rsid w:val="00086B38"/>
     <w:rsid w:val="00086C17"/>
     <w:rsid w:val="0008799E"/>
     <w:rsid w:val="00087CEB"/>
     <w:rsid w:val="0009044E"/>
     <w:rsid w:val="00090495"/>
     <w:rsid w:val="000909EB"/>
     <w:rsid w:val="00090B9F"/>
     <w:rsid w:val="0009164C"/>
     <w:rsid w:val="000916EB"/>
     <w:rsid w:val="00091CE8"/>
     <w:rsid w:val="00091FD0"/>
     <w:rsid w:val="00092642"/>
     <w:rsid w:val="00092A6E"/>
     <w:rsid w:val="00092D20"/>
     <w:rsid w:val="0009318A"/>
     <w:rsid w:val="000939A1"/>
     <w:rsid w:val="00093DEB"/>
     <w:rsid w:val="00093EEB"/>
     <w:rsid w:val="00094171"/>
     <w:rsid w:val="000955F3"/>
     <w:rsid w:val="00095EBA"/>
     <w:rsid w:val="00096F8A"/>
     <w:rsid w:val="0009747E"/>
     <w:rsid w:val="000979CB"/>
     <w:rsid w:val="000A0ACD"/>
@@ -16009,73 +15982,70 @@
     <w:rsid w:val="000E2C44"/>
     <w:rsid w:val="000E2F09"/>
     <w:rsid w:val="000E2F9C"/>
     <w:rsid w:val="000E3348"/>
     <w:rsid w:val="000E33A1"/>
     <w:rsid w:val="000E3644"/>
     <w:rsid w:val="000E3DC7"/>
     <w:rsid w:val="000E3FDE"/>
     <w:rsid w:val="000E42A2"/>
     <w:rsid w:val="000E48A9"/>
     <w:rsid w:val="000E4B61"/>
     <w:rsid w:val="000E5461"/>
     <w:rsid w:val="000E5D77"/>
     <w:rsid w:val="000E62FD"/>
     <w:rsid w:val="000E6D26"/>
     <w:rsid w:val="000E7481"/>
     <w:rsid w:val="000E7828"/>
     <w:rsid w:val="000E7EAF"/>
     <w:rsid w:val="000F0C07"/>
     <w:rsid w:val="000F0C3F"/>
     <w:rsid w:val="000F1923"/>
     <w:rsid w:val="000F1B91"/>
     <w:rsid w:val="000F35D1"/>
     <w:rsid w:val="000F3B9B"/>
     <w:rsid w:val="000F4103"/>
-    <w:rsid w:val="000F4192"/>
     <w:rsid w:val="000F4CE0"/>
     <w:rsid w:val="000F4F69"/>
     <w:rsid w:val="000F5036"/>
     <w:rsid w:val="000F59B4"/>
     <w:rsid w:val="000F5D3B"/>
-    <w:rsid w:val="000F5DD9"/>
     <w:rsid w:val="000F607F"/>
     <w:rsid w:val="000F7F59"/>
     <w:rsid w:val="001023CA"/>
     <w:rsid w:val="00102E0B"/>
     <w:rsid w:val="0010305D"/>
     <w:rsid w:val="001036D7"/>
     <w:rsid w:val="00103F1F"/>
     <w:rsid w:val="00104415"/>
     <w:rsid w:val="001046B2"/>
     <w:rsid w:val="001047C0"/>
     <w:rsid w:val="00104867"/>
     <w:rsid w:val="00104C04"/>
     <w:rsid w:val="00105AF6"/>
     <w:rsid w:val="0010609E"/>
     <w:rsid w:val="00106615"/>
-    <w:rsid w:val="00106887"/>
     <w:rsid w:val="00106B8B"/>
     <w:rsid w:val="0010733C"/>
     <w:rsid w:val="00107686"/>
     <w:rsid w:val="00107EE6"/>
     <w:rsid w:val="001108E3"/>
     <w:rsid w:val="001114FC"/>
     <w:rsid w:val="001115BA"/>
     <w:rsid w:val="00112675"/>
     <w:rsid w:val="00113FE5"/>
     <w:rsid w:val="0011422A"/>
     <w:rsid w:val="00114323"/>
     <w:rsid w:val="0011503C"/>
     <w:rsid w:val="0011660E"/>
     <w:rsid w:val="0011679F"/>
     <w:rsid w:val="00116AF3"/>
     <w:rsid w:val="00116C95"/>
     <w:rsid w:val="00116EC8"/>
     <w:rsid w:val="00116FF8"/>
     <w:rsid w:val="001176B4"/>
     <w:rsid w:val="00117DDD"/>
     <w:rsid w:val="0012059C"/>
     <w:rsid w:val="00120BAD"/>
     <w:rsid w:val="0012128B"/>
     <w:rsid w:val="0012254B"/>
     <w:rsid w:val="00123257"/>
@@ -16167,83 +16137,81 @@
     <w:rsid w:val="001728B5"/>
     <w:rsid w:val="00174280"/>
     <w:rsid w:val="00174FD9"/>
     <w:rsid w:val="00175576"/>
     <w:rsid w:val="00176DEC"/>
     <w:rsid w:val="00176E8B"/>
     <w:rsid w:val="00180D80"/>
     <w:rsid w:val="00181C80"/>
     <w:rsid w:val="00182002"/>
     <w:rsid w:val="00182088"/>
     <w:rsid w:val="00182AA0"/>
     <w:rsid w:val="001830AE"/>
     <w:rsid w:val="001834A5"/>
     <w:rsid w:val="00184262"/>
     <w:rsid w:val="00184443"/>
     <w:rsid w:val="00184AF2"/>
     <w:rsid w:val="00184D54"/>
     <w:rsid w:val="00185279"/>
     <w:rsid w:val="00185776"/>
     <w:rsid w:val="0018612A"/>
     <w:rsid w:val="00187334"/>
     <w:rsid w:val="00187B6A"/>
     <w:rsid w:val="00190315"/>
     <w:rsid w:val="001907A1"/>
     <w:rsid w:val="001910F1"/>
-    <w:rsid w:val="00191487"/>
     <w:rsid w:val="00191768"/>
     <w:rsid w:val="00191CE8"/>
     <w:rsid w:val="00192EDE"/>
     <w:rsid w:val="001934FB"/>
     <w:rsid w:val="00194BF5"/>
     <w:rsid w:val="001951DD"/>
     <w:rsid w:val="00195D4F"/>
     <w:rsid w:val="0019683A"/>
     <w:rsid w:val="00196E30"/>
     <w:rsid w:val="001970DC"/>
     <w:rsid w:val="00197102"/>
     <w:rsid w:val="001975FB"/>
     <w:rsid w:val="00197839"/>
     <w:rsid w:val="001978A6"/>
     <w:rsid w:val="001A0D17"/>
     <w:rsid w:val="001A160A"/>
     <w:rsid w:val="001A2B1B"/>
     <w:rsid w:val="001A36A6"/>
     <w:rsid w:val="001A3D45"/>
     <w:rsid w:val="001A42C4"/>
     <w:rsid w:val="001A46E5"/>
     <w:rsid w:val="001A4CB5"/>
     <w:rsid w:val="001A4FE8"/>
     <w:rsid w:val="001A53F9"/>
     <w:rsid w:val="001A59D5"/>
     <w:rsid w:val="001A625D"/>
     <w:rsid w:val="001A6591"/>
     <w:rsid w:val="001A6EE9"/>
     <w:rsid w:val="001A7C1A"/>
     <w:rsid w:val="001A7CD3"/>
     <w:rsid w:val="001B02BC"/>
-    <w:rsid w:val="001B0F75"/>
     <w:rsid w:val="001B122F"/>
     <w:rsid w:val="001B1714"/>
     <w:rsid w:val="001B19B6"/>
     <w:rsid w:val="001B1AAA"/>
     <w:rsid w:val="001B263F"/>
     <w:rsid w:val="001B37C2"/>
     <w:rsid w:val="001B3A77"/>
     <w:rsid w:val="001B3A95"/>
     <w:rsid w:val="001B4AE5"/>
     <w:rsid w:val="001B5347"/>
     <w:rsid w:val="001B555C"/>
     <w:rsid w:val="001B5A5C"/>
     <w:rsid w:val="001B5CEF"/>
     <w:rsid w:val="001B5F2B"/>
     <w:rsid w:val="001B60CD"/>
     <w:rsid w:val="001B6CBC"/>
     <w:rsid w:val="001B7048"/>
     <w:rsid w:val="001B76B4"/>
     <w:rsid w:val="001B7DBC"/>
     <w:rsid w:val="001C0554"/>
     <w:rsid w:val="001C0ECA"/>
     <w:rsid w:val="001C0FCC"/>
     <w:rsid w:val="001C11F5"/>
     <w:rsid w:val="001C209A"/>
     <w:rsid w:val="001C32BA"/>
@@ -16262,163 +16230,159 @@
     <w:rsid w:val="001C6DFE"/>
     <w:rsid w:val="001C7E20"/>
     <w:rsid w:val="001C7F3E"/>
     <w:rsid w:val="001D0BD9"/>
     <w:rsid w:val="001D2306"/>
     <w:rsid w:val="001D2938"/>
     <w:rsid w:val="001D31C2"/>
     <w:rsid w:val="001D32D9"/>
     <w:rsid w:val="001D3F57"/>
     <w:rsid w:val="001D424C"/>
     <w:rsid w:val="001D435F"/>
     <w:rsid w:val="001D466D"/>
     <w:rsid w:val="001D4870"/>
     <w:rsid w:val="001D4F78"/>
     <w:rsid w:val="001D6792"/>
     <w:rsid w:val="001D72C3"/>
     <w:rsid w:val="001E0516"/>
     <w:rsid w:val="001E0639"/>
     <w:rsid w:val="001E138D"/>
     <w:rsid w:val="001E26FD"/>
     <w:rsid w:val="001E4473"/>
     <w:rsid w:val="001E4573"/>
     <w:rsid w:val="001E4D27"/>
     <w:rsid w:val="001E4E02"/>
     <w:rsid w:val="001E4FAB"/>
-    <w:rsid w:val="001E54E0"/>
     <w:rsid w:val="001E5825"/>
+    <w:rsid w:val="001E5ABD"/>
     <w:rsid w:val="001E5D2D"/>
     <w:rsid w:val="001E6CD0"/>
     <w:rsid w:val="001E6D2A"/>
     <w:rsid w:val="001E7163"/>
     <w:rsid w:val="001E7FF8"/>
     <w:rsid w:val="001F07FC"/>
     <w:rsid w:val="001F0B00"/>
     <w:rsid w:val="001F2D8A"/>
     <w:rsid w:val="001F2E1A"/>
     <w:rsid w:val="001F2F91"/>
     <w:rsid w:val="001F3ED0"/>
     <w:rsid w:val="001F4156"/>
     <w:rsid w:val="001F47B3"/>
     <w:rsid w:val="001F491D"/>
     <w:rsid w:val="001F4BDD"/>
     <w:rsid w:val="001F5851"/>
     <w:rsid w:val="001F5EAE"/>
     <w:rsid w:val="001F6002"/>
     <w:rsid w:val="001F6C72"/>
     <w:rsid w:val="001F7897"/>
     <w:rsid w:val="00200E10"/>
     <w:rsid w:val="0020119E"/>
     <w:rsid w:val="00201634"/>
     <w:rsid w:val="00201688"/>
     <w:rsid w:val="002018BD"/>
     <w:rsid w:val="00202E9F"/>
     <w:rsid w:val="00203493"/>
     <w:rsid w:val="00203784"/>
     <w:rsid w:val="0020402E"/>
     <w:rsid w:val="00204101"/>
     <w:rsid w:val="0020425C"/>
     <w:rsid w:val="00205B49"/>
     <w:rsid w:val="00206CA0"/>
     <w:rsid w:val="00206E8F"/>
     <w:rsid w:val="00206F66"/>
     <w:rsid w:val="00207020"/>
     <w:rsid w:val="002070C0"/>
     <w:rsid w:val="002071B1"/>
     <w:rsid w:val="00207CC9"/>
-    <w:rsid w:val="00210B3C"/>
     <w:rsid w:val="00210DBD"/>
     <w:rsid w:val="0021101A"/>
     <w:rsid w:val="00211176"/>
     <w:rsid w:val="0021177F"/>
     <w:rsid w:val="00211967"/>
     <w:rsid w:val="00211FBF"/>
     <w:rsid w:val="00212807"/>
     <w:rsid w:val="00212D14"/>
     <w:rsid w:val="0021370A"/>
     <w:rsid w:val="002138F3"/>
     <w:rsid w:val="00213992"/>
     <w:rsid w:val="002148DC"/>
     <w:rsid w:val="00214FE2"/>
     <w:rsid w:val="002154B9"/>
     <w:rsid w:val="00215768"/>
     <w:rsid w:val="00216CF9"/>
     <w:rsid w:val="00216DA3"/>
     <w:rsid w:val="00217068"/>
     <w:rsid w:val="00220286"/>
     <w:rsid w:val="00220643"/>
     <w:rsid w:val="00220F5F"/>
     <w:rsid w:val="00221CEA"/>
     <w:rsid w:val="00221EC7"/>
     <w:rsid w:val="0022211C"/>
     <w:rsid w:val="0022231C"/>
     <w:rsid w:val="00222BB9"/>
     <w:rsid w:val="0022313A"/>
     <w:rsid w:val="002234C5"/>
     <w:rsid w:val="00223F4A"/>
     <w:rsid w:val="00224026"/>
     <w:rsid w:val="00226972"/>
     <w:rsid w:val="00227BAB"/>
     <w:rsid w:val="0023013C"/>
     <w:rsid w:val="00230B73"/>
     <w:rsid w:val="002324EF"/>
     <w:rsid w:val="00232591"/>
     <w:rsid w:val="002329B2"/>
     <w:rsid w:val="00232A6F"/>
     <w:rsid w:val="002340D0"/>
     <w:rsid w:val="00234924"/>
     <w:rsid w:val="002363B3"/>
     <w:rsid w:val="0023687D"/>
     <w:rsid w:val="00236A08"/>
     <w:rsid w:val="00236F6D"/>
-    <w:rsid w:val="00237098"/>
     <w:rsid w:val="00237332"/>
     <w:rsid w:val="00237575"/>
     <w:rsid w:val="00237730"/>
     <w:rsid w:val="00237B5F"/>
     <w:rsid w:val="00240108"/>
     <w:rsid w:val="00240111"/>
     <w:rsid w:val="002403B2"/>
     <w:rsid w:val="0024046D"/>
     <w:rsid w:val="00240A17"/>
     <w:rsid w:val="00240C6E"/>
     <w:rsid w:val="00241C62"/>
     <w:rsid w:val="0024208C"/>
     <w:rsid w:val="00242DDC"/>
     <w:rsid w:val="00243937"/>
     <w:rsid w:val="00243C33"/>
     <w:rsid w:val="00243CE5"/>
-    <w:rsid w:val="00243E41"/>
     <w:rsid w:val="0024449C"/>
     <w:rsid w:val="0024471C"/>
     <w:rsid w:val="00244952"/>
     <w:rsid w:val="00244A61"/>
     <w:rsid w:val="00244A63"/>
     <w:rsid w:val="00245432"/>
     <w:rsid w:val="00245CE7"/>
     <w:rsid w:val="00245E07"/>
-    <w:rsid w:val="00245F01"/>
     <w:rsid w:val="002460BD"/>
     <w:rsid w:val="0024617E"/>
     <w:rsid w:val="00246C09"/>
     <w:rsid w:val="0025053C"/>
     <w:rsid w:val="0025068D"/>
     <w:rsid w:val="00251064"/>
     <w:rsid w:val="002515DA"/>
     <w:rsid w:val="002520C8"/>
     <w:rsid w:val="00252703"/>
     <w:rsid w:val="00252731"/>
     <w:rsid w:val="002536F2"/>
     <w:rsid w:val="0025423B"/>
     <w:rsid w:val="00256C69"/>
     <w:rsid w:val="00256FD0"/>
     <w:rsid w:val="002574B6"/>
     <w:rsid w:val="0026072A"/>
     <w:rsid w:val="002612E2"/>
     <w:rsid w:val="00261B2E"/>
     <w:rsid w:val="002620D9"/>
     <w:rsid w:val="00262497"/>
     <w:rsid w:val="00262AFD"/>
     <w:rsid w:val="00263208"/>
     <w:rsid w:val="002633D7"/>
     <w:rsid w:val="00263EFC"/>
     <w:rsid w:val="00264446"/>
@@ -16570,65 +16534,63 @@
     <w:rsid w:val="002E459E"/>
     <w:rsid w:val="002E4B09"/>
     <w:rsid w:val="002E4BE8"/>
     <w:rsid w:val="002E69CF"/>
     <w:rsid w:val="002E6AB9"/>
     <w:rsid w:val="002F005A"/>
     <w:rsid w:val="002F06E7"/>
     <w:rsid w:val="002F0A1D"/>
     <w:rsid w:val="002F0ABC"/>
     <w:rsid w:val="002F0B58"/>
     <w:rsid w:val="002F100A"/>
     <w:rsid w:val="002F1692"/>
     <w:rsid w:val="002F3704"/>
     <w:rsid w:val="002F403F"/>
     <w:rsid w:val="002F4471"/>
     <w:rsid w:val="002F5628"/>
     <w:rsid w:val="002F56C2"/>
     <w:rsid w:val="002F598F"/>
     <w:rsid w:val="002F59F0"/>
     <w:rsid w:val="002F6224"/>
     <w:rsid w:val="002F6571"/>
     <w:rsid w:val="002F667A"/>
     <w:rsid w:val="002F67EC"/>
     <w:rsid w:val="002F6949"/>
     <w:rsid w:val="00300373"/>
-    <w:rsid w:val="00300641"/>
     <w:rsid w:val="00300782"/>
     <w:rsid w:val="00300AE6"/>
     <w:rsid w:val="00300E16"/>
     <w:rsid w:val="00301713"/>
     <w:rsid w:val="0030200C"/>
     <w:rsid w:val="00302188"/>
     <w:rsid w:val="0030562C"/>
     <w:rsid w:val="00305633"/>
     <w:rsid w:val="00305FAF"/>
     <w:rsid w:val="0030657B"/>
     <w:rsid w:val="003065B1"/>
     <w:rsid w:val="00306C5E"/>
     <w:rsid w:val="00307112"/>
-    <w:rsid w:val="00307432"/>
     <w:rsid w:val="00307441"/>
     <w:rsid w:val="00310384"/>
     <w:rsid w:val="00310D51"/>
     <w:rsid w:val="00310ED0"/>
     <w:rsid w:val="00311133"/>
     <w:rsid w:val="00312388"/>
     <w:rsid w:val="0031264A"/>
     <w:rsid w:val="003126B0"/>
     <w:rsid w:val="00312AEC"/>
     <w:rsid w:val="003145CE"/>
     <w:rsid w:val="00314BAD"/>
     <w:rsid w:val="00314CF1"/>
     <w:rsid w:val="00315507"/>
     <w:rsid w:val="003156E8"/>
     <w:rsid w:val="00315816"/>
     <w:rsid w:val="003162B5"/>
     <w:rsid w:val="0031660F"/>
     <w:rsid w:val="00316FDC"/>
     <w:rsid w:val="0032019B"/>
     <w:rsid w:val="003210BD"/>
     <w:rsid w:val="003214FD"/>
     <w:rsid w:val="00321E55"/>
     <w:rsid w:val="00321F47"/>
     <w:rsid w:val="003221E6"/>
     <w:rsid w:val="003228B3"/>
@@ -16733,179 +16695,175 @@
     <w:rsid w:val="003868A5"/>
     <w:rsid w:val="00386F77"/>
     <w:rsid w:val="00390408"/>
     <w:rsid w:val="00390F72"/>
     <w:rsid w:val="00391373"/>
     <w:rsid w:val="00391E38"/>
     <w:rsid w:val="00392690"/>
     <w:rsid w:val="003934E8"/>
     <w:rsid w:val="003935E8"/>
     <w:rsid w:val="003937BA"/>
     <w:rsid w:val="00394324"/>
     <w:rsid w:val="0039499A"/>
     <w:rsid w:val="00394FAD"/>
     <w:rsid w:val="003959DC"/>
     <w:rsid w:val="00396231"/>
     <w:rsid w:val="003A0554"/>
     <w:rsid w:val="003A06FD"/>
     <w:rsid w:val="003A099D"/>
     <w:rsid w:val="003A18D3"/>
     <w:rsid w:val="003A221B"/>
     <w:rsid w:val="003A268A"/>
     <w:rsid w:val="003A34B7"/>
     <w:rsid w:val="003A3573"/>
     <w:rsid w:val="003A383E"/>
     <w:rsid w:val="003A3EC6"/>
+    <w:rsid w:val="003A401D"/>
     <w:rsid w:val="003A417C"/>
     <w:rsid w:val="003A41C2"/>
     <w:rsid w:val="003A49BE"/>
     <w:rsid w:val="003A4B71"/>
     <w:rsid w:val="003A4F8B"/>
     <w:rsid w:val="003A5170"/>
     <w:rsid w:val="003A5376"/>
     <w:rsid w:val="003A7B18"/>
     <w:rsid w:val="003A7EE5"/>
     <w:rsid w:val="003B0540"/>
     <w:rsid w:val="003B2781"/>
     <w:rsid w:val="003B2B09"/>
     <w:rsid w:val="003B3AFA"/>
     <w:rsid w:val="003B42E6"/>
     <w:rsid w:val="003B47AF"/>
     <w:rsid w:val="003B4F47"/>
     <w:rsid w:val="003B5EA8"/>
     <w:rsid w:val="003C0B8E"/>
     <w:rsid w:val="003C0ED8"/>
     <w:rsid w:val="003C119E"/>
     <w:rsid w:val="003C1320"/>
     <w:rsid w:val="003C1382"/>
     <w:rsid w:val="003C13DE"/>
     <w:rsid w:val="003C14AD"/>
     <w:rsid w:val="003C194D"/>
     <w:rsid w:val="003C238D"/>
     <w:rsid w:val="003C247A"/>
     <w:rsid w:val="003C4520"/>
     <w:rsid w:val="003C46F1"/>
     <w:rsid w:val="003C569E"/>
-    <w:rsid w:val="003C6EA8"/>
     <w:rsid w:val="003C6F61"/>
-    <w:rsid w:val="003D0497"/>
     <w:rsid w:val="003D07E5"/>
     <w:rsid w:val="003D0B12"/>
     <w:rsid w:val="003D16E6"/>
     <w:rsid w:val="003D20E1"/>
     <w:rsid w:val="003D21BB"/>
     <w:rsid w:val="003D2336"/>
     <w:rsid w:val="003D2AAF"/>
     <w:rsid w:val="003D2BD7"/>
     <w:rsid w:val="003D2DF3"/>
     <w:rsid w:val="003D4442"/>
     <w:rsid w:val="003D453F"/>
     <w:rsid w:val="003D46D0"/>
     <w:rsid w:val="003D526E"/>
     <w:rsid w:val="003D536F"/>
     <w:rsid w:val="003D605D"/>
     <w:rsid w:val="003D6437"/>
     <w:rsid w:val="003D6D5A"/>
     <w:rsid w:val="003D741E"/>
     <w:rsid w:val="003D790A"/>
     <w:rsid w:val="003D792E"/>
     <w:rsid w:val="003E01E7"/>
     <w:rsid w:val="003E024B"/>
     <w:rsid w:val="003E17F1"/>
     <w:rsid w:val="003E19E7"/>
     <w:rsid w:val="003E1CD5"/>
     <w:rsid w:val="003E24DA"/>
     <w:rsid w:val="003E38AD"/>
     <w:rsid w:val="003E466C"/>
     <w:rsid w:val="003E4A06"/>
     <w:rsid w:val="003E4B75"/>
     <w:rsid w:val="003E4B9A"/>
     <w:rsid w:val="003E5459"/>
     <w:rsid w:val="003E637C"/>
     <w:rsid w:val="003E6A04"/>
     <w:rsid w:val="003E6F45"/>
     <w:rsid w:val="003F0299"/>
     <w:rsid w:val="003F05A3"/>
     <w:rsid w:val="003F0804"/>
     <w:rsid w:val="003F15E2"/>
     <w:rsid w:val="003F1BB2"/>
     <w:rsid w:val="003F2256"/>
-    <w:rsid w:val="003F2378"/>
     <w:rsid w:val="003F24B1"/>
     <w:rsid w:val="003F2755"/>
     <w:rsid w:val="003F28C8"/>
     <w:rsid w:val="003F2FA7"/>
     <w:rsid w:val="003F381F"/>
     <w:rsid w:val="003F3CEE"/>
     <w:rsid w:val="003F3CEF"/>
     <w:rsid w:val="003F3DBD"/>
     <w:rsid w:val="003F4209"/>
     <w:rsid w:val="003F4DF7"/>
     <w:rsid w:val="003F4F18"/>
     <w:rsid w:val="003F52A0"/>
     <w:rsid w:val="003F5A8B"/>
     <w:rsid w:val="003F5F3B"/>
     <w:rsid w:val="003F6745"/>
     <w:rsid w:val="003F7462"/>
     <w:rsid w:val="0040071E"/>
     <w:rsid w:val="00402033"/>
     <w:rsid w:val="004025E6"/>
     <w:rsid w:val="0040269B"/>
     <w:rsid w:val="0040298B"/>
     <w:rsid w:val="00402E13"/>
     <w:rsid w:val="004030AA"/>
     <w:rsid w:val="00403143"/>
     <w:rsid w:val="00405376"/>
     <w:rsid w:val="004066E2"/>
     <w:rsid w:val="004069E9"/>
     <w:rsid w:val="0040706C"/>
     <w:rsid w:val="00407354"/>
     <w:rsid w:val="00407849"/>
     <w:rsid w:val="00410327"/>
     <w:rsid w:val="004111EF"/>
     <w:rsid w:val="00411559"/>
     <w:rsid w:val="00411EFD"/>
     <w:rsid w:val="00411F29"/>
     <w:rsid w:val="0041224E"/>
     <w:rsid w:val="004122C4"/>
     <w:rsid w:val="00412D2B"/>
     <w:rsid w:val="00412D40"/>
     <w:rsid w:val="00412FD0"/>
     <w:rsid w:val="00413B47"/>
     <w:rsid w:val="00413B5D"/>
     <w:rsid w:val="004140FA"/>
     <w:rsid w:val="004141F4"/>
     <w:rsid w:val="00414363"/>
     <w:rsid w:val="00414637"/>
     <w:rsid w:val="00415FA4"/>
     <w:rsid w:val="00416962"/>
-    <w:rsid w:val="00417A08"/>
     <w:rsid w:val="00417DE9"/>
     <w:rsid w:val="00417F54"/>
     <w:rsid w:val="00417FBE"/>
     <w:rsid w:val="0042044A"/>
-    <w:rsid w:val="00420625"/>
     <w:rsid w:val="0042076C"/>
     <w:rsid w:val="00420BC8"/>
     <w:rsid w:val="00421B3D"/>
     <w:rsid w:val="00421BDD"/>
     <w:rsid w:val="00422B5E"/>
     <w:rsid w:val="00422BD3"/>
     <w:rsid w:val="004236CD"/>
     <w:rsid w:val="0042389D"/>
     <w:rsid w:val="004238B9"/>
     <w:rsid w:val="004245CD"/>
     <w:rsid w:val="00424C39"/>
     <w:rsid w:val="00424F62"/>
     <w:rsid w:val="004253B1"/>
     <w:rsid w:val="0042672F"/>
     <w:rsid w:val="0042728A"/>
     <w:rsid w:val="00430647"/>
     <w:rsid w:val="0043145E"/>
     <w:rsid w:val="004329B3"/>
     <w:rsid w:val="00433060"/>
     <w:rsid w:val="004331ED"/>
     <w:rsid w:val="00433439"/>
     <w:rsid w:val="00433D67"/>
     <w:rsid w:val="0043423F"/>
     <w:rsid w:val="00434297"/>
     <w:rsid w:val="00434703"/>
@@ -16951,52 +16909,50 @@
     <w:rsid w:val="004533CB"/>
     <w:rsid w:val="00453D07"/>
     <w:rsid w:val="00454BBF"/>
     <w:rsid w:val="00454E7F"/>
     <w:rsid w:val="00455DC9"/>
     <w:rsid w:val="00455DED"/>
     <w:rsid w:val="00456016"/>
     <w:rsid w:val="0045649E"/>
     <w:rsid w:val="004568BE"/>
     <w:rsid w:val="00456B75"/>
     <w:rsid w:val="0045735F"/>
     <w:rsid w:val="00457FEB"/>
     <w:rsid w:val="0046091A"/>
     <w:rsid w:val="004609EE"/>
     <w:rsid w:val="00460A53"/>
     <w:rsid w:val="00460BA1"/>
     <w:rsid w:val="00461AA2"/>
     <w:rsid w:val="004630E3"/>
     <w:rsid w:val="00463298"/>
     <w:rsid w:val="004632B9"/>
     <w:rsid w:val="004636EE"/>
     <w:rsid w:val="00464D15"/>
     <w:rsid w:val="00466C85"/>
     <w:rsid w:val="00466D3F"/>
     <w:rsid w:val="00466E52"/>
-    <w:rsid w:val="0046714E"/>
-    <w:rsid w:val="0046754D"/>
     <w:rsid w:val="0046787F"/>
     <w:rsid w:val="00467DC8"/>
     <w:rsid w:val="004705D9"/>
     <w:rsid w:val="0047155F"/>
     <w:rsid w:val="0047172E"/>
     <w:rsid w:val="004717C2"/>
     <w:rsid w:val="00472D1C"/>
     <w:rsid w:val="00472FD6"/>
     <w:rsid w:val="00473714"/>
     <w:rsid w:val="00473B5F"/>
     <w:rsid w:val="004744F1"/>
     <w:rsid w:val="00474CAB"/>
     <w:rsid w:val="00475905"/>
     <w:rsid w:val="00476456"/>
     <w:rsid w:val="004766BD"/>
     <w:rsid w:val="00477124"/>
     <w:rsid w:val="00477A68"/>
     <w:rsid w:val="00477C08"/>
     <w:rsid w:val="00477FC0"/>
     <w:rsid w:val="004803F1"/>
     <w:rsid w:val="00481377"/>
     <w:rsid w:val="004813EE"/>
     <w:rsid w:val="00482213"/>
     <w:rsid w:val="00482288"/>
     <w:rsid w:val="00482727"/>
@@ -17016,83 +16972,81 @@
     <w:rsid w:val="00490A2B"/>
     <w:rsid w:val="00491A5D"/>
     <w:rsid w:val="00493ECD"/>
     <w:rsid w:val="004945F9"/>
     <w:rsid w:val="004946AD"/>
     <w:rsid w:val="00494A88"/>
     <w:rsid w:val="00495F64"/>
     <w:rsid w:val="00495F91"/>
     <w:rsid w:val="004964E2"/>
     <w:rsid w:val="00496FC7"/>
     <w:rsid w:val="00497519"/>
     <w:rsid w:val="00497708"/>
     <w:rsid w:val="0049783C"/>
     <w:rsid w:val="00497BEF"/>
     <w:rsid w:val="004A0352"/>
     <w:rsid w:val="004A047F"/>
     <w:rsid w:val="004A0C0B"/>
     <w:rsid w:val="004A1225"/>
     <w:rsid w:val="004A1A4E"/>
     <w:rsid w:val="004A1AFF"/>
     <w:rsid w:val="004A2385"/>
     <w:rsid w:val="004A2E0B"/>
     <w:rsid w:val="004A42FE"/>
     <w:rsid w:val="004A47FB"/>
     <w:rsid w:val="004A4D18"/>
-    <w:rsid w:val="004A4E72"/>
     <w:rsid w:val="004A508D"/>
     <w:rsid w:val="004A5382"/>
     <w:rsid w:val="004A5564"/>
     <w:rsid w:val="004A55A2"/>
     <w:rsid w:val="004A5879"/>
     <w:rsid w:val="004A6BBA"/>
     <w:rsid w:val="004A6D43"/>
     <w:rsid w:val="004A6FFA"/>
     <w:rsid w:val="004A7369"/>
     <w:rsid w:val="004A7454"/>
     <w:rsid w:val="004B0802"/>
     <w:rsid w:val="004B18D8"/>
     <w:rsid w:val="004B1BE6"/>
     <w:rsid w:val="004B1F00"/>
     <w:rsid w:val="004B2872"/>
     <w:rsid w:val="004B302C"/>
     <w:rsid w:val="004B330A"/>
     <w:rsid w:val="004B4673"/>
     <w:rsid w:val="004B4946"/>
     <w:rsid w:val="004B4C5F"/>
     <w:rsid w:val="004B4E55"/>
     <w:rsid w:val="004B510E"/>
     <w:rsid w:val="004B5772"/>
     <w:rsid w:val="004B5E94"/>
     <w:rsid w:val="004B6015"/>
     <w:rsid w:val="004B6307"/>
     <w:rsid w:val="004B664A"/>
     <w:rsid w:val="004B6840"/>
     <w:rsid w:val="004B6D52"/>
     <w:rsid w:val="004B72CA"/>
     <w:rsid w:val="004B75AB"/>
-    <w:rsid w:val="004B7B8C"/>
     <w:rsid w:val="004B7C44"/>
     <w:rsid w:val="004C02EF"/>
     <w:rsid w:val="004C0DC1"/>
     <w:rsid w:val="004C13E0"/>
     <w:rsid w:val="004C25B6"/>
     <w:rsid w:val="004C2A35"/>
     <w:rsid w:val="004C3E05"/>
     <w:rsid w:val="004C45CC"/>
     <w:rsid w:val="004C5FEB"/>
     <w:rsid w:val="004C63F8"/>
     <w:rsid w:val="004C66AF"/>
     <w:rsid w:val="004C6B49"/>
     <w:rsid w:val="004C711D"/>
     <w:rsid w:val="004D00EA"/>
     <w:rsid w:val="004D02CA"/>
     <w:rsid w:val="004D09C1"/>
     <w:rsid w:val="004D0CF4"/>
     <w:rsid w:val="004D12D8"/>
     <w:rsid w:val="004D249C"/>
     <w:rsid w:val="004D2B79"/>
     <w:rsid w:val="004D3617"/>
     <w:rsid w:val="004D387E"/>
     <w:rsid w:val="004D3D63"/>
     <w:rsid w:val="004D4306"/>
     <w:rsid w:val="004D44A1"/>
@@ -17183,111 +17137,108 @@
     <w:rsid w:val="005214BF"/>
     <w:rsid w:val="005217FB"/>
     <w:rsid w:val="00521F10"/>
     <w:rsid w:val="005222DC"/>
     <w:rsid w:val="0052248F"/>
     <w:rsid w:val="005226E4"/>
     <w:rsid w:val="0052288C"/>
     <w:rsid w:val="00522B5B"/>
     <w:rsid w:val="00522C53"/>
     <w:rsid w:val="00522CB3"/>
     <w:rsid w:val="0052324D"/>
     <w:rsid w:val="00523352"/>
     <w:rsid w:val="00523957"/>
     <w:rsid w:val="00523B2A"/>
     <w:rsid w:val="005241A6"/>
     <w:rsid w:val="005241D0"/>
     <w:rsid w:val="0052508C"/>
     <w:rsid w:val="005257E1"/>
     <w:rsid w:val="005258FD"/>
     <w:rsid w:val="00526EDB"/>
     <w:rsid w:val="00527214"/>
     <w:rsid w:val="00527592"/>
     <w:rsid w:val="00527FC1"/>
     <w:rsid w:val="005308D7"/>
     <w:rsid w:val="00530B48"/>
-    <w:rsid w:val="00530B9F"/>
     <w:rsid w:val="00530BEB"/>
     <w:rsid w:val="0053138B"/>
     <w:rsid w:val="005315F6"/>
     <w:rsid w:val="00531AAB"/>
     <w:rsid w:val="00531C3E"/>
     <w:rsid w:val="005325F8"/>
     <w:rsid w:val="00532748"/>
     <w:rsid w:val="00532771"/>
     <w:rsid w:val="005331F3"/>
     <w:rsid w:val="00533DE1"/>
     <w:rsid w:val="00534919"/>
     <w:rsid w:val="00534E1C"/>
     <w:rsid w:val="00534EDD"/>
     <w:rsid w:val="00535E1B"/>
     <w:rsid w:val="005367AF"/>
     <w:rsid w:val="005368A1"/>
     <w:rsid w:val="00537320"/>
     <w:rsid w:val="005373E3"/>
     <w:rsid w:val="00537906"/>
     <w:rsid w:val="005379A5"/>
     <w:rsid w:val="00537D21"/>
     <w:rsid w:val="0054006A"/>
     <w:rsid w:val="00540C56"/>
     <w:rsid w:val="005412E6"/>
     <w:rsid w:val="00542A53"/>
     <w:rsid w:val="00542B29"/>
     <w:rsid w:val="00542BDC"/>
     <w:rsid w:val="0054487F"/>
     <w:rsid w:val="00544C8A"/>
     <w:rsid w:val="0054531F"/>
     <w:rsid w:val="005470F5"/>
     <w:rsid w:val="00547AE0"/>
     <w:rsid w:val="0055034A"/>
     <w:rsid w:val="005505F0"/>
     <w:rsid w:val="005508E6"/>
     <w:rsid w:val="00551022"/>
     <w:rsid w:val="00551449"/>
     <w:rsid w:val="005516BC"/>
     <w:rsid w:val="005516C7"/>
     <w:rsid w:val="00551D46"/>
     <w:rsid w:val="005526B3"/>
     <w:rsid w:val="00552880"/>
     <w:rsid w:val="0055291B"/>
     <w:rsid w:val="00552D8E"/>
     <w:rsid w:val="005533DC"/>
     <w:rsid w:val="00553FE2"/>
     <w:rsid w:val="00554321"/>
-    <w:rsid w:val="00555116"/>
     <w:rsid w:val="0055552D"/>
     <w:rsid w:val="00555DE7"/>
     <w:rsid w:val="00556413"/>
     <w:rsid w:val="00556A09"/>
     <w:rsid w:val="00556DBB"/>
     <w:rsid w:val="0055743A"/>
     <w:rsid w:val="00560154"/>
     <w:rsid w:val="00560B11"/>
     <w:rsid w:val="00560C62"/>
     <w:rsid w:val="00560C91"/>
     <w:rsid w:val="0056180D"/>
-    <w:rsid w:val="00561F84"/>
     <w:rsid w:val="0056208F"/>
     <w:rsid w:val="00562180"/>
     <w:rsid w:val="005621FF"/>
     <w:rsid w:val="005625D2"/>
     <w:rsid w:val="00562A8F"/>
     <w:rsid w:val="00562B68"/>
     <w:rsid w:val="0056361B"/>
     <w:rsid w:val="00564191"/>
     <w:rsid w:val="0056441D"/>
     <w:rsid w:val="00564A80"/>
     <w:rsid w:val="0056563C"/>
     <w:rsid w:val="00566A30"/>
     <w:rsid w:val="00566E39"/>
     <w:rsid w:val="00566E69"/>
     <w:rsid w:val="00570171"/>
     <w:rsid w:val="00571312"/>
     <w:rsid w:val="00571864"/>
     <w:rsid w:val="005718F0"/>
     <w:rsid w:val="00571DCF"/>
     <w:rsid w:val="00572386"/>
     <w:rsid w:val="00572645"/>
     <w:rsid w:val="005726D5"/>
     <w:rsid w:val="00573263"/>
     <w:rsid w:val="005739F0"/>
     <w:rsid w:val="00573CAE"/>
@@ -17381,51 +17332,50 @@
     <w:rsid w:val="005B75E0"/>
     <w:rsid w:val="005C01A5"/>
     <w:rsid w:val="005C0998"/>
     <w:rsid w:val="005C0FF6"/>
     <w:rsid w:val="005C1A4A"/>
     <w:rsid w:val="005C1BE4"/>
     <w:rsid w:val="005C1CA4"/>
     <w:rsid w:val="005C2064"/>
     <w:rsid w:val="005C2293"/>
     <w:rsid w:val="005C287B"/>
     <w:rsid w:val="005C2A44"/>
     <w:rsid w:val="005C2CAA"/>
     <w:rsid w:val="005C456B"/>
     <w:rsid w:val="005C45B8"/>
     <w:rsid w:val="005C4793"/>
     <w:rsid w:val="005C50F0"/>
     <w:rsid w:val="005C544E"/>
     <w:rsid w:val="005C5731"/>
     <w:rsid w:val="005C5BE9"/>
     <w:rsid w:val="005C5DA1"/>
     <w:rsid w:val="005C60A5"/>
     <w:rsid w:val="005C6478"/>
     <w:rsid w:val="005C6821"/>
     <w:rsid w:val="005C7400"/>
     <w:rsid w:val="005C7857"/>
-    <w:rsid w:val="005C7E42"/>
     <w:rsid w:val="005D0994"/>
     <w:rsid w:val="005D0CDA"/>
     <w:rsid w:val="005D0EA7"/>
     <w:rsid w:val="005D1271"/>
     <w:rsid w:val="005D1453"/>
     <w:rsid w:val="005D17EA"/>
     <w:rsid w:val="005D1CD1"/>
     <w:rsid w:val="005D226E"/>
     <w:rsid w:val="005D25BD"/>
     <w:rsid w:val="005D3D23"/>
     <w:rsid w:val="005D3DDE"/>
     <w:rsid w:val="005D4519"/>
     <w:rsid w:val="005D4D00"/>
     <w:rsid w:val="005D4F1F"/>
     <w:rsid w:val="005D542B"/>
     <w:rsid w:val="005D6BB3"/>
     <w:rsid w:val="005D78ED"/>
     <w:rsid w:val="005D7C14"/>
     <w:rsid w:val="005D7E60"/>
     <w:rsid w:val="005D7ED3"/>
     <w:rsid w:val="005E09EC"/>
     <w:rsid w:val="005E1290"/>
     <w:rsid w:val="005E1AD9"/>
     <w:rsid w:val="005E24E8"/>
     <w:rsid w:val="005E2776"/>
@@ -17436,181 +17386,177 @@
     <w:rsid w:val="005E4ECE"/>
     <w:rsid w:val="005E4FCB"/>
     <w:rsid w:val="005E51F0"/>
     <w:rsid w:val="005E5713"/>
     <w:rsid w:val="005E5759"/>
     <w:rsid w:val="005E5BB4"/>
     <w:rsid w:val="005E5E6B"/>
     <w:rsid w:val="005E6BF1"/>
     <w:rsid w:val="005E6DE3"/>
     <w:rsid w:val="005E7714"/>
     <w:rsid w:val="005E7962"/>
     <w:rsid w:val="005E79A8"/>
     <w:rsid w:val="005F05AE"/>
     <w:rsid w:val="005F09A3"/>
     <w:rsid w:val="005F1B18"/>
     <w:rsid w:val="005F3000"/>
     <w:rsid w:val="005F30A6"/>
     <w:rsid w:val="005F3197"/>
     <w:rsid w:val="005F399E"/>
     <w:rsid w:val="005F3DC5"/>
     <w:rsid w:val="005F46C3"/>
     <w:rsid w:val="005F5962"/>
     <w:rsid w:val="005F5C4E"/>
     <w:rsid w:val="005F5C80"/>
     <w:rsid w:val="005F5E9F"/>
-    <w:rsid w:val="005F6C4B"/>
     <w:rsid w:val="005F74B0"/>
     <w:rsid w:val="005F7EFF"/>
     <w:rsid w:val="00600478"/>
     <w:rsid w:val="00600C00"/>
     <w:rsid w:val="00600F9B"/>
     <w:rsid w:val="00600FD1"/>
     <w:rsid w:val="00601093"/>
     <w:rsid w:val="006011EE"/>
     <w:rsid w:val="00601455"/>
     <w:rsid w:val="00601833"/>
     <w:rsid w:val="00601ED4"/>
     <w:rsid w:val="0060260F"/>
     <w:rsid w:val="00602827"/>
     <w:rsid w:val="00602999"/>
     <w:rsid w:val="00603BE4"/>
     <w:rsid w:val="0060499D"/>
     <w:rsid w:val="00604AE6"/>
     <w:rsid w:val="0060536C"/>
     <w:rsid w:val="0060543F"/>
     <w:rsid w:val="00605F61"/>
     <w:rsid w:val="006067B5"/>
     <w:rsid w:val="00606835"/>
     <w:rsid w:val="0060683A"/>
     <w:rsid w:val="00606A68"/>
     <w:rsid w:val="00606BC4"/>
     <w:rsid w:val="00606BDD"/>
     <w:rsid w:val="0060795C"/>
     <w:rsid w:val="00607E30"/>
     <w:rsid w:val="00610249"/>
     <w:rsid w:val="00610435"/>
     <w:rsid w:val="00610E2A"/>
-    <w:rsid w:val="00610F4C"/>
     <w:rsid w:val="006112E2"/>
     <w:rsid w:val="006113BD"/>
     <w:rsid w:val="006113DE"/>
     <w:rsid w:val="00611D6D"/>
     <w:rsid w:val="00611FA4"/>
     <w:rsid w:val="00612DD2"/>
     <w:rsid w:val="00613A93"/>
     <w:rsid w:val="00613AED"/>
     <w:rsid w:val="006140DE"/>
     <w:rsid w:val="006149AA"/>
     <w:rsid w:val="006158F7"/>
     <w:rsid w:val="00615A95"/>
     <w:rsid w:val="00615EA0"/>
     <w:rsid w:val="00615F84"/>
     <w:rsid w:val="006167F3"/>
     <w:rsid w:val="00617272"/>
     <w:rsid w:val="006204DE"/>
     <w:rsid w:val="00621081"/>
     <w:rsid w:val="00621CD2"/>
     <w:rsid w:val="00621F73"/>
     <w:rsid w:val="00622F44"/>
     <w:rsid w:val="0062376F"/>
     <w:rsid w:val="0062435D"/>
     <w:rsid w:val="00624A87"/>
     <w:rsid w:val="00625050"/>
     <w:rsid w:val="00625173"/>
     <w:rsid w:val="00625BFA"/>
     <w:rsid w:val="00625E6A"/>
     <w:rsid w:val="00630581"/>
     <w:rsid w:val="00630936"/>
     <w:rsid w:val="00630A4C"/>
     <w:rsid w:val="00631E2D"/>
     <w:rsid w:val="00632312"/>
     <w:rsid w:val="0063341E"/>
     <w:rsid w:val="00634C51"/>
     <w:rsid w:val="006355D2"/>
     <w:rsid w:val="0063572E"/>
     <w:rsid w:val="00635F59"/>
     <w:rsid w:val="006367B5"/>
     <w:rsid w:val="00636B75"/>
     <w:rsid w:val="006370AB"/>
     <w:rsid w:val="0064016B"/>
     <w:rsid w:val="006406BF"/>
     <w:rsid w:val="006409F3"/>
     <w:rsid w:val="00640CF0"/>
     <w:rsid w:val="00641018"/>
     <w:rsid w:val="006413D4"/>
     <w:rsid w:val="0064199A"/>
-    <w:rsid w:val="00641B03"/>
     <w:rsid w:val="00641D88"/>
     <w:rsid w:val="00642808"/>
     <w:rsid w:val="00643324"/>
     <w:rsid w:val="00643BDB"/>
     <w:rsid w:val="00643F93"/>
     <w:rsid w:val="00644275"/>
     <w:rsid w:val="006448FA"/>
     <w:rsid w:val="006448FB"/>
     <w:rsid w:val="00644BFE"/>
     <w:rsid w:val="00644F6B"/>
     <w:rsid w:val="00645017"/>
     <w:rsid w:val="00645D19"/>
     <w:rsid w:val="00646B1D"/>
     <w:rsid w:val="00646C3C"/>
     <w:rsid w:val="00647B4C"/>
     <w:rsid w:val="00647BC1"/>
     <w:rsid w:val="006504DB"/>
     <w:rsid w:val="0065077E"/>
     <w:rsid w:val="00650FC2"/>
     <w:rsid w:val="00651147"/>
     <w:rsid w:val="00651410"/>
     <w:rsid w:val="0065163E"/>
     <w:rsid w:val="00651864"/>
     <w:rsid w:val="006523D8"/>
     <w:rsid w:val="006528C6"/>
     <w:rsid w:val="00653224"/>
     <w:rsid w:val="00653A2D"/>
     <w:rsid w:val="00653AEC"/>
     <w:rsid w:val="00655808"/>
     <w:rsid w:val="00655A64"/>
     <w:rsid w:val="00655D06"/>
     <w:rsid w:val="00656AE9"/>
     <w:rsid w:val="00657D16"/>
     <w:rsid w:val="006600C8"/>
     <w:rsid w:val="006600D7"/>
     <w:rsid w:val="0066168C"/>
     <w:rsid w:val="00661AB0"/>
     <w:rsid w:val="00662290"/>
     <w:rsid w:val="00662638"/>
     <w:rsid w:val="006626DC"/>
     <w:rsid w:val="006628E6"/>
     <w:rsid w:val="00662CFB"/>
     <w:rsid w:val="006632F1"/>
     <w:rsid w:val="00663E49"/>
     <w:rsid w:val="006641C4"/>
     <w:rsid w:val="00664E36"/>
     <w:rsid w:val="006665B9"/>
     <w:rsid w:val="006666BB"/>
-    <w:rsid w:val="006674EC"/>
     <w:rsid w:val="006678F6"/>
     <w:rsid w:val="00670639"/>
     <w:rsid w:val="0067155B"/>
     <w:rsid w:val="00671740"/>
     <w:rsid w:val="0067203D"/>
     <w:rsid w:val="00672B3A"/>
     <w:rsid w:val="00673BCB"/>
     <w:rsid w:val="00673FBB"/>
     <w:rsid w:val="00674FD8"/>
     <w:rsid w:val="006757B1"/>
     <w:rsid w:val="0067586B"/>
     <w:rsid w:val="00675F55"/>
     <w:rsid w:val="006764A9"/>
     <w:rsid w:val="00676ADF"/>
     <w:rsid w:val="00676C91"/>
     <w:rsid w:val="00677233"/>
     <w:rsid w:val="00677390"/>
     <w:rsid w:val="0067746B"/>
     <w:rsid w:val="006777E3"/>
     <w:rsid w:val="006779A7"/>
     <w:rsid w:val="00680066"/>
     <w:rsid w:val="00680531"/>
     <w:rsid w:val="0068096F"/>
     <w:rsid w:val="00681865"/>
     <w:rsid w:val="0068186E"/>
@@ -17735,66 +17681,64 @@
     <w:rsid w:val="006E371F"/>
     <w:rsid w:val="006E3B9C"/>
     <w:rsid w:val="006E42F9"/>
     <w:rsid w:val="006E4A62"/>
     <w:rsid w:val="006E4C71"/>
     <w:rsid w:val="006E5562"/>
     <w:rsid w:val="006E6A78"/>
     <w:rsid w:val="006E6F2A"/>
     <w:rsid w:val="006E7171"/>
     <w:rsid w:val="006F087C"/>
     <w:rsid w:val="006F0AD7"/>
     <w:rsid w:val="006F0B8B"/>
     <w:rsid w:val="006F20E6"/>
     <w:rsid w:val="006F2A04"/>
     <w:rsid w:val="006F3A13"/>
     <w:rsid w:val="006F3AA2"/>
     <w:rsid w:val="006F3D9A"/>
     <w:rsid w:val="006F4090"/>
     <w:rsid w:val="006F50D6"/>
     <w:rsid w:val="006F619D"/>
     <w:rsid w:val="006F65B3"/>
     <w:rsid w:val="006F721C"/>
     <w:rsid w:val="006F7D37"/>
     <w:rsid w:val="006F7D79"/>
     <w:rsid w:val="0070086E"/>
-    <w:rsid w:val="00700ACF"/>
     <w:rsid w:val="00700EE0"/>
     <w:rsid w:val="00701BA6"/>
     <w:rsid w:val="00703341"/>
     <w:rsid w:val="00703643"/>
     <w:rsid w:val="00703693"/>
     <w:rsid w:val="00703779"/>
     <w:rsid w:val="0070379D"/>
     <w:rsid w:val="007037BD"/>
     <w:rsid w:val="0070383E"/>
     <w:rsid w:val="00703CB3"/>
     <w:rsid w:val="00704AF0"/>
     <w:rsid w:val="00704F95"/>
     <w:rsid w:val="007062CE"/>
     <w:rsid w:val="00706402"/>
-    <w:rsid w:val="00706592"/>
     <w:rsid w:val="00706913"/>
     <w:rsid w:val="00706AF1"/>
     <w:rsid w:val="00707221"/>
     <w:rsid w:val="007108A0"/>
     <w:rsid w:val="00710CCB"/>
     <w:rsid w:val="007112B5"/>
     <w:rsid w:val="00711955"/>
     <w:rsid w:val="00712385"/>
     <w:rsid w:val="007129DF"/>
     <w:rsid w:val="00713216"/>
     <w:rsid w:val="00714877"/>
     <w:rsid w:val="00714AA3"/>
     <w:rsid w:val="00714AF1"/>
     <w:rsid w:val="00714DEF"/>
     <w:rsid w:val="007151D5"/>
     <w:rsid w:val="0071526B"/>
     <w:rsid w:val="0071560E"/>
     <w:rsid w:val="007157B6"/>
     <w:rsid w:val="00715C2D"/>
     <w:rsid w:val="00715F85"/>
     <w:rsid w:val="007161F5"/>
     <w:rsid w:val="00716ED9"/>
     <w:rsid w:val="007171B4"/>
     <w:rsid w:val="00717B83"/>
     <w:rsid w:val="00717BA3"/>
@@ -17804,182 +17748,175 @@
     <w:rsid w:val="00722889"/>
     <w:rsid w:val="00722A02"/>
     <w:rsid w:val="00722B25"/>
     <w:rsid w:val="00722B6E"/>
     <w:rsid w:val="00722D48"/>
     <w:rsid w:val="00723129"/>
     <w:rsid w:val="00723B11"/>
     <w:rsid w:val="00724666"/>
     <w:rsid w:val="0072466E"/>
     <w:rsid w:val="00724925"/>
     <w:rsid w:val="00726197"/>
     <w:rsid w:val="007268B5"/>
     <w:rsid w:val="007268D0"/>
     <w:rsid w:val="00727C22"/>
     <w:rsid w:val="00727D7E"/>
     <w:rsid w:val="007313F8"/>
     <w:rsid w:val="00731E06"/>
     <w:rsid w:val="007327A0"/>
     <w:rsid w:val="00732C91"/>
     <w:rsid w:val="007330CC"/>
     <w:rsid w:val="00733527"/>
     <w:rsid w:val="007335A9"/>
     <w:rsid w:val="00733850"/>
     <w:rsid w:val="007340FE"/>
     <w:rsid w:val="007357E7"/>
-    <w:rsid w:val="00736D77"/>
     <w:rsid w:val="00736DD0"/>
     <w:rsid w:val="00741F6F"/>
     <w:rsid w:val="00742449"/>
     <w:rsid w:val="00742569"/>
     <w:rsid w:val="00742A6E"/>
     <w:rsid w:val="00743455"/>
     <w:rsid w:val="00743A07"/>
     <w:rsid w:val="00743A3E"/>
     <w:rsid w:val="00743D89"/>
     <w:rsid w:val="00743F25"/>
     <w:rsid w:val="0074444F"/>
     <w:rsid w:val="007446DB"/>
     <w:rsid w:val="007451BB"/>
     <w:rsid w:val="0074526A"/>
     <w:rsid w:val="00745717"/>
     <w:rsid w:val="00745F1C"/>
     <w:rsid w:val="00747762"/>
     <w:rsid w:val="00747C60"/>
     <w:rsid w:val="00750229"/>
     <w:rsid w:val="00750B4F"/>
     <w:rsid w:val="00750C0A"/>
     <w:rsid w:val="00751462"/>
     <w:rsid w:val="0075197D"/>
     <w:rsid w:val="007524D4"/>
     <w:rsid w:val="00752570"/>
     <w:rsid w:val="007529B6"/>
     <w:rsid w:val="00752C2C"/>
     <w:rsid w:val="00753F59"/>
     <w:rsid w:val="007544D6"/>
     <w:rsid w:val="0075456C"/>
     <w:rsid w:val="00754BAA"/>
     <w:rsid w:val="0075527E"/>
     <w:rsid w:val="00756478"/>
     <w:rsid w:val="007574B5"/>
     <w:rsid w:val="0075798F"/>
     <w:rsid w:val="00757CDD"/>
-    <w:rsid w:val="0076006C"/>
     <w:rsid w:val="007602EB"/>
     <w:rsid w:val="00760B1D"/>
     <w:rsid w:val="00760E01"/>
     <w:rsid w:val="00761105"/>
     <w:rsid w:val="0076127F"/>
     <w:rsid w:val="0076169C"/>
     <w:rsid w:val="00761EFA"/>
     <w:rsid w:val="007627C0"/>
     <w:rsid w:val="00762BB8"/>
     <w:rsid w:val="007631F7"/>
     <w:rsid w:val="007637CC"/>
     <w:rsid w:val="00763F60"/>
     <w:rsid w:val="007648D0"/>
     <w:rsid w:val="007649B9"/>
     <w:rsid w:val="00764E06"/>
     <w:rsid w:val="00766345"/>
     <w:rsid w:val="0076667F"/>
     <w:rsid w:val="00766BC9"/>
-    <w:rsid w:val="00766C8A"/>
     <w:rsid w:val="007676A2"/>
     <w:rsid w:val="00767740"/>
     <w:rsid w:val="00767C41"/>
     <w:rsid w:val="00767FB2"/>
     <w:rsid w:val="00770491"/>
     <w:rsid w:val="007705E3"/>
     <w:rsid w:val="0077062F"/>
     <w:rsid w:val="00770B00"/>
     <w:rsid w:val="00771E47"/>
     <w:rsid w:val="00772C77"/>
     <w:rsid w:val="00773628"/>
     <w:rsid w:val="00773BE9"/>
     <w:rsid w:val="00773C46"/>
     <w:rsid w:val="007741F8"/>
-    <w:rsid w:val="00774201"/>
     <w:rsid w:val="00774245"/>
     <w:rsid w:val="00774812"/>
     <w:rsid w:val="00774E14"/>
     <w:rsid w:val="007754EB"/>
     <w:rsid w:val="00775508"/>
     <w:rsid w:val="0077571B"/>
     <w:rsid w:val="0077649E"/>
     <w:rsid w:val="007776F0"/>
     <w:rsid w:val="00777F81"/>
     <w:rsid w:val="0078102E"/>
     <w:rsid w:val="007813EC"/>
     <w:rsid w:val="007819CB"/>
     <w:rsid w:val="00781F5F"/>
     <w:rsid w:val="007820D8"/>
     <w:rsid w:val="00782521"/>
     <w:rsid w:val="00782A6C"/>
     <w:rsid w:val="00783125"/>
     <w:rsid w:val="00783F81"/>
     <w:rsid w:val="00784E56"/>
     <w:rsid w:val="00784F7E"/>
     <w:rsid w:val="007852D4"/>
     <w:rsid w:val="007854C5"/>
     <w:rsid w:val="007854C6"/>
     <w:rsid w:val="00786687"/>
     <w:rsid w:val="007866E4"/>
     <w:rsid w:val="007866E6"/>
     <w:rsid w:val="00786AEC"/>
     <w:rsid w:val="007902BF"/>
     <w:rsid w:val="00790395"/>
     <w:rsid w:val="007907FE"/>
     <w:rsid w:val="00793F31"/>
     <w:rsid w:val="007942F4"/>
     <w:rsid w:val="007944CC"/>
-    <w:rsid w:val="007954FC"/>
     <w:rsid w:val="007955FE"/>
     <w:rsid w:val="00795D5C"/>
-    <w:rsid w:val="00796978"/>
     <w:rsid w:val="00797F66"/>
     <w:rsid w:val="007A0233"/>
     <w:rsid w:val="007A1297"/>
     <w:rsid w:val="007A25E7"/>
     <w:rsid w:val="007A299E"/>
     <w:rsid w:val="007A2AB7"/>
     <w:rsid w:val="007A37D9"/>
     <w:rsid w:val="007A3B9F"/>
     <w:rsid w:val="007A40DD"/>
     <w:rsid w:val="007A42D3"/>
     <w:rsid w:val="007A4910"/>
     <w:rsid w:val="007A4D5E"/>
     <w:rsid w:val="007A568D"/>
     <w:rsid w:val="007A5749"/>
     <w:rsid w:val="007A591A"/>
     <w:rsid w:val="007A692C"/>
     <w:rsid w:val="007A71DE"/>
     <w:rsid w:val="007A7625"/>
     <w:rsid w:val="007A7EA0"/>
     <w:rsid w:val="007B0A9A"/>
     <w:rsid w:val="007B0B03"/>
     <w:rsid w:val="007B0C37"/>
-    <w:rsid w:val="007B0E2E"/>
     <w:rsid w:val="007B18DD"/>
     <w:rsid w:val="007B1A74"/>
     <w:rsid w:val="007B2974"/>
     <w:rsid w:val="007B2CF6"/>
     <w:rsid w:val="007B3B49"/>
     <w:rsid w:val="007B4092"/>
     <w:rsid w:val="007B4BE2"/>
     <w:rsid w:val="007B6292"/>
     <w:rsid w:val="007B68F3"/>
     <w:rsid w:val="007B70DC"/>
     <w:rsid w:val="007B7972"/>
     <w:rsid w:val="007C0477"/>
     <w:rsid w:val="007C088F"/>
     <w:rsid w:val="007C09AC"/>
     <w:rsid w:val="007C14C6"/>
     <w:rsid w:val="007C160D"/>
     <w:rsid w:val="007C1ABE"/>
     <w:rsid w:val="007C318B"/>
     <w:rsid w:val="007C3D38"/>
     <w:rsid w:val="007C454D"/>
     <w:rsid w:val="007C4846"/>
     <w:rsid w:val="007C4C16"/>
     <w:rsid w:val="007C5208"/>
     <w:rsid w:val="007C5FF1"/>
     <w:rsid w:val="007C646C"/>
@@ -17999,161 +17936,156 @@
     <w:rsid w:val="007D4521"/>
     <w:rsid w:val="007D4BE6"/>
     <w:rsid w:val="007D4E22"/>
     <w:rsid w:val="007D5636"/>
     <w:rsid w:val="007D5755"/>
     <w:rsid w:val="007D59A7"/>
     <w:rsid w:val="007D5A39"/>
     <w:rsid w:val="007D5B21"/>
     <w:rsid w:val="007D6806"/>
     <w:rsid w:val="007D68F0"/>
     <w:rsid w:val="007D69B1"/>
     <w:rsid w:val="007D6AF3"/>
     <w:rsid w:val="007D6DE3"/>
     <w:rsid w:val="007D7257"/>
     <w:rsid w:val="007E02A6"/>
     <w:rsid w:val="007E02F9"/>
     <w:rsid w:val="007E06A4"/>
     <w:rsid w:val="007E0D0D"/>
     <w:rsid w:val="007E1428"/>
     <w:rsid w:val="007E1B83"/>
     <w:rsid w:val="007E1D06"/>
     <w:rsid w:val="007E2777"/>
     <w:rsid w:val="007E2A9F"/>
     <w:rsid w:val="007E2FBE"/>
     <w:rsid w:val="007E3CE5"/>
-    <w:rsid w:val="007E3FB8"/>
     <w:rsid w:val="007E4B01"/>
     <w:rsid w:val="007E5565"/>
     <w:rsid w:val="007E593F"/>
     <w:rsid w:val="007E6ECE"/>
     <w:rsid w:val="007E6F07"/>
     <w:rsid w:val="007E6FFD"/>
     <w:rsid w:val="007E72D8"/>
     <w:rsid w:val="007E7924"/>
     <w:rsid w:val="007F0844"/>
     <w:rsid w:val="007F0AB4"/>
     <w:rsid w:val="007F0C67"/>
     <w:rsid w:val="007F0D14"/>
     <w:rsid w:val="007F1130"/>
     <w:rsid w:val="007F1AEF"/>
     <w:rsid w:val="007F21DF"/>
     <w:rsid w:val="007F23C8"/>
     <w:rsid w:val="007F34EC"/>
     <w:rsid w:val="007F35AA"/>
     <w:rsid w:val="007F3917"/>
     <w:rsid w:val="007F438D"/>
     <w:rsid w:val="007F4C8B"/>
     <w:rsid w:val="007F4F4C"/>
     <w:rsid w:val="007F5034"/>
     <w:rsid w:val="007F5B4A"/>
     <w:rsid w:val="007F6184"/>
     <w:rsid w:val="007F6A80"/>
     <w:rsid w:val="007F6F37"/>
     <w:rsid w:val="007F6F99"/>
     <w:rsid w:val="007F7DDB"/>
     <w:rsid w:val="00800366"/>
     <w:rsid w:val="008010C6"/>
-    <w:rsid w:val="00801A80"/>
     <w:rsid w:val="0080295A"/>
     <w:rsid w:val="00802B47"/>
     <w:rsid w:val="00803110"/>
     <w:rsid w:val="0080333B"/>
     <w:rsid w:val="00804A6E"/>
     <w:rsid w:val="00804D75"/>
     <w:rsid w:val="00804FAB"/>
     <w:rsid w:val="00805651"/>
     <w:rsid w:val="00805B54"/>
     <w:rsid w:val="00805D0B"/>
     <w:rsid w:val="00806620"/>
     <w:rsid w:val="00806667"/>
     <w:rsid w:val="00806ACF"/>
-    <w:rsid w:val="0080737C"/>
     <w:rsid w:val="00807783"/>
     <w:rsid w:val="0080778A"/>
     <w:rsid w:val="00807846"/>
     <w:rsid w:val="00807B9C"/>
     <w:rsid w:val="00807F97"/>
     <w:rsid w:val="00810801"/>
     <w:rsid w:val="00810C8F"/>
     <w:rsid w:val="00811468"/>
     <w:rsid w:val="00811702"/>
     <w:rsid w:val="00811799"/>
     <w:rsid w:val="00811885"/>
     <w:rsid w:val="00811A16"/>
     <w:rsid w:val="00812620"/>
     <w:rsid w:val="00813302"/>
     <w:rsid w:val="00815E0C"/>
     <w:rsid w:val="00816B5B"/>
     <w:rsid w:val="00816E54"/>
     <w:rsid w:val="00817C7D"/>
     <w:rsid w:val="008202F8"/>
     <w:rsid w:val="008205CE"/>
     <w:rsid w:val="00820628"/>
-    <w:rsid w:val="008207F5"/>
     <w:rsid w:val="00820F80"/>
     <w:rsid w:val="00822E84"/>
     <w:rsid w:val="00822F2C"/>
     <w:rsid w:val="00823D21"/>
     <w:rsid w:val="008240D5"/>
     <w:rsid w:val="00824DC4"/>
     <w:rsid w:val="00825367"/>
     <w:rsid w:val="00825505"/>
     <w:rsid w:val="00825A9F"/>
     <w:rsid w:val="00825AE3"/>
     <w:rsid w:val="00825D36"/>
     <w:rsid w:val="008261A2"/>
     <w:rsid w:val="008270B9"/>
     <w:rsid w:val="008273D8"/>
     <w:rsid w:val="008275B7"/>
     <w:rsid w:val="00827872"/>
     <w:rsid w:val="00827FDE"/>
     <w:rsid w:val="00830212"/>
     <w:rsid w:val="008306D7"/>
     <w:rsid w:val="00831891"/>
     <w:rsid w:val="00831AEC"/>
     <w:rsid w:val="00831E7B"/>
     <w:rsid w:val="00833155"/>
     <w:rsid w:val="008340ED"/>
     <w:rsid w:val="008343B8"/>
     <w:rsid w:val="008345B7"/>
     <w:rsid w:val="00834A1C"/>
     <w:rsid w:val="00834FA3"/>
     <w:rsid w:val="0083551D"/>
     <w:rsid w:val="0083576D"/>
     <w:rsid w:val="00835904"/>
     <w:rsid w:val="00835B52"/>
     <w:rsid w:val="00835F19"/>
     <w:rsid w:val="0083696C"/>
     <w:rsid w:val="00837A62"/>
     <w:rsid w:val="0084069D"/>
     <w:rsid w:val="008415A1"/>
     <w:rsid w:val="00841B7C"/>
     <w:rsid w:val="00841D12"/>
     <w:rsid w:val="00841E7C"/>
     <w:rsid w:val="00842B8D"/>
-    <w:rsid w:val="00842BB3"/>
     <w:rsid w:val="00844539"/>
     <w:rsid w:val="00844CC8"/>
     <w:rsid w:val="008450A5"/>
     <w:rsid w:val="0084524F"/>
     <w:rsid w:val="008453F8"/>
     <w:rsid w:val="0084548B"/>
     <w:rsid w:val="00845E4F"/>
     <w:rsid w:val="00845EDE"/>
     <w:rsid w:val="00845F04"/>
     <w:rsid w:val="00846712"/>
     <w:rsid w:val="008467CD"/>
     <w:rsid w:val="00846818"/>
     <w:rsid w:val="00846BB4"/>
     <w:rsid w:val="0084787A"/>
     <w:rsid w:val="00850229"/>
     <w:rsid w:val="008504E8"/>
     <w:rsid w:val="00851BBD"/>
     <w:rsid w:val="00851E74"/>
     <w:rsid w:val="00851E7D"/>
     <w:rsid w:val="0085227A"/>
     <w:rsid w:val="0085271C"/>
     <w:rsid w:val="00853995"/>
     <w:rsid w:val="00853ED9"/>
     <w:rsid w:val="008548D3"/>
     <w:rsid w:val="00854EFD"/>
@@ -18195,60 +18127,60 @@
     <w:rsid w:val="00871059"/>
     <w:rsid w:val="00871686"/>
     <w:rsid w:val="008725AA"/>
     <w:rsid w:val="00872FC1"/>
     <w:rsid w:val="00873053"/>
     <w:rsid w:val="00874524"/>
     <w:rsid w:val="00874612"/>
     <w:rsid w:val="00875613"/>
     <w:rsid w:val="00875840"/>
     <w:rsid w:val="00876342"/>
     <w:rsid w:val="0088076E"/>
     <w:rsid w:val="00880A6C"/>
     <w:rsid w:val="00880AF6"/>
     <w:rsid w:val="00880ED8"/>
     <w:rsid w:val="008818C1"/>
     <w:rsid w:val="00881AAB"/>
     <w:rsid w:val="00881AE0"/>
     <w:rsid w:val="00881C7B"/>
     <w:rsid w:val="00882165"/>
     <w:rsid w:val="00882846"/>
     <w:rsid w:val="00882FD1"/>
     <w:rsid w:val="00883437"/>
     <w:rsid w:val="00883896"/>
     <w:rsid w:val="00883DE3"/>
     <w:rsid w:val="00884D2C"/>
-    <w:rsid w:val="008859BF"/>
     <w:rsid w:val="00886373"/>
     <w:rsid w:val="00886388"/>
     <w:rsid w:val="0088797A"/>
     <w:rsid w:val="0089006F"/>
     <w:rsid w:val="00890AA5"/>
     <w:rsid w:val="00891454"/>
     <w:rsid w:val="00891AA6"/>
     <w:rsid w:val="00891C81"/>
     <w:rsid w:val="00891DFB"/>
+    <w:rsid w:val="008924A1"/>
     <w:rsid w:val="0089253B"/>
     <w:rsid w:val="00892D86"/>
     <w:rsid w:val="00892F2A"/>
     <w:rsid w:val="00893064"/>
     <w:rsid w:val="0089329C"/>
     <w:rsid w:val="00893AA4"/>
     <w:rsid w:val="00893BAF"/>
     <w:rsid w:val="00894F43"/>
     <w:rsid w:val="00895A48"/>
     <w:rsid w:val="00895F34"/>
     <w:rsid w:val="00896B89"/>
     <w:rsid w:val="00896F0F"/>
     <w:rsid w:val="00897244"/>
     <w:rsid w:val="00897590"/>
     <w:rsid w:val="0089780A"/>
     <w:rsid w:val="008A041C"/>
     <w:rsid w:val="008A050C"/>
     <w:rsid w:val="008A05CB"/>
     <w:rsid w:val="008A06E7"/>
     <w:rsid w:val="008A0AA9"/>
     <w:rsid w:val="008A10B7"/>
     <w:rsid w:val="008A10CF"/>
     <w:rsid w:val="008A1984"/>
     <w:rsid w:val="008A1B30"/>
     <w:rsid w:val="008A1CEE"/>
@@ -18262,51 +18194,50 @@
     <w:rsid w:val="008A41E5"/>
     <w:rsid w:val="008A4CE0"/>
     <w:rsid w:val="008A621C"/>
     <w:rsid w:val="008A66E1"/>
     <w:rsid w:val="008B139A"/>
     <w:rsid w:val="008B15C0"/>
     <w:rsid w:val="008B176D"/>
     <w:rsid w:val="008B25A7"/>
     <w:rsid w:val="008B29AC"/>
     <w:rsid w:val="008B4C7E"/>
     <w:rsid w:val="008B4DE0"/>
     <w:rsid w:val="008B5140"/>
     <w:rsid w:val="008B52D9"/>
     <w:rsid w:val="008B63C1"/>
     <w:rsid w:val="008B6BA4"/>
     <w:rsid w:val="008C0E40"/>
     <w:rsid w:val="008C0EA4"/>
     <w:rsid w:val="008C16FD"/>
     <w:rsid w:val="008C1D4B"/>
     <w:rsid w:val="008C20E1"/>
     <w:rsid w:val="008C26F4"/>
     <w:rsid w:val="008C295A"/>
     <w:rsid w:val="008C30D5"/>
     <w:rsid w:val="008C40E6"/>
     <w:rsid w:val="008C4738"/>
-    <w:rsid w:val="008C4C6D"/>
     <w:rsid w:val="008C50C4"/>
     <w:rsid w:val="008C51E5"/>
     <w:rsid w:val="008C547E"/>
     <w:rsid w:val="008C6802"/>
     <w:rsid w:val="008C6A31"/>
     <w:rsid w:val="008C6BC2"/>
     <w:rsid w:val="008C6ECA"/>
     <w:rsid w:val="008C73C4"/>
     <w:rsid w:val="008C79C4"/>
     <w:rsid w:val="008D0424"/>
     <w:rsid w:val="008D1130"/>
     <w:rsid w:val="008D1231"/>
     <w:rsid w:val="008D15F8"/>
     <w:rsid w:val="008D1A23"/>
     <w:rsid w:val="008D2834"/>
     <w:rsid w:val="008D297F"/>
     <w:rsid w:val="008D400F"/>
     <w:rsid w:val="008D457E"/>
     <w:rsid w:val="008D4A30"/>
     <w:rsid w:val="008D4BAD"/>
     <w:rsid w:val="008D5104"/>
     <w:rsid w:val="008D5226"/>
     <w:rsid w:val="008D5DDF"/>
     <w:rsid w:val="008D5EE3"/>
     <w:rsid w:val="008D6753"/>
@@ -18378,51 +18309,50 @@
     <w:rsid w:val="00906E8A"/>
     <w:rsid w:val="00906F6D"/>
     <w:rsid w:val="00912FF0"/>
     <w:rsid w:val="00913C8F"/>
     <w:rsid w:val="009147FF"/>
     <w:rsid w:val="00915AFF"/>
     <w:rsid w:val="009163A5"/>
     <w:rsid w:val="0091645D"/>
     <w:rsid w:val="00917AB3"/>
     <w:rsid w:val="00920668"/>
     <w:rsid w:val="00920EE4"/>
     <w:rsid w:val="009219CF"/>
     <w:rsid w:val="00921F88"/>
     <w:rsid w:val="009222F7"/>
     <w:rsid w:val="00922672"/>
     <w:rsid w:val="00922A3C"/>
     <w:rsid w:val="00922DDE"/>
     <w:rsid w:val="00923E7D"/>
     <w:rsid w:val="009251D9"/>
     <w:rsid w:val="00925B2D"/>
     <w:rsid w:val="00925DF4"/>
     <w:rsid w:val="0092634F"/>
     <w:rsid w:val="00926A75"/>
     <w:rsid w:val="00926BB1"/>
     <w:rsid w:val="00927229"/>
-    <w:rsid w:val="009275F6"/>
     <w:rsid w:val="00930AF4"/>
     <w:rsid w:val="00930FB8"/>
     <w:rsid w:val="00931046"/>
     <w:rsid w:val="00931179"/>
     <w:rsid w:val="009321AA"/>
     <w:rsid w:val="009327A5"/>
     <w:rsid w:val="0093286B"/>
     <w:rsid w:val="00932E51"/>
     <w:rsid w:val="009331B2"/>
     <w:rsid w:val="00933336"/>
     <w:rsid w:val="009333BC"/>
     <w:rsid w:val="00933471"/>
     <w:rsid w:val="0093348F"/>
     <w:rsid w:val="00933689"/>
     <w:rsid w:val="009336E7"/>
     <w:rsid w:val="00933902"/>
     <w:rsid w:val="00933AD4"/>
     <w:rsid w:val="009347BF"/>
     <w:rsid w:val="00935C66"/>
     <w:rsid w:val="00935DE5"/>
     <w:rsid w:val="009360FA"/>
     <w:rsid w:val="00936626"/>
     <w:rsid w:val="009366A5"/>
     <w:rsid w:val="00936B1A"/>
     <w:rsid w:val="0093714D"/>
@@ -18490,52 +18420,50 @@
     <w:rsid w:val="00976041"/>
     <w:rsid w:val="0097629E"/>
     <w:rsid w:val="00977044"/>
     <w:rsid w:val="0097729F"/>
     <w:rsid w:val="00977496"/>
     <w:rsid w:val="009775B5"/>
     <w:rsid w:val="00977861"/>
     <w:rsid w:val="009805CE"/>
     <w:rsid w:val="009812C1"/>
     <w:rsid w:val="009817CD"/>
     <w:rsid w:val="009817E0"/>
     <w:rsid w:val="00981FE2"/>
     <w:rsid w:val="009829BA"/>
     <w:rsid w:val="0098596C"/>
     <w:rsid w:val="00985FC9"/>
     <w:rsid w:val="00986A79"/>
     <w:rsid w:val="0098740D"/>
     <w:rsid w:val="00987A17"/>
     <w:rsid w:val="00987D55"/>
     <w:rsid w:val="00990241"/>
     <w:rsid w:val="0099067A"/>
     <w:rsid w:val="00990805"/>
     <w:rsid w:val="00991AE4"/>
     <w:rsid w:val="0099284C"/>
     <w:rsid w:val="00992A9D"/>
-    <w:rsid w:val="0099324C"/>
-    <w:rsid w:val="009935DD"/>
     <w:rsid w:val="00994450"/>
     <w:rsid w:val="009945CC"/>
     <w:rsid w:val="00994E04"/>
     <w:rsid w:val="00995080"/>
     <w:rsid w:val="00995248"/>
     <w:rsid w:val="00995647"/>
     <w:rsid w:val="0099569E"/>
     <w:rsid w:val="00995881"/>
     <w:rsid w:val="009961A2"/>
     <w:rsid w:val="009964C8"/>
     <w:rsid w:val="00996C2C"/>
     <w:rsid w:val="00997D7A"/>
     <w:rsid w:val="00997EAF"/>
     <w:rsid w:val="009A0BF6"/>
     <w:rsid w:val="009A1607"/>
     <w:rsid w:val="009A1DD7"/>
     <w:rsid w:val="009A1F3A"/>
     <w:rsid w:val="009A35B0"/>
     <w:rsid w:val="009A396E"/>
     <w:rsid w:val="009A430F"/>
     <w:rsid w:val="009A4458"/>
     <w:rsid w:val="009A45B7"/>
     <w:rsid w:val="009A4AD3"/>
     <w:rsid w:val="009A4B3E"/>
     <w:rsid w:val="009A4FA8"/>
@@ -18576,146 +18504,142 @@
     <w:rsid w:val="009C58C7"/>
     <w:rsid w:val="009C58DA"/>
     <w:rsid w:val="009C6553"/>
     <w:rsid w:val="009C6EE0"/>
     <w:rsid w:val="009C7321"/>
     <w:rsid w:val="009D01D7"/>
     <w:rsid w:val="009D08D8"/>
     <w:rsid w:val="009D0B32"/>
     <w:rsid w:val="009D0F13"/>
     <w:rsid w:val="009D17AB"/>
     <w:rsid w:val="009D2068"/>
     <w:rsid w:val="009D21FC"/>
     <w:rsid w:val="009D2690"/>
     <w:rsid w:val="009D27D4"/>
     <w:rsid w:val="009D36F8"/>
     <w:rsid w:val="009D3985"/>
     <w:rsid w:val="009D3CE2"/>
     <w:rsid w:val="009D51CF"/>
     <w:rsid w:val="009D595A"/>
     <w:rsid w:val="009D64EA"/>
     <w:rsid w:val="009D6608"/>
     <w:rsid w:val="009D6F89"/>
     <w:rsid w:val="009D7793"/>
     <w:rsid w:val="009D79B5"/>
     <w:rsid w:val="009D7C17"/>
-    <w:rsid w:val="009E05BE"/>
     <w:rsid w:val="009E0E5F"/>
     <w:rsid w:val="009E0E63"/>
     <w:rsid w:val="009E0EFB"/>
     <w:rsid w:val="009E13AD"/>
     <w:rsid w:val="009E15A7"/>
     <w:rsid w:val="009E1849"/>
     <w:rsid w:val="009E18C7"/>
     <w:rsid w:val="009E18D2"/>
     <w:rsid w:val="009E1EDA"/>
     <w:rsid w:val="009E1FA2"/>
     <w:rsid w:val="009E261D"/>
     <w:rsid w:val="009E2B46"/>
     <w:rsid w:val="009E2DBD"/>
     <w:rsid w:val="009E2EE5"/>
     <w:rsid w:val="009E3163"/>
     <w:rsid w:val="009E338E"/>
     <w:rsid w:val="009E4835"/>
     <w:rsid w:val="009E599D"/>
     <w:rsid w:val="009E5F97"/>
     <w:rsid w:val="009E6FC4"/>
     <w:rsid w:val="009E78EF"/>
     <w:rsid w:val="009F0FB4"/>
     <w:rsid w:val="009F0FEE"/>
     <w:rsid w:val="009F14E4"/>
     <w:rsid w:val="009F1897"/>
     <w:rsid w:val="009F1EF9"/>
     <w:rsid w:val="009F2562"/>
     <w:rsid w:val="009F2B60"/>
     <w:rsid w:val="009F2FF1"/>
     <w:rsid w:val="009F32A9"/>
     <w:rsid w:val="009F346C"/>
     <w:rsid w:val="009F3CFB"/>
     <w:rsid w:val="009F4593"/>
     <w:rsid w:val="009F4955"/>
     <w:rsid w:val="009F4AD6"/>
     <w:rsid w:val="009F4D2F"/>
     <w:rsid w:val="009F6141"/>
     <w:rsid w:val="009F6631"/>
     <w:rsid w:val="009F66BA"/>
     <w:rsid w:val="009F68C5"/>
     <w:rsid w:val="009F6E00"/>
     <w:rsid w:val="00A00694"/>
     <w:rsid w:val="00A0162B"/>
     <w:rsid w:val="00A01BE9"/>
     <w:rsid w:val="00A01EC7"/>
-    <w:rsid w:val="00A023A7"/>
     <w:rsid w:val="00A034C1"/>
     <w:rsid w:val="00A035BA"/>
     <w:rsid w:val="00A04665"/>
     <w:rsid w:val="00A0504F"/>
     <w:rsid w:val="00A053AE"/>
     <w:rsid w:val="00A05AE7"/>
     <w:rsid w:val="00A072AC"/>
     <w:rsid w:val="00A076D3"/>
     <w:rsid w:val="00A1072D"/>
     <w:rsid w:val="00A10BE9"/>
     <w:rsid w:val="00A1128E"/>
     <w:rsid w:val="00A113EF"/>
     <w:rsid w:val="00A119DC"/>
     <w:rsid w:val="00A11FCF"/>
     <w:rsid w:val="00A12822"/>
     <w:rsid w:val="00A13AA0"/>
     <w:rsid w:val="00A13C25"/>
     <w:rsid w:val="00A13DC8"/>
     <w:rsid w:val="00A140B8"/>
     <w:rsid w:val="00A14D05"/>
     <w:rsid w:val="00A15420"/>
     <w:rsid w:val="00A1547E"/>
     <w:rsid w:val="00A16077"/>
     <w:rsid w:val="00A16568"/>
     <w:rsid w:val="00A16671"/>
     <w:rsid w:val="00A167B8"/>
     <w:rsid w:val="00A1720C"/>
     <w:rsid w:val="00A1739B"/>
     <w:rsid w:val="00A1776C"/>
     <w:rsid w:val="00A17DEE"/>
     <w:rsid w:val="00A20DF7"/>
     <w:rsid w:val="00A210D4"/>
-    <w:rsid w:val="00A21A17"/>
     <w:rsid w:val="00A21C66"/>
     <w:rsid w:val="00A221BA"/>
     <w:rsid w:val="00A2227B"/>
     <w:rsid w:val="00A22387"/>
     <w:rsid w:val="00A231D6"/>
     <w:rsid w:val="00A2449B"/>
     <w:rsid w:val="00A24C80"/>
     <w:rsid w:val="00A272E4"/>
     <w:rsid w:val="00A27708"/>
     <w:rsid w:val="00A2791E"/>
     <w:rsid w:val="00A3015C"/>
     <w:rsid w:val="00A302D8"/>
     <w:rsid w:val="00A30B89"/>
     <w:rsid w:val="00A30F1F"/>
     <w:rsid w:val="00A30F9D"/>
-    <w:rsid w:val="00A31B42"/>
     <w:rsid w:val="00A31D0D"/>
     <w:rsid w:val="00A32014"/>
     <w:rsid w:val="00A32A7C"/>
     <w:rsid w:val="00A33044"/>
     <w:rsid w:val="00A33398"/>
     <w:rsid w:val="00A338FC"/>
     <w:rsid w:val="00A33CD6"/>
     <w:rsid w:val="00A33E89"/>
     <w:rsid w:val="00A341E9"/>
     <w:rsid w:val="00A34B0E"/>
     <w:rsid w:val="00A35BE3"/>
     <w:rsid w:val="00A35F40"/>
     <w:rsid w:val="00A36367"/>
     <w:rsid w:val="00A36A47"/>
     <w:rsid w:val="00A3709C"/>
     <w:rsid w:val="00A37283"/>
     <w:rsid w:val="00A377CF"/>
     <w:rsid w:val="00A3793C"/>
     <w:rsid w:val="00A37C4B"/>
     <w:rsid w:val="00A40617"/>
     <w:rsid w:val="00A40AE2"/>
     <w:rsid w:val="00A411AF"/>
     <w:rsid w:val="00A41F47"/>
     <w:rsid w:val="00A427C2"/>
     <w:rsid w:val="00A42B57"/>
@@ -18769,51 +18693,50 @@
     <w:rsid w:val="00A70DC5"/>
     <w:rsid w:val="00A716FD"/>
     <w:rsid w:val="00A719C9"/>
     <w:rsid w:val="00A71F51"/>
     <w:rsid w:val="00A723CF"/>
     <w:rsid w:val="00A7273D"/>
     <w:rsid w:val="00A7282B"/>
     <w:rsid w:val="00A740CC"/>
     <w:rsid w:val="00A742DD"/>
     <w:rsid w:val="00A744DE"/>
     <w:rsid w:val="00A74506"/>
     <w:rsid w:val="00A74602"/>
     <w:rsid w:val="00A75B3E"/>
     <w:rsid w:val="00A75BD7"/>
     <w:rsid w:val="00A75DE0"/>
     <w:rsid w:val="00A75E9F"/>
     <w:rsid w:val="00A766E4"/>
     <w:rsid w:val="00A76994"/>
     <w:rsid w:val="00A77621"/>
     <w:rsid w:val="00A80268"/>
     <w:rsid w:val="00A80837"/>
     <w:rsid w:val="00A80D12"/>
     <w:rsid w:val="00A8184C"/>
     <w:rsid w:val="00A82868"/>
     <w:rsid w:val="00A82911"/>
-    <w:rsid w:val="00A82A38"/>
     <w:rsid w:val="00A82D72"/>
     <w:rsid w:val="00A83023"/>
     <w:rsid w:val="00A83113"/>
     <w:rsid w:val="00A8376D"/>
     <w:rsid w:val="00A83E5C"/>
     <w:rsid w:val="00A84428"/>
     <w:rsid w:val="00A8444E"/>
     <w:rsid w:val="00A84976"/>
     <w:rsid w:val="00A85ED6"/>
     <w:rsid w:val="00A86124"/>
     <w:rsid w:val="00A861C4"/>
     <w:rsid w:val="00A86276"/>
     <w:rsid w:val="00A86EB9"/>
     <w:rsid w:val="00A87963"/>
     <w:rsid w:val="00A900CD"/>
     <w:rsid w:val="00A90A86"/>
     <w:rsid w:val="00A90ADD"/>
     <w:rsid w:val="00A90AEC"/>
     <w:rsid w:val="00A91000"/>
     <w:rsid w:val="00A91BA3"/>
     <w:rsid w:val="00A92AB1"/>
     <w:rsid w:val="00A92DF0"/>
     <w:rsid w:val="00A92E68"/>
     <w:rsid w:val="00A92FFF"/>
     <w:rsid w:val="00A93161"/>
@@ -18930,83 +18853,81 @@
     <w:rsid w:val="00AF36CF"/>
     <w:rsid w:val="00AF3CA5"/>
     <w:rsid w:val="00AF61A7"/>
     <w:rsid w:val="00AF64E3"/>
     <w:rsid w:val="00AF6943"/>
     <w:rsid w:val="00AF69ED"/>
     <w:rsid w:val="00B0151C"/>
     <w:rsid w:val="00B02018"/>
     <w:rsid w:val="00B022F8"/>
     <w:rsid w:val="00B025E9"/>
     <w:rsid w:val="00B02787"/>
     <w:rsid w:val="00B02DC1"/>
     <w:rsid w:val="00B03534"/>
     <w:rsid w:val="00B0356A"/>
     <w:rsid w:val="00B03720"/>
     <w:rsid w:val="00B038D8"/>
     <w:rsid w:val="00B039CD"/>
     <w:rsid w:val="00B041AB"/>
     <w:rsid w:val="00B050E3"/>
     <w:rsid w:val="00B05E3D"/>
     <w:rsid w:val="00B0662C"/>
     <w:rsid w:val="00B06C1E"/>
     <w:rsid w:val="00B06DE2"/>
     <w:rsid w:val="00B07F28"/>
     <w:rsid w:val="00B10684"/>
-    <w:rsid w:val="00B10889"/>
     <w:rsid w:val="00B10BBC"/>
     <w:rsid w:val="00B10EE7"/>
     <w:rsid w:val="00B11692"/>
     <w:rsid w:val="00B11A33"/>
     <w:rsid w:val="00B12E72"/>
     <w:rsid w:val="00B13163"/>
     <w:rsid w:val="00B131DC"/>
     <w:rsid w:val="00B135B8"/>
     <w:rsid w:val="00B13D37"/>
     <w:rsid w:val="00B14F42"/>
     <w:rsid w:val="00B15850"/>
     <w:rsid w:val="00B16207"/>
     <w:rsid w:val="00B1676D"/>
     <w:rsid w:val="00B16837"/>
     <w:rsid w:val="00B16F11"/>
     <w:rsid w:val="00B16F63"/>
     <w:rsid w:val="00B17AED"/>
     <w:rsid w:val="00B20A91"/>
     <w:rsid w:val="00B21179"/>
     <w:rsid w:val="00B214B3"/>
     <w:rsid w:val="00B22277"/>
     <w:rsid w:val="00B239C0"/>
     <w:rsid w:val="00B23DB0"/>
     <w:rsid w:val="00B23F9F"/>
     <w:rsid w:val="00B24CFE"/>
     <w:rsid w:val="00B2619B"/>
     <w:rsid w:val="00B26351"/>
     <w:rsid w:val="00B2640F"/>
     <w:rsid w:val="00B26C37"/>
     <w:rsid w:val="00B2712F"/>
     <w:rsid w:val="00B30563"/>
-    <w:rsid w:val="00B3064D"/>
     <w:rsid w:val="00B3225F"/>
     <w:rsid w:val="00B33AA4"/>
     <w:rsid w:val="00B33B30"/>
     <w:rsid w:val="00B3411F"/>
     <w:rsid w:val="00B34954"/>
     <w:rsid w:val="00B34BB5"/>
     <w:rsid w:val="00B34BE5"/>
     <w:rsid w:val="00B34E6E"/>
     <w:rsid w:val="00B35989"/>
     <w:rsid w:val="00B35A73"/>
     <w:rsid w:val="00B35F97"/>
     <w:rsid w:val="00B367C1"/>
     <w:rsid w:val="00B370E5"/>
     <w:rsid w:val="00B37B90"/>
     <w:rsid w:val="00B40ED9"/>
     <w:rsid w:val="00B429CA"/>
     <w:rsid w:val="00B42C92"/>
     <w:rsid w:val="00B43D2B"/>
     <w:rsid w:val="00B43FD5"/>
     <w:rsid w:val="00B44135"/>
     <w:rsid w:val="00B447AF"/>
     <w:rsid w:val="00B45EC2"/>
     <w:rsid w:val="00B46E15"/>
     <w:rsid w:val="00B47A40"/>
     <w:rsid w:val="00B510ED"/>
@@ -19022,282 +18943,272 @@
     <w:rsid w:val="00B552B7"/>
     <w:rsid w:val="00B557BD"/>
     <w:rsid w:val="00B56D98"/>
     <w:rsid w:val="00B616D1"/>
     <w:rsid w:val="00B618D1"/>
     <w:rsid w:val="00B620C7"/>
     <w:rsid w:val="00B6318A"/>
     <w:rsid w:val="00B631E7"/>
     <w:rsid w:val="00B63DF0"/>
     <w:rsid w:val="00B640C1"/>
     <w:rsid w:val="00B65207"/>
     <w:rsid w:val="00B6648A"/>
     <w:rsid w:val="00B665DD"/>
     <w:rsid w:val="00B66CFF"/>
     <w:rsid w:val="00B6704A"/>
     <w:rsid w:val="00B67174"/>
     <w:rsid w:val="00B672AC"/>
     <w:rsid w:val="00B679EF"/>
     <w:rsid w:val="00B67F17"/>
     <w:rsid w:val="00B70093"/>
     <w:rsid w:val="00B7012A"/>
     <w:rsid w:val="00B70AD0"/>
     <w:rsid w:val="00B70F3B"/>
     <w:rsid w:val="00B71474"/>
     <w:rsid w:val="00B7166B"/>
-    <w:rsid w:val="00B719A1"/>
     <w:rsid w:val="00B71C5A"/>
     <w:rsid w:val="00B72F1A"/>
     <w:rsid w:val="00B73ADD"/>
     <w:rsid w:val="00B73E8C"/>
     <w:rsid w:val="00B743A7"/>
     <w:rsid w:val="00B745B1"/>
     <w:rsid w:val="00B746A2"/>
     <w:rsid w:val="00B7585A"/>
     <w:rsid w:val="00B75ADE"/>
     <w:rsid w:val="00B7610A"/>
     <w:rsid w:val="00B76432"/>
     <w:rsid w:val="00B76C3E"/>
     <w:rsid w:val="00B76E53"/>
     <w:rsid w:val="00B82859"/>
     <w:rsid w:val="00B82A41"/>
     <w:rsid w:val="00B82C45"/>
     <w:rsid w:val="00B85329"/>
     <w:rsid w:val="00B86CF3"/>
     <w:rsid w:val="00B87A22"/>
     <w:rsid w:val="00B90262"/>
     <w:rsid w:val="00B90266"/>
     <w:rsid w:val="00B90415"/>
     <w:rsid w:val="00B90E3D"/>
     <w:rsid w:val="00B9146B"/>
     <w:rsid w:val="00B91BC6"/>
     <w:rsid w:val="00B91CDA"/>
-    <w:rsid w:val="00B924C5"/>
     <w:rsid w:val="00B92DB9"/>
     <w:rsid w:val="00B93A29"/>
     <w:rsid w:val="00B93FE6"/>
     <w:rsid w:val="00B94E65"/>
     <w:rsid w:val="00B94FF1"/>
     <w:rsid w:val="00B9674E"/>
     <w:rsid w:val="00B96B73"/>
     <w:rsid w:val="00B975E7"/>
     <w:rsid w:val="00BA082E"/>
     <w:rsid w:val="00BA0C07"/>
     <w:rsid w:val="00BA1446"/>
     <w:rsid w:val="00BA147B"/>
     <w:rsid w:val="00BA1839"/>
     <w:rsid w:val="00BA18DB"/>
     <w:rsid w:val="00BA1BEB"/>
     <w:rsid w:val="00BA2293"/>
     <w:rsid w:val="00BA2501"/>
     <w:rsid w:val="00BA25B8"/>
     <w:rsid w:val="00BA4170"/>
     <w:rsid w:val="00BA4420"/>
     <w:rsid w:val="00BA4571"/>
-    <w:rsid w:val="00BA470D"/>
     <w:rsid w:val="00BA578A"/>
     <w:rsid w:val="00BA5EB6"/>
     <w:rsid w:val="00BA61C8"/>
     <w:rsid w:val="00BA64C8"/>
     <w:rsid w:val="00BA68CE"/>
     <w:rsid w:val="00BA6A63"/>
     <w:rsid w:val="00BA6EDA"/>
     <w:rsid w:val="00BA71E2"/>
     <w:rsid w:val="00BA78CD"/>
     <w:rsid w:val="00BA7929"/>
     <w:rsid w:val="00BB0178"/>
     <w:rsid w:val="00BB073C"/>
     <w:rsid w:val="00BB0810"/>
     <w:rsid w:val="00BB0C63"/>
     <w:rsid w:val="00BB126F"/>
     <w:rsid w:val="00BB2A9C"/>
     <w:rsid w:val="00BB2B37"/>
     <w:rsid w:val="00BB2DFD"/>
     <w:rsid w:val="00BB392F"/>
     <w:rsid w:val="00BB3E8A"/>
     <w:rsid w:val="00BB4720"/>
     <w:rsid w:val="00BB53AC"/>
     <w:rsid w:val="00BB6436"/>
     <w:rsid w:val="00BB682D"/>
     <w:rsid w:val="00BB69BF"/>
     <w:rsid w:val="00BB6AAB"/>
     <w:rsid w:val="00BB6F33"/>
     <w:rsid w:val="00BB795D"/>
     <w:rsid w:val="00BB7BA9"/>
     <w:rsid w:val="00BB7EE3"/>
     <w:rsid w:val="00BB7F5A"/>
     <w:rsid w:val="00BC0163"/>
     <w:rsid w:val="00BC0350"/>
     <w:rsid w:val="00BC0729"/>
     <w:rsid w:val="00BC197E"/>
     <w:rsid w:val="00BC1A23"/>
     <w:rsid w:val="00BC2404"/>
     <w:rsid w:val="00BC2541"/>
     <w:rsid w:val="00BC26F0"/>
     <w:rsid w:val="00BC29F6"/>
     <w:rsid w:val="00BC2E8F"/>
-    <w:rsid w:val="00BC3207"/>
     <w:rsid w:val="00BC45A5"/>
     <w:rsid w:val="00BC4CA6"/>
     <w:rsid w:val="00BC5147"/>
     <w:rsid w:val="00BC52C8"/>
     <w:rsid w:val="00BC5796"/>
     <w:rsid w:val="00BC58FC"/>
     <w:rsid w:val="00BC5CED"/>
     <w:rsid w:val="00BC66CE"/>
     <w:rsid w:val="00BC67BC"/>
     <w:rsid w:val="00BC6AC5"/>
     <w:rsid w:val="00BC6C29"/>
     <w:rsid w:val="00BC6ECC"/>
     <w:rsid w:val="00BD1CB9"/>
     <w:rsid w:val="00BD1CEC"/>
     <w:rsid w:val="00BD1E56"/>
     <w:rsid w:val="00BD1F1A"/>
     <w:rsid w:val="00BD2113"/>
     <w:rsid w:val="00BD2466"/>
     <w:rsid w:val="00BD28C6"/>
     <w:rsid w:val="00BD2B2D"/>
     <w:rsid w:val="00BD3188"/>
     <w:rsid w:val="00BD40DA"/>
     <w:rsid w:val="00BD4743"/>
     <w:rsid w:val="00BD4F68"/>
     <w:rsid w:val="00BD5366"/>
     <w:rsid w:val="00BD5B91"/>
     <w:rsid w:val="00BD6390"/>
     <w:rsid w:val="00BD64C7"/>
     <w:rsid w:val="00BD695E"/>
     <w:rsid w:val="00BD781C"/>
     <w:rsid w:val="00BE052A"/>
     <w:rsid w:val="00BE079E"/>
     <w:rsid w:val="00BE18CC"/>
-    <w:rsid w:val="00BE1BC2"/>
     <w:rsid w:val="00BE1C18"/>
     <w:rsid w:val="00BE257C"/>
     <w:rsid w:val="00BE2F2F"/>
     <w:rsid w:val="00BE3DE6"/>
     <w:rsid w:val="00BE4A94"/>
     <w:rsid w:val="00BE5F74"/>
     <w:rsid w:val="00BE6775"/>
     <w:rsid w:val="00BE6E67"/>
     <w:rsid w:val="00BE7EA8"/>
     <w:rsid w:val="00BF06FB"/>
     <w:rsid w:val="00BF08DE"/>
     <w:rsid w:val="00BF0B4D"/>
     <w:rsid w:val="00BF0E1F"/>
     <w:rsid w:val="00BF10CA"/>
     <w:rsid w:val="00BF1A3B"/>
     <w:rsid w:val="00BF1FDF"/>
     <w:rsid w:val="00BF24BE"/>
     <w:rsid w:val="00BF2856"/>
     <w:rsid w:val="00BF3150"/>
     <w:rsid w:val="00BF3183"/>
     <w:rsid w:val="00BF3514"/>
     <w:rsid w:val="00BF3575"/>
     <w:rsid w:val="00BF38A2"/>
-    <w:rsid w:val="00BF465B"/>
     <w:rsid w:val="00BF576B"/>
     <w:rsid w:val="00BF5C8D"/>
     <w:rsid w:val="00BF64F3"/>
     <w:rsid w:val="00BF7024"/>
     <w:rsid w:val="00BF76CF"/>
     <w:rsid w:val="00BF774D"/>
     <w:rsid w:val="00C000FB"/>
     <w:rsid w:val="00C0067E"/>
     <w:rsid w:val="00C00D42"/>
     <w:rsid w:val="00C01BBD"/>
     <w:rsid w:val="00C02CCC"/>
     <w:rsid w:val="00C03DA9"/>
     <w:rsid w:val="00C03F7A"/>
     <w:rsid w:val="00C04B9B"/>
     <w:rsid w:val="00C0630F"/>
     <w:rsid w:val="00C0653C"/>
     <w:rsid w:val="00C06DEF"/>
     <w:rsid w:val="00C07076"/>
     <w:rsid w:val="00C07CA4"/>
     <w:rsid w:val="00C1011C"/>
     <w:rsid w:val="00C101F3"/>
     <w:rsid w:val="00C10C6A"/>
     <w:rsid w:val="00C11C59"/>
     <w:rsid w:val="00C11F70"/>
     <w:rsid w:val="00C12433"/>
     <w:rsid w:val="00C13183"/>
     <w:rsid w:val="00C13653"/>
     <w:rsid w:val="00C14514"/>
     <w:rsid w:val="00C14734"/>
     <w:rsid w:val="00C147CA"/>
     <w:rsid w:val="00C1517D"/>
     <w:rsid w:val="00C153A3"/>
     <w:rsid w:val="00C154D3"/>
     <w:rsid w:val="00C158BC"/>
     <w:rsid w:val="00C15BB8"/>
     <w:rsid w:val="00C15EA2"/>
     <w:rsid w:val="00C168A7"/>
     <w:rsid w:val="00C16FE4"/>
-    <w:rsid w:val="00C20A42"/>
     <w:rsid w:val="00C20FBC"/>
     <w:rsid w:val="00C21741"/>
     <w:rsid w:val="00C21CE1"/>
     <w:rsid w:val="00C21D3A"/>
     <w:rsid w:val="00C2293B"/>
     <w:rsid w:val="00C229EF"/>
     <w:rsid w:val="00C22F89"/>
     <w:rsid w:val="00C230D3"/>
     <w:rsid w:val="00C2342E"/>
-    <w:rsid w:val="00C2448D"/>
     <w:rsid w:val="00C25103"/>
     <w:rsid w:val="00C26259"/>
     <w:rsid w:val="00C264B5"/>
-    <w:rsid w:val="00C26986"/>
     <w:rsid w:val="00C26B7C"/>
     <w:rsid w:val="00C26CAB"/>
     <w:rsid w:val="00C26F16"/>
     <w:rsid w:val="00C272FA"/>
     <w:rsid w:val="00C277FB"/>
     <w:rsid w:val="00C27849"/>
     <w:rsid w:val="00C30605"/>
     <w:rsid w:val="00C31B95"/>
     <w:rsid w:val="00C31E86"/>
     <w:rsid w:val="00C31EFE"/>
     <w:rsid w:val="00C31F78"/>
     <w:rsid w:val="00C31FE2"/>
     <w:rsid w:val="00C320E4"/>
     <w:rsid w:val="00C32162"/>
     <w:rsid w:val="00C3291C"/>
     <w:rsid w:val="00C32D90"/>
     <w:rsid w:val="00C33302"/>
     <w:rsid w:val="00C33AF2"/>
     <w:rsid w:val="00C34445"/>
     <w:rsid w:val="00C344B1"/>
     <w:rsid w:val="00C352C8"/>
     <w:rsid w:val="00C368D3"/>
     <w:rsid w:val="00C36B03"/>
     <w:rsid w:val="00C36C30"/>
     <w:rsid w:val="00C36CC7"/>
     <w:rsid w:val="00C37019"/>
     <w:rsid w:val="00C37097"/>
     <w:rsid w:val="00C37614"/>
-    <w:rsid w:val="00C3787C"/>
     <w:rsid w:val="00C37BB2"/>
     <w:rsid w:val="00C40335"/>
     <w:rsid w:val="00C403BA"/>
     <w:rsid w:val="00C40D70"/>
     <w:rsid w:val="00C419B0"/>
     <w:rsid w:val="00C41B7F"/>
     <w:rsid w:val="00C42944"/>
     <w:rsid w:val="00C42D77"/>
     <w:rsid w:val="00C4330C"/>
     <w:rsid w:val="00C43C0E"/>
     <w:rsid w:val="00C445A6"/>
     <w:rsid w:val="00C44761"/>
     <w:rsid w:val="00C447E9"/>
     <w:rsid w:val="00C4482A"/>
     <w:rsid w:val="00C44B32"/>
     <w:rsid w:val="00C459FD"/>
     <w:rsid w:val="00C45A28"/>
     <w:rsid w:val="00C45BE8"/>
     <w:rsid w:val="00C46038"/>
     <w:rsid w:val="00C468B3"/>
     <w:rsid w:val="00C46BA5"/>
     <w:rsid w:val="00C46C5D"/>
     <w:rsid w:val="00C46F1C"/>
     <w:rsid w:val="00C47139"/>
     <w:rsid w:val="00C473C9"/>
@@ -19326,51 +19237,50 @@
     <w:rsid w:val="00C55A24"/>
     <w:rsid w:val="00C56931"/>
     <w:rsid w:val="00C56AB6"/>
     <w:rsid w:val="00C56B16"/>
     <w:rsid w:val="00C56D1D"/>
     <w:rsid w:val="00C56E53"/>
     <w:rsid w:val="00C575A9"/>
     <w:rsid w:val="00C578E9"/>
     <w:rsid w:val="00C57A13"/>
     <w:rsid w:val="00C62665"/>
     <w:rsid w:val="00C6332F"/>
     <w:rsid w:val="00C639E1"/>
     <w:rsid w:val="00C65198"/>
     <w:rsid w:val="00C671FF"/>
     <w:rsid w:val="00C67F74"/>
     <w:rsid w:val="00C7052A"/>
     <w:rsid w:val="00C71759"/>
     <w:rsid w:val="00C72073"/>
     <w:rsid w:val="00C72446"/>
     <w:rsid w:val="00C73723"/>
     <w:rsid w:val="00C73CF1"/>
     <w:rsid w:val="00C73EF0"/>
     <w:rsid w:val="00C7476A"/>
     <w:rsid w:val="00C747C2"/>
     <w:rsid w:val="00C74BBE"/>
-    <w:rsid w:val="00C74CBC"/>
     <w:rsid w:val="00C74E06"/>
     <w:rsid w:val="00C74F97"/>
     <w:rsid w:val="00C75850"/>
     <w:rsid w:val="00C75A82"/>
     <w:rsid w:val="00C75D6E"/>
     <w:rsid w:val="00C76275"/>
     <w:rsid w:val="00C7691E"/>
     <w:rsid w:val="00C76A21"/>
     <w:rsid w:val="00C76ACF"/>
     <w:rsid w:val="00C76BF8"/>
     <w:rsid w:val="00C77453"/>
     <w:rsid w:val="00C77CD5"/>
     <w:rsid w:val="00C8039D"/>
     <w:rsid w:val="00C80465"/>
     <w:rsid w:val="00C80ABD"/>
     <w:rsid w:val="00C80B67"/>
     <w:rsid w:val="00C819C1"/>
     <w:rsid w:val="00C81E45"/>
     <w:rsid w:val="00C81FBB"/>
     <w:rsid w:val="00C8234E"/>
     <w:rsid w:val="00C829F6"/>
     <w:rsid w:val="00C832F1"/>
     <w:rsid w:val="00C83960"/>
     <w:rsid w:val="00C8404B"/>
     <w:rsid w:val="00C842C1"/>
@@ -19400,83 +19310,83 @@
     <w:rsid w:val="00C96D93"/>
     <w:rsid w:val="00CA118D"/>
     <w:rsid w:val="00CA1671"/>
     <w:rsid w:val="00CA1CB5"/>
     <w:rsid w:val="00CA1FC5"/>
     <w:rsid w:val="00CA3769"/>
     <w:rsid w:val="00CA399C"/>
     <w:rsid w:val="00CA3B85"/>
     <w:rsid w:val="00CA3C53"/>
     <w:rsid w:val="00CA3D5D"/>
     <w:rsid w:val="00CA3E9C"/>
     <w:rsid w:val="00CA5440"/>
     <w:rsid w:val="00CA5B7A"/>
     <w:rsid w:val="00CA6336"/>
     <w:rsid w:val="00CA6EAB"/>
     <w:rsid w:val="00CA7711"/>
     <w:rsid w:val="00CB070D"/>
     <w:rsid w:val="00CB09E0"/>
     <w:rsid w:val="00CB09E9"/>
     <w:rsid w:val="00CB0A84"/>
     <w:rsid w:val="00CB0DEE"/>
     <w:rsid w:val="00CB0F83"/>
     <w:rsid w:val="00CB1599"/>
     <w:rsid w:val="00CB168D"/>
     <w:rsid w:val="00CB1FF5"/>
-    <w:rsid w:val="00CB24FC"/>
     <w:rsid w:val="00CB3322"/>
     <w:rsid w:val="00CB543B"/>
     <w:rsid w:val="00CB6124"/>
     <w:rsid w:val="00CB6552"/>
     <w:rsid w:val="00CB7E52"/>
     <w:rsid w:val="00CC0207"/>
     <w:rsid w:val="00CC0239"/>
     <w:rsid w:val="00CC0468"/>
     <w:rsid w:val="00CC0756"/>
     <w:rsid w:val="00CC0757"/>
     <w:rsid w:val="00CC0DFA"/>
     <w:rsid w:val="00CC123A"/>
     <w:rsid w:val="00CC157C"/>
     <w:rsid w:val="00CC17BD"/>
     <w:rsid w:val="00CC17DD"/>
     <w:rsid w:val="00CC18FC"/>
     <w:rsid w:val="00CC1E82"/>
     <w:rsid w:val="00CC2BFB"/>
     <w:rsid w:val="00CC2EE6"/>
     <w:rsid w:val="00CC3377"/>
     <w:rsid w:val="00CC4A97"/>
     <w:rsid w:val="00CC51AB"/>
     <w:rsid w:val="00CC59DC"/>
     <w:rsid w:val="00CC5FC3"/>
     <w:rsid w:val="00CC629A"/>
     <w:rsid w:val="00CC67FC"/>
     <w:rsid w:val="00CC721E"/>
     <w:rsid w:val="00CC7512"/>
     <w:rsid w:val="00CC765E"/>
     <w:rsid w:val="00CD049C"/>
     <w:rsid w:val="00CD07DE"/>
     <w:rsid w:val="00CD13C4"/>
+    <w:rsid w:val="00CD258F"/>
     <w:rsid w:val="00CD2E72"/>
     <w:rsid w:val="00CD3691"/>
     <w:rsid w:val="00CD3C0F"/>
     <w:rsid w:val="00CD4D1C"/>
     <w:rsid w:val="00CD4E2D"/>
     <w:rsid w:val="00CD501C"/>
     <w:rsid w:val="00CD505B"/>
     <w:rsid w:val="00CD509C"/>
     <w:rsid w:val="00CD5BD2"/>
     <w:rsid w:val="00CD678A"/>
     <w:rsid w:val="00CD6813"/>
     <w:rsid w:val="00CD729F"/>
     <w:rsid w:val="00CD765B"/>
     <w:rsid w:val="00CD7A36"/>
     <w:rsid w:val="00CD7BF5"/>
     <w:rsid w:val="00CD7C5B"/>
     <w:rsid w:val="00CE04BA"/>
     <w:rsid w:val="00CE0961"/>
     <w:rsid w:val="00CE0E17"/>
     <w:rsid w:val="00CE1234"/>
     <w:rsid w:val="00CE14FC"/>
     <w:rsid w:val="00CE1B0D"/>
     <w:rsid w:val="00CE1FA6"/>
     <w:rsid w:val="00CE289E"/>
     <w:rsid w:val="00CE2C4F"/>
@@ -19539,50 +19449,51 @@
     <w:rsid w:val="00D176D9"/>
     <w:rsid w:val="00D17BAC"/>
     <w:rsid w:val="00D2084E"/>
     <w:rsid w:val="00D212B2"/>
     <w:rsid w:val="00D21B4A"/>
     <w:rsid w:val="00D21F99"/>
     <w:rsid w:val="00D220B8"/>
     <w:rsid w:val="00D2210F"/>
     <w:rsid w:val="00D226A3"/>
     <w:rsid w:val="00D22A99"/>
     <w:rsid w:val="00D22B10"/>
     <w:rsid w:val="00D233CD"/>
     <w:rsid w:val="00D23720"/>
     <w:rsid w:val="00D2405A"/>
     <w:rsid w:val="00D247D9"/>
     <w:rsid w:val="00D25187"/>
     <w:rsid w:val="00D25256"/>
     <w:rsid w:val="00D25953"/>
     <w:rsid w:val="00D25AB3"/>
     <w:rsid w:val="00D2643C"/>
     <w:rsid w:val="00D2723C"/>
     <w:rsid w:val="00D2737F"/>
     <w:rsid w:val="00D274B2"/>
     <w:rsid w:val="00D27761"/>
     <w:rsid w:val="00D27AB0"/>
+    <w:rsid w:val="00D27B74"/>
     <w:rsid w:val="00D27DEF"/>
     <w:rsid w:val="00D27EB7"/>
     <w:rsid w:val="00D3098A"/>
     <w:rsid w:val="00D30CD5"/>
     <w:rsid w:val="00D319E3"/>
     <w:rsid w:val="00D32488"/>
     <w:rsid w:val="00D3287C"/>
     <w:rsid w:val="00D329E0"/>
     <w:rsid w:val="00D33095"/>
     <w:rsid w:val="00D332B7"/>
     <w:rsid w:val="00D336FC"/>
     <w:rsid w:val="00D33B03"/>
     <w:rsid w:val="00D33F6F"/>
     <w:rsid w:val="00D34815"/>
     <w:rsid w:val="00D36CEE"/>
     <w:rsid w:val="00D371ED"/>
     <w:rsid w:val="00D4024A"/>
     <w:rsid w:val="00D4109B"/>
     <w:rsid w:val="00D422A3"/>
     <w:rsid w:val="00D4258A"/>
     <w:rsid w:val="00D4283F"/>
     <w:rsid w:val="00D43566"/>
     <w:rsid w:val="00D44685"/>
     <w:rsid w:val="00D454DA"/>
     <w:rsid w:val="00D456F1"/>
@@ -19604,51 +19515,50 @@
     <w:rsid w:val="00D5194C"/>
     <w:rsid w:val="00D52201"/>
     <w:rsid w:val="00D523EA"/>
     <w:rsid w:val="00D52832"/>
     <w:rsid w:val="00D528C2"/>
     <w:rsid w:val="00D52C97"/>
     <w:rsid w:val="00D52F5F"/>
     <w:rsid w:val="00D53A22"/>
     <w:rsid w:val="00D53A2D"/>
     <w:rsid w:val="00D53BD4"/>
     <w:rsid w:val="00D54021"/>
     <w:rsid w:val="00D54974"/>
     <w:rsid w:val="00D5512E"/>
     <w:rsid w:val="00D55EA0"/>
     <w:rsid w:val="00D56415"/>
     <w:rsid w:val="00D565D4"/>
     <w:rsid w:val="00D56C68"/>
     <w:rsid w:val="00D5796C"/>
     <w:rsid w:val="00D57C1F"/>
     <w:rsid w:val="00D60278"/>
     <w:rsid w:val="00D6035A"/>
     <w:rsid w:val="00D608B8"/>
     <w:rsid w:val="00D60DE5"/>
     <w:rsid w:val="00D618FC"/>
     <w:rsid w:val="00D62EB5"/>
-    <w:rsid w:val="00D63098"/>
     <w:rsid w:val="00D64509"/>
     <w:rsid w:val="00D64C7A"/>
     <w:rsid w:val="00D64DC7"/>
     <w:rsid w:val="00D65BD1"/>
     <w:rsid w:val="00D66620"/>
     <w:rsid w:val="00D67388"/>
     <w:rsid w:val="00D67E90"/>
     <w:rsid w:val="00D67F9A"/>
     <w:rsid w:val="00D70C69"/>
     <w:rsid w:val="00D712EE"/>
     <w:rsid w:val="00D71DF0"/>
     <w:rsid w:val="00D71DFC"/>
     <w:rsid w:val="00D7267C"/>
     <w:rsid w:val="00D73048"/>
     <w:rsid w:val="00D737B0"/>
     <w:rsid w:val="00D73A28"/>
     <w:rsid w:val="00D73F97"/>
     <w:rsid w:val="00D742DF"/>
     <w:rsid w:val="00D743AB"/>
     <w:rsid w:val="00D7626B"/>
     <w:rsid w:val="00D76A59"/>
     <w:rsid w:val="00D76D5D"/>
     <w:rsid w:val="00D76F1E"/>
     <w:rsid w:val="00D77442"/>
     <w:rsid w:val="00D77565"/>
@@ -19674,51 +19584,50 @@
     <w:rsid w:val="00D875D8"/>
     <w:rsid w:val="00D879EC"/>
     <w:rsid w:val="00D90244"/>
     <w:rsid w:val="00D90458"/>
     <w:rsid w:val="00D9176D"/>
     <w:rsid w:val="00D917D1"/>
     <w:rsid w:val="00D91CC4"/>
     <w:rsid w:val="00D92407"/>
     <w:rsid w:val="00D924A3"/>
     <w:rsid w:val="00D926DF"/>
     <w:rsid w:val="00D929AF"/>
     <w:rsid w:val="00D93DE4"/>
     <w:rsid w:val="00D942D3"/>
     <w:rsid w:val="00D955AA"/>
     <w:rsid w:val="00D95A90"/>
     <w:rsid w:val="00D96540"/>
     <w:rsid w:val="00D96A90"/>
     <w:rsid w:val="00DA010B"/>
     <w:rsid w:val="00DA04D5"/>
     <w:rsid w:val="00DA07E1"/>
     <w:rsid w:val="00DA0C3B"/>
     <w:rsid w:val="00DA1BF1"/>
     <w:rsid w:val="00DA2272"/>
     <w:rsid w:val="00DA28AF"/>
     <w:rsid w:val="00DA2AD5"/>
-    <w:rsid w:val="00DA2C31"/>
     <w:rsid w:val="00DA2C54"/>
     <w:rsid w:val="00DA3E6F"/>
     <w:rsid w:val="00DA3F5C"/>
     <w:rsid w:val="00DA4206"/>
     <w:rsid w:val="00DA45E7"/>
     <w:rsid w:val="00DA4A69"/>
     <w:rsid w:val="00DA4FFB"/>
     <w:rsid w:val="00DA54CD"/>
     <w:rsid w:val="00DA54D6"/>
     <w:rsid w:val="00DA5868"/>
     <w:rsid w:val="00DA58C6"/>
     <w:rsid w:val="00DA5D47"/>
     <w:rsid w:val="00DA6419"/>
     <w:rsid w:val="00DA6A22"/>
     <w:rsid w:val="00DA71B5"/>
     <w:rsid w:val="00DA758A"/>
     <w:rsid w:val="00DA7FCD"/>
     <w:rsid w:val="00DB04DB"/>
     <w:rsid w:val="00DB1B59"/>
     <w:rsid w:val="00DB30A3"/>
     <w:rsid w:val="00DB3E64"/>
     <w:rsid w:val="00DB429F"/>
     <w:rsid w:val="00DB44B3"/>
     <w:rsid w:val="00DB552C"/>
     <w:rsid w:val="00DB6269"/>
@@ -19727,77 +19636,75 @@
     <w:rsid w:val="00DB7904"/>
     <w:rsid w:val="00DC0187"/>
     <w:rsid w:val="00DC04DA"/>
     <w:rsid w:val="00DC05C9"/>
     <w:rsid w:val="00DC15DC"/>
     <w:rsid w:val="00DC21CD"/>
     <w:rsid w:val="00DC249D"/>
     <w:rsid w:val="00DC25B8"/>
     <w:rsid w:val="00DC268A"/>
     <w:rsid w:val="00DC27C2"/>
     <w:rsid w:val="00DC296F"/>
     <w:rsid w:val="00DC3205"/>
     <w:rsid w:val="00DC39C4"/>
     <w:rsid w:val="00DC5BE9"/>
     <w:rsid w:val="00DC5CAE"/>
     <w:rsid w:val="00DC5D81"/>
     <w:rsid w:val="00DC5EA9"/>
     <w:rsid w:val="00DC6487"/>
     <w:rsid w:val="00DC64D1"/>
     <w:rsid w:val="00DC6B91"/>
     <w:rsid w:val="00DC6C13"/>
     <w:rsid w:val="00DC6D40"/>
     <w:rsid w:val="00DC714F"/>
     <w:rsid w:val="00DC7E57"/>
     <w:rsid w:val="00DC7EBB"/>
-    <w:rsid w:val="00DD0CA7"/>
     <w:rsid w:val="00DD0F7E"/>
     <w:rsid w:val="00DD106B"/>
     <w:rsid w:val="00DD1B9C"/>
     <w:rsid w:val="00DD336F"/>
     <w:rsid w:val="00DD33D6"/>
     <w:rsid w:val="00DD3444"/>
     <w:rsid w:val="00DD4292"/>
     <w:rsid w:val="00DD4470"/>
     <w:rsid w:val="00DD4CBF"/>
     <w:rsid w:val="00DD52E4"/>
     <w:rsid w:val="00DD5668"/>
     <w:rsid w:val="00DD56F3"/>
     <w:rsid w:val="00DD649E"/>
     <w:rsid w:val="00DD783D"/>
     <w:rsid w:val="00DD78C9"/>
     <w:rsid w:val="00DD7C64"/>
     <w:rsid w:val="00DD7C9F"/>
     <w:rsid w:val="00DE0066"/>
     <w:rsid w:val="00DE0621"/>
     <w:rsid w:val="00DE06D5"/>
     <w:rsid w:val="00DE07EC"/>
     <w:rsid w:val="00DE09B2"/>
     <w:rsid w:val="00DE0F99"/>
     <w:rsid w:val="00DE2074"/>
     <w:rsid w:val="00DE221A"/>
-    <w:rsid w:val="00DE23BB"/>
     <w:rsid w:val="00DE26A6"/>
     <w:rsid w:val="00DE2E91"/>
     <w:rsid w:val="00DE3440"/>
     <w:rsid w:val="00DE35C5"/>
     <w:rsid w:val="00DE36CA"/>
     <w:rsid w:val="00DE38A2"/>
     <w:rsid w:val="00DE3C7F"/>
     <w:rsid w:val="00DE3E92"/>
     <w:rsid w:val="00DE3E95"/>
     <w:rsid w:val="00DE4BD2"/>
     <w:rsid w:val="00DE51E9"/>
     <w:rsid w:val="00DE5CAC"/>
     <w:rsid w:val="00DE61C3"/>
     <w:rsid w:val="00DE630B"/>
     <w:rsid w:val="00DE6431"/>
     <w:rsid w:val="00DE64E3"/>
     <w:rsid w:val="00DE72E0"/>
     <w:rsid w:val="00DE762A"/>
     <w:rsid w:val="00DE7898"/>
     <w:rsid w:val="00DE7E2F"/>
     <w:rsid w:val="00DF2188"/>
     <w:rsid w:val="00DF2827"/>
     <w:rsid w:val="00DF2FE9"/>
     <w:rsid w:val="00DF4F12"/>
     <w:rsid w:val="00DF5DB9"/>
@@ -19881,182 +19788,177 @@
     <w:rsid w:val="00E476F9"/>
     <w:rsid w:val="00E47B9B"/>
     <w:rsid w:val="00E50D43"/>
     <w:rsid w:val="00E50F6D"/>
     <w:rsid w:val="00E51B0E"/>
     <w:rsid w:val="00E51BFA"/>
     <w:rsid w:val="00E51C51"/>
     <w:rsid w:val="00E527D2"/>
     <w:rsid w:val="00E52EEB"/>
     <w:rsid w:val="00E5357D"/>
     <w:rsid w:val="00E53A68"/>
     <w:rsid w:val="00E53B8E"/>
     <w:rsid w:val="00E541C9"/>
     <w:rsid w:val="00E54235"/>
     <w:rsid w:val="00E5491F"/>
     <w:rsid w:val="00E5502E"/>
     <w:rsid w:val="00E5634A"/>
     <w:rsid w:val="00E56D31"/>
     <w:rsid w:val="00E56DE4"/>
     <w:rsid w:val="00E5711C"/>
     <w:rsid w:val="00E60382"/>
     <w:rsid w:val="00E604CD"/>
     <w:rsid w:val="00E60C6E"/>
     <w:rsid w:val="00E60F59"/>
     <w:rsid w:val="00E616F4"/>
-    <w:rsid w:val="00E61C39"/>
     <w:rsid w:val="00E61F67"/>
     <w:rsid w:val="00E62007"/>
     <w:rsid w:val="00E6201E"/>
     <w:rsid w:val="00E62EFF"/>
     <w:rsid w:val="00E62F28"/>
     <w:rsid w:val="00E64335"/>
     <w:rsid w:val="00E65EB4"/>
     <w:rsid w:val="00E66031"/>
     <w:rsid w:val="00E663E3"/>
     <w:rsid w:val="00E71216"/>
     <w:rsid w:val="00E7189E"/>
     <w:rsid w:val="00E7216F"/>
     <w:rsid w:val="00E72B02"/>
     <w:rsid w:val="00E73037"/>
     <w:rsid w:val="00E73120"/>
     <w:rsid w:val="00E7329B"/>
     <w:rsid w:val="00E737BF"/>
     <w:rsid w:val="00E73834"/>
     <w:rsid w:val="00E738A6"/>
     <w:rsid w:val="00E73E15"/>
     <w:rsid w:val="00E74045"/>
     <w:rsid w:val="00E74FA1"/>
     <w:rsid w:val="00E7578A"/>
     <w:rsid w:val="00E770E4"/>
     <w:rsid w:val="00E7720B"/>
     <w:rsid w:val="00E77415"/>
     <w:rsid w:val="00E77492"/>
     <w:rsid w:val="00E77539"/>
     <w:rsid w:val="00E777DA"/>
     <w:rsid w:val="00E8015B"/>
     <w:rsid w:val="00E80487"/>
     <w:rsid w:val="00E80A45"/>
     <w:rsid w:val="00E80FE3"/>
     <w:rsid w:val="00E81980"/>
     <w:rsid w:val="00E81EE9"/>
     <w:rsid w:val="00E822CA"/>
-    <w:rsid w:val="00E82758"/>
     <w:rsid w:val="00E8351C"/>
     <w:rsid w:val="00E84093"/>
     <w:rsid w:val="00E8410C"/>
     <w:rsid w:val="00E84D88"/>
     <w:rsid w:val="00E84D9C"/>
     <w:rsid w:val="00E857EC"/>
     <w:rsid w:val="00E85AC0"/>
     <w:rsid w:val="00E86B59"/>
     <w:rsid w:val="00E87021"/>
     <w:rsid w:val="00E872D1"/>
     <w:rsid w:val="00E87462"/>
     <w:rsid w:val="00E876D1"/>
     <w:rsid w:val="00E87F21"/>
     <w:rsid w:val="00E90C2B"/>
     <w:rsid w:val="00E91309"/>
     <w:rsid w:val="00E91F08"/>
     <w:rsid w:val="00E92211"/>
-    <w:rsid w:val="00E92FC6"/>
     <w:rsid w:val="00E9306F"/>
     <w:rsid w:val="00E93119"/>
     <w:rsid w:val="00E93400"/>
     <w:rsid w:val="00E937F0"/>
     <w:rsid w:val="00E94463"/>
     <w:rsid w:val="00E95174"/>
     <w:rsid w:val="00E966DC"/>
     <w:rsid w:val="00E96B5D"/>
     <w:rsid w:val="00E96F2A"/>
     <w:rsid w:val="00E9793A"/>
     <w:rsid w:val="00EA06BD"/>
     <w:rsid w:val="00EA08DB"/>
     <w:rsid w:val="00EA0FD5"/>
     <w:rsid w:val="00EA2AAD"/>
     <w:rsid w:val="00EA2E8C"/>
     <w:rsid w:val="00EA32C6"/>
     <w:rsid w:val="00EA380B"/>
     <w:rsid w:val="00EA3C46"/>
     <w:rsid w:val="00EA3D68"/>
     <w:rsid w:val="00EA40C4"/>
     <w:rsid w:val="00EA488F"/>
     <w:rsid w:val="00EA5C57"/>
     <w:rsid w:val="00EA5FCF"/>
     <w:rsid w:val="00EA661F"/>
     <w:rsid w:val="00EA6AE7"/>
     <w:rsid w:val="00EA6E69"/>
     <w:rsid w:val="00EA77B1"/>
     <w:rsid w:val="00EA79BD"/>
     <w:rsid w:val="00EB0155"/>
     <w:rsid w:val="00EB0240"/>
     <w:rsid w:val="00EB041E"/>
     <w:rsid w:val="00EB0C61"/>
     <w:rsid w:val="00EB0E40"/>
     <w:rsid w:val="00EB15D6"/>
     <w:rsid w:val="00EB1643"/>
     <w:rsid w:val="00EB1C99"/>
     <w:rsid w:val="00EB2127"/>
     <w:rsid w:val="00EB2898"/>
     <w:rsid w:val="00EB3B35"/>
     <w:rsid w:val="00EB4146"/>
-    <w:rsid w:val="00EB592E"/>
     <w:rsid w:val="00EB5DDE"/>
     <w:rsid w:val="00EB5DF5"/>
     <w:rsid w:val="00EB5E14"/>
     <w:rsid w:val="00EB6881"/>
     <w:rsid w:val="00EB68BC"/>
     <w:rsid w:val="00EB6A61"/>
     <w:rsid w:val="00EB6C73"/>
     <w:rsid w:val="00EB6EEE"/>
     <w:rsid w:val="00EB6F3A"/>
     <w:rsid w:val="00EB7352"/>
     <w:rsid w:val="00EC07C6"/>
     <w:rsid w:val="00EC0B7F"/>
     <w:rsid w:val="00EC0FA9"/>
     <w:rsid w:val="00EC1B19"/>
     <w:rsid w:val="00EC1FA7"/>
     <w:rsid w:val="00EC2833"/>
     <w:rsid w:val="00EC3BD1"/>
     <w:rsid w:val="00EC3D80"/>
     <w:rsid w:val="00EC3EE5"/>
     <w:rsid w:val="00EC44C4"/>
     <w:rsid w:val="00EC4E9A"/>
     <w:rsid w:val="00EC4F60"/>
     <w:rsid w:val="00EC75BB"/>
     <w:rsid w:val="00EC7A7D"/>
     <w:rsid w:val="00ED069C"/>
     <w:rsid w:val="00ED13FF"/>
     <w:rsid w:val="00ED18B6"/>
     <w:rsid w:val="00ED1F33"/>
     <w:rsid w:val="00ED20D1"/>
     <w:rsid w:val="00ED2145"/>
     <w:rsid w:val="00ED2223"/>
     <w:rsid w:val="00ED22A1"/>
     <w:rsid w:val="00ED23D3"/>
     <w:rsid w:val="00ED27B3"/>
-    <w:rsid w:val="00ED2B5A"/>
     <w:rsid w:val="00ED3017"/>
     <w:rsid w:val="00ED457A"/>
     <w:rsid w:val="00ED4909"/>
     <w:rsid w:val="00ED557A"/>
     <w:rsid w:val="00ED5D98"/>
     <w:rsid w:val="00ED61C1"/>
     <w:rsid w:val="00ED6449"/>
     <w:rsid w:val="00ED6B48"/>
     <w:rsid w:val="00ED77EC"/>
     <w:rsid w:val="00ED7B7B"/>
     <w:rsid w:val="00EE0937"/>
     <w:rsid w:val="00EE12C8"/>
     <w:rsid w:val="00EE147E"/>
     <w:rsid w:val="00EE166C"/>
     <w:rsid w:val="00EE170D"/>
     <w:rsid w:val="00EE1B4D"/>
     <w:rsid w:val="00EE20AE"/>
     <w:rsid w:val="00EE3054"/>
     <w:rsid w:val="00EE4423"/>
     <w:rsid w:val="00EE484A"/>
     <w:rsid w:val="00EE49B0"/>
     <w:rsid w:val="00EE4C80"/>
     <w:rsid w:val="00EE6250"/>
     <w:rsid w:val="00EE6DC6"/>
     <w:rsid w:val="00EE727A"/>
@@ -20124,177 +20026,171 @@
     <w:rsid w:val="00F14557"/>
     <w:rsid w:val="00F14CC3"/>
     <w:rsid w:val="00F152F7"/>
     <w:rsid w:val="00F15457"/>
     <w:rsid w:val="00F1648C"/>
     <w:rsid w:val="00F168E2"/>
     <w:rsid w:val="00F169C0"/>
     <w:rsid w:val="00F16DDD"/>
     <w:rsid w:val="00F17208"/>
     <w:rsid w:val="00F17702"/>
     <w:rsid w:val="00F17F7F"/>
     <w:rsid w:val="00F20B74"/>
     <w:rsid w:val="00F2159F"/>
     <w:rsid w:val="00F21B8E"/>
     <w:rsid w:val="00F21ED4"/>
     <w:rsid w:val="00F224F5"/>
     <w:rsid w:val="00F22A3E"/>
     <w:rsid w:val="00F22B07"/>
     <w:rsid w:val="00F238FF"/>
     <w:rsid w:val="00F23B15"/>
     <w:rsid w:val="00F24B42"/>
     <w:rsid w:val="00F25AE9"/>
     <w:rsid w:val="00F268EA"/>
     <w:rsid w:val="00F268F3"/>
     <w:rsid w:val="00F26A29"/>
-    <w:rsid w:val="00F26FAB"/>
     <w:rsid w:val="00F30714"/>
     <w:rsid w:val="00F30AB3"/>
     <w:rsid w:val="00F30BD2"/>
     <w:rsid w:val="00F31C6C"/>
     <w:rsid w:val="00F32004"/>
     <w:rsid w:val="00F325BF"/>
     <w:rsid w:val="00F32846"/>
     <w:rsid w:val="00F328B3"/>
     <w:rsid w:val="00F331A6"/>
     <w:rsid w:val="00F3389E"/>
     <w:rsid w:val="00F33A5B"/>
     <w:rsid w:val="00F33DED"/>
     <w:rsid w:val="00F34422"/>
     <w:rsid w:val="00F35A15"/>
     <w:rsid w:val="00F35AE7"/>
     <w:rsid w:val="00F35FC7"/>
     <w:rsid w:val="00F3662D"/>
     <w:rsid w:val="00F36A05"/>
     <w:rsid w:val="00F3715E"/>
     <w:rsid w:val="00F3741C"/>
     <w:rsid w:val="00F377A9"/>
     <w:rsid w:val="00F37AC6"/>
     <w:rsid w:val="00F37F71"/>
     <w:rsid w:val="00F40169"/>
     <w:rsid w:val="00F40472"/>
     <w:rsid w:val="00F41362"/>
     <w:rsid w:val="00F4385A"/>
     <w:rsid w:val="00F43E54"/>
     <w:rsid w:val="00F4465F"/>
     <w:rsid w:val="00F447BD"/>
     <w:rsid w:val="00F4558B"/>
     <w:rsid w:val="00F45663"/>
     <w:rsid w:val="00F45696"/>
     <w:rsid w:val="00F4586F"/>
     <w:rsid w:val="00F45DF3"/>
     <w:rsid w:val="00F4615D"/>
     <w:rsid w:val="00F46624"/>
     <w:rsid w:val="00F46A74"/>
     <w:rsid w:val="00F46CDD"/>
     <w:rsid w:val="00F47026"/>
     <w:rsid w:val="00F47E06"/>
     <w:rsid w:val="00F505E9"/>
     <w:rsid w:val="00F52038"/>
     <w:rsid w:val="00F523FA"/>
     <w:rsid w:val="00F52AEF"/>
     <w:rsid w:val="00F52C93"/>
-    <w:rsid w:val="00F5350A"/>
     <w:rsid w:val="00F53603"/>
     <w:rsid w:val="00F5578A"/>
     <w:rsid w:val="00F55E6C"/>
     <w:rsid w:val="00F56CDB"/>
     <w:rsid w:val="00F6092F"/>
     <w:rsid w:val="00F61363"/>
     <w:rsid w:val="00F619D7"/>
     <w:rsid w:val="00F61BC5"/>
     <w:rsid w:val="00F62624"/>
     <w:rsid w:val="00F62C1A"/>
     <w:rsid w:val="00F62D27"/>
     <w:rsid w:val="00F62E27"/>
     <w:rsid w:val="00F62E30"/>
     <w:rsid w:val="00F63DC3"/>
     <w:rsid w:val="00F63DDF"/>
     <w:rsid w:val="00F64179"/>
     <w:rsid w:val="00F6465C"/>
     <w:rsid w:val="00F665D3"/>
     <w:rsid w:val="00F6667A"/>
     <w:rsid w:val="00F6699B"/>
     <w:rsid w:val="00F66BA7"/>
     <w:rsid w:val="00F6731B"/>
     <w:rsid w:val="00F67F00"/>
     <w:rsid w:val="00F70984"/>
     <w:rsid w:val="00F71C31"/>
     <w:rsid w:val="00F721D1"/>
     <w:rsid w:val="00F726A9"/>
     <w:rsid w:val="00F7273B"/>
     <w:rsid w:val="00F737A7"/>
     <w:rsid w:val="00F73D69"/>
     <w:rsid w:val="00F73EF7"/>
     <w:rsid w:val="00F7550B"/>
     <w:rsid w:val="00F76748"/>
     <w:rsid w:val="00F76C66"/>
     <w:rsid w:val="00F77CD3"/>
     <w:rsid w:val="00F800AE"/>
     <w:rsid w:val="00F80265"/>
     <w:rsid w:val="00F80681"/>
     <w:rsid w:val="00F80C9B"/>
     <w:rsid w:val="00F81A9A"/>
     <w:rsid w:val="00F81BB5"/>
     <w:rsid w:val="00F81DAA"/>
     <w:rsid w:val="00F81FEE"/>
     <w:rsid w:val="00F82025"/>
     <w:rsid w:val="00F82204"/>
     <w:rsid w:val="00F82224"/>
-    <w:rsid w:val="00F8227D"/>
     <w:rsid w:val="00F83036"/>
     <w:rsid w:val="00F83A53"/>
     <w:rsid w:val="00F83F76"/>
     <w:rsid w:val="00F8435B"/>
     <w:rsid w:val="00F843B8"/>
     <w:rsid w:val="00F84D8F"/>
     <w:rsid w:val="00F85442"/>
     <w:rsid w:val="00F857D6"/>
     <w:rsid w:val="00F85922"/>
     <w:rsid w:val="00F8609C"/>
     <w:rsid w:val="00F86BBA"/>
     <w:rsid w:val="00F872FC"/>
-    <w:rsid w:val="00F874B9"/>
     <w:rsid w:val="00F87D5F"/>
     <w:rsid w:val="00F87D8C"/>
     <w:rsid w:val="00F87E4B"/>
     <w:rsid w:val="00F90861"/>
     <w:rsid w:val="00F90A2A"/>
     <w:rsid w:val="00F90B86"/>
     <w:rsid w:val="00F90E2A"/>
     <w:rsid w:val="00F90F33"/>
     <w:rsid w:val="00F91191"/>
     <w:rsid w:val="00F91553"/>
     <w:rsid w:val="00F91711"/>
     <w:rsid w:val="00F9228C"/>
     <w:rsid w:val="00F9267B"/>
     <w:rsid w:val="00F931F3"/>
-    <w:rsid w:val="00F938CA"/>
     <w:rsid w:val="00F93F99"/>
     <w:rsid w:val="00F943CC"/>
     <w:rsid w:val="00F953AA"/>
-    <w:rsid w:val="00F953DF"/>
     <w:rsid w:val="00F95740"/>
     <w:rsid w:val="00F9687B"/>
     <w:rsid w:val="00F96BFD"/>
     <w:rsid w:val="00F97229"/>
     <w:rsid w:val="00F97610"/>
     <w:rsid w:val="00F97BC3"/>
     <w:rsid w:val="00F97C40"/>
     <w:rsid w:val="00FA0EC9"/>
     <w:rsid w:val="00FA1813"/>
     <w:rsid w:val="00FA18B7"/>
     <w:rsid w:val="00FA1B24"/>
     <w:rsid w:val="00FA3313"/>
     <w:rsid w:val="00FA430A"/>
     <w:rsid w:val="00FA4396"/>
     <w:rsid w:val="00FA537B"/>
     <w:rsid w:val="00FA64CD"/>
     <w:rsid w:val="00FA6F43"/>
     <w:rsid w:val="00FA71D7"/>
     <w:rsid w:val="00FA73AC"/>
     <w:rsid w:val="00FA7A4A"/>
     <w:rsid w:val="00FB038E"/>
     <w:rsid w:val="00FB0623"/>
     <w:rsid w:val="00FB0FE7"/>
     <w:rsid w:val="00FB1E9F"/>
     <w:rsid w:val="00FB1FE6"/>
@@ -20330,97 +20226,96 @@
     <w:rsid w:val="00FC718B"/>
     <w:rsid w:val="00FC75BF"/>
     <w:rsid w:val="00FC7857"/>
     <w:rsid w:val="00FD01AD"/>
     <w:rsid w:val="00FD1AB8"/>
     <w:rsid w:val="00FD261B"/>
     <w:rsid w:val="00FD267A"/>
     <w:rsid w:val="00FD2726"/>
     <w:rsid w:val="00FD2ACC"/>
     <w:rsid w:val="00FD2FDB"/>
     <w:rsid w:val="00FD33B4"/>
     <w:rsid w:val="00FD37A1"/>
     <w:rsid w:val="00FD3A02"/>
     <w:rsid w:val="00FD3F9D"/>
     <w:rsid w:val="00FD564A"/>
     <w:rsid w:val="00FD5FC2"/>
     <w:rsid w:val="00FD64BB"/>
     <w:rsid w:val="00FD664E"/>
     <w:rsid w:val="00FD6800"/>
     <w:rsid w:val="00FD7114"/>
     <w:rsid w:val="00FD7759"/>
     <w:rsid w:val="00FD7C75"/>
     <w:rsid w:val="00FE0712"/>
     <w:rsid w:val="00FE14D8"/>
     <w:rsid w:val="00FE195E"/>
-    <w:rsid w:val="00FE2085"/>
     <w:rsid w:val="00FE2FED"/>
     <w:rsid w:val="00FE3423"/>
     <w:rsid w:val="00FE364D"/>
     <w:rsid w:val="00FE4B4E"/>
     <w:rsid w:val="00FE4F4D"/>
     <w:rsid w:val="00FE514C"/>
     <w:rsid w:val="00FE5FBC"/>
     <w:rsid w:val="00FE6D3C"/>
     <w:rsid w:val="00FE77D2"/>
     <w:rsid w:val="00FE77D9"/>
     <w:rsid w:val="00FE7B1F"/>
     <w:rsid w:val="00FF0C9F"/>
     <w:rsid w:val="00FF0DAF"/>
     <w:rsid w:val="00FF287A"/>
     <w:rsid w:val="00FF29F0"/>
     <w:rsid w:val="00FF2B56"/>
     <w:rsid w:val="00FF2EC0"/>
     <w:rsid w:val="00FF3280"/>
     <w:rsid w:val="00FF367A"/>
     <w:rsid w:val="00FF4091"/>
     <w:rsid w:val="00FF4837"/>
     <w:rsid w:val="00FF51DF"/>
     <w:rsid w:val="00FF57DE"/>
     <w:rsid w:val="00FF5E44"/>
     <w:rsid w:val="00FF70D3"/>
     <w:rsid w:val="00FF723F"/>
     <w:rsid w:val="00FF7843"/>
     <w:rsid w:val="00FF7B1A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="479233"/>
+    <o:shapedefaults v:ext="edit" spidmax="464897"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="57FD466E"/>
   <w15:docId w15:val="{6E84F9CC-326A-462A-8C73-29E5BB22D6B1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
@@ -23198,138 +23093,122 @@
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="0"/>
               <c:delete val="1"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000002-0602-4FF1-9B0A-8369C2D12BEE}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:delete val="1"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000000-AC7E-40FF-8558-FD12445E1B03}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="2"/>
-              <c:delete val="1"/>
-[...18 lines deleted...]
-              <c:idx val="4"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="0.20277379244380678"/>
-                  <c:y val="-4.4117647058823553E-2"/>
+                  <c:x val="0.2180774748923959"/>
+                  <c:y val="-4.9019607843137254E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                     <a:spAutoFit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:defRPr>
                     </a:pPr>
                     <a:r>
-                      <a:rPr lang="en-US" sz="2000" b="1"/>
-                      <a:t>661,919</a:t>
+                      <a:rPr lang="en-US" sz="2000" b="1">
+                        <a:solidFill>
+                          <a:srgbClr val="002060"/>
+                        </a:solidFill>
+                      </a:rPr>
+                      <a:t>665,811</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="002060"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="en-US"/>
                 </a:p>
               </c:txPr>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000000-482F-456E-A99D-A3A905D113E2}"/>
+                  <c16:uniqueId val="{00000000-FA31-4F59-A7DD-36C5E62EF1F8}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="002060"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
@@ -23398,56 +23277,50 @@
                   <c:v>Oct</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>Nov</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>Dec</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$M$2:$M$14</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="13"/>
                 <c:pt idx="0">
                   <c:v>668777</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>665471</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>665811</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>661919</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-1A2D-4632-9CC0-EA11B33F1531}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="129"/>
         <c:axId val="126927616"/>
         <c:axId val="126929152"/>
         <c:extLst/>
       </c:barChart>
       <c:catAx>
         <c:axId val="126927616"/>
@@ -23923,133 +23796,133 @@
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$110:$A$121</c:f>
+              <c:f>Sheet1!$A$108:$A$119</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>Apr</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>May</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>Jun</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>Jul</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>Aug</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>Sep</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>Oct</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>Nov</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>Dec</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>Jan</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>Feb</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>Mar</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>May</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$110:$B$121</c:f>
+              <c:f>Sheet1!$B$108:$B$119</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>422</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>435</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>388</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>488</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>444</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>400</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>426</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>315</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>341</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>347</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>229</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>268</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>263</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-49DE-4CF3-81DB-EC2F84D23036}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Mail-In &amp; Fax</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:invertIfNegative val="0"/>
@@ -24113,130 +23986,130 @@
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="2000">
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$110:$A$121</c:f>
+              <c:f>Sheet1!$A$108:$A$119</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>Apr</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>May</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>Jun</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>Jul</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>Aug</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>Sep</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>Oct</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>Nov</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>Dec</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>Jan</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>Feb</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>Mar</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>May</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$C$65:$C$95</c:f>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-49DE-4CF3-81DB-EC2F84D23036}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Web</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="5C8E26"/>
             </a:solidFill>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="11"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="-0.13745704467353953"/>
-                  <c:y val="-0.39926982487844759"/>
+                  <c:x val="-7.6583210603829166E-2"/>
+                  <c:y val="-0.36648293963254591"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000001-BD0B-4EBB-AFAF-5763BAC47FF4}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:numFmt formatCode="#,##0" sourceLinked="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
@@ -24246,170 +24119,170 @@
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="2000" b="1">
                     <a:solidFill>
                       <a:schemeClr val="accent6"/>
                     </a:solidFill>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$110:$A$121</c:f>
+              <c:f>Sheet1!$A$108:$A$119</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>Apr</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>May</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>Jun</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>Jul</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>Aug</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>Sep</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>Oct</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>Nov</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>Dec</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>Jan</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>Feb</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>Mar</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>May</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$110:$D$121</c:f>
+              <c:f>Sheet1!$D$108:$D$119</c:f>
               <c:numCache>
                 <c:formatCode>0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>4696</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>5012</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>4986</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>6640</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>7285</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>6263</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>5443</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>4464</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>4492</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>5061</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>3798</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>4312</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>4195</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-0F01-4452-9C72-5C99B6836347}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$F$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Telephone</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="ED7D31"/>
             </a:solidFill>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="11"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="-1.4400095471810536E-16"/>
-                  <c:y val="-0.21897938987134805"/>
+                  <c:x val="5.8910162002945361E-2"/>
+                  <c:y val="-0.16433458112817861"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="2000" b="1">
                       <a:solidFill>
                         <a:schemeClr val="accent2"/>
                       </a:solidFill>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="en-US"/>
                 </a:p>
               </c:txPr>
@@ -24441,133 +24314,133 @@
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="2000" b="1">
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$110:$A$121</c:f>
+              <c:f>Sheet1!$A$108:$A$119</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>Apr</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>May</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>Jun</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>Jul</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>Aug</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>Sep</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>Oct</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>Nov</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>Dec</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>Jan</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>Feb</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>Mar</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>May</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$F$110:$F$121</c:f>
+              <c:f>Sheet1!$F$108:$F$119</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>388</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>418</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>382</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>489</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>491</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>495</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>455</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>326</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>329</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>362</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>291</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>314</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>267</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-B704-42DB-9608-0BB4CB08ACFE}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:overlap val="100"/>
         <c:axId val="127232256"/>
         <c:axId val="127234048"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="127232256"/>
@@ -24939,52 +24812,52 @@
             </c:dLbl>
             <c:dLbl>
               <c:idx val="9"/>
               <c:delete val="1"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{0000000F-A3A0-4AE1-BC24-41480BECB38A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="10"/>
               <c:delete val="1"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000010-A3A0-4AE1-BC24-41480BECB38A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="11"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="9.5380029806259176E-2"/>
-                  <c:y val="-0.19356675206376311"/>
+                  <c:x val="8.3457526080476754E-2"/>
+                  <c:y val="-0.25049814972957585"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="2000" b="1">
                       <a:solidFill>
                         <a:srgbClr val="002060"/>
                       </a:solidFill>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="en-US"/>
                 </a:p>
               </c:txPr>
@@ -25038,133 +24911,133 @@
                 <a:pPr>
                   <a:defRPr sz="2000" b="1">
                     <a:solidFill>
                       <a:schemeClr val="accent1"/>
                     </a:solidFill>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$110:$A$121</c:f>
+              <c:f>Sheet1!$A$108:$A$119</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>Apr</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>May</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>Jun</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>Jul</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>Aug</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>Sep</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>Oct</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>Nov</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>Dec</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>Jan</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>Feb</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>Mar</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>May</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$110:$B$121</c:f>
+              <c:f>Sheet1!$B$108:$B$119</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>358</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>383</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>331</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>454</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>422</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>400</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>456</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>405</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>433</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>511</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>422</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>473</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>451</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-5D46-42CC-9F67-B904259879E2}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Mail-In &amp; Fax</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:invertIfNegative val="0"/>
@@ -25226,131 +25099,131 @@
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="2000" b="1">
                     <a:solidFill>
                       <a:schemeClr val="accent2"/>
                     </a:solidFill>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$110:$A$121</c:f>
+              <c:f>Sheet1!$A$108:$A$119</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>Apr</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>May</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>Jun</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>Jul</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>Aug</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>Sep</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>Oct</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>Nov</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>Dec</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>Jan</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>Feb</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>Mar</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>May</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$C$65:$C$115</c:f>
               <c:extLst/>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-5D46-42CC-9F67-B904259879E2}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Web</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="5C8E26"/>
             </a:solidFill>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="11"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="7.9483358171882762E-2"/>
-                  <c:y val="-0.1138627953316254"/>
+                  <c:y val="-0.17648733276401934"/>
                 </c:manualLayout>
               </c:layout>
               <c:numFmt formatCode="#,##0" sourceLinked="0"/>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="2000" b="1">
                       <a:solidFill>
                         <a:srgbClr val="5C8E26"/>
                       </a:solidFill>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="en-US"/>
                 </a:p>
@@ -25405,169 +25278,169 @@
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="2000" b="1">
                     <a:solidFill>
                       <a:schemeClr val="accent6"/>
                     </a:solidFill>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$110:$A$121</c:f>
+              <c:f>Sheet1!$A$108:$A$119</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>Apr</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>May</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>Jun</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>Jul</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>Aug</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>Sep</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>Oct</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>Nov</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>Dec</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>Jan</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>Feb</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>Mar</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>May</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$110:$D$121</c:f>
+              <c:f>Sheet1!$D$108:$D$119</c:f>
               <c:numCache>
                 <c:formatCode>0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>3326</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>3402</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>2829</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>3505</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>3390</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>3208</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>3512</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>2878</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>2842</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>3284</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>2752</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>2918</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>2745</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-A24B-4D95-B7A8-C879620682C6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$F$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Telephone</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="ED7D31"/>
             </a:solidFill>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="11"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="8.7431693989070899E-2"/>
+                  <c:x val="6.9547938400397274E-2"/>
                   <c:y val="-0.16234234597703467"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="2000" b="1">
                       <a:solidFill>
                         <a:schemeClr val="accent2"/>
                       </a:solidFill>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="en-US"/>
                 </a:p>
@@ -25621,133 +25494,133 @@
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="2000" b="1">
                     <a:solidFill>
                       <a:schemeClr val="accent4"/>
                     </a:solidFill>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$110:$A$121</c:f>
+              <c:f>Sheet1!$A$108:$A$119</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>Apr</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>May</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>Jun</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>Jul</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>Aug</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>Sep</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>Oct</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>Nov</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>Dec</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>Jan</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>Feb</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>Mar</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>May</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$F$110:$F$121</c:f>
+              <c:f>Sheet1!$F$108:$F$119</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>494</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>515</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>492</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>568</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>585</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>554</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>622</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>486</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>453</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>550</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>455</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>464</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>430</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-972D-4D55-A207-E6424791E621}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:overlap val="100"/>
         <c:axId val="127267968"/>
         <c:axId val="127269504"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="127267968"/>
@@ -26462,93 +26335,93 @@
           <c:idx val="5"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
               <c:f>'SNAP Case Closings for Income'!$G$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="002060"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="4"/>
+              <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="7.0860863736474197E-2"/>
-                  <c:y val="0"/>
+                  <c:x val="9.7673082447572543E-2"/>
+                  <c:y val="-0.10625000000000001"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="002060"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="en-US"/>
                 </a:p>
               </c:txPr>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000000-01EA-4E6A-9C9C-FEBE23592CBD}"/>
+                  <c16:uniqueId val="{00000000-10FB-4BA6-AAC3-942410031845}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="002060"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
@@ -26575,56 +26448,50 @@
                         </a:sysClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:val>
             <c:numRef>
               <c:f>'SNAP Case Closings for Income'!$G$5:$G$16</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>2820</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2175</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2471</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>2952</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-B7E2-4A67-9DBF-395AF87FACA3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="129"/>
         <c:axId val="300981392"/>
         <c:axId val="740352496"/>
         <c:extLst>
           <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
             <c15:filteredBarSeries>
               <c15:ser>
@@ -27399,93 +27266,93 @@
           <c:idx val="5"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
               <c:f>'TAFDC Case Closed for income'!$G$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="002060"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="4"/>
+              <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="5.9661277906081528E-2"/>
-                  <c:y val="-0.11548956410927147"/>
+                  <c:x val="7.5057736720554269E-2"/>
+                  <c:y val="-0.14020115818348064"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="002060"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="en-US"/>
                 </a:p>
               </c:txPr>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000000-2B01-4EDE-9239-7B84524492E6}"/>
+                  <c16:uniqueId val="{00000000-C3D1-403D-8B6F-2E411E6FEA0E}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1">
                         <a:lumMod val="75000"/>
                         <a:lumOff val="25000"/>
                       </a:schemeClr>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
@@ -27515,56 +27382,50 @@
                         </a:sysClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:val>
             <c:numRef>
               <c:f>'TAFDC Case Closed for income'!$G$5:$G$16</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>830</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>554</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>671</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>574</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-40EA-49C9-85E6-7041560EF6E5}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="129"/>
         <c:axId val="827559088"/>
         <c:axId val="827559448"/>
         <c:extLst>
           <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
             <c15:filteredBarSeries>
               <c15:ser>
@@ -28339,93 +28200,93 @@
           <c:idx val="5"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
               <c:f>'EAEDC Case Closed for Income'!$G$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="002060"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="4"/>
+              <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="5.5080721747388414E-2"/>
-                  <c:y val="-6.8767908309455589E-2"/>
+                  <c:x val="7.9772079772079701E-2"/>
+                  <c:y val="-0.14681858177469936"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="002060"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="en-US"/>
                 </a:p>
               </c:txPr>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000000-B06F-41CD-A369-968F43F3ADA4}"/>
+                  <c16:uniqueId val="{00000000-A569-497D-9E67-1DB1172BED95}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1">
                         <a:lumMod val="75000"/>
                         <a:lumOff val="25000"/>
                       </a:schemeClr>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
@@ -28455,56 +28316,50 @@
                         </a:sysClr>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:val>
             <c:numRef>
               <c:f>'EAEDC Case Closed for Income'!$G$5:$G$16</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>309</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>242</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>238</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>256</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-44A8-4E1C-A854-0432A5CAEB26}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="129"/>
         <c:axId val="825606488"/>
         <c:axId val="825606128"/>
         <c:extLst>
           <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
             <c15:filteredBarSeries>
               <c15:ser>
@@ -29235,143 +29090,137 @@
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$L$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="002060"/>
             </a:solidFill>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="4"/>
+              <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="9.7222222222222224E-2"/>
+                  <c:x val="0.14484126984126977"/>
                   <c:y val="-8.6151195347835448E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                     <a:spAutoFit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                       </a:defRPr>
                     </a:pPr>
                     <a:r>
                       <a:rPr lang="en-US" sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                       </a:rPr>
-                      <a:t>33,133</a:t>
+                      <a:t>33,140</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000000-1129-4950-8F7B-196AC58B8459}"/>
+                  <c16:uniqueId val="{00000000-D0F0-4C4B-9DE9-B2D568FECEE9}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$L$2:$L$13</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>32930</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>32820</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>33140</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>33133</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-6EC5-475C-A3DA-AAB48262D505}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="1"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:axId val="127750144"/>
         <c:axId val="127751680"/>
         <c:extLst>
           <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
             <c15:filteredBarSeries>
               <c15:ser>
@@ -29703,129 +29552,129 @@
           <c:y val="0.21806358585787189"/>
           <c:w val="0.84747223788507364"/>
           <c:h val="0.62896987517493885"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="0070C0"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="64"/>
+              <c:idx val="62"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="-0.11213456147376852"/>
-                  <c:y val="-0.11872146118721461"/>
+                  <c:x val="-0.10612735282338806"/>
+                  <c:y val="-0.1095890410958904"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                     <a:spAutoFit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                       </a:defRPr>
                     </a:pPr>
                     <a:r>
                       <a:rPr lang="en-US" sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                       </a:rPr>
-                      <a:t>33,133</a:t>
+                      <a:t>33,140</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000000-4E01-49C1-BA21-6FBD51672A2D}"/>
+                  <c16:uniqueId val="{00000000-77A0-41C1-BB0C-1B1AAA7ED953}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$182:$A$246</c:f>
+              <c:f>Sheet1!$A$182:$A$244</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="65"/>
+                <c:ptCount val="63"/>
                 <c:pt idx="0">
                   <c:v>43831</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>43862</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>43891</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>43922</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>43952</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>43983</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>44013</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>44044</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -29970,66 +29819,60 @@
                   <c:v>45474</c:v>
                 </c:pt>
                 <c:pt idx="55">
                   <c:v>45505</c:v>
                 </c:pt>
                 <c:pt idx="56">
                   <c:v>45536</c:v>
                 </c:pt>
                 <c:pt idx="57">
                   <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="58">
                   <c:v>45597</c:v>
                 </c:pt>
                 <c:pt idx="59">
                   <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="60">
                   <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="61">
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="62">
                   <c:v>45717</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>45778</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$182:$B$246</c:f>
+              <c:f>Sheet1!$B$182:$B$244</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_);[Red]\(#,##0\)</c:formatCode>
-                <c:ptCount val="65"/>
+                <c:ptCount val="63"/>
                 <c:pt idx="0">
                   <c:v>19164</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>19051</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>19687</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>21050</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>21716</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>21976</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>21890</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>21534</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -30174,56 +30017,50 @@
                   <c:v>31494</c:v>
                 </c:pt>
                 <c:pt idx="55">
                   <c:v>31842</c:v>
                 </c:pt>
                 <c:pt idx="56">
                   <c:v>32103</c:v>
                 </c:pt>
                 <c:pt idx="57">
                   <c:v>32568</c:v>
                 </c:pt>
                 <c:pt idx="58">
                   <c:v>32669</c:v>
                 </c:pt>
                 <c:pt idx="59">
                   <c:v>32822</c:v>
                 </c:pt>
                 <c:pt idx="60">
                   <c:v>32930</c:v>
                 </c:pt>
                 <c:pt idx="61">
                   <c:v>32820</c:v>
                 </c:pt>
                 <c:pt idx="62">
                   <c:v>33140</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>33133</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-A0A9-41A5-BABB-E94B2DBF127C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="127792256"/>
         <c:axId val="127793792"/>
       </c:lineChart>
       <c:dateAx>
         <c:axId val="127792256"/>
@@ -30876,155 +30713,149 @@
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$L$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="002060"/>
             </a:solidFill>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="4"/>
+              <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="0.13656605640771896"/>
-                  <c:y val="-5.730659025787966E-2"/>
+                  <c:x val="0.11677387431964374"/>
+                  <c:y val="-4.2979942693409739E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                     <a:spAutoFit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                       </a:defRPr>
                     </a:pPr>
                     <a:r>
                       <a:rPr lang="en-US" sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                       </a:rPr>
-                      <a:t>41,474</a:t>
+                      <a:t>42,312</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000000-10AC-490E-B951-2E018357F96A}"/>
+                  <c16:uniqueId val="{00000000-A1DA-4CFC-BEDA-C48213E712D5}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:sysClr val="windowText" lastClr="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:miter lim="800000"/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$L$2:$L$13</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>43621</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>42570</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>42312</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>41474</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-22EB-4D86-8B78-ABF0380545FB}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:axId val="128000000"/>
         <c:axId val="128001536"/>
         <c:extLst>
           <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
             <c15:filteredBarSeries>
               <c15:ser>
@@ -31400,129 +31231,141 @@
           <c:y val="0.22622345337026778"/>
           <c:w val="0.85477044496238253"/>
           <c:h val="0.66667466428192312"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="5B9BD5"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="64"/>
+              <c:idx val="62"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="-6.0429046228220366E-2"/>
-                  <c:y val="-0.22222222222222221"/>
+                  <c:x val="-6.6471950851042405E-2"/>
+                  <c:y val="-0.18912529550827428"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                     <a:spAutoFit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                       </a:defRPr>
                     </a:pPr>
                     <a:r>
                       <a:rPr lang="en-US" sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                       </a:rPr>
-                      <a:t>41,474</a:t>
+                      <a:t>42,312</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000000-C48D-4D20-AF8C-13400030CD1F}"/>
+                  <c16:uniqueId val="{00000000-181A-47AD-B867-77AE06FE9EEA}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
+                <c15:leaderLines>
+                  <c:spPr>
+                    <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:miter lim="800000"/>
+                    </a:ln>
+                    <a:effectLst/>
+                  </c:spPr>
+                </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$182:$A$246</c:f>
+              <c:f>Sheet1!$A$182:$A$244</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="65"/>
+                <c:ptCount val="63"/>
                 <c:pt idx="0">
                   <c:v>43831</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>43862</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>43891</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>43922</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>43952</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>43983</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>44013</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>44044</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -31667,66 +31510,60 @@
                   <c:v>45474</c:v>
                 </c:pt>
                 <c:pt idx="55">
                   <c:v>45505</c:v>
                 </c:pt>
                 <c:pt idx="56">
                   <c:v>45536</c:v>
                 </c:pt>
                 <c:pt idx="57">
                   <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="58">
                   <c:v>45597</c:v>
                 </c:pt>
                 <c:pt idx="59">
                   <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="60">
                   <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="61">
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="62">
                   <c:v>45717</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>45778</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$182:$B$246</c:f>
+              <c:f>Sheet1!$B$182:$B$244</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_);[Red]\(#,##0\)</c:formatCode>
-                <c:ptCount val="65"/>
+                <c:ptCount val="63"/>
                 <c:pt idx="0">
                   <c:v>30389</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>29758</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>30272</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>33013</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>33813</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>32799</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>30874</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>29501</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -31871,56 +31708,50 @@
                   <c:v>43729</c:v>
                 </c:pt>
                 <c:pt idx="55">
                   <c:v>44270</c:v>
                 </c:pt>
                 <c:pt idx="56">
                   <c:v>44703</c:v>
                 </c:pt>
                 <c:pt idx="57">
                   <c:v>44956</c:v>
                 </c:pt>
                 <c:pt idx="58">
                   <c:v>44329</c:v>
                 </c:pt>
                 <c:pt idx="59">
                   <c:v>44126</c:v>
                 </c:pt>
                 <c:pt idx="60">
                   <c:v>43621</c:v>
                 </c:pt>
                 <c:pt idx="61">
                   <c:v>42570</c:v>
                 </c:pt>
                 <c:pt idx="62">
                   <c:v>42312</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>41474</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-AD3A-4F45-8733-8BB101E65DDA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="128050688"/>
         <c:axId val="128052224"/>
       </c:lineChart>
       <c:dateAx>
         <c:axId val="128050688"/>
@@ -32184,129 +32015,129 @@
           <c:w val="0.88152570388400309"/>
           <c:h val="0.6626798922861914"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="stacked"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:spPr>
             <a:ln w="28575" cap="rnd" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="accent5"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="64"/>
+              <c:idx val="62"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="-9.2784522751949608E-2"/>
-                  <c:y val="-0.16450216450216451"/>
+                  <c:x val="-8.2913828842167747E-2"/>
+                  <c:y val="-0.12121212121212122"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                     <a:spAutoFit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="+mn-ea"/>
                         <a:cs typeface="+mn-cs"/>
                       </a:defRPr>
                     </a:pPr>
                     <a:r>
                       <a:rPr lang="en-US" sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                       </a:rPr>
-                      <a:t>661,919</a:t>
+                      <a:t>665,811</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:solidFill>
                         <a:srgbClr val="002060"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="en-US"/>
                 </a:p>
               </c:txPr>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000000-7A0A-4468-8C96-469399925FD8}"/>
+                  <c16:uniqueId val="{00000000-CC0E-460F-9F6B-7B8423C1E31A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
@@ -32321,54 +32152,54 @@
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:numRef>
-              <c:f>Sheet1!$A$182:$A$246</c:f>
+              <c:f>Sheet1!$A$182:$A$244</c:f>
               <c:numCache>
                 <c:formatCode>mmm\-yy</c:formatCode>
-                <c:ptCount val="65"/>
+                <c:ptCount val="63"/>
                 <c:pt idx="0">
                   <c:v>43831</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>43862</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>43891</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>43922</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>43952</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>43983</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>44013</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>44044</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -32513,66 +32344,60 @@
                   <c:v>45474</c:v>
                 </c:pt>
                 <c:pt idx="55">
                   <c:v>45505</c:v>
                 </c:pt>
                 <c:pt idx="56">
                   <c:v>45536</c:v>
                 </c:pt>
                 <c:pt idx="57">
                   <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="58">
                   <c:v>45597</c:v>
                 </c:pt>
                 <c:pt idx="59">
                   <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="60">
                   <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="61">
                   <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="62">
                   <c:v>45717</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>45778</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$182:$B$246</c:f>
+              <c:f>Sheet1!$B$182:$B$244</c:f>
               <c:numCache>
                 <c:formatCode>#,##0_);[Red]\(#,##0\)</c:formatCode>
-                <c:ptCount val="65"/>
+                <c:ptCount val="63"/>
                 <c:pt idx="0">
                   <c:v>455612</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>455513</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>470061</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>520762</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>535341</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>537236</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>508736</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>518652</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -32717,56 +32542,50 @@
                   <c:v>683358</c:v>
                 </c:pt>
                 <c:pt idx="55" formatCode="#,##0">
                   <c:v>680985</c:v>
                 </c:pt>
                 <c:pt idx="56" formatCode="#,##0">
                   <c:v>675890</c:v>
                 </c:pt>
                 <c:pt idx="57" formatCode="#,##0">
                   <c:v>675269</c:v>
                 </c:pt>
                 <c:pt idx="58" formatCode="#,##0">
                   <c:v>672545</c:v>
                 </c:pt>
                 <c:pt idx="59" formatCode="#,##0">
                   <c:v>671221</c:v>
                 </c:pt>
                 <c:pt idx="60" formatCode="#,##0">
                   <c:v>668777</c:v>
                 </c:pt>
                 <c:pt idx="61" formatCode="#,##0">
                   <c:v>665471</c:v>
                 </c:pt>
                 <c:pt idx="62" formatCode="#,##0">
                   <c:v>665811</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>661919</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-1ACD-460A-9835-7037FAFF9C1F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="126859136"/>
         <c:axId val="126860672"/>
       </c:lineChart>
       <c:dateAx>
         <c:axId val="126859136"/>
@@ -33429,171 +33248,163 @@
           <c:idx val="4"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$F$2</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="7030A0"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="4"/>
+              <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="9.3649400058530868E-2"/>
-                  <c:y val="-6.8143100511073251E-2"/>
+                  <c:x val="0.13852307091991026"/>
+                  <c:y val="8.5178875638841564E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="002060"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="en-US"/>
                 </a:p>
               </c:txPr>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000000-BFB4-41FD-8846-B6E772F4032C}"/>
+                  <c16:uniqueId val="{00000000-157A-4810-837A-079B04AC755A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1">
                         <a:lumMod val="75000"/>
                         <a:lumOff val="25000"/>
                       </a:schemeClr>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
-                        <a:schemeClr val="tx2">
-[...1 lines deleted...]
-                        </a:schemeClr>
+                        <a:schemeClr val="dk1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:miter lim="800000"/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$F$3:$F$14</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>51723</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>44873</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>50289</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>44725</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-51D1-4EAC-8147-49FC399A83BA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="129"/>
         <c:axId val="736443712"/>
         <c:axId val="736448032"/>
         <c:extLst>
           <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
             <c15:filteredBarSeries>
               <c15:ser>
@@ -34512,78 +34323,78 @@
                 <c:pt idx="5">
                   <c:v>EBT Card</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Speak to Staff</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Suspected Fraud/Theft</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Recertification/Re-evaluation</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>Other Agency</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
-                  <c:v>5263</c:v>
+                  <c:v>5301</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1830</c:v>
+                  <c:v>1877</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>3776</c:v>
+                  <c:v>4321</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>307</c:v>
+                  <c:v>316</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>14158</c:v>
+                  <c:v>15879</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>15326</c:v>
+                  <c:v>16730</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>8827</c:v>
+                  <c:v>9892</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>1116</c:v>
+                  <c:v>3328</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>1302</c:v>
+                  <c:v>1686</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>1114</c:v>
+                  <c:v>1421</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-571F-45BC-A4CF-AA47DF010988}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="1"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="0"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
@@ -34703,52 +34514,52 @@
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Calls Completed in IVR</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="0070C0"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="11"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="7.380292639373158E-2"/>
-                  <c:y val="-9.0335638192284781E-2"/>
+                  <c:x val="6.7937823754435384E-2"/>
+                  <c:y val="-7.3528915503209238E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                     <a:noAutofit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1600" b="1">
                         <a:solidFill>
                           <a:srgbClr val="0070C0"/>
                         </a:solidFill>
                       </a:defRPr>
                     </a:pPr>
                     <a:fld id="{2E5140A0-65ED-43DA-BB25-383FF49D030F}" type="VALUE">
                       <a:rPr lang="en-US" sz="1600">
                         <a:solidFill>
                           <a:srgbClr val="0070C0"/>
                         </a:solidFill>
                       </a:rPr>
                       <a:pPr>
                         <a:defRPr sz="1600" b="1">
                           <a:solidFill>
@@ -34850,174 +34661,174 @@
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="900">
                     <a:solidFill>
                       <a:srgbClr val="3C1A56"/>
                     </a:solidFill>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$115:$A$127</c:f>
+              <c:f>Sheet1!$A$114:$A$125</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>Apr</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>May</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>Jun</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>Jul</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>Aug</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>Sep</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>Oct</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>Nov</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>Dec</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>Jan</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>Feb</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>Mar</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>May</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$115:$B$127</c:f>
+              <c:f>Sheet1!$B$114:$B$125</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>6718</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>5716</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>6370.0526315789475</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>8905</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>8272</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>10523</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>13577</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>11620</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>8761</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>8531</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>7236</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>6670</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>5644</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-1A6D-48E9-863B-65758088CC2D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Connected to Call Center</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="FFC000"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="11"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="7.6246334310850303E-2"/>
-                  <c:y val="-0.15051048765963085"/>
+                  <c:x val="7.4291300097751561E-2"/>
+                  <c:y val="-2.0258386819294646E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                     <a:noAutofit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="FFC000"/>
                         </a:solidFill>
                       </a:defRPr>
                     </a:pPr>
                     <a:fld id="{33BB22A3-F960-452B-9460-1EB9A77AA2C7}" type="VALUE">
                       <a:rPr lang="en-US" sz="2000">
                         <a:solidFill>
                           <a:srgbClr val="FFC000"/>
                         </a:solidFill>
                       </a:rPr>
                       <a:pPr>
                         <a:defRPr sz="2000" b="1">
                           <a:solidFill>
@@ -35096,174 +34907,174 @@
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1200" b="1">
                     <a:solidFill>
                       <a:srgbClr val="FFC000"/>
                     </a:solidFill>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$115:$A$127</c:f>
+              <c:f>Sheet1!$A$114:$A$125</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>Apr</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>May</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>Jun</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>Jul</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>Aug</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>Sep</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>Oct</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>Nov</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>Dec</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>Jan</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>Feb</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>Mar</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>May</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$115:$C$127</c:f>
+              <c:f>Sheet1!$C$114:$C$125</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>3943</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>3954</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>3699.2105263157896</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>3751</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>3756</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>3970</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>4215</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>4354</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>3391</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>4170</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>3346</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>2719</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>2597</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-1A6D-48E9-863B-65758088CC2D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Calls Unable to Connect</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="5C8E26"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="11"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="6.8916033589642933E-2"/>
-                  <c:y val="-0.22855786409051809"/>
+                  <c:x val="7.2826102015840402E-2"/>
+                  <c:y val="-5.8687884602659961E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                     <a:noAutofit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="5C8E26"/>
                         </a:solidFill>
                       </a:defRPr>
                     </a:pPr>
                     <a:fld id="{442C1665-A782-4199-BA45-B64DB77D29D8}" type="VALUE">
                       <a:rPr lang="en-US" sz="2000">
                         <a:solidFill>
                           <a:srgbClr val="5C8E26"/>
                         </a:solidFill>
                       </a:rPr>
                       <a:pPr>
                         <a:defRPr sz="2000" b="1">
                           <a:solidFill>
@@ -35365,133 +35176,133 @@
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1200">
                     <a:solidFill>
                       <a:srgbClr val="5C8E26"/>
                     </a:solidFill>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$115:$A$127</c:f>
+              <c:f>Sheet1!$A$114:$A$125</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>Apr</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>May</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>Jun</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>Jul</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>Aug</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>Sep</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>Oct</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>Nov</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>Dec</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>Jan</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>Feb</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>Mar</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>May</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$115:$D$127</c:f>
+              <c:f>Sheet1!$D$114:$D$125</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>2977</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2169</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>3510.1052631578946</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>6429</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>5661</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>5394</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>5392</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>5391</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>4652</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>6643</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>7029</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>6319</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>5081</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-1A6D-48E9-863B-65758088CC2D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:overlap val="100"/>
         <c:axId val="127353600"/>
         <c:axId val="127355136"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="127353600"/>
@@ -35823,75 +35634,75 @@
                 <c:pt idx="4">
                   <c:v>12 PM</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>1 PM</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2 PM</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>3 PM</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>4 PM</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$4:$B$12</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>4205</c:v>
+                  <c:v>3517</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>4531</c:v>
+                  <c:v>4130</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>3575</c:v>
+                  <c:v>3637</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>4084</c:v>
+                  <c:v>4027</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>3996</c:v>
+                  <c:v>3724</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>3559</c:v>
+                  <c:v>3087</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>3369</c:v>
+                  <c:v>2874</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>3359</c:v>
+                  <c:v>2588</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>2819</c:v>
+                  <c:v>1993</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-1776-45A8-87DA-2D8137A997A0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$3</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>5-10</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -35928,75 +35739,75 @@
                 <c:pt idx="4">
                   <c:v>12 PM</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>1 PM</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2 PM</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>3 PM</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>4 PM</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$C$4:$C$12</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>502</c:v>
+                  <c:v>801</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>718</c:v>
+                  <c:v>744</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>823</c:v>
+                  <c:v>819</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>667</c:v>
+                  <c:v>757</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>557</c:v>
+                  <c:v>695</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>583</c:v>
+                  <c:v>683</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>670</c:v>
+                  <c:v>702</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>586</c:v>
+                  <c:v>606</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>445</c:v>
+                  <c:v>481</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-1776-45A8-87DA-2D8137A997A0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$3</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>10-15</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -36033,75 +35844,75 @@
                 <c:pt idx="4">
                   <c:v>12 PM</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>1 PM</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2 PM</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>3 PM</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>4 PM</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$D$4:$D$12</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>275</c:v>
+                  <c:v>385</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>339</c:v>
+                  <c:v>416</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>451</c:v>
+                  <c:v>462</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>443</c:v>
+                  <c:v>506</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>295</c:v>
+                  <c:v>385</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>239</c:v>
+                  <c:v>333</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>251</c:v>
+                  <c:v>365</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>296</c:v>
+                  <c:v>356</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>121</c:v>
+                  <c:v>254</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-1776-45A8-87DA-2D8137A997A0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$E$3</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>15-20</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -36138,75 +35949,75 @@
                 <c:pt idx="4">
                   <c:v>12 PM</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>1 PM</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2 PM</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>3 PM</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>4 PM</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$E$4:$E$12</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>121</c:v>
+                  <c:v>264</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>200</c:v>
+                  <c:v>350</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>346</c:v>
+                  <c:v>425</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>257</c:v>
+                  <c:v>364</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>150</c:v>
+                  <c:v>260</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>206</c:v>
+                  <c:v>348</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>166</c:v>
+                  <c:v>276</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>189</c:v>
+                  <c:v>331</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>51</c:v>
+                  <c:v>151</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-1776-45A8-87DA-2D8137A997A0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$F$3</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>20-25</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -36243,75 +36054,75 @@
                 <c:pt idx="4">
                   <c:v>12 PM</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>1 PM</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2 PM</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>3 PM</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>4 PM</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$F$4:$F$12</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>19</c:v>
+                  <c:v>80</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>40</c:v>
+                  <c:v>54</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>71</c:v>
+                  <c:v>111</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>50</c:v>
+                  <c:v>86</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>51</c:v>
+                  <c:v>97</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>41</c:v>
+                  <c:v>115</c:v>
                 </c:pt>
                 <c:pt idx="6">
+                  <c:v>143</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>87</c:v>
+                </c:pt>
+                <c:pt idx="8">
                   <c:v>43</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>13</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-1776-45A8-87DA-2D8137A997A0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$G$3</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>25-30</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -36348,75 +36159,75 @@
                 <c:pt idx="4">
                   <c:v>12 PM</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>1 PM</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2 PM</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>3 PM</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>4 PM</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$G$4:$G$12</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>17</c:v>
+                  <c:v>35</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>27</c:v>
+                  <c:v>36</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>33</c:v>
+                  <c:v>56</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>32</c:v>
+                  <c:v>79</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>24</c:v>
+                  <c:v>57</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>31</c:v>
+                  <c:v>71</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>38</c:v>
+                  <c:v>72</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>27</c:v>
+                  <c:v>113</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>4</c:v>
+                  <c:v>28</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000005-1776-45A8-87DA-2D8137A997A0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="6"/>
           <c:order val="6"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$H$3</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>30-40</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -36456,72 +36267,72 @@
                 <c:pt idx="5">
                   <c:v>1 PM</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2 PM</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>3 PM</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>4 PM</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$H$4:$H$12</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
                   <c:v>26</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>18</c:v>
+                  <c:v>50</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>44</c:v>
+                  <c:v>67</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>25</c:v>
+                  <c:v>66</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>20</c:v>
+                  <c:v>24</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>23</c:v>
+                  <c:v>91</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>53</c:v>
+                  <c:v>91</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>45</c:v>
+                  <c:v>152</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>1</c:v>
+                  <c:v>12</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000006-1776-45A8-87DA-2D8137A997A0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="7"/>
           <c:order val="7"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$I$3</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>40-50</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -36562,142 +36373,142 @@
                   <c:v>1 PM</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2 PM</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>3 PM</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>4 PM</c:v>
                 </c:pt>
               </c:strCache>
               <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart"/>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$I$4:$I$12</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
                   <c:v>17</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>4</c:v>
+                  <c:v>14</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>15</c:v>
+                  <c:v>42</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>12</c:v>
+                  <c:v>28</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>14</c:v>
+                  <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>7</c:v>
+                  <c:v>36</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>9</c:v>
+                  <c:v>32</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>22</c:v>
+                  <c:v>42</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>1</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000007-1776-45A8-87DA-2D8137A997A0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="9"/>
           <c:order val="8"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$J$3</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>50-60</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:tint val="43000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$J$4:$J$12</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>30</c:v>
+                  <c:v>18</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>36</c:v>
+                  <c:v>44</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>30</c:v>
+                  <c:v>54</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>20</c:v>
+                  <c:v>28</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>21</c:v>
+                  <c:v>34</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>21</c:v>
+                  <c:v>54</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>19</c:v>
+                  <c:v>66</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>13</c:v>
+                  <c:v>18</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>0</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-2712-4FC1-BBCD-86631AC9F43F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="8"/>
           <c:order val="9"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$K$3</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>60+</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -36735,72 +36546,72 @@
                   <c:v>12 PM</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>1 PM</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2 PM</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>3 PM</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>4 PM</c:v>
                 </c:pt>
               </c:strCache>
               <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart"/>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$K$4:$K$12</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>21</c:v>
+                  <c:v>29</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>9</c:v>
+                  <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>1</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>5</c:v>
+                  <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>9</c:v>
+                  <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>2</c:v>
+                  <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>1</c:v>
+                  <c:v>19</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000008-1776-45A8-87DA-2D8137A997A0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="129"/>
         <c:axId val="554229248"/>
         <c:axId val="554231408"/>
         <c:extLst/>
@@ -37451,135 +37262,129 @@
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$M$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="002060"/>
             </a:solidFill>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="4"/>
+              <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="7.1216617210682426E-2"/>
-                  <c:y val="-4.5088566827697261E-2"/>
+                  <c:x val="0.11671612265084068"/>
+                  <c:y val="-6.4412238325281798E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                     <a:spAutoFit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
-                      <a:defRPr sz="2000" b="1"/>
+                      <a:defRPr sz="1800" b="1"/>
                     </a:pPr>
                     <a:r>
-                      <a:rPr lang="en-US" sz="2000" b="1"/>
-                      <a:t>11.5</a:t>
+                      <a:rPr lang="en-US" sz="1800" b="1"/>
+                      <a:t>12</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000000-F117-4240-8746-36018C8FDD68}"/>
+                  <c16:uniqueId val="{00000000-88D4-4042-8594-4AAED401FD3C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$M$2:$M$13</c:f>
               <c:numCache>
                 <c:formatCode>0.00</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
                   <c:v>12.45</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>13.36</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>11.77</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>11.53</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-F996-4E4E-BA70-C102D97BA38E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="129"/>
         <c:axId val="127613568"/>
         <c:axId val="127623552"/>
         <c:extLst>
           <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
             <c15:filteredBarSeries>
               <c15:ser>
@@ -38368,135 +38173,137 @@
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$M$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="002060"/>
             </a:solidFill>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="4"/>
+              <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="0.11346962731096547"/>
-                  <c:y val="-0.10777521170130873"/>
+                  <c:x val="0.15259708500440178"/>
+                  <c:y val="-9.237875288683603E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                     <a:spAutoFit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
-                      <a:defRPr sz="2000" b="1"/>
+                      <a:defRPr sz="2000" b="1">
+                        <a:solidFill>
+                          <a:srgbClr val="002060"/>
+                        </a:solidFill>
+                      </a:defRPr>
                     </a:pPr>
                     <a:r>
-                      <a:rPr lang="en-US" sz="2000" b="1"/>
-                      <a:t>19%</a:t>
+                      <a:rPr lang="en-US" sz="2000" b="1">
+                        <a:solidFill>
+                          <a:srgbClr val="002060"/>
+                        </a:solidFill>
+                      </a:rPr>
+                      <a:t>21%</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000000-47A5-4AE6-BD0F-0AD9672A27EE}"/>
+                  <c16:uniqueId val="{00000000-27B4-4157-9CC1-E42576E72352}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$M$2:$M$14</c:f>
               <c:numCache>
                 <c:formatCode>0.00%</c:formatCode>
                 <c:ptCount val="13"/>
                 <c:pt idx="0">
                   <c:v>0.19950000000000001</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0.2059</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0.20780000000000001</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>0.1893</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-74E8-4E32-A0BA-0DE2B6484FC8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="129"/>
         <c:axId val="127076608"/>
         <c:axId val="127094784"/>
         <c:extLst>
           <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
             <c15:filteredBarSeries>
               <c15:ser>
@@ -38915,531 +38722,531 @@
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Walk-In</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent6">
                 <a:lumMod val="50000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$110:$A$121</c:f>
+              <c:f>Sheet1!$A$108:$A$119</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>Apr</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>May</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>Jun</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>Jul</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>Aug</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>Sep</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>Oct</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>Nov</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>Dec</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>Jan</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>Feb</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>Mar</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>May</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$110:$B$121</c:f>
+              <c:f>Sheet1!$B$108:$B$119</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>1883</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>1807</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>1845</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>2239</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>2208</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>2271</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>2684</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>2429</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>2474</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>2684</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>2187</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>2534</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>2350</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-6B52-4BB6-9378-1B23C19FE105}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="6"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Drop-Off</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="002060"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$110:$A$121</c:f>
+              <c:f>Sheet1!$A$108:$A$119</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>Apr</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>May</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>Jun</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>Jul</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>Aug</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>Sep</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>Oct</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>Nov</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>Dec</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>Jan</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>Feb</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>Mar</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>May</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$110:$C$121</c:f>
+              <c:f>Sheet1!$C$108:$C$119</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>270</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>261</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>281</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>394</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>404</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>410</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>447</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>400</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>409</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>472</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>313</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>369</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>281</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-6B52-4BB6-9378-1B23C19FE105}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Mail-In</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="00B0F0"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$110:$A$121</c:f>
+              <c:f>Sheet1!$A$108:$A$119</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>Apr</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>May</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>Jun</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>Jul</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>Aug</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>Sep</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>Oct</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>Nov</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>Dec</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>Jan</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>Feb</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>Mar</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>May</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$D$110:$D$121</c:f>
+              <c:f>Sheet1!$D$108:$D$119</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>810</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>633</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>567</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>721</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>671</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>672</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>769</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>698</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>681</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>638</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>551</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>567</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>425</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-6B52-4BB6-9378-1B23C19FE105}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$E$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Fax</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent4"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$110:$A$121</c:f>
+              <c:f>Sheet1!$A$108:$A$119</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>Apr</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>May</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>Jun</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>Jul</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>Aug</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>Sep</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>Oct</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>Nov</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>Dec</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>Jan</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>Feb</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>Mar</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>May</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$E$110:$E$121</c:f>
+              <c:f>Sheet1!$E$108:$E$119</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>1731</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>1473</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>1129</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>1357</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>1326</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>1329</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>1451</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>1315</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>1448</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>1461</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>1082</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>1297</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>904</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-6B52-4BB6-9378-1B23C19FE105}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$G$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Web</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="5C8E26"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="11"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="-0.20542635658914729"/>
-                  <c:y val="-0.4135361590439493"/>
+                  <c:x val="-0.24031007751937991"/>
+                  <c:y val="-0.39084112358295636"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:solidFill>
                         <a:schemeClr val="accent6"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
@@ -39545,174 +39352,174 @@
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$110:$A$121</c:f>
+              <c:f>Sheet1!$A$108:$A$119</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>Apr</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>May</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>Jun</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>Jul</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>Aug</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>Sep</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>Oct</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>Nov</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>Dec</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>Jan</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>Feb</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>Mar</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>May</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$G$110:$G$121</c:f>
+              <c:f>Sheet1!$G$108:$G$119</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>26611</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>24906</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>22250</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>30441</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>27908</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>28065</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>28411</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>24613</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>22983</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>31700</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>22991</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>24779</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>22513</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-6B52-4BB6-9378-1B23C19FE105}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$H$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Telephone</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="11"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="-0.10077519379844961"/>
-                  <c:y val="-0.24590964427318926"/>
+                  <c:x val="-8.1395348837209308E-2"/>
+                  <c:y val="-0.12676070810297649"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:solidFill>
                         <a:schemeClr val="accent2"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
@@ -39818,174 +39625,174 @@
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$110:$A$121</c:f>
+              <c:f>Sheet1!$A$108:$A$119</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>Apr</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>May</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>Jun</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>Jul</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>Aug</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>Sep</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>Oct</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>Nov</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>Dec</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>Jan</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>Feb</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>Mar</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>May</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$H$110:$H$121</c:f>
+              <c:f>Sheet1!$H$108:$H$119</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>2212</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2285</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>1788</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>1879</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>1932</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>1968</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>2321</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>1809</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>1773</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>1918</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>1503</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>1703</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>1999</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-31CC-4C56-82E4-CD7DF3290CEF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="6"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$F$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>MassHealth</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="7030A0"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="11"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="0"/>
-                  <c:y val="-0.21286156251745128"/>
+                  <c:y val="-0.17314525046071369"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:solidFill>
                         <a:srgbClr val="7030A0"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
@@ -40091,133 +39898,133 @@
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$110:$A$121</c:f>
+              <c:f>Sheet1!$A$108:$A$119</c:f>
               <c:strCache>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>Apr</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>May</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>Jun</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>Jul</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>Aug</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>Sep</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>Oct</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>Nov</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>Dec</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>Jan</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>Feb</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>Mar</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>May</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$F$110:$F$121</c:f>
+              <c:f>Sheet1!$F$108:$F$119</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
+                  <c:v>6581</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>5633</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>5006</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="3">
                   <c:v>6234</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="4">
                   <c:v>6971</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="5">
                   <c:v>7447</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="6">
                   <c:v>8004</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="7">
                   <c:v>6312</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>6649</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="9">
                   <c:v>7730</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="10">
                   <c:v>4744</c:v>
                 </c:pt>
-                <c:pt idx="9">
+                <c:pt idx="11">
                   <c:v>5940</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>5179</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-16A9-4AA8-ACD8-B2EB0D48943B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:overlap val="100"/>
         <c:axId val="127134336"/>
         <c:axId val="127140224"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="127134336"/>
@@ -40397,52 +40204,52 @@
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="127134336"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="b"/>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.18729704571812245"/>
-          <c:y val="0.88429150611492713"/>
+          <c:x val="0.21055285967161086"/>
+          <c:y val="0.88429151632569636"/>
           <c:w val="0.66445919550753829"/>
           <c:h val="0.10204804393807433"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
@@ -48653,56 +48460,71 @@
   </a:fmtScheme>
 </a:themeOverride>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="b72976aa-e7d9-498e-b08a-d3d9e47e4056">
+      <UserInfo>
+        <DisplayName>Fubini, Michael (DTA)</DisplayName>
+        <AccountId>14</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Macedo, Jenkins (DTA)</DisplayName>
+        <AccountId>16</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Cole, Michael (DTA)</DisplayName>
+        <AccountId>15</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010098EF14C0B91ED548AD0BD3D2D4704924" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c0b180b77ff8fd3e2a2aba3ac8b24c08">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7cdb7e35-829b-4b43-b10b-15bdaaea9263" xmlns:ns3="b72976aa-e7d9-498e-b08a-d3d9e47e4056" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ba0fbc893e3f5d6b2b6588848e78034c" ns2:_="" ns3:_="">
     <xsd:import namespace="7cdb7e35-829b-4b43-b10b-15bdaaea9263"/>
     <xsd:import namespace="b72976aa-e7d9-498e-b08a-d3d9e47e4056"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7cdb7e35-829b-4b43-b10b-15bdaaea9263" elementFormDefault="qualified">
@@ -48827,155 +48649,140 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...19 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2D669C9-05C0-4A97-B7AC-4E03A53163D5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B476D95-59EE-4BDF-821A-137A61743218}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D21C11FD-F893-4E20-B0BE-682B92BD8D9D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="7cdb7e35-829b-4b43-b10b-15bdaaea9263"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="b72976aa-e7d9-498e-b08a-d3d9e47e4056"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{985B2A3C-7202-428F-BB09-990FAAD74E49}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7cdb7e35-829b-4b43-b10b-15bdaaea9263"/>
     <ds:schemaRef ds:uri="b72976aa-e7d9-498e-b08a-d3d9e47e4056"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D21C11FD-F893-4E20-B0BE-682B92BD8D9D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B476D95-59EE-4BDF-821A-137A61743218}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="b72976aa-e7d9-498e-b08a-d3d9e47e4056"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>949</Words>
-  <Characters>5414</Characters>
+  <Words>950</Words>
+  <Characters>5418</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>45</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>PCG</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6351</CharactersWithSpaces>
+  <CharactersWithSpaces>6356</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Cole, Michael</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010098EF14C0B91ED548AD0BD3D2D4704924</vt:lpwstr>
   </property>
 </Properties>
 </file>