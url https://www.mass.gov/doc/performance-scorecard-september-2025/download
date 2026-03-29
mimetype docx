--- v0 (2025-11-02)
+++ v1 (2026-03-29)
@@ -3787,51 +3787,69 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68EE4B59" w14:textId="77777777" w:rsidR="00990805" w:rsidRPr="00B631E7" w:rsidRDefault="00F32004" w:rsidP="001047C0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B631E7">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recipients With a Disability </w:t>
+              <w:t xml:space="preserve">Recipients With </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B631E7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a Disability</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B631E7">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F7A18F7" w14:textId="0652C5A7" w:rsidR="00F32004" w:rsidRPr="00990805" w:rsidRDefault="00C45439" w:rsidP="00990805">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C45439">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>311,065</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4897,51 +4915,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Reason for Office Visits</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F20BF93" w14:textId="20882097" w:rsidR="00680066" w:rsidRPr="00E937F0" w:rsidRDefault="00A6752E" w:rsidP="00B0662C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662366" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74294973" wp14:editId="1DA20B53">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662366" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="74294973" wp14:editId="75A50321">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>628015</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>193675</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="5752465" cy="3243580"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="12" name="Chart 12">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId20"/>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
@@ -5324,51 +5342,91 @@
             <w:r w:rsidR="00071062" w:rsidRPr="00C40335">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="004C25B6" w:rsidRPr="00C40335">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>verage daily</w:t>
             </w:r>
             <w:r w:rsidR="001C0554" w:rsidRPr="00C40335">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> calls broken down by how the call resolved.</w:t>
+              <w:t xml:space="preserve"> calls </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="001C0554" w:rsidRPr="00C40335">
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>broken</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="001C0554" w:rsidRPr="00C40335">
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> down by how the call </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="001C0554" w:rsidRPr="00C40335">
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>resolved</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="001C0554" w:rsidRPr="00C40335">
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="004F204C">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                                    </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00357F9A" w:rsidRPr="00093EEB" w14:paraId="57312B0E" w14:textId="77777777" w:rsidTr="002E2FFF">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="131" w:type="dxa"/>
           <w:trHeight w:val="2532"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10417" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -12143,51 +12201,69 @@
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1555C969" w14:textId="4FD8C084" w:rsidR="00463298" w:rsidRPr="00A30B89" w:rsidRDefault="00722B25" w:rsidP="00E66031">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A30B89">
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E17476" w:rsidRPr="00A30B89">
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>This is the number of people who visited our local offices each month to use our services.</w:t>
+              <w:t xml:space="preserve">This is the number of people who </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00E17476" w:rsidRPr="00A30B89">
+              <w:rPr>
+                <w:color w:val="002060"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>visited</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00E17476" w:rsidRPr="00A30B89">
+              <w:rPr>
+                <w:color w:val="002060"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> our local offices each month to use our services.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00463298" w:rsidRPr="00A9390B" w14:paraId="279B99DE" w14:textId="77777777" w:rsidTr="005A381B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="257"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -12355,51 +12431,69 @@
           <w:tcPr>
             <w:tcW w:w="5179" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="598D8D39" w14:textId="46737FD1" w:rsidR="007E5565" w:rsidRPr="00A30B89" w:rsidRDefault="00297372" w:rsidP="001C51C7">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A30B89">
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>Average daily calls broken down by how the call resolved.</w:t>
+              <w:t xml:space="preserve">Average daily calls </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A30B89">
+              <w:rPr>
+                <w:color w:val="002060"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>broken</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A30B89">
+              <w:rPr>
+                <w:color w:val="002060"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> down by how the call resolved.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A221BA" w:rsidRPr="00A9390B" w14:paraId="61F50A7D" w14:textId="77777777" w:rsidTr="005A381B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="257"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -12575,51 +12669,69 @@
           <w:tcPr>
             <w:tcW w:w="5179" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="E7E6E6" w:themeColor="background2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B6BAEA9" w14:textId="3522E876" w:rsidR="007866E4" w:rsidRPr="00A30B89" w:rsidRDefault="007866E4" w:rsidP="007866E4">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A30B89">
               <w:rPr>
                 <w:color w:val="002060"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>Average calls that exited at a point in our Interactive Voice Response (IVR) or self-service menu. Likely exit reasons: client self-served successfully; client hung up.</w:t>
+              <w:t xml:space="preserve">Average calls that </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A30B89">
+              <w:rPr>
+                <w:color w:val="002060"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>exited</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A30B89">
+              <w:rPr>
+                <w:color w:val="002060"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at a point in our Interactive Voice Response (IVR) or self-service menu. Likely exit reasons: client self-served successfully; client hung up.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007866E4" w:rsidRPr="00A9390B" w14:paraId="5EABFF92" w14:textId="77777777" w:rsidTr="005A381B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="18" w:space="0" w:color="0070C0"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="257"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1557" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -15582,55 +15694,56 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="751465937">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1444303125">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="395132768">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1038553299">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1722828382">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1516505561">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="512001"/>
+    <o:shapedefaults v:ext="edit" spidmax="514049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C32BA"/>
     <w:rsid w:val="00000243"/>
     <w:rsid w:val="00000577"/>
     <w:rsid w:val="00000684"/>
     <w:rsid w:val="00001310"/>
@@ -15905,50 +16018,51 @@
     <w:rsid w:val="000E5461"/>
     <w:rsid w:val="000E5D77"/>
     <w:rsid w:val="000E62FD"/>
     <w:rsid w:val="000E6D26"/>
     <w:rsid w:val="000E7481"/>
     <w:rsid w:val="000E7828"/>
     <w:rsid w:val="000E7EAF"/>
     <w:rsid w:val="000F0C07"/>
     <w:rsid w:val="000F0C3F"/>
     <w:rsid w:val="000F1923"/>
     <w:rsid w:val="000F1B91"/>
     <w:rsid w:val="000F35D1"/>
     <w:rsid w:val="000F3B9B"/>
     <w:rsid w:val="000F4103"/>
     <w:rsid w:val="000F4192"/>
     <w:rsid w:val="000F4CE0"/>
     <w:rsid w:val="000F4F69"/>
     <w:rsid w:val="000F5036"/>
     <w:rsid w:val="000F59B4"/>
     <w:rsid w:val="000F5D3B"/>
     <w:rsid w:val="000F5DD9"/>
     <w:rsid w:val="000F607F"/>
     <w:rsid w:val="000F7896"/>
     <w:rsid w:val="000F7F59"/>
     <w:rsid w:val="001023CA"/>
+    <w:rsid w:val="00102487"/>
     <w:rsid w:val="00102E0B"/>
     <w:rsid w:val="0010305D"/>
     <w:rsid w:val="001036D7"/>
     <w:rsid w:val="00103F1F"/>
     <w:rsid w:val="00104415"/>
     <w:rsid w:val="001046B2"/>
     <w:rsid w:val="001047C0"/>
     <w:rsid w:val="00104867"/>
     <w:rsid w:val="00104C04"/>
     <w:rsid w:val="00105AF6"/>
     <w:rsid w:val="0010609E"/>
     <w:rsid w:val="00106615"/>
     <w:rsid w:val="00106887"/>
     <w:rsid w:val="00106B8B"/>
     <w:rsid w:val="0010733C"/>
     <w:rsid w:val="00107686"/>
     <w:rsid w:val="00107EE6"/>
     <w:rsid w:val="001108E3"/>
     <w:rsid w:val="001114FC"/>
     <w:rsid w:val="001115BA"/>
     <w:rsid w:val="00112675"/>
     <w:rsid w:val="00113E65"/>
     <w:rsid w:val="00113FE5"/>
     <w:rsid w:val="0011422A"/>
     <w:rsid w:val="00114323"/>
@@ -18043,50 +18157,51 @@
     <w:rsid w:val="00804FAB"/>
     <w:rsid w:val="00805651"/>
     <w:rsid w:val="00805B54"/>
     <w:rsid w:val="00805D0B"/>
     <w:rsid w:val="00806620"/>
     <w:rsid w:val="00806667"/>
     <w:rsid w:val="00806ACF"/>
     <w:rsid w:val="0080737C"/>
     <w:rsid w:val="00807783"/>
     <w:rsid w:val="0080778A"/>
     <w:rsid w:val="00807846"/>
     <w:rsid w:val="00807B9C"/>
     <w:rsid w:val="00807F97"/>
     <w:rsid w:val="00810801"/>
     <w:rsid w:val="00810C8F"/>
     <w:rsid w:val="00811468"/>
     <w:rsid w:val="00811702"/>
     <w:rsid w:val="00811799"/>
     <w:rsid w:val="00811885"/>
     <w:rsid w:val="00811A16"/>
     <w:rsid w:val="00812620"/>
     <w:rsid w:val="00813302"/>
     <w:rsid w:val="00815E0C"/>
     <w:rsid w:val="00816B5B"/>
     <w:rsid w:val="00816E54"/>
+    <w:rsid w:val="0081737A"/>
     <w:rsid w:val="00817C7D"/>
     <w:rsid w:val="008202F8"/>
     <w:rsid w:val="008205CE"/>
     <w:rsid w:val="00820628"/>
     <w:rsid w:val="008207F5"/>
     <w:rsid w:val="00820F80"/>
     <w:rsid w:val="00821A75"/>
     <w:rsid w:val="00822E84"/>
     <w:rsid w:val="00822F2C"/>
     <w:rsid w:val="00823D21"/>
     <w:rsid w:val="008240D5"/>
     <w:rsid w:val="00824DC4"/>
     <w:rsid w:val="00825367"/>
     <w:rsid w:val="00825505"/>
     <w:rsid w:val="00825A9F"/>
     <w:rsid w:val="00825AE3"/>
     <w:rsid w:val="00825D36"/>
     <w:rsid w:val="008261A2"/>
     <w:rsid w:val="0082629E"/>
     <w:rsid w:val="008270B9"/>
     <w:rsid w:val="008273D8"/>
     <w:rsid w:val="008275B7"/>
     <w:rsid w:val="00827872"/>
     <w:rsid w:val="00827FDE"/>
     <w:rsid w:val="00830212"/>
@@ -20452,51 +20567,51 @@
     <w:rsid w:val="00FF5016"/>
     <w:rsid w:val="00FF51DF"/>
     <w:rsid w:val="00FF57DE"/>
     <w:rsid w:val="00FF5E44"/>
     <w:rsid w:val="00FF70D3"/>
     <w:rsid w:val="00FF723F"/>
     <w:rsid w:val="00FF7843"/>
     <w:rsid w:val="00FF7B1A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="512001"/>
+    <o:shapedefaults v:ext="edit" spidmax="514049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="57FD466E"/>
   <w15:docId w15:val="{6E84F9CC-326A-462A-8C73-29E5BB22D6B1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
@@ -27546,60 +27661,50 @@
           <c:idx val="5"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
               <c:f>'TAFDC Case Closed for income'!$G$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="002060"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="7"/>
-[...8 lines deleted...]
-            <c:dLbl>
               <c:idx val="8"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="4.4264819091608933E-2"/>
                   <c:y val="-9.7531240475464798E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="002060"/>
                       </a:solidFill>
@@ -28508,60 +28613,50 @@
           <c:idx val="5"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
               <c:f>'EAEDC Case Closed for Income'!$G$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="002060"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="7"/>
-[...8 lines deleted...]
-            <c:dLbl>
               <c:idx val="8"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="4.3684710351377019E-2"/>
                   <c:y val="-0.16900254946641699"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
                   <a:spAutoFit/>
                 </a:bodyPr>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="2000" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="002060"/>
                       </a:solidFill>
@@ -29425,60 +29520,50 @@
               <c16:uniqueId val="{00000000-18FB-4EC6-B742-0D5E3EB342C9}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$L$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="002060"/>
             </a:solidFill>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
-            <c:dLbl>
-[...8 lines deleted...]
-            </c:dLbl>
             <c:dLbl>
               <c:idx val="8"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="7.9365079365079361E-2"/>
                   <c:y val="-1.2922679302175317E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                     <a:spAutoFit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                       </a:defRPr>
                     </a:pPr>
                     <a:r>
                       <a:rPr lang="en-US" sz="2000" b="1">
                         <a:solidFill>
@@ -29916,60 +30001,50 @@
           <c:y val="0.21806358585787189"/>
           <c:w val="0.84747223788507364"/>
           <c:h val="0.62896987517493885"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="0070C0"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="67"/>
-[...8 lines deleted...]
-            <c:dLbl>
               <c:idx val="68"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-6.4076892270724869E-2"/>
                   <c:y val="-8.6757990867579932E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                     <a:spAutoFit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                       </a:defRPr>
                     </a:pPr>
                     <a:r>
                       <a:rPr lang="en-US" sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
@@ -31122,60 +31197,50 @@
               <c16:uniqueId val="{00000000-F7ED-4856-A57C-0DC9D7DB4447}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="5"/>
           <c:order val="5"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$L$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>2025</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="002060"/>
             </a:solidFill>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
-            <c:dLbl>
-[...8 lines deleted...]
-            </c:dLbl>
             <c:dLbl>
               <c:idx val="8"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="7.9168728352300835E-2"/>
                   <c:y val="-5.253104106972304E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                     <a:spAutoFit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                       </a:defRPr>
                     </a:pPr>
                     <a:r>
                       <a:rPr lang="en-US" sz="2000" b="1">
                         <a:solidFill>
@@ -31668,60 +31733,50 @@
           <c:x val="0.12307223808727001"/>
           <c:y val="0.22622345337026778"/>
           <c:w val="0.85477044496238253"/>
           <c:h val="0.66667466428192312"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="5B9BD5"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:dLbls>
-            <c:dLbl>
-[...8 lines deleted...]
-            </c:dLbl>
             <c:dLbl>
               <c:idx val="68"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-5.4386141605398328E-2"/>
                   <c:y val="-0.20803782505910165"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                     <a:spAutoFit/>
                   </a:bodyPr>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="2000" b="1">
                         <a:solidFill>
                           <a:srgbClr val="002060"/>
                         </a:solidFill>
                       </a:defRPr>
                     </a:pPr>
                     <a:r>
                       <a:rPr lang="en-US" sz="2000" b="1">
                         <a:solidFill>
@@ -34852,78 +34907,78 @@
                 <c:pt idx="5">
                   <c:v>EBT Card</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Speak to Staff</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Suspected Fraud/Theft</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Recertification/Re-evaluation</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>Other Agency</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
-                  <c:v>5557</c:v>
+                  <c:v>6182</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1850</c:v>
+                  <c:v>1660</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>4084</c:v>
+                  <c:v>3896</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>235</c:v>
+                  <c:v>264</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>14754</c:v>
+                  <c:v>15308</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>16977</c:v>
+                  <c:v>15865</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>10056</c:v>
+                  <c:v>9710</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>378</c:v>
+                  <c:v>449</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>1592</c:v>
+                  <c:v>1614</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>1131</c:v>
+                  <c:v>1113</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-571F-45BC-A4CF-AA47DF010988}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="1"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
         <c:firstSliceAng val="0"/>
       </c:pieChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
@@ -49210,134 +49265,134 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="b72976aa-e7d9-498e-b08a-d3d9e47e4056">
       <UserInfo>
         <DisplayName>Fubini, Michael (DTA)</DisplayName>
         <AccountId>14</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Macedo, Jenkins (DTA)</DisplayName>
         <AccountId>16</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Cole, Michael (DTA)</DisplayName>
         <AccountId>15</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{985B2A3C-7202-428F-BB09-990FAAD74E49}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7cdb7e35-829b-4b43-b10b-15bdaaea9263"/>
     <ds:schemaRef ds:uri="b72976aa-e7d9-498e-b08a-d3d9e47e4056"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D21C11FD-F893-4E20-B0BE-682B92BD8D9D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B476D95-59EE-4BDF-821A-137A61743218}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="b72976aa-e7d9-498e-b08a-d3d9e47e4056"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2D669C9-05C0-4A97-B7AC-4E03A53163D5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B476D95-59EE-4BDF-821A-137A61743218}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D21C11FD-F893-4E20-B0BE-682B92BD8D9D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="7cdb7e35-829b-4b43-b10b-15bdaaea9263"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="b72976aa-e7d9-498e-b08a-d3d9e47e4056"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
   <Words>955</Words>
   <Characters>5449</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>45</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>