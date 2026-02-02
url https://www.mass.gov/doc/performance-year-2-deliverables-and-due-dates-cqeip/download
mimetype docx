--- v0 (2025-12-07)
+++ v1 (2026-02-02)
@@ -9,2021 +9,2246 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="70658308" w14:textId="402C350F" w:rsidR="00E6382E" w:rsidRDefault="00D15729" w:rsidP="00FC6FAA">
+    <w:p w:rsidR="00E6382E" w:rsidP="00FC6FAA" w:rsidRDefault="00D15729" w14:paraId="70658308" w14:textId="402C350F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Ref153365899"/>
+      <w:bookmarkStart w:name="_Ref153365899" w:id="0"/>
       <w:r>
         <w:t xml:space="preserve">The following table outlines the CBHC Quality and Equity Program (CQEIP) Performance Year 2 Deliverables and Data Submission Timelines and other details for </w:t>
       </w:r>
       <w:r w:rsidR="00000CB3">
         <w:t xml:space="preserve">quick </w:t>
       </w:r>
       <w:r>
         <w:t>reference. For further details</w:t>
       </w:r>
       <w:r w:rsidR="004A73E2">
         <w:t xml:space="preserve"> on each measure</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, please review the technical specifications that can be found on the </w:t>
       </w:r>
       <w:hyperlink r:id="rId11">
         <w:r w:rsidRPr="14EB3CE0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>CBHC Incentive Program webpage</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="461"/>
         <w:gridCol w:w="2405"/>
         <w:gridCol w:w="2736"/>
         <w:gridCol w:w="1463"/>
         <w:gridCol w:w="1573"/>
         <w:gridCol w:w="1547"/>
         <w:gridCol w:w="1979"/>
         <w:gridCol w:w="2226"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AD494E" w:rsidRPr="006E06E5" w14:paraId="64D4E339" w14:textId="77777777" w:rsidTr="00375D82">
+      <w:tr w:rsidRPr="006E06E5" w:rsidR="00AD494E" w:rsidTr="565AD916" w14:paraId="64D4E339" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="415"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="161" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="1C61B948" w14:textId="65860570" w:rsidR="006E06E5" w:rsidRPr="0065681E" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0065681E" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="1C61B948" w14:textId="65860570">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="0065681E">
               <w:t>#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="870" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="6D5EBEC3" w14:textId="56F1FC1D" w:rsidR="006E06E5" w:rsidRPr="0065681E" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0065681E" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="6D5EBEC3" w14:textId="56F1FC1D">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Measure Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="968" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="51C0B7F4" w14:textId="77777777" w:rsidR="006E06E5" w:rsidRPr="0065681E" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0065681E" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="51C0B7F4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Reporting Expectations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="386" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="454EE038" w14:textId="548FE4B0" w:rsidR="006E06E5" w:rsidRPr="0065681E" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0065681E" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="454EE038" w14:textId="548FE4B0">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Submission Platform</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="564" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="7DFCB0B0" w14:textId="2F4522AF" w:rsidR="006E06E5" w:rsidRPr="0065681E" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0065681E" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="7DFCB0B0" w14:textId="2F4522AF">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Submission Frequency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="555" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="14558F" w:themeFill="accent1"/>
-          </w:tcPr>
-          <w:p w14:paraId="06DF140F" w14:textId="4C08289F" w:rsidR="006E06E5" w:rsidRPr="0065681E" w:rsidRDefault="005509A3" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0065681E" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="005509A3" w14:paraId="06DF140F" w14:textId="4C08289F">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">PY2 </w:t>
             </w:r>
-            <w:r w:rsidR="006E06E5" w:rsidRPr="00D15729">
+            <w:r w:rsidRPr="00D15729" w:rsidR="006E06E5">
               <w:t>Measure</w:t>
             </w:r>
-            <w:r w:rsidR="006E06E5" w:rsidRPr="0065681E">
+            <w:r w:rsidRPr="0065681E" w:rsidR="006E06E5">
               <w:t xml:space="preserve"> Component </w:t>
             </w:r>
-            <w:r w:rsidR="006E06E5" w:rsidRPr="00D15729">
+            <w:r w:rsidRPr="00D15729" w:rsidR="006E06E5">
               <w:t>Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="705" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="14558F" w:themeFill="accent1"/>
-          </w:tcPr>
-          <w:p w14:paraId="42A15758" w14:textId="7ADB7952" w:rsidR="006E06E5" w:rsidRPr="0065681E" w:rsidRDefault="005509A3" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0065681E" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="005509A3" w14:paraId="42A15758" w14:textId="7ADB7952">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">PY2 </w:t>
             </w:r>
-            <w:r w:rsidR="006E06E5" w:rsidRPr="0065681E">
+            <w:r w:rsidRPr="0065681E" w:rsidR="006E06E5">
               <w:t xml:space="preserve">Measurement </w:t>
             </w:r>
-            <w:r w:rsidR="0065681E" w:rsidRPr="0065681E">
+            <w:r w:rsidRPr="0065681E" w:rsidR="0065681E">
               <w:t xml:space="preserve">Reporting </w:t>
             </w:r>
-            <w:r w:rsidR="006E06E5" w:rsidRPr="0065681E">
+            <w:r w:rsidRPr="0065681E" w:rsidR="006E06E5">
               <w:t>Period</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="791" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="14558F" w:themeFill="accent1"/>
-          </w:tcPr>
-          <w:p w14:paraId="7D0FDE6C" w14:textId="693F026D" w:rsidR="006E06E5" w:rsidRPr="0065681E" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="0065681E" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="7D0FDE6C" w14:textId="693F026D">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="0065681E">
               <w:t>PY2 Submission Due Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD494E" w:rsidRPr="006E06E5" w14:paraId="7DC05795" w14:textId="77777777" w:rsidTr="00AD494E">
+      <w:tr w:rsidRPr="006E06E5" w:rsidR="00AD494E" w:rsidTr="565AD916" w14:paraId="7DC05795" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="298"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="161" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="670BC5AF" w14:textId="0C6E1AD3" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="670BC5AF" w14:textId="0C6E1AD3">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="870" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53B2CD90" w14:textId="6C0DC357" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="53B2CD90" w14:textId="6C0DC357">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>RELDSOGI Data Completeness</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="968" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40DDBB3C" w14:textId="0B366712" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="40DDBB3C" w14:textId="0B366712">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t xml:space="preserve">Quarterly Submission of the </w:t>
             </w:r>
             <w:r w:rsidRPr="006E06E5">
               <w:t>Demographic Data File (DDF), as part of the VDDF.</w:t>
             </w:r>
             <w:r w:rsidRPr="006E06E5">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
             <w:r w:rsidRPr="006E06E5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="386" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="17F69DD9" w14:textId="25F7B01C" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="003A7618" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="003A7618" w14:paraId="17F69DD9" w14:textId="25F7B01C">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>MassHealth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="564" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="6B124C78" w14:textId="476EB09D" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="6B124C78" w14:textId="476EB09D">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t xml:space="preserve">Quarterly </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="555" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="290AC411" w14:textId="78E66738" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="290AC411" w14:textId="78E66738">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>CoP</w:t>
             </w:r>
             <w:r w:rsidRPr="006E06E5">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="705" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="26445D5E" w14:textId="16F6BCC4" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="26445D5E" w14:textId="16F6BCC4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>January 1</w:t>
             </w:r>
-            <w:r w:rsidR="00FC6FAA" w:rsidRPr="006E06E5">
+            <w:r w:rsidRPr="006E06E5" w:rsidR="00FC6FAA">
               <w:t>, 2025</w:t>
             </w:r>
             <w:r w:rsidRPr="006E06E5">
               <w:t>-Dec 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="791" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79FF3F4F" w14:textId="12100A76" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="79FF3F4F" w14:textId="12100A76">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>Q1-Q3 Data due Q4 2025 (date TBD)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="639C4999" w14:textId="68D2C8BC" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="639C4999" w14:textId="68D2C8BC">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>Q4 Data due Q1 2025 (date TBD)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD494E" w:rsidRPr="006E06E5" w14:paraId="6B18189A" w14:textId="77777777" w:rsidTr="00AD494E">
+      <w:tr w:rsidRPr="006E06E5" w:rsidR="00AD494E" w:rsidTr="565AD916" w14:paraId="6B18189A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="298"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="161" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="590305DA" w14:textId="7707CED7" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="590305DA" w14:textId="7707CED7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="870" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56ECE9A3" w14:textId="49ABA5C3" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="56ECE9A3" w14:textId="49ABA5C3">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>RELDSOGI Data Completeness</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="968" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F14A7CA" w14:textId="77777777" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="7F14A7CA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Mapping and Verification Deliverable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="386" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="554DC8AF" w14:textId="7C7A610E" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="554DC8AF" w14:textId="7C7A610E">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>OnBase</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="564" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="2418C83A" w14:textId="7DEA571C" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="2418C83A" w14:textId="7DEA571C">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Once a Year – Sept 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="555" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="1E33FCAF" w14:textId="7B7804A5" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="1E33FCAF" w14:textId="7B7804A5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>CoP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="705" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="570E5EA5" w14:textId="60DEF9A5" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="570E5EA5" w14:textId="60DEF9A5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="791" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F85CD0C" w14:textId="77777777" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="1F85CD0C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Sept 30 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD494E" w:rsidRPr="006E06E5" w14:paraId="3E7EED99" w14:textId="77777777" w:rsidTr="00AD494E">
+      <w:tr w:rsidRPr="006E06E5" w:rsidR="00AD494E" w:rsidTr="565AD916" w14:paraId="3E7EED99" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="840"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="161" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="15B5E553" w14:textId="0197052C" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="15B5E553" w14:textId="0197052C">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="870" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1674C495" w14:textId="64045821" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="1674C495" w14:textId="64045821">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>Health-Related Social Needs Screening</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18A64CB1" w14:textId="76786D10" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
-[...7 lines deleted...]
-          <w:tcPr>
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="18A64CB1" w14:textId="76786D10">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="968" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20B617A5" w14:textId="5DDF4A05" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="20B617A5" w14:textId="5DDF4A05">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t xml:space="preserve">HRSN </w:t>
             </w:r>
             <w:r w:rsidRPr="00D15729">
               <w:t>Supplemental Data File</w:t>
             </w:r>
             <w:r w:rsidRPr="006E06E5">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="386" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="7EBBB066" w14:textId="24CA2841" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="7EBBB066" w14:textId="24CA2841">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>QEIP Portal</w:t>
             </w:r>
             <w:r w:rsidRPr="006E06E5">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
               <w:footnoteReference w:id="5"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="564" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="016B4759" w14:textId="4E8DF3CB" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="016B4759" w14:textId="4E8DF3CB">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Once a Year – June 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="555" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="5C62EC34" w14:textId="1886BF4B" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="5C62EC34" w14:textId="1886BF4B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>P4P</w:t>
             </w:r>
             <w:r w:rsidRPr="006E06E5">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
               <w:footnoteReference w:id="6"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="705" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="27AF2D06" w14:textId="2518CAE3" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="27AF2D06" w14:textId="2518CAE3">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>July 1-Dec 31 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="791" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C748E2C" w14:textId="77777777" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="1C748E2C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>June 30 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD494E" w:rsidRPr="006E06E5" w14:paraId="42D783B4" w14:textId="77777777" w:rsidTr="00AD494E">
+      <w:tr w:rsidRPr="006E06E5" w:rsidR="00AD494E" w:rsidTr="565AD916" w14:paraId="42D783B4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="298"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="161" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="5F3DB774" w14:textId="19AE0E3A" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="5F3DB774" w14:textId="19AE0E3A">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="870" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="266DE897" w14:textId="2D013159" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="266DE897" w14:textId="2D013159">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Quality</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D15729">
               <w:t>Performance Disparities Reduction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="968" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="215893C1" w14:textId="77777777" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="215893C1" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Narrative Report</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="386" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="1A40DF03" w14:textId="76FFE0ED" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="1A40DF03" w14:textId="76FFE0ED">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>OnBase</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="564" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="45B84567" w14:textId="5164D277" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="45B84567" w14:textId="5164D277">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Once a Year – PY2&amp;3 only</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="555" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="2815B58A" w14:textId="0CA27547" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="2815B58A" w14:textId="0CA27547">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>CoP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="705" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="04B7FB63" w14:textId="34C67269" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="04B7FB63" w14:textId="34C67269">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="791" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6AD685CA" w14:textId="2F6F241B" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="00C56C1E" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="00C56C1E" w14:paraId="6AD685CA" w14:textId="2F6F241B">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">December </w:t>
             </w:r>
-            <w:r w:rsidR="006E06E5" w:rsidRPr="006E06E5">
+            <w:r w:rsidRPr="006E06E5" w:rsidR="006E06E5">
               <w:t>1 2</w:t>
             </w:r>
-            <w:r w:rsidR="006E06E5" w:rsidRPr="00D15729">
+            <w:r w:rsidRPr="00D15729" w:rsidR="006E06E5">
               <w:t>025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD494E" w:rsidRPr="006E06E5" w14:paraId="45BE593E" w14:textId="77777777" w:rsidTr="00AD494E">
+      <w:tr w:rsidRPr="006E06E5" w:rsidR="00AD494E" w:rsidTr="565AD916" w14:paraId="45BE593E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="298"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="161" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="52DB88B7" w14:textId="4564851D" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="52DB88B7" w14:textId="4564851D">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="870" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60E46AD4" w14:textId="5DB3B960" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="60E46AD4" w14:textId="5DB3B960">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Equity Improvement Interventions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="968" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66D1D352" w14:textId="369AC9DA" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="66D1D352" w14:textId="369AC9DA">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>PIP Topic Selection and Planning Report</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="386" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="697AE710" w14:textId="23EB0E80" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="697AE710" w14:textId="23EB0E80">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>OnBase</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="564" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="2AFF46D3" w14:textId="0B98143A" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="2AFF46D3" w14:textId="0B98143A">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Once a Year – due date varies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="555" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="76E33A7E" w14:textId="043639B4" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="76E33A7E" w14:textId="043639B4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>CoP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="705" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="57C77DC4" w14:textId="45E6EF48" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="57C77DC4" w14:textId="45E6EF48">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="791" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4121B8E1" w14:textId="591E888D" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="4121B8E1" w14:textId="591E888D">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>October 31 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD494E" w:rsidRPr="006E06E5" w14:paraId="627CE92F" w14:textId="77777777" w:rsidTr="00AD494E">
+      <w:tr w:rsidRPr="006E06E5" w:rsidR="00AD494E" w:rsidTr="565AD916" w14:paraId="627CE92F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="161" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="100EECFF" w14:textId="3C5377CC" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="100EECFF" w14:textId="3C5377CC">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="870" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DBD89E9" w14:textId="4B18C373" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="6DBD89E9" w14:textId="4B18C373">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t xml:space="preserve">Meaningful Access to Healthcare Services for Individuals with a </w:t>
             </w:r>
             <w:r w:rsidRPr="006E06E5">
               <w:lastRenderedPageBreak/>
               <w:t>Preferred Language Other than English</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="968" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64CBA63C" w14:textId="461D5C4C" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="64CBA63C" w14:textId="461D5C4C">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Language Access Self-Assessment </w:t>
             </w:r>
             <w:r w:rsidRPr="00D15729">
               <w:t>Survey</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="386" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="07AEDBE3" w14:textId="644CB2BC" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="07AEDBE3" w14:textId="644CB2BC">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Qualtrics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="564" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="5A36551A" w14:textId="6D71C2F1" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="5A36551A" w14:textId="6D71C2F1">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Once – PY2 only</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="555" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="125904B5" w14:textId="374C0FE7" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="125904B5" w14:textId="374C0FE7">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>CoP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="705" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="34CAE5E6" w14:textId="07F666C4" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="34CAE5E6" w14:textId="07F666C4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="791" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E62E1CA" w14:textId="77777777" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="6E62E1CA" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>January 31 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD494E" w:rsidRPr="006E06E5" w14:paraId="7A7D5F83" w14:textId="77777777" w:rsidTr="00AD494E">
+      <w:tr w:rsidRPr="006E06E5" w:rsidR="00AD494E" w:rsidTr="565AD916" w14:paraId="7A7D5F83" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="532"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="161" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="3D7F0C62" w14:textId="6927AF90" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="3D7F0C62" w14:textId="6927AF90">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="870" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D0A9201" w14:textId="27A69A6D" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="6D0A9201" w14:textId="27A69A6D">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>Meaningful Access to Healthcare Services for Individuals with a Preferred Language Other than English</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="968" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="383743F1" w14:textId="1D27E947" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="383743F1" w14:textId="1D27E947">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t xml:space="preserve">Language Access </w:t>
             </w:r>
             <w:r w:rsidRPr="00D15729">
               <w:t>Supplemental Data File</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="386" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="499D5A6E" w14:textId="40507FED" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="499D5A6E" w14:textId="40507FED">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>QEIP Portal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="564" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="34A31CC8" w14:textId="6B4881FC" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="34A31CC8" w14:textId="6B4881FC">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Once a Year – June 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="555" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="7E8F0A67" w14:textId="484D5820" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="7E8F0A67" w14:textId="484D5820">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>P4P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="705" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="1BEA8045" w14:textId="4AC1B75F" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="1BEA8045" w14:textId="4AC1B75F">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>July 1-Dec 31 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="791" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="462E54F0" w14:textId="77777777" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="462E54F0" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>June 30 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD494E" w:rsidRPr="006E06E5" w14:paraId="59ED0782" w14:textId="77777777" w:rsidTr="00AD494E">
+      <w:tr w:rsidRPr="006E06E5" w:rsidR="00AD494E" w:rsidTr="565AD916" w14:paraId="59ED0782" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="298"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="161" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="119B428A" w14:textId="32871B14" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="119B428A" w14:textId="32871B14">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="870" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36C62D1C" w14:textId="4E0ADBB3" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="36C62D1C" w14:textId="4E0ADBB3">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Disability Competent Care</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="968" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B93F8DD" w14:textId="513A44E8" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="5B93F8DD" w14:textId="513A44E8">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>Disability Competent Care Training Report</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="386" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="768ED737" w14:textId="57AF870C" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="768ED737" w14:textId="57AF870C">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>OnBase</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="564" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="60E34374" w14:textId="03DCC3C9" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="60E34374" w14:textId="03DCC3C9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Once a Year – March 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="555" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="1B4216E8" w14:textId="1544B514" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="1B4216E8" w14:textId="1544B514">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>CoP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="705" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="6B35D5AC" w14:textId="2DE54159" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="6B35D5AC" w14:textId="2DE54159">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>July 1-Dec 31 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="791" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70F09E12" w14:textId="77777777" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="70F09E12" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>March 31 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD494E" w:rsidRPr="006E06E5" w14:paraId="0CAEDB58" w14:textId="77777777" w:rsidTr="00AD494E">
+      <w:tr w:rsidRPr="006E06E5" w:rsidR="00AD494E" w:rsidTr="565AD916" w14:paraId="0CAEDB58" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="161" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="1B064473" w14:textId="04269A19" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="1B064473" w14:textId="04269A19">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="870" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14C2FD13" w14:textId="0C5459D0" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="14C2FD13" w14:textId="0C5459D0">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Disability Accommodation Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="968" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4564C526" w14:textId="717674A1" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="4564C526" w14:textId="717674A1">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>Disability Accommodation Needs Screening Report</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="386" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="4A7D315B" w14:textId="474FA320" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="4A7D315B" w14:textId="474FA320">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>OnBase</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="564" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="3FDB409B" w14:textId="5531E9CD" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="3FDB409B" w14:textId="5531E9CD">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Once – PY2 only</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="555" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="26ED8EB4" w14:textId="3D7FBED0" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="26ED8EB4" w14:textId="3D7FBED0">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>CoP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="705" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="0E015550" w14:textId="6A4DE393" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="0E015550" w14:textId="6A4DE393">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="791" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D053AD5" w14:textId="77777777" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
-[...5 lines deleted...]
-              <w:t>March 31 2026</w:t>
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="3D053AD5" w14:textId="2F5F9D8F">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidR="23E7AB1A">
+              <w:rPr/>
+              <w:t xml:space="preserve">February 27 </w:t>
+            </w:r>
+            <w:r w:rsidR="006E06E5">
+              <w:rPr/>
+              <w:t>2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD494E" w:rsidRPr="006E06E5" w14:paraId="0D105AC7" w14:textId="77777777" w:rsidTr="00AD494E">
+      <w:tr w:rsidRPr="006E06E5" w:rsidR="00AD494E" w:rsidTr="565AD916" w14:paraId="0D105AC7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="532"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="161" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="7DD160C7" w14:textId="08001F86" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="7DD160C7" w14:textId="08001F86">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="870" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B2169E7" w14:textId="5A7CB8FB" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="2B2169E7" w14:textId="5A7CB8FB">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Disability Accommodation Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="968" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66486AD8" w14:textId="45CA80F0" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="66486AD8" w14:textId="45CA80F0">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>Disability Accommodation Needs</w:t>
             </w:r>
             <w:r w:rsidR="00AD494E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D15729">
               <w:t>Supplemental Data File</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="386" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="150F1605" w14:textId="76E33BE1" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="150F1605" w14:textId="76E33BE1">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>QEIP Portal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="564" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="7ECC83F2" w14:textId="067D21D9" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="7ECC83F2" w14:textId="067D21D9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Once a Year - June 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="555" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="44DDFDC1" w14:textId="5F2AABEA" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="44DDFDC1" w14:textId="5F2AABEA">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>P4P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="705" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="05EEAB50" w14:textId="6041045A" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="05EEAB50" w14:textId="6041045A">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>July 1-Dec 31 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="791" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5950D536" w14:textId="77777777" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="5950D536" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>June 30 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD494E" w:rsidRPr="006E06E5" w14:paraId="79050677" w14:textId="77777777" w:rsidTr="00AD494E">
+      <w:tr w:rsidRPr="006E06E5" w:rsidR="00AD494E" w:rsidTr="565AD916" w14:paraId="79050677" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="161" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="512D0EBF" w14:textId="52E917BD" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="512D0EBF" w14:textId="52E917BD">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="870" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="477735D2" w14:textId="647AAC33" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="477735D2" w14:textId="647AAC33">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Patient Experience</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="968" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38700665" w14:textId="701AA826" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="38700665" w14:textId="701AA826">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>Patient Experience Survey Practice Questionnaire</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="386" w:type="pct"/>
-          </w:tcPr>
-[...11 lines deleted...]
-          <w:tcPr>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="565AD916" w:rsidRDefault="006E06E5" w14:paraId="146FDE9D" w14:textId="1EE84BED">
+            <w:pPr>
+              <w:pStyle w:val="Normal"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidR="36BCCAB5">
+              <w:rPr/>
+              <w:t>OnBase</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="564" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="22BBEC6D" w14:textId="4BF5CC67" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="22BBEC6D" w14:textId="4BF5CC67">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Once a Year – Jan 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="555" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="659C9038" w14:textId="6763CC3E" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="659C9038" w14:textId="6763CC3E">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>CoP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="705" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="0FD107D1" w14:textId="7572B827" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="0FD107D1" w14:textId="7572B827">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="791" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="263276D1" w14:textId="77777777" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="00E73F4A">
-[...5 lines deleted...]
-              <w:t>January 31 2026</w:t>
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="00E73F4A" w:rsidRDefault="006E06E5" w14:paraId="263276D1" w14:textId="262FE78A">
+            <w:pPr>
+              <w:spacing w:before="0" w:after="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidR="56DF602C">
+              <w:rPr/>
+              <w:t>February 27</w:t>
+            </w:r>
+            <w:r w:rsidR="56DF602C">
+              <w:rPr/>
+              <w:t xml:space="preserve"> 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD494E" w:rsidRPr="006E06E5" w14:paraId="457843AE" w14:textId="77777777" w:rsidTr="00AD494E">
+      <w:tr w:rsidRPr="006E06E5" w:rsidR="00AD494E" w:rsidTr="565AD916" w14:paraId="457843AE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="161" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="13EF08F1" w14:textId="6E0E05FF" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="004A73E2">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="004A73E2" w:rsidRDefault="006E06E5" w14:paraId="13EF08F1" w14:textId="6E0E05FF">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="870" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50D5FB91" w14:textId="489B96A5" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="004A73E2">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="004A73E2" w:rsidRDefault="006E06E5" w14:paraId="50D5FB91" w14:textId="489B96A5">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Patient Experience</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="968" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E5B833F" w14:textId="4A9A314F" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="004A73E2">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="004A73E2" w:rsidRDefault="006E06E5" w14:paraId="4E5B833F" w14:textId="4A9A314F">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>Patient Experience Shared Learning Convening</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="386" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="5E914F58" w14:textId="2FAF6269" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="004A73E2">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="004A73E2" w:rsidRDefault="006E06E5" w14:paraId="5E914F58" w14:textId="2FAF6269">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="564" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="079DC667" w14:textId="765F2B8F" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="004A73E2">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="004A73E2" w:rsidRDefault="006E06E5" w14:paraId="079DC667" w14:textId="765F2B8F">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Once a Year - Fall</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="555" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="6A221161" w14:textId="4C4103C4" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="004A73E2">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="004A73E2" w:rsidRDefault="006E06E5" w14:paraId="6A221161" w14:textId="4C4103C4">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>CoP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="705" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="784FBA87" w14:textId="6E66D659" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="004A73E2">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="004A73E2" w:rsidRDefault="006E06E5" w14:paraId="784FBA87" w14:textId="6E66D659">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="791" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3DC4E454" w14:textId="77777777" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="004A73E2">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="004A73E2" w:rsidRDefault="006E06E5" w14:paraId="3DC4E454" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Fall 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD494E" w:rsidRPr="006E06E5" w14:paraId="46D8C990" w14:textId="77777777" w:rsidTr="00AD494E">
+      <w:tr w:rsidRPr="006E06E5" w:rsidR="00AD494E" w:rsidTr="565AD916" w14:paraId="46D8C990" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="161" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="546D5BCE" w14:textId="12B8694A" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="004A73E2">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="004A73E2" w:rsidRDefault="006E06E5" w14:paraId="546D5BCE" w14:textId="12B8694A">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E06E5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="870" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31C949E5" w14:textId="5436C696" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="004A73E2">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="004A73E2" w:rsidRDefault="006E06E5" w14:paraId="31C949E5" w14:textId="5436C696">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Strategic Plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="968" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="243FD78E" w14:textId="77777777" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="004A73E2">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="004A73E2" w:rsidRDefault="006E06E5" w14:paraId="243FD78E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Strategic Plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="386" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="51B89068" w14:textId="3C170FD9" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="004A73E2">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="004A73E2" w:rsidRDefault="006E06E5" w14:paraId="51B89068" w14:textId="3C170FD9">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>OnBase</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="564" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="3088BD99" w14:textId="5BC7DE42" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="004A73E2">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="004A73E2" w:rsidRDefault="006E06E5" w14:paraId="3088BD99" w14:textId="5BC7DE42">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>Once a Year – Dec 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="555" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="30938ED5" w14:textId="5C5F2229" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="004A73E2">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="004A73E2" w:rsidRDefault="006E06E5" w14:paraId="30938ED5" w14:textId="5C5F2229">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D15729">
               <w:t>CoP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="705" w:type="pct"/>
-          </w:tcPr>
-          <w:p w14:paraId="7CDBA6CE" w14:textId="3931E249" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="00D75162" w:rsidP="004A73E2">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="004A73E2" w:rsidRDefault="00D75162" w14:paraId="7CDBA6CE" w14:textId="3931E249">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="791" w:type="pct"/>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FA7E3BE" w14:textId="0611D8BF" w:rsidR="006E06E5" w:rsidRPr="00D15729" w:rsidRDefault="006E06E5" w:rsidP="004A73E2">
+          <w:p w:rsidRPr="00D15729" w:rsidR="006E06E5" w:rsidP="004A73E2" w:rsidRDefault="006E06E5" w14:paraId="5FA7E3BE" w14:textId="0611D8BF">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>December 31</w:t>
             </w:r>
             <w:r w:rsidR="5B851C49">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="619A092C" w14:textId="413C477C" w:rsidR="002117C1" w:rsidRDefault="002117C1" w:rsidP="002117C1"/>
+    <w:p w:rsidR="002117C1" w:rsidP="002117C1" w:rsidRDefault="002117C1" w14:paraId="619A092C" w14:textId="413C477C"/>
     <w:sectPr w:rsidR="002117C1" w:rsidSect="00FC6FAA">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="351" w:footer="547" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1133F61D" w14:textId="77777777" w:rsidR="00DF71CB" w:rsidRDefault="00DF71CB" w:rsidP="00240F61">
+    <w:p w:rsidR="00DF71CB" w:rsidP="00240F61" w:rsidRDefault="00DF71CB" w14:paraId="1133F61D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F6E1266" w14:textId="77777777" w:rsidR="00DF71CB" w:rsidRDefault="00DF71CB" w:rsidP="00240F61">
+    <w:p w:rsidR="00DF71CB" w:rsidP="00240F61" w:rsidRDefault="00DF71CB" w14:paraId="5F6E1266" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="43EF7369" w14:textId="77777777" w:rsidR="00DF71CB" w:rsidRDefault="00DF71CB">
+    <w:p w:rsidR="00DF71CB" w:rsidRDefault="00DF71CB" w14:paraId="43EF7369" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS PGothic">
@@ -2036,52 +2261,52 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2107D10A" w14:textId="33EB2F9B" w:rsidR="00240F61" w:rsidRPr="003F61F7" w:rsidRDefault="00D15729" w:rsidP="00D15729">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="003F61F7" w:rsidR="00240F61" w:rsidP="00D15729" w:rsidRDefault="00D15729" w14:paraId="2107D10A" w14:textId="33EB2F9B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r w:rsidRPr="00FA43C1">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="2B579A"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70CF994B" wp14:editId="5A306A71">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>395301</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="10332720" cy="182880"/>
               <wp:effectExtent l="0" t="0" r="0" b="7620"/>
               <wp:wrapNone/>
@@ -2236,322 +2461,322 @@
               </v:rect>
               <v:rect id="TitleTopPlaceholder" style="position:absolute;left:60346;width:53659;height:4364;visibility:visible;mso-wrap-style:none;v-text-anchor:middle" o:spid="_x0000_s1030" fillcolor="#388557 [3205]" stroked="f" o:bwmode="lightGrayScale" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAjNEGByAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Pa8Iw&#10;FL8P9h3CE3abiToWqUbZxsaEXdTu4G6P5tkWm5fSZLZ+ezMYeHy//2+5HlwjztSF2rOByViBIC68&#10;rbk08J1/PM5BhIhssfFMBi4UYL26v1tiZn3POzrvYylSCIcMDVQxtpmUoajIYRj7ljhxR985jOns&#10;Smk77FO4a+RUqWfpsObUUGFLbxUVp/2vM3DKD9gfvy6Hn9e8oX47U/pTvxvzMBpeFiAiDfEm/ndv&#10;bJr/pPVsOtdqAn8/JQDk6goAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAjNEGByAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
                 <v:textbox inset="2.59156mm,1.2958mm,2.59156mm,1.2958mm"/>
               </v:rect>
               <w10:wrap anchorx="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2137142395"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="43BD87DB" w14:textId="588CFDA3" w:rsidR="00835064" w:rsidRDefault="00835064" w:rsidP="009E0327">
+      <w:p w:rsidR="00835064" w:rsidP="009E0327" w:rsidRDefault="00835064" w14:paraId="43BD87DB" w14:textId="588CFDA3">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:ind w:left="-1080" w:right="-1080"/>
         </w:pPr>
       </w:p>
-      <w:p w14:paraId="30078F27" w14:textId="177F0F2D" w:rsidR="00240F61" w:rsidRDefault="00D15729" w:rsidP="00D15729">
+      <w:p w:rsidR="00240F61" w:rsidP="00D15729" w:rsidRDefault="00D15729" w14:paraId="30078F27" w14:textId="177F0F2D">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:tabs>
             <w:tab w:val="clear" w:pos="4680"/>
             <w:tab w:val="right" w:pos="9630"/>
           </w:tabs>
           <w:spacing w:after="0"/>
           <w:jc w:val="left"/>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:t>CBHC Incentive Program Performance Year 2 (2025) Deliverables Timeline</w:t>
         </w:r>
         <w:r w:rsidR="00005B75">
           <w:tab/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve">                                         </w:t>
         </w:r>
         <w:r w:rsidR="00FC6FAA">
           <w:t xml:space="preserve">             </w:t>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00240F61">
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00240F61" w:rsidRPr="003F61F7">
+        <w:r w:rsidRPr="003F61F7" w:rsidR="00240F61">
           <w:rPr>
             <w:color w:val="2B579A"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00240F61" w:rsidRPr="003F61F7">
+        <w:r w:rsidRPr="003F61F7" w:rsidR="00240F61">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidR="00240F61" w:rsidRPr="003F61F7">
+        <w:r w:rsidRPr="003F61F7" w:rsidR="00240F61">
           <w:rPr>
             <w:color w:val="2B579A"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00240F61">
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00240F61" w:rsidRPr="003F61F7">
+        <w:r w:rsidRPr="003F61F7" w:rsidR="00240F61">
           <w:rPr>
             <w:color w:val="2B579A"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D5C9AF3" w14:textId="77777777" w:rsidR="00DF71CB" w:rsidRDefault="00DF71CB" w:rsidP="00240F61">
+    <w:p w:rsidR="00DF71CB" w:rsidP="00240F61" w:rsidRDefault="00DF71CB" w14:paraId="4D5C9AF3" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="50EB46BD" w14:textId="77777777" w:rsidR="00DF71CB" w:rsidRDefault="00DF71CB" w:rsidP="00240F61">
+    <w:p w:rsidR="00DF71CB" w:rsidP="00240F61" w:rsidRDefault="00DF71CB" w14:paraId="50EB46BD" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0A7AF862" w14:textId="77777777" w:rsidR="00DF71CB" w:rsidRDefault="00DF71CB">
+    <w:p w:rsidR="00DF71CB" w:rsidRDefault="00DF71CB" w14:paraId="0A7AF862" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="40849ADF" w14:textId="7023D1DA" w:rsidR="006E06E5" w:rsidRPr="004A73E2" w:rsidRDefault="006E06E5" w:rsidP="004A73E2">
+    <w:p w:rsidRPr="004A73E2" w:rsidR="006E06E5" w:rsidP="004A73E2" w:rsidRDefault="006E06E5" w14:paraId="40849ADF" w14:textId="7023D1DA">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A73E2">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="004A73E2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Please refer to the Visit and Demographic Data File Production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="004A73E2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Level Submission Guide for further details.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="4BFA1BA5" w14:textId="37E2FA4F" w:rsidR="006E06E5" w:rsidRPr="004A73E2" w:rsidRDefault="006E06E5" w:rsidP="004A73E2">
+    <w:p w:rsidRPr="004A73E2" w:rsidR="006E06E5" w:rsidP="004A73E2" w:rsidRDefault="006E06E5" w14:paraId="4BFA1BA5" w14:textId="37E2FA4F">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A73E2">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="004A73E2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> CoP = Condition of Participation</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="5A279A00" w14:textId="06462919" w:rsidR="006E06E5" w:rsidRPr="004A73E2" w:rsidRDefault="006E06E5" w:rsidP="004A73E2">
+    <w:p w:rsidRPr="004A73E2" w:rsidR="006E06E5" w:rsidP="004A73E2" w:rsidRDefault="006E06E5" w14:paraId="5A279A00" w14:textId="06462919">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A73E2">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="004A73E2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Please refer to the supplemental file specifications found on the CBHC Incentive Program webpage for further details.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="7A771735" w14:textId="47087A1B" w:rsidR="006E06E5" w:rsidRPr="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="006E06E5">
+    <w:p w:rsidRPr="006E06E5" w:rsidR="006E06E5" w:rsidP="006E06E5" w:rsidRDefault="006E06E5" w14:paraId="7A771735" w14:textId="47087A1B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E06E5">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="006E06E5">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Details about the QEIP Portal submission platform for submitting quantitative data will be shared in 2026.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="73508E9D" w14:textId="1A350FDC" w:rsidR="006E06E5" w:rsidRDefault="006E06E5" w:rsidP="004A73E2">
+    <w:p w:rsidR="006E06E5" w:rsidP="004A73E2" w:rsidRDefault="006E06E5" w14:paraId="73508E9D" w14:textId="1A350FDC">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r w:rsidRPr="004A73E2">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="004A73E2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> P</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>4P = P</w:t>
       </w:r>
       <w:r w:rsidRPr="004A73E2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ay for Performance</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1BBA13DE" w14:textId="59E751C9" w:rsidR="00240F61" w:rsidRDefault="00FC6FAA" w:rsidP="00FC6FAA">
+  <w:p w:rsidR="00240F61" w:rsidP="00FC6FAA" w:rsidRDefault="00FC6FAA" w14:paraId="1BBA13DE" w14:textId="59E751C9">
     <w:pPr>
       <w:pStyle w:val="Heading2"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>CBHC Quality and Equity Incentive Program (CBHC QEIP) Performance Year 2 (2025) Deliverables Timeline</w:t>
     </w:r>
-    <w:r w:rsidR="00240F61" w:rsidRPr="00240F61">
+    <w:r w:rsidRPr="00240F61" w:rsidR="00240F61">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090019"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
@@ -2563,147 +2788,147 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="165B5F5C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB4E1BD0"/>
     <w:lvl w:ilvl="0" w:tplc="A07AFBA0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="201F74C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0E484472"/>
     <w:lvl w:ilvl="0" w:tplc="3DE849BE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -2766,451 +2991,451 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="293928E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="91527B1E"/>
     <w:lvl w:ilvl="0" w:tplc="A9A4741C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F7F4E32C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="C3DC8194" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="A74A6C3E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="E8A6D816" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="481CC85A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="BF780062" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="29F4F53C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="97D2C35C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38816735"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4BF0C790"/>
     <w:lvl w:ilvl="0" w:tplc="8DD00BE8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0CAEF224" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="18F01CFC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="548256F0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="8EB89EEC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="2C76F7DA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FDFA1A44" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="1D2EB440" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9788E15C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58E62945"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA261936"/>
     <w:lvl w:ilvl="0" w:tplc="908CC72C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="936E7652" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="CB74CF74" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="2EFE3DE2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="93F6DF60" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="088639BA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="EF542FB6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="E59E93FE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E40AE8E6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1279026860">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1625848529">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="101729215">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="452985753">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="407307695">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1597253625">
@@ -3218,53 +3443,53 @@
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1182932387">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="561211526">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="674452718">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="448403348">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="977878268">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E935AB"/>
@@ -3581,124 +3806,130 @@
     <w:rsid w:val="00EB5830"/>
     <w:rsid w:val="00EB6F51"/>
     <w:rsid w:val="00ED2DEE"/>
     <w:rsid w:val="00EE6F05"/>
     <w:rsid w:val="00EF085B"/>
     <w:rsid w:val="00F00742"/>
     <w:rsid w:val="00F0312C"/>
     <w:rsid w:val="00F12E74"/>
     <w:rsid w:val="00F15093"/>
     <w:rsid w:val="00F537F0"/>
     <w:rsid w:val="00F65E7C"/>
     <w:rsid w:val="00F667AC"/>
     <w:rsid w:val="00F75B57"/>
     <w:rsid w:val="00F7651E"/>
     <w:rsid w:val="00F80DFC"/>
     <w:rsid w:val="00F9629B"/>
     <w:rsid w:val="00F97C11"/>
     <w:rsid w:val="00FA017A"/>
     <w:rsid w:val="00FA05D3"/>
     <w:rsid w:val="00FA354F"/>
     <w:rsid w:val="00FB380C"/>
     <w:rsid w:val="00FC6FAA"/>
     <w:rsid w:val="00FF1BC3"/>
     <w:rsid w:val="00FF5BB0"/>
     <w:rsid w:val="021717D8"/>
+    <w:rsid w:val="02192D01"/>
     <w:rsid w:val="03979EAF"/>
     <w:rsid w:val="047B5A9E"/>
     <w:rsid w:val="06234625"/>
     <w:rsid w:val="09F6B1AC"/>
     <w:rsid w:val="0AF81A46"/>
     <w:rsid w:val="0B70E3CD"/>
     <w:rsid w:val="0BF79523"/>
     <w:rsid w:val="0C79A59E"/>
     <w:rsid w:val="0D79C95D"/>
     <w:rsid w:val="0DC934FA"/>
     <w:rsid w:val="0F56C11A"/>
     <w:rsid w:val="12028EAF"/>
     <w:rsid w:val="1474654A"/>
     <w:rsid w:val="14EB3CE0"/>
     <w:rsid w:val="192DF2E3"/>
     <w:rsid w:val="1B081D16"/>
     <w:rsid w:val="1D55E3E0"/>
     <w:rsid w:val="1D93C3F4"/>
     <w:rsid w:val="1DA7AB50"/>
+    <w:rsid w:val="23E7AB1A"/>
     <w:rsid w:val="28EE790F"/>
     <w:rsid w:val="2A008B38"/>
     <w:rsid w:val="2C828989"/>
     <w:rsid w:val="2D1152FA"/>
     <w:rsid w:val="2D41EB7C"/>
     <w:rsid w:val="2D4223E2"/>
     <w:rsid w:val="2DA21D06"/>
     <w:rsid w:val="2E105672"/>
     <w:rsid w:val="2E7FCD52"/>
     <w:rsid w:val="2EA005CC"/>
     <w:rsid w:val="30C8CF14"/>
     <w:rsid w:val="312A08F9"/>
     <w:rsid w:val="31BB09ED"/>
     <w:rsid w:val="360C6C49"/>
     <w:rsid w:val="3639B0B3"/>
+    <w:rsid w:val="36BCCAB5"/>
     <w:rsid w:val="383E1A23"/>
     <w:rsid w:val="38B90DD8"/>
     <w:rsid w:val="39DF2BE1"/>
     <w:rsid w:val="3B4A2AAC"/>
     <w:rsid w:val="3BA08C1F"/>
     <w:rsid w:val="3C6217A9"/>
     <w:rsid w:val="3D3BA8AF"/>
     <w:rsid w:val="41F5B7DE"/>
     <w:rsid w:val="41F83A9E"/>
     <w:rsid w:val="430F5CBC"/>
     <w:rsid w:val="49A1E4C4"/>
     <w:rsid w:val="4A50D46B"/>
     <w:rsid w:val="4B2D7F77"/>
     <w:rsid w:val="4C0EBFEA"/>
     <w:rsid w:val="4CFAC271"/>
     <w:rsid w:val="4F019068"/>
     <w:rsid w:val="4F560EBC"/>
     <w:rsid w:val="4F651BB9"/>
     <w:rsid w:val="50EC1E64"/>
     <w:rsid w:val="518AB100"/>
     <w:rsid w:val="523ACED0"/>
     <w:rsid w:val="53194BB2"/>
     <w:rsid w:val="53B39327"/>
     <w:rsid w:val="53D23357"/>
     <w:rsid w:val="549D9910"/>
+    <w:rsid w:val="565AD916"/>
+    <w:rsid w:val="56DF602C"/>
     <w:rsid w:val="574177BD"/>
     <w:rsid w:val="58489155"/>
     <w:rsid w:val="5954F0DC"/>
     <w:rsid w:val="597E4D97"/>
     <w:rsid w:val="5B6925BC"/>
     <w:rsid w:val="5B851C49"/>
     <w:rsid w:val="5C0BACA2"/>
     <w:rsid w:val="5E8CA506"/>
     <w:rsid w:val="618D8D49"/>
     <w:rsid w:val="63516BD9"/>
     <w:rsid w:val="63C8AC01"/>
     <w:rsid w:val="645053F2"/>
     <w:rsid w:val="6627D360"/>
     <w:rsid w:val="6D87B96F"/>
     <w:rsid w:val="6E192E22"/>
+    <w:rsid w:val="6E65D616"/>
     <w:rsid w:val="6F3054C1"/>
     <w:rsid w:val="7009ED5C"/>
     <w:rsid w:val="7039A92F"/>
     <w:rsid w:val="71046188"/>
     <w:rsid w:val="72987FD5"/>
     <w:rsid w:val="732C097B"/>
     <w:rsid w:val="748CDDF6"/>
     <w:rsid w:val="74F788D7"/>
     <w:rsid w:val="758C89D0"/>
     <w:rsid w:val="76124E5C"/>
     <w:rsid w:val="771BD29D"/>
     <w:rsid w:val="786A268B"/>
     <w:rsid w:val="7ADC3D5F"/>
     <w:rsid w:val="7B991274"/>
     <w:rsid w:val="7BB09883"/>
     <w:rsid w:val="7C98585F"/>
     <w:rsid w:val="7E245526"/>
     <w:rsid w:val="7E92EBE6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -3709,127 +3940,127 @@
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="05AA40A5"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{034ABB73-C615-4F0B-86F9-169AA9F0731F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3985,52 +4216,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -4097,319 +4328,319 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="400" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="34"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00746BCD"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="300" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="14558F" w:themeColor="accent1"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="140" w:after="140" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="535353" w:themeColor="text2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="140" w:after="140" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="535353" w:themeColor="text2"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="MHtableHeader">
+  <w:style w:type="table" w:styleId="MHtableHeader" w:customStyle="1">
     <w:name w:val="MH table Header"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B554E5"/>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
+        <w:top w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1" w:themeFill="background2" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
@@ -4430,559 +4661,559 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="34"/>
       <w:szCs w:val="28"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00746BCD"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="14558F" w:themeColor="accent1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="26"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable4-Accent1">
     <w:name w:val="Grid Table 4 Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="489AE5" w:themeColor="accent1" w:themeTint="99"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="489AE5" w:themeColor="accent1" w:themeTint="99"/>
+        <w:top w:val="single" w:color="489AE5" w:themeColor="accent1" w:themeTint="99" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="489AE5" w:themeColor="accent1" w:themeTint="99" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="489AE5" w:themeColor="accent1" w:themeTint="99" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="489AE5" w:themeColor="accent1" w:themeTint="99" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="489AE5" w:themeColor="accent1" w:themeTint="99" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="489AE5" w:themeColor="accent1" w:themeTint="99" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="14558F" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="4" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="14558F" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="14558F" w:themeColor="accent1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C1DDF6" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C1DDF6" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MHSummaryHeadline">
+  <w:style w:type="paragraph" w:styleId="MHSummaryHeadline" w:customStyle="1">
     <w:name w:val="MH – Summary Headline"/>
     <w:qFormat/>
     <w:rsid w:val="009D3A5F"/>
     <w:pPr>
       <w:spacing w:before="600" w:after="200"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="14558F" w:themeColor="accent1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MHCoverChart-Description">
+  <w:style w:type="paragraph" w:styleId="MHCoverChart-Description" w:customStyle="1">
     <w:name w:val="MH – Cover Chart - Description"/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:bCs/>
       <w:color w:val="535353" w:themeColor="text2"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="10080"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="535353" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:color w:val="535353" w:themeColor="text2"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MH-CoverChart-Itemheadline">
+  <w:style w:type="paragraph" w:styleId="MH-CoverChart-Itemheadline" w:customStyle="1">
     <w:name w:val="MH - Cover Chart - Item headline"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B554E5"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorHAnsi"/>
       <w:bCs/>
       <w:color w:val="535353" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MHSummaryParagraph">
+  <w:style w:type="paragraph" w:styleId="MHSummaryParagraph" w:customStyle="1">
     <w:name w:val="MH – Summary Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:rsid w:val="00240F61"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+  <w:style w:type="character" w:styleId="FootnoteTextChar" w:customStyle="1">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="535353" w:themeColor="text2"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MH-Cover-Subtitle">
+  <w:style w:type="paragraph" w:styleId="MH-Cover-Subtitle" w:customStyle="1">
     <w:name w:val="MH - Cover - Subtitle"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="44"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:aliases w:val="MH Cover Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
     <w:name w:val="Title Char"/>
     <w:aliases w:val="MH Cover Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="535353" w:themeColor="text2"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+  <w:style w:type="character" w:styleId="Heading7Char" w:customStyle="1">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+  <w:style w:type="character" w:styleId="Heading8Char" w:customStyle="1">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+  <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="002354FC"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="004825B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="MHVerticalHeaderTable">
+  <w:style w:type="table" w:styleId="MHVerticalHeaderTable" w:customStyle="1">
     <w:name w:val="MH Vertical Header Table"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B554E5"/>
     <w:tblPr/>
   </w:style>
   <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="41"/>
     <w:rsid w:val="009D3A5F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
@@ -4992,270 +5223,270 @@
   <w:style w:type="paragraph" w:styleId="ListNumber">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F00742"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber2">
     <w:name w:val="List Number 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00836C7F"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CalloutText-LtBlue">
+  <w:style w:type="paragraph" w:styleId="CalloutText-LtBlue" w:customStyle="1">
     <w:name w:val="Call out Text - Lt Blue"/>
     <w:qFormat/>
     <w:rsid w:val="00746BCD"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="36" w:space="4" w:color="C1DDF6" w:themeColor="accent1" w:themeTint="33"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="36" w:space="4" w:color="C1DDF6" w:themeColor="accent1" w:themeTint="33"/>
+        <w:top w:val="single" w:color="C1DDF6" w:themeColor="accent1" w:themeTint="33" w:sz="36" w:space="4"/>
+        <w:left w:val="single" w:color="C1DDF6" w:themeColor="accent1" w:themeTint="33" w:sz="36" w:space="4"/>
+        <w:bottom w:val="single" w:color="C1DDF6" w:themeColor="accent1" w:themeTint="33" w:sz="36" w:space="4"/>
+        <w:right w:val="single" w:color="C1DDF6" w:themeColor="accent1" w:themeTint="33" w:sz="36" w:space="4"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="C1DDF6" w:themeFill="accent1" w:themeFillTint="33"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:after="100"/>
       <w:ind w:left="216" w:right="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:b/>
       <w:color w:val="0A2A47" w:themeColor="accent1" w:themeShade="80"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CalloutText-DkGray">
+  <w:style w:type="paragraph" w:styleId="CalloutText-DkGray" w:customStyle="1">
     <w:name w:val="Call out Text - Dk Gray"/>
     <w:qFormat/>
     <w:rsid w:val="001B4969"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="24" w:space="10" w:color="14558F" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="24" w:space="10" w:color="14558F" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="24" w:space="10"/>
+        <w:left w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="24" w:space="10"/>
+        <w:bottom w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="24" w:space="10"/>
+        <w:right w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="24" w:space="10"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="14558F" w:themeFill="accent1"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="100" w:after="200"/>
       <w:ind w:left="216" w:right="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:b/>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MH-ChartContentText">
+  <w:style w:type="paragraph" w:styleId="MH-ChartContentText" w:customStyle="1">
     <w:name w:val="MH - Chart Content Text"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AE5A23"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorHAnsi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MH-Describeboxandtext">
+  <w:style w:type="paragraph" w:styleId="MH-Describeboxandtext" w:customStyle="1">
     <w:name w:val="MH - Describe box and text"/>
     <w:qFormat/>
     <w:rsid w:val="00946229"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="6" w:space="8" w:color="DCDCDC" w:themeColor="background2"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="6" w:space="8" w:color="DCDCDC" w:themeColor="background2"/>
+        <w:top w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="6" w:space="8"/>
+        <w:left w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="6" w:space="8"/>
+        <w:bottom w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="6" w:space="8"/>
+        <w:right w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="6" w:space="8"/>
       </w:pBdr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="547" w:right="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:color w:val="535353" w:themeColor="text2"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGridLight">
     <w:name w:val="Grid Table Light"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="40"/>
     <w:rsid w:val="009C5CFF"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="MHLeftHeaderTable">
+  <w:style w:type="table" w:styleId="MHLeftHeaderTable" w:customStyle="1">
     <w:name w:val="MH Left Header Table"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B554E5"/>
     <w:rPr>
       <w:sz w:val="22"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
+        <w:top w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:wordWrap/>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:b/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
+          <w:top w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0039409B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00234457"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00234457"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00234457"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00234457"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00234457"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007668E7"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
@@ -5271,86 +5502,86 @@
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D15729"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable4">
     <w:name w:val="Grid Table 4"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00D15729"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:top w:val="single" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="666666" w:themeColor="text1" w:themeTint="99" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:top w:val="double" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
@@ -5446,60 +5677,59 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2005811680">
           <w:marLeft w:val="274"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/masshealth-community-behavioral-health-center-cbhc-incentive-program" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/masshealth-community-behavioral-health-center-cbhc-incentive-program" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\EGuimaraes1\Downloads\ForHealthCtg_Document_OCA_MH%20WORD%20Template_2023%5b15%5d%20(2).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="MassHealth Theme 2024">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="535353"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="DCDCDC"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="14558F"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="388557"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="8AAAC7"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="F6C51B"/>
@@ -5744,77 +5974,79 @@
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ca181a51-b58f-4101-967e-bee951ab042e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <SharedWithUsers xmlns="a84c8341-80aa-4b48-9373-d3a3de2ad48e">
       <UserInfo>
         <DisplayName>Walia, Hadley (EHS)</DisplayName>
         <AccountId>456</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
+    <BriefDescription xmlns="ca181a51-b58f-4101-967e-bee951ab042e" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000E4AA08DB2E7574BB85FD0D75957E082" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2ed83f62f0d1681052340db29e193215">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b54f10f4e79eec172ed26ef1834b7607" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000E4AA08DB2E7574BB85FD0D75957E082" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f2df0f1ff799e2b1eec60a5ae7dbd158">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a2b684e3fc6b7474634bd10d69afc92c" ns2:_="" ns3:_="">
     <xsd:import namespace="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <xsd:import namespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:BriefDescription" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ca181a51-b58f-4101-967e-bee951ab042e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -5833,50 +6065,57 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="18" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="19" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BriefDescription" ma:index="21" nillable="true" ma:displayName="Brief Description" ma:format="Dropdown" ma:internalName="BriefDescription">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -5990,145 +6229,86 @@
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3339C6F9-D78B-45DB-A14A-700DF1434E48}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CE0E609-6101-4FEC-8604-8A0CEEC3DDB9}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3099FC5-0C45-459A-B499-6ABA5AFE5BF6}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1110AD98-1DEA-0647-A258-B6C0CEBF9F60}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE9268F1-2BC5-4F78-A2A9-E0CAD308BDAB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...53 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>ForHealthCtg_Document_OCA_MH WORD Template_2023[15] (2)</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>CBHC QEIP PY2 Deliverables Timeline</dc:title>
   <dc:subject/>
   <dc:creator>Guimaraes, Erica (EHS)</dc:creator>
-  <cp:keywords/>
+  <keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-[...1 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
+  <lastModifiedBy>Olugbenga, Ayobami (EHS)</lastModifiedBy>
+  <revision>4</revision>
+  <lastPrinted>2025-07-31T17:06:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000E4AA08DB2E7574BB85FD0D75957E082</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="GrammarlyDocumentId">
     <vt:lpwstr>fe587de36b85bd5b73470e98c7f0a677574420b574253292f3b39a319b39dc34</vt:lpwstr>
   </property>
 </Properties>
 </file>