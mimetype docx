--- v0 (2025-11-04)
+++ v1 (2026-02-05)
@@ -2670,158 +2670,89 @@
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Health Quality and Equity Strategic Plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2475" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16422C61" w14:textId="62A58315" w:rsidR="0062084C" w:rsidRPr="00836C7F" w:rsidRDefault="0062084C" w:rsidP="0062084C">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>December 31, 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004330B9" w:rsidRPr="00F00742" w14:paraId="740B1AFA" w14:textId="77777777" w:rsidTr="005A509D">
-[...67 lines deleted...]
-      </w:tr>
       <w:bookmarkEnd w:id="5"/>
     </w:tbl>
     <w:p w14:paraId="70658308" w14:textId="14615B4F" w:rsidR="00E6382E" w:rsidRDefault="00E6382E" w:rsidP="00990B96"/>
     <w:sectPr w:rsidR="00E6382E" w:rsidSect="00767E0C">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="351" w:footer="547" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F917573" w14:textId="77777777" w:rsidR="008A01E1" w:rsidRDefault="008A01E1" w:rsidP="00240F61">
+    <w:p w14:paraId="7068EBCD" w14:textId="77777777" w:rsidR="00A77D27" w:rsidRDefault="00A77D27" w:rsidP="00240F61">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="729DEA63" w14:textId="77777777" w:rsidR="008A01E1" w:rsidRDefault="008A01E1" w:rsidP="00240F61">
+    <w:p w14:paraId="02EAA89A" w14:textId="77777777" w:rsidR="00A77D27" w:rsidRDefault="00A77D27" w:rsidP="00240F61">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="400337BF" w14:textId="77777777" w:rsidR="008A01E1" w:rsidRDefault="008A01E1">
+    <w:p w14:paraId="24CCEC5A" w14:textId="77777777" w:rsidR="00A77D27" w:rsidRDefault="00A77D27">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS PGothic">
@@ -2988,172 +2919,181 @@
                               <a:off x="6034674" y="0"/>
                               <a:ext cx="5365907" cy="436455"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:schemeClr val="accent2"/>
                             </a:solidFill>
                             <a:ln w="9525">
                               <a:noFill/>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:bodyPr wrap="none" lIns="93296" tIns="46648" rIns="93296" bIns="46648" anchor="ctr"/>
                         </wps:wsp>
                       </wpg:wgp>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </mc:Choice>
-            <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+            <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <w:pict>
                 <v:group id="Group 24" style="width:612pt;height:14.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" alt="&quot;&quot;" coordsize="114005,4364" coordorigin="" o:spid="_x0000_s1026" w14:anchorId="78B72405" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBFPv6ZBwMAAIQMAAAOAAAAZHJzL2Uyb0RvYy54bWzsV9tq3DAQfS/0H4TfE9+vxBtKLkshTQNJ&#10;P0AryxcqS0ZS1rt/35G8t1wKJSEhlOyDkTye0ejMOSPtyemqZ2hJpeoELx3/2HMQ5URUHW9K59fd&#10;5VHmIKUxrzATnJbOmirndPb1y8k4FDQQrWAVlQiCcFWMQ+m0Wg+F6yrS0h6rYzFQDsZayB5rmMrG&#10;rSQeIXrP3MDzEncUshqkIFQpeHs+GZ2ZjV/XlOifda2oRqx0IDdtn9I+F+bpzk5w0Ug8tB3ZpIFf&#10;kEWPOw6L7kKdY43RveyehOo7IoUStT4mondFXXeE2j3Abnzv0W7mUtwPdi9NMTbDDiaA9hFOLw5L&#10;rpdzOdwON3LKHoZXgvxWgIs7Dk1xaDfzZv/xqpa9cYJNoJVFdL1DlK40IvAyTdMg8gB4AjY/C7Js&#10;AzlpoS7G7ch30N6PtBcbT98HvzgLJtcoTKI4NtVycTEtbNPbpTMOwB+1h0i9DqLbFg/UIq8MBDcS&#10;dRVsIAiSJMjjFLLiuAc633Wa0Tsx3DBM6ERmk6TJBty2sKoJU8TFWYt5Q79JKcaW4gqy9O2mHjiY&#10;iYKKoMX4Q1SwCtNzideWX49Af4jeFnWgkh/78V+hw8UglZ5T0SMzKB0JOrHh8fJK6Qnl7SemxEqw&#10;rrrsGLMTo016xiRaYlAVJoRyHW1q8+BLxtFYOnkcxDY4FyYERMdF32mQPev60sk88zPuuDCYXPDK&#10;jjXu2DSGkjNuzNQKepPhFqUJ7YWo1oDYCEouHQ6txkHsOwd88zDIExC+nURJEkFDkoeWxaEFc9IK&#10;aA9Ey11dgFbTGm/OrzBMQg8oln8UehkiRTnId6/QLcfCEMoKhbXKfkaeb8Ax37KI3fegiol7yZ46&#10;8Np0FEtJ6BwTo4A59iQxbLWt45Oe/3TwPN/+wjRL0iBOw49Czxj0kocg6Kf0TFIvNRZz7rwXO6e+&#10;+UmxV1DMj9I0DLLUg1vBxzhhEy+MkjR6jmNAvzj30vckWfCfH7P2UgdXXdusN9dyc5c+nMP48M/D&#10;7A8AAAD//wMAUEsDBBQABgAIAAAAIQAnu0EE3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;S8NAEIXvBf/DMoK3dpNYJcRsSinaUxFsBfE2zU6T0OxsyG6T9N+79aKXB483vPdNvppMKwbqXWNZ&#10;QbyIQBCXVjdcKfg8vM1TEM4ja2wtk4IrOVgVd7McM21H/qBh7ysRSthlqKD2vsukdGVNBt3CdsQh&#10;O9neoA+2r6TucQzlppVJFD1Lgw2HhRo72tRUnvcXo2A74rh+jF+H3fm0uX4fnt6/djEp9XA/rV9A&#10;eJr83zHc8AM6FIHpaC+snWgVhEf8r96yJFkGf1SQpCnIIpf/6YsfAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAEU+/pkHAwAAhAwAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhACe7QQTcAAAABQEAAA8AAAAAAAAAAAAAAAAAYQUAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABqBgAAAAA=&#10;">
                   <v:rect id="TitleTopPlaceholder" style="position:absolute;width:20115;height:4364;visibility:visible;mso-wrap-style:none;v-text-anchor:middle" o:spid="_x0000_s1027" fillcolor="#f6c51b [3207]" stroked="f" o:bwmode="lightGrayScale" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBmrBIFyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9PT8Iw&#10;FL+b8B2aZ8JNOhucOimEEAh6U/SAt+f63BbW19EWNv301sTE4/v9f7PFYFtxJh8axxquJxkI4tKZ&#10;hisNb6+bqzsQISIbbB2Thi8KsJiPLmZYGNfzC513sRIphEOBGuoYu0LKUNZkMUxcR5y4T+ctxnT6&#10;ShqPfQq3rVRZlkuLDaeGGjta1VQedierYbl+8vuqld8f+21/fO5P7p23U63Hl8PyAUSkIf6L/9yP&#10;Js1XKs/V/c2tgt+fEgBy/gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBmrBIFyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
                     <v:textbox inset="2.59156mm,1.2958mm,2.59156mm,1.2958mm"/>
                   </v:rect>
                   <v:rect id="TitleTopPlaceholder" style="position:absolute;left:20114;width:33526;height:4364;visibility:visible;mso-wrap-style:none;v-text-anchor:middle" o:spid="_x0000_s1028" fillcolor="#489ae5 [1940]" stroked="f" o:bwmode="lightGrayScale" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB03LnkywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvgv9heUJvdteGBk27LWIRGqEHUw/t7ZF9TYLZt2F3bVN/vSsIHoeZ+YZZrkfbizP50DnW8DBV&#10;IIhrZzpuNHzsX+8fQYSIbLB3TBquFGC9ur1ZYmHchd/pXMVGJAiHAjW0MQ6FlKFuyWKYuoE4eSfn&#10;LcYkfSONx0uC217OlMqlxY7TQosDvbRUf1ZfVgP5yhzeNmW52x/tt9nNS7WJg9aTu/F5ASLSGP/D&#10;f+2t0ZBleaZmef4Ev5fSHZCrHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB03LnkywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
                     <v:textbox inset="2.59156mm,1.2958mm,2.59156mm,1.2958mm"/>
                   </v:rect>
                   <v:rect id="TitleTopPlaceholder" style="position:absolute;left:53639;width:6707;height:4364;visibility:visible;mso-wrap-style:none;v-text-anchor:middle" o:spid="_x0000_s1029" fillcolor="#14558f [3204]" stroked="f" o:bwmode="lightGrayScale" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHhvfVzAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9fS8NA&#10;EMTfBb/DsYJv9tKWJjH2WlSoKMWH/gF9XHLbJJjbC9mziX56TxB8HGbmN8xyPbpWnamXxrOB6SQB&#10;RVx623Bl4HjY3OSgJCBbbD2TgS8SWK8uL5ZYWD/wjs77UKkIYSnQQB1CV2gtZU0OZeI74uidfO8w&#10;RNlX2vY4RLhr9SxJUu2w4bhQY0ePNZUf+09n4LR92Mn70+t2urkdJJXvxduYvxhzfTXe34EKNIb/&#10;8F/72RqYZ3mazRbZHH4vxTugVz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAB4b31cwA&#10;AADiAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;">
                     <v:textbox inset="2.59156mm,1.2958mm,2.59156mm,1.2958mm"/>
                   </v:rect>
                   <v:rect id="TitleTopPlaceholder" style="position:absolute;left:60346;width:53659;height:4364;visibility:visible;mso-wrap-style:none;v-text-anchor:middle" o:spid="_x0000_s1030" fillcolor="#388557 [3205]" stroked="f" o:bwmode="lightGrayScale" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAjNEGByAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Pa8Iw&#10;FL8P9h3CE3abiToWqUbZxsaEXdTu4G6P5tkWm5fSZLZ+ezMYeHy//2+5HlwjztSF2rOByViBIC68&#10;rbk08J1/PM5BhIhssfFMBi4UYL26v1tiZn3POzrvYylSCIcMDVQxtpmUoajIYRj7ljhxR985jOns&#10;Smk77FO4a+RUqWfpsObUUGFLbxUVp/2vM3DKD9gfvy6Hn9e8oX47U/pTvxvzMBpeFiAiDfEm/ndv&#10;bJr/pPVsOtdqAn8/JQDk6goAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAjNEGByAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
                     <v:textbox inset="2.59156mm,1.2958mm,2.59156mm,1.2958mm"/>
                   </v:rect>
                   <w10:anchorlock/>
                 </v:group>
               </w:pict>
             </mc:Fallback>
           </mc:AlternateContent>
         </w:r>
       </w:p>
-      <w:p w14:paraId="30078F27" w14:textId="4ECA5AE3" w:rsidR="00240F61" w:rsidRDefault="00E23A27" w:rsidP="00005B75">
+      <w:p w14:paraId="30078F27" w14:textId="28331398" w:rsidR="00240F61" w:rsidRDefault="00E23A27" w:rsidP="00005B75">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:tabs>
             <w:tab w:val="clear" w:pos="4680"/>
             <w:tab w:val="right" w:pos="9630"/>
           </w:tabs>
           <w:spacing w:after="0"/>
           <w:jc w:val="left"/>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:t>AQEIP</w:t>
         </w:r>
         <w:r w:rsidR="00CD7F66">
           <w:t xml:space="preserve"> | MQEIP | HQEIP</w:t>
         </w:r>
         <w:r w:rsidR="006E1992">
           <w:t xml:space="preserve">: </w:t>
         </w:r>
         <w:r w:rsidR="00CD7F66">
           <w:t>PY2 Deliverables Due Dates</w:t>
         </w:r>
         <w:r w:rsidR="00240F61" w:rsidRPr="003F61F7">
           <w:t xml:space="preserve"> – </w:t>
         </w:r>
         <w:r w:rsidR="00CD7F66">
           <w:t xml:space="preserve">Version </w:t>
         </w:r>
+        <w:r w:rsidR="00F60004">
+          <w:t>8</w:t>
+        </w:r>
         <w:r w:rsidR="00756584">
-          <w:t>10/11</w:t>
+          <w:t>/1</w:t>
+        </w:r>
+        <w:r w:rsidR="00F60004">
+          <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00276951" w:rsidRPr="00276951">
-          <w:t>/2024</w:t>
+          <w:t>/202</w:t>
+        </w:r>
+        <w:r w:rsidR="00F60004">
+          <w:t>5</w:t>
         </w:r>
         <w:r w:rsidR="00005B75">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00240F61">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00240F61" w:rsidRPr="003F61F7">
           <w:rPr>
             <w:color w:val="2B579A"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00240F61" w:rsidRPr="003F61F7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00240F61" w:rsidRPr="003F61F7">
           <w:rPr>
             <w:color w:val="2B579A"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00240F61">
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00240F61" w:rsidRPr="003F61F7">
           <w:rPr>
             <w:color w:val="2B579A"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C697436" w14:textId="77777777" w:rsidR="008A01E1" w:rsidRDefault="008A01E1" w:rsidP="00240F61">
+    <w:p w14:paraId="17B372CF" w14:textId="77777777" w:rsidR="00A77D27" w:rsidRDefault="00A77D27" w:rsidP="00240F61">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="730CD0E2" w14:textId="77777777" w:rsidR="008A01E1" w:rsidRDefault="008A01E1" w:rsidP="00240F61">
+    <w:p w14:paraId="202CED11" w14:textId="77777777" w:rsidR="00A77D27" w:rsidRDefault="00A77D27" w:rsidP="00240F61">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="68D82D7F" w14:textId="77777777" w:rsidR="008A01E1" w:rsidRDefault="008A01E1">
+    <w:p w14:paraId="796D551B" w14:textId="77777777" w:rsidR="00A77D27" w:rsidRDefault="00A77D27">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1BBA13DE" w14:textId="6A1FF22C" w:rsidR="00240F61" w:rsidRDefault="00240F61" w:rsidP="00132EE9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="-450"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00240F61">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -3292,51 +3232,51 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="452985753">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="407307695">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1597253625">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1182932387">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -3405,50 +3345,51 @@
     <w:rsid w:val="0031136F"/>
     <w:rsid w:val="00315C9A"/>
     <w:rsid w:val="003167AA"/>
     <w:rsid w:val="00337BF9"/>
     <w:rsid w:val="0034318B"/>
     <w:rsid w:val="003529B4"/>
     <w:rsid w:val="00354AD1"/>
     <w:rsid w:val="00356223"/>
     <w:rsid w:val="00367FD9"/>
     <w:rsid w:val="003823AE"/>
     <w:rsid w:val="00391EE0"/>
     <w:rsid w:val="0039409B"/>
     <w:rsid w:val="003B5051"/>
     <w:rsid w:val="003B6510"/>
     <w:rsid w:val="003C5285"/>
     <w:rsid w:val="003E2151"/>
     <w:rsid w:val="003F1312"/>
     <w:rsid w:val="00400C6E"/>
     <w:rsid w:val="0040477D"/>
     <w:rsid w:val="004170D5"/>
     <w:rsid w:val="004330B9"/>
     <w:rsid w:val="00447F0C"/>
     <w:rsid w:val="00462B61"/>
     <w:rsid w:val="004710A3"/>
     <w:rsid w:val="00472E33"/>
+    <w:rsid w:val="0047569A"/>
     <w:rsid w:val="00476F94"/>
     <w:rsid w:val="004825B3"/>
     <w:rsid w:val="0049411F"/>
     <w:rsid w:val="004B023E"/>
     <w:rsid w:val="004B16DD"/>
     <w:rsid w:val="004F3A09"/>
     <w:rsid w:val="00503226"/>
     <w:rsid w:val="0051228D"/>
     <w:rsid w:val="005272CA"/>
     <w:rsid w:val="00534366"/>
     <w:rsid w:val="00543DB6"/>
     <w:rsid w:val="005462B7"/>
     <w:rsid w:val="00546BD2"/>
     <w:rsid w:val="0055010F"/>
     <w:rsid w:val="0055150F"/>
     <w:rsid w:val="0057472F"/>
     <w:rsid w:val="005833E7"/>
     <w:rsid w:val="005908E6"/>
     <w:rsid w:val="00593147"/>
     <w:rsid w:val="005A509D"/>
     <w:rsid w:val="005A6F76"/>
     <w:rsid w:val="005B2226"/>
     <w:rsid w:val="005B3C3A"/>
     <w:rsid w:val="005C0252"/>
     <w:rsid w:val="005C5309"/>
@@ -3521,50 +3462,51 @@
     <w:rsid w:val="00950DC0"/>
     <w:rsid w:val="00980067"/>
     <w:rsid w:val="00985A94"/>
     <w:rsid w:val="00990B96"/>
     <w:rsid w:val="009936E7"/>
     <w:rsid w:val="00995D9F"/>
     <w:rsid w:val="009A246F"/>
     <w:rsid w:val="009B4F17"/>
     <w:rsid w:val="009B7BF7"/>
     <w:rsid w:val="009C43F8"/>
     <w:rsid w:val="009C4591"/>
     <w:rsid w:val="009C4EBD"/>
     <w:rsid w:val="009C5CFF"/>
     <w:rsid w:val="009D3A5F"/>
     <w:rsid w:val="009E0327"/>
     <w:rsid w:val="009E3E82"/>
     <w:rsid w:val="009F468A"/>
     <w:rsid w:val="009F48B5"/>
     <w:rsid w:val="009F7D4D"/>
     <w:rsid w:val="00A02C79"/>
     <w:rsid w:val="00A10FDA"/>
     <w:rsid w:val="00A13608"/>
     <w:rsid w:val="00A34326"/>
     <w:rsid w:val="00A47E43"/>
     <w:rsid w:val="00A75182"/>
+    <w:rsid w:val="00A77D27"/>
     <w:rsid w:val="00A828E7"/>
     <w:rsid w:val="00AA1C6C"/>
     <w:rsid w:val="00AA71A5"/>
     <w:rsid w:val="00AB1D46"/>
     <w:rsid w:val="00AC5385"/>
     <w:rsid w:val="00AD1510"/>
     <w:rsid w:val="00AD297C"/>
     <w:rsid w:val="00AE064E"/>
     <w:rsid w:val="00AE21DF"/>
     <w:rsid w:val="00AE5A23"/>
     <w:rsid w:val="00AF21DD"/>
     <w:rsid w:val="00AF2F7D"/>
     <w:rsid w:val="00AF41BD"/>
     <w:rsid w:val="00AF62BA"/>
     <w:rsid w:val="00B02A6D"/>
     <w:rsid w:val="00B15B0F"/>
     <w:rsid w:val="00B305DC"/>
     <w:rsid w:val="00B35AFC"/>
     <w:rsid w:val="00B44386"/>
     <w:rsid w:val="00B554E5"/>
     <w:rsid w:val="00B608A3"/>
     <w:rsid w:val="00B6570C"/>
     <w:rsid w:val="00B67D57"/>
     <w:rsid w:val="00B704D6"/>
     <w:rsid w:val="00B82905"/>
@@ -3613,50 +3555,51 @@
     <w:rsid w:val="00E27C86"/>
     <w:rsid w:val="00E31EEF"/>
     <w:rsid w:val="00E461A7"/>
     <w:rsid w:val="00E47A73"/>
     <w:rsid w:val="00E53D73"/>
     <w:rsid w:val="00E61B3F"/>
     <w:rsid w:val="00E62ECD"/>
     <w:rsid w:val="00E6382E"/>
     <w:rsid w:val="00E73BE4"/>
     <w:rsid w:val="00E902A2"/>
     <w:rsid w:val="00E91DE8"/>
     <w:rsid w:val="00E935AB"/>
     <w:rsid w:val="00E93DF7"/>
     <w:rsid w:val="00EA0BEE"/>
     <w:rsid w:val="00EA45D7"/>
     <w:rsid w:val="00EB5830"/>
     <w:rsid w:val="00EB6F51"/>
     <w:rsid w:val="00ED2DEE"/>
     <w:rsid w:val="00EE6F05"/>
     <w:rsid w:val="00EF085B"/>
     <w:rsid w:val="00F00742"/>
     <w:rsid w:val="00F0312C"/>
     <w:rsid w:val="00F12E74"/>
     <w:rsid w:val="00F15093"/>
     <w:rsid w:val="00F537F0"/>
+    <w:rsid w:val="00F60004"/>
     <w:rsid w:val="00F65E7C"/>
     <w:rsid w:val="00F667AC"/>
     <w:rsid w:val="00F75B57"/>
     <w:rsid w:val="00F7651E"/>
     <w:rsid w:val="00F80DFC"/>
     <w:rsid w:val="00F9629B"/>
     <w:rsid w:val="00F97C11"/>
     <w:rsid w:val="00FA017A"/>
     <w:rsid w:val="00FA354F"/>
     <w:rsid w:val="00FB1C4F"/>
     <w:rsid w:val="00FB380C"/>
     <w:rsid w:val="021717D8"/>
     <w:rsid w:val="03979EAF"/>
     <w:rsid w:val="047B5A9E"/>
     <w:rsid w:val="06234625"/>
     <w:rsid w:val="09F6B1AC"/>
     <w:rsid w:val="0AF81A46"/>
     <w:rsid w:val="0B70E3CD"/>
     <w:rsid w:val="0BF79523"/>
     <w:rsid w:val="0C79A59E"/>
     <w:rsid w:val="0D79C95D"/>
     <w:rsid w:val="0DC934FA"/>
     <w:rsid w:val="12028EAF"/>
     <w:rsid w:val="1474654A"/>
     <w:rsid w:val="192DF2E3"/>
@@ -5575,77 +5518,77 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...11 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ca181a51-b58f-4101-967e-bee951ab042e">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <SharedWithUsers xmlns="a84c8341-80aa-4b48-9373-d3a3de2ad48e">
       <UserInfo>
         <DisplayName>Walia, Hadley (EHS)</DisplayName>
         <AccountId>456</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000E4AA08DB2E7574BB85FD0D75957E082" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e327da156d3d64c2d9e78a1d666b5770">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6cd55bd25a799847e008787c4504db3b" ns2:_="" ns3:_="">
     <xsd:import namespace="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <xsd:import namespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -5810,125 +5753,125 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1110AD98-1DEA-0647-A258-B6C0CEBF9F60}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3339C6F9-D78B-45DB-A14A-700DF1434E48}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
+    <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE9268F1-2BC5-4F78-A2A9-E0CAD308BDAB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3339C6F9-D78B-45DB-A14A-700DF1434E48}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1110AD98-1DEA-0647-A258-B6C0CEBF9F60}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14C86659-D339-44B8-BA96-DFEDE9796657}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ForHealthCtg_Document_OCA_MH WORD Template_2023[15] (2)</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2594</Characters>
+  <Pages>1</Pages>
+  <Words>401</Words>
+  <Characters>2578</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>257</Lines>
+  <Paragraphs>135</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3043</CharactersWithSpaces>
+  <CharactersWithSpaces>2844</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="54" baseType="variant">
       <vt:variant>
         <vt:i4>1179688</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>24</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:Nazmim.Bhuiya2@mass.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1179688</vt:i4>
       </vt:variant>
       <vt:variant>