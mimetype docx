--- v0 (2025-12-21)
+++ v1 (2026-02-05)
@@ -10,316 +10,316 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4-Accent1"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="5065"/>
         <w:tblW w:w="9145" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="144" w:type="dxa"/>
           <w:right w:w="144" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3142"/>
         <w:gridCol w:w="6003"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00C54786" w:rsidR="002E65E7" w:rsidTr="002F3029" w14:paraId="1088B2DD" w14:textId="77777777">
+      <w:tr w:rsidR="002E65E7" w:rsidRPr="00C54786" w14:paraId="1088B2DD" w14:textId="77777777" w:rsidTr="002F3029">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="649"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3142" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0A2A47" w:themeFill="accent1" w:themeFillShade="80"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="002E65E7" w:rsidR="002E65E7" w:rsidP="002E65E7" w:rsidRDefault="002E65E7" w14:paraId="67340093" w14:textId="34836CA0">
+          <w:p w14:paraId="67340093" w14:textId="34836CA0" w:rsidR="002E65E7" w:rsidRPr="002E65E7" w:rsidRDefault="002E65E7" w:rsidP="002E65E7">
             <w:pPr>
               <w:pStyle w:val="MH-CoverChart-Itemheadline"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E65E7">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Document Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6003" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0F3F6B" w:themeFill="accent1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002E65E7" w:rsidP="002E65E7" w:rsidRDefault="002E65E7" w14:paraId="5106E4EA" w14:textId="144E46CF">
+          <w:p w14:paraId="5106E4EA" w14:textId="144E46CF" w:rsidR="002E65E7" w:rsidRDefault="002E65E7" w:rsidP="002E65E7">
             <w:pPr>
               <w:pStyle w:val="MHCoverChart-Description"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PY</w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> QEIP Deliverables Due Dates</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00C54786" w:rsidR="002E65E7" w:rsidTr="002F3029" w14:paraId="730F2855" w14:textId="77777777">
+      <w:tr w:rsidR="002E65E7" w:rsidRPr="00C54786" w14:paraId="730F2855" w14:textId="77777777" w:rsidTr="002F3029">
         <w:trPr>
           <w:trHeight w:val="649"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3142" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0A2A47" w:themeFill="accent1" w:themeFillShade="80"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00192ED8" w:rsidR="002E65E7" w:rsidP="002E65E7" w:rsidRDefault="002E65E7" w14:paraId="5FD2BB8B" w14:textId="4E914F5B">
+          <w:p w14:paraId="5FD2BB8B" w14:textId="4E914F5B" w:rsidR="002E65E7" w:rsidRPr="00192ED8" w:rsidRDefault="002E65E7" w:rsidP="002E65E7">
             <w:pPr>
               <w:pStyle w:val="MH-CoverChart-Itemheadline"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E65E7">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Program</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6003" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0F3F6B" w:themeFill="accent1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00132EE9" w:rsidR="002E65E7" w:rsidP="002E65E7" w:rsidRDefault="002E65E7" w14:paraId="32719F6F" w14:textId="379E27BB">
+          <w:p w14:paraId="32719F6F" w14:textId="379E27BB" w:rsidR="002E65E7" w:rsidRPr="00132EE9" w:rsidRDefault="002E65E7" w:rsidP="002E65E7">
             <w:pPr>
               <w:pStyle w:val="MHCoverChart-Description"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>ACO QEIP, MCO QEIP, Hospital QEIP</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00C54786" w:rsidR="002E65E7" w:rsidTr="002F3029" w14:paraId="3386894F" w14:textId="77777777">
+      <w:tr w:rsidR="002E65E7" w:rsidRPr="00C54786" w14:paraId="3386894F" w14:textId="77777777" w:rsidTr="002F3029">
         <w:trPr>
           <w:trHeight w:val="649"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3142" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0A2A47" w:themeFill="accent1" w:themeFillShade="80"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00192ED8" w:rsidR="002E65E7" w:rsidP="002E65E7" w:rsidRDefault="002E65E7" w14:paraId="24BAEA3E" w14:textId="68CC4D87">
+          <w:p w14:paraId="24BAEA3E" w14:textId="68CC4D87" w:rsidR="002E65E7" w:rsidRPr="00192ED8" w:rsidRDefault="002E65E7" w:rsidP="002E65E7">
             <w:pPr>
               <w:pStyle w:val="MH-CoverChart-Itemheadline"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0055010F">
               <w:rPr>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Performance Year</w:t>
             </w:r>
             <w:r w:rsidRPr="00192ED8">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6003" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="6" w:space="0"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="14558F" w:themeColor="accent1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="0F3F6B" w:themeFill="accent1" w:themeFillShade="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00132EE9" w:rsidR="002E65E7" w:rsidP="002E65E7" w:rsidRDefault="002E65E7" w14:paraId="31B91701" w14:textId="35F16A5C">
+          <w:p w14:paraId="31B91701" w14:textId="35F16A5C" w:rsidR="002E65E7" w:rsidRPr="00132EE9" w:rsidRDefault="002E65E7" w:rsidP="002E65E7">
             <w:pPr>
               <w:pStyle w:val="MHCoverChart-Description"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PY</w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:rPr>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00077A0B" w:rsidP="009B4F17" w:rsidRDefault="00765C34" w14:paraId="42783BAE" w14:textId="281F4EDD">
+    <w:p w14:paraId="42783BAE" w14:textId="281F4EDD" w:rsidR="00077A0B" w:rsidRDefault="00765C34" w:rsidP="009B4F17">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F61F7">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="535353" w:themeColor="text2"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0219AC34" wp14:editId="2DEFFB31">
             <wp:extent cx="1209675" cy="600075"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="1645913029" name="Graphic 1645913029" descr="MassHealth logo">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B90408E-33AD-DEBE-20D0-13E3C8981F00}"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -344,77 +344,77 @@
                         <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                           <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1209675" cy="600075"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00AF2F7D" w:rsidR="009B4F17" w:rsidP="00AF2F7D" w:rsidRDefault="0039409B" w14:paraId="7F363BF6" w14:textId="22E92A2C">
+    <w:p w14:paraId="7F363BF6" w14:textId="22E92A2C" w:rsidR="009B4F17" w:rsidRPr="00AF2F7D" w:rsidRDefault="0039409B" w:rsidP="00AF2F7D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="002060"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF2F7D">
         <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t>MassHealth</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF2F7D" w:rsidR="009B4F17">
+      <w:r w:rsidR="009B4F17" w:rsidRPr="00AF2F7D">
         <w:rPr>
           <w:color w:val="002060"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t xml:space="preserve"> Quality and Equity Incentives Program</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C41257" w:rsidP="002E65E7" w:rsidRDefault="009B4F17" w14:paraId="202B5699" w14:textId="1531115F">
+    <w:p w14:paraId="202B5699" w14:textId="1531115F" w:rsidR="00C41257" w:rsidRDefault="009B4F17" w:rsidP="002E65E7">
       <w:pPr>
         <w:pStyle w:val="MHSummaryHeadline"/>
         <w:spacing w:before="500"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2B579A"/>
           <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67C9603F" wp14:editId="5E7F3907">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>713300</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>116547</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5003800" cy="6350"/>
                 <wp:effectExtent l="19050" t="19050" r="25400" b="31750"/>
@@ -452,1604 +452,1513 @@
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line id="Straight Connector 1293506436" style="position:absolute;flip:y;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" alt="&quot;&quot;" o:spid="_x0000_s1026" strokecolor="#f6c51b [3207]" strokeweight="2.25pt" from="56.15pt,9.2pt" to="450.15pt,9.7pt" w14:anchorId="6F6EB7BD" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBJnPdyQEAAO8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc6107dWqtvM4hUXqJ&#10;0qhfd8IOXiRgEBDv+t93YO1NlOTSqhcE8/Fm3pthezVaww4QokbX8uWi5gycxE67fct//bz9tOEs&#10;JuE6YdBBy48Q+dXu44ft4BtYYY+mg8AIxMVm8C3vU/JNVUXZgxVxgR4cORUGKxI9w77qghgI3Zpq&#10;VdeX1YCh8wElxEjWm8nJdwVfKZDpm1IREjMtp95SOUM5H/NZ7bai2Qfhey1PbYh/6MIK7ajoDHUj&#10;kmBPQb+BsloGjKjSQqKtUCktoXAgNsv6FZsfvfBQuJA40c8yxf8HK+8P1+4hkAyDj030DyGzGFWw&#10;TBntf9NMCy/qlI1FtuMsG4yJSTKu6/piU5O6knyXF+uiajWhZDQfYvoKaFm+tNxol0mJRhzuYqLK&#10;FHoOyWbj2NDy1Wb9ZV3CIhrd3WpjsrMsBlybwA6CRiqkBJc+5zESyotIehlHxmdW5ZaOBqYa30Ex&#10;3VH3E793cZcnXOMoOqcp6mJOrKfu8qa+buiceIrPqVCW8W+S54xSGV2ak612GN6rnsa58hR/VmDi&#10;nSV4xO5Y5l2koa0qyp1+QF7bl++S/vxPd38AAAD//wMAUEsDBBQABgAIAAAAIQBG8cyx3gAAAAkB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWLJRjbVrOqEJJMZODKRd09ZrC4lT&#10;NVlX/j3mBDe/56fnz/lmclaMOITOk4b5TIFAqnzdUaPh4/35bgUiREO1sZ5QwzcG2BTXV7nJan+h&#10;NxwPsRFcQiEzGtoY+0zKULXoTJj5Hol3Jz84E1kOjawHc+FyZ+VCqaV0piO+0Joety1WX4ez04DH&#10;l7isPvfb0T6Y3VOyK1+Paan17c30uAYRcYp/YfjFZ3QomKn0Z6qDsKzni3uO8rBKQHAgVYqNko00&#10;AVnk8v8HxQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwSZz3ckBAADvAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEARvHMsd4AAAAJAQAADwAA&#10;AAAAAAAAAAAAAAAjBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;">
+              <v:line w14:anchorId="6EC0CD34" id="Straight Connector 1293506436" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;flip:y;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="56.15pt,9.2pt" to="450.15pt,9.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBJnPdyQEAAO8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc6107dWqtvM4hUXqJ&#10;0qhfd8IOXiRgEBDv+t93YO1NlOTSqhcE8/Fm3pthezVaww4QokbX8uWi5gycxE67fct//bz9tOEs&#10;JuE6YdBBy48Q+dXu44ft4BtYYY+mg8AIxMVm8C3vU/JNVUXZgxVxgR4cORUGKxI9w77qghgI3Zpq&#10;VdeX1YCh8wElxEjWm8nJdwVfKZDpm1IREjMtp95SOUM5H/NZ7bai2Qfhey1PbYh/6MIK7ajoDHUj&#10;kmBPQb+BsloGjKjSQqKtUCktoXAgNsv6FZsfvfBQuJA40c8yxf8HK+8P1+4hkAyDj030DyGzGFWw&#10;TBntf9NMCy/qlI1FtuMsG4yJSTKu6/piU5O6knyXF+uiajWhZDQfYvoKaFm+tNxol0mJRhzuYqLK&#10;FHoOyWbj2NDy1Wb9ZV3CIhrd3WpjsrMsBlybwA6CRiqkBJc+5zESyotIehlHxmdW5ZaOBqYa30Ex&#10;3VH3E793cZcnXOMoOqcp6mJOrKfu8qa+buiceIrPqVCW8W+S54xSGV2ak612GN6rnsa58hR/VmDi&#10;nSV4xO5Y5l2koa0qyp1+QF7bl++S/vxPd38AAAD//wMAUEsDBBQABgAIAAAAIQBG8cyx3gAAAAkB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWLJRjbVrOqEJJMZODKRd09ZrC4lT&#10;NVlX/j3mBDe/56fnz/lmclaMOITOk4b5TIFAqnzdUaPh4/35bgUiREO1sZ5QwzcG2BTXV7nJan+h&#10;NxwPsRFcQiEzGtoY+0zKULXoTJj5Hol3Jz84E1kOjawHc+FyZ+VCqaV0piO+0Joety1WX4ez04DH&#10;l7isPvfb0T6Y3VOyK1+Paan17c30uAYRcYp/YfjFZ3QomKn0Z6qDsKzni3uO8rBKQHAgVYqNko00&#10;AVnk8v8HxQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwSZz3ckBAADvAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEARvHMsd4AAAAJAQAADwAA&#10;AAAAAAAAAAAAAAAjBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC4FAAAAAA==&#10;" strokecolor="#f6c51b [3207]" strokeweight="2.25pt">
                 <v:stroke joinstyle="miter"/>
                 <w10:wrap anchorx="margin"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008459EE" w:rsidP="002E65E7" w:rsidRDefault="008459EE" w14:paraId="6E490E45" w14:textId="77777777">
+    <w:p w14:paraId="6E490E45" w14:textId="77777777" w:rsidR="008459EE" w:rsidRDefault="008459EE" w:rsidP="002E65E7">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00447F0C" w:rsidP="00447F0C" w:rsidRDefault="00447F0C" w14:paraId="13179A72" w14:textId="77777777">
+    <w:p w14:paraId="13179A72" w14:textId="77777777" w:rsidR="00447F0C" w:rsidRDefault="00447F0C" w:rsidP="00447F0C">
       <w:pPr>
         <w:pStyle w:val="MH-ChartContentText"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00447F0C" w:rsidR="002238A4" w:rsidP="4D9C6AE7" w:rsidRDefault="00447F0C" w14:paraId="02B0A33F" w14:textId="3B9241A1">
+    <w:p w14:paraId="02B0A33F" w14:textId="3B9241A1" w:rsidR="002238A4" w:rsidRPr="00447F0C" w:rsidRDefault="00447F0C" w:rsidP="4D9C6AE7">
       <w:pPr>
         <w:pStyle w:val="MH-ChartContentText"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="ＭＳ Ｐゴシック" w:cs="Arial" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-          <w:iCs w:val="1"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="14558F" w:themeColor="accent1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4D9C6AE7" w:rsidR="00447F0C">
+      <w:r w:rsidRPr="4D9C6AE7">
         <w:rPr>
-          <w:i w:val="1"/>
-          <w:iCs w:val="1"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Version – </w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk162435773" w:id="0"/>
-      <w:r w:rsidRPr="4D9C6AE7" w:rsidR="004921D6">
+      <w:bookmarkStart w:id="0" w:name="_Hlk162435773"/>
+      <w:r w:rsidR="004921D6" w:rsidRPr="4D9C6AE7">
         <w:rPr>
-          <w:i w:val="1"/>
-          <w:iCs w:val="1"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="4D9C6AE7" w:rsidR="521191C1">
+      <w:r w:rsidR="521191C1" w:rsidRPr="4D9C6AE7">
         <w:rPr>
-          <w:i w:val="1"/>
-          <w:iCs w:val="1"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="4D9C6AE7" w:rsidR="00276951">
+      <w:r w:rsidR="00276951" w:rsidRPr="4D9C6AE7">
         <w:rPr>
-          <w:i w:val="1"/>
-          <w:iCs w:val="1"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="4D9C6AE7" w:rsidR="4984E599">
+      <w:r w:rsidR="4984E599" w:rsidRPr="4D9C6AE7">
         <w:rPr>
-          <w:i w:val="1"/>
-          <w:iCs w:val="1"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>04</w:t>
       </w:r>
-      <w:r w:rsidRPr="4D9C6AE7" w:rsidR="00276951">
+      <w:r w:rsidR="00276951" w:rsidRPr="4D9C6AE7">
         <w:rPr>
-          <w:i w:val="1"/>
-          <w:iCs w:val="1"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="4D9C6AE7" w:rsidR="00E53912">
+      <w:r w:rsidR="00E53912" w:rsidRPr="4D9C6AE7">
         <w:rPr>
-          <w:i w:val="1"/>
-          <w:iCs w:val="1"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="4D9C6AE7">
         <w:rPr>
-          <w:i w:val="1"/>
-          <w:iCs w:val="1"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00990B96" w:rsidR="0005626E" w:rsidP="00E73BE4" w:rsidRDefault="0051228D" w14:paraId="710A38FC" w14:textId="65AC1B3C">
+    <w:p w14:paraId="710A38FC" w14:textId="65AC1B3C" w:rsidR="0005626E" w:rsidRPr="00990B96" w:rsidRDefault="0051228D" w:rsidP="00E73BE4">
       <w:pPr>
         <w:pStyle w:val="CalloutText-LtBlue"/>
       </w:pPr>
       <w:r w:rsidRPr="0051228D">
         <w:lastRenderedPageBreak/>
         <w:t>For informational purposes, subject to change.</w:t>
       </w:r>
-      <w:bookmarkStart w:name="CCOs_must_answer_all_questions_and_meet_" w:id="1"/>
-      <w:bookmarkStart w:name="Answers_should_be_based_on_language_serv" w:id="2"/>
+      <w:bookmarkStart w:id="1" w:name="CCOs_must_answer_all_questions_and_meet_"/>
+      <w:bookmarkStart w:id="2" w:name="Answers_should_be_based_on_language_serv"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="00E6382E" w:rsidP="00985A94" w:rsidRDefault="00985A94" w14:paraId="1536B36B" w14:textId="48B713BD">
+    <w:p w14:paraId="1536B36B" w14:textId="48B713BD" w:rsidR="00E6382E" w:rsidRDefault="00985A94" w:rsidP="00985A94">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Ref153365899" w:id="3"/>
+      <w:bookmarkStart w:id="3" w:name="_Ref153365899"/>
       <w:r>
         <w:t>Domain 1</w:t>
       </w:r>
       <w:r w:rsidR="002354FC">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00990B96">
         <w:t>Demographic and Health-Related Social Needs (HRSN) Data</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="MHtableHeader"/>
         <w:tblW w:w="9895" w:type="dxa"/>
         <w:tblInd w:w="175" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1965"/>
         <w:gridCol w:w="2190"/>
         <w:gridCol w:w="1845"/>
         <w:gridCol w:w="2190"/>
         <w:gridCol w:w="1705"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidTr="00E53912" w14:paraId="26D79264" w14:textId="77777777">
+      <w:tr w:rsidR="00990B96" w:rsidRPr="00836C7F" w14:paraId="26D79264" w14:textId="77777777" w:rsidTr="00E53912">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="593"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000100" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="1" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="006B6BF7" w:rsidRDefault="00990B96" w14:paraId="447CF713" w14:textId="77777777">
+          <w:p w14:paraId="447CF713" w14:textId="77777777" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="00990B96" w:rsidP="006B6BF7">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Measure</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="006B6BF7" w:rsidRDefault="00990B96" w14:paraId="091F7ADC" w14:textId="77777777">
+          <w:p w14:paraId="091F7ADC" w14:textId="77777777" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="00990B96" w:rsidP="006B6BF7">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Hospital Deliverable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="006B6BF7" w:rsidRDefault="00990B96" w14:paraId="17B8ED11" w14:textId="77777777">
+          <w:p w14:paraId="17B8ED11" w14:textId="77777777" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="00990B96" w:rsidP="006B6BF7">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Anticipated Due Date Hospital</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="006B6BF7" w:rsidRDefault="00990B96" w14:paraId="2C6B5FEC" w14:textId="77777777">
+          <w:p w14:paraId="2C6B5FEC" w14:textId="77777777" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="00990B96" w:rsidP="006B6BF7">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>ACO/MCO Deliverable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="006B6BF7" w:rsidRDefault="00990B96" w14:paraId="2E4BA3CC" w14:textId="77777777">
+          <w:p w14:paraId="2E4BA3CC" w14:textId="77777777" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="00990B96" w:rsidP="006B6BF7">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Anticipated Due Date ACO/MCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidTr="00E53912" w14:paraId="369C7FEB" w14:textId="77777777">
+      <w:tr w:rsidR="00990B96" w:rsidRPr="00836C7F" w14:paraId="369C7FEB" w14:textId="77777777" w:rsidTr="00E53912">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="791"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="007E4A9E" w:rsidRDefault="00BD03B8" w14:paraId="3717D288" w14:textId="50A72845">
+          <w:p w14:paraId="3717D288" w14:textId="50A72845" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="00BD03B8" w:rsidP="007E4A9E">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>RELDSOGI Data Completeness</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="007E4A9E" w:rsidRDefault="004170D5" w14:paraId="27F47AD5" w14:textId="086ACD08">
+          <w:p w14:paraId="27F47AD5" w14:textId="086ACD08" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="004170D5" w:rsidP="007E4A9E">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Enhanced Demographics Data File</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="007E4A9E" w:rsidRDefault="002316C7" w14:paraId="69190588" w14:textId="0A1791DF">
+          <w:p w14:paraId="69190588" w14:textId="0A1791DF" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="002316C7" w:rsidP="007E4A9E">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Quarterly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="007E4A9E" w:rsidRDefault="00B608A3" w14:paraId="7FF62F88" w14:textId="45D4EBA8">
+          <w:p w14:paraId="7FF62F88" w14:textId="45D4EBA8" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="00B608A3" w:rsidP="007E4A9E">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>RELDSOGI Member Data Set</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="007E4A9E" w:rsidRDefault="007E4A9E" w14:paraId="228A81A6" w14:textId="344EA9CB">
+          <w:p w14:paraId="228A81A6" w14:textId="344EA9CB" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="007E4A9E" w:rsidP="007E4A9E">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Monthly</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidTr="00E53912" w14:paraId="33042AFA" w14:textId="77777777">
+      <w:tr w:rsidR="00990B96" w:rsidRPr="00836C7F" w14:paraId="33042AFA" w14:textId="77777777" w:rsidTr="00E53912">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1250"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="007E4A9E" w:rsidRDefault="007E4A9E" w14:paraId="2CE42035" w14:textId="78C63E5A">
+          <w:p w14:paraId="2CE42035" w14:textId="78C63E5A" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="007E4A9E" w:rsidP="007E4A9E">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>RELDSOGI Data Completeness</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00276951" w:rsidR="00990B96" w:rsidP="574177BD" w:rsidRDefault="007E4A9E" w14:paraId="46B44FD2" w14:textId="192824DB">
+          <w:p w14:paraId="46B44FD2" w14:textId="192824DB" w:rsidR="00990B96" w:rsidRPr="00276951" w:rsidRDefault="007E4A9E" w:rsidP="574177BD">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">RELDSOGI Mapping &amp; Verification </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="007E4A9E" w:rsidRDefault="006973DE" w14:paraId="0E66F878" w14:textId="183E5F23">
+          <w:p w14:paraId="0E66F878" w14:textId="183E5F23" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="006973DE" w:rsidP="007E4A9E">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>September</w:t>
             </w:r>
             <w:r w:rsidR="00B919AA">
               <w:t xml:space="preserve"> 1, 202</w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="007E4A9E" w:rsidRDefault="28EE790F" w14:paraId="1F56CA85" w14:textId="08835DD8">
+          <w:p w14:paraId="1F56CA85" w14:textId="08835DD8" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="28EE790F" w:rsidP="007E4A9E">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">RELDSOGI Mapping &amp; Verification </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="007E4A9E" w:rsidRDefault="006973DE" w14:paraId="5FA40943" w14:textId="33F066DA">
+          <w:p w14:paraId="5FA40943" w14:textId="33F066DA" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="006973DE" w:rsidP="007E4A9E">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>September</w:t>
             </w:r>
             <w:r w:rsidR="00B919AA">
               <w:t xml:space="preserve"> 1, 202</w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidTr="00E53912" w14:paraId="1F8B5151" w14:textId="77777777">
+      <w:tr w:rsidR="00990B96" w:rsidRPr="00836C7F" w14:paraId="1F8B5151" w14:textId="77777777" w:rsidTr="00E53912">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1965" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="007E4A9E" w:rsidRDefault="007E4A9E" w14:paraId="41F19847" w14:textId="6AA209D0">
+          <w:p w14:paraId="41F19847" w14:textId="6AA209D0" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="007E4A9E" w:rsidP="007E4A9E">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>HRSN Screening</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="007E4A9E" w:rsidRDefault="00AD1510" w14:paraId="6C6BC55D" w14:textId="3753EDEF">
+          <w:p w14:paraId="6C6BC55D" w14:textId="3753EDEF" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="00AD1510" w:rsidP="007E4A9E">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">HRSN Screening </w:t>
             </w:r>
             <w:r w:rsidR="00D77CD6">
               <w:t xml:space="preserve">Data: </w:t>
             </w:r>
             <w:r>
               <w:t>Supplemental File</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="007E4A9E" w:rsidRDefault="00794346" w14:paraId="7D7F7E5D" w14:textId="10502E19">
+          <w:p w14:paraId="7D7F7E5D" w14:textId="10502E19" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="00794346" w:rsidP="007E4A9E">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>June 30</w:t>
             </w:r>
             <w:r w:rsidR="758C89D0">
               <w:t>, 202</w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="007E4A9E" w:rsidRDefault="00AD1510" w14:paraId="1F1FA01C" w14:textId="7DC2A143">
+          <w:p w14:paraId="1F1FA01C" w14:textId="7DC2A143" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="00AD1510" w:rsidP="007E4A9E">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">HRSN Screening </w:t>
             </w:r>
             <w:r w:rsidR="00D77CD6">
               <w:t xml:space="preserve">Data: </w:t>
             </w:r>
             <w:r>
               <w:t>Supplemental File</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1705" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="007E4A9E" w:rsidRDefault="00794346" w14:paraId="1B4E226C" w14:textId="33EC07E1">
+          <w:p w14:paraId="1B4E226C" w14:textId="33EC07E1" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="00794346" w:rsidP="007E4A9E">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>June 30</w:t>
             </w:r>
             <w:r w:rsidR="53194BB2">
               <w:t>, 202</w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008C334C" w:rsidP="003823AE" w:rsidRDefault="008C334C" w14:paraId="69FF7FEE" w14:textId="77777777">
+    <w:p w14:paraId="69FF7FEE" w14:textId="77777777" w:rsidR="008C334C" w:rsidRDefault="008C334C" w:rsidP="003823AE">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="14558F" w:themeColor="accent1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Ref153365940" w:id="4"/>
+      <w:bookmarkStart w:id="4" w:name="_Ref153365940"/>
     </w:p>
-    <w:p w:rsidR="00F00742" w:rsidP="00985A94" w:rsidRDefault="00985A94" w14:paraId="5092E7CC" w14:textId="5B9C9090">
+    <w:p w14:paraId="5092E7CC" w14:textId="5B9C9090" w:rsidR="00F00742" w:rsidRDefault="00985A94" w:rsidP="00985A94">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="14558F" w:themeColor="accent1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="14558F" w:themeColor="accent1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>Domain</w:t>
       </w:r>
-      <w:r w:rsidRPr="008C334C" w:rsidR="002354FC">
+      <w:r w:rsidR="002354FC" w:rsidRPr="008C334C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="14558F" w:themeColor="accent1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2: </w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="00990B96">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="14558F" w:themeColor="accent1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>Equitable Quality and Access</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00985A94" w:rsidR="00E01D1A" w:rsidP="00985A94" w:rsidRDefault="00E01D1A" w14:paraId="58FE3960" w14:textId="77777777">
+    <w:p w14:paraId="58FE3960" w14:textId="77777777" w:rsidR="00E01D1A" w:rsidRPr="00985A94" w:rsidRDefault="00E01D1A" w:rsidP="00985A94">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="14558F" w:themeColor="accent1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="MHtableHeader"/>
         <w:tblW w:w="9895" w:type="dxa"/>
         <w:tblInd w:w="175" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1794"/>
         <w:gridCol w:w="2346"/>
         <w:gridCol w:w="1881"/>
         <w:gridCol w:w="2169"/>
         <w:gridCol w:w="1705"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00F00742" w:rsidR="006C0EC7" w:rsidTr="604697FA" w14:paraId="0053ABA5" w14:textId="77777777">
+      <w:tr w:rsidR="006C0EC7" w:rsidRPr="00F00742" w14:paraId="0053ABA5" w14:textId="77777777" w:rsidTr="4D9C6AE7">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000100" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="1" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1794" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="006C0EC7" w:rsidP="000E0638" w:rsidRDefault="006C0EC7" w14:paraId="3775322A" w14:textId="6C22C6C1">
+          </w:tcPr>
+          <w:p w14:paraId="3775322A" w14:textId="6C22C6C1" w:rsidR="006C0EC7" w:rsidRPr="00836C7F" w:rsidRDefault="006C0EC7" w:rsidP="000E0638">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Measure</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2346" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="006C0EC7" w:rsidP="000E0638" w:rsidRDefault="006C0EC7" w14:paraId="26124B94" w14:textId="601E2B6F">
+          </w:tcPr>
+          <w:p w14:paraId="26124B94" w14:textId="601E2B6F" w:rsidR="006C0EC7" w:rsidRPr="00836C7F" w:rsidRDefault="006C0EC7" w:rsidP="000E0638">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Hospital Deliverable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1881" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="006C0EC7" w:rsidP="000E0638" w:rsidRDefault="006C0EC7" w14:paraId="4032B309" w14:textId="1FFFB4C0">
+          </w:tcPr>
+          <w:p w14:paraId="4032B309" w14:textId="1FFFB4C0" w:rsidR="006C0EC7" w:rsidRPr="00836C7F" w:rsidRDefault="006C0EC7" w:rsidP="000E0638">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Anticipated Due Date</w:t>
             </w:r>
             <w:r w:rsidR="002A63F8">
               <w:t xml:space="preserve"> Hospital</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2169" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="006C0EC7" w:rsidP="000E0638" w:rsidRDefault="002A63F8" w14:paraId="090C23F8" w14:textId="716502FC">
+          </w:tcPr>
+          <w:p w14:paraId="090C23F8" w14:textId="716502FC" w:rsidR="006C0EC7" w:rsidRPr="00836C7F" w:rsidRDefault="002A63F8" w:rsidP="000E0638">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>ACO/MCO Deliverable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1705" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="006C0EC7" w:rsidP="000E0638" w:rsidRDefault="002A63F8" w14:paraId="26EA29D6" w14:textId="2E4E4365">
+          </w:tcPr>
+          <w:p w14:paraId="26EA29D6" w14:textId="2E4E4365" w:rsidR="006C0EC7" w:rsidRPr="00836C7F" w:rsidRDefault="002A63F8" w:rsidP="000E0638">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Anticipated Due Date ACO/MCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F00742" w:rsidR="006C0EC7" w:rsidTr="604697FA" w14:paraId="3136B199" w14:textId="77777777">
+      <w:tr w:rsidR="006C0EC7" w:rsidRPr="00F00742" w14:paraId="3136B199" w14:textId="77777777" w:rsidTr="4D9C6AE7">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1794" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="006C0EC7" w:rsidP="00DF3C51" w:rsidRDefault="00DF3C51" w14:paraId="24EC958F" w14:textId="56C44063">
+          </w:tcPr>
+          <w:p w14:paraId="24EC958F" w14:textId="56C44063" w:rsidR="006C0EC7" w:rsidRPr="00836C7F" w:rsidRDefault="00DF3C51" w:rsidP="00DF3C51">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Quality Performance Disparities Reduction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2346" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="006C0EC7" w:rsidP="00DF3C51" w:rsidRDefault="00E53912" w14:paraId="233266C5" w14:textId="39D72665">
+          </w:tcPr>
+          <w:p w14:paraId="233266C5" w14:textId="39D72665" w:rsidR="006C0EC7" w:rsidRPr="00836C7F" w:rsidRDefault="00E53912" w:rsidP="00DF3C51">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Measure Assessment</w:t>
             </w:r>
             <w:r w:rsidR="007C163C">
               <w:t xml:space="preserve"> Report</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1881" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="006C0EC7" w:rsidP="00DF3C51" w:rsidRDefault="004921D6" w14:paraId="3DE69E3C" w14:textId="256B4AA7">
+          </w:tcPr>
+          <w:p w14:paraId="3DE69E3C" w14:textId="334D1D45" w:rsidR="006C0EC7" w:rsidRPr="00836C7F" w:rsidRDefault="6592F758" w:rsidP="00DF3C51">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r w:rsidR="6592F758">
-[...15 lines deleted...]
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:r>
+              <w:t>December 31, 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="006C0EC7" w:rsidP="00DF3C51" w:rsidRDefault="00E53912" w14:paraId="5E766987" w14:textId="76AEAB2E">
+          </w:tcPr>
+          <w:p w14:paraId="5E766987" w14:textId="76AEAB2E" w:rsidR="006C0EC7" w:rsidRPr="00836C7F" w:rsidRDefault="00E53912" w:rsidP="00DF3C51">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Measure Assessment</w:t>
             </w:r>
             <w:r w:rsidR="00B82905">
               <w:t xml:space="preserve"> Report</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1705" w:type="dxa"/>
-            <w:tcMar/>
-[...12 lines deleted...]
-              <w:t>TBD</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="5F9D50EE" w14:textId="61D20B2B" w:rsidR="006C0EC7" w:rsidRPr="00836C7F" w:rsidRDefault="004921D6" w:rsidP="00DF3C51">
+            <w:pPr>
+              <w:pStyle w:val="MH-ChartContentText"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>December</w:t>
+            </w:r>
+            <w:r w:rsidR="00E53912">
+              <w:t xml:space="preserve"> 31</w:t>
+            </w:r>
+            <w:r w:rsidR="00B82905">
+              <w:t>, 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F00742" w:rsidR="00E902A2" w:rsidTr="604697FA" w14:paraId="15919D75" w14:textId="77777777">
+      <w:tr w:rsidR="00E902A2" w:rsidRPr="00F00742" w14:paraId="15919D75" w14:textId="77777777" w:rsidTr="4D9C6AE7">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1794" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E902A2" w:rsidP="00E902A2" w:rsidRDefault="00E902A2" w14:paraId="281B1238" w14:textId="2E7FE25A">
+          </w:tcPr>
+          <w:p w14:paraId="281B1238" w14:textId="2E7FE25A" w:rsidR="00E902A2" w:rsidRDefault="00E902A2" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Equity Improvement Interventions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2346" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E902A2" w:rsidP="00E902A2" w:rsidRDefault="00E902A2" w14:paraId="3196B634" w14:textId="5628723B">
+          </w:tcPr>
+          <w:p w14:paraId="3196B634" w14:textId="5628723B" w:rsidR="00E902A2" w:rsidRDefault="00E902A2" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">PIP1 </w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>Remeasurement 1 Report</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1881" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E902A2" w:rsidDel="00A34326" w:rsidP="00E902A2" w:rsidRDefault="00E902A2" w14:paraId="7DD8A3C8" w14:textId="7AAD513A">
+          </w:tcPr>
+          <w:p w14:paraId="7DD8A3C8" w14:textId="7AAD513A" w:rsidR="00E902A2" w:rsidDel="00A34326" w:rsidRDefault="00E902A2" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">August </w:t>
             </w:r>
             <w:r w:rsidR="00C56B6F">
               <w:t>29</w:t>
             </w:r>
             <w:r>
               <w:t>, 202</w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2169" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E902A2" w:rsidP="00E902A2" w:rsidRDefault="00E902A2" w14:paraId="7B102704" w14:textId="3C75E9DE">
+          </w:tcPr>
+          <w:p w14:paraId="7B102704" w14:textId="3C75E9DE" w:rsidR="00E902A2" w:rsidRDefault="00E902A2" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">PIP1 </w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>Remeasurement 1 Report</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1705" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E902A2" w:rsidDel="00CB2F7D" w:rsidP="00E902A2" w:rsidRDefault="00E902A2" w14:paraId="35B5ABEE" w14:textId="5C857EC3">
+          </w:tcPr>
+          <w:p w14:paraId="35B5ABEE" w14:textId="5C857EC3" w:rsidR="00E902A2" w:rsidDel="00CB2F7D" w:rsidRDefault="00E902A2" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">August </w:t>
             </w:r>
             <w:r w:rsidR="00C70B85">
               <w:t>29</w:t>
             </w:r>
             <w:r>
               <w:t>, 202</w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F00742" w:rsidR="00E902A2" w:rsidTr="604697FA" w14:paraId="0626FBCE" w14:textId="77777777">
+      <w:tr w:rsidR="00E902A2" w:rsidRPr="00F00742" w14:paraId="0626FBCE" w14:textId="77777777" w:rsidTr="4D9C6AE7">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1794" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E902A2" w:rsidP="00E902A2" w:rsidRDefault="00E902A2" w14:paraId="6F51FCB5" w14:textId="7A63110F">
+          </w:tcPr>
+          <w:p w14:paraId="6F51FCB5" w14:textId="7A63110F" w:rsidR="00E902A2" w:rsidRPr="00836C7F" w:rsidRDefault="00E902A2" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Equity Improvement Interventions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2346" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E902A2" w:rsidP="00E902A2" w:rsidRDefault="00E902A2" w14:paraId="37589029" w14:textId="6C9C1ECF">
+          </w:tcPr>
+          <w:p w14:paraId="37589029" w14:textId="6C9C1ECF" w:rsidR="00E902A2" w:rsidRPr="00836C7F" w:rsidRDefault="00E902A2" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">PIP2 </w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>Remeasurement 1</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Report</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1881" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E902A2" w:rsidP="00E902A2" w:rsidRDefault="00E53912" w14:paraId="7DD6BE51" w14:textId="435D58F4">
+          </w:tcPr>
+          <w:p w14:paraId="7DD6BE51" w14:textId="435D58F4" w:rsidR="00E902A2" w:rsidRPr="00836C7F" w:rsidRDefault="00E53912" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>October 1</w:t>
             </w:r>
             <w:r w:rsidR="00E902A2">
               <w:t>, 202</w:t>
             </w:r>
             <w:r>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2169" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E902A2" w:rsidP="00E902A2" w:rsidRDefault="00E902A2" w14:paraId="2C058E4F" w14:textId="71C4D1A1">
+          </w:tcPr>
+          <w:p w14:paraId="2C058E4F" w14:textId="71C4D1A1" w:rsidR="00E902A2" w:rsidRPr="00836C7F" w:rsidRDefault="00E902A2" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">PIP2 </w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>Remeasurement 1 Report</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1705" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E902A2" w:rsidP="00E902A2" w:rsidRDefault="00E902A2" w14:paraId="5B9F37A7" w14:textId="47376BBF">
+          </w:tcPr>
+          <w:p w14:paraId="5B9F37A7" w14:textId="47376BBF" w:rsidR="00E902A2" w:rsidRPr="00836C7F" w:rsidRDefault="00E902A2" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>October 1</w:t>
             </w:r>
             <w:r>
               <w:t>, 202</w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F00742" w:rsidR="00E902A2" w:rsidTr="604697FA" w14:paraId="2849640C" w14:textId="77777777">
+      <w:tr w:rsidR="00E902A2" w:rsidRPr="00F00742" w14:paraId="2849640C" w14:textId="77777777" w:rsidTr="4D9C6AE7">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1794" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E902A2" w:rsidP="00E902A2" w:rsidRDefault="00E902A2" w14:paraId="310F4909" w14:textId="7F50F5F0">
+          </w:tcPr>
+          <w:p w14:paraId="310F4909" w14:textId="7F50F5F0" w:rsidR="00E902A2" w:rsidRPr="00836C7F" w:rsidRDefault="00E902A2" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Language Access</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2346" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E902A2" w:rsidP="00E902A2" w:rsidRDefault="00E902A2" w14:paraId="32719A83" w14:textId="5B4D565F">
+          </w:tcPr>
+          <w:p w14:paraId="32719A83" w14:textId="5B4D565F" w:rsidR="00E902A2" w:rsidRPr="00836C7F" w:rsidRDefault="00E902A2" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Language Services Self-Assessment Survey</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1881" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E902A2" w:rsidP="00E902A2" w:rsidRDefault="007E4110" w14:paraId="4183153A" w14:textId="37F4C2B2">
+          </w:tcPr>
+          <w:p w14:paraId="4183153A" w14:textId="37F4C2B2" w:rsidR="00E902A2" w:rsidRPr="00836C7F" w:rsidRDefault="007E4110" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>January</w:t>
             </w:r>
             <w:r w:rsidR="00E902A2">
               <w:t xml:space="preserve"> 31, 202</w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2169" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E902A2" w:rsidP="00E902A2" w:rsidRDefault="00E902A2" w14:paraId="396B17CB" w14:textId="5AC31D2A">
+          </w:tcPr>
+          <w:p w14:paraId="396B17CB" w14:textId="5AC31D2A" w:rsidR="00E902A2" w:rsidRPr="00836C7F" w:rsidRDefault="00E902A2" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Language Services Self-Assessment Survey</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1705" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E902A2" w:rsidP="00E902A2" w:rsidRDefault="007E4110" w14:paraId="4B416EED" w14:textId="475602C3">
+          </w:tcPr>
+          <w:p w14:paraId="4B416EED" w14:textId="475602C3" w:rsidR="00E902A2" w:rsidRPr="00836C7F" w:rsidRDefault="007E4110" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>March</w:t>
             </w:r>
             <w:r w:rsidR="00E902A2">
               <w:t xml:space="preserve"> 31, 202</w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F00742" w:rsidR="00E902A2" w:rsidTr="604697FA" w14:paraId="0C0C45F9" w14:textId="77777777">
+      <w:tr w:rsidR="00E902A2" w:rsidRPr="00F00742" w14:paraId="0C0C45F9" w14:textId="77777777" w:rsidTr="4D9C6AE7">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1794" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E902A2" w:rsidP="00E902A2" w:rsidRDefault="00E902A2" w14:paraId="228FF40E" w14:textId="7833DFD8">
+          </w:tcPr>
+          <w:p w14:paraId="228FF40E" w14:textId="7833DFD8" w:rsidR="00E902A2" w:rsidRPr="00836C7F" w:rsidRDefault="00E902A2" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Language Access</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2346" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E902A2" w:rsidP="00E902A2" w:rsidRDefault="00E902A2" w14:paraId="079292CF" w14:textId="57D2151D">
+          </w:tcPr>
+          <w:p w14:paraId="079292CF" w14:textId="57D2151D" w:rsidR="00E902A2" w:rsidRPr="00836C7F" w:rsidRDefault="00E902A2" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Language Access Data: Supplemental File</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1881" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E902A2" w:rsidP="00E902A2" w:rsidRDefault="00794346" w14:paraId="4CF82591" w14:textId="33DAC829">
+          </w:tcPr>
+          <w:p w14:paraId="4CF82591" w14:textId="33DAC829" w:rsidR="00E902A2" w:rsidRPr="00836C7F" w:rsidRDefault="00794346" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>June 30</w:t>
             </w:r>
             <w:r w:rsidR="00E902A2">
               <w:t>, 202</w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2169" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E902A2" w:rsidP="00E902A2" w:rsidRDefault="00E902A2" w14:paraId="42378CDF" w14:textId="6074E7E8">
+          </w:tcPr>
+          <w:p w14:paraId="42378CDF" w14:textId="6074E7E8" w:rsidR="00E902A2" w:rsidRPr="00836C7F" w:rsidRDefault="00E902A2" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Language Access Data: Supplemental File</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1705" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E902A2" w:rsidP="00E902A2" w:rsidRDefault="00794346" w14:paraId="6309A230" w14:textId="36B99167">
+          </w:tcPr>
+          <w:p w14:paraId="6309A230" w14:textId="36B99167" w:rsidR="00E902A2" w:rsidRDefault="00794346" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>June 30</w:t>
             </w:r>
             <w:r w:rsidR="00E902A2">
               <w:t>, 202</w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00756584">
               <w:t xml:space="preserve"> (ACO)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00756584" w:rsidP="00E902A2" w:rsidRDefault="00756584" w14:paraId="1D16BAE3" w14:textId="7631039C">
+          <w:p w14:paraId="1D16BAE3" w14:textId="7631039C" w:rsidR="00756584" w:rsidRPr="00836C7F" w:rsidRDefault="00756584" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>September 1, 202</w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> (MCO)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F00742" w:rsidR="00E53912" w:rsidTr="604697FA" w14:paraId="57700CE5" w14:textId="77777777">
+      <w:tr w:rsidR="00E53912" w:rsidRPr="00F00742" w14:paraId="57700CE5" w14:textId="77777777" w:rsidTr="4D9C6AE7">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1794" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E53912" w:rsidP="00E53912" w:rsidRDefault="00E53912" w14:paraId="4DE51B14" w14:textId="108E8765">
+          </w:tcPr>
+          <w:p w14:paraId="4DE51B14" w14:textId="108E8765" w:rsidR="00E53912" w:rsidRPr="00836C7F" w:rsidRDefault="00E53912" w:rsidP="00E53912">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Disability Accommodation Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2346" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E53912" w:rsidP="00E53912" w:rsidRDefault="00E53912" w14:paraId="694C9BE4" w14:textId="35E55EF3">
+          </w:tcPr>
+          <w:p w14:paraId="694C9BE4" w14:textId="35E55EF3" w:rsidR="00E53912" w:rsidRPr="00836C7F" w:rsidRDefault="00E53912" w:rsidP="00E53912">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Disability Accommodation Needs Data: Supplemental File</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1881" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E53912" w:rsidP="00E53912" w:rsidRDefault="00E53912" w14:paraId="475B069B" w14:textId="732BF731">
+          </w:tcPr>
+          <w:p w14:paraId="475B069B" w14:textId="732BF731" w:rsidR="00E53912" w:rsidRPr="00836C7F" w:rsidRDefault="00E53912" w:rsidP="00E53912">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>June 30, 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2169" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E53912" w:rsidP="00E53912" w:rsidRDefault="00E53912" w14:paraId="0A8D827B" w14:textId="4D44E23C">
+          </w:tcPr>
+          <w:p w14:paraId="0A8D827B" w14:textId="4D44E23C" w:rsidR="00E53912" w:rsidRPr="00836C7F" w:rsidRDefault="00E53912" w:rsidP="00E53912">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Disability Accommodation Needs Data: Supplemental File</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1705" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E53912" w:rsidP="00E53912" w:rsidRDefault="00E53912" w14:paraId="3B055A90" w14:textId="51E5834B">
+          </w:tcPr>
+          <w:p w14:paraId="3B055A90" w14:textId="51E5834B" w:rsidR="00E53912" w:rsidRPr="00836C7F" w:rsidRDefault="00E53912" w:rsidP="00E53912">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>June 30, 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E53912" w:rsidTr="604697FA" w14:paraId="55AE8DD1" w14:textId="77777777">
+      <w:tr w:rsidR="00E53912" w14:paraId="55AE8DD1" w14:textId="77777777" w:rsidTr="4D9C6AE7">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1794" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53912" w:rsidP="00E53912" w:rsidRDefault="00E53912" w14:paraId="0A353B3C" w14:textId="2EA31C45">
+          </w:tcPr>
+          <w:p w14:paraId="0A353B3C" w14:textId="2EA31C45" w:rsidR="00E53912" w:rsidRDefault="00E53912" w:rsidP="00E53912">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>Disability Accommodation Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2346" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53912" w:rsidP="00E53912" w:rsidRDefault="00E53912" w14:paraId="06F10A2E" w14:textId="7CDE674D">
+          </w:tcPr>
+          <w:p w14:paraId="06F10A2E" w14:textId="7CDE674D" w:rsidR="00E53912" w:rsidRDefault="00E53912" w:rsidP="00E53912">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1881" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53912" w:rsidP="00E53912" w:rsidRDefault="00E53912" w14:paraId="4C74BC78" w14:textId="009C8AB6">
+          </w:tcPr>
+          <w:p w14:paraId="4C74BC78" w14:textId="009C8AB6" w:rsidR="00E53912" w:rsidRDefault="00E53912" w:rsidP="00E53912">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2169" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53912" w:rsidP="00E53912" w:rsidRDefault="00E53912" w14:paraId="1C92F3C9" w14:textId="5630A038">
+          </w:tcPr>
+          <w:p w14:paraId="1C92F3C9" w14:textId="5630A038" w:rsidR="00E53912" w:rsidRDefault="00E53912" w:rsidP="00E53912">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Disability Accommodation Needs Report</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1705" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E53912" w:rsidP="00E53912" w:rsidRDefault="00E53912" w14:paraId="4153B126" w14:textId="5A6772FF">
+          </w:tcPr>
+          <w:p w14:paraId="4153B126" w14:textId="5A6772FF" w:rsidR="00E53912" w:rsidRDefault="00E53912" w:rsidP="00E53912">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00794346">
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>March 31</w:t>
             </w:r>
             <w:r>
               <w:t>, 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F00742" w:rsidR="00E902A2" w:rsidTr="604697FA" w14:paraId="6E1CEA5D" w14:textId="77777777">
+      <w:tr w:rsidR="00E902A2" w:rsidRPr="00F00742" w14:paraId="6E1CEA5D" w14:textId="77777777" w:rsidTr="4D9C6AE7">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1794" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E902A2" w:rsidP="00E902A2" w:rsidRDefault="00E902A2" w14:paraId="3C56FE5E" w14:textId="421C5B4F">
+          </w:tcPr>
+          <w:p w14:paraId="3C56FE5E" w14:textId="421C5B4F" w:rsidR="00E902A2" w:rsidRPr="00836C7F" w:rsidRDefault="00E902A2" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Disability Competent Care</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2346" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E902A2" w:rsidP="00E902A2" w:rsidRDefault="00E902A2" w14:paraId="70693DA1" w14:textId="126A4550">
+          </w:tcPr>
+          <w:p w14:paraId="70693DA1" w14:textId="126A4550" w:rsidR="00E902A2" w:rsidRPr="00836C7F" w:rsidRDefault="00E902A2" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Disability Competent Care Training Report</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1881" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00E902A2" w:rsidP="00E902A2" w:rsidRDefault="00E902A2" w14:paraId="5419279B" w14:textId="2A781B02">
+          </w:tcPr>
+          <w:p w14:paraId="5419279B" w14:textId="2A781B02" w:rsidR="00E902A2" w:rsidRPr="00836C7F" w:rsidRDefault="635487A2" w:rsidP="00E902A2">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r w:rsidR="635487A2">
-              <w:rPr/>
+            <w:r>
               <w:t>February 27</w:t>
             </w:r>
             <w:r w:rsidR="00E902A2">
-              <w:rPr/>
               <w:t>, 202</w:t>
-            </w:r>
-[...36 lines deleted...]
-              <w:t>March 31, 202</w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2169" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B8AA9EB" w14:textId="4FF71310" w:rsidR="00E902A2" w:rsidRPr="00836C7F" w:rsidRDefault="00E902A2" w:rsidP="00E902A2">
+            <w:pPr>
+              <w:pStyle w:val="MH-ChartContentText"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Disability Competent Care Training Report</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="106E2F65" w14:textId="59F344F6" w:rsidR="00E902A2" w:rsidRPr="00836C7F" w:rsidRDefault="00E902A2" w:rsidP="00E902A2">
+            <w:pPr>
+              <w:pStyle w:val="MH-ChartContentText"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>March 31, 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00E53912">
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00990B96" w:rsidP="00990B96" w:rsidRDefault="00990B96" w14:paraId="2E8B66DA" w14:textId="77777777">
+    <w:p w14:paraId="2E8B66DA" w14:textId="77777777" w:rsidR="00990B96" w:rsidRDefault="00990B96" w:rsidP="00990B96">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="14558F" w:themeColor="accent1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Ref153365950" w:id="5"/>
+      <w:bookmarkStart w:id="5" w:name="_Ref153365950"/>
     </w:p>
-    <w:p w:rsidR="00990B96" w:rsidP="00990B96" w:rsidRDefault="00990B96" w14:paraId="1CB8B136" w14:textId="66571208">
+    <w:p w14:paraId="1CB8B136" w14:textId="66571208" w:rsidR="00990B96" w:rsidRDefault="00990B96" w:rsidP="00990B96">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="14558F" w:themeColor="accent1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="14558F" w:themeColor="accent1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>Domain</w:t>
       </w:r>
       <w:r w:rsidRPr="008C334C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -2073,170 +1982,170 @@
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="008C334C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="14558F" w:themeColor="accent1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="14558F" w:themeColor="accent1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>Capacity and Collaboration</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00985A94" w:rsidR="00990B96" w:rsidP="00990B96" w:rsidRDefault="00990B96" w14:paraId="74731C49" w14:textId="77777777">
+    <w:p w14:paraId="74731C49" w14:textId="77777777" w:rsidR="00990B96" w:rsidRPr="00985A94" w:rsidRDefault="00990B96" w:rsidP="00990B96">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="14558F" w:themeColor="accent1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="MHtableHeader"/>
         <w:tblW w:w="9895" w:type="dxa"/>
         <w:tblInd w:w="175" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1979"/>
         <w:gridCol w:w="1979"/>
         <w:gridCol w:w="1979"/>
         <w:gridCol w:w="1979"/>
         <w:gridCol w:w="1979"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00F00742" w:rsidR="00990B96" w:rsidTr="00276951" w14:paraId="3033EA2E" w14:textId="77777777">
+      <w:tr w:rsidR="00990B96" w:rsidRPr="00F00742" w14:paraId="3033EA2E" w14:textId="77777777" w:rsidTr="00276951">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000100" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="1" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="006B6BF7" w:rsidRDefault="00990B96" w14:paraId="7F111B25" w14:textId="77777777">
+          <w:p w14:paraId="7F111B25" w14:textId="77777777" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="00990B96" w:rsidP="006B6BF7">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Measure</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="006B6BF7" w:rsidRDefault="00990B96" w14:paraId="4E4B59BE" w14:textId="77777777">
+          <w:p w14:paraId="4E4B59BE" w14:textId="77777777" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="00990B96" w:rsidP="006B6BF7">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Hospital Deliverable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="006B6BF7" w:rsidRDefault="00990B96" w14:paraId="3BBEBF3E" w14:textId="77777777">
+          <w:p w14:paraId="3BBEBF3E" w14:textId="77777777" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="00990B96" w:rsidP="006B6BF7">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Anticipated Due Date Hospital</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="006B6BF7" w:rsidRDefault="00990B96" w14:paraId="1FBB729C" w14:textId="77777777">
+          <w:p w14:paraId="1FBB729C" w14:textId="77777777" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="00990B96" w:rsidP="006B6BF7">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>ACO/MCO Deliverable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="00990B96" w:rsidP="006B6BF7" w:rsidRDefault="00990B96" w14:paraId="75289047" w14:textId="77777777">
+          <w:p w14:paraId="75289047" w14:textId="77777777" w:rsidR="00990B96" w:rsidRPr="00836C7F" w:rsidRDefault="00990B96" w:rsidP="006B6BF7">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Anticipated Due Date ACO/MCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="005B2226" w:rsidR="00990B96" w:rsidTr="574177BD" w14:paraId="1301B7EB" w14:textId="77777777">
+      <w:tr w:rsidR="00990B96" w:rsidRPr="005B2226" w14:paraId="1301B7EB" w14:textId="77777777" w:rsidTr="574177BD">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="005B2226" w:rsidR="00990B96" w:rsidP="00DF3C51" w:rsidRDefault="005B2226" w14:paraId="52ABC040" w14:textId="51EE37EE">
+          <w:p w14:paraId="52ABC040" w14:textId="51EE37EE" w:rsidR="00990B96" w:rsidRPr="005B2226" w:rsidRDefault="005B2226" w:rsidP="00DF3C51">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B2226">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Patient </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="005B2226">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Experience</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005B2226">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
@@ -2254,622 +2163,688 @@
             <w:r w:rsidRPr="005B2226">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Courtesy</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005B2226">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>, a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>nd Respect</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="005B2226" w:rsidR="00990B96" w:rsidP="00DF3C51" w:rsidRDefault="58489155" w14:paraId="21FB336A" w14:textId="58885DBD">
+          <w:p w14:paraId="21FB336A" w14:textId="58885DBD" w:rsidR="00990B96" w:rsidRPr="005B2226" w:rsidRDefault="58489155" w:rsidP="00DF3C51">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="574177BD">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Patient </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="574177BD">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Experience</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="574177BD">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="574177BD">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> HCAHPS Data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="005B2226" w:rsidR="00990B96" w:rsidP="00DF3C51" w:rsidRDefault="00E20C01" w14:paraId="3CF02D05" w14:textId="11081EFB">
+          <w:p w14:paraId="3CF02D05" w14:textId="11081EFB" w:rsidR="00990B96" w:rsidRPr="005B2226" w:rsidRDefault="00E20C01" w:rsidP="00DF3C51">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>June 30, 202</w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="005B2226" w:rsidR="00990B96" w:rsidP="00DF3C51" w:rsidRDefault="00E53912" w14:paraId="64FBE58B" w14:textId="490FF79E">
+          <w:p w14:paraId="64FBE58B" w14:textId="490FF79E" w:rsidR="00990B96" w:rsidRPr="005B2226" w:rsidRDefault="00E53912" w:rsidP="00DF3C51">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="005B2226" w:rsidR="00990B96" w:rsidP="00DF3C51" w:rsidRDefault="00E53912" w14:paraId="2EA1DF56" w14:textId="71DE8B24">
+          <w:p w14:paraId="2EA1DF56" w14:textId="71DE8B24" w:rsidR="00990B96" w:rsidRPr="005B2226" w:rsidRDefault="00E53912" w:rsidP="00DF3C51">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00C63AC2" w:rsidR="00990B96" w:rsidTr="574177BD" w14:paraId="1228C934" w14:textId="77777777">
+      <w:tr w:rsidR="00990B96" w:rsidRPr="00C63AC2" w14:paraId="1228C934" w14:textId="77777777" w:rsidTr="574177BD">
         <w:trPr>
           <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C63AC2" w:rsidR="00990B96" w:rsidP="00DF3C51" w:rsidRDefault="00C63AC2" w14:paraId="43F96566" w14:textId="32943C6C">
+          <w:p w14:paraId="43F96566" w14:textId="32943C6C" w:rsidR="00990B96" w:rsidRPr="00C63AC2" w:rsidRDefault="00C63AC2" w:rsidP="00DF3C51">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C63AC2">
               <w:t>External Standards for Health E</w:t>
             </w:r>
             <w:r>
               <w:t>quity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C63AC2" w:rsidR="00990B96" w:rsidP="00DF3C51" w:rsidRDefault="00EB6F51" w14:paraId="51B3C847" w14:textId="64768A12">
+          <w:p w14:paraId="51B3C847" w14:textId="64768A12" w:rsidR="00990B96" w:rsidRPr="00C63AC2" w:rsidRDefault="00EB6F51" w:rsidP="00DF3C51">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>TJC Health Care Equity Certification Report</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C63AC2" w:rsidR="00990B96" w:rsidP="00DF3C51" w:rsidRDefault="00794346" w14:paraId="79173DE8" w14:textId="35625C98">
+          <w:p w14:paraId="79173DE8" w14:textId="35625C98" w:rsidR="00990B96" w:rsidRPr="00C63AC2" w:rsidRDefault="00794346" w:rsidP="00DF3C51">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>January</w:t>
             </w:r>
             <w:r w:rsidR="005C5309">
               <w:t xml:space="preserve"> 31, 202</w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C63AC2" w:rsidR="00990B96" w:rsidP="00DF3C51" w:rsidRDefault="00794346" w14:paraId="0BAEDFA0" w14:textId="5FCAF303">
+          <w:p w14:paraId="0BAEDFA0" w14:textId="5FCAF303" w:rsidR="00990B96" w:rsidRPr="00C63AC2" w:rsidRDefault="00794346" w:rsidP="00DF3C51">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>External Standards for Health Equity Report</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C63AC2" w:rsidR="00990B96" w:rsidP="00DF3C51" w:rsidRDefault="00794346" w14:paraId="4EC5B7CB" w14:textId="69D6AF1B">
+          <w:p w14:paraId="4EC5B7CB" w14:textId="69D6AF1B" w:rsidR="00990B96" w:rsidRPr="00C63AC2" w:rsidRDefault="00794346" w:rsidP="00DF3C51">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>January</w:t>
             </w:r>
             <w:r w:rsidR="00A75182">
               <w:t xml:space="preserve"> 31, 202</w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00C63AC2" w:rsidR="00A01FC2" w:rsidTr="574177BD" w14:paraId="141B1EB6" w14:textId="77777777">
+      <w:tr w:rsidR="00A01FC2" w:rsidRPr="00C63AC2" w14:paraId="141B1EB6" w14:textId="77777777" w:rsidTr="574177BD">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00C63AC2" w:rsidR="00A01FC2" w:rsidP="00DF3C51" w:rsidRDefault="00192644" w14:paraId="7A90F7D8" w14:textId="7076AC33">
+          <w:p w14:paraId="7A90F7D8" w14:textId="7076AC33" w:rsidR="00A01FC2" w:rsidRPr="00C63AC2" w:rsidRDefault="00192644" w:rsidP="00DF3C51">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Collaboration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A01FC2" w:rsidP="00DF3C51" w:rsidRDefault="00797EA2" w14:paraId="268117F3" w14:textId="53FE82A6">
+          <w:p w14:paraId="268117F3" w14:textId="53FE82A6" w:rsidR="00A01FC2" w:rsidRDefault="00797EA2" w:rsidP="00DF3C51">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00797EA2">
               <w:t>Joint Accountability for Partnered ACO Performance Form</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A01FC2" w:rsidP="00DF3C51" w:rsidRDefault="00192644" w14:paraId="41809022" w14:textId="6AE2CAD7">
+          <w:p w14:paraId="41809022" w14:textId="6AE2CAD7" w:rsidR="00A01FC2" w:rsidRDefault="00192644" w:rsidP="00DF3C51">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>March 31, 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A01FC2" w:rsidP="00DF3C51" w:rsidRDefault="00A01FC2" w14:paraId="7C262D6F" w14:textId="564A202F">
+          <w:p w14:paraId="7C262D6F" w14:textId="564A202F" w:rsidR="00A01FC2" w:rsidRDefault="00A01FC2" w:rsidP="00DF3C51">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A01FC2" w:rsidP="00DF3C51" w:rsidRDefault="00A01FC2" w14:paraId="5FA9E74B" w14:textId="533DCBF8">
+          <w:p w14:paraId="5FA9E74B" w14:textId="533DCBF8" w:rsidR="00A01FC2" w:rsidRDefault="00A01FC2" w:rsidP="00DF3C51">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BD03B8" w:rsidP="009C4EBD" w:rsidRDefault="00BD03B8" w14:paraId="6E3D3D43" w14:textId="18ED4F56">
+    <w:p w14:paraId="6E3D3D43" w14:textId="18ED4F56" w:rsidR="00BD03B8" w:rsidRDefault="00BD03B8" w:rsidP="009C4EBD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="14558F" w:themeColor="accent1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="14558F" w:themeColor="accent1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>Supporting Health Equity Deliverables</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00985A94" w:rsidR="00BD03B8" w:rsidP="00BD03B8" w:rsidRDefault="00BD03B8" w14:paraId="3E641FB0" w14:textId="77777777">
+    <w:p w14:paraId="3E641FB0" w14:textId="77777777" w:rsidR="00BD03B8" w:rsidRPr="00985A94" w:rsidRDefault="00BD03B8" w:rsidP="00BD03B8">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="14558F" w:themeColor="accent1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="MHtableHeader"/>
         <w:tblW w:w="9900" w:type="dxa"/>
         <w:tblInd w:w="175" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2475"/>
         <w:gridCol w:w="2475"/>
         <w:gridCol w:w="2475"/>
         <w:gridCol w:w="2475"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="00F00742" w:rsidR="005A509D" w:rsidTr="00276951" w14:paraId="61059DB3" w14:textId="77777777">
+      <w:tr w:rsidR="005A509D" w:rsidRPr="00F00742" w14:paraId="61059DB3" w14:textId="77777777" w:rsidTr="007E3B9C">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000100" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="1" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2475" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="005A509D" w:rsidP="006B6BF7" w:rsidRDefault="005A509D" w14:paraId="5165C6BA" w14:textId="77777777">
+          <w:p w14:paraId="5165C6BA" w14:textId="77777777" w:rsidR="005A509D" w:rsidRPr="00836C7F" w:rsidRDefault="005A509D" w:rsidP="006B6BF7">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Hospital Deliverable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2475" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="005A509D" w:rsidP="006B6BF7" w:rsidRDefault="005A509D" w14:paraId="4885A35D" w14:textId="77777777">
+          <w:p w14:paraId="4885A35D" w14:textId="77777777" w:rsidR="005A509D" w:rsidRPr="00836C7F" w:rsidRDefault="005A509D" w:rsidP="006B6BF7">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Anticipated Due Date Hospital</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2475" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="005A509D" w:rsidP="006B6BF7" w:rsidRDefault="005A509D" w14:paraId="49D8FFCD" w14:textId="77777777">
+          <w:p w14:paraId="49D8FFCD" w14:textId="77777777" w:rsidR="005A509D" w:rsidRPr="00836C7F" w:rsidRDefault="005A509D" w:rsidP="006B6BF7">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>ACO/MCO Deliverable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2475" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="005A509D" w:rsidP="006B6BF7" w:rsidRDefault="005A509D" w14:paraId="24DA2D39" w14:textId="77777777">
+          <w:p w14:paraId="24DA2D39" w14:textId="77777777" w:rsidR="005A509D" w:rsidRPr="00836C7F" w:rsidRDefault="005A509D" w:rsidP="006B6BF7">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Anticipated Due Date ACO/MCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="00F00742" w:rsidR="0062084C" w:rsidTr="005A509D" w14:paraId="03AD4947" w14:textId="77777777">
+      <w:tr w:rsidR="0062084C" w:rsidRPr="00F00742" w14:paraId="03AD4947" w14:textId="77777777" w:rsidTr="007E3B9C">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2475" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="0062084C" w:rsidP="0062084C" w:rsidRDefault="0062084C" w14:paraId="54D4F043" w14:textId="65BA76B8">
+          <w:p w14:paraId="54D4F043" w14:textId="65BA76B8" w:rsidR="0062084C" w:rsidRPr="00836C7F" w:rsidRDefault="0062084C" w:rsidP="0062084C">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Health Quality and Equity Strategic Plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2475" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="0062084C" w:rsidP="0062084C" w:rsidRDefault="0062084C" w14:paraId="0812292A" w14:textId="201F9AE7">
+          <w:p w14:paraId="0812292A" w14:textId="201F9AE7" w:rsidR="0062084C" w:rsidRPr="00836C7F" w:rsidRDefault="0062084C" w:rsidP="0062084C">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>December 31, 202</w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2475" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="0062084C" w:rsidP="0062084C" w:rsidRDefault="0062084C" w14:paraId="3BC1D62C" w14:textId="4B965E1E">
+          <w:p w14:paraId="3BC1D62C" w14:textId="4B965E1E" w:rsidR="0062084C" w:rsidRPr="00836C7F" w:rsidRDefault="0062084C" w:rsidP="0062084C">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Health Quality and Equity Strategic Plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2475" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00836C7F" w:rsidR="0062084C" w:rsidP="0062084C" w:rsidRDefault="0062084C" w14:paraId="16422C61" w14:textId="79F31063">
+          <w:p w14:paraId="16422C61" w14:textId="79F31063" w:rsidR="0062084C" w:rsidRPr="00836C7F" w:rsidRDefault="0062084C" w:rsidP="0062084C">
             <w:pPr>
               <w:pStyle w:val="MH-ChartContentText"/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>December 31, 202</w:t>
             </w:r>
             <w:r w:rsidR="00E53912">
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="5"/>
+      <w:tr w:rsidR="007E3B9C" w:rsidRPr="00F00742" w14:paraId="2E28C213" w14:textId="77777777" w:rsidTr="007E3B9C">
+        <w:trPr>
+          <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05B4AABE" w14:textId="77777777" w:rsidR="007E3B9C" w:rsidRPr="00913B1E" w:rsidRDefault="007E3B9C" w:rsidP="008B45E9">
+            <w:pPr>
+              <w:pStyle w:val="MH-ChartContentText"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00913B1E">
+              <w:t xml:space="preserve">Corrective Action Plan End of Year Report </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F06EDBF" w14:textId="77777777" w:rsidR="007E3B9C" w:rsidRPr="00913B1E" w:rsidRDefault="007E3B9C" w:rsidP="008B45E9">
+            <w:pPr>
+              <w:pStyle w:val="MH-ChartContentText"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00913B1E">
+              <w:t>December 15, 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47DBB777" w14:textId="77777777" w:rsidR="007E3B9C" w:rsidRPr="00913B1E" w:rsidRDefault="007E3B9C" w:rsidP="008B45E9">
+            <w:pPr>
+              <w:pStyle w:val="MH-ChartContentText"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00913B1E">
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2475" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="531A2C77" w14:textId="77777777" w:rsidR="007E3B9C" w:rsidRPr="00913B1E" w:rsidRDefault="007E3B9C" w:rsidP="008B45E9">
+            <w:pPr>
+              <w:pStyle w:val="MH-ChartContentText"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00913B1E">
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E6382E" w:rsidP="00990B96" w:rsidRDefault="00E6382E" w14:paraId="70658308" w14:textId="14615B4F"/>
+    <w:p w14:paraId="70658308" w14:textId="14615B4F" w:rsidR="00E6382E" w:rsidRDefault="00E6382E" w:rsidP="00990B96"/>
     <w:sectPr w:rsidR="00E6382E" w:rsidSect="00767E0C">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
-      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="351" w:footer="547" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="003A6B53" w:rsidP="00240F61" w:rsidRDefault="003A6B53" w14:paraId="44B5B89A" w14:textId="77777777">
+    <w:p w14:paraId="44B5B89A" w14:textId="77777777" w:rsidR="003A6B53" w:rsidRDefault="003A6B53" w:rsidP="00240F61">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="003A6B53" w:rsidP="00240F61" w:rsidRDefault="003A6B53" w14:paraId="2DAC9B8F" w14:textId="77777777">
+    <w:p w14:paraId="2DAC9B8F" w14:textId="77777777" w:rsidR="003A6B53" w:rsidRDefault="003A6B53" w:rsidP="00240F61">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="003A6B53" w:rsidRDefault="003A6B53" w14:paraId="7A1577F8" w14:textId="77777777">
+    <w:p w14:paraId="7A1577F8" w14:textId="77777777" w:rsidR="003A6B53" w:rsidRDefault="003A6B53">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS PGothic">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="003F61F7" w:rsidR="00240F61" w:rsidP="00240F61" w:rsidRDefault="00240F61" w14:paraId="2107D10A" w14:textId="70E6265A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2107D10A" w14:textId="70E6265A" w:rsidR="00240F61" w:rsidRPr="003F61F7" w:rsidRDefault="00240F61" w:rsidP="00240F61">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:p>
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2137142395"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00835064" w:rsidP="009E0327" w:rsidRDefault="00240F61" w14:paraId="43BD87DB" w14:textId="7DC08DA0">
+      <w:p w14:paraId="43BD87DB" w14:textId="7DC08DA0" w:rsidR="00835064" w:rsidRDefault="00240F61" w:rsidP="009E0327">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:ind w:left="-1080" w:right="-1080"/>
         </w:pPr>
         <w:r w:rsidRPr="00FA43C1">
           <w:rPr>
             <w:noProof/>
             <w:color w:val="2B579A"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:rPr>
           <mc:AlternateContent>
             <mc:Choice Requires="wpg">
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70CF994B" wp14:editId="6738B839">
                   <wp:extent cx="7772400" cy="182880"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="237698529" name="Group 237698529">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -2981,193 +2956,193 @@
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:solidFill>
                               <a:schemeClr val="accent2"/>
                             </a:solidFill>
                             <a:ln w="9525">
                               <a:noFill/>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a:ln>
                             <a:effectLst/>
                           </wps:spPr>
                           <wps:bodyPr wrap="none" lIns="93296" tIns="46648" rIns="93296" bIns="46648" anchor="ctr"/>
                         </wps:wsp>
                       </wpg:wgp>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </mc:Choice>
             <mc:Fallback>
               <w:pict>
-                <v:group id="Group 237698529" style="width:612pt;height:14.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" alt="&quot;&quot;" coordsize="114005,4364" coordorigin="" o:spid="_x0000_s1026" w14:anchorId="57349235" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBFPv6ZBwMAAIQMAAAOAAAAZHJzL2Uyb0RvYy54bWzsV9tq3DAQfS/0H4TfE9+vxBtKLkshTQNJ&#10;P0AryxcqS0ZS1rt/35G8t1wKJSEhlOyDkTye0ejMOSPtyemqZ2hJpeoELx3/2HMQ5URUHW9K59fd&#10;5VHmIKUxrzATnJbOmirndPb1y8k4FDQQrWAVlQiCcFWMQ+m0Wg+F6yrS0h6rYzFQDsZayB5rmMrG&#10;rSQeIXrP3MDzEncUshqkIFQpeHs+GZ2ZjV/XlOifda2oRqx0IDdtn9I+F+bpzk5w0Ug8tB3ZpIFf&#10;kEWPOw6L7kKdY43RveyehOo7IoUStT4mondFXXeE2j3Abnzv0W7mUtwPdi9NMTbDDiaA9hFOLw5L&#10;rpdzOdwON3LKHoZXgvxWgIs7Dk1xaDfzZv/xqpa9cYJNoJVFdL1DlK40IvAyTdMg8gB4AjY/C7Js&#10;AzlpoS7G7ch30N6PtBcbT98HvzgLJtcoTKI4NtVycTEtbNPbpTMOwB+1h0i9DqLbFg/UIq8MBDcS&#10;dRVsIAiSJMjjFLLiuAc633Wa0Tsx3DBM6ERmk6TJBty2sKoJU8TFWYt5Q79JKcaW4gqy9O2mHjiY&#10;iYKKoMX4Q1SwCtNzideWX49Af4jeFnWgkh/78V+hw8UglZ5T0SMzKB0JOrHh8fJK6Qnl7SemxEqw&#10;rrrsGLMTo016xiRaYlAVJoRyHW1q8+BLxtFYOnkcxDY4FyYERMdF32mQPev60sk88zPuuDCYXPDK&#10;jjXu2DSGkjNuzNQKepPhFqUJ7YWo1oDYCEouHQ6txkHsOwd88zDIExC+nURJEkFDkoeWxaEFc9IK&#10;aA9Ey11dgFbTGm/OrzBMQg8oln8UehkiRTnId6/QLcfCEMoKhbXKfkaeb8Ax37KI3fegiol7yZ46&#10;8Np0FEtJ6BwTo4A59iQxbLWt45Oe/3TwPN/+wjRL0iBOw49Czxj0kocg6Kf0TFIvNRZz7rwXO6e+&#10;+UmxV1DMj9I0DLLUg1vBxzhhEy+MkjR6jmNAvzj30vckWfCfH7P2UgdXXdusN9dyc5c+nMP48M/D&#10;7A8AAAD//wMAUEsDBBQABgAIAAAAIQAnu0EE3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;S8NAEIXvBf/DMoK3dpNYJcRsSinaUxFsBfE2zU6T0OxsyG6T9N+79aKXB483vPdNvppMKwbqXWNZ&#10;QbyIQBCXVjdcKfg8vM1TEM4ja2wtk4IrOVgVd7McM21H/qBh7ysRSthlqKD2vsukdGVNBt3CdsQh&#10;O9neoA+2r6TucQzlppVJFD1Lgw2HhRo72tRUnvcXo2A74rh+jF+H3fm0uX4fnt6/djEp9XA/rV9A&#10;eJr83zHc8AM6FIHpaC+snWgVhEf8r96yJFkGf1SQpCnIIpf/6YsfAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAEU+/pkHAwAAhAwAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhACe7QQTcAAAABQEAAA8AAAAAAAAAAAAAAAAAYQUAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABqBgAAAAA=&#10;">
-                  <v:rect id="TitleTopPlaceholder" style="position:absolute;width:20115;height:4364;visibility:visible;mso-wrap-style:none;v-text-anchor:middle" o:spid="_x0000_s1027" fillcolor="#f6c51b [3207]" stroked="f" o:bwmode="lightGrayScale" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBmrBIFyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9PT8Iw&#10;FL+b8B2aZ8JNOhucOimEEAh6U/SAt+f63BbW19EWNv301sTE4/v9f7PFYFtxJh8axxquJxkI4tKZ&#10;hisNb6+bqzsQISIbbB2Thi8KsJiPLmZYGNfzC513sRIphEOBGuoYu0LKUNZkMUxcR5y4T+ctxnT6&#10;ShqPfQq3rVRZlkuLDaeGGjta1VQedierYbl+8vuqld8f+21/fO5P7p23U63Hl8PyAUSkIf6L/9yP&#10;Js1XKs/V/c2tgt+fEgBy/gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBmrBIFyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                <v:group w14:anchorId="30AE0FAA" id="Group 237698529" o:spid="_x0000_s1026" alt="&quot;&quot;" style="width:612pt;height:14.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordorigin="" coordsize="114005,4364" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBFPv6ZBwMAAIQMAAAOAAAAZHJzL2Uyb0RvYy54bWzsV9tq3DAQfS/0H4TfE9+vxBtKLkshTQNJ&#10;P0AryxcqS0ZS1rt/35G8t1wKJSEhlOyDkTye0ejMOSPtyemqZ2hJpeoELx3/2HMQ5URUHW9K59fd&#10;5VHmIKUxrzATnJbOmirndPb1y8k4FDQQrWAVlQiCcFWMQ+m0Wg+F6yrS0h6rYzFQDsZayB5rmMrG&#10;rSQeIXrP3MDzEncUshqkIFQpeHs+GZ2ZjV/XlOifda2oRqx0IDdtn9I+F+bpzk5w0Ug8tB3ZpIFf&#10;kEWPOw6L7kKdY43RveyehOo7IoUStT4mondFXXeE2j3Abnzv0W7mUtwPdi9NMTbDDiaA9hFOLw5L&#10;rpdzOdwON3LKHoZXgvxWgIs7Dk1xaDfzZv/xqpa9cYJNoJVFdL1DlK40IvAyTdMg8gB4AjY/C7Js&#10;AzlpoS7G7ch30N6PtBcbT98HvzgLJtcoTKI4NtVycTEtbNPbpTMOwB+1h0i9DqLbFg/UIq8MBDcS&#10;dRVsIAiSJMjjFLLiuAc633Wa0Tsx3DBM6ERmk6TJBty2sKoJU8TFWYt5Q79JKcaW4gqy9O2mHjiY&#10;iYKKoMX4Q1SwCtNzideWX49Af4jeFnWgkh/78V+hw8UglZ5T0SMzKB0JOrHh8fJK6Qnl7SemxEqw&#10;rrrsGLMTo016xiRaYlAVJoRyHW1q8+BLxtFYOnkcxDY4FyYERMdF32mQPev60sk88zPuuDCYXPDK&#10;jjXu2DSGkjNuzNQKepPhFqUJ7YWo1oDYCEouHQ6txkHsOwd88zDIExC+nURJEkFDkoeWxaEFc9IK&#10;aA9Ey11dgFbTGm/OrzBMQg8oln8UehkiRTnId6/QLcfCEMoKhbXKfkaeb8Ax37KI3fegiol7yZ46&#10;8Np0FEtJ6BwTo4A59iQxbLWt45Oe/3TwPN/+wjRL0iBOw49Czxj0kocg6Kf0TFIvNRZz7rwXO6e+&#10;+UmxV1DMj9I0DLLUg1vBxzhhEy+MkjR6jmNAvzj30vckWfCfH7P2UgdXXdusN9dyc5c+nMP48M/D&#10;7A8AAAD//wMAUEsDBBQABgAIAAAAIQAnu0EE3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;S8NAEIXvBf/DMoK3dpNYJcRsSinaUxFsBfE2zU6T0OxsyG6T9N+79aKXB483vPdNvppMKwbqXWNZ&#10;QbyIQBCXVjdcKfg8vM1TEM4ja2wtk4IrOVgVd7McM21H/qBh7ysRSthlqKD2vsukdGVNBt3CdsQh&#10;O9neoA+2r6TucQzlppVJFD1Lgw2HhRo72tRUnvcXo2A74rh+jF+H3fm0uX4fnt6/djEp9XA/rV9A&#10;eJr83zHc8AM6FIHpaC+snWgVhEf8r96yJFkGf1SQpCnIIpf/6YsfAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAEU+/pkHAwAAhAwAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhACe7QQTcAAAABQEAAA8AAAAAAAAAAAAAAAAAYQUAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABqBgAAAAA=&#10;">
+                  <v:rect id="TitleTopPlaceholder" o:spid="_x0000_s1027" style="position:absolute;width:20115;height:4364;visibility:visible;mso-wrap-style:none;v-text-anchor:middle" o:bwmode="lightGrayScale" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBmrBIFyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9PT8Iw&#10;FL+b8B2aZ8JNOhucOimEEAh6U/SAt+f63BbW19EWNv301sTE4/v9f7PFYFtxJh8axxquJxkI4tKZ&#10;hisNb6+bqzsQISIbbB2Thi8KsJiPLmZYGNfzC513sRIphEOBGuoYu0LKUNZkMUxcR5y4T+ctxnT6&#10;ShqPfQq3rVRZlkuLDaeGGjta1VQedierYbl+8vuqld8f+21/fO5P7p23U63Hl8PyAUSkIf6L/9yP&#10;Js1XKs/V/c2tgt+fEgBy/gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBmrBIFyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" fillcolor="#f6c51b [3207]" stroked="f">
                     <v:textbox inset="2.59156mm,1.2958mm,2.59156mm,1.2958mm"/>
                   </v:rect>
-                  <v:rect id="TitleTopPlaceholder" style="position:absolute;left:20114;width:33526;height:4364;visibility:visible;mso-wrap-style:none;v-text-anchor:middle" o:spid="_x0000_s1028" fillcolor="#489ae5 [1940]" stroked="f" o:bwmode="lightGrayScale" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB03LnkywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvgv9heUJvdteGBk27LWIRGqEHUw/t7ZF9TYLZt2F3bVN/vSsIHoeZ+YZZrkfbizP50DnW8DBV&#10;IIhrZzpuNHzsX+8fQYSIbLB3TBquFGC9ur1ZYmHchd/pXMVGJAiHAjW0MQ6FlKFuyWKYuoE4eSfn&#10;LcYkfSONx0uC217OlMqlxY7TQosDvbRUf1ZfVgP5yhzeNmW52x/tt9nNS7WJg9aTu/F5ASLSGP/D&#10;f+2t0ZBleaZmef4Ev5fSHZCrHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB03LnkywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
+                  <v:rect id="TitleTopPlaceholder" o:spid="_x0000_s1028" style="position:absolute;left:20114;width:33526;height:4364;visibility:visible;mso-wrap-style:none;v-text-anchor:middle" o:bwmode="lightGrayScale" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB03LnkywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvgv9heUJvdteGBk27LWIRGqEHUw/t7ZF9TYLZt2F3bVN/vSsIHoeZ+YZZrkfbizP50DnW8DBV&#10;IIhrZzpuNHzsX+8fQYSIbLB3TBquFGC9ur1ZYmHchd/pXMVGJAiHAjW0MQ6FlKFuyWKYuoE4eSfn&#10;LcYkfSONx0uC217OlMqlxY7TQosDvbRUf1ZfVgP5yhzeNmW52x/tt9nNS7WJg9aTu/F5ASLSGP/D&#10;f+2t0ZBleaZmef4Ev5fSHZCrHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB03LnkywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" fillcolor="#489ae5 [1940]" stroked="f">
                     <v:textbox inset="2.59156mm,1.2958mm,2.59156mm,1.2958mm"/>
                   </v:rect>
-                  <v:rect id="TitleTopPlaceholder" style="position:absolute;left:53639;width:6707;height:4364;visibility:visible;mso-wrap-style:none;v-text-anchor:middle" o:spid="_x0000_s1029" fillcolor="#14558f [3204]" stroked="f" o:bwmode="lightGrayScale" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHhvfVzAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9fS8NA&#10;EMTfBb/DsYJv9tKWJjH2WlSoKMWH/gF9XHLbJJjbC9mziX56TxB8HGbmN8xyPbpWnamXxrOB6SQB&#10;RVx623Bl4HjY3OSgJCBbbD2TgS8SWK8uL5ZYWD/wjs77UKkIYSnQQB1CV2gtZU0OZeI74uidfO8w&#10;RNlX2vY4RLhr9SxJUu2w4bhQY0ePNZUf+09n4LR92Mn70+t2urkdJJXvxduYvxhzfTXe34EKNIb/&#10;8F/72RqYZ3mazRbZHH4vxTugVz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAB4b31cwA&#10;AADiAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;">
+                  <v:rect id="TitleTopPlaceholder" o:spid="_x0000_s1029" style="position:absolute;left:53639;width:6707;height:4364;visibility:visible;mso-wrap-style:none;v-text-anchor:middle" o:bwmode="lightGrayScale" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHhvfVzAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9fS8NA&#10;EMTfBb/DsYJv9tKWJjH2WlSoKMWH/gF9XHLbJJjbC9mziX56TxB8HGbmN8xyPbpWnamXxrOB6SQB&#10;RVx623Bl4HjY3OSgJCBbbD2TgS8SWK8uL5ZYWD/wjs77UKkIYSnQQB1CV2gtZU0OZeI74uidfO8w&#10;RNlX2vY4RLhr9SxJUu2w4bhQY0ePNZUf+09n4LR92Mn70+t2urkdJJXvxduYvxhzfTXe34EKNIb/&#10;8F/72RqYZ3mazRbZHH4vxTugVz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAB4b31cwA&#10;AADiAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" fillcolor="#14558f [3204]" stroked="f">
                     <v:textbox inset="2.59156mm,1.2958mm,2.59156mm,1.2958mm"/>
                   </v:rect>
-                  <v:rect id="TitleTopPlaceholder" style="position:absolute;left:60346;width:53659;height:4364;visibility:visible;mso-wrap-style:none;v-text-anchor:middle" o:spid="_x0000_s1030" fillcolor="#388557 [3205]" stroked="f" o:bwmode="lightGrayScale" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAjNEGByAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Pa8Iw&#10;FL8P9h3CE3abiToWqUbZxsaEXdTu4G6P5tkWm5fSZLZ+ezMYeHy//2+5HlwjztSF2rOByViBIC68&#10;rbk08J1/PM5BhIhssfFMBi4UYL26v1tiZn3POzrvYylSCIcMDVQxtpmUoajIYRj7ljhxR985jOns&#10;Smk77FO4a+RUqWfpsObUUGFLbxUVp/2vM3DKD9gfvy6Hn9e8oX47U/pTvxvzMBpeFiAiDfEm/ndv&#10;bJr/pPVsOtdqAn8/JQDk6goAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAjNEGByAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                  <v:rect id="TitleTopPlaceholder" o:spid="_x0000_s1030" style="position:absolute;left:60346;width:53659;height:4364;visibility:visible;mso-wrap-style:none;v-text-anchor:middle" o:bwmode="lightGrayScale" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAjNEGByAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Pa8Iw&#10;FL8P9h3CE3abiToWqUbZxsaEXdTu4G6P5tkWm5fSZLZ+ezMYeHy//2+5HlwjztSF2rOByViBIC68&#10;rbk08J1/PM5BhIhssfFMBi4UYL26v1tiZn3POzrvYylSCIcMDVQxtpmUoajIYRj7ljhxR985jOns&#10;Smk77FO4a+RUqWfpsObUUGFLbxUVp/2vM3DKD9gfvy6Hn9e8oX47U/pTvxvzMBpeFiAiDfEm/ndv&#10;bJr/pPVsOtdqAn8/JQDk6goAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAjNEGByAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" fillcolor="#388557 [3205]" stroked="f">
                     <v:textbox inset="2.59156mm,1.2958mm,2.59156mm,1.2958mm"/>
                   </v:rect>
                   <w10:anchorlock/>
                 </v:group>
               </w:pict>
             </mc:Fallback>
           </mc:AlternateContent>
         </w:r>
       </w:p>
-      <w:p w:rsidR="00240F61" w:rsidP="00005B75" w:rsidRDefault="00E23A27" w14:paraId="30078F27" w14:textId="46105B27">
+      <w:p w14:paraId="30078F27" w14:textId="27DBB98A" w:rsidR="00240F61" w:rsidRDefault="00E23A27" w:rsidP="00005B75">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:tabs>
             <w:tab w:val="clear" w:pos="4680"/>
             <w:tab w:val="right" w:pos="9630"/>
           </w:tabs>
           <w:spacing w:after="0"/>
           <w:jc w:val="left"/>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:t>AQEIP</w:t>
         </w:r>
         <w:r w:rsidR="00CD7F66">
           <w:t xml:space="preserve"> | MQEIP | HQEIP</w:t>
         </w:r>
         <w:r w:rsidR="006E1992">
           <w:t xml:space="preserve">: </w:t>
         </w:r>
         <w:r w:rsidR="00CD7F66">
           <w:t>PY</w:t>
         </w:r>
         <w:r w:rsidR="00E53912">
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00CD7F66">
           <w:t xml:space="preserve"> Deliverables Due Dates</w:t>
         </w:r>
-        <w:r w:rsidRPr="003F61F7" w:rsidR="00240F61">
+        <w:r w:rsidR="00240F61" w:rsidRPr="003F61F7">
           <w:t xml:space="preserve"> – </w:t>
         </w:r>
         <w:r w:rsidR="00CD7F66">
           <w:t xml:space="preserve">Version </w:t>
         </w:r>
-        <w:r w:rsidR="00E53912">
-          <w:t>0</w:t>
+        <w:r w:rsidR="00BD0084">
+          <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00440B9D">
           <w:t>2/04</w:t>
         </w:r>
-        <w:r w:rsidRPr="00276951" w:rsidR="00276951">
+        <w:r w:rsidR="00276951" w:rsidRPr="00276951">
           <w:t>/202</w:t>
         </w:r>
         <w:r w:rsidR="00E53912">
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidR="00005B75">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00240F61">
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="003F61F7" w:rsidR="00240F61">
+        <w:r w:rsidR="00240F61" w:rsidRPr="003F61F7">
           <w:rPr>
             <w:color w:val="2B579A"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="003F61F7" w:rsidR="00240F61">
+        <w:r w:rsidR="00240F61" w:rsidRPr="003F61F7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r w:rsidRPr="003F61F7" w:rsidR="00240F61">
+        <w:r w:rsidR="00240F61" w:rsidRPr="003F61F7">
           <w:rPr>
             <w:color w:val="2B579A"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00240F61">
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="003F61F7" w:rsidR="00240F61">
+        <w:r w:rsidR="00240F61" w:rsidRPr="003F61F7">
           <w:rPr>
             <w:color w:val="2B579A"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="003A6B53" w:rsidP="00240F61" w:rsidRDefault="003A6B53" w14:paraId="13832D43" w14:textId="77777777">
+    <w:p w14:paraId="13832D43" w14:textId="77777777" w:rsidR="003A6B53" w:rsidRDefault="003A6B53" w:rsidP="00240F61">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="003A6B53" w:rsidP="00240F61" w:rsidRDefault="003A6B53" w14:paraId="1254C357" w14:textId="77777777">
+    <w:p w14:paraId="1254C357" w14:textId="77777777" w:rsidR="003A6B53" w:rsidRDefault="003A6B53" w:rsidP="00240F61">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="003A6B53" w:rsidRDefault="003A6B53" w14:paraId="3A214521" w14:textId="77777777">
+    <w:p w14:paraId="3A214521" w14:textId="77777777" w:rsidR="003A6B53" w:rsidRDefault="003A6B53">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00240F61" w:rsidP="00132EE9" w:rsidRDefault="00240F61" w14:paraId="1BBA13DE" w14:textId="6A1FF22C">
+  <w:p w14:paraId="1BBA13DE" w14:textId="6A1FF22C" w:rsidR="00240F61" w:rsidRDefault="00240F61" w:rsidP="00132EE9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="-450"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00240F61">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090019"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
@@ -3295,54 +3270,54 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="452985753">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="407307695">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1597253625">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1182932387">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E935AB"/>
@@ -3420,50 +3395,51 @@
     <w:rsid w:val="00342400"/>
     <w:rsid w:val="0034318B"/>
     <w:rsid w:val="003529B4"/>
     <w:rsid w:val="00354AD1"/>
     <w:rsid w:val="00356223"/>
     <w:rsid w:val="00367FD9"/>
     <w:rsid w:val="003823AE"/>
     <w:rsid w:val="00391EE0"/>
     <w:rsid w:val="0039409B"/>
     <w:rsid w:val="00395C5D"/>
     <w:rsid w:val="003A6B53"/>
     <w:rsid w:val="003B5051"/>
     <w:rsid w:val="003B6510"/>
     <w:rsid w:val="003C5285"/>
     <w:rsid w:val="003E2151"/>
     <w:rsid w:val="003F1312"/>
     <w:rsid w:val="00400C6E"/>
     <w:rsid w:val="0040477D"/>
     <w:rsid w:val="004170D5"/>
     <w:rsid w:val="00440B9D"/>
     <w:rsid w:val="00447EE4"/>
     <w:rsid w:val="00447F0C"/>
     <w:rsid w:val="00462B61"/>
     <w:rsid w:val="004710A3"/>
     <w:rsid w:val="00472E33"/>
+    <w:rsid w:val="0047569A"/>
     <w:rsid w:val="00476F94"/>
     <w:rsid w:val="004825B3"/>
     <w:rsid w:val="004921D6"/>
     <w:rsid w:val="0049411F"/>
     <w:rsid w:val="004A0ABB"/>
     <w:rsid w:val="004B023E"/>
     <w:rsid w:val="004B16DD"/>
     <w:rsid w:val="004F3A09"/>
     <w:rsid w:val="00503226"/>
     <w:rsid w:val="00510D3C"/>
     <w:rsid w:val="0051228D"/>
     <w:rsid w:val="005272CA"/>
     <w:rsid w:val="00534366"/>
     <w:rsid w:val="00543DB6"/>
     <w:rsid w:val="005462B7"/>
     <w:rsid w:val="00546BD2"/>
     <w:rsid w:val="0055010F"/>
     <w:rsid w:val="0055150F"/>
     <w:rsid w:val="0057472F"/>
     <w:rsid w:val="005833E7"/>
     <w:rsid w:val="00584109"/>
     <w:rsid w:val="005908E6"/>
     <w:rsid w:val="00593147"/>
     <w:rsid w:val="00595F42"/>
     <w:rsid w:val="005A509D"/>
@@ -3495,50 +3471,51 @@
     <w:rsid w:val="006E5D71"/>
     <w:rsid w:val="006F4BAD"/>
     <w:rsid w:val="00703027"/>
     <w:rsid w:val="0072131A"/>
     <w:rsid w:val="00725CBE"/>
     <w:rsid w:val="0073262B"/>
     <w:rsid w:val="00734F47"/>
     <w:rsid w:val="00735BC5"/>
     <w:rsid w:val="00746BCD"/>
     <w:rsid w:val="00746E44"/>
     <w:rsid w:val="00755B62"/>
     <w:rsid w:val="00756584"/>
     <w:rsid w:val="00761328"/>
     <w:rsid w:val="00762856"/>
     <w:rsid w:val="00765C34"/>
     <w:rsid w:val="007668E7"/>
     <w:rsid w:val="00767E0C"/>
     <w:rsid w:val="00794346"/>
     <w:rsid w:val="00797EA2"/>
     <w:rsid w:val="007A359D"/>
     <w:rsid w:val="007B07C4"/>
     <w:rsid w:val="007B4C32"/>
     <w:rsid w:val="007C163C"/>
     <w:rsid w:val="007C1E06"/>
     <w:rsid w:val="007D6522"/>
+    <w:rsid w:val="007E3B9C"/>
     <w:rsid w:val="007E4110"/>
     <w:rsid w:val="007E4A9E"/>
     <w:rsid w:val="00814D63"/>
     <w:rsid w:val="008246DA"/>
     <w:rsid w:val="008307EC"/>
     <w:rsid w:val="00835064"/>
     <w:rsid w:val="00836C7F"/>
     <w:rsid w:val="008459EE"/>
     <w:rsid w:val="00850F96"/>
     <w:rsid w:val="008530B1"/>
     <w:rsid w:val="008726C4"/>
     <w:rsid w:val="00881308"/>
     <w:rsid w:val="008A6035"/>
     <w:rsid w:val="008C334C"/>
     <w:rsid w:val="008D66AC"/>
     <w:rsid w:val="009026DF"/>
     <w:rsid w:val="00904608"/>
     <w:rsid w:val="00905647"/>
     <w:rsid w:val="00907B9C"/>
     <w:rsid w:val="009220D7"/>
     <w:rsid w:val="00925DF8"/>
     <w:rsid w:val="00926A26"/>
     <w:rsid w:val="00927C3C"/>
     <w:rsid w:val="00934215"/>
     <w:rsid w:val="009354E3"/>
@@ -3587,50 +3564,51 @@
     <w:rsid w:val="00AE5A23"/>
     <w:rsid w:val="00AF21DD"/>
     <w:rsid w:val="00AF2F7D"/>
     <w:rsid w:val="00AF41BD"/>
     <w:rsid w:val="00AF62BA"/>
     <w:rsid w:val="00B02A6D"/>
     <w:rsid w:val="00B15B0F"/>
     <w:rsid w:val="00B305DC"/>
     <w:rsid w:val="00B35AFC"/>
     <w:rsid w:val="00B44386"/>
     <w:rsid w:val="00B554E5"/>
     <w:rsid w:val="00B608A3"/>
     <w:rsid w:val="00B6570C"/>
     <w:rsid w:val="00B67D57"/>
     <w:rsid w:val="00B704D6"/>
     <w:rsid w:val="00B82905"/>
     <w:rsid w:val="00B919AA"/>
     <w:rsid w:val="00B93229"/>
     <w:rsid w:val="00BA1A19"/>
     <w:rsid w:val="00BA45A3"/>
     <w:rsid w:val="00BB46CC"/>
     <w:rsid w:val="00BC2A9F"/>
     <w:rsid w:val="00BC2B6A"/>
     <w:rsid w:val="00BC3C72"/>
     <w:rsid w:val="00BC5B71"/>
+    <w:rsid w:val="00BD0084"/>
     <w:rsid w:val="00BD03B8"/>
     <w:rsid w:val="00BF6B8C"/>
     <w:rsid w:val="00C13B96"/>
     <w:rsid w:val="00C14448"/>
     <w:rsid w:val="00C24888"/>
     <w:rsid w:val="00C41257"/>
     <w:rsid w:val="00C50828"/>
     <w:rsid w:val="00C56B6F"/>
     <w:rsid w:val="00C63599"/>
     <w:rsid w:val="00C63AC2"/>
     <w:rsid w:val="00C70B85"/>
     <w:rsid w:val="00C75704"/>
     <w:rsid w:val="00C806A3"/>
     <w:rsid w:val="00C84F71"/>
     <w:rsid w:val="00C949D2"/>
     <w:rsid w:val="00CB2F7D"/>
     <w:rsid w:val="00CC5AE0"/>
     <w:rsid w:val="00CD7F66"/>
     <w:rsid w:val="00CE6AAF"/>
     <w:rsid w:val="00CF381A"/>
     <w:rsid w:val="00D243B3"/>
     <w:rsid w:val="00D27598"/>
     <w:rsid w:val="00D44BE4"/>
     <w:rsid w:val="00D4552A"/>
     <w:rsid w:val="00D74919"/>
@@ -3704,82 +3682,79 @@
     <w:rsid w:val="1D55E3E0"/>
     <w:rsid w:val="1D93C3F4"/>
     <w:rsid w:val="1DA7AB50"/>
     <w:rsid w:val="28EE790F"/>
     <w:rsid w:val="2A008B38"/>
     <w:rsid w:val="2C828989"/>
     <w:rsid w:val="2D1152FA"/>
     <w:rsid w:val="2D41EB7C"/>
     <w:rsid w:val="2D4223E2"/>
     <w:rsid w:val="2DA21D06"/>
     <w:rsid w:val="2E105672"/>
     <w:rsid w:val="2E7FCD52"/>
     <w:rsid w:val="2EA005CC"/>
     <w:rsid w:val="312A08F9"/>
     <w:rsid w:val="31BB09ED"/>
     <w:rsid w:val="32AAF4AF"/>
     <w:rsid w:val="360C6C49"/>
     <w:rsid w:val="3639B0B3"/>
     <w:rsid w:val="383E1A23"/>
     <w:rsid w:val="38B90DD8"/>
     <w:rsid w:val="39DF2BE1"/>
     <w:rsid w:val="3B4A2AAC"/>
     <w:rsid w:val="3BA08C1F"/>
     <w:rsid w:val="3C6217A9"/>
     <w:rsid w:val="3D3BA8AF"/>
-    <w:rsid w:val="3F3A018A"/>
     <w:rsid w:val="41707AC7"/>
     <w:rsid w:val="41F5B7DE"/>
     <w:rsid w:val="41F83A9E"/>
     <w:rsid w:val="430F5CBC"/>
     <w:rsid w:val="4984E599"/>
     <w:rsid w:val="49A1E4C4"/>
     <w:rsid w:val="4A50D46B"/>
     <w:rsid w:val="4B2D7F77"/>
     <w:rsid w:val="4C0EBFEA"/>
     <w:rsid w:val="4CFAC271"/>
     <w:rsid w:val="4D9C6AE7"/>
     <w:rsid w:val="4F019068"/>
     <w:rsid w:val="4F560EBC"/>
     <w:rsid w:val="4F651BB9"/>
     <w:rsid w:val="50EC1E64"/>
     <w:rsid w:val="518AB100"/>
     <w:rsid w:val="521191C1"/>
     <w:rsid w:val="523ACED0"/>
     <w:rsid w:val="53194BB2"/>
     <w:rsid w:val="53B39327"/>
     <w:rsid w:val="53D23357"/>
     <w:rsid w:val="549D9910"/>
     <w:rsid w:val="574177BD"/>
     <w:rsid w:val="58489155"/>
     <w:rsid w:val="5954F0DC"/>
     <w:rsid w:val="597E4D97"/>
     <w:rsid w:val="5B6925BC"/>
-    <w:rsid w:val="5BC7AC77"/>
     <w:rsid w:val="5C0BACA2"/>
     <w:rsid w:val="5E8CA506"/>
-    <w:rsid w:val="604697FA"/>
     <w:rsid w:val="618D8D49"/>
     <w:rsid w:val="63516BD9"/>
     <w:rsid w:val="635487A2"/>
     <w:rsid w:val="63C8AC01"/>
     <w:rsid w:val="645053F2"/>
     <w:rsid w:val="6592F758"/>
     <w:rsid w:val="6627D360"/>
     <w:rsid w:val="6D87B96F"/>
     <w:rsid w:val="6E192E22"/>
     <w:rsid w:val="6F3054C1"/>
     <w:rsid w:val="7009ED5C"/>
     <w:rsid w:val="7039A92F"/>
     <w:rsid w:val="71046188"/>
     <w:rsid w:val="72987FD5"/>
     <w:rsid w:val="732C097B"/>
     <w:rsid w:val="748CDDF6"/>
     <w:rsid w:val="74F788D7"/>
     <w:rsid w:val="758C89D0"/>
     <w:rsid w:val="76124E5C"/>
     <w:rsid w:val="786A268B"/>
     <w:rsid w:val="7ADC3D5F"/>
     <w:rsid w:val="7B991274"/>
     <w:rsid w:val="7BB09883"/>
     <w:rsid w:val="7C98585F"/>
     <w:rsid w:val="7E245526"/>
@@ -3798,127 +3773,127 @@
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="05AA40A5"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{524C0826-B9C6-434D-B289-C469949972AA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4074,52 +4049,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -4186,319 +4161,319 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="400" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="34"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00746BCD"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="300" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="14558F" w:themeColor="accent1"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="140" w:after="140" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="535353" w:themeColor="text2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="140" w:after="140" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="535353" w:themeColor="text2"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="MHtableHeader" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="MHtableHeader">
     <w:name w:val="MH table Header"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B554E5"/>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1" w:themeFill="background2" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
@@ -4519,559 +4494,559 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="34"/>
       <w:szCs w:val="28"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00746BCD"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="14558F" w:themeColor="accent1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="26"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable4-Accent1">
     <w:name w:val="Grid Table 4 Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="489AE5" w:themeColor="accent1" w:themeTint="99" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="489AE5" w:themeColor="accent1" w:themeTint="99" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="489AE5" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="489AE5" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="489AE5" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="489AE5" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="489AE5" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="489AE5" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="14558F" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="14558F" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="14558F" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="14558F" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="14558F" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C1DDF6" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="C1DDF6" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MHSummaryHeadline" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MHSummaryHeadline">
     <w:name w:val="MH – Summary Headline"/>
     <w:qFormat/>
     <w:rsid w:val="009D3A5F"/>
     <w:pPr>
       <w:spacing w:before="600" w:after="200"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="14558F" w:themeColor="accent1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MHCoverChart-Description" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MHCoverChart-Description">
     <w:name w:val="MH – Cover Chart - Description"/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:bCs/>
       <w:color w:val="535353" w:themeColor="text2"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="10080"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="535353" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:color w:val="535353" w:themeColor="text2"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MH-CoverChart-Itemheadline" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MH-CoverChart-Itemheadline">
     <w:name w:val="MH - Cover Chart - Item headline"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B554E5"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorHAnsi"/>
       <w:bCs/>
       <w:color w:val="535353" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MHSummaryParagraph" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MHSummaryParagraph">
     <w:name w:val="MH – Summary Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:rsid w:val="00240F61"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="535353" w:themeColor="text2"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MH-Cover-Subtitle" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MH-Cover-Subtitle">
     <w:name w:val="MH - Cover - Subtitle"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="44"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:aliases w:val="MH Cover Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00240F61"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:aliases w:val="MH Cover Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="535353" w:themeColor="text2"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading7Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading8Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00240F61"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:kern w:val="0"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="002354FC"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="004825B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="MHVerticalHeaderTable" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="MHVerticalHeaderTable">
     <w:name w:val="MH Vertical Header Table"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B554E5"/>
     <w:tblPr/>
   </w:style>
   <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="41"/>
     <w:rsid w:val="009D3A5F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
@@ -5081,317 +5056,318 @@
   <w:style w:type="paragraph" w:styleId="ListNumber">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F00742"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListNumber2">
     <w:name w:val="List Number 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00836C7F"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CalloutText-LtBlue" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CalloutText-LtBlue">
     <w:name w:val="Call out Text - Lt Blue"/>
     <w:qFormat/>
     <w:rsid w:val="00746BCD"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:color="C1DDF6" w:themeColor="accent1" w:themeTint="33" w:sz="36" w:space="4"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="C1DDF6" w:themeColor="accent1" w:themeTint="33" w:sz="36" w:space="4"/>
+        <w:top w:val="single" w:sz="36" w:space="4" w:color="C1DDF6" w:themeColor="accent1" w:themeTint="33"/>
+        <w:left w:val="single" w:sz="36" w:space="4" w:color="C1DDF6" w:themeColor="accent1" w:themeTint="33"/>
+        <w:bottom w:val="single" w:sz="36" w:space="4" w:color="C1DDF6" w:themeColor="accent1" w:themeTint="33"/>
+        <w:right w:val="single" w:sz="36" w:space="4" w:color="C1DDF6" w:themeColor="accent1" w:themeTint="33"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="C1DDF6" w:themeFill="accent1" w:themeFillTint="33"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:after="100"/>
       <w:ind w:left="216" w:right="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:b/>
       <w:color w:val="0A2A47" w:themeColor="accent1" w:themeShade="80"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CalloutText-DkGray" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CalloutText-DkGray">
     <w:name w:val="Call out Text - Dk Gray"/>
     <w:qFormat/>
     <w:rsid w:val="001B4969"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="24" w:space="10"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="14558F" w:themeColor="accent1" w:sz="24" w:space="10"/>
+        <w:top w:val="single" w:sz="24" w:space="10" w:color="14558F" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="24" w:space="10" w:color="14558F" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="24" w:space="10" w:color="14558F" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="24" w:space="10" w:color="14558F" w:themeColor="accent1"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="14558F" w:themeFill="accent1"/>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:before="100" w:after="200"/>
       <w:ind w:left="216" w:right="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:b/>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MH-ChartContentText" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MH-ChartContentText">
     <w:name w:val="MH - Chart Content Text"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AE5A23"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorHAnsi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MH-Describeboxandtext" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MH-Describeboxandtext">
     <w:name w:val="MH - Describe box and text"/>
     <w:qFormat/>
     <w:rsid w:val="00946229"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="6" w:space="8"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="6" w:space="8"/>
+        <w:top w:val="single" w:sz="6" w:space="8" w:color="DCDCDC" w:themeColor="background2"/>
+        <w:left w:val="single" w:sz="6" w:space="8" w:color="DCDCDC" w:themeColor="background2"/>
+        <w:bottom w:val="single" w:sz="6" w:space="8" w:color="DCDCDC" w:themeColor="background2"/>
+        <w:right w:val="single" w:sz="6" w:space="8" w:color="DCDCDC" w:themeColor="background2"/>
       </w:pBdr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:after="100" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="547" w:right="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:color w:val="535353" w:themeColor="text2"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGridLight">
     <w:name w:val="Grid Table Light"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="40"/>
     <w:rsid w:val="009C5CFF"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="MHLeftHeaderTable" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="MHLeftHeaderTable">
     <w:name w:val="MH Left Header Table"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B554E5"/>
     <w:rPr>
       <w:sz w:val="22"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:wordWrap/>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:b/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="DCDCDC" w:themeColor="background2" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="DCDCDC" w:themeColor="background2"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0039409B"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00234457"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00234457"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00234457"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00234457"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00234457"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007668E7"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\EGuimaraes1\Downloads\ForHealthCtg_Document_OCA_MH%20WORD%20Template_2023%5b15%5d%20(2).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="MassHealth Theme 2024">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="535353"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="DCDCDC"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="14558F"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="388557"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="8AAAC7"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="F6C51B"/>
@@ -5624,50 +5600,72 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ca181a51-b58f-4101-967e-bee951ab042e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <SharedWithUsers xmlns="a84c8341-80aa-4b48-9373-d3a3de2ad48e">
+      <UserInfo>
+        <DisplayName>Walia, Hadley (EHS)</DisplayName>
+        <AccountId>456</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <BriefDescription xmlns="ca181a51-b58f-4101-967e-bee951ab042e" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000E4AA08DB2E7574BB85FD0D75957E082" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f2df0f1ff799e2b1eec60a5ae7dbd158">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca181a51-b58f-4101-967e-bee951ab042e" xmlns:ns3="a84c8341-80aa-4b48-9373-d3a3de2ad48e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a2b684e3fc6b7474634bd10d69afc92c" ns2:_="" ns3:_="">
     <xsd:import namespace="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <xsd:import namespace="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:BriefDescription" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -5848,135 +5846,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...20 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F6065C2-D409-4B21-9F6D-A30DF9E4EB16}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3339C6F9-D78B-45DB-A14A-700DF1434E48}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1110AD98-1DEA-0647-A258-B6C0CEBF9F60}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3339C6F9-D78B-45DB-A14A-700DF1434E48}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F6065C2-D409-4B21-9F6D-A30DF9E4EB16}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="ca181a51-b58f-4101-967e-bee951ab042e"/>
     <ds:schemaRef ds:uri="a84c8341-80aa-4b48-9373-d3a3de2ad48e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE9268F1-2BC5-4F78-A2A9-E0CAD308BDAB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>ForHealthCtg_Document_OCA_MH WORD Template_2023[15] (2)</Template>
+  <TotalTime></TotalTime>
+  <Pages>3</Pages>
+  <Words>422</Words>
+  <Characters>2411</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>2828</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>AQEIP | MQEIP | HQEIP: PY2 Deliverables Due Dates – Version 03/27/2024</dc:title>
   <dc:subject/>
   <dc:creator>Guimaraes, Erica (EHS)</dc:creator>
-  <keywords/>
+  <cp:keywords/>
   <dc:description/>
-  <lastModifiedBy>Olugbenga, Ayobami (EHS)</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2025-10-22T14:56:00.0000000Z</lastPrinted>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000E4AA08DB2E7574BB85FD0D75957E082</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="GrammarlyDocumentId">
     <vt:lpwstr>fe587de36b85bd5b73470e98c7f0a677574420b574253292f3b39a319b39dc34</vt:lpwstr>
   </property>
 </Properties>
 </file>