--- v0 (2025-12-03)
+++ v1 (2026-01-31)
@@ -1,2395 +1,950 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6AB75A1A" w14:textId="77777777" w:rsidR="00F81E86" w:rsidRDefault="009115F3" w:rsidP="009115F3">
-[...220 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="73815220" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>MassHealth</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6971BEDF" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>COMMONWEALTH OF MASSACHUSETTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61BEDB4D" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71F003F8" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Personal Care Attendant (PCA) Program</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD5299F" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A4617F7" w14:textId="00D4EB41" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Personal Care Management (PCM) Agencies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E124BE7" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EF6A959" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Access Care Partners</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47CB794C" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4 Valley Mill Rd. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F93AC3" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Holyoke, MA 01040</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B504917" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Phone: (413) 538-9020</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0210FA09" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Website: www.accesscarepartners.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D9D3716" w14:textId="5AD9528D" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">In-home care for older adults and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> with disabilities in Western Massachusetts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="734FE38B" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23572EEB" w14:textId="0351C71A" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>AdLib</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Inc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62AFC4BC" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>215 North St.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C1B588F" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Pittsfield, MA 01201</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10212DE2" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Phone: (413) 442-7047</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63E9F8F6" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Website: www.adlibcil.org </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2200E89C" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17E86A16" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>AgeSpan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4A3A976C" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>280 Merrimack St, Suite 400</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44CFE460" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Lawrence, MA 01843</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7678FE0E" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Phone: (978) 683-7747</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AB74E5B" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Website: www.agespan.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0545C8DC" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6137648E" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Boston Center for Independent Living (BCIL)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2519841D" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>60 Temple Place, 5th Floor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EEE0EEC" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Boston, MA 02111</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DBF4B06" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Phone: (617) 338-6665</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EAE1678" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Website: www.bostoncil.org </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57A0EC02" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="538AF094" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Center for Living &amp; Working (CLW)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="143C2E2B" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>18 Chestnut St. Suite 540</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63C3D746" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Worcester, MA 01608</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B268659" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Phone: (508) 798-0350</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FFCF014" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Website: www.centerlw.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="659310E5" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55FC1508" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Elder Services of Worcester Area (ESWA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42BFA6B4" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>67 Millbrook St. Suite 100</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D6B1637" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Worcester, MA 01606</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2040191E" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Phone: (508) 756-1545</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56106545" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Website: www.eswa.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E09EBF2" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DAD819F" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ethos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3452A161" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">555 Amory St. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6105E060" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Boston, MA 02130</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="397DB06C" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Phone: (617) 522-6700</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E5E824" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Website: www.ethocare.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00077CCE" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A4BA881" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Greater Springfield Senior Services (GSSSI) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="038C2327" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>66 Industry Ave. Suite 9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="322D3874" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Springfield, MA 01104</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BDB9734" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Phone: (413) 781-8800</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0244704C" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Website: www.gsssi.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1694D540" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09BE7CDF" w14:textId="779AF40C" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Independence Associates (IA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BC932F4" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>100 Laurel St. Suite 122</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20B4A078" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>East Bridgewater, MA 02333</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C7CEFBD" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Phone: (508) 583-2166</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7005FED2" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Website: www.iacil.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="310DC456" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7831EF6E" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Northeast Arc</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EBB4726" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1 Southside Rd. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A53DC4" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Danvers, MA 01923 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B3F748D" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Phone: (978) 762-0301</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6711B9" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Website: www.ne-arc.org </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="491FD181" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64B51FE5" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Northeast Independent Living Program (NILP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="139592D3" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>20 Ballard Rd.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2E5B14" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Lawrence, MA 01843</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4968F178" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Phone: (978) 687-4288</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A047550" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Website: www.nilp.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78156D67" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69130579" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Stavros Center for Independent Living </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19C5D2F1" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">210 Old Farm Rd. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="553A352D" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Amherst, MA 01002</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3516E015" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Phone: (413) 256-0473</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="499F4C36" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Website: www.stavros.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F3B9180" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B49CC32" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Tri-Valley, Inc</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="492B54D5" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>10 Mill St.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E6251D6" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Dudley, MA 01571</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CEA4C25" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Phone: (508) 946-6640</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0377F346" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Website: www.trivalleyinc.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BBC7103" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77485CD9" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>The Arc of the South Shore</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34571AD5" w14:textId="2344B477" w:rsidR="009115F3" w:rsidRDefault="00453509" w:rsidP="009115F3">
-[...1408 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId27"/>
+    <w:p w14:paraId="2E1EEC17" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>20 Pond Park Rd. Suite 1113</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7354008D" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Hingham, MA 02043</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78A60506" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Phone: (781) 335-3023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="141BB549" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Website: www.arcsouthshore.org</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06067FF9" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42682DC0" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Tempus Unlimited</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31B004BB" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>600 Technology Center Drive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B23594" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Stoughton, MA 02072</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77BE38B7" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Phone: (877) 924-7570 # 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5792CF65" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Website: https://tempusunlimited.org/personal-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="362B4CE7" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">care-attendant/ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36321362" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A1E6BCC" w14:textId="77777777" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48762635" w14:textId="6D45493C" w:rsidR="007D160A" w:rsidRDefault="007D160A" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>End of document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD3E200" w14:textId="77777777" w:rsidR="00CA1533" w:rsidRDefault="00CA1533" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20F70B4B" w14:textId="67F21B39" w:rsidR="00CA1533" w:rsidRDefault="00CA1533" w:rsidP="007D160A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Filename: PCM Agencies List_2025-12</w:t>
+      </w:r>
+      <w:r w:rsidR="00B44204">
+        <w:t>.docx</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00CA1533">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1502" w:bottom="1440" w:left="1501" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...2 lines deleted...]
-    <w:charset w:val="02"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Palatino Linotype">
+    <w:panose1 w:val="02040502050505030304"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...14 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos Display">
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...27 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...445 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005E79AD"/>
-[...87 lines deleted...]
-    <w:rsid w:val="7B67A730"/>
+    <w:rsidRoot w:val="007D160A"/>
+    <w:rsid w:val="00334B6B"/>
+    <w:rsid w:val="007D160A"/>
+    <w:rsid w:val="008770FD"/>
+    <w:rsid w:val="008A6435"/>
+    <w:rsid w:val="008F007F"/>
+    <w:rsid w:val="00B324DA"/>
+    <w:rsid w:val="00B44204"/>
+    <w:rsid w:val="00BA2964"/>
+    <w:rsid w:val="00CA1533"/>
+    <w:rsid w:val="00D11727"/>
+    <w:rsid w:val="00F81C8E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="28AE243D"/>
+  <w14:docId w14:val="761CE310"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{CC062AF0-C0D7-4940-BB79-6502A70A20B4}"/>
+  <w15:docId w15:val="{F844D4CB-8A54-417D-826C-892ADE1A39C5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Palatino Linotype" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2502,51 +1057,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -2728,489 +1283,659 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00586120"/>
+    <w:rsid w:val="00D11727"/>
     <w:pPr>
-      <w:spacing w:after="360"/>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00C16843"/>
+    <w:rsid w:val="00D11727"/>
     <w:pPr>
-      <w:keepNext/>
+      <w:spacing w:after="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
-[...4 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Heading1"/>
+    <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="002053ED"/>
+    <w:rsid w:val="007D160A"/>
     <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007D160A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007D160A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007D160A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007D160A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007D160A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007D160A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007D160A"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="0" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="PlainText">
-[...23 lines deleted...]
-      <w:szCs w:val="21"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D11727"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007D160A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007D160A"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007D160A"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007D160A"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007D160A"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007D160A"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007D160A"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007D160A"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00586120"/>
+    <w:rsid w:val="007D160A"/>
     <w:pPr>
-      <w:spacing w:after="480"/>
+      <w:spacing w:before="0" w:after="80"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="007D160A"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="007D160A"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="007D160A"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="007D160A"/>
+    <w:pPr>
+      <w:spacing w:before="160" w:after="160"/>
       <w:jc w:val="center"/>
-      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="007D160A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="007D160A"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="007D160A"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="007D160A"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="007D160A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Palatino Linotype"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="007D160A"/>
+    <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:kern w:val="28"/>
-[...244 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bostoncil.org/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.iacil.org/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wmeldercare.org/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nilp.org/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arcsouthshore.org/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ethocare.org/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.trivalleyinc.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eswa.org/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lifepathma.org/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agespan.org/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tempusunlimited.org/personal-care-management-pca/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coastlinenb.org/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.stavros.org/pca.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.adlibcil.org/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gsssi.org/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.centerlw.org/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ne-arc.org/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -3218,54 +1943,54 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
@@ -3418,413 +2143,65 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...339 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>2762</Characters>
+  <Pages>3</Pages>
+  <Words>307</Words>
+  <Characters>1753</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3240</CharactersWithSpaces>
+  <CharactersWithSpaces>2056</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Lisa</dc:creator>
+  <dc:creator>Colella-Yantosca, Lucia (EHS)</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...9 lines deleted...]
-</file>