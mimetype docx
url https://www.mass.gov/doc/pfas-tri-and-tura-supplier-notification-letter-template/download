--- v0 (2025-10-22)
+++ v1 (2026-03-27)
@@ -9,65 +9,65 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="672CEFBF" w14:textId="77777777" w:rsidR="0078512E" w:rsidRDefault="0078512E"/>
     <w:p w14:paraId="41F67031" w14:textId="77777777" w:rsidR="000A2A0F" w:rsidRDefault="000A2A0F"/>
-    <w:p w14:paraId="263AE0AB" w14:textId="4EEE9B10" w:rsidR="000A2A0F" w:rsidRDefault="000A2A0F">
+    <w:p w14:paraId="263AE0AB" w14:textId="4D949F63" w:rsidR="000A2A0F" w:rsidRDefault="000A2A0F">
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00224EBB">
+      <w:r w:rsidR="00917DEC">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>January 17, 2025</w:t>
+        <w:t>January 15, 2026</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BC9C3EF" w14:textId="77777777" w:rsidR="008735E6" w:rsidRDefault="008735E6">
       <w:r w:rsidRPr="009619C1">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Recipient Name</w:t>
       </w:r>
       <w:r w:rsidRPr="009619C1">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:br/>
         <w:t>Supplier Business Name</w:t>
       </w:r>
       <w:r w:rsidRPr="009619C1">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:br/>
         <w:t>Address Line 1</w:t>
@@ -108,51 +108,59 @@
       <w:r w:rsidR="48A5EFFD">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="12F6CCF7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="3BE87E4B">
         <w:t xml:space="preserve">PFAS </w:t>
       </w:r>
       <w:r w:rsidR="48A5EFFD">
         <w:t xml:space="preserve">Supplier </w:t>
       </w:r>
       <w:r w:rsidR="12F6CCF7">
         <w:t>Notification Requirements</w:t>
       </w:r>
       <w:r w:rsidR="09299D9C">
         <w:t xml:space="preserve"> under </w:t>
       </w:r>
       <w:r w:rsidR="745D0FE5">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="1E8F54F1">
         <w:t xml:space="preserve">Massachusetts </w:t>
       </w:r>
       <w:r w:rsidR="745D0FE5">
-        <w:t xml:space="preserve">Toxics Use Reduction Act (TURA) </w:t>
+        <w:t xml:space="preserve">Toxics </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="745D0FE5">
+        <w:t>Use Reduction</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="745D0FE5">
+        <w:t xml:space="preserve"> Act (TURA) </w:t>
       </w:r>
       <w:r w:rsidR="48A01C31">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="09299D9C">
         <w:t>the Toxics Release Inventory</w:t>
       </w:r>
       <w:r w:rsidR="3BE87E4B">
         <w:t xml:space="preserve"> (TRI)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53D9E40C" w14:textId="77777777" w:rsidR="009619C1" w:rsidRDefault="009619C1">
       <w:r>
         <w:t xml:space="preserve">Dear </w:t>
       </w:r>
       <w:r w:rsidRPr="009619C1">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Name</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
@@ -443,60 +451,68 @@
       </w:r>
       <w:r w:rsidR="6360CB5F">
         <w:t>wise used)</w:t>
       </w:r>
       <w:r w:rsidR="2F887483">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B78F9D1" w14:textId="1D1AA8FF" w:rsidR="00BF69AF" w:rsidRDefault="709B2775" w:rsidP="00644AFF">
       <w:r>
         <w:t xml:space="preserve">In light of this revision to the list of substances reportable under </w:t>
       </w:r>
       <w:r w:rsidR="61454251">
         <w:t>TURA</w:t>
       </w:r>
       <w:r w:rsidR="2F887483">
         <w:t xml:space="preserve">, we request notification of the presence and quantity of any PFAS fitting the above definition in any mixture or products furnished to </w:t>
       </w:r>
       <w:r w:rsidR="2F887483" w:rsidRPr="723A7F74">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Company Name</w:t>
       </w:r>
       <w:r w:rsidR="2F887483">
-        <w:t xml:space="preserve"> from January 1, 2022 to </w:t>
+        <w:t xml:space="preserve"> from January 1, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="2F887483">
+        <w:t>2022</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="2F887483">
+        <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="56C938BE">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="2F887483">
         <w:t>present.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E9A83DB" w14:textId="113D25D6" w:rsidR="000A2A0F" w:rsidRDefault="12F6CCF7" w:rsidP="00644AFF">
+    <w:p w14:paraId="6E9A83DB" w14:textId="2556ABA2" w:rsidR="000A2A0F" w:rsidRDefault="12F6CCF7" w:rsidP="00644AFF">
       <w:r>
         <w:t xml:space="preserve">In </w:t>
       </w:r>
       <w:r w:rsidR="1D9A5AF4">
         <w:t xml:space="preserve">addition, in </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Section 7321 of the National Defense Authorization Act (NDAA), </w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
         <w:r w:rsidRPr="723A7F74">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00BD0A2C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>96</w:t>
         </w:r>
         <w:r w:rsidRPr="723A7F74">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -551,57 +567,50 @@
       </w:r>
       <w:r w:rsidR="00511BC7">
         <w:t xml:space="preserve">list of </w:t>
       </w:r>
       <w:r w:rsidR="005E225D">
         <w:t>Lower Thresholds for Chemicals of Special Concern</w:t>
       </w:r>
       <w:r w:rsidR="00511BC7">
         <w:t xml:space="preserve">. The reporting threshold for each of the TRI PFAS is 100 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00511BC7">
         <w:t>lb</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00511BC7">
         <w:t xml:space="preserve">/year. </w:t>
       </w:r>
       <w:r w:rsidR="00C607A6" w:rsidRPr="00A36E6F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Under </w:t>
       </w:r>
-      <w:r w:rsidR="00EC5364" w:rsidRPr="00A36E6F">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00F51CE4" w:rsidRPr="00A36E6F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>EPA regulations</w:t>
       </w:r>
       <w:r w:rsidR="00C607A6" w:rsidRPr="00A36E6F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC5364" w:rsidRPr="00A36E6F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">adopted for </w:t>
       </w:r>
       <w:r w:rsidR="00BE567B" w:rsidRPr="00A36E6F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -765,196 +774,312 @@
         <w:t>suppliers are legally obligated to notify us</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of the presence </w:t>
       </w:r>
       <w:r w:rsidR="01E5F276">
         <w:t xml:space="preserve">and quantity </w:t>
       </w:r>
       <w:r>
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidR="0052421C">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="656221E0" w14:textId="77777777" w:rsidR="00EC0808" w:rsidRDefault="00EC0808" w:rsidP="00EC0808">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">any of the 172 listed PFAS reportable since 1/1/2020 in any mixtures or products furnished to </w:t>
+        <w:t xml:space="preserve">any of the 172 listed PFAS reportable </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>since</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 1/1/2020 in any mixtures or products furnished to </w:t>
       </w:r>
       <w:r w:rsidRPr="13A2CB3A">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Company Name</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> from January 1, 2020 to the present;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> from January 1, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>present;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="69E31660" w14:textId="54273B3F" w:rsidR="00EC0808" w:rsidRDefault="00EC0808" w:rsidP="00EC0808">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">any of the </w:t>
       </w:r>
       <w:r w:rsidR="007458A8">
         <w:t>4</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> listed PFAS reportable since 1/1/2021 in any mixtures or products furnished to </w:t>
+        <w:t xml:space="preserve"> listed PFAS reportable </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>since</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 1/1/2021 in any mixtures or products furnished to </w:t>
       </w:r>
       <w:r w:rsidRPr="00253E33">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Company Name</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> from January 1, 2021 to the present; </w:t>
+        <w:t xml:space="preserve"> from January 1, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>present;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="736BD5EF" w14:textId="6C510128" w:rsidR="007458A8" w:rsidRDefault="007458A8" w:rsidP="007458A8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">any of the 4 listed PFAS reportable since 1/1/2022 in any mixtures or products furnished to </w:t>
+        <w:t xml:space="preserve">any of the 4 listed PFAS </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">reportable since 1/1/2022 in any mixtures or products furnished to </w:t>
       </w:r>
       <w:r w:rsidRPr="00253E33">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Company Name</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> from January 1, 2022 to the present; and</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> from January 1, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> to the present; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EC6235E" w14:textId="5F9C8BBD" w:rsidR="00EC0808" w:rsidRDefault="00EC0808" w:rsidP="00EC0808">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">any of the </w:t>
       </w:r>
       <w:r w:rsidR="007458A8">
         <w:t xml:space="preserve">9 </w:t>
       </w:r>
       <w:r>
-        <w:t>listed PFAS reportable since 1/1/202</w:t>
+        <w:t xml:space="preserve">listed PFAS </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>reportable since 1/1/202</w:t>
       </w:r>
       <w:r w:rsidR="007458A8">
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in any mixtures or products furnished to </w:t>
       </w:r>
       <w:r w:rsidRPr="13A2CB3A">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Company Name</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> from January 1, 202</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> from January 1, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="007458A8">
         <w:t>3</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> to the present.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="084B37AB" w14:textId="00D66BFC" w:rsidR="00C01DFC" w:rsidRDefault="00C01DFC" w:rsidP="00C01DFC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">any of the 7 listed PFAS reportable since 1/1/2024 in any mixtures or products furnished to </w:t>
       </w:r>
       <w:r w:rsidRPr="13A2CB3A">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Company Name</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> from January 1, 2024 to the present.</w:t>
+        <w:t xml:space="preserve"> from January 1, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> to the present.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="072E62AA" w14:textId="683D6C1F" w:rsidR="00224EBB" w:rsidRDefault="00224EBB" w:rsidP="00C01DFC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Any of the 9 listed PFAS reportable since 1/1/2025 </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">in any mixtures or products furnished to </w:t>
+        <w:t xml:space="preserve">Any of the 9 listed PFAS reportable since 1/1/2025 in any mixtures or products furnished to </w:t>
       </w:r>
       <w:r w:rsidRPr="13A2CB3A">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Company Name</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> from January 1, 202</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> from January 1, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> to the present.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AAF91FE" w14:textId="2ABBC414" w:rsidR="00917DEC" w:rsidRDefault="00917DEC" w:rsidP="00C01DFC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Any of the 1 listed PFAS </w:t>
+      </w:r>
+      <w:r>
+        <w:t>reportable since 1/1/202</w:t>
+      </w:r>
+      <w:r>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> in any mixtures or products furnished to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="13A2CB3A">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Company Name</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> from January 1, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:t>6</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> to the present.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DBA7FB9" w14:textId="390E7F72" w:rsidR="00E86159" w:rsidRDefault="4EDD9AA1" w:rsidP="00644AFF">
       <w:r>
         <w:t xml:space="preserve">TRI listing details can be found </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="13A2CB3A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00E86159">
         <w:t>We greatly appreciate your time and assistance.</w:t>
       </w:r>
       <w:r w:rsidR="00BF5A59">
         <w:t xml:space="preserve"> Please get back to us with this information by </w:t>
       </w:r>
@@ -1068,177 +1193,179 @@
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB20A0">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>: Purchasing Dept; EHS; CEO / President; etc.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="69E1B98F">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1CA32286" w14:textId="77777777" w:rsidR="00F64AFB" w:rsidRDefault="00F64AFB" w:rsidP="00422FB1">
+    <w:p w14:paraId="3F167CB2" w14:textId="77777777" w:rsidR="00F107CE" w:rsidRDefault="00F107CE" w:rsidP="00422FB1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="20DAA7AD" w14:textId="77777777" w:rsidR="00F64AFB" w:rsidRDefault="00F64AFB" w:rsidP="00422FB1">
+    <w:p w14:paraId="7CAA2F7F" w14:textId="77777777" w:rsidR="00F107CE" w:rsidRDefault="00F107CE" w:rsidP="00422FB1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="079CCC86" w14:textId="77777777" w:rsidR="00F64AFB" w:rsidRDefault="00F64AFB">
+    <w:p w14:paraId="4EFC61D1" w14:textId="77777777" w:rsidR="00F107CE" w:rsidRDefault="00F107CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4B83DDBD" w14:textId="77777777" w:rsidR="00F64AFB" w:rsidRDefault="00F64AFB" w:rsidP="00422FB1">
+    <w:p w14:paraId="13FD0096" w14:textId="77777777" w:rsidR="00F107CE" w:rsidRDefault="00F107CE" w:rsidP="00422FB1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C76EAE0" w14:textId="77777777" w:rsidR="00F64AFB" w:rsidRDefault="00F64AFB" w:rsidP="00422FB1">
+    <w:p w14:paraId="29973CEA" w14:textId="77777777" w:rsidR="00F107CE" w:rsidRDefault="00F107CE" w:rsidP="00422FB1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="137607E5" w14:textId="77777777" w:rsidR="00F64AFB" w:rsidRDefault="00F64AFB">
+    <w:p w14:paraId="29F7048B" w14:textId="77777777" w:rsidR="00F107CE" w:rsidRDefault="00F107CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7D608304" w14:textId="1F5BC2AC" w:rsidR="00BF5A59" w:rsidRDefault="00BF5A59" w:rsidP="00440754">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>TEMPLATE FOR CONTACTING SUPPLIERS REGARDING PFAS REGULATIONS</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
@@ -1340,84 +1467,85 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1184006048">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000A2A0F"/>
     <w:rsid w:val="00004566"/>
     <w:rsid w:val="000364E0"/>
     <w:rsid w:val="00075F33"/>
     <w:rsid w:val="00084585"/>
     <w:rsid w:val="000961FE"/>
     <w:rsid w:val="000A2A0F"/>
     <w:rsid w:val="000A40C6"/>
     <w:rsid w:val="0010319F"/>
     <w:rsid w:val="00120F4C"/>
     <w:rsid w:val="00122E99"/>
+    <w:rsid w:val="00190A01"/>
     <w:rsid w:val="001941BE"/>
     <w:rsid w:val="001B003B"/>
     <w:rsid w:val="00224717"/>
     <w:rsid w:val="00224EBB"/>
     <w:rsid w:val="00237693"/>
     <w:rsid w:val="002434B8"/>
     <w:rsid w:val="00253E33"/>
     <w:rsid w:val="0026315C"/>
     <w:rsid w:val="00271C8F"/>
     <w:rsid w:val="002A6A7D"/>
     <w:rsid w:val="002C499B"/>
     <w:rsid w:val="002E4991"/>
     <w:rsid w:val="00312EAA"/>
     <w:rsid w:val="00320F2D"/>
     <w:rsid w:val="003402F4"/>
     <w:rsid w:val="00391F74"/>
     <w:rsid w:val="003B74CA"/>
     <w:rsid w:val="00400FB2"/>
     <w:rsid w:val="00411C46"/>
     <w:rsid w:val="004175E2"/>
     <w:rsid w:val="00422FB1"/>
     <w:rsid w:val="004307CF"/>
     <w:rsid w:val="00440754"/>
     <w:rsid w:val="00443EE0"/>
     <w:rsid w:val="00447961"/>
@@ -1437,96 +1565,98 @@
     <w:rsid w:val="00615CF4"/>
     <w:rsid w:val="00644AFF"/>
     <w:rsid w:val="00687A59"/>
     <w:rsid w:val="0069428D"/>
     <w:rsid w:val="006B6F2C"/>
     <w:rsid w:val="006D08F1"/>
     <w:rsid w:val="006D3C8F"/>
     <w:rsid w:val="006D5AC8"/>
     <w:rsid w:val="006D717E"/>
     <w:rsid w:val="007458A8"/>
     <w:rsid w:val="007474A6"/>
     <w:rsid w:val="00750342"/>
     <w:rsid w:val="00770AE9"/>
     <w:rsid w:val="0078512E"/>
     <w:rsid w:val="0079742C"/>
     <w:rsid w:val="007979C8"/>
     <w:rsid w:val="008112FB"/>
     <w:rsid w:val="008311BF"/>
     <w:rsid w:val="008735E6"/>
     <w:rsid w:val="00873B1B"/>
     <w:rsid w:val="0089724D"/>
     <w:rsid w:val="008C1B03"/>
     <w:rsid w:val="008E6FDD"/>
     <w:rsid w:val="008F2393"/>
     <w:rsid w:val="008F5E45"/>
+    <w:rsid w:val="00917DEC"/>
     <w:rsid w:val="009619C1"/>
     <w:rsid w:val="00965CE4"/>
     <w:rsid w:val="009C32E2"/>
     <w:rsid w:val="009D0469"/>
     <w:rsid w:val="009D5284"/>
     <w:rsid w:val="009D76EF"/>
     <w:rsid w:val="00A31EB4"/>
     <w:rsid w:val="00A35E8C"/>
     <w:rsid w:val="00A36E6F"/>
     <w:rsid w:val="00A5709E"/>
     <w:rsid w:val="00A73E5C"/>
     <w:rsid w:val="00AD5C3E"/>
     <w:rsid w:val="00AF49CD"/>
     <w:rsid w:val="00B44E49"/>
     <w:rsid w:val="00B95D38"/>
     <w:rsid w:val="00BD0A2C"/>
     <w:rsid w:val="00BE567B"/>
     <w:rsid w:val="00BF5A59"/>
     <w:rsid w:val="00BF69AF"/>
     <w:rsid w:val="00C01DFC"/>
     <w:rsid w:val="00C5132D"/>
     <w:rsid w:val="00C607A6"/>
     <w:rsid w:val="00C63016"/>
     <w:rsid w:val="00C65CD9"/>
     <w:rsid w:val="00C80BDE"/>
     <w:rsid w:val="00C826C9"/>
     <w:rsid w:val="00CB1D16"/>
     <w:rsid w:val="00CC276B"/>
     <w:rsid w:val="00CF50A1"/>
     <w:rsid w:val="00D33694"/>
     <w:rsid w:val="00D401A7"/>
     <w:rsid w:val="00D51A01"/>
     <w:rsid w:val="00D63153"/>
     <w:rsid w:val="00D64275"/>
     <w:rsid w:val="00D9173A"/>
     <w:rsid w:val="00DB72DF"/>
     <w:rsid w:val="00E017C9"/>
     <w:rsid w:val="00E03EE7"/>
     <w:rsid w:val="00E27B26"/>
     <w:rsid w:val="00E61507"/>
     <w:rsid w:val="00E740F3"/>
     <w:rsid w:val="00E86159"/>
     <w:rsid w:val="00EB2E0B"/>
     <w:rsid w:val="00EC0808"/>
     <w:rsid w:val="00EC5364"/>
     <w:rsid w:val="00EF0A39"/>
+    <w:rsid w:val="00F107CE"/>
     <w:rsid w:val="00F14059"/>
     <w:rsid w:val="00F14E68"/>
     <w:rsid w:val="00F33C8E"/>
     <w:rsid w:val="00F51CE4"/>
     <w:rsid w:val="00F64AFB"/>
     <w:rsid w:val="00FB20A0"/>
     <w:rsid w:val="00FD0686"/>
     <w:rsid w:val="01130C2C"/>
     <w:rsid w:val="01E5F276"/>
     <w:rsid w:val="06D58D8A"/>
     <w:rsid w:val="09299D9C"/>
     <w:rsid w:val="09535913"/>
     <w:rsid w:val="0BF8CE77"/>
     <w:rsid w:val="0CE7E0E1"/>
     <w:rsid w:val="0E643FFD"/>
     <w:rsid w:val="0E8AB1BA"/>
     <w:rsid w:val="0F9A9362"/>
     <w:rsid w:val="11221EAE"/>
     <w:rsid w:val="12F6CCF7"/>
     <w:rsid w:val="13A2CB3A"/>
     <w:rsid w:val="14D00FF6"/>
     <w:rsid w:val="14F54D26"/>
     <w:rsid w:val="16A43CEA"/>
     <w:rsid w:val="1860DC77"/>
     <w:rsid w:val="186EE74A"/>
@@ -2576,208 +2706,186 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...40 lines deleted...]
-    <xsd:import namespace="280aa3b4-9b0d-49ad-962b-fb0f41bd377d"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003106E18CC4B593409B7A32DA89C9A86E" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="618f1bdd6ebef6f104fc34108ab0ae7d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="eb08352c-7730-42d3-9de7-c218937c9120" xmlns:ns3="27f883ec-8b32-4f75-889c-dd6dfa83a050" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="743b65f2c04575dafe418ed56cfb5b49" ns2:_="" ns3:_="">
+    <xsd:import namespace="eb08352c-7730-42d3-9de7-c218937c9120"/>
+    <xsd:import namespace="27f883ec-8b32-4f75-889c-dd6dfa83a050"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-[...3 lines deleted...]
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f4187fe2-4a4e-4850-9101-7525ed0c5a67" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="eb08352c-7730-42d3-9de7-c218937c9120" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Notes" ma:index="12" nillable="true" ma:displayName="Notes" ma:format="Dropdown" ma:internalName="Notes">
+    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text">
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="14" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="16" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
-[...6 lines deleted...]
-    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="19" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
-[...9 lines deleted...]
-    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="24" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="280aa3b4-9b0d-49ad-962b-fb0f41bd377d" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="27f883ec-8b32-4f75-889c-dd6dfa83a050" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{9b9bd102-7430-4373-8887-da9c2c5fff7f}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="280aa3b4-9b0d-49ad-962b-fb0f41bd377d">
+    <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{371b408a-3f25-4446-8595-02bdc928cb9d}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="27f883ec-8b32-4f75-889c-dd6dfa83a050">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -2844,117 +2952,163 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="27f883ec-8b32-4f75-889c-dd6dfa83a050">
+      <UserInfo>
+        <DisplayName>Skogstrom, Tiffany (EEA)</DisplayName>
+        <AccountId>13</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Foley, Caredwen (EEA)</DisplayName>
+        <AccountId>11</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Sasportas, Kari (EEA)</DisplayName>
+        <AccountId>12</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="eb08352c-7730-42d3-9de7-c218937c9120">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="27f883ec-8b32-4f75-889c-dd6dfa83a050" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FA3A147-E708-4856-9854-5272A097042A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{272A6452-4FC7-4D9C-8476-C4A38B745F02}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="eb08352c-7730-42d3-9de7-c218937c9120"/>
+    <ds:schemaRef ds:uri="27f883ec-8b32-4f75-889c-dd6dfa83a050"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="f4187fe2-4a4e-4850-9101-7525ed0c5a67"/>
-    <ds:schemaRef ds:uri="280aa3b4-9b0d-49ad-962b-fb0f41bd377d"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E675169-886A-4BC5-985C-3D4268A14B19}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{543F57FB-3F86-471D-BEEA-4F2869B7C46A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FA3A147-E708-4856-9854-5272A097042A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="f4187fe2-4a4e-4850-9101-7525ed0c5a67"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="27f883ec-8b32-4f75-889c-dd6dfa83a050"/>
+    <ds:schemaRef ds:uri="eb08352c-7730-42d3-9de7-c218937c9120"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>584</Words>
-  <Characters>3332</Characters>
+  <Words>605</Words>
+  <Characters>3449</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>28</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3909</CharactersWithSpaces>
+  <CharactersWithSpaces>4046</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Foley, Caredwen (EEA)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100F63A749918850C428F733EC2743BFC07</vt:lpwstr>
+    <vt:lpwstr>0x0101003106E18CC4B593409B7A32DA89C9A86E</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="xd_ProgID">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TemplateUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
+    <vt:bool>false</vt:bool>
+  </property>
 </Properties>
 </file>