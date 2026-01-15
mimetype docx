--- v0 (2025-11-13)
+++ v1 (2026-01-15)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="13ECA974" w14:textId="466067DC" w:rsidR="00532989" w:rsidRPr="003417A0" w:rsidRDefault="00532989" w:rsidP="00D373F5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="8" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="8" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="8" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003417A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Reminder:</w:t>
       </w:r>
@@ -96,1024 +96,1321 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> Vaccine Storage Units</w:t>
       </w:r>
       <w:r w:rsidR="00EF1462" w:rsidRPr="003417A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Primary and Secondary)</w:t>
       </w:r>
       <w:r w:rsidR="00DA2531" w:rsidRPr="003417A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="792D7C69" w14:textId="77777777" w:rsidR="00532989" w:rsidRDefault="00532989"/>
-    <w:p w14:paraId="610ACDF7" w14:textId="6681C0F5" w:rsidR="00EF1462" w:rsidRPr="003417A0" w:rsidRDefault="00444DAA" w:rsidP="31E53F48">
+    <w:p w14:paraId="610ACDF7" w14:textId="6DC6A3C2" w:rsidR="00EF1462" w:rsidRPr="009D36CC" w:rsidRDefault="00444DAA" w:rsidP="31E53F48">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00DA2531" w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DA2531" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00A66AF3" w:rsidRPr="00CC533B">
+        <w:r w:rsidR="00A66AF3" w:rsidRPr="009D36CC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:i/>
             <w:iCs/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">Guidelines for Compliance with State Vaccine </w:t>
         </w:r>
-        <w:r w:rsidR="4E76951F" w:rsidRPr="00CC533B">
+        <w:r w:rsidR="4E76951F" w:rsidRPr="009D36CC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:i/>
             <w:iCs/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">Program </w:t>
         </w:r>
-        <w:r w:rsidR="00A66AF3" w:rsidRPr="00CC533B">
+        <w:r w:rsidR="00A66AF3" w:rsidRPr="009D36CC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:i/>
             <w:iCs/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Requirements</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A66AF3" w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00A66AF3" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>state</w:t>
       </w:r>
-      <w:r w:rsidR="00DA2531" w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DA2531" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D16994" w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00D16994" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>require</w:t>
       </w:r>
-      <w:r w:rsidR="00093180" w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00093180" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00D16994" w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00D16994" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> all </w:t>
       </w:r>
-      <w:r w:rsidR="00BD6B09" w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00BD6B09" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">enrolled </w:t>
       </w:r>
-      <w:r w:rsidR="00D16994" w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00D16994" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>practices</w:t>
       </w:r>
-      <w:r w:rsidR="00A66AF3" w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00A66AF3" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D16994" w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00D16994" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to have </w:t>
       </w:r>
-      <w:r w:rsidR="00A66AF3" w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00A66AF3" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pharmaceutical grade </w:t>
       </w:r>
-      <w:r w:rsidR="0063501D" w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0063501D" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or purpose-built </w:t>
       </w:r>
-      <w:r w:rsidR="00A66AF3" w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00A66AF3" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>refrigerators</w:t>
       </w:r>
-      <w:r w:rsidR="00DA2531" w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DA2531" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
-      <w:r w:rsidR="00DA2531" w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DA2531" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
-      <w:r w:rsidR="00A66AF3" w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00A66AF3" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="38C0E36F" w:rsidRPr="31E53F48">
-[...27 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00797655" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>refrigerator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66AF3" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>storage</w:t>
+      </w:r>
+      <w:r w:rsidR="00D16994" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> unit</w:t>
       </w:r>
-      <w:r w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00EF1462" w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00EF1462" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D16994" w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00797655" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">holding state-supplied vaccine </w:t>
+      </w:r>
+      <w:r w:rsidR="00D16994" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>in their</w:t>
       </w:r>
-      <w:r w:rsidR="00BB5CB9" w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00BB5CB9" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> facility.</w:t>
       </w:r>
-      <w:r w:rsidR="00EF1462" w:rsidRPr="31E53F48">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00EF1462" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="768C6674" w14:textId="77777777" w:rsidR="00DE5C1B" w:rsidRPr="003417A0" w:rsidRDefault="00DE5C1B">
+    <w:p w14:paraId="768C6674" w14:textId="77777777" w:rsidR="00DE5C1B" w:rsidRPr="009D36CC" w:rsidRDefault="00DE5C1B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0343554C" w14:textId="77777777" w:rsidR="00494C26" w:rsidRPr="003417A0" w:rsidRDefault="00BB5CB9">
+    <w:p w14:paraId="0343554C" w14:textId="5E2298DE" w:rsidR="00494C26" w:rsidRPr="009D36CC" w:rsidRDefault="00BB5CB9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003417A0">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D36CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Stand-alone freezers that are not pharmaceutical grade will be acceptable as long as they maintain the proper storage temperature.  </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Stand-alone freezers that are not pharmaceutical grade will be acceptable</w:t>
+      </w:r>
+      <w:r w:rsidR="00797655" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as long as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> they maintain the proper storage temperature.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="492C007A" w14:textId="77777777" w:rsidR="004A0B5E" w:rsidRPr="003417A0" w:rsidRDefault="004A0B5E">
+    <w:p w14:paraId="492C007A" w14:textId="77777777" w:rsidR="004A0B5E" w:rsidRPr="009D36CC" w:rsidRDefault="004A0B5E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="381B272F" w14:textId="77777777" w:rsidR="004A0B5E" w:rsidRPr="003417A0" w:rsidRDefault="004A0B5E">
+    <w:p w14:paraId="381B272F" w14:textId="77777777" w:rsidR="004A0B5E" w:rsidRPr="009D36CC" w:rsidRDefault="004A0B5E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003417A0">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D36CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Although there is no specific description of a pharmaceutical grade refrigerator, some of the characteristics include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04BAFEE9" w14:textId="77777777" w:rsidR="004A0B5E" w:rsidRPr="003417A0" w:rsidRDefault="004A0B5E" w:rsidP="00A66B53">
+    <w:p w14:paraId="04BAFEE9" w14:textId="77777777" w:rsidR="004A0B5E" w:rsidRPr="009D36CC" w:rsidRDefault="004A0B5E" w:rsidP="00A66B53">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003417A0">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D36CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Internal overhead fans to disperse air throughout the unit, eliminating pockets of </w:t>
       </w:r>
-      <w:r w:rsidR="00444DAA" w:rsidRPr="003417A0">
+      <w:r w:rsidR="00444DAA" w:rsidRPr="009D36CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">cold </w:t>
       </w:r>
-      <w:r w:rsidRPr="003417A0">
+      <w:r w:rsidRPr="009D36CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>air</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14D1D30A" w14:textId="77777777" w:rsidR="004A0B5E" w:rsidRPr="003417A0" w:rsidRDefault="002A0636" w:rsidP="00A66B53">
+    <w:p w14:paraId="14D1D30A" w14:textId="77777777" w:rsidR="004A0B5E" w:rsidRPr="009D36CC" w:rsidRDefault="002A0636" w:rsidP="00A66B53">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003417A0">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D36CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Adjustable wire shelves to</w:t>
       </w:r>
-      <w:r w:rsidR="004A0B5E" w:rsidRPr="003417A0">
+      <w:r w:rsidR="004A0B5E" w:rsidRPr="009D36CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> allow better air flow</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5099E86B" w14:textId="77777777" w:rsidR="00EF1462" w:rsidRPr="003417A0" w:rsidRDefault="00EF1462" w:rsidP="00A66B53">
+    <w:p w14:paraId="5099E86B" w14:textId="77777777" w:rsidR="00EF1462" w:rsidRPr="009D36CC" w:rsidRDefault="00EF1462" w:rsidP="00A66B53">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003417A0">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D36CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Electronic digital thermostat</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="421479FA" w14:textId="791649E2" w:rsidR="00EF1462" w:rsidRPr="003417A0" w:rsidRDefault="00EF1462" w:rsidP="6EEA98C7">
+    <w:p w14:paraId="421479FA" w14:textId="791649E2" w:rsidR="00EF1462" w:rsidRPr="009D36CC" w:rsidRDefault="00EF1462" w:rsidP="6EEA98C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Microprocessor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="269834E1" w14:textId="0677FE33" w:rsidR="004A0B5E" w:rsidRPr="003417A0" w:rsidRDefault="004A0B5E" w:rsidP="00A66B53">
+    <w:p w14:paraId="269834E1" w14:textId="0677FE33" w:rsidR="004A0B5E" w:rsidRPr="009D36CC" w:rsidRDefault="004A0B5E" w:rsidP="00A66B53">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003417A0">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D36CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>No storage bins or shelves on door</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38315309" w14:textId="77777777" w:rsidR="004A0B5E" w:rsidRPr="003417A0" w:rsidRDefault="004A0B5E" w:rsidP="00A66B53">
+    <w:p w14:paraId="38315309" w14:textId="77777777" w:rsidR="004A0B5E" w:rsidRPr="009D36CC" w:rsidRDefault="004A0B5E" w:rsidP="00A66B53">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003417A0">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D36CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Typically, pharmaceutical grade refrigerators have a narrow operating range</w:t>
       </w:r>
-      <w:r w:rsidR="00221596" w:rsidRPr="003417A0">
+      <w:r w:rsidR="00221596" w:rsidRPr="009D36CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00444DAA" w:rsidRPr="003417A0">
+      <w:r w:rsidR="00444DAA" w:rsidRPr="009D36CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">varying by </w:t>
       </w:r>
-      <w:r w:rsidR="00221596" w:rsidRPr="003417A0">
+      <w:r w:rsidR="00221596" w:rsidRPr="009D36CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>less than 2</w:t>
       </w:r>
-      <w:r w:rsidR="00444DAA" w:rsidRPr="003417A0">
+      <w:r w:rsidR="00444DAA" w:rsidRPr="009D36CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>°C</w:t>
       </w:r>
-      <w:r w:rsidR="00221596" w:rsidRPr="003417A0">
+      <w:r w:rsidR="00221596" w:rsidRPr="009D36CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="574B5C0E" w14:textId="77777777" w:rsidR="00A66B53" w:rsidRPr="003417A0" w:rsidRDefault="00A66B53">
+    <w:p w14:paraId="574B5C0E" w14:textId="77777777" w:rsidR="00A66B53" w:rsidRPr="009D36CC" w:rsidRDefault="00A66B53">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0117727C" w14:textId="671D500C" w:rsidR="00A66B53" w:rsidRPr="003417A0" w:rsidRDefault="00A66B53" w:rsidP="00CC533B">
+    <w:p w14:paraId="0117727C" w14:textId="671D500C" w:rsidR="00A66B53" w:rsidRPr="009D36CC" w:rsidRDefault="00A66B53" w:rsidP="00CC533B">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Listed below are a sample of manufacturers and distributors that you may wish to consider for safe vaccine storage in your practice.  Please note that </w:t>
       </w:r>
-      <w:r w:rsidR="0430FED4" w:rsidRPr="31E53F48">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="0430FED4" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the Vaccine Program </w:t>
       </w:r>
-      <w:r w:rsidRPr="31E53F48">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">cannot endorse or recommend specific products or brands.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B8FBA03" w14:textId="77777777" w:rsidR="00443F00" w:rsidRPr="003417A0" w:rsidRDefault="00443F00">
+    <w:p w14:paraId="7B8FBA03" w14:textId="77777777" w:rsidR="00443F00" w:rsidRPr="009D36CC" w:rsidRDefault="00443F00">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="520" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4428"/>
         <w:gridCol w:w="4428"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A66B53" w:rsidRPr="0074221D" w14:paraId="3B706894" w14:textId="77777777" w:rsidTr="00FF6D2B">
+      <w:tr w:rsidR="00A66B53" w:rsidRPr="009D36CC" w14:paraId="3B706894" w14:textId="77777777" w:rsidTr="00FF6D2B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53E0036B" w14:textId="77777777" w:rsidR="00A66B53" w:rsidRPr="003417A0" w:rsidRDefault="00A66B53">
+          <w:p w14:paraId="53E0036B" w14:textId="77777777" w:rsidR="00A66B53" w:rsidRPr="009D36CC" w:rsidRDefault="00A66B53">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003417A0">
+            <w:r w:rsidRPr="009D36CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Aegis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53F00EB0" w14:textId="13AD35C7" w:rsidR="00A66B53" w:rsidRPr="003417A0" w:rsidRDefault="00000000">
+          <w:p w14:paraId="53F00EB0" w14:textId="13AD35C7" w:rsidR="00A66B53" w:rsidRPr="009D36CC" w:rsidRDefault="00B32D13">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r w:rsidR="00B32D13" w:rsidRPr="00B149E3">
+              <w:r w:rsidRPr="009D36CC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>http://www.aegisfridge.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00B32D13">
+            <w:r w:rsidRPr="009D36CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A66B53" w:rsidRPr="0074221D" w14:paraId="1662F59B" w14:textId="77777777" w:rsidTr="00FF6D2B">
+      <w:tr w:rsidR="00A66B53" w:rsidRPr="009D36CC" w14:paraId="1662F59B" w14:textId="77777777" w:rsidTr="00FF6D2B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6268CC28" w14:textId="77777777" w:rsidR="00A66B53" w:rsidRPr="00B32D13" w:rsidRDefault="00A66B53">
+          <w:p w14:paraId="6268CC28" w14:textId="77777777" w:rsidR="00A66B53" w:rsidRPr="009D36CC" w:rsidRDefault="00A66B53">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B32D13">
+            <w:r w:rsidRPr="009D36CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>American Biotech Supply</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="696D04ED" w14:textId="77777777" w:rsidR="00A66B53" w:rsidRPr="00B32D13" w:rsidRDefault="00000000">
+          <w:p w14:paraId="696D04ED" w14:textId="77777777" w:rsidR="00A66B53" w:rsidRPr="009D36CC" w:rsidRDefault="00A66B53">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r w:rsidR="00A66B53" w:rsidRPr="00B32D13">
+              <w:r w:rsidRPr="009D36CC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>www.americanbiotechsupply.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A66B53" w:rsidRPr="0074221D" w14:paraId="64D3F5E1" w14:textId="77777777" w:rsidTr="00FF6D2B">
+      <w:tr w:rsidR="00A66B53" w:rsidRPr="009D36CC" w14:paraId="64D3F5E1" w14:textId="77777777" w:rsidTr="00FF6D2B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D74F84C" w14:textId="77777777" w:rsidR="00A66B53" w:rsidRPr="00B32D13" w:rsidRDefault="00A66B53">
+          <w:p w14:paraId="6D74F84C" w14:textId="77777777" w:rsidR="00A66B53" w:rsidRPr="009D36CC" w:rsidRDefault="00A66B53">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B32D13">
+            <w:r w:rsidRPr="009D36CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Fisher Scientific (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B32D13">
+            <w:r w:rsidRPr="009D36CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Isotemp</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B32D13">
+            <w:r w:rsidRPr="009D36CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B667645" w14:textId="77777777" w:rsidR="00A66B53" w:rsidRPr="00B32D13" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3B667645" w14:textId="77777777" w:rsidR="00A66B53" w:rsidRPr="009D36CC" w:rsidRDefault="00A66B53">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidR="00A66B53" w:rsidRPr="00B32D13">
+              <w:r w:rsidRPr="009D36CC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>www.fishersci.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A66B53" w:rsidRPr="0074221D" w14:paraId="559E2268" w14:textId="77777777" w:rsidTr="00FF6D2B">
+      <w:tr w:rsidR="00A66B53" w:rsidRPr="009D36CC" w14:paraId="559E2268" w14:textId="77777777" w:rsidTr="00FF6D2B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="328C9726" w14:textId="77777777" w:rsidR="00A66B53" w:rsidRPr="00B32D13" w:rsidRDefault="00A66B53">
+          <w:p w14:paraId="328C9726" w14:textId="77777777" w:rsidR="00A66B53" w:rsidRPr="009D36CC" w:rsidRDefault="00A66B53">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B32D13">
+            <w:r w:rsidRPr="009D36CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Helmer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="568F618C" w14:textId="77777777" w:rsidR="00A66B53" w:rsidRPr="00B32D13" w:rsidRDefault="00000000">
+          <w:p w14:paraId="568F618C" w14:textId="77777777" w:rsidR="00A66B53" w:rsidRPr="009D36CC" w:rsidRDefault="00A66B53">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidR="00A66B53" w:rsidRPr="00B32D13">
+              <w:r w:rsidRPr="009D36CC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>www.helmerinc.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A66B53" w:rsidRPr="0074221D" w14:paraId="5A1A4950" w14:textId="77777777" w:rsidTr="00FF6D2B">
+      <w:tr w:rsidR="00A66B53" w:rsidRPr="009D36CC" w14:paraId="5A1A4950" w14:textId="77777777" w:rsidTr="00FF6D2B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E9AD4DC" w14:textId="77777777" w:rsidR="00A66B53" w:rsidRPr="00B32D13" w:rsidRDefault="00A66B53">
+          <w:p w14:paraId="2E9AD4DC" w14:textId="77777777" w:rsidR="00A66B53" w:rsidRPr="009D36CC" w:rsidRDefault="00A66B53">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B32D13">
+            <w:r w:rsidRPr="009D36CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Migali</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B32D13">
+            <w:r w:rsidRPr="009D36CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Scientific Refrigeration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04E4D70A" w14:textId="77777777" w:rsidR="00A66B53" w:rsidRPr="00B32D13" w:rsidRDefault="00000000">
+          <w:p w14:paraId="04E4D70A" w14:textId="77777777" w:rsidR="00A66B53" w:rsidRPr="009D36CC" w:rsidRDefault="00A66B53">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r w:rsidR="00A66B53" w:rsidRPr="00B32D13">
+              <w:r w:rsidRPr="009D36CC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>www.migaliscientific.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0E857FF2" w14:textId="77777777" w:rsidR="002943F5" w:rsidRPr="00B32D13" w:rsidRDefault="002943F5">
+    <w:p w14:paraId="0E857FF2" w14:textId="77777777" w:rsidR="002943F5" w:rsidRPr="009D36CC" w:rsidRDefault="002943F5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="328A1AEA" w14:textId="0D0337DA" w:rsidR="00A66B53" w:rsidRPr="00B32D13" w:rsidRDefault="5572BF6B" w:rsidP="00CC533B">
+    <w:p w14:paraId="328A1AEA" w14:textId="22975A8D" w:rsidR="00A66B53" w:rsidRPr="009D36CC" w:rsidRDefault="5572BF6B" w:rsidP="00CC533B">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Vaccine Program </w:t>
       </w:r>
-      <w:r w:rsidR="00444DAA" w:rsidRPr="5D1B2E5D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00444DAA" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>has</w:t>
       </w:r>
-      <w:r w:rsidR="002A0636" w:rsidRPr="5D1B2E5D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="002A0636" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> determined that most standard domestic combination refrigerator/freezer units are inapp</w:t>
       </w:r>
-      <w:r w:rsidR="002943F5" w:rsidRPr="5D1B2E5D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="002943F5" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ropriate for vaccine storage. In addition, m</w:t>
       </w:r>
-      <w:r w:rsidR="002A0636" w:rsidRPr="5D1B2E5D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="002A0636" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">any stand-alone refrigerators </w:t>
       </w:r>
-      <w:r w:rsidR="00BB5CB9" w:rsidRPr="5D1B2E5D">
-[...13 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00BB5CB9" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>that are not pharmac</w:t>
+      </w:r>
+      <w:r w:rsidR="00797655" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eutical grade or purpose-built units</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5CB9" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A0636" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lac</w:t>
+      </w:r>
+      <w:r w:rsidR="002943F5" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">k the </w:t>
       </w:r>
-      <w:r w:rsidR="00D60915" w:rsidRPr="5D1B2E5D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00D60915" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">necessary </w:t>
       </w:r>
-      <w:r w:rsidR="002943F5" w:rsidRPr="5D1B2E5D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="002943F5" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>features for the safe storage of vaccines</w:t>
       </w:r>
-      <w:r w:rsidR="002A0636" w:rsidRPr="5D1B2E5D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="002A0636" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="002943F5" w:rsidRPr="5D1B2E5D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="002943F5" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00737A9B" w:rsidRPr="5D1B2E5D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00737A9B" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Providers </w:t>
       </w:r>
-      <w:r w:rsidR="00AC6E1B" w:rsidRPr="5D1B2E5D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00AC6E1B" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">identified to be storing any vaccine in non-pharmaceutical grade </w:t>
       </w:r>
-      <w:r w:rsidR="0063501D" w:rsidRPr="5D1B2E5D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="0063501D" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or purpose-built </w:t>
       </w:r>
-      <w:r w:rsidR="00AC6E1B" w:rsidRPr="5D1B2E5D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00AC6E1B" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>refrigerators will receive</w:t>
       </w:r>
-      <w:r w:rsidR="004F62BA" w:rsidRPr="5D1B2E5D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="004F62BA" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> follow-up contacts to e</w:t>
       </w:r>
-      <w:r w:rsidR="00EF1462" w:rsidRPr="5D1B2E5D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00EF1462" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">nsure that all storage </w:t>
       </w:r>
-      <w:r w:rsidR="004F62BA" w:rsidRPr="5D1B2E5D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="004F62BA" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>unit</w:t>
       </w:r>
-      <w:r w:rsidR="00EF1462" w:rsidRPr="5D1B2E5D">
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00EF1462" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EF1462" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>are in compliance</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00737A9B" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. In addition, as part of the</w:t>
       </w:r>
-      <w:r w:rsidR="3B306CA6" w:rsidRPr="5D1B2E5D">
-[...13 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="3B306CA6" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="3B306CA6" w:rsidRPr="009D36CC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Vaccine Program</w:t>
+        </w:r>
+        <w:r w:rsidR="00737A9B" w:rsidRPr="009D36CC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Restitution Policy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00737A9B" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, providers may be held financially responsible for vaccine loss due to negligence. This could be significantly more than the cost of a pharmaceutical grade</w:t>
+      </w:r>
+      <w:r w:rsidR="0063501D" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or purpose-built</w:t>
       </w:r>
-      <w:r w:rsidR="00737A9B" w:rsidRPr="5D1B2E5D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:r w:rsidR="00737A9B" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> refrigerator.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77375F17" w14:textId="77777777" w:rsidR="00532989" w:rsidRDefault="00532989"/>
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="77375F17" w14:textId="77777777" w:rsidR="00532989" w:rsidRPr="009D36CC" w:rsidRDefault="00532989">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FB85421" w14:textId="006F30E4" w:rsidR="00463551" w:rsidRPr="009D36CC" w:rsidRDefault="14D455BA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Before purcha</w:t>
       </w:r>
-      <w:r w:rsidR="333EBAB5" w:rsidRPr="5D1B2E5D">
-        <w:rPr>
+      <w:r w:rsidR="333EBAB5" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sing a new storage unit, utilize the checklist below to </w:t>
       </w:r>
-      <w:r w:rsidR="00CC533B">
-        <w:rPr>
+      <w:r w:rsidR="00CC533B" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ensure </w:t>
       </w:r>
-      <w:r w:rsidR="346B2094" w:rsidRPr="5D1B2E5D">
-        <w:rPr>
+      <w:r w:rsidR="346B2094" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">that </w:t>
       </w:r>
-      <w:r w:rsidR="63ADF522" w:rsidRPr="5D1B2E5D">
-        <w:rPr>
+      <w:r w:rsidR="63ADF522" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="346B2094" w:rsidRPr="5D1B2E5D">
-        <w:rPr>
+      <w:r w:rsidR="346B2094" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">unit meets </w:t>
       </w:r>
-      <w:r w:rsidR="3C2D5B71" w:rsidRPr="5D1B2E5D">
-        <w:rPr>
+      <w:r w:rsidR="3C2D5B71" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the Vaccine Program’s </w:t>
       </w:r>
-      <w:r w:rsidR="5775AD35" w:rsidRPr="5D1B2E5D">
-        <w:rPr>
+      <w:r w:rsidR="5775AD35" w:rsidRPr="009D36CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">requirements. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11E1A2F8" w14:textId="1835B566" w:rsidR="00463551" w:rsidRDefault="00463551"/>
     <w:p w14:paraId="5F7CD176" w14:textId="5D56FC42" w:rsidR="00463551" w:rsidRDefault="00463551"/>
     <w:p w14:paraId="6D1866F6" w14:textId="64825A42" w:rsidR="0032668E" w:rsidRDefault="0032668E"/>
     <w:p w14:paraId="77CD9367" w14:textId="2895FFEE" w:rsidR="0032668E" w:rsidRDefault="0032668E"/>
     <w:p w14:paraId="1D88183E" w14:textId="1430D565" w:rsidR="0032668E" w:rsidRDefault="0032668E"/>
+    <w:p w14:paraId="501CE975" w14:textId="77777777" w:rsidR="009D36CC" w:rsidRDefault="009D36CC"/>
+    <w:p w14:paraId="0FCBD119" w14:textId="77777777" w:rsidR="009D36CC" w:rsidRDefault="009D36CC"/>
+    <w:p w14:paraId="30F9E9E0" w14:textId="77777777" w:rsidR="009D36CC" w:rsidRDefault="009D36CC"/>
+    <w:p w14:paraId="2BFBDD1A" w14:textId="77777777" w:rsidR="009D36CC" w:rsidRDefault="009D36CC"/>
+    <w:p w14:paraId="46269B98" w14:textId="77777777" w:rsidR="009D36CC" w:rsidRDefault="009D36CC"/>
     <w:p w14:paraId="30773A2A" w14:textId="77777777" w:rsidR="0032668E" w:rsidRDefault="0032668E"/>
     <w:p w14:paraId="2C128532" w14:textId="77777777" w:rsidR="00463551" w:rsidRPr="000A1B32" w:rsidRDefault="00463551" w:rsidP="00463551">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A1B32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Massachusetts Department of Public Health </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D8C8AE1" w14:textId="0CE6E80F" w:rsidR="00463551" w:rsidRPr="000A1B32" w:rsidRDefault="00463551" w:rsidP="50C712A0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
@@ -1187,51 +1484,51 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">P: 617-983-6828 | F: </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED0C6A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>857-323-8320</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidRPr="000A1B32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00C301E3" w:rsidRPr="007C4132">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>dph-vaccine-management@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C301E3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A1B32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37F25F2F" w14:textId="77777777" w:rsidR="00463551" w:rsidRPr="003F73BA" w:rsidRDefault="00463551" w:rsidP="00463551">
@@ -1280,134 +1577,134 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Checklist</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2210806F" w14:textId="77777777" w:rsidR="00463551" w:rsidRPr="00FA7BB7" w:rsidRDefault="00463551" w:rsidP="00463551">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4024A5C5" w14:textId="3644D6C8" w:rsidR="00463551" w:rsidRPr="00160864" w:rsidRDefault="00463551" w:rsidP="00CC533B">
+    <w:p w14:paraId="4024A5C5" w14:textId="3644D6C8" w:rsidR="00463551" w:rsidRPr="00920CF2" w:rsidRDefault="00463551" w:rsidP="00CC533B">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="5D1B2E5D">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00920CF2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Complete and return</w:t>
       </w:r>
-      <w:r w:rsidRPr="5D1B2E5D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00920CF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> one checklist for every </w:t>
       </w:r>
-      <w:r w:rsidR="004D6208" w:rsidRPr="5D1B2E5D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidR="004D6208" w:rsidRPr="00920CF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">storage unit </w:t>
       </w:r>
-      <w:r w:rsidRPr="5D1B2E5D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00920CF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">that will be holding </w:t>
       </w:r>
-      <w:r w:rsidR="4591FE11" w:rsidRPr="00CC533B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidR="4591FE11" w:rsidRPr="00920CF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>state-supplied vaccines</w:t>
       </w:r>
-      <w:r w:rsidRPr="5D1B2E5D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:r w:rsidRPr="00920CF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58F84E4E" w14:textId="77777777" w:rsidR="00463551" w:rsidRDefault="00463551" w:rsidP="00463551">
+    <w:p w14:paraId="7C2437FE" w14:textId="77777777" w:rsidR="00920CF2" w:rsidRDefault="00920CF2" w:rsidP="00463551">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001C3B8A">
+    </w:p>
+    <w:p w14:paraId="58F84E4E" w14:textId="45AF9642" w:rsidR="00463551" w:rsidRPr="00920CF2" w:rsidRDefault="00463551" w:rsidP="00463551">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00920CF2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">nit: </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Storage Unit: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48E0FB13" w14:textId="709B27F2" w:rsidR="00463551" w:rsidRDefault="00463551" w:rsidP="00463551">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">State-supplied refrigerated vaccines must be stored in a Pharmaceutical Grade </w:t>
       </w:r>
       <w:r w:rsidR="00E004EF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or Purpose-Built </w:t>
@@ -1834,117 +2131,117 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F1E71">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Refrigerator</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5674"/>
-        <w:gridCol w:w="5126"/>
+        <w:gridCol w:w="5715"/>
+        <w:gridCol w:w="5085"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00463551" w:rsidRPr="00434B97" w14:paraId="1557292E" w14:textId="77777777" w:rsidTr="00E03070">
+      <w:tr w:rsidR="00463551" w:rsidRPr="00434B97" w14:paraId="1557292E" w14:textId="77777777" w:rsidTr="74512083">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5798" w:type="dxa"/>
+            <w:tcW w:w="5715" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13153503" w14:textId="77777777" w:rsidR="00463551" w:rsidRPr="00434B97" w:rsidRDefault="00000000" w:rsidP="00E03070">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-2128071179"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="00463551">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00463551" w:rsidRPr="00434B97">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Internal fans to disperse air throughout the unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5218" w:type="dxa"/>
+            <w:tcW w:w="5085" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F9F8251" w14:textId="77777777" w:rsidR="00463551" w:rsidRPr="00434B97" w:rsidRDefault="00000000" w:rsidP="00E03070">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="707374596"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
@@ -1955,377 +2252,389 @@
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00463551" w:rsidRPr="00434B97">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Microprocessor</w:t>
             </w:r>
             <w:r w:rsidR="00463551">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00463551" w:rsidRPr="00434B97" w14:paraId="350F89CF" w14:textId="77777777" w:rsidTr="00E03070">
+      <w:tr w:rsidR="00463551" w:rsidRPr="00434B97" w14:paraId="350F89CF" w14:textId="77777777" w:rsidTr="74512083">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5798" w:type="dxa"/>
+            <w:tcW w:w="5715" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BD395B0" w14:textId="77777777" w:rsidR="00463551" w:rsidRPr="00434B97" w:rsidRDefault="00000000" w:rsidP="00E03070">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-480923534"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="00463551" w:rsidRPr="00434B97">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00463551" w:rsidRPr="00434B97">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Adjustable wire shelves to allow air flow</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5218" w:type="dxa"/>
+            <w:tcW w:w="5085" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F2261D3" w14:textId="77777777" w:rsidR="00463551" w:rsidRPr="00434B97" w:rsidRDefault="00000000" w:rsidP="00E03070">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="779500"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="00463551" w:rsidRPr="00434B97">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00463551" w:rsidRPr="00434B97">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>No storage bins or shelves on door</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00463551" w:rsidRPr="00434B97" w14:paraId="215590DA" w14:textId="77777777" w:rsidTr="00E03070">
+      <w:tr w:rsidR="00463551" w:rsidRPr="00434B97" w14:paraId="215590DA" w14:textId="77777777" w:rsidTr="74512083">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5798" w:type="dxa"/>
+            <w:tcW w:w="5715" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30269FD8" w14:textId="77777777" w:rsidR="00463551" w:rsidRPr="00434B97" w:rsidRDefault="00000000" w:rsidP="00E03070">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1484113827"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="00463551" w:rsidRPr="00434B97">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00463551" w:rsidRPr="00434B97">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Electronic digital thermostat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5218" w:type="dxa"/>
+            <w:tcW w:w="5085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54CEEC8C" w14:textId="77777777" w:rsidR="00463551" w:rsidRPr="00434B97" w:rsidRDefault="00000000" w:rsidP="00E03070">
+          <w:p w14:paraId="54CEEC8C" w14:textId="702DF8DB" w:rsidR="00463551" w:rsidRPr="00434B97" w:rsidRDefault="00000000" w:rsidP="74512083">
             <w:pPr>
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:spacing w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1840687208"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00463551" w:rsidRPr="00434B97">
+                <w:r w:rsidR="00463551" w:rsidRPr="74512083">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00463551" w:rsidRPr="00434B97">
-[...5 lines deleted...]
-              <w:t>Refrigerator has a narrow operating range (varying by less than 2</w:t>
+            <w:r w:rsidR="00463551" w:rsidRPr="74512083">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Refrigerator has a narrow operating range (varying</w:t>
             </w:r>
-            <w:r w:rsidR="00463551" w:rsidRPr="00434B97">
-[...13 lines deleted...]
-                <w:vertAlign w:val="superscript"/>
+            <w:r w:rsidR="2BDEC124" w:rsidRPr="74512083">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00463551" w:rsidRPr="00434B97">
-[...5 lines deleted...]
-              <w:t>C)</w:t>
+            <w:r w:rsidR="00463551" w:rsidRPr="74512083">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>by less than 2</w:t>
             </w:r>
-            <w:r w:rsidR="00463551">
-[...5 lines deleted...]
-              <w:t>**</w:t>
+            <w:r w:rsidR="00463551" w:rsidRPr="74512083">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">o </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00463551" w:rsidRPr="74512083">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>C)*</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00463551" w:rsidRPr="74512083">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00463551" w:rsidRPr="00434B97" w14:paraId="7EF12432" w14:textId="77777777" w:rsidTr="00E03070">
+      <w:tr w:rsidR="00463551" w:rsidRPr="00434B97" w14:paraId="7EF12432" w14:textId="77777777" w:rsidTr="74512083">
         <w:trPr>
           <w:trHeight w:val="265"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11016" w:type="dxa"/>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6AA2B470" w14:textId="77777777" w:rsidR="00463551" w:rsidRPr="006F1E71" w:rsidRDefault="00463551" w:rsidP="00E03070">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F1E71">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Freezer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00463551" w:rsidRPr="00434B97" w14:paraId="098924BA" w14:textId="77777777" w:rsidTr="00E03070">
+      <w:tr w:rsidR="00463551" w:rsidRPr="00434B97" w14:paraId="098924BA" w14:textId="77777777" w:rsidTr="74512083">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11016" w:type="dxa"/>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="04068781" w14:textId="77777777" w:rsidR="00463551" w:rsidRDefault="00000000" w:rsidP="00E03070">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="630984977"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="00463551">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00463551">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Standalone unit, cannot be mix of fridge and freezer (if it is a combination unit, the fridge and freezer must have individual plug-ins for wall outlets)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00463551" w:rsidRPr="00434B97" w14:paraId="1674EDD2" w14:textId="77777777" w:rsidTr="00E03070">
+      <w:tr w:rsidR="00463551" w:rsidRPr="00434B97" w14:paraId="1674EDD2" w14:textId="77777777" w:rsidTr="74512083">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11016" w:type="dxa"/>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6D52A445" w14:textId="77777777" w:rsidR="00463551" w:rsidRDefault="00000000" w:rsidP="00E03070">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-425035678"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -2377,93 +2686,93 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5</w:t>
             </w:r>
             <w:r w:rsidR="00463551" w:rsidRPr="006F1E71">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>° F</w:t>
             </w:r>
             <w:r w:rsidR="00463551">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00463551" w:rsidRPr="00434B97" w14:paraId="502B2734" w14:textId="77777777" w:rsidTr="00E03070">
+      <w:tr w:rsidR="00463551" w:rsidRPr="00434B97" w14:paraId="502B2734" w14:textId="77777777" w:rsidTr="74512083">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11016" w:type="dxa"/>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1ED4436B" w14:textId="77777777" w:rsidR="00463551" w:rsidRPr="006F1E71" w:rsidRDefault="00463551" w:rsidP="00E03070">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F1E71">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Ultra-Cold Freezer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00463551" w:rsidRPr="00434B97" w14:paraId="683A0FC7" w14:textId="77777777" w:rsidTr="00E03070">
+      <w:tr w:rsidR="00463551" w:rsidRPr="00434B97" w14:paraId="683A0FC7" w14:textId="77777777" w:rsidTr="74512083">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11016" w:type="dxa"/>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="228BCCBC" w14:textId="77777777" w:rsidR="00463551" w:rsidRDefault="00000000" w:rsidP="00E03070">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1349069707"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -2475,100 +2784,118 @@
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00463551">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Must be able to </w:t>
             </w:r>
             <w:r w:rsidR="00463551" w:rsidRPr="006F1E71">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>maintain temperatures between -90° C and -60° C (-130° F and -76° F)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00463551" w:rsidRPr="00434B97" w14:paraId="68CB7C9B" w14:textId="77777777" w:rsidTr="00E03070">
+      <w:tr w:rsidR="00463551" w:rsidRPr="00434B97" w14:paraId="68CB7C9B" w14:textId="77777777" w:rsidTr="74512083">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11016" w:type="dxa"/>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="167C2A13" w14:textId="77777777" w:rsidR="00463551" w:rsidRDefault="00000000" w:rsidP="00E03070">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1503649857"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="00463551">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00463551">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Sites must privately purchase a DDL to monitor temperatures in Ultra-Cold storage units as they will not be provided by the State.</w:t>
+              <w:t xml:space="preserve">Sites </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00463551">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>must privately</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00463551">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> purchase a DDL to monitor temperatures in Ultra-Cold storage units as they will not be provided by the State.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3466DA25" w14:textId="77777777" w:rsidR="00463551" w:rsidRDefault="00463551" w:rsidP="00E03070">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00F56725">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:i/>
@@ -2776,202 +3103,151 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C9218AF" w14:textId="77777777" w:rsidR="00463551" w:rsidRPr="006C29A9" w:rsidRDefault="00463551" w:rsidP="00463551">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6E016EFD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>It is recommended that storage units are serviced by a technician every two years at minimum to ensure proper functioning and troubleshooting of potential issues.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4058D2B0" w14:textId="5E451A32" w:rsidR="6E016EFD" w:rsidRDefault="6E016EFD" w:rsidP="6E016EFD">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="5BC99996" w14:textId="77777777" w:rsidR="00463551" w:rsidRDefault="00463551" w:rsidP="00463551">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CFB64B5" w14:textId="3F1E7477" w:rsidR="6B781861" w:rsidRDefault="6B781861" w:rsidP="6E016EFD">
-[...49 lines deleted...]
-    <w:p w14:paraId="5BC99996" w14:textId="77777777" w:rsidR="00463551" w:rsidRDefault="00463551" w:rsidP="00463551">
+    <w:p w14:paraId="71E31D8F" w14:textId="77777777" w:rsidR="00117032" w:rsidRDefault="00117032" w:rsidP="00463551">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C54CB93" w14:textId="5E5500DE" w:rsidR="00463551" w:rsidRDefault="00463551">
       <w:r w:rsidRPr="006F1E71">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Completed by: ________________________________________________   Date __________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00463551" w:rsidSect="00EF1462">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B5473BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5B845EAA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3307,208 +3583,223 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="25718940">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1176529680">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="607545175">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A66AF3"/>
     <w:rsid w:val="00093180"/>
+    <w:rsid w:val="00117032"/>
     <w:rsid w:val="00221407"/>
     <w:rsid w:val="00221596"/>
     <w:rsid w:val="002943F5"/>
     <w:rsid w:val="002948C9"/>
     <w:rsid w:val="002A0636"/>
     <w:rsid w:val="0032668E"/>
     <w:rsid w:val="003417A0"/>
     <w:rsid w:val="003A46B5"/>
     <w:rsid w:val="0041048E"/>
     <w:rsid w:val="00443F00"/>
     <w:rsid w:val="00444DAA"/>
+    <w:rsid w:val="00451102"/>
     <w:rsid w:val="00463551"/>
     <w:rsid w:val="00494C26"/>
     <w:rsid w:val="004A0B5E"/>
     <w:rsid w:val="004D6208"/>
     <w:rsid w:val="004F62BA"/>
     <w:rsid w:val="00532989"/>
+    <w:rsid w:val="0056789A"/>
     <w:rsid w:val="0063501D"/>
     <w:rsid w:val="006F4E2E"/>
     <w:rsid w:val="00733BAA"/>
     <w:rsid w:val="00737A9B"/>
     <w:rsid w:val="0074221D"/>
+    <w:rsid w:val="00797655"/>
     <w:rsid w:val="007B5B6F"/>
     <w:rsid w:val="007F5216"/>
     <w:rsid w:val="0083128A"/>
     <w:rsid w:val="00870CA2"/>
     <w:rsid w:val="00892686"/>
     <w:rsid w:val="008E140E"/>
+    <w:rsid w:val="00920CF2"/>
     <w:rsid w:val="00935342"/>
     <w:rsid w:val="009A6063"/>
     <w:rsid w:val="009C537C"/>
+    <w:rsid w:val="009D36CC"/>
     <w:rsid w:val="00A41B27"/>
     <w:rsid w:val="00A66AF3"/>
     <w:rsid w:val="00A66B53"/>
     <w:rsid w:val="00AC6E1B"/>
     <w:rsid w:val="00AF3D60"/>
     <w:rsid w:val="00AF616A"/>
     <w:rsid w:val="00B32D13"/>
     <w:rsid w:val="00BB5CB9"/>
     <w:rsid w:val="00BD53D9"/>
     <w:rsid w:val="00BD6B09"/>
     <w:rsid w:val="00C23847"/>
     <w:rsid w:val="00C301E3"/>
     <w:rsid w:val="00C761DD"/>
     <w:rsid w:val="00CA13AB"/>
     <w:rsid w:val="00CA3FC4"/>
     <w:rsid w:val="00CC533B"/>
     <w:rsid w:val="00D16994"/>
     <w:rsid w:val="00D373F5"/>
     <w:rsid w:val="00D53808"/>
     <w:rsid w:val="00D60915"/>
     <w:rsid w:val="00D9600F"/>
     <w:rsid w:val="00DA2531"/>
+    <w:rsid w:val="00DB615F"/>
     <w:rsid w:val="00DE5361"/>
     <w:rsid w:val="00DE5C1B"/>
     <w:rsid w:val="00E004EF"/>
     <w:rsid w:val="00EA5D9A"/>
     <w:rsid w:val="00EF1462"/>
     <w:rsid w:val="00EF7E8A"/>
     <w:rsid w:val="00FB1E36"/>
     <w:rsid w:val="00FE7BE0"/>
     <w:rsid w:val="00FF6D2B"/>
     <w:rsid w:val="0138AE7F"/>
     <w:rsid w:val="03CE5C9B"/>
     <w:rsid w:val="0430FED4"/>
+    <w:rsid w:val="04409383"/>
     <w:rsid w:val="0897BDB7"/>
     <w:rsid w:val="0A0A0DBA"/>
     <w:rsid w:val="110AE88D"/>
     <w:rsid w:val="121E11A8"/>
     <w:rsid w:val="14D455BA"/>
     <w:rsid w:val="1E8A6924"/>
     <w:rsid w:val="213CA509"/>
     <w:rsid w:val="2265F1E6"/>
+    <w:rsid w:val="2BDEC124"/>
     <w:rsid w:val="2C4731C6"/>
     <w:rsid w:val="2F3378E5"/>
+    <w:rsid w:val="2FACAE09"/>
     <w:rsid w:val="308FE335"/>
     <w:rsid w:val="31E53F48"/>
+    <w:rsid w:val="31F6F062"/>
     <w:rsid w:val="333EBAB5"/>
     <w:rsid w:val="346B2094"/>
     <w:rsid w:val="38C0E36F"/>
     <w:rsid w:val="39F5431A"/>
     <w:rsid w:val="3B306CA6"/>
     <w:rsid w:val="3C2D5B71"/>
     <w:rsid w:val="3C91B7D0"/>
+    <w:rsid w:val="3DFEA5B9"/>
     <w:rsid w:val="40C74268"/>
     <w:rsid w:val="4591FE11"/>
     <w:rsid w:val="4E76951F"/>
     <w:rsid w:val="4FF67A5D"/>
     <w:rsid w:val="50C712A0"/>
+    <w:rsid w:val="554CE358"/>
     <w:rsid w:val="5572BF6B"/>
     <w:rsid w:val="5775AD35"/>
     <w:rsid w:val="586D169C"/>
     <w:rsid w:val="5C685104"/>
     <w:rsid w:val="5D1B2E5D"/>
     <w:rsid w:val="5D1CE493"/>
     <w:rsid w:val="5DC7C8AA"/>
+    <w:rsid w:val="5F7E92B9"/>
     <w:rsid w:val="63ADF522"/>
     <w:rsid w:val="6463E2DD"/>
     <w:rsid w:val="6A228A93"/>
     <w:rsid w:val="6B781861"/>
     <w:rsid w:val="6C92E4A3"/>
     <w:rsid w:val="6E016EFD"/>
     <w:rsid w:val="6EEA98C7"/>
     <w:rsid w:val="73C0F4D8"/>
     <w:rsid w:val="74260460"/>
+    <w:rsid w:val="74512083"/>
     <w:rsid w:val="76E9E927"/>
     <w:rsid w:val="79DB47B4"/>
     <w:rsid w:val="7D6B03A1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="14461D19"/>
   <w15:docId w15:val="{E82D2A3E-E761-4A4D-8FA8-DF3B18E1D52D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4039,62 +4330,114 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C301E3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006F4E2E"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00797655"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00797655"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:rsid w:val="00797655"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00797655"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00797655"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.helmerinc.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fishersci.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.americanbiotechsupply.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dph-vaccine-management@mass.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aegisfridge.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/guidelines-for-compliance-with-federal-vaccine-administration-requirements-2024/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.migaliscientific.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.helmerinc.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fishersci.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dph-vaccine-management@mass.gov" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.americanbiotechsupply.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/vaccine-restitution-policy-2025/download" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aegisfridge.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/guidelines-for-compliance-with-federal-vaccine-administration-requirements-2024/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.migaliscientific.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4379,52 +4722,52 @@
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="78ea2335-8007-4ae4-b674-628de3bfd69a" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a782362c-0017-44d2-8700-f603c3e5ed9a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003936B605C953E34C8476A9FD9E49AC16" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5a6988bc82efc16dbc4fef89c0970097">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a782362c-0017-44d2-8700-f603c3e5ed9a" xmlns:ns3="78ea2335-8007-4ae4-b674-628de3bfd69a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f757d18a715390f3da1f93b167fc760a" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003936B605C953E34C8476A9FD9E49AC16" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fb9e7e813f837fd5b9acab9729d3e480">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a782362c-0017-44d2-8700-f603c3e5ed9a" xmlns:ns3="78ea2335-8007-4ae4-b674-628de3bfd69a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="31b071675c4d6feaa5ec6297d3b7489e" ns2:_="" ns3:_="">
     <xsd:import namespace="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
     <xsd:import namespace="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -4635,83 +4978,83 @@
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7F84B99-BF64-44AC-8164-E6A6529DA1EF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2F46CF9-CFCE-4294-9591-7269A6633A46}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
     <ds:schemaRef ds:uri="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EEA53B1-D216-4702-9175-927FD1690B5F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5FE76E32-5A39-4C85-AA21-1FC818969326}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
     <ds:schemaRef ds:uri="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>790</Words>
-  <Characters>4509</Characters>
+  <Words>780</Words>
+  <Characters>4449</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5289</CharactersWithSpaces>
+  <CharactersWithSpaces>5219</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Morrison, Robert (DPH)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003936B605C953E34C8476A9FD9E49AC16</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>