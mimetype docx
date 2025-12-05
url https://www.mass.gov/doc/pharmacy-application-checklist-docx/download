--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -8953,144 +8953,175 @@
           </w:p>
           <w:p w14:paraId="7E903E41" w14:textId="77777777" w:rsidR="00BB52B6" w:rsidRPr="00EE66DD" w:rsidRDefault="00BB52B6" w:rsidP="00BB52B6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE66DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">patient consultation area </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EB14443" w14:textId="77777777" w:rsidR="00BB52B6" w:rsidRPr="00EE66DD" w:rsidRDefault="00BB52B6" w:rsidP="00BB52B6">
+          <w:p w14:paraId="5ECEB922" w14:textId="77777777" w:rsidR="00A621E7" w:rsidRPr="00A621E7" w:rsidRDefault="00A621E7" w:rsidP="00A621E7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EE66DD">
+            <w:r w:rsidRPr="00A621E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">drop off and pickup windows </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7194B9E5" w14:textId="77777777" w:rsidR="00BB52B6" w:rsidRPr="00EE66DD" w:rsidRDefault="00BB52B6" w:rsidP="00BB52B6">
+              <w:t xml:space="preserve">Automated Pharmacy System (“APS”) location, if </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A621E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>applicable;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="7EB14443" w14:textId="77777777" w:rsidR="00BB52B6" w:rsidRPr="00EE66DD" w:rsidRDefault="00BB52B6" w:rsidP="00BB52B6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE66DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">pick-up bins </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="71AC7442" w14:textId="77777777" w:rsidR="00BB52B6" w:rsidRPr="00EE66DD" w:rsidRDefault="00BB52B6" w:rsidP="00BB52B6">
+              <w:t xml:space="preserve">drop off and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EE66DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pickup</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EE66DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> windows </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7194B9E5" w14:textId="77777777" w:rsidR="00BB52B6" w:rsidRPr="00EE66DD" w:rsidRDefault="00BB52B6" w:rsidP="00BB52B6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE66DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">refrigerator </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7FF501BB" w14:textId="77777777" w:rsidR="00BB52B6" w:rsidRPr="00EE66DD" w:rsidRDefault="00BB52B6" w:rsidP="00BB52B6">
+              <w:t xml:space="preserve">pick-up bins </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71AC7442" w14:textId="77777777" w:rsidR="00BB52B6" w:rsidRPr="00EE66DD" w:rsidRDefault="00BB52B6" w:rsidP="00BB52B6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE66DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>safe</w:t>
+              <w:t xml:space="preserve">refrigerator </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75506994" w14:textId="77777777" w:rsidR="00BB52B6" w:rsidRPr="00EE66DD" w:rsidRDefault="00BB52B6" w:rsidP="00BB52B6">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE66DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>sink</w:t>
             </w:r>
@@ -9271,93 +9302,93 @@
           </w:p>
           <w:p w14:paraId="63E8228C" w14:textId="77777777" w:rsidR="001331B3" w:rsidRPr="00EE66DD" w:rsidRDefault="001331B3" w:rsidP="001331B3">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE66DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>legend explaining all abbreviations</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65FAD1A0" w14:textId="1A76C14D" w:rsidR="005A2019" w:rsidRDefault="00504D13" w:rsidP="005A2019">
+          <w:p w14:paraId="293E0B9D" w14:textId="77777777" w:rsidR="005A2019" w:rsidRDefault="00504D13" w:rsidP="00A621E7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">any </w:t>
             </w:r>
             <w:r w:rsidR="007770BD" w:rsidRPr="00EE66DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>other pertinent details</w:t>
             </w:r>
             <w:r w:rsidR="00BB52B6" w:rsidRPr="00EE66DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51F7BE7B" w14:textId="267A1AFE" w:rsidR="005A2019" w:rsidRPr="00CA4F16" w:rsidRDefault="005A2019" w:rsidP="005A2019">
+          <w:p w14:paraId="51F7BE7B" w14:textId="7F5E0DC3" w:rsidR="002C7664" w:rsidRPr="00CA4F16" w:rsidRDefault="002C7664" w:rsidP="002C7664">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB52B6" w:rsidRPr="00EE66DD" w14:paraId="7DB44F4E" w14:textId="77777777" w:rsidTr="00822D65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1893" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22A711EF" w14:textId="77777777" w:rsidR="00AF7F5B" w:rsidRPr="00EE66DD" w:rsidRDefault="00AF7F5B" w:rsidP="00822D65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
@@ -15232,106 +15263,70 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>National Association of Boards of Pharmacy (NABP®)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="780B7F59" w14:textId="32DA777A" w:rsidR="00532B65" w:rsidRDefault="008871C6" w:rsidP="00C04449">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="008871C6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>https://gateshealth</w:t>
-[...17 lines deleted...]
-          <w:t>areassociates.com/contact</w:t>
+          <w:t>https://gateshealthcareassociates.com/contact</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C04449" w:rsidRPr="008871C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidR="00BC775E" w:rsidRPr="00B01BB1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>https://nabp.pharmac</w:t>
-[...17 lines deleted...]
-          <w:t>/programs/inspections/</w:t>
+          <w:t>https://nabp.pharmacy/programs/inspections/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2F4A6C67" w14:textId="77777777" w:rsidR="00BC775E" w:rsidRPr="008871C6" w:rsidRDefault="00BC775E" w:rsidP="00C04449">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5954C48E" w14:textId="117DDBE8" w:rsidR="00532B65" w:rsidRPr="00BC775E" w:rsidRDefault="00BC775E" w:rsidP="00C04449">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -15378,69 +15373,51 @@
           <w:color w:val="3333FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ACHC) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1093C7BC" w14:textId="3E69F3F3" w:rsidR="00532B65" w:rsidRDefault="00DF325E" w:rsidP="00C04449">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00B01BB1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>https://achc.org/inspecti</w:t>
-[...17 lines deleted...]
-          <w:t>n-services/</w:t>
+          <w:t>https://achc.org/inspection-services/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5A8BC2F6" w14:textId="77777777" w:rsidR="00C04449" w:rsidRPr="00EE66DD" w:rsidRDefault="00C04449" w:rsidP="00C04449">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9738" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
@@ -17122,106 +17099,106 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3F75EA26" w14:textId="77777777" w:rsidR="00374E40" w:rsidRDefault="00374E40">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="29A49686" w14:textId="63D77C36" w:rsidR="00374E40" w:rsidRDefault="00821094" w:rsidP="008A750C">
+  <w:p w14:paraId="29A49686" w14:textId="50C74F79" w:rsidR="00374E40" w:rsidRDefault="002C7664" w:rsidP="008A750C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:id w:val="-1479296325"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="860082579"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="00374E40" w:rsidRPr="00724C93">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Revised: </w:t>
             </w:r>
-            <w:r w:rsidR="00532B65">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>11</w:t>
             </w:r>
             <w:r w:rsidR="007F7189">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidR="00532B65">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00724C93">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00AA499D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="0003146D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="007C6746" w:rsidRPr="00724C93">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -20220,51 +20197,51 @@
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1268079432">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="589316864">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="523641737">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1045444396">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1805653656">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1762484766">
     <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BB52B6"/>
     <w:rsid w:val="0000555A"/>
@@ -20300,50 +20277,51 @@
     <w:rsid w:val="00174CA3"/>
     <w:rsid w:val="00184AA5"/>
     <w:rsid w:val="00195C48"/>
     <w:rsid w:val="001A745F"/>
     <w:rsid w:val="001B42DB"/>
     <w:rsid w:val="001B7861"/>
     <w:rsid w:val="001C2589"/>
     <w:rsid w:val="00213377"/>
     <w:rsid w:val="002158E2"/>
     <w:rsid w:val="00217EB8"/>
     <w:rsid w:val="002214E6"/>
     <w:rsid w:val="00227D28"/>
     <w:rsid w:val="00232C43"/>
     <w:rsid w:val="00242367"/>
     <w:rsid w:val="00253068"/>
     <w:rsid w:val="00260C49"/>
     <w:rsid w:val="00263F47"/>
     <w:rsid w:val="00264DC6"/>
     <w:rsid w:val="00276143"/>
     <w:rsid w:val="00285600"/>
     <w:rsid w:val="0029317B"/>
     <w:rsid w:val="002976A2"/>
     <w:rsid w:val="002C2098"/>
     <w:rsid w:val="002C2585"/>
     <w:rsid w:val="002C3974"/>
+    <w:rsid w:val="002C7664"/>
     <w:rsid w:val="002D1A96"/>
     <w:rsid w:val="002E4428"/>
     <w:rsid w:val="002E6600"/>
     <w:rsid w:val="002F1602"/>
     <w:rsid w:val="002F3A43"/>
     <w:rsid w:val="003111AB"/>
     <w:rsid w:val="0031377D"/>
     <w:rsid w:val="00315445"/>
     <w:rsid w:val="00325E37"/>
     <w:rsid w:val="00331B1C"/>
     <w:rsid w:val="00340FCF"/>
     <w:rsid w:val="00341801"/>
     <w:rsid w:val="00354129"/>
     <w:rsid w:val="00356361"/>
     <w:rsid w:val="0035749A"/>
     <w:rsid w:val="00370EB7"/>
     <w:rsid w:val="00374E40"/>
     <w:rsid w:val="003A44DD"/>
     <w:rsid w:val="003B678A"/>
     <w:rsid w:val="003C0E03"/>
     <w:rsid w:val="003C2176"/>
     <w:rsid w:val="003C3A16"/>
     <w:rsid w:val="003F1D05"/>
     <w:rsid w:val="004040EE"/>
     <w:rsid w:val="0040659A"/>
@@ -20462,50 +20440,51 @@
     <w:rsid w:val="008F290B"/>
     <w:rsid w:val="008F7C27"/>
     <w:rsid w:val="00904975"/>
     <w:rsid w:val="00904E5F"/>
     <w:rsid w:val="00913D90"/>
     <w:rsid w:val="0091497E"/>
     <w:rsid w:val="00933491"/>
     <w:rsid w:val="00937AEC"/>
     <w:rsid w:val="00945E18"/>
     <w:rsid w:val="00951949"/>
     <w:rsid w:val="00956E33"/>
     <w:rsid w:val="00970F0C"/>
     <w:rsid w:val="00971EEA"/>
     <w:rsid w:val="009837D5"/>
     <w:rsid w:val="00983F25"/>
     <w:rsid w:val="009909A1"/>
     <w:rsid w:val="009910E0"/>
     <w:rsid w:val="00992E9D"/>
     <w:rsid w:val="009E688C"/>
     <w:rsid w:val="009F4B2F"/>
     <w:rsid w:val="00A01B9C"/>
     <w:rsid w:val="00A166A5"/>
     <w:rsid w:val="00A22B4E"/>
     <w:rsid w:val="00A25391"/>
     <w:rsid w:val="00A53686"/>
+    <w:rsid w:val="00A621E7"/>
     <w:rsid w:val="00A65856"/>
     <w:rsid w:val="00A669AA"/>
     <w:rsid w:val="00A67323"/>
     <w:rsid w:val="00A957A7"/>
     <w:rsid w:val="00AA499D"/>
     <w:rsid w:val="00AB4427"/>
     <w:rsid w:val="00AB7863"/>
     <w:rsid w:val="00AD0595"/>
     <w:rsid w:val="00AD313A"/>
     <w:rsid w:val="00AE327C"/>
     <w:rsid w:val="00AE4D72"/>
     <w:rsid w:val="00AF48FA"/>
     <w:rsid w:val="00AF58A0"/>
     <w:rsid w:val="00AF7D9C"/>
     <w:rsid w:val="00AF7F5B"/>
     <w:rsid w:val="00B056CD"/>
     <w:rsid w:val="00B0698B"/>
     <w:rsid w:val="00B10DCD"/>
     <w:rsid w:val="00B15DD5"/>
     <w:rsid w:val="00B21167"/>
     <w:rsid w:val="00B433FB"/>
     <w:rsid w:val="00B533DA"/>
     <w:rsid w:val="00B54A92"/>
     <w:rsid w:val="00B62D49"/>
     <w:rsid w:val="00B65AA6"/>
@@ -20527,91 +20506,93 @@
     <w:rsid w:val="00C1781F"/>
     <w:rsid w:val="00C335AE"/>
     <w:rsid w:val="00C34425"/>
     <w:rsid w:val="00C350A6"/>
     <w:rsid w:val="00C40B02"/>
     <w:rsid w:val="00C43831"/>
     <w:rsid w:val="00C5396A"/>
     <w:rsid w:val="00C55D98"/>
     <w:rsid w:val="00C60686"/>
     <w:rsid w:val="00C61BCC"/>
     <w:rsid w:val="00C742D9"/>
     <w:rsid w:val="00C9118C"/>
     <w:rsid w:val="00CA4F16"/>
     <w:rsid w:val="00CA6163"/>
     <w:rsid w:val="00CD36B5"/>
     <w:rsid w:val="00CE00FC"/>
     <w:rsid w:val="00CE2A8D"/>
     <w:rsid w:val="00CF578E"/>
     <w:rsid w:val="00D00DA5"/>
     <w:rsid w:val="00D17FD1"/>
     <w:rsid w:val="00D223D9"/>
     <w:rsid w:val="00D2526F"/>
     <w:rsid w:val="00D3474B"/>
     <w:rsid w:val="00D40286"/>
     <w:rsid w:val="00D57613"/>
+    <w:rsid w:val="00D61086"/>
     <w:rsid w:val="00D722EC"/>
     <w:rsid w:val="00D7291C"/>
     <w:rsid w:val="00D741C5"/>
     <w:rsid w:val="00D819EE"/>
     <w:rsid w:val="00D85CF5"/>
     <w:rsid w:val="00D91AD6"/>
     <w:rsid w:val="00D940A5"/>
     <w:rsid w:val="00DA1198"/>
     <w:rsid w:val="00DA679E"/>
     <w:rsid w:val="00DC0918"/>
     <w:rsid w:val="00DC4455"/>
     <w:rsid w:val="00DD261F"/>
     <w:rsid w:val="00DD3D95"/>
     <w:rsid w:val="00DD692D"/>
     <w:rsid w:val="00DE6ABA"/>
     <w:rsid w:val="00DE7329"/>
     <w:rsid w:val="00DF325E"/>
     <w:rsid w:val="00DF396F"/>
     <w:rsid w:val="00E1146C"/>
     <w:rsid w:val="00E120DB"/>
     <w:rsid w:val="00E1363A"/>
     <w:rsid w:val="00E21D87"/>
     <w:rsid w:val="00E26003"/>
     <w:rsid w:val="00E53656"/>
     <w:rsid w:val="00E72187"/>
     <w:rsid w:val="00E8317A"/>
     <w:rsid w:val="00E946BF"/>
     <w:rsid w:val="00EB26B1"/>
     <w:rsid w:val="00EC4C75"/>
     <w:rsid w:val="00ED73F0"/>
     <w:rsid w:val="00EE09C1"/>
     <w:rsid w:val="00EE66DD"/>
     <w:rsid w:val="00EF5AA2"/>
     <w:rsid w:val="00F00CF9"/>
     <w:rsid w:val="00F0149E"/>
     <w:rsid w:val="00F12606"/>
     <w:rsid w:val="00F161D8"/>
     <w:rsid w:val="00F21245"/>
     <w:rsid w:val="00F23639"/>
     <w:rsid w:val="00F23B57"/>
     <w:rsid w:val="00F24783"/>
+    <w:rsid w:val="00F35B39"/>
     <w:rsid w:val="00F40E67"/>
     <w:rsid w:val="00F509B5"/>
     <w:rsid w:val="00F532EA"/>
     <w:rsid w:val="00F61196"/>
     <w:rsid w:val="00F70A8A"/>
     <w:rsid w:val="00F82EB4"/>
     <w:rsid w:val="00F87DC7"/>
     <w:rsid w:val="00FA6D9A"/>
     <w:rsid w:val="00FB2954"/>
     <w:rsid w:val="00FC31C4"/>
     <w:rsid w:val="00FC5FF8"/>
     <w:rsid w:val="00FC6C48"/>
     <w:rsid w:val="00FD08DD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -21775,66 +21756,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E345BF0-CA03-4FDF-86AD-3996C7DC343E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>3746</Words>
-  <Characters>21356</Characters>
+  <Words>3755</Words>
+  <Characters>21404</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>177</Lines>
+  <Lines>178</Lines>
   <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25052</CharactersWithSpaces>
+  <CharactersWithSpaces>25109</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Harris, Richard (DPH)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>