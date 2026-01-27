--- v1 (2025-12-05)
+++ v2 (2026-01-27)
@@ -107,80 +107,50 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>250 Washington Street, Boston, MA 02108-4619</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E0775EB" w14:textId="4574D4E6" w:rsidR="002E4428" w:rsidRPr="00EE66DD" w:rsidRDefault="006E5A84" w:rsidP="002E4428">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tel: 617-973-0960</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A929E39" w14:textId="2656F478" w:rsidR="002E4428" w:rsidRPr="00EE66DD" w:rsidRDefault="002E4428" w:rsidP="002E4428">
-[...28 lines deleted...]
-    </w:p>
     <w:p w14:paraId="5578A589" w14:textId="20B66E55" w:rsidR="00F509B5" w:rsidRPr="00EE66DD" w:rsidRDefault="0052502E" w:rsidP="00F509B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00EE66DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>Pharmacy.Admin@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0043436A" w14:textId="31FEBD8A" w:rsidR="00BB52B6" w:rsidRPr="00EE66DD" w:rsidRDefault="00714B69" w:rsidP="00BB52B6">
@@ -389,425 +359,513 @@
         <w:r w:rsidR="0054295B" w:rsidRPr="00EE66DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Pharmacy.Admin@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="729C15C9" w14:textId="77777777" w:rsidR="006B2120" w:rsidRPr="00EE66DD" w:rsidRDefault="006B2120" w:rsidP="0054295B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:right="216"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="735AA415" w14:textId="5651AD66" w:rsidR="00B533DA" w:rsidRPr="00EE66DD" w:rsidRDefault="00B533DA" w:rsidP="00B533DA">
+    <w:p w14:paraId="735AA415" w14:textId="64B7AA8A" w:rsidR="00B533DA" w:rsidRPr="00EE66DD" w:rsidRDefault="00B533DA" w:rsidP="00B533DA">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="1F497D" w:themeFill="text2"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Transfer of Ownership: </w:t>
+        <w:t>Ownership</w:t>
+      </w:r>
+      <w:r w:rsidR="00561F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Changes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE66DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7826949C" w14:textId="77777777" w:rsidR="00B533DA" w:rsidRPr="00EE66DD" w:rsidRDefault="00B533DA" w:rsidP="00B533DA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:right="216"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B201F40" w14:textId="23CF1309" w:rsidR="00B533DA" w:rsidRPr="00EE66DD" w:rsidRDefault="00B533DA" w:rsidP="00B533DA">
+    <w:p w14:paraId="1A5BE0C0" w14:textId="0AA11B04" w:rsidR="00B533DA" w:rsidRDefault="00CC6DF2" w:rsidP="00561F8C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:right="216"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE66DD">
+      <w:r w:rsidRPr="00CC6DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Transfer of ownership</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Ownership changes are defined as a change in any direct owner(s) or parent company owner(s) of the current licensee </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C209E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EE66DD">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC6DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">occurs when pharmacy ownership will change to a person or entity other than the person or entity who was listed on the initial </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D819EE" w:rsidRPr="00EE66DD">
+        <w:t> when there is a change in the Internal Revenue Service (IRS)-issued employer identification number (FEIN or EIN). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC6DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EE66DD">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Ownership changes require the closing of the current pharmacy license and a new pharmacy application for the pharmacy with the new owner(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC6DF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> application</w:t>
-[...72 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A5BE0C0" w14:textId="77777777" w:rsidR="00B533DA" w:rsidRPr="00EE66DD" w:rsidRDefault="00B533DA" w:rsidP="00B533DA">
+    <w:p w14:paraId="1BA77D32" w14:textId="77777777" w:rsidR="00C209E8" w:rsidRDefault="00C209E8" w:rsidP="00561F8C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:right="216"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:b/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51C9DB06" w14:textId="3E939A0C" w:rsidR="00B533DA" w:rsidRPr="00EE66DD" w:rsidRDefault="00B533DA" w:rsidP="00B533DA">
+    <w:p w14:paraId="51C9DB06" w14:textId="18F1297B" w:rsidR="00B533DA" w:rsidRPr="00561F8C" w:rsidRDefault="00B533DA" w:rsidP="00561F8C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:right="216"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE66DD">
+      <w:r w:rsidRPr="00561F8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE66DD">
+      <w:r w:rsidRPr="00561F8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>outgoing licensee</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE66DD">
+      <w:r w:rsidRPr="00561F8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> must notify the Board of the proposed transfer of ownership of a licensed pharmacy at least 14 days prior to the transfer</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00897B26" w:rsidRPr="00EE66DD">
+        <w:t xml:space="preserve"> must notify the Board of the proposed ownership </w:t>
+      </w:r>
+      <w:r w:rsidR="00561F8C" w:rsidRPr="00561F8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">change </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of a licensed pharmacy at least 14 days prior to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00561F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>change</w:t>
+      </w:r>
+      <w:r w:rsidR="00897B26" w:rsidRPr="00561F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> using the closing of a pharmacy form in the </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00897B26" w:rsidRPr="00EE66DD">
+        <w:r w:rsidR="00897B26" w:rsidRPr="00561F8C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>licensing system</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EE66DD">
+      <w:r w:rsidRPr="00561F8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. The outgoing licensee must comply with </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE66DD">
+      <w:r w:rsidR="00402E25" w:rsidRPr="00402E25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EE66DD">
+        </w:rPr>
+        <w:t>transfer of o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00402E25">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (including the distribution of controlled substances) outlined in </w:t>
+        <w:t>wnership and pharmacy closure requirements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (including the distribution of controlled substances) </w:t>
+      </w:r>
+      <w:r w:rsidR="00402E25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">outlined in </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00EE66DD">
+        <w:r w:rsidRPr="00561F8C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>247 CMR 6.00</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EE66DD">
+      <w:r w:rsidRPr="00561F8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.     </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47E454A3" w14:textId="77777777" w:rsidR="00B533DA" w:rsidRPr="00EE66DD" w:rsidRDefault="00B533DA" w:rsidP="00B533DA">
+    <w:p w14:paraId="47E454A3" w14:textId="77777777" w:rsidR="00B533DA" w:rsidRPr="00561F8C" w:rsidRDefault="00B533DA" w:rsidP="00561F8C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:right="216"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D8FDACB" w14:textId="2FCEB4ED" w:rsidR="00B533DA" w:rsidRPr="00EE66DD" w:rsidRDefault="00B533DA" w:rsidP="00B533DA">
+    <w:p w14:paraId="1D8FDACB" w14:textId="5A96281E" w:rsidR="00B533DA" w:rsidRDefault="00B533DA" w:rsidP="00561F8C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:right="216"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE66DD">
+      <w:r w:rsidRPr="00561F8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE66DD">
+      <w:r w:rsidRPr="00561F8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>proposed new licensee</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE66DD">
+      <w:r w:rsidRPr="00561F8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> must apply for a new pharmacy license at least 14 days prior to the transfer of ownership, however the application should be submitted at least 45 days in advance</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F1124" w:rsidRPr="00EE66DD">
+        <w:t xml:space="preserve"> must apply for a new pharmacy license at least 14 days prior to the</w:t>
+      </w:r>
+      <w:r w:rsidR="00561F8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ownership</w:t>
+      </w:r>
+      <w:r w:rsidR="00561F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> change</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00561F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, however the application should be submitted at least 45 days in advance</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1124" w:rsidRPr="00561F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> to allow for timely review</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE66DD">
+      <w:r w:rsidRPr="00561F8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F962F63" w14:textId="77777777" w:rsidR="00DC0918" w:rsidRPr="00EE66DD" w:rsidRDefault="00DC0918" w:rsidP="00B533DA">
+    <w:p w14:paraId="09BF20BB" w14:textId="77777777" w:rsidR="00C209E8" w:rsidRDefault="00C209E8" w:rsidP="00561F8C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:right="216"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F962F63" w14:textId="1C63A65F" w:rsidR="00DC0918" w:rsidRPr="00EE66DD" w:rsidRDefault="00C209E8" w:rsidP="000B72FC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360" w:right="216"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Changes in ownership that do not meet this definition may require reporting in accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="000B72FC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>247 CMR 20.00</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5E68F16C" w14:textId="23926A28" w:rsidR="00B62D49" w:rsidRPr="00EE66DD" w:rsidRDefault="00341801" w:rsidP="00165DC7">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="1F497D" w:themeFill="text2"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
@@ -897,51 +955,51 @@
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A completed </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="008C3CE8" w:rsidRPr="00EE66DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">Retail </w:t>
         </w:r>
         <w:r w:rsidR="006E5EF0" w:rsidRPr="00EE66DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Pharmacy</w:t>
         </w:r>
         <w:r w:rsidR="00D741C5" w:rsidRPr="00EE66DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
@@ -1164,51 +1222,51 @@
       <w:r w:rsidR="008D4C0C" w:rsidRPr="00F00CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>available</w:t>
       </w:r>
       <w:r w:rsidRPr="00F00CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="018C9788" w14:textId="1BF4DD05" w:rsidR="00820A1D" w:rsidRPr="00F00CF9" w:rsidRDefault="00820A1D" w:rsidP="00165DC7">
+    <w:p w14:paraId="018C9788" w14:textId="1BF4DD05" w:rsidR="00820A1D" w:rsidRDefault="00820A1D" w:rsidP="00165DC7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360" w:right="216"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F00CF9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>** A Controlled Substance Registration is not required for non-resident pharmacies.</w:t>
@@ -3569,51 +3627,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A completed </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00EE66DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Sterile Compounding Application</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> fully and properly completed and signed by the Manager of Record (MOR) or </w:t>
       </w:r>
       <w:r w:rsidR="00DE6ABA" w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Designated Pharmacist-in-Charge (PIC)</w:t>
@@ -4357,51 +4415,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>hecklist</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for DRAFT sterile compounding regulations </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00EE66DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>247 CMR 17.00</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AD313A" w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on pages </w:t>
       </w:r>
       <w:r w:rsidR="00695872">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
@@ -4660,51 +4718,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A completed </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00EE66DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Complex Non-Sterile Compounding Application</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> fully and properly completed and signed by the Manager of Record (MOR) or </w:t>
       </w:r>
       <w:r w:rsidR="00DE6ABA" w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Designated Pharmacist-in-Charge (PIC)</w:t>
@@ -5573,88 +5631,88 @@
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   Review DRAFT non-sterile compounding regulations </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00EE66DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>247 CMR 1</w:t>
         </w:r>
         <w:r w:rsidR="00007D03" w:rsidRPr="00EE66DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r w:rsidRPr="00EE66DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>.00</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00315445" w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the Board’s </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:anchor="compounding-" w:history="1">
+      <w:hyperlink r:id="rId18" w:anchor="compounding-" w:history="1">
         <w:r w:rsidR="00315445" w:rsidRPr="00EE66DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Non-Sterile Compounding Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00315445" w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004A0340" w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -5790,51 +5848,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A completed </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00EE66DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Nuclear Pharmacy Application</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> fully and properly completed and signed by the Manager of Record (MOR) who is to manage and operate the pharmacy. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79163F98" w14:textId="0772AE9E" w:rsidR="00217EB8" w:rsidRPr="00821094" w:rsidRDefault="00970F0C" w:rsidP="008D4C0C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="720" w:right="216"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6236,51 +6294,51 @@
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   A copy of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="00143F3E" w:rsidRPr="00EE66DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Business Entity Summary</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="475CFF31" w14:textId="77777777" w:rsidR="00217EB8" w:rsidRPr="00EE66DD" w:rsidRDefault="00217EB8" w:rsidP="00217EB8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6899,51 +6957,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A completed </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="002E6600" w:rsidRPr="00EE66DD">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="002E6600" w:rsidRPr="00EE66DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Institutional Sterile Compounding Pharmacy</w:t>
         </w:r>
         <w:r w:rsidRPr="00EE66DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> Application</w:t>
         </w:r>
       </w:hyperlink>
@@ -8173,51 +8231,51 @@
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Compliance Checklist</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for DRAFT sterile compounding regulations </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00EE66DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>247 CMR 17.00</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on pages </w:t>
       </w:r>
       <w:r w:rsidR="00695872">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
@@ -8303,51 +8361,51 @@
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   Completed </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:anchor="inspection-resources-" w:history="1">
+      <w:hyperlink r:id="rId23" w:anchor="inspection-resources-" w:history="1">
         <w:r w:rsidRPr="00EE66DD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Sterile Compounding Pharmacy Inspection Template</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for EACH sterile compounding area. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B175892" w14:textId="77777777" w:rsidR="00C34425" w:rsidRPr="00C463ED" w:rsidRDefault="00C34425" w:rsidP="00C34425">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -8496,55 +8554,55 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>se</w:t>
       </w:r>
       <w:r w:rsidR="00010D40" w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> requirements will not be accepted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21F26CB6" w14:textId="4A39E927" w:rsidR="00B97181" w:rsidRPr="00EE66DD" w:rsidRDefault="00F61196" w:rsidP="0053645A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F61196">
+      <w:r w:rsidRPr="001711A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="00B0F0"/>
+          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="00F61196">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> A certified blueprint </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">is one that has </w:t>
       </w:r>
       <w:r w:rsidRPr="00F61196">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>be</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
@@ -8577,63 +8635,63 @@
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>by the architect</w:t>
       </w:r>
       <w:r w:rsidRPr="00F61196">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C116597" w14:textId="77777777" w:rsidR="0053645A" w:rsidRPr="00EE66DD" w:rsidRDefault="00DD3D95" w:rsidP="0053645A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE66DD">
+      <w:r w:rsidRPr="001711A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="00B0F0"/>
+          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidR="00F61196" w:rsidRPr="00EE66DD">
+      <w:r w:rsidR="00F61196" w:rsidRPr="001711A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="00B0F0"/>
+          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="001331B3" w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001331B3" w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>DO NOT</w:t>
       </w:r>
       <w:r w:rsidR="001331B3" w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> include areas such as consultation/immunization rooms, front store area, </w:t>
       </w:r>
     </w:p>
@@ -9154,51 +9212,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">non-sterile compounding </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE66DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>area</w:t>
             </w:r>
             <w:r w:rsidR="00515FC7" w:rsidRPr="00EE66DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r w:rsidR="00843F46" w:rsidRPr="00EE66DD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>draft 247 CMR 18.00</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CA4F16">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005A2019">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>proposes to</w:t>
             </w:r>
             <w:r w:rsidR="005A2019" w:rsidRPr="00EE66DD">
               <w:rPr>
@@ -11137,51 +11195,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1200D2B9" w14:textId="01C18AAF" w:rsidR="00714B69" w:rsidRPr="00EE66DD" w:rsidRDefault="00714B69" w:rsidP="00714B69">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please note that this is not an all-inclusive list of proposed standards in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00EE66DD">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Draft 247 CMR 17.00</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or the requirements of USP. At a minimum, applicants are required to adhere to the standards set forth in the most recent version of USP &lt;797&gt; and USP &lt;800&gt;. It is the responsibility of the applicant to be familiar with the requirements set forth in USP chapters and the Board’s regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44A0AF44" w14:textId="77777777" w:rsidR="00714B69" w:rsidRPr="00EE66DD" w:rsidRDefault="00714B69" w:rsidP="00714B69">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -15166,250 +15224,230 @@
         </w:rPr>
         <w:t>hree</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE66DD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> current “Board-approved inspectors” that may provide Board-approved pharmacy inspections:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AB00EF2" w14:textId="77777777" w:rsidR="00C04449" w:rsidRPr="008871C6" w:rsidRDefault="00C04449" w:rsidP="00C04449">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F3A430A" w14:textId="7E2706DA" w:rsidR="00C04449" w:rsidRPr="008871C6" w:rsidRDefault="00C04449" w:rsidP="00C04449">
+    <w:p w14:paraId="4F3A430A" w14:textId="7E2706DA" w:rsidR="00C04449" w:rsidRPr="001711A4" w:rsidRDefault="00C04449" w:rsidP="00C04449">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="3333FF"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="008871C6">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001711A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="3333FF"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gates H</w:t>
       </w:r>
       <w:bookmarkStart w:id="25" w:name="_Hlk207883084"/>
-      <w:r w:rsidRPr="008871C6">
+      <w:r w:rsidRPr="001711A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="3333FF"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ealthcare</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
-      <w:r w:rsidRPr="008871C6">
+      <w:r w:rsidRPr="001711A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="3333FF"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Associates, Inc.</w:t>
       </w:r>
-      <w:r w:rsidRPr="008871C6">
+      <w:r w:rsidRPr="001711A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="3333FF"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008871C6" w:rsidRPr="008871C6">
+      <w:r w:rsidR="008871C6" w:rsidRPr="001711A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="3333FF"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008871C6">
+      <w:r w:rsidR="008871C6" w:rsidRPr="001711A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="3333FF"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="008871C6">
+      <w:r w:rsidRPr="001711A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="3333FF"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>National Association of Boards of Pharmacy (NABP®)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="780B7F59" w14:textId="32DA777A" w:rsidR="00532B65" w:rsidRDefault="008871C6" w:rsidP="00C04449">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="008871C6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://gateshealthcareassociates.com/contact</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C04449" w:rsidRPr="008871C6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidR="00BC775E" w:rsidRPr="00B01BB1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://nabp.pharmacy/programs/inspections/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2F4A6C67" w14:textId="77777777" w:rsidR="00BC775E" w:rsidRPr="008871C6" w:rsidRDefault="00BC775E" w:rsidP="00C04449">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5954C48E" w14:textId="117DDBE8" w:rsidR="00532B65" w:rsidRPr="00BC775E" w:rsidRDefault="00BC775E" w:rsidP="00C04449">
+    <w:p w14:paraId="5954C48E" w14:textId="117DDBE8" w:rsidR="00532B65" w:rsidRPr="001711A4" w:rsidRDefault="00BC775E" w:rsidP="00C04449">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001711A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="3333FF"/>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (ACHC) </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Accreditation Commission for Health Care (ACHC) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1093C7BC" w14:textId="3E69F3F3" w:rsidR="00532B65" w:rsidRDefault="00DF325E" w:rsidP="00C04449">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00B01BB1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://achc.org/inspection-services/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5A8BC2F6" w14:textId="77777777" w:rsidR="00C04449" w:rsidRPr="00EE66DD" w:rsidRDefault="00C04449" w:rsidP="00C04449">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9738" w:type="dxa"/>
@@ -16987,51 +17025,51 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55256A94" w14:textId="77777777" w:rsidR="00FC5FF8" w:rsidRPr="00EE66DD" w:rsidRDefault="00FC5FF8" w:rsidP="00B8317D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F40E534" w14:textId="33E7F91D" w:rsidR="007C6746" w:rsidRPr="00EE66DD" w:rsidRDefault="007C6746" w:rsidP="0053060D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007C6746" w:rsidRPr="00EE66DD" w:rsidSect="00184AA5">
-      <w:footerReference w:type="default" r:id="rId28"/>
+      <w:footerReference w:type="default" r:id="rId29"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="single" w:sz="12" w:space="24" w:color="auto"/>
         <w:left w:val="single" w:sz="12" w:space="24" w:color="auto"/>
         <w:bottom w:val="single" w:sz="12" w:space="24" w:color="auto"/>
         <w:right w:val="single" w:sz="12" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="71649FCD" w14:textId="77777777" w:rsidR="009F4B2F" w:rsidRDefault="009F4B2F" w:rsidP="007260C4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
@@ -17099,124 +17137,124 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3F75EA26" w14:textId="77777777" w:rsidR="00374E40" w:rsidRDefault="00374E40">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="29A49686" w14:textId="50C74F79" w:rsidR="00374E40" w:rsidRDefault="002C7664" w:rsidP="008A750C">
+  <w:p w14:paraId="29A49686" w14:textId="5C6AD847" w:rsidR="00374E40" w:rsidRDefault="001711A4" w:rsidP="008A750C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:id w:val="-1479296325"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="860082579"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="00374E40" w:rsidRPr="00724C93">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Revised: </w:t>
             </w:r>
+            <w:r w:rsidR="002C7664">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="007F7189">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>11</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007F7189">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00724C93">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
+            <w:r w:rsidR="00AA499D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>20</w:t>
-[...17 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="007C6746" w:rsidRPr="00724C93">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007C6746" w:rsidRPr="00724C93">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00724C93">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00F509B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
@@ -20197,191 +20235,195 @@
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1268079432">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="589316864">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="523641737">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1045444396">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1805653656">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1762484766">
     <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="180"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BB52B6"/>
     <w:rsid w:val="0000555A"/>
     <w:rsid w:val="00007D03"/>
     <w:rsid w:val="00010D40"/>
     <w:rsid w:val="00010D90"/>
     <w:rsid w:val="00015291"/>
     <w:rsid w:val="000275D0"/>
     <w:rsid w:val="0003121B"/>
     <w:rsid w:val="0003146D"/>
     <w:rsid w:val="00041158"/>
     <w:rsid w:val="0005097E"/>
     <w:rsid w:val="00067896"/>
     <w:rsid w:val="00067B38"/>
     <w:rsid w:val="00082269"/>
     <w:rsid w:val="00091EB2"/>
     <w:rsid w:val="000A301B"/>
     <w:rsid w:val="000A4EE6"/>
     <w:rsid w:val="000B0A88"/>
+    <w:rsid w:val="000B72FC"/>
     <w:rsid w:val="000C0CED"/>
     <w:rsid w:val="000E72EB"/>
     <w:rsid w:val="00107F88"/>
     <w:rsid w:val="00124910"/>
     <w:rsid w:val="0012610D"/>
     <w:rsid w:val="00132A4D"/>
     <w:rsid w:val="001331B3"/>
     <w:rsid w:val="0013430B"/>
     <w:rsid w:val="00143F3E"/>
     <w:rsid w:val="00145725"/>
     <w:rsid w:val="00163FC9"/>
     <w:rsid w:val="00165DC7"/>
     <w:rsid w:val="00170D21"/>
+    <w:rsid w:val="001711A4"/>
     <w:rsid w:val="00174CA3"/>
     <w:rsid w:val="00184AA5"/>
     <w:rsid w:val="00195C48"/>
     <w:rsid w:val="001A745F"/>
     <w:rsid w:val="001B42DB"/>
     <w:rsid w:val="001B7861"/>
     <w:rsid w:val="001C2589"/>
     <w:rsid w:val="00213377"/>
     <w:rsid w:val="002158E2"/>
     <w:rsid w:val="00217EB8"/>
     <w:rsid w:val="002214E6"/>
     <w:rsid w:val="00227D28"/>
     <w:rsid w:val="00232C43"/>
     <w:rsid w:val="00242367"/>
     <w:rsid w:val="00253068"/>
     <w:rsid w:val="00260C49"/>
     <w:rsid w:val="00263F47"/>
     <w:rsid w:val="00264DC6"/>
     <w:rsid w:val="00276143"/>
     <w:rsid w:val="00285600"/>
     <w:rsid w:val="0029317B"/>
     <w:rsid w:val="002976A2"/>
     <w:rsid w:val="002C2098"/>
     <w:rsid w:val="002C2585"/>
     <w:rsid w:val="002C3974"/>
     <w:rsid w:val="002C7664"/>
     <w:rsid w:val="002D1A96"/>
     <w:rsid w:val="002E4428"/>
     <w:rsid w:val="002E6600"/>
     <w:rsid w:val="002F1602"/>
     <w:rsid w:val="002F3A43"/>
     <w:rsid w:val="003111AB"/>
     <w:rsid w:val="0031377D"/>
     <w:rsid w:val="00315445"/>
     <w:rsid w:val="00325E37"/>
     <w:rsid w:val="00331B1C"/>
     <w:rsid w:val="00340FCF"/>
     <w:rsid w:val="00341801"/>
     <w:rsid w:val="00354129"/>
     <w:rsid w:val="00356361"/>
     <w:rsid w:val="0035749A"/>
     <w:rsid w:val="00370EB7"/>
     <w:rsid w:val="00374E40"/>
     <w:rsid w:val="003A44DD"/>
     <w:rsid w:val="003B678A"/>
     <w:rsid w:val="003C0E03"/>
     <w:rsid w:val="003C2176"/>
     <w:rsid w:val="003C3A16"/>
     <w:rsid w:val="003F1D05"/>
+    <w:rsid w:val="00402E25"/>
     <w:rsid w:val="004040EE"/>
     <w:rsid w:val="0040659A"/>
     <w:rsid w:val="00410345"/>
     <w:rsid w:val="00421BB5"/>
     <w:rsid w:val="00422A37"/>
     <w:rsid w:val="004352FE"/>
     <w:rsid w:val="00440E9D"/>
     <w:rsid w:val="0044216C"/>
     <w:rsid w:val="00451E51"/>
     <w:rsid w:val="0045661A"/>
     <w:rsid w:val="0046284A"/>
     <w:rsid w:val="004700C7"/>
     <w:rsid w:val="0047221D"/>
     <w:rsid w:val="004763B8"/>
     <w:rsid w:val="00483E85"/>
     <w:rsid w:val="004A0340"/>
     <w:rsid w:val="004A3B27"/>
     <w:rsid w:val="004A6B68"/>
     <w:rsid w:val="004B1833"/>
     <w:rsid w:val="004B1FC0"/>
     <w:rsid w:val="004B62CE"/>
     <w:rsid w:val="004D2094"/>
     <w:rsid w:val="004D4F3A"/>
     <w:rsid w:val="00504D13"/>
     <w:rsid w:val="00512642"/>
     <w:rsid w:val="00515FC7"/>
     <w:rsid w:val="0052229D"/>
     <w:rsid w:val="00523D8D"/>
     <w:rsid w:val="0052502E"/>
     <w:rsid w:val="0053060D"/>
     <w:rsid w:val="00532B65"/>
     <w:rsid w:val="0053645A"/>
     <w:rsid w:val="0054044F"/>
     <w:rsid w:val="0054295B"/>
     <w:rsid w:val="00551DE9"/>
     <w:rsid w:val="00560B66"/>
     <w:rsid w:val="00561C83"/>
+    <w:rsid w:val="00561F8C"/>
     <w:rsid w:val="005642BC"/>
     <w:rsid w:val="00571EDE"/>
     <w:rsid w:val="00593800"/>
     <w:rsid w:val="005A2019"/>
     <w:rsid w:val="005A3DC1"/>
     <w:rsid w:val="005B2A83"/>
     <w:rsid w:val="005D6A53"/>
     <w:rsid w:val="00600A06"/>
     <w:rsid w:val="00603766"/>
     <w:rsid w:val="00613F7C"/>
     <w:rsid w:val="00621FD3"/>
     <w:rsid w:val="00651DF2"/>
     <w:rsid w:val="00663DDB"/>
     <w:rsid w:val="006643D0"/>
     <w:rsid w:val="006648CB"/>
     <w:rsid w:val="00690647"/>
     <w:rsid w:val="006918FD"/>
     <w:rsid w:val="006930FB"/>
     <w:rsid w:val="00693ACF"/>
     <w:rsid w:val="00695872"/>
     <w:rsid w:val="006A2EFF"/>
     <w:rsid w:val="006B2120"/>
     <w:rsid w:val="006B2CBF"/>
     <w:rsid w:val="006B50D5"/>
     <w:rsid w:val="006B7B99"/>
@@ -20482,121 +20524,125 @@
     <w:rsid w:val="00B0698B"/>
     <w:rsid w:val="00B10DCD"/>
     <w:rsid w:val="00B15DD5"/>
     <w:rsid w:val="00B21167"/>
     <w:rsid w:val="00B433FB"/>
     <w:rsid w:val="00B533DA"/>
     <w:rsid w:val="00B54A92"/>
     <w:rsid w:val="00B62D49"/>
     <w:rsid w:val="00B65AA6"/>
     <w:rsid w:val="00B73CC5"/>
     <w:rsid w:val="00B8317D"/>
     <w:rsid w:val="00B90D84"/>
     <w:rsid w:val="00B97181"/>
     <w:rsid w:val="00BA09A5"/>
     <w:rsid w:val="00BA57B2"/>
     <w:rsid w:val="00BB2014"/>
     <w:rsid w:val="00BB52B6"/>
     <w:rsid w:val="00BC09AC"/>
     <w:rsid w:val="00BC0F97"/>
     <w:rsid w:val="00BC775E"/>
     <w:rsid w:val="00BE2175"/>
     <w:rsid w:val="00BE65FF"/>
     <w:rsid w:val="00BF4111"/>
     <w:rsid w:val="00C04449"/>
     <w:rsid w:val="00C1781F"/>
+    <w:rsid w:val="00C209E8"/>
     <w:rsid w:val="00C335AE"/>
     <w:rsid w:val="00C34425"/>
     <w:rsid w:val="00C350A6"/>
     <w:rsid w:val="00C40B02"/>
     <w:rsid w:val="00C43831"/>
     <w:rsid w:val="00C5396A"/>
     <w:rsid w:val="00C55D98"/>
     <w:rsid w:val="00C60686"/>
     <w:rsid w:val="00C61BCC"/>
     <w:rsid w:val="00C742D9"/>
     <w:rsid w:val="00C9118C"/>
     <w:rsid w:val="00CA4F16"/>
     <w:rsid w:val="00CA6163"/>
+    <w:rsid w:val="00CC6DF2"/>
     <w:rsid w:val="00CD36B5"/>
     <w:rsid w:val="00CE00FC"/>
     <w:rsid w:val="00CE2A8D"/>
     <w:rsid w:val="00CF578E"/>
     <w:rsid w:val="00D00DA5"/>
     <w:rsid w:val="00D17FD1"/>
     <w:rsid w:val="00D223D9"/>
     <w:rsid w:val="00D2526F"/>
     <w:rsid w:val="00D3474B"/>
     <w:rsid w:val="00D40286"/>
     <w:rsid w:val="00D57613"/>
     <w:rsid w:val="00D61086"/>
     <w:rsid w:val="00D722EC"/>
     <w:rsid w:val="00D7291C"/>
     <w:rsid w:val="00D741C5"/>
     <w:rsid w:val="00D819EE"/>
     <w:rsid w:val="00D85CF5"/>
     <w:rsid w:val="00D91AD6"/>
     <w:rsid w:val="00D940A5"/>
     <w:rsid w:val="00DA1198"/>
     <w:rsid w:val="00DA679E"/>
     <w:rsid w:val="00DC0918"/>
     <w:rsid w:val="00DC4455"/>
     <w:rsid w:val="00DD261F"/>
     <w:rsid w:val="00DD3D95"/>
     <w:rsid w:val="00DD692D"/>
     <w:rsid w:val="00DE6ABA"/>
     <w:rsid w:val="00DE7329"/>
     <w:rsid w:val="00DF325E"/>
     <w:rsid w:val="00DF396F"/>
     <w:rsid w:val="00E1146C"/>
     <w:rsid w:val="00E120DB"/>
     <w:rsid w:val="00E1363A"/>
     <w:rsid w:val="00E21D87"/>
     <w:rsid w:val="00E26003"/>
     <w:rsid w:val="00E53656"/>
     <w:rsid w:val="00E72187"/>
     <w:rsid w:val="00E8317A"/>
     <w:rsid w:val="00E946BF"/>
     <w:rsid w:val="00EB26B1"/>
     <w:rsid w:val="00EC4C75"/>
     <w:rsid w:val="00ED73F0"/>
+    <w:rsid w:val="00EE017C"/>
     <w:rsid w:val="00EE09C1"/>
     <w:rsid w:val="00EE66DD"/>
     <w:rsid w:val="00EF5AA2"/>
     <w:rsid w:val="00F00CF9"/>
     <w:rsid w:val="00F0149E"/>
     <w:rsid w:val="00F12606"/>
     <w:rsid w:val="00F161D8"/>
     <w:rsid w:val="00F21245"/>
     <w:rsid w:val="00F23639"/>
     <w:rsid w:val="00F23B57"/>
     <w:rsid w:val="00F24783"/>
     <w:rsid w:val="00F35B39"/>
     <w:rsid w:val="00F40E67"/>
     <w:rsid w:val="00F509B5"/>
     <w:rsid w:val="00F532EA"/>
     <w:rsid w:val="00F61196"/>
+    <w:rsid w:val="00F66590"/>
     <w:rsid w:val="00F70A8A"/>
     <w:rsid w:val="00F82EB4"/>
     <w:rsid w:val="00F87DC7"/>
     <w:rsid w:val="00FA6D9A"/>
     <w:rsid w:val="00FB2954"/>
     <w:rsid w:val="00FC31C4"/>
     <w:rsid w:val="00FC5FF8"/>
     <w:rsid w:val="00FC6C48"/>
     <w:rsid w:val="00FD08DD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -20994,51 +21040,50 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00600A06"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
@@ -21447,51 +21492,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1601990559">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Pharmacy.Admin@mass.gov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nabp.pharmacy/programs/inspections/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/247-cmr-1700-sterile-compounding/download" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/pharmacy-practice-resources" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gateshealthcareassociates.com/contact" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/247-cmr-1800-non-sterile-compounding-1/download" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/law-library/247-cmr" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/draft-regulations-for-the-board-of-registration-in-pharmacy" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/247-cmr-1800-non-sterile-compounding-1/download" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corp.sec.state.ma.us/corpweb/CorpSearch/CorpSearch.aspx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Pharmacy.Admin@MassMail.State.MA.US" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/247-cmr-1700-sterile-compounding/download" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/pharmacy-practice-resources" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://achc.org/inspection-services/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Pharmacy.Admin@mass.gov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/pharmacy-practice-resources" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gateshealthcareassociates.com/contact" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/247-cmr-20-reporting/download" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/247-cmr-1800-non-sterile-compounding-1/download" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/draft-regulations-for-the-board-of-registration-in-pharmacy" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corp.sec.state.ma.us/corpweb/CorpSearch/CorpSearch.aspx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/law-library/247-cmr" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/247-cmr-1800-non-sterile-compounding-1/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/247-cmr-1700-sterile-compounding/download" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/pharmacy-practice-resources" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://achc.org/inspection-services/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Pharmacy.Admin@MassMail.State.MA.US" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/247-cmr-1700-sterile-compounding/download" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nabp.pharmacy/programs/inspections/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -21756,66 +21801,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E345BF0-CA03-4FDF-86AD-3996C7DC343E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>3755</Words>
-  <Characters>21404</Characters>
+  <Words>3774</Words>
+  <Characters>21517</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>178</Lines>
+  <Lines>179</Lines>
   <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25109</CharactersWithSpaces>
+  <CharactersWithSpaces>25241</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Harris, Richard (DPH)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>