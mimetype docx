--- v0 (2025-12-07)
+++ v1 (2026-03-26)
@@ -18,51 +18,51 @@
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer8.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer9.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer10.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="484DC13C" w14:textId="667ABB6C" w:rsidR="002B55B1" w:rsidRDefault="002B55B1" w:rsidP="006D6858">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14EC4224" w14:textId="77777777" w:rsidR="00FC34FA" w:rsidRPr="00FC34FA" w:rsidRDefault="00FC34FA" w:rsidP="00FC34FA"/>
     <w:p w14:paraId="2D1BB10F" w14:textId="77777777" w:rsidR="00FC34FA" w:rsidRPr="00FC34FA" w:rsidRDefault="00FC34FA" w:rsidP="00FC34FA"/>
     <w:p w14:paraId="69FAE366" w14:textId="77777777" w:rsidR="002B55B1" w:rsidRPr="006236C5" w:rsidRDefault="002B55B1" w:rsidP="006236C5">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006236C5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>COMMONWEALTH OF MASSACHUSETTS</w:t>
       </w:r>
@@ -281,59 +281,51 @@
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">hase I inspection reports in accordance with current dam safety procedures of the Massachusetts Office of Dam Safety.  The format is based upon the Phase I inspection format from the Army Corps of Engineers and includes inspection checklists and definitions for use during both the inspection process and in reviewing the completed report.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="760E0B3E" w14:textId="77777777" w:rsidR="00E35212" w:rsidRPr="00912034" w:rsidRDefault="00912034" w:rsidP="00E37F02">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r w:rsidRPr="00912034">
         <w:t xml:space="preserve">302 CMR 10.00 requires inspecting engineers to be Commonwealth of Massachusetts Registered Professional Engineers with a Civil Engineering license with experience in dam safety inspections and engineering. </w:t>
       </w:r>
       <w:r w:rsidR="00457825">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00912034">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13D24D2D" w14:textId="77777777" w:rsidR="00E35212" w:rsidRDefault="00E35212" w:rsidP="00E37F02">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">This report format is provided as a guide to establish minimum report requirements.  It should be noted that sections may need to be added to the report or expanded to accommodate the features and configurations specific to the dam being evaluated.  Each dam inspection must be </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and the report prepared and stamped by a Massachusetts registered professional engineer experienced in dam inspection, engineering</w:t>
+        <w:t>This report format is provided as a guide to establish minimum report requirements.  It should be noted that sections may need to be added to the report or expanded to accommodate the features and configurations specific to the dam being evaluated.  Each dam inspection must be conducted and the report prepared and stamped by a Massachusetts registered professional engineer experienced in dam inspection, engineering</w:t>
       </w:r>
       <w:r w:rsidR="000D1D87">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and design to assess the need to provide additional information.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05E7705F" w14:textId="77777777" w:rsidR="00E35212" w:rsidRDefault="00E35212" w:rsidP="00E37F02">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t>The content of completed inspection reports shall be the sole responsibility of the inspecting engineer and user of this report format.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ACEA8C2" w14:textId="77777777" w:rsidR="00D65B81" w:rsidRDefault="00D65B81" w:rsidP="00E37F02">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t>It is the responsibility of the inspecting engineer to verify the basi</w:t>
       </w:r>
       <w:r w:rsidR="003B637B">
         <w:t>c</w:t>
@@ -1271,51 +1263,51 @@
                         <w:txbxContent>
                           <w:p w14:paraId="3B7752D7" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="5C0F0EF9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 8" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:175.05pt;margin-top:668pt;width:207pt;height:18pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTUrDc8AEAAMYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgxsiw14hRdiw4D&#10;ugvQ7gMYWY6F2aJGKbGzrx8lp2m2vQ17ESiSOjw8pNbXY9+JgyZv0FZyPsul0FZhbeyukt+e7t+s&#10;pPABbA0dWl3Jo/byevP61XpwpS6wxa7WJBjE+nJwlWxDcGWWedXqHvwMnbYcbJB6CHylXVYTDIze&#10;d1mR58tsQKododLes/duCspNwm8arcKXpvE6iK6SzC2kk9K5jWe2WUO5I3CtUSca8A8sejCWi56h&#10;7iCA2JP5C6o3itBjE2YK+wybxiideuBu5vkf3Ty24HTqhcXx7iyT/3+w6vPhKwlTV3IphYWeR/Sk&#10;xyDe4yhWUZ3B+ZKTHh2nhZHdPOXUqXcPqL57YfG2BbvTN0Q4tBpqZjePL7OLpxOOjyDb4RPWXAb2&#10;ARPQ2FAfpWMxBKPzlI7nyUQqip3Fslhd5RxSHCuK1ZLtWALK59eOfPigsRfRqCTx5BM6HB58mFKf&#10;U2Ixi/em69gPZWd/czBm9CT2kfBEPYzbkbNjS1usj9wH4bRMvPxstEg/pRh4kSrpf+yBtBTdR8ta&#10;XM0Xi7h56bJ4+67gC11GtpcRsIqhKhmkmMzbMG3r3pHZtVxpUt/iDevXmNTaC6sTb16WJM5pseM2&#10;Xt5T1sv32/wCAAD//wMAUEsDBBQABgAIAAAAIQCiWUf/4AAAAA0BAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NbsIwEITvlXgHayv1VmwIhJLGQVWrXltBfyRuJl6SiHgdxYakb9/l1B535tPsTL4ZXSsu&#10;2IfGk4bZVIFAKr1tqNLw+fF6/wAiREPWtJ5Qww8G2BSTm9xk1g+0xcsuVoJDKGRGQx1jl0kZyhqd&#10;CVPfIbF39L0zkc++krY3A4e7Vs6VSqUzDfGH2nT4XGN52p2dhq+34/57od6rF7fsBj8qSW4ttb67&#10;HZ8eQUQc4x8M1/pcHQrudPBnskG0GpKlmjHKRpKkvIqRVbpg6XCVVnMFssjl/xXFLwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQCTUrDc8AEAAMYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCiWUf/4AAAAA0BAAAPAAAAAAAAAAAAAAAAAEoEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVwUAAAAA&#10;" filled="f" stroked="f">
+              <v:shape id="Text Box 8" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:175.05pt;margin-top:668pt;width:207pt;height:18pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBG/9rY3QEAAKEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06RRKd2o6WrZ1SKk&#10;hUVa+ADHsROLxGPGbpPy9YydbrfAG+LFmlvOzDkz2V5PQ88OCr0BW/HlIudMWQmNsW3Fv329f7Ph&#10;zAdhG9GDVRU/Ks+vd69fbUdXqgI66BuFjECsL0dX8S4EV2aZl50ahF+AU5aSGnAQgVxsswbFSOhD&#10;nxV5vs5GwMYhSOU9Re/mJN8lfK2VDI9aexVYX3GaLaQX01vHN9ttRdmicJ2RpzHEP0wxCGOp6Rnq&#10;TgTB9mj+ghqMRPCgw0LCkIHWRqrEgdgs8z/YPHXCqcSFxPHuLJP/f7Dy8+HJfUEWpvcw0QITCe8e&#10;QH73zMJtJ2yrbhBh7JRoqPEySpaNzpenT6PUvvQRpB4/QUNLFvsACWjSOERViCcjdFrA8Sy6mgKT&#10;FCzWxeYqp5SkXFFs1mTHFqJ8/tqhDx8UDCwaFUdaakIXhwcf5tLnktjMwr3p+7TY3v4WIMwYSdPH&#10;gefRw1RPVB1Z1NAciQfCfCd012R0gD85G+lGKu5/7AUqzvqPlrS4Wq5W8aiSs3r7riAHLzP1ZUZY&#10;SVAVD5zN5m2YD3Hv0LQddZrVt3BD+mmTqL1MdZqb7iCJc7rZeGiXfqp6+bN2vwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAKJZR//gAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO+VeAdrK/VW&#10;bAiEksZBVateW0F/JG4mXpKIeB3FhqRv3+XUHnfm0+xMvhldKy7Yh8aThtlUgUAqvW2o0vD58Xr/&#10;ACJEQ9a0nlDDDwbYFJOb3GTWD7TFyy5WgkMoZEZDHWOXSRnKGp0JU98hsXf0vTORz76StjcDh7tW&#10;zpVKpTMN8YfadPhcY3nanZ2Gr7fj/nuh3qsXt+wGPypJbi21vrsdnx5BRBzjHwzX+lwdCu508Gey&#10;QbQakqWaMcpGkqS8ipFVumDpcJVWcwWyyOX/FcUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAEb/2tjdAQAAoQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAKJZR//gAAAADQEAAA8AAAAAAAAAAAAAAAAANwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="3B7752D7" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00DB2DE0" w:rsidRPr="00182F90">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="48BE4757" wp14:editId="11211A5C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2223135</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>8140700</wp:posOffset>
                 </wp:positionV>
@@ -1382,51 +1374,51 @@
                                 <w:i/>
                                 <w:iCs/>
                               </w:rPr>
                               <w:t>[Add corporate logo in bottom right corner of cover]</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="48BE4757" id="Text Box 7" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:175.05pt;margin-top:641pt;width:261pt;height:18pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC2Mnnf8wEAAM0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3bStOmMOEXXosOA&#10;rhvQ9gMYWY6F2aJGKbGzrx8lp2m23oZdBIqkHt8jqeXV0LVip8kbtKWcTnIptFVYGbsp5fPT3YdL&#10;KXwAW0GLVpdyr728Wr1/t+xdoWfYYFtpEgxifdG7UjYhuCLLvGp0B36CTlsO1kgdBL7SJqsIekbv&#10;2myW5xdZj1Q5QqW9Z+/tGJSrhF/XWoVvde11EG0pmVtIJ6VzHc9stYRiQ+Aaow404B9YdGAsFz1C&#10;3UIAsSXzBqozitBjHSYKuwzr2iidNLCaaf6XmscGnE5auDneHdvk/x+seth9J2GqUp5LYaHjET3p&#10;IYhPOIhF7E7vfMFJj47TwsBunnJS6t09qh9eWLxpwG70NRH2jYaK2U3jy+zk6YjjI8i6/4oVl4Ft&#10;wAQ01NTF1nEzBKPzlPbHyUQqip1nZ9P5IueQ4thsdnnBdiwBxctrRz581tiJaJSSePIJHXb3Poyp&#10;LymxmMU707bsh6K1fzgYM3oS+0h4pB6G9ZDalKRFZWus9iyHcNwp/gNsNEi/pOh5n0rpf26BtBTt&#10;F8st+Tidz+MCpsv8fDHjC51G1qcRsIqhShmkGM2bMC7t1pHZNFxpHILFa25jbZLCV1YH+rwzqUeH&#10;/Y5LeXpPWa+/cPUbAAD//wMAUEsDBBQABgAIAAAAIQBJ8cbb3wAAAA0BAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSP0Haytxo3ZSCiGNUyEQVxCFVuLmxtskaryOYrcJf89yguPOPM3OFJvJ&#10;deKCQ2g9aUgWCgRS5W1LtYbPj5ebDESIhqzpPKGGbwywKWdXhcmtH+kdL9tYCw6hkBsNTYx9LmWo&#10;GnQmLHyPxN7RD85EPoda2sGMHO46mSp1J51piT80psenBqvT9uw07F6PX/tb9VY/u1U/+klJcg9S&#10;6+v59LgGEXGKfzD81ufqUHKngz+TDaLTsFyphFE20izlVYxk9ylLB5aWSaZAloX8v6L8AQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALYyed/zAQAAzQMAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEnxxtvfAAAADQEAAA8AAAAAAAAAAAAAAAAATQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABZBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="48BE4757" id="Text Box 7" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:175.05pt;margin-top:641pt;width:261pt;height:18pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBcjK+w4QEAAKgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s7l0aUu02aq0KkIq&#10;Ban0AxzHSSwSjxl7N1m+nrGTbhf6hnixxjPOmXPOTDZX09CzvUKnwZQ8W6WcKSOh1qYt+dP3u3eX&#10;nDkvTC16MKrkB+X41fbtm81oC5VDB32tkBGIccVoS955b4skcbJTg3ArsMpQsQEchKcrtkmNYiT0&#10;oU/yND1PRsDaIkjlHGVv5yLfRvymUdJ/bRqnPOtLTtx8PDGeVTiT7UYULQrbabnQEP/AYhDaUNMj&#10;1K3wgu1Qv4IatERw0PiVhCGBptFSRQ2kJkv/UvPYCauiFjLH2aNN7v/Byof9o/2GzE8fYaIBRhHO&#10;3oP84ZiBm06YVl0jwtgpUVPjLFiWjNYVy6fBale4AFKNX6CmIYudhwg0NTgEV0gnI3QawOFoupo8&#10;k5Q8O8vWFymVJNXy/PKc4tBCFM9fW3T+k4KBhaDkSEON6GJ/7/z89PlJaGbgTvd9HGxv/kgQZshE&#10;9oHwTN1P1cR0vUgLYiqoDyQHYV4XWm8KOsBfnI20KiV3P3cCFWf9Z0OWfMjW67Bb8bJ+f5HTBU8r&#10;1WlFGElQJfeczeGNn/dxZ1G3HXWah2DgmmxsdFT4wmqhT+sQPVpWN+zb6T2+evnBtr8BAAD//wMA&#10;UEsDBBQABgAIAAAAIQBJ8cbb3wAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSP0H&#10;aytxo3ZSCiGNUyEQVxCFVuLmxtskaryOYrcJf89yguPOPM3OFJvJdeKCQ2g9aUgWCgRS5W1LtYbP&#10;j5ebDESIhqzpPKGGbwywKWdXhcmtH+kdL9tYCw6hkBsNTYx9LmWoGnQmLHyPxN7RD85EPoda2sGM&#10;HO46mSp1J51piT80psenBqvT9uw07F6PX/tb9VY/u1U/+klJcg9S6+v59LgGEXGKfzD81ufqUHKn&#10;gz+TDaLTsFyphFE20izlVYxk9ylLB5aWSaZAloX8v6L8AQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAFyMr7DhAQAAqAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAEnxxtvfAAAADQEAAA8AAAAAAAAAAAAAAAAAOwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="1E644637" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                         </w:rPr>
                         <w:t>[Add corporate logo in bottom right corner of cover]</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
@@ -1657,51 +1649,51 @@
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="46C3A920" id="Text Box 5" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:4.05pt;margin-top:488pt;width:171pt;height:3in;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAOf8Hd9AEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zShSyFqulp2tQhp&#10;WZB2+YCp4zQWiceM3Sbl6xk7bSnwhnixPBefOXNmvLoe+07sNXmDtpL5bC6FtgprY7eV/Pp8/+qt&#10;FD6AraFDqyt50F5er1++WA2u1AW22NWaBINYXw6ukm0Irswyr1rdg5+h05aDDVIPgU3aZjXBwOh9&#10;lxXz+ZtsQKododLes/duCsp1wm8arcLnpvE6iK6SzC2kk9K5iWe2XkG5JXCtUUca8A8sejCWi56h&#10;7iCA2JH5C6o3itBjE2YK+wybxiideuBu8vkf3Ty14HTqhcXx7iyT/3+w6nH/hYSpK7mQwkLPI3rW&#10;YxDvcRRXUZ3B+ZKTnhynhZHdPOXUqXcPqL55YfG2BbvVN0Q4tBpqZpfHl9nF0wnHR5DN8AlrLgO7&#10;gAlobKiP0rEYgtF5SofzZCIVxc4iX+bLOYcUx4rl4jXPPtWA8vTckQ8fNPYiXipJPPoED/sHHyId&#10;KE8psZrFe9N1afyd/c3BidGT6EfGE/cwbsakU3FSZYP1gfshnJaKPwFfWqQfUgy8UJX033dAWoru&#10;o2VN3uWLRdzAZCyulgUbdBnZXEbAKoaqZJBiut6GaWt3jsy25UrTFCzesI6NSR1GwSdWR/q8NKnx&#10;44LHrby0U9avb7j+CQAA//8DAFBLAwQUAAYACAAAACEAP1j7it0AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VI3KhdaEsa4lQIxBXU8iNx28bbJCJeR7HbhLdnOcFxZz7NzhSb&#10;yXfqRENsA1uYzwwo4iq4lmsLb69PVxmomJAddoHJwjdF2JTnZwXmLoy8pdMu1UpCOOZooUmpz7WO&#10;VUMe4yz0xOIdwuAxyTnU2g04Srjv9LUxK+2xZfnQYE8PDVVfu6O38P58+PxYmJf60S/7MUxGs19r&#10;ay8vpvs7UImm9AfDb32pDqV02ocju6g6C9lcQAvr25VMEv9maUTZC7gwmQFdFvr/hPIHAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEADn/B3fQBAADOAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAP1j7it0AAAAKAQAADwAAAAAAAAAAAAAAAABOBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFgFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="46C3A920" id="Text Box 5" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:4.05pt;margin-top:488pt;width:171pt;height:3in;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkg/zQ4wEAAKkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01woFKKmq2VXi5CW&#10;i7TwAY5jJxaJx4zdJuXrGTvdboE3xIvlmXHOnHNmsr2ax4EdFHoDtubFKudMWQmtsV3Nv329e/GG&#10;Mx+EbcUAVtX8qDy/2j1/tp1cpUroYWgVMgKxvppczfsQXJVlXvZqFH4FTlkqasBRBAqxy1oUE6GP&#10;Q1bm+etsAmwdglTeU/Z2KfJdwtdayfBZa68CG2pO3EI6MZ1NPLPdVlQdCtcbeaIh/oHFKIylpmeo&#10;WxEE26P5C2o0EsGDDisJYwZaG6mSBlJT5H+oeeiFU0kLmePd2Sb//2Dlp8OD+4IszO9gpgEmEd7d&#10;g/zumYWbXthOXSPC1CvRUuMiWpZNzlenT6PVvvIRpJk+QktDFvsACWjWOEZXSCcjdBrA8Wy6mgOT&#10;lCyLTbHJqSSpVm7WL2msqYeoHj936MN7BSOLl5ojTTXBi8O9D5GOqB6fxG4W7swwpMkO9rcEPYyZ&#10;RD8yXriHuZmZaal77BvVNNAeSQ/Csi+033TpAX9yNtGu1Nz/2AtUnA0fLHnytliv43KlYP1qU1KA&#10;l5XmsiKsJKiaB86W601YFnLv0HQ9dVqmYOGafNQmKXxidaJP+5CEn3Y3LtxlnF49/WG7XwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAD9Y+4rdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9I&#10;vIO1SNyoXWhLGuJUCMQV1PIjcdvG2yQiXkex24S3ZznBcWc+zc4Um8l36kRDbANbmM8MKOIquJZr&#10;C2+vT1cZqJiQHXaBycI3RdiU52cF5i6MvKXTLtVKQjjmaKFJqc+1jlVDHuMs9MTiHcLgMck51NoN&#10;OEq47/S1MSvtsWX50GBPDw1VX7ujt/D+fPj8WJiX+tEv+zFMRrNfa2svL6b7O1CJpvQHw299qQ6l&#10;dNqHI7uoOgvZXEAL69uVTBL/ZmlE2Qu4MJkBXRb6/4TyBwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGSD/NDjAQAAqQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAD9Y+4rdAAAACgEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="2B75E25A" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
                       <w:pPr>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:sz w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="32"/>
                         </w:rPr>
                         <w:t>Dam Name:</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="6479551C" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
                       <w:pPr>
                         <w:pStyle w:val="Header"/>
                         <w:tabs>
                           <w:tab w:val="clear" w:pos="4320"/>
                           <w:tab w:val="clear" w:pos="8640"/>
                         </w:tabs>
                         <w:jc w:val="right"/>
                         <w:rPr>
@@ -2070,118 +2062,95 @@
                                 <w:iCs/>
                                 <w:highlight w:val="yellow"/>
                               </w:rPr>
                               <w:t>MA</w:t>
                             </w:r>
                             <w:r w:rsidR="003F38C7" w:rsidRPr="00B31B25">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:highlight w:val="yellow"/>
                               </w:rPr>
                               <w:t>#####</w:t>
                             </w:r>
                             <w:r w:rsidR="00621A02" w:rsidRPr="00B31B25">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:highlight w:val="yellow"/>
                               </w:rPr>
                               <w:t xml:space="preserve">_Dam </w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidR="00621A02" w:rsidRPr="00B31B25">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:highlight w:val="yellow"/>
                               </w:rPr>
-                              <w:t>Name_Town_Phase</w:t>
-[...10 lines deleted...]
-                              <w:t xml:space="preserve"> I_YYYY-MM-DD</w:t>
+                              <w:t>Name_Town_Phase I_YYYY-MM-DD</w:t>
                             </w:r>
                             <w:r w:rsidR="00621A02" w:rsidRPr="009A3F22">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:iCs/>
                               </w:rPr>
                               <w:t>”.</w:t>
                             </w:r>
                             <w:r w:rsidR="00621A02" w:rsidRPr="009A3F22" w:rsidDel="005F27F1">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:iCs/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="00621A02" w:rsidRPr="009A3F22">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:iCs/>
                               </w:rPr>
                               <w:t xml:space="preserve">  Submission of incomplete reports, reports not in PDF, or collections of separate files will </w:t>
                             </w:r>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidR="00621A02" w:rsidRPr="009A3F22">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:iCs/>
                               </w:rPr>
-                              <w:t>be considered to be</w:t>
-[...9 lines deleted...]
-                              <w:t xml:space="preserve"> non-compliant and will be returned to the owner for resubmission.</w:t>
+                              <w:t>be considered to be non-compliant and will be returned to the owner for resubmission.</w:t>
                             </w:r>
                             <w:r w:rsidRPr="009A3F22">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i/>
                                 <w:iCs/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="760FDB35" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916"/>
                           <w:p w14:paraId="595985DA" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916"/>
                           <w:p w14:paraId="5A70D0F0" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916"/>
                           <w:p w14:paraId="350C71BD" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
                             <w:pPr>
                               <w:pStyle w:val="Header"/>
                               <w:tabs>
                                 <w:tab w:val="clear" w:pos="4320"/>
                                 <w:tab w:val="clear" w:pos="8640"/>
                               </w:tabs>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="39741E60" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
                             <w:pPr>
@@ -2395,51 +2364,51 @@
                                 <w:bCs/>
                                 <w:i/>
                                 <w:iCs/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="5B3C0644" id="Rectangle 3" o:spid="_x0000_s1029" style="position:absolute;margin-left:-27.4pt;margin-top:-12.6pt;width:540pt;height:10in;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDA1YVpKQIAAFAEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vthJky414hRFugwD&#10;uq1Ytw+QZdkWptsoJU739aVkN5ftbZgfBFGkjg4PSa9uD1qRvQAvrSnpdJJTIgy3tTRtSX98375b&#10;UuIDMzVT1oiSPgtPb9dv36x6V4iZ7ayqBRAEMb7oXUm7EFyRZZ53QjM/sU4YdDYWNAtoQpvVwHpE&#10;1yqb5fl11luoHVguvMfT+8FJ1wm/aQQPX5vGi0BUSZFbSCuktYprtl6xogXmOslHGuwfWGgmDT56&#10;hLpngZEdyL+gtORgvW3ChFud2aaRXKQcMJtp/kc2Tx1zIuWC4nh3lMn/P1j+Zf8IRNYlvaLEMI0l&#10;+oaiMdMqQa6iPL3zBUY9uUeICXr3YPlPT4zddBgl7gBs3wlWI6lpjM8uLkTD41VS9Z9tjehsF2xS&#10;6tCAjoCoATmkgjwfCyIOgXA8vF4ulnmOdePou5nO59GIb7Di9boDHz4Kq0nclBSQfIJn+wcfhtDX&#10;kETfKllvpVLJgLbaKCB7ht2xTd+I7s/DlCE9JneTL/IEfeH05xhI78TwIkzLgH2upC5pzGhIgxVR&#10;uA+mRp6sCEyqYY/pKTMqGcUbihAO1WGsFMZHYStbP6O0YIe2xjHETWfhNyU9tnRJ/a8dA0GJ+mSw&#10;PElAnIFkzBfvZygsnHuqcw8zHKFKGigZtpswzM3OgWw7fGma1DD2DkvayCT2idVIH9s2lWscsTgX&#10;53aKOv0I1i8AAAD//wMAUEsDBBQABgAIAAAAIQAG3env4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwEETvSPyDtUhcUGs3tAiFOBVq4cKhEqUSHN14SSLidWQ7bcrXs+UCt1nNaPZNsRxd&#10;Jw4YYutJw2yqQCBV3rZUa9i9PU/uQcRkyJrOE2o4YYRleXlRmNz6I73iYZtqwSUUc6OhSanPpYxV&#10;g87Eqe+R2Pv0wZnEZ6ilDebI5a6TmVJ30pmW+ENjelw1WH1tB6ehf18Z97SR6SWcbr8/ht1mvVY3&#10;Wl9fjY8PIBKO6S8MZ3xGh5KZ9n4gG0WnYbKYM3pikS0yEOeE+lV7VvMZm7Is5P8V5Q8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAwNWFaSkCAABQBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEABt3p7+EAAAANAQAADwAAAAAAAAAAAAAAAACDBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;" strokeweight="1.5pt">
+              <v:rect w14:anchorId="5B3C0644" id="Rectangle 3" o:spid="_x0000_s1029" style="position:absolute;margin-left:-27.4pt;margin-top:-12.6pt;width:540pt;height:10in;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTmHw8FQIAACoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06SlXbpR09WqSxHS&#10;cpEWPsBxnMTC8Zix27R8PWOn23bhDZGHyOMZH59zZry6O/SG7RV6Dbbk00nOmbISam3bkn//tn2z&#10;5MwHYWthwKqSH5Xnd+vXr1aDK9QMOjC1QkYg1heDK3kXgiuyzMtO9cJPwClLyQawF4FCbLMaxUDo&#10;vclmeX6TDYC1Q5DKe9p9GJN8nfCbRsnwpWm8CsyUnLiF9Mf0r+I/W69E0aJwnZYnGuIfWPRCW7r0&#10;DPUggmA71H9B9VoieGjCREKfQdNoqZIGUjPN/1Dz1AmnkhYyx7uzTf7/wcrP+yf3FSN17x5B/vDM&#10;wqYTtlX3iDB0StR03TQalQ3OF+cDMfB0lFXDJ6iptWIXIHlwaLCPgKSOHZLVx7PV6hCYpM2b5WKZ&#10;59QRSbnb6Xweg3iHKJ6PO/Thg4KexUXJkXqZ4MX+0Yex9Lkk0Qej6602JgXYVhuDbC+o79v0ndD9&#10;dZmxbCBxt/kiT9Avkv4ag+hdGL4o63WgCTa6L3lUNMoQRTTuva3TfAWhzbgmecaenIzmxTn1RThU&#10;B6brkr+NJONOBfWRrEUYB5YeGC06wF+cDTSsJfc/dwIVZ+ajpfYkA2m6UzBfvJuRsXidqa4zwkqC&#10;KnngbFxuwvgidg5129FN0+SGhXtqaaOT2RdWJ/o0kKldp8cTJ/46TlWXJ77+DQAA//8DAFBLAwQU&#10;AAYACAAAACEABt3p7+EAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXFBr&#10;N7QIhTgVauHCoRKlEhzdeEki4nVkO23K17PlArdZzWj2TbEcXScOGGLrScNsqkAgVd62VGvYvT1P&#10;7kHEZMiazhNqOGGEZXl5UZjc+iO94mGbasElFHOjoUmpz6WMVYPOxKnvkdj79MGZxGeopQ3myOWu&#10;k5lSd9KZlvhDY3pcNVh9bQenoX9fGfe0keklnG6/P4bdZr1WN1pfX42PDyASjukvDGd8RoeSmfZ+&#10;IBtFp2GymDN6YpEtMhDnhPpVe1bzGZuyLOT/FeUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAJOYfDwVAgAAKgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAAbd6e/hAAAADQEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" strokeweight="1.5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="1FF16848" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
                       <w:pPr>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="0B3A4FC1" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
                       <w:pPr>
                         <w:pStyle w:val="Header"/>
                         <w:tabs>
                           <w:tab w:val="clear" w:pos="4320"/>
                           <w:tab w:val="clear" w:pos="8640"/>
                         </w:tabs>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="57124F11" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916"/>
                     <w:p w14:paraId="7470229A" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916"/>
@@ -2586,118 +2555,95 @@
                           <w:iCs/>
                           <w:highlight w:val="yellow"/>
                         </w:rPr>
                         <w:t>MA</w:t>
                       </w:r>
                       <w:r w:rsidR="003F38C7" w:rsidRPr="00B31B25">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                           <w:highlight w:val="yellow"/>
                         </w:rPr>
                         <w:t>#####</w:t>
                       </w:r>
                       <w:r w:rsidR="00621A02" w:rsidRPr="00B31B25">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                           <w:highlight w:val="yellow"/>
                         </w:rPr>
                         <w:t xml:space="preserve">_Dam </w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidR="00621A02" w:rsidRPr="00B31B25">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                           <w:highlight w:val="yellow"/>
                         </w:rPr>
-                        <w:t>Name_Town_Phase</w:t>
-[...10 lines deleted...]
-                        <w:t xml:space="preserve"> I_YYYY-MM-DD</w:t>
+                        <w:t>Name_Town_Phase I_YYYY-MM-DD</w:t>
                       </w:r>
                       <w:r w:rsidR="00621A02" w:rsidRPr="009A3F22">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                         </w:rPr>
                         <w:t>”.</w:t>
                       </w:r>
                       <w:r w:rsidR="00621A02" w:rsidRPr="009A3F22" w:rsidDel="005F27F1">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="00621A02" w:rsidRPr="009A3F22">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                         </w:rPr>
                         <w:t xml:space="preserve">  Submission of incomplete reports, reports not in PDF, or collections of separate files will </w:t>
                       </w:r>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidR="00621A02" w:rsidRPr="009A3F22">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                         </w:rPr>
-                        <w:t>be considered to be</w:t>
-[...9 lines deleted...]
-                        <w:t xml:space="preserve"> non-compliant and will be returned to the owner for resubmission.</w:t>
+                        <w:t>be considered to be non-compliant and will be returned to the owner for resubmission.</w:t>
                       </w:r>
                       <w:r w:rsidRPr="009A3F22">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:i/>
                           <w:iCs/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="760FDB35" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916"/>
                     <w:p w14:paraId="595985DA" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916"/>
                     <w:p w14:paraId="5A70D0F0" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916"/>
                     <w:p w14:paraId="350C71BD" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
                       <w:pPr>
                         <w:pStyle w:val="Header"/>
                         <w:tabs>
                           <w:tab w:val="clear" w:pos="4320"/>
                           <w:tab w:val="clear" w:pos="8640"/>
                         </w:tabs>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="39741E60" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
                       <w:pPr>
@@ -3480,57 +3426,52 @@
         <w:t xml:space="preserve">The assessment of the general condition of the dam </w:t>
       </w:r>
       <w:r w:rsidR="00662A40">
         <w:t xml:space="preserve">reported herein was </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">based upon available data and visual inspections.  Detailed investigations and analyses involving topographic mapping, subsurface investigations, testing and detailed computational evaluations </w:t>
       </w:r>
       <w:r w:rsidR="00662A40">
         <w:t xml:space="preserve">were </w:t>
       </w:r>
       <w:r>
         <w:t>beyond the scope of this report</w:t>
       </w:r>
       <w:r w:rsidR="00662A40">
         <w:t xml:space="preserve"> unless reported otherwise</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CC23EF1" w14:textId="77777777" w:rsidR="002B55B1" w:rsidRDefault="002B55B1" w:rsidP="00E37F02">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> should be realized that the reported condition of the dam </w:t>
+      <w:r>
+        <w:t xml:space="preserve">In reviewing this report, it should be realized that the reported condition of the dam </w:t>
       </w:r>
       <w:r w:rsidR="00662A40">
         <w:t xml:space="preserve">was </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">based on observations of field conditions at the time of inspection, along with data available to the inspection team.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32F57839" w14:textId="35D8F90A" w:rsidR="002B55B1" w:rsidRDefault="002B55B1" w:rsidP="00E37F02">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">It is critical to note that the condition of the dam depends on numerous and constantly changing internal and external conditions and is evolutionary in nature.  It would be incorrect to assume that the </w:t>
       </w:r>
       <w:r w:rsidR="00662A40">
         <w:t xml:space="preserve">reported </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">condition of the dam will continue to represent the condition of the dam at some point in the future. </w:t>
       </w:r>
       <w:r w:rsidR="000D1D87">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -3802,51 +3743,51 @@
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash">
+          <mc:Fallback>
             <w:pict>
               <v:oval w14:anchorId="25E649D6" id="Oval 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:166.05pt;margin-top:6.05pt;width:108pt;height:99pt;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJYovWEwIAAAUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L47dpF2NOEWRrsOA&#10;bi3Q7QMUWbaFyaJGKXGyrx8lu1m63YbpIJAi+Ug+UqubQ2/YXqHXYCuez+acKSuh1rat+Lev9+/e&#10;c+aDsLUwYFXFj8rzm/XbN6vBlaqADkytkBGI9eXgKt6F4Mos87JTvfAzcMqSsQHsRSAV26xGMRB6&#10;b7JiPr/MBsDaIUjlPb3ejUa+TvhNo2R4bBqvAjMVp9pCujHd23hn65UoWxSu03IqQ/xDFb3QlpKe&#10;oO5EEGyH+i+oXksED02YSegzaBotVeqBusnnf3Tz3AmnUi9Ejncnmvz/g5Vf9k/IdF3xgjMrehrR&#10;414YVkRmBudLcnh2Txh78+4B5HfPLGw6YVt1iwhDp0RN9eTRP3sVEBVPoWw7fIaagMUuQCLp0GAf&#10;Aal9dkizOJ5moQ6BSXrML67yyzmNTJItL5ZXF6TEHKJ8CXfow0cFPYtCxZUx2vnIlyjF/sGH0fvF&#10;Kz5buNfG0LsojWVDxa+XxTIFeDC6jsZo89huNwYZEUF1pTOlfuWGsLN1AoskfJjkILQZZSrV2ImV&#10;SMRI6BbqI5GCMO4i/R0SOsCfnA20hxX3P3YCFWfmkyVir/PFIi5uUhbLq4IUPLdszy3CSoKqeOBs&#10;FDdhXPadQ912lClP7Vq4pWE0OnEUBzVWNRVLu5aInv5FXOZzPXn9/r3rXwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAAZGdWHeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQdZIW&#10;VIU4FULihkQp/YBNbJzQeB1stwl/z/ZET7urGc2+qTazG8TJhNh7UpAvMhCGWq97sgr2n6/3axAx&#10;IWkcPBkFvybCpr6+qrDUfqIPc9olKziEYokKupTGUsrYdsZhXPjREGtfPjhMfAYrdcCJw90giyx7&#10;lA574g8djualM+1hd3QKmmbvZ/kT3rd39hBw9T2N9m2r1O3N/PwEIpk5/ZvhjM/oUDNT44+koxgU&#10;LJdFzlYWzpMND6s1L42CIs9ykHUlLyvUfwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDJ&#10;YovWEwIAAAUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAGRnVh3gAAAAoBAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" filled="f"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BD616BD" w14:textId="2D8E5EE5" w:rsidR="002B55B1" w:rsidRDefault="00DB2DE0">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E14756E" wp14:editId="78B75D97">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1994535</wp:posOffset>
@@ -3919,51 +3860,51 @@
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" numCol="1" fromWordArt="1">
                         <a:prstTxWarp prst="textSlantUp">
                           <a:avLst>
                             <a:gd name="adj" fmla="val 55556"/>
                           </a:avLst>
                         </a:prstTxWarp>
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4E14756E" id="WordArt 6" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:157.05pt;margin-top:2.4pt;width:135pt;height:1in;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+qCTZ/AEAAOIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7aLtNuMOEXWrrt0&#10;64Ck6JmR5NibJWqSEjt/P0p2kmK7DfNBkETq8b1HenE76I4dlPMtmooXs5wzZQTK1uwq/rx5ePeB&#10;Mx/ASOjQqIoflee3y7dvFr0t1RU22EnlGIEYX/a24k0ItswyLxqlwc/QKkPBGp2GQEe3y6SDntB1&#10;l13l+U3Wo5PWoVDe0+39GOTLhF/XSoSnuvYqsK7ixC2k1aV1G9dsuYBy58A2rZhowD+w0NAaKnqG&#10;uocAbO/av6B0Kxx6rMNMoM6wrluhkgZSU+R/qFk3YFXSQuZ4e7bJ/z9Y8e3w3bFWUu84M6CpRS/k&#10;6MoFdhPN6a0vKWdtKSsMn3CIiVGot48ofnpm8K4Bs1Mr57BvFEgiF6Gm6yRhc7SEm243agifZUt9&#10;KCJ89gp/LOZjpW3/FSU9gX3AVG2onY5VyTBGFKiTx3P3CJGJyOt9Mb/OKSQo9rGYz2kfS0B5em2d&#10;D18UahY3FXc0HQkdDo8+jKmnlIlaZDPyCsN2SD7NT7ZsUR6Ja0/DU3H/aw9Oke69vkOaNRJbO9ST&#10;l/Ec6Uf0zfACzk4UApFfd2DCs70wSXMkp26A/EFQuqOpPEDHrulLjSFZiXYSeMEdW7Mi3x7aJCka&#10;PDKdJNEgpTfT0MdJfX1OWZdfc/kbAAD//wMAUEsDBBQABgAIAAAAIQA+qcq/2wAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqBNIURTiVBU/EgcutOG+jZckIl5Hsdukb8/2&#10;BMfRjGa+KTeLG9SJptB7NpCuElDEjbc9twbq/dtdDipEZIuDZzJwpgCb6vqqxML6mT/ptIutkhIO&#10;BRroYhwLrUPTkcOw8iOxeN9+chhFTq22E85S7gZ9nySP2mHPstDhSM8dNT+7ozMQo92m5/rVhfev&#10;5eNl7pJmjbUxtzfL9glUpCX+heGCL+hQCdPBH9kGNRh4SLNUogYyeSD+Or/ogwSzPAddlfr/g+oX&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/qgk2fwBAADiAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAPqnKv9sAAAAJAQAADwAAAAAAAAAAAAAA&#10;AABWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAF4FAAAAAA==&#10;" filled="f" stroked="f">
+              <v:shape w14:anchorId="4E14756E" id="WordArt 6" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:157.05pt;margin-top:2.4pt;width:135pt;height:1in;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUgPyq7wEAAL4DAAAOAAAAZHJzL2Uyb0RvYy54bWysk8tu2zAQRfcF+g8E97WkwElbwXLgJk03&#10;6QOwg6zHfFhqRQ5L0pb89x3Sil20u6JaEHzeOXdmtLgdTc8OyocObcOrWcmZsgJlZ3cNf9o8vHnH&#10;WYhgJfRoVcOPKvDb5etXi8HV6gpb7KXyjERsqAfX8DZGVxdFEK0yEGbolKVDjd5ApKXfFdLDQOqm&#10;L67K8qYY0EvnUagQaPf+dMiXWV9rJeJXrYOKrG84scU8+jxu01gsF1DvPLi2ExMG/AOFgc5S0LPU&#10;PURge9/9JWU64TGgjjOBpkCtO6GyB3JTlX+4WbfgVPZCyQnunKbw/2TFl8PaffMsjh9wpAJmE8E9&#10;ovgRmMW7FuxOrbzHoVUgKXDFz9sZb3N0VNa8u1Fj/Cg7ynGV8loMLtSTfqpHqEOKtB0+o6QnsI+Y&#10;o43am5Q6SgYjBKrS8VwZUmQicb2t5tclHQk6e1/N5zRPIaB+ee18iJ8UGpYmDfdU+awOh8cQT1df&#10;rkxoiebEFcftyDrZ8HkSTaRblEdiHagxGh5+7sEr8r03d0h9RGa1R/NMnbfy2W3CT+qb8Rm8mxAi&#10;wa97sPHJXUhyj0hmwaQUyO8kZXrquAP07Jq+m8lWxs4GL7rpbXAryttDly1dSCdL1CT5zdTQqQt/&#10;X+dbl99u+QsAAP//AwBQSwMEFAAGAAgAAAAhAD6pyr/bAAAACQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SNyoE0hRFOJUFT8SBy604b6NlyQiXkex26Rvz/YEx9GMZr4pN4sb1Imm&#10;0Hs2kK4SUMSNtz23Bur9210OKkRki4NnMnCmAJvq+qrEwvqZP+m0i62SEg4FGuhiHAutQ9ORw7Dy&#10;I7F4335yGEVOrbYTzlLuBn2fJI/aYc+y0OFIzx01P7ujMxCj3abn+tWF96/l42XukmaNtTG3N8v2&#10;CVSkJf6F4YIv6FAJ08Ef2QY1GHhIs1SiBjJ5IP46v+iDBLM8B12V+v+D6hcAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQDUgPyq7wEAAL4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQA+qcq/2wAAAAkBAAAPAAAAAAAAAAAAAAAAAEkEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAUQUAAAAA&#10;" filled="f" stroked="f">
                 <o:lock v:ext="edit" shapetype="t"/>
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w14:paraId="7343999B" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916" w:rsidP="00DB2DE0">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:solidFill>
                               <w14:srgbClr w14:val="000000"/>
                             </w14:solidFill>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
                           <w:color w:val="000000"/>
                           <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
@@ -4169,4112 +4110,4112 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>i</w:t>
         </w:r>
         <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4C32FD94" w14:textId="26D37BC6" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="4C32FD94" w14:textId="26D37BC6" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243153" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>PREFACE</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243153 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>iii</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5B36E8BC" w14:textId="44668D9C" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="5B36E8BC" w14:textId="44668D9C" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243154" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>SECTION 1</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243154 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="648B698F" w14:textId="062B8E81" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="648B698F" w14:textId="062B8E81" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243155" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.0 DESCRIPTION OF PROJECT</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243155 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="535D770D" w14:textId="04A9D1CD" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="535D770D" w14:textId="04A9D1CD" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243156" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">1.1 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>General</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243156 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...4 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="43AD2156" w14:textId="548EBBB7" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="43AD2156" w14:textId="548EBBB7" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243157" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">1.1.1 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Authority</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243157 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="63E4C47F" w14:textId="35D6DBAB" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="63E4C47F" w14:textId="35D6DBAB" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243158" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">1.1.2 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Purpose of Work</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243158 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5A531753" w14:textId="7B6BB235" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="5A531753" w14:textId="7B6BB235" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243159" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">1.1.3 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Definitions</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243159 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="40B2A72A" w14:textId="465C668B" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="40B2A72A" w14:textId="465C668B" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243160" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">1.2 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Description of Project</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243160 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...4 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="20C3D232" w14:textId="0EB5B2A5" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="20C3D232" w14:textId="0EB5B2A5" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2100"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243161" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.2.1</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Location</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243161 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="13639D23" w14:textId="3614312C" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="13639D23" w14:textId="3614312C" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243162" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">1.2.2 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Owner/Caretaker</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243162 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6F8FFA70" w14:textId="345CC2AA" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="6F8FFA70" w14:textId="345CC2AA" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243163" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">1.2.3 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Purpose of the Dam</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243163 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="018799C5" w14:textId="72B17F0C" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="018799C5" w14:textId="72B17F0C" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243164" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">1.2.4 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Description of the Dam and Appurtenances</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243164 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4A22D071" w14:textId="1315CAC8" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="4A22D071" w14:textId="1315CAC8" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2100"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243165" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.2.5</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Operations and Maintenance</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243165 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="34A34988" w14:textId="4FD24D21" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="34A34988" w14:textId="4FD24D21" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2100"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243166" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.2.6</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>DCR Size Classification</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243166 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7748BA79" w14:textId="1BA2F609" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="7748BA79" w14:textId="1BA2F609" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243167" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">1.2.7 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>DCR Hazard Potential Classification</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243167 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3C26AC84" w14:textId="2B227246" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="3C26AC84" w14:textId="2B227246" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243168" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">1.3 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Pertinent Engineering Data</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243168 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...4 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="32B527D5" w14:textId="78CE3C7E" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="32B527D5" w14:textId="78CE3C7E" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243169" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">1.3.1 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Drainage Area</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243169 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6AC5F516" w14:textId="51CE0070" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="6AC5F516" w14:textId="51CE0070" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243170" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">1.3.2 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Reservoir</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243170 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="47583D9C" w14:textId="64110361" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="47583D9C" w14:textId="64110361" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243171" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">1.3.3 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Discharges at the Dam Site</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243171 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1F4063D0" w14:textId="1195A442" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="1F4063D0" w14:textId="1195A442" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243172" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">1.3.4 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>General Elevations (feet)</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243172 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0441E9C0" w14:textId="562DD6E2" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="0441E9C0" w14:textId="562DD6E2" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243173" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">1.3.5 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Main Spillway Data</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243173 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6FB10D4A" w14:textId="164262D6" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356" w:rsidP="002E4B4D">
+    <w:p w14:paraId="6FB10D4A" w14:textId="164262D6" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22" w:rsidP="002E4B4D">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:ind w:left="2155" w:hanging="715"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243174" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.3.</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:iCs/>
             <w:noProof/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:noProof/>
           </w:rPr>
           <w:t>[Additional information and elevations as appropriate for specific dam (e.g. auxiliary/emergency spillway data, low-level outlet data, dike data, etc.)]</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243174 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7657C5F8" w14:textId="6E5AFCDB" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="7657C5F8" w14:textId="6E5AFCDB" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243175" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">1.3.7 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Design and Construction Records and History</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243175 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="20529F20" w14:textId="5BC8BCC3" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="20529F20" w14:textId="5BC8BCC3" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243176" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">1.3.8 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Operating Records</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243176 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1CAF54FC" w14:textId="19A18551" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="1CAF54FC" w14:textId="19A18551" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243177" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1.4</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Summary Data Table</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243177 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...4 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0D5C1088" w14:textId="5B75D804" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="0D5C1088" w14:textId="5B75D804" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243178" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>SECTION 2</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243178 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1FF2E1BD" w14:textId="241A98A9" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="1FF2E1BD" w14:textId="241A98A9" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243179" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2.0 INSPECTION</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243179 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="43CAC935" w14:textId="6EF0A01E" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="43CAC935" w14:textId="6EF0A01E" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243180" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">2.1 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Visual Inspection</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243180 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...4 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5595BCE9" w14:textId="701E48A9" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="5595BCE9" w14:textId="701E48A9" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243181" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">2.1.1 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>General Findings</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243181 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6C7D1B7F" w14:textId="452A8D05" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="6C7D1B7F" w14:textId="452A8D05" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243182" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">2.1.2 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dam</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243182 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1694C3B6" w14:textId="50AB06FD" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="1694C3B6" w14:textId="50AB06FD" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243183" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">2.1.3 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Appurtenant Structures</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243183 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6424D83C" w14:textId="5D23F52A" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="6424D83C" w14:textId="5D23F52A" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243184" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">2.1.4 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Downstream Area</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243184 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="74885BB2" w14:textId="36DEFB37" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="74885BB2" w14:textId="36DEFB37" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243185" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">2.1.5 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Reservoir Area</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243185 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2E32BD11" w14:textId="6EE0A138" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="2E32BD11" w14:textId="6EE0A138" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243186" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">2.2 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Caretaker Interview</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243186 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...4 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6B8C0353" w14:textId="1784674A" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="6B8C0353" w14:textId="1784674A" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243187" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">2.3 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Operation and Maintenance Procedures</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243187 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...4 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7568724C" w14:textId="1E58CA62" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="7568724C" w14:textId="1E58CA62" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243188" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">2.3.1 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Operational Procedures</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243188 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="42F5C439" w14:textId="489C6CE4" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="42F5C439" w14:textId="489C6CE4" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243189" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">2.3.2 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Maintenance of Dam and Operating Facilities</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243189 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="697586DC" w14:textId="6241C7E2" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="697586DC" w14:textId="6241C7E2" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243190" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">2.4 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Emergency Warning System</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243190 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...4 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5CC3A30D" w14:textId="78CE7C55" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="5CC3A30D" w14:textId="78CE7C55" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243191" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">2.5 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Awareness of Potential Dam Related Safety Hazards  at, near, and on Dams</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243191 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...4 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="58531099" w14:textId="3B16F713" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="58531099" w14:textId="3B16F713" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243192" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">2.6 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Hydrologic/Hydraulic Data</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243192 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...4 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="05B0A67C" w14:textId="68E7F253" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="05B0A67C" w14:textId="68E7F253" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243193" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">2.7 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Structural and Seepage Stability</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243193 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...4 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="64EFA1E9" w14:textId="014AD067" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="64EFA1E9" w14:textId="014AD067" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243194" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">2.7.1 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Embankment Structural Stability</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243194 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="582350B1" w14:textId="42C80C4C" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="582350B1" w14:textId="42C80C4C" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243195" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">2.7.2 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Structural Stability of Non-Embankment Structures</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243195 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5DDB8977" w14:textId="258D5CB4" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="5DDB8977" w14:textId="258D5CB4" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2155"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243196" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">2.7.3 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Seepage Stability</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243196 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4A357B0A" w14:textId="1EF61C4A" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="4A357B0A" w14:textId="1EF61C4A" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243197" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>SECTION 3</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243197 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="00BDFC30" w14:textId="2EF18D39" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="00BDFC30" w14:textId="2EF18D39" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243198" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.0 ASSESSMENTS AND RECOMMENDATIONS</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243198 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...5 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="138070D7" w14:textId="6607289B" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="138070D7" w14:textId="6607289B" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243199" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">3.1 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Assessments</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243199 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...4 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4175B2CF" w14:textId="169CF5C5" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="4175B2CF" w14:textId="169CF5C5" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243200" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">3.2 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Studies and Analyses</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243200 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...4 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5B599836" w14:textId="3ACE5854" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="5B599836" w14:textId="3ACE5854" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243201" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">3.3 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Recurrent Maintenance Recommendations</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243201 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...4 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="17312C15" w14:textId="38EA3E27" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="17312C15" w14:textId="38EA3E27" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243202" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">3.4 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Minor Repair Recommendations</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243202 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...4 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5474DAA6" w14:textId="316AE989" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="5474DAA6" w14:textId="316AE989" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243203" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">3.5 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Remedial Modifications Recommendations</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243203 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...4 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="21F4F4EA" w14:textId="40E65066" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="21F4F4EA" w14:textId="40E65066" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243204" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">3.6 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Alternatives</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243204 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...4 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4D6469FB" w14:textId="7F5E4B2F" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="00AF2356">
+    <w:p w14:paraId="4D6469FB" w14:textId="7F5E4B2F" w:rsidR="009A3F22" w:rsidRPr="004569A6" w:rsidRDefault="009A3F22">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc72243205" w:history="1">
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">3.7 </w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Opinion of Probable Construction Costs</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc72243205 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
-[...4 lines deleted...]
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="009A3F22" w:rsidRPr="004569A6">
+        <w:r w:rsidRPr="004569A6">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1ED3FEF6" w14:textId="2042AC22" w:rsidR="002B55B1" w:rsidRDefault="00C338E4" w:rsidP="00C338E4">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004569A6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="45E8F2A4" w14:textId="77777777" w:rsidR="003F361A" w:rsidRPr="00A75667" w:rsidRDefault="003F361A" w:rsidP="00F15378">
       <w:pPr>
         <w:rPr>
@@ -9204,80 +9145,60 @@
       <w:r w:rsidR="00871A13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> decimal places</w:t>
       </w:r>
       <w:r w:rsidR="003075CC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (about</w:t>
       </w:r>
       <w:r w:rsidR="000825F3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-        <w:t>1</w:t>
+        <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r w:rsidR="003075CC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> meter</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> precision</w:t>
+        <w:t xml:space="preserve"> meter precision</w:t>
       </w:r>
       <w:r w:rsidR="000825F3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00871A13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">.  Utilize WGS84 datum, for compliance with </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00871A13">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
@@ -10293,69 +10214,58 @@
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>The inspecting engineer shall perform his/her own calculation of the</w:t>
       </w:r>
       <w:r w:rsidR="00626AFB" w:rsidRPr="00F15378">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> drainage area – do not rely on data in prior reports.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00F15378">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Comment upon relevant features within the drainage area (i.e., presence of upstream dams or reservoirs), prominent characteristics of the drainage area (i.e., </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00EF5909" w:rsidRPr="00F15378">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>hilly</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> or </w:t>
+        <w:t xml:space="preserve">hilly or </w:t>
       </w:r>
       <w:r w:rsidRPr="00F15378">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>flat</w:t>
       </w:r>
       <w:r w:rsidR="00EF5909" w:rsidRPr="00F15378">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> topography</w:t>
       </w:r>
       <w:r w:rsidRPr="00F15378">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
@@ -10548,60 +10458,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> or other providers) on the surface area (in acres) to confirm or estimate the normal pool surface area and top of dam maximum pool surface area of the impoundment.  Take measurements in the field to determine both the normal pool hydraulic height and maximum structural height of the dam consistent with 302 CMR 10.00.  With available information on surface area, dam height and basin slopes, develop an estimate of the size (volume in acre-feet) of the impoundment at normal pool and maximum pool consistent with 302 CMR 10.00.  The Corps of Engineers Conic Method for Reservoir Volumes can also be used</w:t>
       </w:r>
       <w:r w:rsidR="006638A2">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> to calculate the storage</w:t>
       </w:r>
       <w:r w:rsidR="00B70E1D">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>, see</w:t>
       </w:r>
       <w:r w:rsidR="006638A2">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="563A571F" w14:textId="7654295D" w:rsidR="003E19AF" w:rsidRPr="003E19AF" w:rsidRDefault="00AF2356" w:rsidP="00667C9C">
+    <w:p w14:paraId="563A571F" w14:textId="7654295D" w:rsidR="003E19AF" w:rsidRPr="003E19AF" w:rsidRDefault="00B812C4" w:rsidP="00667C9C">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidR="00B812C4" w:rsidRPr="00C525BD">
+        <w:r w:rsidRPr="00C525BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:i/>
           </w:rPr>
           <w:t>https://www.hec.usace.army.mil/software/legacy/hec1/documentation/hec1user.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003E19AF">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D4B043C" w14:textId="77777777" w:rsidR="002B55B1" w:rsidRDefault="002B55B1" w:rsidP="00667C9C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc72243171"/>
       <w:r>
@@ -12305,67 +12215,51 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">all </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>dike</w:t>
       </w:r>
       <w:r w:rsidR="00D71A60">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">, including, but not limited to, the following: left and right abutments, upstream and downstream slopes/faces, and crest.  The discussion should include applicable blanket, </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and chimney drains.]</w:t>
+        <w:t>, including, but not limited to, the following: left and right abutments, upstream and downstream slopes/faces, and crest.  The discussion should include applicable blanket, toe and chimney drains.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CC79048" w14:textId="77777777" w:rsidR="002B55B1" w:rsidRDefault="002B55B1" w:rsidP="00667C9C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EF6F1F9" w14:textId="77777777" w:rsidR="002B55B1" w:rsidRPr="00C23654" w:rsidRDefault="002B55B1" w:rsidP="00667C9C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="_Toc72243184"/>
       <w:r>
         <w:t xml:space="preserve">2.1.4 </w:t>
       </w:r>
       <w:r w:rsidR="00F552C4">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C2393F">
         <w:t>Downstream Area</w:t>
@@ -12947,75 +12841,51 @@
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E04B93">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and wading.  Such signage may also need to be recommended for placement at, near, and on the dam.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1301B81F" w14:textId="58F37074" w:rsidR="00A821C4" w:rsidRPr="00E04B93" w:rsidRDefault="00A821C4" w:rsidP="00A821C4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="489DA146" w14:textId="3C2DDAFB" w:rsidR="0083615A" w:rsidRDefault="0083615A" w:rsidP="0083615A">
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Identify if </w:t>
-[...23 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Identify if it appears that the dam is a low head dam such that under certain conditions a potentially dangerous submerged hydraulic roller can form immediately downstream from the dam spillway.  As necessary, include additional information or comment on this condition.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09DFFCAA" w14:textId="77777777" w:rsidR="0083615A" w:rsidRDefault="0083615A" w:rsidP="00A821C4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A24CEF1" w14:textId="202D6DF4" w:rsidR="00E04B93" w:rsidRDefault="00E04B93" w:rsidP="00A821C4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E04B93">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -18447,65 +18317,65 @@
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">SATISFACTORY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>- Minor operational and maintenance deficiencies.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C338E4" w14:paraId="272F244F" w14:textId="77777777" w:rsidTr="006909FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5460" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FDC66CB" w14:textId="77777777" w:rsidR="00C338E4" w:rsidRPr="0000566C" w:rsidRDefault="00C338E4" w:rsidP="006909FE">
             <w:r w:rsidRPr="00A600DD">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">   4.  Unmaintained grass, rodent </w:t>
+              <w:t xml:space="preserve">   4</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00A600DD">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>activity</w:t>
+              <w:t>.  Unmaintained</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00A600DD">
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and maintainable erosion</w:t>
+              <w:t xml:space="preserve"> grass, rodent activity and maintainable erosion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5580" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1560371E" w14:textId="77777777" w:rsidR="00C338E4" w:rsidRDefault="00C338E4" w:rsidP="006909FE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">           Infrequent hydrologic events would probably result in deficiencies.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C338E4" w14:paraId="4C9A35F1" w14:textId="77777777" w:rsidTr="006909FE">
         <w:tc>
           <w:tcPr>
@@ -19324,137 +19194,125 @@
       <w:r w:rsidRPr="00804A87">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00804A87">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00804A87">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00804A87">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="580472DF" w14:textId="77777777" w:rsidR="00804A87" w:rsidRPr="008A0E47" w:rsidRDefault="00804A87" w:rsidP="00804A87">
-[...2 lines deleted...]
-          <w:color w:val="FF0000"/>
+    <w:p w14:paraId="580472DF" w14:textId="77777777" w:rsidR="00804A87" w:rsidRPr="001F2FF5" w:rsidRDefault="00804A87" w:rsidP="00804A87">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A0E47">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidRPr="001F2FF5">
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>E10-Overall Safety Rating Guideline</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DB7C421" w14:textId="77777777" w:rsidR="00804A87" w:rsidRPr="008A0E47" w:rsidRDefault="00804A87" w:rsidP="00804A87">
-[...8 lines deleted...]
-          <w:color w:val="FF0000"/>
+    <w:p w14:paraId="3DB7C421" w14:textId="77777777" w:rsidR="00804A87" w:rsidRPr="001F2FF5" w:rsidRDefault="00804A87" w:rsidP="00804A87">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F2FF5">
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Unless the inspecting engineer presents compelling data, analyses, and observations that justify a higher rating, E10-Overall Safety Rating of the Dam shall not be higher than the lowest ranking in these high importance categories:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DEC0E23" w14:textId="77777777" w:rsidR="00804A87" w:rsidRPr="008A0E47" w:rsidRDefault="00804A87" w:rsidP="00804A87">
-[...8 lines deleted...]
-          <w:color w:val="FF0000"/>
+    <w:p w14:paraId="4DEC0E23" w14:textId="77777777" w:rsidR="00804A87" w:rsidRPr="001F2FF5" w:rsidRDefault="00804A87" w:rsidP="00804A87">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F2FF5">
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">-E4-Seepage, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73E740FC" w14:textId="77777777" w:rsidR="00804A87" w:rsidRPr="008A0E47" w:rsidRDefault="00804A87" w:rsidP="00804A87">
-[...8 lines deleted...]
-          <w:color w:val="FF0000"/>
+    <w:p w14:paraId="73E740FC" w14:textId="77777777" w:rsidR="00804A87" w:rsidRPr="001F2FF5" w:rsidRDefault="00804A87" w:rsidP="00804A87">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F2FF5">
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">-E5-Embankment Condition (for embankment dams), </w:t>
       </w:r>
-      <w:r w:rsidR="00401313" w:rsidRPr="008A0E47">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00401313" w:rsidRPr="001F2FF5">
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09B4EF72" w14:textId="77777777" w:rsidR="00804A87" w:rsidRPr="008A0E47" w:rsidRDefault="00804A87" w:rsidP="00804A87">
-[...8 lines deleted...]
-          <w:color w:val="FF0000"/>
+    <w:p w14:paraId="09B4EF72" w14:textId="77777777" w:rsidR="00804A87" w:rsidRPr="001F2FF5" w:rsidRDefault="00804A87" w:rsidP="00804A87">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F2FF5">
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>-E6-Concrete Condition (for dams where co</w:t>
       </w:r>
-      <w:r w:rsidR="00401313" w:rsidRPr="008A0E47">
-[...1 lines deleted...]
-          <w:color w:val="FF0000"/>
+      <w:r w:rsidR="00401313" w:rsidRPr="001F2FF5">
+        <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ncrete structures retain water).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D52B177" w14:textId="77777777" w:rsidR="00804A87" w:rsidRPr="00804A87" w:rsidRDefault="00804A87" w:rsidP="00804A87">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00804A87">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00804A87">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00804A87">
         <w:rPr>
@@ -23931,65 +23789,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="437A2BAD" w14:textId="77777777" w:rsidR="002B55B1" w:rsidRDefault="002B55B1" w:rsidP="0011020F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>High Hazard (Class I)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – Shall mean dams located where failure will likely cause loss of life and serious damage to home(s), industrial or commercial facilities, important public utilities, main highway(s</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> or railroad(s).</w:t>
+        <w:t xml:space="preserve"> – Shall mean dams located where failure will likely cause loss of life and serious damage to home(s), industrial or commercial facilities, important public utilities, main highway(s) or railroad(s).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40EA647D" w14:textId="77777777" w:rsidR="002B55B1" w:rsidRDefault="002B55B1" w:rsidP="0011020F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B1DE4AD" w14:textId="19B66F13" w:rsidR="002B55B1" w:rsidRDefault="002B55B1" w:rsidP="0011020F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Significant Hazard (Class II)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -24832,73 +24676,73 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Inoperable outlets (gates and valves that have not been operated for many years or are broken)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A1F410B" w14:textId="77777777" w:rsidR="00A367F4" w:rsidRDefault="00A367F4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A367F4" w:rsidSect="00BB1890">
       <w:headerReference w:type="first" r:id="rId29"/>
       <w:footerReference w:type="first" r:id="rId30"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="1296" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C5E9370" w14:textId="77777777" w:rsidR="00FC31A3" w:rsidRDefault="00FC31A3">
+    <w:p w14:paraId="091D9169" w14:textId="77777777" w:rsidR="002A7378" w:rsidRDefault="002A7378">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52E9D87F" w14:textId="77777777" w:rsidR="00FC31A3" w:rsidRDefault="00FC31A3">
+    <w:p w14:paraId="599581A8" w14:textId="77777777" w:rsidR="002A7378" w:rsidRDefault="002A7378">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="177BFAC7" w14:textId="77777777" w:rsidR="00FC31A3" w:rsidRDefault="00FC31A3"/>
+    <w:p w14:paraId="11D53B72" w14:textId="77777777" w:rsidR="002A7378" w:rsidRDefault="002A7378"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -24918,71 +24762,71 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPSMT">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4AA714EF" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Nat-ID Dam Name and Town</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -25054,132 +24898,132 @@
     </w:r>
     <w:r w:rsidR="00D56AB5">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>June</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidR="00621A02" w:rsidRPr="00D449B6">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> 2021</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer10.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3DA3102C" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="233011C6" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="132C9DB1" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7E1CB5A4" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Dam Name and Town</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Date of Inspection: </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">DATE </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="34610B95" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Dam Name and Town</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -25241,51 +25085,51 @@
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Date of Inspection: </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">DATE </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2B3CC927" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="55FDB13D" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
@@ -25301,51 +25145,51 @@
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Date of Inspection: </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">DATE </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer7.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7D4584FE" w14:textId="77777777" w:rsidR="0011020F" w:rsidRDefault="0011020F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6F0BEFB8" w14:textId="77777777" w:rsidR="0011020F" w:rsidRDefault="0011020F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
@@ -25361,51 +25205,51 @@
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Date of Inspection: </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">DATE </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer8.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6F582D26" w14:textId="77777777" w:rsidR="0011020F" w:rsidRDefault="0011020F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="24C8FEDF" w14:textId="77777777" w:rsidR="0011020F" w:rsidRDefault="0011020F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
@@ -25421,300 +25265,300 @@
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Date of Inspection: </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">DATE </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer9.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="497C91B1" w14:textId="77777777" w:rsidR="001E28C2" w:rsidRDefault="001E28C2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0696FEAA" w14:textId="77777777" w:rsidR="00FC31A3" w:rsidRDefault="00FC31A3">
+    <w:p w14:paraId="04ABCA67" w14:textId="77777777" w:rsidR="002A7378" w:rsidRDefault="002A7378">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4BD229AA" w14:textId="77777777" w:rsidR="00FC31A3" w:rsidRDefault="00FC31A3">
+    <w:p w14:paraId="57DB86D3" w14:textId="77777777" w:rsidR="002A7378" w:rsidRDefault="002A7378">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="71B15FD8" w14:textId="77777777" w:rsidR="00FC31A3" w:rsidRDefault="00FC31A3"/>
+    <w:p w14:paraId="1F389538" w14:textId="77777777" w:rsidR="002A7378" w:rsidRDefault="002A7378"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6F62B4D6" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916" w:rsidP="00667C9C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
     <w:r>
       <w:tab/>
       <w:t>TABLE OF CONTENTS</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="38C06F5A" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916" w:rsidP="00667C9C">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="7650"/>
       </w:tabs>
       <w:spacing w:before="120"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Page No.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4D614B60" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916" w:rsidP="00182F90">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
     <w:r>
       <w:tab/>
       <w:t>TABLE OF CONTENTS</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="28957160" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916" w:rsidP="00182F90">
     <w:pPr>
       <w:pStyle w:val="BodyText"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="7650"/>
       </w:tabs>
       <w:spacing w:before="120"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Page No.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4ED0D754" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1375DDDE" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2BCD3F07" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="8370"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">    </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7BF7C96B" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4C6D4EC4" w14:textId="77777777" w:rsidR="0011020F" w:rsidRDefault="0011020F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="18738D79" w14:textId="77777777" w:rsidR="0011020F" w:rsidRDefault="0011020F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="8370"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">    </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="24070D63" w14:textId="77777777" w:rsidR="0011020F" w:rsidRDefault="0011020F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1CC08908" w14:textId="77777777" w:rsidR="0011020F" w:rsidRDefault="0011020F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2155ABAF" w14:textId="77777777" w:rsidR="0011020F" w:rsidRDefault="0011020F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="8370"/>
       </w:tabs>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">    </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6EA81FC1" w14:textId="77777777" w:rsidR="0011020F" w:rsidRDefault="0011020F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7C5039E0" w14:textId="77777777" w:rsidR="009A5916" w:rsidRDefault="009A5916">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D14248C4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0424188D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="380C87FE"/>
     <w:lvl w:ilvl="0">
@@ -30612,241 +30456,243 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="793408630">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="661471215">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1803690077">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="84083255">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1666474050">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="533881759">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1610309226">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="958755698">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="22899911">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1286734064">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="2015103845">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1978025706">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="814296253">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="195578797">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1223518702">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1511261967">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="235366417">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1084062911">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="76051924">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="103963204">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1911697271">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="74323983">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="939484808">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="467163068">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="893661072">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1312709658">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="579827880">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1114591370">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="417795675">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="725836728">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="1025403247">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="788474773">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1350790621">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="1776092001">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="1067338386">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="8526250">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="642465547">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="797340839">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3E01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00221132"/>
     <w:rsid w:val="00023457"/>
     <w:rsid w:val="00055A5A"/>
     <w:rsid w:val="00065C1B"/>
     <w:rsid w:val="00075833"/>
     <w:rsid w:val="000825F3"/>
     <w:rsid w:val="00096D0F"/>
     <w:rsid w:val="000A3376"/>
     <w:rsid w:val="000A3873"/>
     <w:rsid w:val="000B67B3"/>
     <w:rsid w:val="000C4627"/>
     <w:rsid w:val="000D1D87"/>
     <w:rsid w:val="000F5E07"/>
     <w:rsid w:val="000F71C7"/>
     <w:rsid w:val="001022F7"/>
     <w:rsid w:val="0011020F"/>
     <w:rsid w:val="0011330A"/>
     <w:rsid w:val="001300B8"/>
     <w:rsid w:val="00140239"/>
     <w:rsid w:val="00147D49"/>
     <w:rsid w:val="00170A60"/>
     <w:rsid w:val="001719D0"/>
     <w:rsid w:val="00175603"/>
     <w:rsid w:val="00177049"/>
     <w:rsid w:val="00182F90"/>
     <w:rsid w:val="001E28C2"/>
     <w:rsid w:val="001E501F"/>
+    <w:rsid w:val="001F2FF5"/>
     <w:rsid w:val="001F7853"/>
     <w:rsid w:val="0020325F"/>
     <w:rsid w:val="00204D43"/>
     <w:rsid w:val="00221132"/>
     <w:rsid w:val="00221F49"/>
     <w:rsid w:val="00222500"/>
     <w:rsid w:val="002350C9"/>
     <w:rsid w:val="00235856"/>
     <w:rsid w:val="002736AF"/>
     <w:rsid w:val="00290AEE"/>
     <w:rsid w:val="002A1256"/>
+    <w:rsid w:val="002A7378"/>
     <w:rsid w:val="002B55B1"/>
     <w:rsid w:val="002D26CA"/>
     <w:rsid w:val="002D7861"/>
     <w:rsid w:val="002E4B4D"/>
     <w:rsid w:val="002E697D"/>
     <w:rsid w:val="00302C4E"/>
     <w:rsid w:val="003075CC"/>
     <w:rsid w:val="003105CD"/>
     <w:rsid w:val="0032012F"/>
     <w:rsid w:val="003215F3"/>
     <w:rsid w:val="003306ED"/>
     <w:rsid w:val="00334D8E"/>
     <w:rsid w:val="00336C58"/>
     <w:rsid w:val="00350EA5"/>
     <w:rsid w:val="00382BE6"/>
     <w:rsid w:val="003928AA"/>
     <w:rsid w:val="003A0366"/>
     <w:rsid w:val="003A3361"/>
     <w:rsid w:val="003B53E7"/>
     <w:rsid w:val="003B637B"/>
     <w:rsid w:val="003D193F"/>
     <w:rsid w:val="003E19AF"/>
     <w:rsid w:val="003E49FB"/>
     <w:rsid w:val="003E6D75"/>
     <w:rsid w:val="003F361A"/>
@@ -30909,50 +30755,51 @@
     <w:rsid w:val="00797988"/>
     <w:rsid w:val="007A393A"/>
     <w:rsid w:val="007C3F28"/>
     <w:rsid w:val="007D2A8E"/>
     <w:rsid w:val="00804A87"/>
     <w:rsid w:val="0082790C"/>
     <w:rsid w:val="008300A8"/>
     <w:rsid w:val="0083071E"/>
     <w:rsid w:val="0083615A"/>
     <w:rsid w:val="0085047C"/>
     <w:rsid w:val="00854E15"/>
     <w:rsid w:val="0086434C"/>
     <w:rsid w:val="008665EA"/>
     <w:rsid w:val="00871A13"/>
     <w:rsid w:val="008846BD"/>
     <w:rsid w:val="008A0E3C"/>
     <w:rsid w:val="008A0E47"/>
     <w:rsid w:val="008A2066"/>
     <w:rsid w:val="008B1F0F"/>
     <w:rsid w:val="008C78DF"/>
     <w:rsid w:val="008E0ED5"/>
     <w:rsid w:val="008E3774"/>
     <w:rsid w:val="008E3D72"/>
     <w:rsid w:val="00900E58"/>
     <w:rsid w:val="009010EE"/>
+    <w:rsid w:val="00911F20"/>
     <w:rsid w:val="00912034"/>
     <w:rsid w:val="00922E84"/>
     <w:rsid w:val="00923E2F"/>
     <w:rsid w:val="00926843"/>
     <w:rsid w:val="00941F07"/>
     <w:rsid w:val="00943AC9"/>
     <w:rsid w:val="0096413B"/>
     <w:rsid w:val="00982319"/>
     <w:rsid w:val="009836EB"/>
     <w:rsid w:val="009A3F22"/>
     <w:rsid w:val="009A5916"/>
     <w:rsid w:val="009A65A2"/>
     <w:rsid w:val="009B1384"/>
     <w:rsid w:val="009C261F"/>
     <w:rsid w:val="009E2166"/>
     <w:rsid w:val="009E464C"/>
     <w:rsid w:val="009E71AF"/>
     <w:rsid w:val="009E7864"/>
     <w:rsid w:val="009F5C9F"/>
     <w:rsid w:val="00A05576"/>
     <w:rsid w:val="00A07E3A"/>
     <w:rsid w:val="00A367F4"/>
     <w:rsid w:val="00A4415F"/>
     <w:rsid w:val="00A70588"/>
     <w:rsid w:val="00A75667"/>
@@ -31055,65 +30902,65 @@
     <w:rsid w:val="00F73BC7"/>
     <w:rsid w:val="00F82413"/>
     <w:rsid w:val="00FC31A3"/>
     <w:rsid w:val="00FC34FA"/>
     <w:rsid w:val="00FC52BB"/>
     <w:rsid w:val="00FD2AAA"/>
     <w:rsid w:val="00FF30F9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0F4D8B49"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2C07769F-3EBC-45F0-94F6-45A988C33D57}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -32065,51 +31912,51 @@
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00621A02"/>
     <w:rPr>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A821C4"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1025130151">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1411269433">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -32431,75 +32278,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30648806-E2FB-4323-AB0F-B013C1030B01}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>34</Pages>
-  <Words>8499</Words>
-  <Characters>52324</Characters>
+  <Words>9069</Words>
+  <Characters>51696</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>436</Lines>
+  <Lines>430</Lines>
   <Paragraphs>121</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Pare Engineering Corporation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>60702</CharactersWithSpaces>
+  <CharactersWithSpaces>60644</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="330" baseType="variant">
       <vt:variant>
         <vt:i4>7733348</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>327</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.mass.gov/dcr/pe/damSafety/index.htm</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1441850</vt:i4>
       </vt:variant>
       <vt:variant>