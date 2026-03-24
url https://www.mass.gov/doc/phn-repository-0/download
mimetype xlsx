--- v0 (2026-01-30)
+++ v1 (2026-03-24)
@@ -4,90 +4,90 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jdiaz\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{45A00269-2EA1-46E2-8C55-0C3253B4B608}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5AF4FF78-1D5A-4C98-A274-0CA8E1CB7A22}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="By Date" sheetId="4" r:id="rId1"/>
     <sheet name="By Topic" sheetId="5" r:id="rId2"/>
     <sheet name="List of Topics" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'By Date'!$A$1:$F$729</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'By Topic'!$A$1:$F$729</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'By Date'!$A$1:$F$733</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'By Topic'!$A$1:$F$733</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'List of Topics'!$A$1:$A$87</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7325" uniqueCount="1932">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7364" uniqueCount="1944">
   <si>
     <t>Notice Number</t>
   </si>
   <si>
     <t>Item</t>
   </si>
   <si>
     <t>Subject</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Links to PHN</t>
   </si>
   <si>
     <t>Forms</t>
   </si>
   <si>
     <t xml:space="preserve">2022-23 </t>
   </si>
   <si>
     <t>Memo</t>
   </si>
   <si>
@@ -5901,50 +5901,86 @@
     <t>Exhibit A: Local Housing Authority Faircloth Availability</t>
   </si>
   <si>
     <t>NOFA For Winter Rental Round 2026</t>
   </si>
   <si>
     <t>https://www.mass.gov/doc/phn-2025-14-exhibit-a/download</t>
   </si>
   <si>
     <t>https://www.mass.gov/doc/phn-2025-14-nofa-winter-rental-round-2026/download</t>
   </si>
   <si>
     <t>2025-15</t>
   </si>
   <si>
     <t>Massachusetts State-Aided Housing Programs Property, Boiler &amp; Machinery, and Crime Insurance for Policy Period 11/17/25 to 11/17/26</t>
   </si>
   <si>
     <t>2025 Claim Reporting Guide for MA Housing Authorities Insurance Program for State-Aided Properties</t>
   </si>
   <si>
     <t>https://www.mass.gov/doc/phn-2025-15-massachusetts-state-aided-housing-programs-property-boiler-machinery-and-crime-insurance-for-policy-period-111725-to-111726/download</t>
   </si>
   <si>
     <t>https://www.mass.gov/doc/phn-2025-15-insurance-claim-reporting-guide-2025/download</t>
+  </si>
+  <si>
+    <t>2026-02</t>
+  </si>
+  <si>
+    <t>2026-01</t>
+  </si>
+  <si>
+    <t>Local Housing Authority Housing Now Program (NOFA)</t>
+  </si>
+  <si>
+    <t>Facilities Conidition Assessment</t>
+  </si>
+  <si>
+    <t>https://www.mass.gov/doc/phn-2026-01-lha-housing-now-program/download</t>
+  </si>
+  <si>
+    <t>https://www.mass.gov/doc/phn-2026-02-facilities-condition-assessment/download</t>
+  </si>
+  <si>
+    <t>2026-03</t>
+  </si>
+  <si>
+    <t>2026-04</t>
+  </si>
+  <si>
+    <t>RSC/MPSC Job Descriptions, Ethical Standards and Hiring Practices</t>
+  </si>
+  <si>
+    <t>Capital Improvement Plan (CIP) Update</t>
+  </si>
+  <si>
+    <t>https://www.mass.gov/doc/phn-2026-03-rscmpsc-job-descriptions-ethical-standards-and-hiring-practices/download</t>
+  </si>
+  <si>
+    <t>https://www.mass.gov/doc/phn-2026-04-capital-improvement-plan-cip-update/download</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -6511,51 +6547,51 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="199">
+  <cellXfs count="201">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="59" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="63" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
@@ -6953,52 +6989,58 @@
     <xf numFmtId="0" fontId="0" fillId="24" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="17" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="57" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="23" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="29" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="63" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="82" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="54" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="27" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="82" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="27" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="29" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="78" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFFF"/>
       <color rgb="FFCC9900"/>
       <color rgb="FF99FF66"/>
       <color rgb="FF0563C1"/>
       <color rgb="FFFC988E"/>
       <color rgb="FFFFE699"/>
       <color rgb="FF565EF4"/>
       <color rgb="FF8BC7FD"/>
       <color rgb="FFF13A27"/>
       <color rgb="FFCEAAA6"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
@@ -7266,15263 +7308,15343 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-11-end-of-covid-19-state-of-emergency-and-lha-operations/download" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-10.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/ut/15-06_36436_52108.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/eohlc-vacancy-initiative-addendum-2/download" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-08-revolution-250th-anniversary-celebration-funding/download" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/03-09.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-10-revised-pmr-maintenance-metrics/download" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/s-111-111phn20022010-06-03.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/16-03.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-26-program-update-for-agreed-upon-procedures-aup/download" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/08-01.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-d-how-to-reflect-change-from-eohlc-section-8-new-constructionsubstantial-rehabilitation-program-to-federal-program-in-hafis/download" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-37-insurance-renewal-notice/download" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-6-to-phn-2019-14-ta-deadline-extension/download" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-10-notice-of-funding-availability-high-leverage-asset-preservation-program-hilapp/download" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-06-mediation-services-provided-by-the-massachusetts-office-of-public-collaboration-mopc/download" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-16-fy2023-budget-guidelines/download" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-2-to-phn-2020-17-dhcd-required-certifications-and-submissions-deadline-extension/download" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.mass.gov%2Fdoc%2F2019-07-request-for-information-creation-of-regional-housing-authority-entities%2Fdownload&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hmp-flyer-for-broad-use-english/download" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2006-04-chubb-b-and-m-inspections/download" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-16-mandatory-data-reporting/download" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-09-interim-redeterminations/download" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-15-revised-housing-situation-priority-policy-and-issuance-of-a-homeless-priority-verification-checklist/download" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-25/download" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/04-05.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/09-16.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/16-18.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-d-resources/download" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/01/2017-25.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-11-attachment-c-schedule-of-net-metering-savings/downloadeet/download" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-19-changes-to-12-31-19-fye-pmrs-due-to-state-of-emergency/download" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/07-05.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-24-design-and-funding-guidelines-for-adapting-lha-office-spaces-for-social-distancing-and/download" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-19-treatment-of-one-time-benefits-to-families-receiving-tanf-cash-assistance-or-tafdc/download" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-d-list-of-section-8-ncsr-developments/download" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/07-02.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/16-06.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-15-insurance-claim-reporting-guide-2025/download" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2014-02-high-leverage-asset-preservation-program-rfp/download" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-04-updates-to-capital-project-implementation-processes/download" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/01/xo/2017-03_0.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-17-dhcd-required-certifications-and-submissions-deadline-extension/download" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-31-treatment-of-unemployment-insurance-benefit-income/download" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-f-budget-flexibility-for-housing-authorities-with-retained-revenue/download" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-25-aimm-program-rules-and-application/download" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/10-06.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/wr/s-111-111phn20112014-13-24.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-25.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/16-02.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-24-removal-of-congregate-program-from-champ/download" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-12-cyber-security-alert-protecting-your-lha-from-active-threat-of-cyber-criminals/download" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-accessibility-data-for-mandatory-reporting/download" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-09-interim-redeterminations/download" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2010-12/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-12-agreed-upon-procedures-aup-program-updates/download" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-08.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-f-continued-occupancy-form/download" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/03-02.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2009-15-capital-planning-system-data-auditing/download" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-06-revised-income-limits-for-admission-fmrs-for-continued-occupancy/download" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.mass.gov%2Fdoc%2F2019-07-request-for-information-creation-of-regional-housing-authority-entities%2Fdownload&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/07-06.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-phn-2021-16-board-member-attendance-application-reminders/download" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/sy/s-111-15-10.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-cybersense-training-schedulesept-oct23/download" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-23.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-20-restricting-access-to-high-risk-developments/download" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-15-attachment-d/download" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/14-07.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/03-08.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-04.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2011-08-sustainability-energy-update/download" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-2023-income-limits/download" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/nx/s-111-111phn20112014-13-23.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-11-claim-reporting-procedure-for-state-aided-housing-property-insurance-program/download" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-2-to-phn-2019-14/download" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-creative-placemaking-nofa-q-a-to-phn-2019-26/download" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-20-phi25-nofa/download" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.mass.gov%2Fdoc%2F2019-07-request-for-information-creation-of-regional-housing-authority-entities%2Fdownload&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qa-addendum-to-phn-2019-09/download" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-38-tenant-selection-criteria-in-performance-management-review/download" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-01-covid-19-omicron-variant-and-state-aided-public-housing/download" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-07-covid-19-information-memo/download" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-17-fire-alarm-testing-and-maintenance-requirements/download" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hedfuel.azurewebsites.net/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-15-attachment-a/download" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/10-14.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-8-to-phn-2019-14/download" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/10-03.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/housing-situation-priority-policy/download" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-20-clariification-re-aup-program-requirement-to-change-cpa-firm/download" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/ut/15-01_48522_94328.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/rw/s-111-111phn20112014-13-09.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-04-phn-2018-04-operating-reserve-augmentation-and-new-spending-thresholds/download" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/07-01.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-vacancy-waiver-types-for-2024/download" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/01/th/2017-01.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-32-eviction-prevention-guidance/download" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/14-05.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-mtw-requirements-certification/download" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/nm/s-111-111phn20022010-08-13guidelines_0.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2021-03-revised-executive-director-hiring-guidelinespdf/download" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-40.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-12/download" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-15-mandatory-data-reporting/download" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-15.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-01-guidance-for-animals-in-state-aided-public-housing/download" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-06.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/03-07.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-20-restricting-access-to-high-risk-developments/download" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/homeless-priority-1-4-a-c-eligibility-checklist/download" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-environmental-review-statutory-checklist/download" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/qc/s-111-111phn20112014-13-14.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/16-05.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2009-17-energy-sustainability-initiatives-update-and-request/download" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-12-guidance-on-evictions-and-rent-recertification/download" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/tq/s-111-111phn20112014-14-26.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-e-budget-flexibility-for-authorities-with-retained-revenue/download" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-16-attachment-a/download" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-06-calendar-of-submissions-and-certifications/download" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-15.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-08-pmr-second-year-clarifications/download" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-01-health-and-safety-initiative-for-fy13/download" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-05-mass-housing-partnership-mhp-expanded-technical-assistance-for-vacant-land-development-and-public-housing-redevelopment/download" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-04-phn-2018-04-operating-reserve-augmentation-and-new-spending-thresholds/download" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/10-07.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/uq/15-15_37990_3834.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-12-mandatory-data-reporting/download" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/mopc-presentation/download" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.mass.gov%2Fdoc%2F2019-07-request-for-information-creation-of-regional-housing-authority-entities%2Fdownload&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-13-preparing-for-and-responding-to-covid-19-case-in-public-housing/download" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-38.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-05-wage-match-safeguarding-of-department-of-revenue-dor-information/download" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-26-notice-of-funding-availability-nofa-for-creative-place-making-grants/download" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-10-to-phn-2019-14-gateway-cities-nofa-deadline-extension/download" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-22/download" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-03.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2005-02-mold-issues/download" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-11.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-23-document-uploads-into-champ/download" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-13.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2014-01-fy14-capital-program-management-tools-small-project-invoicing-design-rebate-protocol-and-read-only-fish-access/download" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-form-state-aided-public-housing-lease/download" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-sample-letter-for-tenants/download" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-19-aup-program-pre-qualified-cpa-firms/download" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/16-04_0.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/09-06.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-08.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-14-resident-service-coordinators-notice-of-funding-availability-nofa/download" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.mass.gov%2Fdoc%2F2019-07-request-for-information-creation-of-regional-housing-authority-entities%2Fdownload&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-environmental-review-statutory-checklist/download" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-04-social-security-fairness-act/download" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-10-regional-dwelling-unit-inspection-trainings/download" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-30.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-15-seeking-cpas-for-dhcds-agreed-upon-procedures-aup-program/download" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2011-01-weather-emergency/download" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/06-11.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/claim-reporting-guide-2023-eohlc/download" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-29-allocation-of-supplemental-funding-for-coronavirus-response/download" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2008-03-cps-update-on-2008-bond-bill-funds-phase-2-implementation/download" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-05.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-02-rsc-nofa-addendum-1/download" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-executive-director-salary-chart/download" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-10-capital-projects-during-covid-19/download" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-18-mandatory-data-reporting/download" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-no-1-phn-2025-13-amendments-to-760-cmr-500-effective-92625/download" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/08-10_0.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-27.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-16.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-19.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-03-wage-match-for-state-housing-program-tenants/download" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-executive-director-salary-chart-0/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2020-30-addendum-2-budget-revision-details/download" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-18-protection-of-personal-data-at-home-or-in-the-office/download" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-26-accessible-unit-initiative-for-fy14/download" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.mass.gov%2Fdoc%2F2019-07-request-for-information-creation-of-regional-housing-authority-entities%2Fdownload&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2008-04-request-for-data-on-line-vacancy-system/download" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/mediation-decision-tree-for-outreach/download" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2012-10-dhcd-small-projects-guide-0-25000-construction-cost/download" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-phn-2020-17/download" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-2-self-sufficiency-program-qa/download" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-air-source-heat-pump-count-by-lha-8-27-2024/download" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-17-attachment-a/download" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-21-preservation-and-modernization-resources-for-lha-owned-section-8-ncsr-developments/download" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/public-housing-administrative-notices-archive-2002-2010" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-to-public-housing-notice-2019-14-public-housing-innovations-phi/download" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2012-17-fy-2013-formula-funding-bond-cap-capital-plans-and-sustainability-update-energy-water-saving-request-form/download" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-14-fy2024-budget-guidelines/download" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-07-promulgation-of-amendments-to-760-cmr-600/download" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2005-01-proposed-amendments-to-760/download" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-12-addendum-1-clarification-on-guest-policy/download" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-17-reasonable-accommodation-policy/download" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/23/2017-24.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/11-11.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-12-updates-to-c-167-and-c-689-housing-contracts/download" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/11/wi/15-30_78400_84436.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-21-executive-director-salary-and-qualifications-schedule/download" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-terms-defined/download" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-22-claim-reporting-guide/download" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/04-01.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-22.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-10.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-02-fy2018-budget-guidelines/download" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/09-11.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-rent-regulation-to-be-promulgated-june-7-2024/download" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-18-updated-covid-19-guidance-for-delta-variant/download" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/pk/15-25_46663_20787.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/xv/15-07_6796_56869.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/eohlc-vacancy-initiative-addendum-1/download" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-14.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2020-30-addendum-1-anuel-change/download" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-04-guidance-on-income-exclusions-from-rent-determinations-in-state-aided-public-housing/download" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-mtw-requirements-certification/download" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2025-fair-market-rent/download" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-08.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/11-15.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-17.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2006-09-revised-income-limits-for-admission/download" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-27-recommendations-for-safe-reopening-in-phase-iii/download" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-13.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-17-dhcd-2019-state-wide-facility-condition-assessment-announcement/download" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-13-technical-assistance-for-vacant-land-development/download" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/03-04.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-40-management-agreement-guidelines/download" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-air-source-heat-pump-count-by-lha-0/download" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-ashp-count-by-lha/download" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-14-exhibit-a/download" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/pz/11-04.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-22-massachusetts-state-aided-housing-programs-property-boiler-machinery-and-crime-insurance-policy-period/download" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-22.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/16-08.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-7-to-phn-2019-14/download" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-11.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-31.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-05-inspector-general-guidance-regarding-fiscal-responsibilities-of-lha-board-members/download" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2004-14-update-of-board-member-listing/download" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/xg/s-111-111phn20112014-13-08.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-3-phn-2020-17/download" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2011-12-affordable-housing-trust-funding-dedicated-for-vacant-unit-capital-turnover-costs/download" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-05-nofa-for-self-sufficiency-program-for-state-aided-public-housing-and-mrvp/download" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-09-nofa-local-housing-authority-housing-now-program/download" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/community-mediation-faqs-landlord-and-tenant-disputes/download" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-ed-salary-chart-to-2025-budget-guidelines/download" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-18-update-to-veterans-preference/download" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2012-20-blanket-property-crime-and-boiler-and-machinery-insurance/download" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-30-release-of-updated-top-5-compensation-form/download" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-19-ncsr-recapitalization-nofa/download" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qa-addendum-to-phn-2019-11/download" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/03-05.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-13-updates-to-performance-management-review/download" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-09.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-16-mrvp-going-live-and-centralizing-screening-determinations-for-priority-preference/download" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-06-implementation-of-the-annual-plan-per-chapter-121b-section-28a/download" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/08.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-12-guidance-on-evictions-and-rent-recertification/download" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/11-13.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/08-12.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-19-notice-of-funding-availability-resident-service-coordinators/download" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-updated-heat-deduction-schedule/download" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-animal-related-reasonable-accommodations-verification-process/download" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-24/download" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/09-14_0.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2011-16-completing-capital-improvement-plans/download" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-24.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-01-executive-director-salary-and-qualifications-schedule/download" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/vs/s-111-111phn20112014-13-16.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2008-15-capital-planning-system-training/download" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-09-annual-plan-update/download" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/09/nj/15-21_24685_72644.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/08-09.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-07-guidance-and-best-practices-for-lhas-post-covid-19-vaccination/download" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/xy/15-04_92884_24539.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-02-fy2022-executive-director-salary-and-qualifications-schedule-0/download" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/lha-fye-statement-for-90-day-vacancy-initiative-exemption/download" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-environmental-review-statutory-checklist/download" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/vo/s-111-111phn20112014-13-28.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2008-14-low-flow-toilet-procurement/download" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-09-updates-to-performance-management-review-pmr-for-2022-cycle/download" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/xv/2016-07.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/06-01.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-15-massachusetts-state-aided-housing-programs-property-boiler-machinery-and-crime-insurance-for-policy-period-111725-to-111726/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/qf/15-26_80505_9015.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-25-temporary-changes-to-performance-management-review-pmr-program/download" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/notice-of-funding-availability-high-leverage-asset-preservation-program-hilappphn-2019-10/download" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2004-03-universal-applications-for-state-aided-public-housing-mrvp-and-ahvp/download" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-18-resident-service-coordinators-notice-of-funding-availability-nofa/download" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-e-schedule-of-net-metering-savings/download" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-13-force-account-work-and-materials-procurement/download" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-phn-2020-17/download" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-28-massachusetts-state-aided-housing-programs-property-boiler-machinery-and-crime/download" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-34-guidance-on-regulations-regarding-family-members-of-lha-board-members-employees/download" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-5-deadline-extension-and-qa/download" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-e-schedule-of-net-metering-credit-savings/download" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/05-04.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2011-09-mandatory-data-reporting/download" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-25-vacant-unit-turnover-initiative/download" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-07-revised-income-limits-for-admission-fmrs-for-continued-occupancy/download" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-18-attachment-b/download" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-38-tenant-selection-criteria-in-performance-management-review/download" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-14-1_0.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-29.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-11-replacement-policy-for-fossil-fuel-fired-equipment/download" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-20-fy2022-budget-guidelines/download" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/06-06.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-10-capital-projects-during-covid-19/download" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-29-clarification-of-dhcd-standards-for-reviewing-ed-contracts/download" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hmp-flyer-for-broad-use-spanish/download" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-lhas-reporting-in-soha/download" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/05-07.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-17.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-2-request-for-information-phn-2019-07-regionalization-initiative/download" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2020-08-addendum-1/download" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/ta/s-111-111phn20112014-11-03b.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-19-public-housing-innovations-2024-notice-of-funding-availability/download" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-01/download" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-to-phn-2021-12/download" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-12.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/10/2017-23.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-12.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-e-rent-calculation-sheet/download" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/vo/s-111-111phn20112014-13-21.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-10-champ-rollout-in-concert-with-blanket-waiver-to-760-cmr-500/download" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-41-december-2020-covid-relief-bill-and-state-aided-public-housing/download" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/02-05.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/claim-reporting-guide-2022/download" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2020-08-addendum-1/download" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-16.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-21.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2008-05-revised-income-limits-for-admission-and-fmrs-for-continued-occupancy/download" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/760-cmr-500-eligibility-and-selection-criteria/download" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-25-temporary-changes-to-performance-management-review-pmr-program/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-05-guidance-to-lto-officers-who-also-serve-as-housing-authority-board-members-and-tenant-board-members/download" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/06-08.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-23-phase-i-ii-reopening-guidance/download" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-03-changes-to-hafis-budget-and-operating-statement-forms-for-lhas-with-solar-power-net/download" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-08-public-housing-innovations-round-ii-nofa/download" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-centralized-screening-regulatory-waivers-0/download" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/state-units-federalization-qa/download" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/05-05.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-40-management-agreement-guidelines/download" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-21a-rent-policy-during-covid-19-emergency/download" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/16-01.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-15-attachment-c/download" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2009-13-mandatory-data-reporting/download" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2004-08-revised-income-limits/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-10.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-20.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-22.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-12-rfp-high-leverage-asset-preservation-program-rfp/download" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-22-nofa-for-comprehensive-sustainability-initiative/download" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-03-updates-to-vacant-unit-policies-for-2024/download" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-centralized-screening-regulatory-waivers/download" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-13-fy2025-budget-guidelines/download" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-33.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-16-remote-public-meetings-during-covid-19/download" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-14-new-claim-reporting-procedures-mass-lha-property-insurance-program/download" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-27-fy20-health-safety-initiative/download" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-3-to-phn-2019-14/download" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-22-health-and-safety-initiative-for-fy14/download" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-19-updates-to-pmr-6302025-3312026-2025-cycle/download" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.mass.gov%2Fdoc%2F2019-07-request-for-information-creation-of-regional-housing-authority-entities%2Fdownload&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-09-updates-to-performance-management-review-pmr-for-2023-cycle/download" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-11-nofa-for-modphase-round-2/download" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-16-remote-public-meetings-during-covid-19/download" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/sj/15-23_62585_86268.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/04-04.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/cyber-security-attachment-binder/download" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hmp-flyer-for-broad-use-portuguese/download" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/champ-pmr-criteria-addendum-1/download" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-04-guidance-on-income-exclusions-from-rent-determinations-in-state-aided-public-housing/download" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-08-dhcd-oversight-during-covid-19-1/download" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-19.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/xl/s-111-111phn20112014-13-11.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-18-state-units-federalization-nofa/download" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-07-covid-19-information-memo/download" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-15-689167-contract-transition-to-docusign/download" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/qv/15-05_1327_33914.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2010-10-revised-income-limits-for-admission-and-fmrs-for-continued-occupancy/download" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/priority-checklist-1-4/download" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-26-program-update-for-agreed-upon-procedures-aup/download" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/nh/15-20_89117_24069.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/xy/s-111-15-02.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-07.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-g-plain-language-explanation-of-changes-to-760-cmr-600/download" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/mtw-nofa-qa/download" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-07-promulgation-of-amendments-to-regulation-cmr-600/download" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-33-covid-19-response-updated-recommendations/download" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2009-07-dhcd-capital-planning-system-cps-training-update-4/download" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-05-data-for-fair-housing-in-tenant-selection/download" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-18.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/tp/07-03a.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/housing-situation-priority-policy/download" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2021-01-tenant-board-member/download" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-09-management-services-agreement-guidelines/download" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.mass.gov%2Fdoc%2F2019-07-request-for-information-creation-of-regional-housing-authority-entities%2Fdownload&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/14-06.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/03-03.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/housing-situation-priority-policy-for-cso/download" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/04-11.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-qa-0/download" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/16-21.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2010-01-energy-and-sustainability-initiatives-update-program-description/download" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-sample-units-month-leased-table/download" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-13-mandatory-data-reporting/download" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-13-preparing-for-and-responding-to-covid-19-case-in-public-housing/download" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/rx/s-111-15-17.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-16-aha-implementation/download" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/14-03.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-35.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-11-updated-accelerated-independent-modernization-and-management-aimm-program/download" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-01-public-comment-period-for-promulgation-of-amendments-to-760-cmr-600-0/download" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-12-1.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-20-fy14-capital-program-and-special-initiatives-including-new-grant-programs-for-public-housing-application-for-sustainability-initiatives/download" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-04.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-14-procuring-supplies-services-related-to-covid-19/download" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-2023-fair-market-rents/download" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-f-units-eligible-for-subsidy-fy25-budget-cycle/download" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-08-opening-of-the-online-common-housing-application-for-massachusetts-public-housing-champ/download" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-06-important-winter-storm-insurance-claims-update/download" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-16-wage-match-for-state-housing-program-tenants/download" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-26-notice-of-funding-availability-nofa-for-creative-place-making-grants/download" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-11-to-public-housing-notice-2019-14/download" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/tb/s-111-111phn20112014-13-02.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-21/download" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-16.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2011-05-massachusetts-state-aided-public-housing-preservation-and-modernization-program-guidelines/download" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/ut/15-12_14911_92079.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/sc/15-16_5230_11967.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/10-02_0.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-state-aided-lease-addendum/download" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-09-notice-of-funding-availability-accessible-unit-initiative/download" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-34.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/08-11.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-executive-directorboard-approval-regarding-wage-match-v3-updated-2023/download" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-05-addendum-3-delaying-deadline-for-ssp-application/download" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/09-09.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-15-vacancy-waiver-policy-update/download" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-14-public-housing-innovations-phi-0/download" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-03/download" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-12.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-05-impending-arrival-of-blizzard-nemo/download" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/06-12.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-19-aup-program-pre-qualified-cpa-firms/download" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-27.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-31-treatment-of-unemployment-insurance-benefit-income/download" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-assisting-lhas/download" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-sample-units-month-leased-table/download" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/03-01.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2008-06-update-on-cps-phase-ii-implementation/download" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/sa/s-111-111phn20112014-13-06_0.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-3-to-phn-2021-02-rsc/download" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-37_0.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-d-process-for-federalization/download" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/cafo-request-for-response-rfr/download" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/31/2017-13TAR.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-28-mandatory-data-reporting/download" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-21.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-05.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-36.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-23-regional-capital-assistance-team-rcat-advisory-board-elections/download" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-02-updated-release-of-information/download" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/homeless-priority-1-4-a-c-eligibility-checklist-condensed-version/download" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/ua/s-111-111phn20112014-13-04.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-19-changes-to-12-31-19-fye-pmrs-due-to-state-of-emergency/download" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-16.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2006-05-faqs-energy-supply-contracts/download" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-11-operational-guidance-for-covid-19/download" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-d-schedule-of-net-metering-savings/download" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-17-nofa/download" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-3-phn-2020-17/download" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/08-07.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-22-new-screens-for-qrtly-operating-statement-for-local-housing-authorities/download" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/rq/15-18_72912_77830.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2012-17-fy-2013-formula-funding-bond-cap-capital-plans-and-sustainability-update-energy-water-saving-request-form/download" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-13-on-site-solar-power-opportunities-for-cost-savings-and-clean-energy-production/download" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-06-agreed-upon-procedures-aup-program-pre-qualified-certified-public-accounting-cpa-firms/download" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hmp-when-to-refer/download" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-11.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/08-02.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-3-to-phn-2020-12/download" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-15.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-08-clarification-on-transfers-requested-as-a-part-of-a-request-for-reasonable-accommodationmodification/download" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/23/2016-09.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-22-fy2020-budget-guidelines/download" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-4-to-phn-2019-14/download" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-sample-letter-for-applicants-at-final-offer/download" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.mass.gov%2Fdoc%2F2019-07-request-for-information-creation-of-regional-housing-authority-entities%2Fdownload&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/04-06.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-22a-sust-nofa-addendum-1a/download" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-22-bb-risk-control-safety-topics/download" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-01-rental-assistance-and-public-housing-soha-data-warehouse/download" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/06-02.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2015-27-urban-agenda-grant-program/download" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-d-notice-of-rent-adjustment/download" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-19-treatment-of-one-time-benefits-to-families-receiving-tanf-cash-assistance-or-tafdc/download" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/us/15-28_81563_61208.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/rr/s-111-15-09.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-07-local-housing-authority-requirements-to-post-key-information-and-grievance-rights/download" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-to-phn-2019-22-fy2020-budget-guideline/download" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/09-04.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ncsr-recapitalization-qa/download" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-05/download" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-09.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-03-preventative-maintenance-monthly-reminders/download" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2010-09-impending-arrival-of-hurricane-earl/download" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-20.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2006-10-saphire-phase-1-training-registration/download" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/rfi-pre-qualification-of-accounting-firms-to-conduct-aup-audit-addendum-1/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-20.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-faq-regarding-unit-inspections/download" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addenedum-1-to-phn-2019-13/download" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/16-08.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-fy24-executive-director-salary-calculation-worksheet/download" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-02-fy2122-sustainability-initiative-program-updates/download" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2021-02-rsc-nofa/download" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-lha-executive-director-salary-calculation-worksheet-toolv22/download" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-14-public-housing-innovations-2026-notice-of-funding-availability/download" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/31/2017-13TAR.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-16-mandatory-data-reporting/download" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-16.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-9-to-phn-2019-14/download" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-15.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-04-new-public-housing-redevelopment-and-land-disposition-powers/download" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-4-phn-2020-17/download" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/01/ni/2017-02_0.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2011-07-updates-to-the-online-vacancy-ledger-system/download" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-03-changes-to-hafis-budget-and-operating-statement-forms-for-lhas-with-solar-power-net/download" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/11-14.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-22-state-aided-housing-programs-property-boiler-machinery-and-crime-insurance-for-policy-period-11-17-22-to-11-17-23/download" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-qa-deadline-extension/download" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hmp-contact-list-2023-04/download" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-fy25-executive-director-salary-calculation-worksheet/download" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-17-attachment-b/download" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-29-blanket-property-crime-and-boiler-machinery-insurance/download" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-17-dhcd-required-certifications-and-submissions-deadline-extension/download" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-20-705-repositioning-nofa/download" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-14-champ-fair-housing-pmr-criteria/download" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-12-clarifications-of-the-regulatory-definition-of-homeless-applicant/download" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2012-14-vacant-unit-turnover-initiative/download" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-08-amendments-to-state-aided-public-housing-form-lease-and-lease-addendum/download" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/03-06.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/nx/s-111-111phn20112014-13-17.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-17-eohlc-vacancy-initiative/download" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-10-air-conditioner-installation-policies/download" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/10-13.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-18.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2020-12-addendum-2a/download" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-13.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-20-guidelines-for-dhcd-acceptance-of-net-new-state-public-housing-units/download" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-implementation-chart/download" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-flow-chart/download" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-23-aging-in-place-turnover-guidelines-0/download" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-13-preparing-for-and-responding-to-covid-19-case-in-public-housing/download" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/ru/s-111-111phn20112014-13-27.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-12-metar/download" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/09-10.xls" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/01/xo/2017-03_0.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-30-fy2021-budget-guidelines/download" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/08/rp/phn2015-11.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-03-fair-housing-marketing-plan/download" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-sample-units-month-leased-table/download" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/09-05.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-26.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-14-nofa-winter-rental-round-2026/download" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-17-nofa-modernization-to-independence-mti-federalization-program/download" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-35-regulatory-waiver-regarding-senior-wage-exclusion/download" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-21-massachusetts-state-aided-housing-programs-property-boiler-machinery-and-crime-insurance-for-policy-period-11-17-23-to-11-17-24/download" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-d-section-8-ncsr-phn-2022-16rev/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/10-04.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/xp/15-14_45492_57726.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-26-accessible-unit-initiative-for-fy14/download" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/champ-pmr-criteria-addendum-1/download" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-19_0.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-04-exclusion-of-income-derived-from-temporary-2020-census-work/download" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-10-changes-to-chief-administrative-and-financial-officer-cafo-program-for-aup-starting-with-fye-2024-and-updates-to-performance-management-review-pmr-for-2024-cycle/download" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-18-attachment-a/download" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/06-07.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-11-operational-guidance-for-covid-19/download" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-14-lha-demographic-reporting/download" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-24-nofa-technical-assistance-for-creation-of-regional-housing-authority-entities/download" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2012-02/download" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-11-new-agreed-upon-procedures-aup-requirement-for-section-8-new-construction-substantial-rehabilitation-s8-ncsr-properties/download" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/07-04.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/09-11.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-d-rent-regulation-update-power-point/download" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/04-10.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2011-02-capital-planning-system-and-capital-improvements-management-system-training/download" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-15-blanket-waiver-of-760-cmr-604-and-760-cmr-605-rent-determination-for-retroactive-tafdc/download" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2011-10-lifting-of-mrvp-voucher-re-issuance-freeze/download" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/08-08.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/uu/15-03_99642_11804.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-04-american-rescue-plan-guidance/download" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-36-revision-to-phn-2018-03-changes-to-hafis-budget-and-operating-statement-forms-for-lhas/download" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-english-version-of-the-champ-paper-application/download" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-39-lha-responsibilities-to-victims-of-domestic-violence/download" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/04-12.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-15-attachment-b/download" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-03-new-energy-monthly-reporting-system/download" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/uz/s-111-15-08.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-f-budget-flexibility-for-housing-authorities-with-retained-revenue-0/download" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-21-property-liability-insurance-rate-2018-2019/download" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-qa/download" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-02-rsc-nofa-addendum-2/download" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-18-attachment-c/download" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-request-for-information-phn-2019-07-regionalization-initiative/download" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-08/download" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/05-07.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/10-05.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/xk/15-24_26054_19844.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hmp-flyer-for-broad-use-chinese/download" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-21-language-access-plan/download" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-16.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-08-dhcd-oversight-during-covid-19-1/download" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-02/download" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/up/15-13_21398_4019.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-20-rfi-pre-qualification-of-accounting-firms-to-conduct-aup-audit/download" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-23.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-23-attestation-form-for-nonpayment-notices-to-quit/download" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/claim-decision-chart-2022/download" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-to-phn-2020-33/download" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-11-1.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.mass.gov%2Ffiles%2Fdocuments%2F2017%2F10%2F03%2F2017-19.docx&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-13/download" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/s-111-111phn2002010-05-03.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-17-dhcd-required-certifications-and-submissions-deadline-extension/download" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-mtw-requirements-certification/download" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-2-end-of-rent-cap-policy/download" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/2015-29-mixed-income-nofa.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-14-procuring-supplies-services-related-to-covid-19/download" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-10-high-leverage-asset-preservation-program-hilapp-updates/download" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-02-requirement-to-consult-residents-when-entering-into-management-agreements/download" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/09/uq/15-22_94168_55884.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-15-resident-services-resources/download" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/04-02.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/clarification-to-account-no-4410-maintenance-labor-and-account-no-4110-administrative-salaries/download" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2011-06-updated-accelerated-independent-modernization-management-aimm-program-description/download" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-21.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/ua/s-111-111phn20112014-13-07.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-19-additional-change-of-date-for-the-public-hearings-on-public-housing-governance-reform/download" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/uq/15-19_59785_40268.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-form-notice-of-lease-amendment/download" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-11-end-of-covid-19-state-of-emergency-and-lha-operations/download" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-10.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/ut/15-06_36436_52108.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/eohlc-vacancy-initiative-addendum-2/download" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-08-revolution-250th-anniversary-celebration-funding/download" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/03-09.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-10-revised-pmr-maintenance-metrics/download" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/s-111-111phn20022010-06-03.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/16-03.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-26-program-update-for-agreed-upon-procedures-aup/download" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/08-01.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-d-how-to-reflect-change-from-eohlc-section-8-new-constructionsubstantial-rehabilitation-program-to-federal-program-in-hafis/download" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-37-insurance-renewal-notice/download" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-6-to-phn-2019-14-ta-deadline-extension/download" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-10-notice-of-funding-availability-high-leverage-asset-preservation-program-hilapp/download" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-06-mediation-services-provided-by-the-massachusetts-office-of-public-collaboration-mopc/download" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-16-fy2023-budget-guidelines/download" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-2-to-phn-2020-17-dhcd-required-certifications-and-submissions-deadline-extension/download" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.mass.gov%2Fdoc%2F2019-07-request-for-information-creation-of-regional-housing-authority-entities%2Fdownload&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hmp-flyer-for-broad-use-english/download" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2006-04-chubb-b-and-m-inspections/download" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-16-mandatory-data-reporting/download" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-09-interim-redeterminations/download" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-15-revised-housing-situation-priority-policy-and-issuance-of-a-homeless-priority-verification-checklist/download" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-25/download" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/04-05.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/09-16.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/16-18.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-d-resources/download" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/01/2017-25.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-11-attachment-c-schedule-of-net-metering-savings/downloadeet/download" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-19-changes-to-12-31-19-fye-pmrs-due-to-state-of-emergency/download" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/07-05.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-24-design-and-funding-guidelines-for-adapting-lha-office-spaces-for-social-distancing-and/download" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-19-treatment-of-one-time-benefits-to-families-receiving-tanf-cash-assistance-or-tafdc/download" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-d-list-of-section-8-ncsr-developments/download" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/07-02.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/16-06.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-15-insurance-claim-reporting-guide-2025/download" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2014-02-high-leverage-asset-preservation-program-rfp/download" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-04-updates-to-capital-project-implementation-processes/download" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/01/xo/2017-03_0.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-17-dhcd-required-certifications-and-submissions-deadline-extension/download" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-31-treatment-of-unemployment-insurance-benefit-income/download" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-f-budget-flexibility-for-housing-authorities-with-retained-revenue/download" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-25-aimm-program-rules-and-application/download" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/10-06.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/wr/s-111-111phn20112014-13-24.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-25.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/16-02.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-24-removal-of-congregate-program-from-champ/download" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-12-cyber-security-alert-protecting-your-lha-from-active-threat-of-cyber-criminals/download" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-accessibility-data-for-mandatory-reporting/download" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-09-interim-redeterminations/download" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2010-12/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-12-agreed-upon-procedures-aup-program-updates/download" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-08.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-f-continued-occupancy-form/download" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/03-02.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2009-15-capital-planning-system-data-auditing/download" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-06-revised-income-limits-for-admission-fmrs-for-continued-occupancy/download" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.mass.gov%2Fdoc%2F2019-07-request-for-information-creation-of-regional-housing-authority-entities%2Fdownload&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/07-06.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-phn-2021-16-board-member-attendance-application-reminders/download" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/sy/s-111-15-10.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-cybersense-training-schedulesept-oct23/download" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-23.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-20-restricting-access-to-high-risk-developments/download" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-15-attachment-d/download" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/14-07.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/03-08.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-04.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2011-08-sustainability-energy-update/download" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-2023-income-limits/download" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/nx/s-111-111phn20112014-13-23.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-11-claim-reporting-procedure-for-state-aided-housing-property-insurance-program/download" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-2-to-phn-2019-14/download" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-creative-placemaking-nofa-q-a-to-phn-2019-26/download" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-20-phi25-nofa/download" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.mass.gov%2Fdoc%2F2019-07-request-for-information-creation-of-regional-housing-authority-entities%2Fdownload&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qa-addendum-to-phn-2019-09/download" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-38-tenant-selection-criteria-in-performance-management-review/download" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-01-covid-19-omicron-variant-and-state-aided-public-housing/download" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-07-covid-19-information-memo/download" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-17-fire-alarm-testing-and-maintenance-requirements/download" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hedfuel.azurewebsites.net/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-15-attachment-a/download" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/10-14.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-8-to-phn-2019-14/download" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/10-03.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/housing-situation-priority-policy/download" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-20-clariification-re-aup-program-requirement-to-change-cpa-firm/download" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/ut/15-01_48522_94328.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/rw/s-111-111phn20112014-13-09.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-04-phn-2018-04-operating-reserve-augmentation-and-new-spending-thresholds/download" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/07-01.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-vacancy-waiver-types-for-2024/download" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/01/th/2017-01.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-32-eviction-prevention-guidance/download" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/14-05.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-mtw-requirements-certification/download" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/nm/s-111-111phn20022010-08-13guidelines_0.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2021-03-revised-executive-director-hiring-guidelinespdf/download" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-40.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-12/download" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-15-mandatory-data-reporting/download" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-15.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-01-guidance-for-animals-in-state-aided-public-housing/download" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-06.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/03-07.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-20-restricting-access-to-high-risk-developments/download" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/homeless-priority-1-4-a-c-eligibility-checklist/download" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-environmental-review-statutory-checklist/download" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/qc/s-111-111phn20112014-13-14.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/16-05.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2009-17-energy-sustainability-initiatives-update-and-request/download" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-12-guidance-on-evictions-and-rent-recertification/download" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/tq/s-111-111phn20112014-14-26.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-e-budget-flexibility-for-authorities-with-retained-revenue/download" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-16-attachment-a/download" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-06-calendar-of-submissions-and-certifications/download" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-15.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-08-pmr-second-year-clarifications/download" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-01-health-and-safety-initiative-for-fy13/download" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-05-mass-housing-partnership-mhp-expanded-technical-assistance-for-vacant-land-development-and-public-housing-redevelopment/download" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-04-phn-2018-04-operating-reserve-augmentation-and-new-spending-thresholds/download" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/10-07.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/uq/15-15_37990_3834.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-12-mandatory-data-reporting/download" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/mopc-presentation/download" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.mass.gov%2Fdoc%2F2019-07-request-for-information-creation-of-regional-housing-authority-entities%2Fdownload&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-13-preparing-for-and-responding-to-covid-19-case-in-public-housing/download" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-38.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-05-wage-match-safeguarding-of-department-of-revenue-dor-information/download" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-26-notice-of-funding-availability-nofa-for-creative-place-making-grants/download" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-10-to-phn-2019-14-gateway-cities-nofa-deadline-extension/download" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-22/download" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-03.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2005-02-mold-issues/download" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-11.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-23-document-uploads-into-champ/download" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-13.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2014-01-fy14-capital-program-management-tools-small-project-invoicing-design-rebate-protocol-and-read-only-fish-access/download" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-form-state-aided-public-housing-lease/download" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-sample-letter-for-tenants/download" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-19-aup-program-pre-qualified-cpa-firms/download" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/16-04_0.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/09-06.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-08.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-14-resident-service-coordinators-notice-of-funding-availability-nofa/download" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.mass.gov%2Fdoc%2F2019-07-request-for-information-creation-of-regional-housing-authority-entities%2Fdownload&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-environmental-review-statutory-checklist/download" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-04-social-security-fairness-act/download" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-10-regional-dwelling-unit-inspection-trainings/download" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-30.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-15-seeking-cpas-for-dhcds-agreed-upon-procedures-aup-program/download" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2011-01-weather-emergency/download" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/06-11.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/claim-reporting-guide-2023-eohlc/download" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-29-allocation-of-supplemental-funding-for-coronavirus-response/download" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2008-03-cps-update-on-2008-bond-bill-funds-phase-2-implementation/download" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-05.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-02-rsc-nofa-addendum-1/download" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-executive-director-salary-chart/download" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-10-capital-projects-during-covid-19/download" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-18-mandatory-data-reporting/download" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-no-1-phn-2025-13-amendments-to-760-cmr-500-effective-92625/download" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/08-10_0.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-27.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-16.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-19.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-03-wage-match-for-state-housing-program-tenants/download" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-executive-director-salary-chart-0/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2020-30-addendum-2-budget-revision-details/download" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-18-protection-of-personal-data-at-home-or-in-the-office/download" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-26-accessible-unit-initiative-for-fy14/download" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.mass.gov%2Fdoc%2F2019-07-request-for-information-creation-of-regional-housing-authority-entities%2Fdownload&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2008-04-request-for-data-on-line-vacancy-system/download" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/mediation-decision-tree-for-outreach/download" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2012-10-dhcd-small-projects-guide-0-25000-construction-cost/download" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-phn-2020-17/download" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-2-self-sufficiency-program-qa/download" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-air-source-heat-pump-count-by-lha-8-27-2024/download" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-17-attachment-a/download" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-21-preservation-and-modernization-resources-for-lha-owned-section-8-ncsr-developments/download" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/public-housing-administrative-notices-archive-2002-2010" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-to-public-housing-notice-2019-14-public-housing-innovations-phi/download" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2012-17-fy-2013-formula-funding-bond-cap-capital-plans-and-sustainability-update-energy-water-saving-request-form/download" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-14-fy2024-budget-guidelines/download" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-07-promulgation-of-amendments-to-760-cmr-600/download" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2005-01-proposed-amendments-to-760/download" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-12-addendum-1-clarification-on-guest-policy/download" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-17-reasonable-accommodation-policy/download" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/23/2017-24.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/11-11.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-12-updates-to-c-167-and-c-689-housing-contracts/download" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/11/wi/15-30_78400_84436.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-21-executive-director-salary-and-qualifications-schedule/download" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-terms-defined/download" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-22-claim-reporting-guide/download" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/04-01.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-22.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-10.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-02-fy2018-budget-guidelines/download" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/09-11.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-rent-regulation-to-be-promulgated-june-7-2024/download" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-18-updated-covid-19-guidance-for-delta-variant/download" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/pk/15-25_46663_20787.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/xv/15-07_6796_56869.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/eohlc-vacancy-initiative-addendum-1/download" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-14.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2020-30-addendum-1-anuel-change/download" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-04-guidance-on-income-exclusions-from-rent-determinations-in-state-aided-public-housing/download" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-mtw-requirements-certification/download" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2025-fair-market-rent/download" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-08.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/11-15.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-17.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2006-09-revised-income-limits-for-admission/download" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-27-recommendations-for-safe-reopening-in-phase-iii/download" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-13.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-17-dhcd-2019-state-wide-facility-condition-assessment-announcement/download" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-13-technical-assistance-for-vacant-land-development/download" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/03-04.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-40-management-agreement-guidelines/download" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-air-source-heat-pump-count-by-lha-0/download" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-ashp-count-by-lha/download" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-14-exhibit-a/download" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/pz/11-04.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-22-massachusetts-state-aided-housing-programs-property-boiler-machinery-and-crime-insurance-policy-period/download" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-22.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/16-08.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-7-to-phn-2019-14/download" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-11.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-31.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-05-inspector-general-guidance-regarding-fiscal-responsibilities-of-lha-board-members/download" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2004-14-update-of-board-member-listing/download" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/xg/s-111-111phn20112014-13-08.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-3-phn-2020-17/download" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2011-12-affordable-housing-trust-funding-dedicated-for-vacant-unit-capital-turnover-costs/download" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-05-nofa-for-self-sufficiency-program-for-state-aided-public-housing-and-mrvp/download" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-09-nofa-local-housing-authority-housing-now-program/download" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/community-mediation-faqs-landlord-and-tenant-disputes/download" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-ed-salary-chart-to-2025-budget-guidelines/download" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-18-update-to-veterans-preference/download" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2012-20-blanket-property-crime-and-boiler-and-machinery-insurance/download" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-30-release-of-updated-top-5-compensation-form/download" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-19-ncsr-recapitalization-nofa/download" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qa-addendum-to-phn-2019-11/download" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/03-05.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-13-updates-to-performance-management-review/download" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-09.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-16-mrvp-going-live-and-centralizing-screening-determinations-for-priority-preference/download" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-06-implementation-of-the-annual-plan-per-chapter-121b-section-28a/download" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/08.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-12-guidance-on-evictions-and-rent-recertification/download" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/11-13.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/08-12.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-19-notice-of-funding-availability-resident-service-coordinators/download" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-updated-heat-deduction-schedule/download" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-animal-related-reasonable-accommodations-verification-process/download" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-24/download" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/09-14_0.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2011-16-completing-capital-improvement-plans/download" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-24.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-01-executive-director-salary-and-qualifications-schedule/download" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/vs/s-111-111phn20112014-13-16.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2008-15-capital-planning-system-training/download" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-09-annual-plan-update/download" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/09/nj/15-21_24685_72644.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/08-09.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-07-guidance-and-best-practices-for-lhas-post-covid-19-vaccination/download" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/xy/15-04_92884_24539.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-02-fy2022-executive-director-salary-and-qualifications-schedule-0/download" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/lha-fye-statement-for-90-day-vacancy-initiative-exemption/download" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-environmental-review-statutory-checklist/download" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/vo/s-111-111phn20112014-13-28.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2008-14-low-flow-toilet-procurement/download" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-09-updates-to-performance-management-review-pmr-for-2022-cycle/download" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/xv/2016-07.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/06-01.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-15-massachusetts-state-aided-housing-programs-property-boiler-machinery-and-crime-insurance-for-policy-period-111725-to-111726/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/qf/15-26_80505_9015.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-25-temporary-changes-to-performance-management-review-pmr-program/download" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/notice-of-funding-availability-high-leverage-asset-preservation-program-hilappphn-2019-10/download" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2004-03-universal-applications-for-state-aided-public-housing-mrvp-and-ahvp/download" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-18-resident-service-coordinators-notice-of-funding-availability-nofa/download" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-e-schedule-of-net-metering-savings/download" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-13-force-account-work-and-materials-procurement/download" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-phn-2020-17/download" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-28-massachusetts-state-aided-housing-programs-property-boiler-machinery-and-crime/download" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-34-guidance-on-regulations-regarding-family-members-of-lha-board-members-employees/download" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-5-deadline-extension-and-qa/download" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-e-schedule-of-net-metering-credit-savings/download" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/05-04.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2011-09-mandatory-data-reporting/download" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-25-vacant-unit-turnover-initiative/download" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-07-revised-income-limits-for-admission-fmrs-for-continued-occupancy/download" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-18-attachment-b/download" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-38-tenant-selection-criteria-in-performance-management-review/download" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-14-1_0.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-29.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-11-replacement-policy-for-fossil-fuel-fired-equipment/download" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-20-fy2022-budget-guidelines/download" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/06-06.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-10-capital-projects-during-covid-19/download" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-29-clarification-of-dhcd-standards-for-reviewing-ed-contracts/download" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hmp-flyer-for-broad-use-spanish/download" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-lhas-reporting-in-soha/download" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/05-07.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-17.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-2-request-for-information-phn-2019-07-regionalization-initiative/download" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2020-08-addendum-1/download" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/ta/s-111-111phn20112014-11-03b.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-19-public-housing-innovations-2024-notice-of-funding-availability/download" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-01/download" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-to-phn-2021-12/download" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-12.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/10/2017-23.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-12.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-e-rent-calculation-sheet/download" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/vo/s-111-111phn20112014-13-21.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-10-champ-rollout-in-concert-with-blanket-waiver-to-760-cmr-500/download" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-41-december-2020-covid-relief-bill-and-state-aided-public-housing/download" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/02-05.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/claim-reporting-guide-2022/download" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2020-08-addendum-1/download" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-16.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-21.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2008-05-revised-income-limits-for-admission-and-fmrs-for-continued-occupancy/download" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/760-cmr-500-eligibility-and-selection-criteria/download" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-25-temporary-changes-to-performance-management-review-pmr-program/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-05-guidance-to-lto-officers-who-also-serve-as-housing-authority-board-members-and-tenant-board-members/download" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/06-08.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-23-phase-i-ii-reopening-guidance/download" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-03-changes-to-hafis-budget-and-operating-statement-forms-for-lhas-with-solar-power-net/download" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-08-public-housing-innovations-round-ii-nofa/download" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-centralized-screening-regulatory-waivers-0/download" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/state-units-federalization-qa/download" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/05-05.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-40-management-agreement-guidelines/download" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-21a-rent-policy-during-covid-19-emergency/download" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/16-01.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-15-attachment-c/download" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2009-13-mandatory-data-reporting/download" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2004-08-revised-income-limits/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-10.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-20.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-22.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-12-rfp-high-leverage-asset-preservation-program-rfp/download" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-22-nofa-for-comprehensive-sustainability-initiative/download" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-03-updates-to-vacant-unit-policies-for-2024/download" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-centralized-screening-regulatory-waivers/download" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-13-fy2025-budget-guidelines/download" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-33.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-16-remote-public-meetings-during-covid-19/download" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-14-new-claim-reporting-procedures-mass-lha-property-insurance-program/download" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-27-fy20-health-safety-initiative/download" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-3-to-phn-2019-14/download" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-22-health-and-safety-initiative-for-fy14/download" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-19-updates-to-pmr-6302025-3312026-2025-cycle/download" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.mass.gov%2Fdoc%2F2019-07-request-for-information-creation-of-regional-housing-authority-entities%2Fdownload&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-09-updates-to-performance-management-review-pmr-for-2023-cycle/download" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-11-nofa-for-modphase-round-2/download" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-16-remote-public-meetings-during-covid-19/download" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/sj/15-23_62585_86268.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/04-04.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/cyber-security-attachment-binder/download" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hmp-flyer-for-broad-use-portuguese/download" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/champ-pmr-criteria-addendum-1/download" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-04-guidance-on-income-exclusions-from-rent-determinations-in-state-aided-public-housing/download" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-08-dhcd-oversight-during-covid-19-1/download" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-19.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/xl/s-111-111phn20112014-13-11.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-18-state-units-federalization-nofa/download" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-07-covid-19-information-memo/download" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-15-689167-contract-transition-to-docusign/download" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/qv/15-05_1327_33914.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2010-10-revised-income-limits-for-admission-and-fmrs-for-continued-occupancy/download" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/priority-checklist-1-4/download" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-26-program-update-for-agreed-upon-procedures-aup/download" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/nh/15-20_89117_24069.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/xy/s-111-15-02.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-07.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-g-plain-language-explanation-of-changes-to-760-cmr-600/download" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/mtw-nofa-qa/download" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-07-promulgation-of-amendments-to-regulation-cmr-600/download" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-33-covid-19-response-updated-recommendations/download" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2009-07-dhcd-capital-planning-system-cps-training-update-4/download" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-05-data-for-fair-housing-in-tenant-selection/download" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-18.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/tp/07-03a.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/housing-situation-priority-policy/download" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2021-01-tenant-board-member/download" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-09-management-services-agreement-guidelines/download" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.mass.gov%2Fdoc%2F2019-07-request-for-information-creation-of-regional-housing-authority-entities%2Fdownload&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/14-06.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/03-03.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/housing-situation-priority-policy-for-cso/download" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/04-11.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-qa-0/download" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/16-21.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2010-01-energy-and-sustainability-initiatives-update-program-description/download" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-sample-units-month-leased-table/download" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-13-mandatory-data-reporting/download" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-13-preparing-for-and-responding-to-covid-19-case-in-public-housing/download" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/rx/s-111-15-17.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-16-aha-implementation/download" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/14-03.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-35.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-11-updated-accelerated-independent-modernization-and-management-aimm-program/download" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-01-public-comment-period-for-promulgation-of-amendments-to-760-cmr-600-0/download" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-12-1.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-20-fy14-capital-program-and-special-initiatives-including-new-grant-programs-for-public-housing-application-for-sustainability-initiatives/download" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-04.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-14-procuring-supplies-services-related-to-covid-19/download" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-2023-fair-market-rents/download" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-f-units-eligible-for-subsidy-fy25-budget-cycle/download" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-08-opening-of-the-online-common-housing-application-for-massachusetts-public-housing-champ/download" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-06-important-winter-storm-insurance-claims-update/download" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-16-wage-match-for-state-housing-program-tenants/download" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-26-notice-of-funding-availability-nofa-for-creative-place-making-grants/download" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-11-to-public-housing-notice-2019-14/download" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/tb/s-111-111phn20112014-13-02.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-21/download" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-16.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2011-05-massachusetts-state-aided-public-housing-preservation-and-modernization-program-guidelines/download" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/ut/15-12_14911_92079.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/sc/15-16_5230_11967.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/10-02_0.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-state-aided-lease-addendum/download" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-09-notice-of-funding-availability-accessible-unit-initiative/download" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-34.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/08-11.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-executive-directorboard-approval-regarding-wage-match-v3-updated-2023/download" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-05-addendum-3-delaying-deadline-for-ssp-application/download" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/09-09.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-15-vacancy-waiver-policy-update/download" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-14-public-housing-innovations-phi-0/download" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-03/download" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-12.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-05-impending-arrival-of-blizzard-nemo/download" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/06-12.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-19-aup-program-pre-qualified-cpa-firms/download" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-27.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-31-treatment-of-unemployment-insurance-benefit-income/download" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-assisting-lhas/download" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-sample-units-month-leased-table/download" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/03-01.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2008-06-update-on-cps-phase-ii-implementation/download" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/sa/s-111-111phn20112014-13-06_0.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-3-to-phn-2021-02-rsc/download" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-37_0.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-d-process-for-federalization/download" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/cafo-request-for-response-rfr/download" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/31/2017-13TAR.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-28-mandatory-data-reporting/download" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-21.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-05.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-36.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-23-regional-capital-assistance-team-rcat-advisory-board-elections/download" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-02-updated-release-of-information/download" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/homeless-priority-1-4-a-c-eligibility-checklist-condensed-version/download" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/ua/s-111-111phn20112014-13-04.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-19-changes-to-12-31-19-fye-pmrs-due-to-state-of-emergency/download" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-16.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2006-05-faqs-energy-supply-contracts/download" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-11-operational-guidance-for-covid-19/download" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-d-schedule-of-net-metering-savings/download" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-17-nofa/download" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-3-phn-2020-17/download" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/08-07.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-22-new-screens-for-qrtly-operating-statement-for-local-housing-authorities/download" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/rq/15-18_72912_77830.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2012-17-fy-2013-formula-funding-bond-cap-capital-plans-and-sustainability-update-energy-water-saving-request-form/download" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-13-on-site-solar-power-opportunities-for-cost-savings-and-clean-energy-production/download" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-06-agreed-upon-procedures-aup-program-pre-qualified-certified-public-accounting-cpa-firms/download" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hmp-when-to-refer/download" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-11.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/08-02.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-3-to-phn-2020-12/download" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-15.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-08-clarification-on-transfers-requested-as-a-part-of-a-request-for-reasonable-accommodationmodification/download" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/23/2016-09.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-22-fy2020-budget-guidelines/download" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-4-to-phn-2019-14/download" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-c-sample-letter-for-applicants-at-final-offer/download" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.mass.gov%2Fdoc%2F2019-07-request-for-information-creation-of-regional-housing-authority-entities%2Fdownload&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/04-06.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-22a-sust-nofa-addendum-1a/download" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-22-bb-risk-control-safety-topics/download" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-01-rental-assistance-and-public-housing-soha-data-warehouse/download" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/06-02.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2015-27-urban-agenda-grant-program/download" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-d-notice-of-rent-adjustment/download" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-19-treatment-of-one-time-benefits-to-families-receiving-tanf-cash-assistance-or-tafdc/download" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/us/15-28_81563_61208.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/rr/s-111-15-09.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-07-local-housing-authority-requirements-to-post-key-information-and-grievance-rights/download" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-to-phn-2019-22-fy2020-budget-guideline/download" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/09-04.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/ncsr-recapitalization-qa/download" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-05/download" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-09.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-03-preventative-maintenance-monthly-reminders/download" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2010-09-impending-arrival-of-hurricane-earl/download" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-20.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2006-10-saphire-phase-1-training-registration/download" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/rfi-pre-qualification-of-accounting-firms-to-conduct-aup-audit-addendum-1/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-20.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-faq-regarding-unit-inspections/download" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addenedum-1-to-phn-2019-13/download" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/16-08.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-fy24-executive-director-salary-calculation-worksheet/download" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-02-fy2122-sustainability-initiative-program-updates/download" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2021-02-rsc-nofa/download" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-lha-executive-director-salary-calculation-worksheet-toolv22/download" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-14-public-housing-innovations-2026-notice-of-funding-availability/download" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/31/2017-13TAR.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-16-mandatory-data-reporting/download" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-16.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-9-to-phn-2019-14/download" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-15.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-04-new-public-housing-redevelopment-and-land-disposition-powers/download" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-4-phn-2020-17/download" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/01/ni/2017-02_0.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2011-07-updates-to-the-online-vacancy-ledger-system/download" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-03-changes-to-hafis-budget-and-operating-statement-forms-for-lhas-with-solar-power-net/download" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/11-14.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-22-state-aided-housing-programs-property-boiler-machinery-and-crime-insurance-for-policy-period-11-17-22-to-11-17-23/download" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-qa-deadline-extension/download" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hmp-contact-list-2023-04/download" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-fy25-executive-director-salary-calculation-worksheet/download" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-17-attachment-b/download" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-29-blanket-property-crime-and-boiler-machinery-insurance/download" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-17-dhcd-required-certifications-and-submissions-deadline-extension/download" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-20-705-repositioning-nofa/download" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-14-champ-fair-housing-pmr-criteria/download" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-12-clarifications-of-the-regulatory-definition-of-homeless-applicant/download" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2012-14-vacant-unit-turnover-initiative/download" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-08-amendments-to-state-aided-public-housing-form-lease-and-lease-addendum/download" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/03-06.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/nx/s-111-111phn20112014-13-17.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-17-eohlc-vacancy-initiative/download" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-10-air-conditioner-installation-policies/download" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/10-13.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-18.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2020-12-addendum-2a/download" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-13.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-20-guidelines-for-dhcd-acceptance-of-net-new-state-public-housing-units/download" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-implementation-chart/download" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-flow-chart/download" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-23-aging-in-place-turnover-guidelines-0/download" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-13-preparing-for-and-responding-to-covid-19-case-in-public-housing/download" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/ru/s-111-111phn20112014-13-27.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-12-metar/download" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/09-10.xls" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/01/xo/2017-03_0.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-30-fy2021-budget-guidelines/download" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/08/rp/phn2015-11.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-03-fair-housing-marketing-plan/download" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-b-sample-units-month-leased-table/download" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/09-05.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/04/2016-26.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-14-nofa-winter-rental-round-2026/download" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-17-nofa-modernization-to-independence-mti-federalization-program/download" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-35-regulatory-waiver-regarding-senior-wage-exclusion/download" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-21-massachusetts-state-aided-housing-programs-property-boiler-machinery-and-crime-insurance-for-policy-period-11-17-23-to-11-17-24/download" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-d-section-8-ncsr-phn-2022-16rev/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/10-04.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/xp/15-14_45492_57726.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-26-accessible-unit-initiative-for-fy14/download" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/champ-pmr-criteria-addendum-1/download" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-19_0.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-04-exclusion-of-income-derived-from-temporary-2020-census-work/download" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-10-changes-to-chief-administrative-and-financial-officer-cafo-program-for-aup-starting-with-fye-2024-and-updates-to-performance-management-review-pmr-for-2024-cycle/download" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-18-attachment-a/download" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/06-07.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-11-operational-guidance-for-covid-19/download" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-14-lha-demographic-reporting/download" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-24-nofa-technical-assistance-for-creation-of-regional-housing-authority-entities/download" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2012-02/download" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-11-new-agreed-upon-procedures-aup-requirement-for-section-8-new-construction-substantial-rehabilitation-s8-ncsr-properties/download" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/07-04.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/09-11.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-d-rent-regulation-update-power-point/download" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/04-10.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2011-02-capital-planning-system-and-capital-improvements-management-system-training/download" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2019-15-blanket-waiver-of-760-cmr-604-and-760-cmr-605-rent-determination-for-retroactive-tafdc/download" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2011-10-lifting-of-mrvp-voucher-re-issuance-freeze/download" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/08-08.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/uu/15-03_99642_11804.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-04-american-rescue-plan-guidance/download" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-36-revision-to-phn-2018-03-changes-to-hafis-budget-and-operating-statement-forms-for-lhas/download" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-english-version-of-the-champ-paper-application/download" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-39-lha-responsibilities-to-victims-of-domestic-violence/download" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/04-12.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-15-attachment-b/download" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-03-new-energy-monthly-reporting-system/download" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/uz/s-111-15-08.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-f-budget-flexibility-for-housing-authorities-with-retained-revenue-0/download" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2018-21-property-liability-insurance-rate-2018-2019/download" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-qa/download" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-02-rsc-nofa-addendum-2/download" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-18-attachment-c/download" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-request-for-information-phn-2019-07-regionalization-initiative/download" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-08/download" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/05-07.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/10-05.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/xk/15-24_26054_19844.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hmp-flyer-for-broad-use-chinese/download" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2021-21-language-access-plan/download" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/03/2017-16.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-08-dhcd-oversight-during-covid-19-1/download" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-02/download" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/up/15-13_21398_4019.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-20-rfi-pre-qualification-of-accounting-firms-to-conduct-aup-audit/download" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/14-23.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2022-23-attestation-form-for-nonpayment-notices-to-quit/download" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/claim-decision-chart-2022/download" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-1-to-phn-2020-33/download" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/10/05/2016-11-1.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.mass.gov%2Ffiles%2Fdocuments%2F2017%2F10%2F03%2F2017-19.docx&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2025-13/download" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/s-111-111phn2002010-05-03.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-17-dhcd-required-certifications-and-submissions-deadline-extension/download" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-mtw-requirements-certification/download" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/addendum-2-end-of-rent-cap-policy/download" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/03/2015-29-mixed-income-nofa.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-14-procuring-supplies-services-related-to-covid-19/download" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2023-10-high-leverage-asset-preservation-program-hilapp-updates/download" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/phn-2024-02-requirement-to-consult-residents-when-entering-into-management-agreements/download" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/09/uq/15-22_94168_55884.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2020-15-resident-services-resources/download" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/07/04-02.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/clarification-to-account-no-4410-maintenance-labor-and-account-no-4110-administrative-salaries/download" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2011-06-updated-accelerated-independent-modernization-management-aimm-program-description/download" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2017/11/06/12-21.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/10/ua/s-111-111phn20112014-13-07.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2013-19-additional-change-of-date-for-the-public-hearings-on-public-housing-governance-reform/download" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/files/documents/2016/07/uq/15-19_59785_40268.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/attachment-a-form-notice-of-lease-amendment/download" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{65ADCBC6-3198-46DD-800D-2F0D3E8EEF0F}">
-  <dimension ref="A1:F729"/>
+  <dimension ref="A1:F733"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A7" sqref="A7"/>
+    <sheetView tabSelected="1" topLeftCell="C1" workbookViewId="0">
+      <selection activeCell="F2" sqref="F2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="33" style="158" customWidth="1"/>
     <col min="2" max="2" width="10.81640625" style="158" customWidth="1"/>
     <col min="3" max="3" width="23.1796875" style="158" customWidth="1"/>
     <col min="4" max="4" width="80.54296875" style="158" customWidth="1"/>
     <col min="5" max="5" width="19.81640625" style="179" customWidth="1"/>
     <col min="6" max="6" width="92.7265625" style="158" customWidth="1"/>
     <col min="7" max="16384" width="9.1796875" style="158"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6" ht="31.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="159" t="s">
         <v>1553</v>
       </c>
       <c r="B1" s="159" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="159" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="159" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="160" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="161" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>10</v>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A2" s="117" t="s">
+        <v>327</v>
       </c>
       <c r="B2" s="86" t="s">
-        <v>1927</v>
+        <v>1939</v>
       </c>
       <c r="C2" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="86" t="s">
-        <v>1928</v>
+        <v>1941</v>
       </c>
       <c r="E2" s="88">
-        <v>45975</v>
+        <v>46059</v>
       </c>
       <c r="F2" s="162" t="s">
-        <v>1930</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A3" s="197" t="s">
-        <v>10</v>
+      <c r="A3" s="199" t="s">
+        <v>14</v>
       </c>
       <c r="B3" s="86" t="s">
-        <v>1927</v>
+        <v>1938</v>
       </c>
       <c r="C3" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D3" s="86" t="s">
-        <v>1929</v>
+        <v>1940</v>
       </c>
       <c r="E3" s="88">
-        <v>45975</v>
+        <v>46063</v>
       </c>
       <c r="F3" s="162" t="s">
-        <v>1931</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A4" s="198" t="s">
+        <v>312</v>
+      </c>
+      <c r="B4" s="86" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C4" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" s="86" t="s">
+        <v>1935</v>
+      </c>
+      <c r="E4" s="88">
+        <v>46049</v>
+      </c>
+      <c r="F4" s="162" t="s">
+        <v>1937</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A5" s="192" t="s">
         <v>1748</v>
       </c>
-      <c r="B4" s="86" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="B5" s="86" t="s">
-        <v>1921</v>
+        <v>1933</v>
       </c>
       <c r="C5" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D5" s="86" t="s">
-        <v>1924</v>
+        <v>1934</v>
       </c>
       <c r="E5" s="88">
-        <v>45975</v>
+        <v>46035</v>
       </c>
       <c r="F5" s="162" t="s">
-        <v>1926</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="6" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A6" s="198" t="s">
-        <v>1748</v>
+      <c r="A6" s="197" t="s">
+        <v>10</v>
       </c>
       <c r="B6" s="86" t="s">
-        <v>1921</v>
+        <v>1927</v>
       </c>
       <c r="C6" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="86" t="s">
-        <v>1922</v>
+        <v>1928</v>
       </c>
       <c r="E6" s="88">
         <v>45975</v>
       </c>
       <c r="F6" s="162" t="s">
-        <v>1920</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="7" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A7" s="130" t="s">
-        <v>648</v>
+      <c r="A7" s="197" t="s">
+        <v>10</v>
       </c>
       <c r="B7" s="86" t="s">
-        <v>1909</v>
+        <v>1927</v>
       </c>
       <c r="C7" s="86" t="s">
-        <v>137</v>
+        <v>1632</v>
       </c>
       <c r="D7" s="86" t="s">
-        <v>1918</v>
+        <v>1929</v>
       </c>
       <c r="E7" s="88">
-        <v>45957</v>
+        <v>45975</v>
       </c>
       <c r="F7" s="162" t="s">
-        <v>1919</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A8" s="130" t="s">
-        <v>648</v>
+      <c r="A8" s="192" t="s">
+        <v>1748</v>
       </c>
       <c r="B8" s="86" t="s">
-        <v>1909</v>
+        <v>1921</v>
       </c>
       <c r="C8" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D8" s="86" t="s">
-        <v>1910</v>
+        <v>1923</v>
       </c>
       <c r="E8" s="88">
-        <v>45929</v>
+        <v>45975</v>
       </c>
       <c r="F8" s="162" t="s">
-        <v>1914</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A9" s="130" t="s">
-        <v>648</v>
+      <c r="A9" s="192" t="s">
+        <v>1748</v>
       </c>
       <c r="B9" s="86" t="s">
-        <v>1909</v>
+        <v>1921</v>
       </c>
       <c r="C9" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D9" s="86" t="s">
+        <v>1924</v>
+      </c>
+      <c r="E9" s="88">
+        <v>45975</v>
+      </c>
+      <c r="F9" s="162" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A10" s="192" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B10" s="86" t="s">
+        <v>1921</v>
+      </c>
+      <c r="C10" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D10" s="86" t="s">
+        <v>1922</v>
+      </c>
+      <c r="E10" s="88">
+        <v>45975</v>
+      </c>
+      <c r="F10" s="162" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A11" s="130" t="s">
+        <v>648</v>
+      </c>
+      <c r="B11" s="86" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C11" s="86" t="s">
+        <v>137</v>
+      </c>
+      <c r="D11" s="86" t="s">
+        <v>1918</v>
+      </c>
+      <c r="E11" s="88">
+        <v>45957</v>
+      </c>
+      <c r="F11" s="162" t="s">
+        <v>1919</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A12" s="130" t="s">
+        <v>648</v>
+      </c>
+      <c r="B12" s="86" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C12" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D12" s="86" t="s">
+        <v>1910</v>
+      </c>
+      <c r="E12" s="88">
+        <v>45929</v>
+      </c>
+      <c r="F12" s="162" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A13" s="130" t="s">
+        <v>648</v>
+      </c>
+      <c r="B13" s="86" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C13" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D13" s="86" t="s">
         <v>1911</v>
       </c>
-      <c r="E9" s="88">
+      <c r="E13" s="88">
         <v>45929</v>
       </c>
-      <c r="F9" s="162" t="s">
+      <c r="F13" s="162" t="s">
         <v>1915</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A10" s="130" t="s">
+    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A14" s="130" t="s">
         <v>648</v>
       </c>
-      <c r="B10" s="86" t="s">
+      <c r="B14" s="86" t="s">
         <v>1909</v>
-      </c>
-[...78 lines deleted...]
-        <v>1896</v>
       </c>
       <c r="C14" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D14" s="86" t="s">
-        <v>1684</v>
+        <v>1912</v>
       </c>
       <c r="E14" s="88">
-        <v>45897</v>
+        <v>45929</v>
       </c>
       <c r="F14" s="162" t="s">
-        <v>1902</v>
-[...4 lines deleted...]
-        <v>30</v>
+        <v>1859</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A15" s="194" t="s">
+        <v>1913</v>
       </c>
       <c r="B15" s="86" t="s">
-        <v>1896</v>
+        <v>1906</v>
       </c>
       <c r="C15" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D15" s="86" t="s">
-        <v>1898</v>
+        <v>1907</v>
       </c>
       <c r="E15" s="88">
-        <v>45897</v>
+        <v>45926</v>
       </c>
       <c r="F15" s="162" t="s">
-        <v>1903</v>
-[...4 lines deleted...]
-        <v>30</v>
+        <v>1916</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A16" s="194" t="s">
+        <v>1913</v>
       </c>
       <c r="B16" s="86" t="s">
-        <v>1896</v>
+        <v>1906</v>
       </c>
       <c r="C16" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D16" s="86" t="s">
-        <v>1899</v>
+        <v>1908</v>
       </c>
       <c r="E16" s="88">
-        <v>45897</v>
+        <v>45926</v>
       </c>
       <c r="F16" s="162" t="s">
-        <v>1904</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1917</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A17" s="85" t="s">
         <v>30</v>
       </c>
       <c r="B17" s="86" t="s">
         <v>1896</v>
       </c>
       <c r="C17" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D17" s="86" t="s">
-        <v>1900</v>
+        <v>1897</v>
       </c>
       <c r="E17" s="88">
         <v>45897</v>
       </c>
       <c r="F17" s="162" t="s">
-        <v>1905</v>
-[...4 lines deleted...]
-        <v>45</v>
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A18" s="85" t="s">
+        <v>30</v>
       </c>
       <c r="B18" s="86" t="s">
-        <v>1880</v>
+        <v>1896</v>
       </c>
       <c r="C18" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D18" s="86" t="s">
-        <v>45</v>
+        <v>1684</v>
       </c>
       <c r="E18" s="88">
-        <v>45875</v>
+        <v>45897</v>
       </c>
       <c r="F18" s="162" t="s">
-        <v>1895</v>
-[...4 lines deleted...]
-        <v>45</v>
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A19" s="85" t="s">
+        <v>30</v>
       </c>
       <c r="B19" s="86" t="s">
-        <v>1880</v>
+        <v>1896</v>
       </c>
       <c r="C19" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D19" s="86" t="s">
-        <v>1883</v>
+        <v>1898</v>
       </c>
       <c r="E19" s="88">
-        <v>45875</v>
+        <v>45897</v>
       </c>
       <c r="F19" s="162" t="s">
-        <v>1894</v>
-[...4 lines deleted...]
-        <v>45</v>
+        <v>1903</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A20" s="85" t="s">
+        <v>30</v>
       </c>
       <c r="B20" s="86" t="s">
-        <v>1880</v>
+        <v>1896</v>
       </c>
       <c r="C20" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D20" s="86" t="s">
-        <v>1884</v>
+        <v>1899</v>
       </c>
       <c r="E20" s="88">
+        <v>45897</v>
+      </c>
+      <c r="F20" s="162" t="s">
+        <v>1904</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A21" s="85" t="s">
+        <v>30</v>
+      </c>
+      <c r="B21" s="86" t="s">
+        <v>1896</v>
+      </c>
+      <c r="C21" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D21" s="86" t="s">
+        <v>1900</v>
+      </c>
+      <c r="E21" s="88">
+        <v>45897</v>
+      </c>
+      <c r="F21" s="162" t="s">
+        <v>1905</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A22" s="172" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" s="86" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C22" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D22" s="86" t="s">
+        <v>45</v>
+      </c>
+      <c r="E22" s="88">
         <v>45875</v>
       </c>
-      <c r="F20" s="162" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="F22" s="162" t="s">
-        <v>1891</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A23" s="191" t="s">
-        <v>348</v>
+      <c r="A23" s="172" t="s">
+        <v>45</v>
       </c>
       <c r="B23" s="86" t="s">
-        <v>1881</v>
+        <v>1880</v>
       </c>
       <c r="C23" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D23" s="86" t="s">
-        <v>1887</v>
+        <v>1883</v>
       </c>
       <c r="E23" s="88">
+        <v>45875</v>
+      </c>
+      <c r="F23" s="162" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A24" s="172" t="s">
+        <v>45</v>
+      </c>
+      <c r="B24" s="86" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C24" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D24" s="86" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E24" s="88">
+        <v>45875</v>
+      </c>
+      <c r="F24" s="162" t="s">
+        <v>1893</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A25" s="191" t="s">
+        <v>348</v>
+      </c>
+      <c r="B25" s="86" t="s">
+        <v>1881</v>
+      </c>
+      <c r="C25" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D25" s="86" t="s">
+        <v>1885</v>
+      </c>
+      <c r="E25" s="88">
         <v>45869</v>
       </c>
-      <c r="F23" s="162" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="F25" s="162" t="s">
-        <v>1873</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A26" s="99" t="s">
-        <v>35</v>
+      <c r="A26" s="191" t="s">
+        <v>348</v>
       </c>
       <c r="B26" s="86" t="s">
-        <v>1866</v>
+        <v>1881</v>
       </c>
       <c r="C26" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D26" s="86" t="s">
-        <v>1868</v>
+        <v>1886</v>
       </c>
       <c r="E26" s="88">
-        <v>45819</v>
+        <v>45869</v>
       </c>
       <c r="F26" s="162" t="s">
-        <v>1874</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A27" s="99" t="s">
-        <v>35</v>
+      <c r="A27" s="191" t="s">
+        <v>348</v>
       </c>
       <c r="B27" s="86" t="s">
-        <v>1866</v>
+        <v>1881</v>
       </c>
       <c r="C27" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D27" s="86" t="s">
-        <v>1869</v>
+        <v>1887</v>
       </c>
       <c r="E27" s="88">
+        <v>45869</v>
+      </c>
+      <c r="F27" s="162" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A28" s="192" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B28" s="86" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C28" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D28" s="86" t="s">
+        <v>1888</v>
+      </c>
+      <c r="E28" s="88">
+        <v>45839</v>
+      </c>
+      <c r="F28" s="162" t="s">
+        <v>1889</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A29" s="99" t="s">
+        <v>35</v>
+      </c>
+      <c r="B29" s="86" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C29" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D29" s="86" t="s">
+        <v>1867</v>
+      </c>
+      <c r="E29" s="88">
         <v>45819</v>
       </c>
-      <c r="F27" s="162" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="F29" s="162" t="s">
-        <v>1877</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A30" s="189" t="s">
-        <v>81</v>
+      <c r="A30" s="99" t="s">
+        <v>35</v>
       </c>
       <c r="B30" s="86" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="C30" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D30" s="86" t="s">
-        <v>1871</v>
+        <v>1868</v>
       </c>
       <c r="E30" s="88">
-        <v>45769</v>
+        <v>45819</v>
       </c>
       <c r="F30" s="162" t="s">
-        <v>1878</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A31" s="189" t="s">
-        <v>81</v>
+      <c r="A31" s="99" t="s">
+        <v>35</v>
       </c>
       <c r="B31" s="86" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="C31" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D31" s="86" t="s">
-        <v>1872</v>
+        <v>1869</v>
       </c>
       <c r="E31" s="88">
+        <v>45819</v>
+      </c>
+      <c r="F31" s="162" t="s">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="190" t="s">
+        <v>312</v>
+      </c>
+      <c r="B32" s="86" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C32" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D32" s="86" t="s">
+        <v>1870</v>
+      </c>
+      <c r="E32" s="88">
+        <v>45798</v>
+      </c>
+      <c r="F32" s="162" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A33" s="189" t="s">
+        <v>81</v>
+      </c>
+      <c r="B33" s="86" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C33" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D33" s="86" t="s">
+        <v>160</v>
+      </c>
+      <c r="E33" s="88">
         <v>45769</v>
       </c>
-      <c r="F31" s="162" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="F33" s="162" t="s">
-        <v>1860</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A34" s="171" t="s">
-        <v>95</v>
+      <c r="A34" s="189" t="s">
+        <v>81</v>
       </c>
       <c r="B34" s="86" t="s">
-        <v>1846</v>
+        <v>1864</v>
       </c>
       <c r="C34" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D34" s="86" t="s">
-        <v>1848</v>
+        <v>1871</v>
       </c>
       <c r="E34" s="88">
-        <v>45727</v>
+        <v>45769</v>
       </c>
       <c r="F34" s="162" t="s">
-        <v>1859</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A35" s="171" t="s">
-        <v>95</v>
+      <c r="A35" s="189" t="s">
+        <v>81</v>
       </c>
       <c r="B35" s="86" t="s">
-        <v>1846</v>
+        <v>1864</v>
       </c>
       <c r="C35" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D35" s="86" t="s">
+        <v>1872</v>
+      </c>
+      <c r="E35" s="88">
+        <v>45769</v>
+      </c>
+      <c r="F35" s="162" t="s">
+        <v>1879</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A36" s="130" t="s">
+        <v>648</v>
+      </c>
+      <c r="B36" s="86" t="s">
+        <v>1861</v>
+      </c>
+      <c r="C36" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D36" s="86" t="s">
+        <v>1862</v>
+      </c>
+      <c r="E36" s="88">
+        <v>45742</v>
+      </c>
+      <c r="F36" s="162" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A37" s="171" t="s">
+        <v>95</v>
+      </c>
+      <c r="B37" s="86" t="s">
+        <v>1846</v>
+      </c>
+      <c r="C37" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D37" s="86" t="s">
+        <v>1847</v>
+      </c>
+      <c r="E37" s="88">
+        <v>45727</v>
+      </c>
+      <c r="F37" s="162" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A38" s="171" t="s">
+        <v>95</v>
+      </c>
+      <c r="B38" s="86" t="s">
+        <v>1846</v>
+      </c>
+      <c r="C38" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D38" s="86" t="s">
+        <v>1848</v>
+      </c>
+      <c r="E38" s="88">
+        <v>45727</v>
+      </c>
+      <c r="F38" s="162" t="s">
+        <v>1859</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A39" s="171" t="s">
+        <v>95</v>
+      </c>
+      <c r="B39" s="86" t="s">
+        <v>1846</v>
+      </c>
+      <c r="C39" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D39" s="86" t="s">
         <v>1849</v>
       </c>
-      <c r="E35" s="88">
+      <c r="E39" s="88">
         <v>45727</v>
       </c>
-      <c r="F35" s="162" t="s">
+      <c r="F39" s="162" t="s">
         <v>1858</v>
       </c>
     </row>
-    <row r="36" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A36" s="177" t="s">
+    <row r="40" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A40" s="177" t="s">
         <v>1748</v>
       </c>
-      <c r="B36" s="86" t="s">
+      <c r="B40" s="86" t="s">
         <v>1845</v>
       </c>
-      <c r="C36" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D36" s="86" t="s">
+      <c r="C40" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D40" s="86" t="s">
         <v>1850</v>
       </c>
-      <c r="E36" s="88">
+      <c r="E40" s="88">
         <v>45666</v>
       </c>
-      <c r="F36" s="162" t="s">
+      <c r="F40" s="162" t="s">
         <v>1857</v>
       </c>
     </row>
-    <row r="37" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A37" s="99" t="s">
+    <row r="41" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A41" s="99" t="s">
         <v>35</v>
       </c>
-      <c r="B37" s="86" t="s">
+      <c r="B41" s="86" t="s">
         <v>1844</v>
       </c>
-      <c r="C37" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D37" s="86" t="s">
+      <c r="C41" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D41" s="86" t="s">
         <v>1851</v>
       </c>
-      <c r="E37" s="88">
+      <c r="E41" s="88">
         <v>45666</v>
       </c>
-      <c r="F37" s="162" t="s">
+      <c r="F41" s="162" t="s">
         <v>1856</v>
       </c>
     </row>
-    <row r="38" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A38" s="92" t="s">
+    <row r="42" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A42" s="92" t="s">
         <v>73</v>
       </c>
-      <c r="B38" s="86" t="s">
+      <c r="B42" s="86" t="s">
         <v>1843</v>
       </c>
-      <c r="C38" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D38" s="86" t="s">
+      <c r="C42" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D42" s="86" t="s">
         <v>1852</v>
       </c>
-      <c r="E38" s="88">
+      <c r="E42" s="88">
         <v>45642</v>
       </c>
-      <c r="F38" s="162" t="s">
+      <c r="F42" s="162" t="s">
         <v>1855</v>
       </c>
     </row>
-    <row r="39" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A39" s="188" t="s">
+    <row r="43" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A43" s="188" t="s">
         <v>39</v>
       </c>
-      <c r="B39" s="86" t="s">
+      <c r="B43" s="86" t="s">
         <v>1842</v>
       </c>
-      <c r="C39" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D39" s="86" t="s">
+      <c r="C43" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D43" s="86" t="s">
         <v>1853</v>
       </c>
-      <c r="E39" s="88">
+      <c r="E43" s="88">
         <v>45637</v>
       </c>
-      <c r="F39" s="162" t="s">
+      <c r="F43" s="162" t="s">
         <v>1854</v>
       </c>
     </row>
-    <row r="40" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A40" s="99" t="s">
+    <row r="44" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A44" s="99" t="s">
         <v>35</v>
       </c>
-      <c r="B40" s="86" t="s">
+      <c r="B44" s="86" t="s">
         <v>1839</v>
       </c>
-      <c r="C40" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D40" s="86" t="s">
+      <c r="C44" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D44" s="86" t="s">
         <v>1840</v>
       </c>
-      <c r="E40" s="88">
+      <c r="E44" s="88">
         <v>45629</v>
       </c>
-      <c r="F40" s="162" t="s">
+      <c r="F44" s="162" t="s">
         <v>1841</v>
       </c>
     </row>
-    <row r="41" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A41" s="167" t="s">
+    <row r="45" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A45" s="167" t="s">
         <v>10</v>
       </c>
-      <c r="B41" s="86" t="s">
+      <c r="B45" s="86" t="s">
         <v>1826</v>
       </c>
-      <c r="C41" s="86" t="s">
+      <c r="C45" s="86" t="s">
         <v>1632</v>
       </c>
-      <c r="D41" s="86" t="s">
+      <c r="D45" s="86" t="s">
         <v>1833</v>
       </c>
-      <c r="E41" s="88">
+      <c r="E45" s="88">
         <v>45614</v>
       </c>
-      <c r="F41" s="186" t="s">
+      <c r="F45" s="186" t="s">
         <v>1837</v>
       </c>
     </row>
-    <row r="42" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A42" s="167" t="s">
+    <row r="46" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A46" s="167" t="s">
         <v>10</v>
       </c>
-      <c r="B42" s="86" t="s">
+      <c r="B46" s="86" t="s">
         <v>1826</v>
       </c>
-      <c r="C42" s="86" t="s">
+      <c r="C46" s="86" t="s">
         <v>1632</v>
       </c>
-      <c r="D42" s="86" t="s">
+      <c r="D46" s="86" t="s">
         <v>1832</v>
       </c>
-      <c r="E42" s="88">
+      <c r="E46" s="88">
         <v>45614</v>
       </c>
-      <c r="F42" s="186" t="s">
+      <c r="F46" s="186" t="s">
         <v>1838</v>
       </c>
     </row>
-    <row r="43" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A43" s="167" t="s">
+    <row r="47" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A47" s="167" t="s">
         <v>10</v>
       </c>
-      <c r="B43" s="86" t="s">
+      <c r="B47" s="86" t="s">
         <v>1826</v>
       </c>
-      <c r="C43" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D43" s="86" t="s">
+      <c r="C47" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D47" s="86" t="s">
         <v>1831</v>
       </c>
-      <c r="E43" s="88">
+      <c r="E47" s="88">
         <v>45614</v>
       </c>
-      <c r="F43" s="186" t="s">
+      <c r="F47" s="186" t="s">
         <v>1836</v>
       </c>
     </row>
-    <row r="44" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A44" s="177" t="s">
+    <row r="48" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A48" s="177" t="s">
         <v>1748</v>
       </c>
-      <c r="B44" s="86" t="s">
+      <c r="B48" s="86" t="s">
         <v>1827</v>
       </c>
-      <c r="C44" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D44" s="86" t="s">
+      <c r="C48" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D48" s="86" t="s">
         <v>1830</v>
       </c>
-      <c r="E44" s="88">
+      <c r="E48" s="88">
         <v>45604</v>
       </c>
-      <c r="F44" s="162" t="s">
+      <c r="F48" s="162" t="s">
         <v>1835</v>
       </c>
     </row>
-    <row r="45" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A45" s="177" t="s">
+    <row r="49" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A49" s="177" t="s">
         <v>1748</v>
       </c>
-      <c r="B45" s="86" t="s">
+      <c r="B49" s="86" t="s">
         <v>1828</v>
       </c>
-      <c r="C45" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D45" s="86" t="s">
+      <c r="C49" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D49" s="86" t="s">
         <v>1829</v>
       </c>
-      <c r="E45" s="88">
+      <c r="E49" s="88">
         <v>45595</v>
       </c>
-      <c r="F45" s="162" t="s">
+      <c r="F49" s="162" t="s">
         <v>1834</v>
       </c>
     </row>
-    <row r="46" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A46" s="184" t="s">
+    <row r="50" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A50" s="184" t="s">
         <v>55</v>
       </c>
-      <c r="B46" s="86" t="s">
+      <c r="B50" s="86" t="s">
         <v>1823</v>
       </c>
-      <c r="C46" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D46" s="86" t="s">
+      <c r="C50" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D50" s="86" t="s">
         <v>1824</v>
       </c>
-      <c r="E46" s="88">
+      <c r="E50" s="88">
         <v>45594</v>
       </c>
-      <c r="F46" s="162" t="s">
+      <c r="F50" s="162" t="s">
         <v>1825</v>
       </c>
     </row>
-    <row r="47" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A47" s="90" t="s">
+    <row r="51" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A51" s="90" t="s">
         <v>95</v>
       </c>
-      <c r="B47" s="86" t="s">
+      <c r="B51" s="86" t="s">
         <v>1814</v>
-      </c>
-[...78 lines deleted...]
-        <v>1807</v>
       </c>
       <c r="C51" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D51" s="86" t="s">
-        <v>1808</v>
+        <v>1816</v>
       </c>
       <c r="E51" s="88">
-        <v>45554</v>
+        <v>45586</v>
       </c>
       <c r="F51" s="162" t="s">
-        <v>1812</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A52" s="177" t="s">
-        <v>1748</v>
+      <c r="A52" s="90" t="s">
+        <v>95</v>
       </c>
       <c r="B52" s="86" t="s">
-        <v>1807</v>
+        <v>1814</v>
       </c>
       <c r="C52" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D52" s="86" t="s">
-        <v>1809</v>
+        <v>1817</v>
       </c>
       <c r="E52" s="88">
+        <v>45586</v>
+      </c>
+      <c r="F52" s="162" t="s">
+        <v>1821</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A53" s="90" t="s">
+        <v>95</v>
+      </c>
+      <c r="B53" s="86" t="s">
+        <v>1814</v>
+      </c>
+      <c r="C53" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D53" s="86" t="s">
+        <v>1818</v>
+      </c>
+      <c r="E53" s="88">
+        <v>45586</v>
+      </c>
+      <c r="F53" s="162" t="s">
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A54" s="90" t="s">
+        <v>95</v>
+      </c>
+      <c r="B54" s="86" t="s">
+        <v>1814</v>
+      </c>
+      <c r="C54" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D54" s="86" t="s">
+        <v>1815</v>
+      </c>
+      <c r="E54" s="88">
+        <v>45586</v>
+      </c>
+      <c r="F54" s="162" t="s">
+        <v>1819</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A55" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B55" s="86" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C55" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D55" s="86" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E55" s="88">
         <v>45554</v>
       </c>
-      <c r="F52" s="162" t="s">
-[...4 lines deleted...]
-      <c r="A53" s="177" t="s">
+      <c r="F55" s="162" t="s">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A56" s="177" t="s">
         <v>1748</v>
       </c>
-      <c r="B53" s="86" t="s">
+      <c r="B56" s="86" t="s">
         <v>1807</v>
-      </c>
-[...58 lines deleted...]
-        <v>1791</v>
       </c>
       <c r="C56" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D56" s="86" t="s">
-        <v>1793</v>
+        <v>1809</v>
       </c>
       <c r="E56" s="88">
-        <v>45533</v>
+        <v>45554</v>
       </c>
       <c r="F56" s="162" t="s">
-        <v>1798</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="57" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A57" s="185" t="s">
-        <v>47</v>
+      <c r="A57" s="177" t="s">
+        <v>1748</v>
       </c>
       <c r="B57" s="86" t="s">
-        <v>1791</v>
+        <v>1807</v>
       </c>
       <c r="C57" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D57" s="86" t="s">
-        <v>1794</v>
+        <v>1810</v>
       </c>
       <c r="E57" s="88">
-        <v>45533</v>
+        <v>45554</v>
       </c>
       <c r="F57" s="162" t="s">
-        <v>1799</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A58" s="185" t="s">
-        <v>47</v>
+      <c r="A58" s="102" t="s">
+        <v>51</v>
       </c>
       <c r="B58" s="86" t="s">
-        <v>1791</v>
+        <v>1802</v>
       </c>
       <c r="C58" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D58" s="86" t="s">
-        <v>1795</v>
+        <v>1803</v>
       </c>
       <c r="E58" s="88">
-        <v>45533</v>
+        <v>45553</v>
       </c>
       <c r="F58" s="162" t="s">
-        <v>1800</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="59" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A59" s="185" t="s">
-        <v>47</v>
+      <c r="A59" s="102" t="s">
+        <v>51</v>
       </c>
       <c r="B59" s="86" t="s">
-        <v>1791</v>
+        <v>1802</v>
       </c>
       <c r="C59" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D59" s="86" t="s">
-        <v>1796</v>
+        <v>1804</v>
       </c>
       <c r="E59" s="88">
-        <v>45533</v>
+        <v>45553</v>
       </c>
       <c r="F59" s="162" t="s">
-        <v>1801</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="60" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A60" s="185" t="s">
         <v>47</v>
       </c>
       <c r="B60" s="86" t="s">
         <v>1791</v>
       </c>
       <c r="C60" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D60" s="86" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="E60" s="88">
         <v>45533</v>
       </c>
       <c r="F60" s="162" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="61" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A61" s="183" t="s">
-        <v>374</v>
+      <c r="A61" s="185" t="s">
+        <v>47</v>
       </c>
       <c r="B61" s="86" t="s">
-        <v>1784</v>
+        <v>1791</v>
       </c>
       <c r="C61" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D61" s="86" t="s">
-        <v>1786</v>
+        <v>1794</v>
       </c>
       <c r="E61" s="88">
-        <v>45519</v>
+        <v>45533</v>
       </c>
       <c r="F61" s="162" t="s">
-        <v>1789</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="62" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A62" s="183" t="s">
-        <v>374</v>
+      <c r="A62" s="185" t="s">
+        <v>47</v>
       </c>
       <c r="B62" s="86" t="s">
-        <v>1784</v>
+        <v>1791</v>
       </c>
       <c r="C62" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D62" s="86" t="s">
-        <v>1787</v>
+        <v>1795</v>
       </c>
       <c r="E62" s="88">
-        <v>45519</v>
+        <v>45533</v>
       </c>
       <c r="F62" s="162" t="s">
-        <v>1790</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="63" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A63" s="183" t="s">
+      <c r="A63" s="185" t="s">
+        <v>47</v>
+      </c>
+      <c r="B63" s="86" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C63" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D63" s="86" t="s">
+        <v>1796</v>
+      </c>
+      <c r="E63" s="88">
+        <v>45533</v>
+      </c>
+      <c r="F63" s="162" t="s">
+        <v>1801</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A64" s="185" t="s">
+        <v>47</v>
+      </c>
+      <c r="B64" s="86" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C64" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D64" s="86" t="s">
+        <v>1792</v>
+      </c>
+      <c r="E64" s="88">
+        <v>45533</v>
+      </c>
+      <c r="F64" s="162" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A65" s="183" t="s">
         <v>374</v>
       </c>
-      <c r="B63" s="86" t="s">
+      <c r="B65" s="86" t="s">
         <v>1784</v>
-      </c>
-[...38 lines deleted...]
-        <v>1767</v>
       </c>
       <c r="C65" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D65" s="86" t="s">
-        <v>1770</v>
+        <v>1786</v>
       </c>
       <c r="E65" s="88">
-        <v>45516</v>
+        <v>45519</v>
       </c>
       <c r="F65" s="162" t="s">
-        <v>1782</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A66" s="182" t="s">
-        <v>30</v>
+      <c r="A66" s="183" t="s">
+        <v>374</v>
       </c>
       <c r="B66" s="86" t="s">
-        <v>1767</v>
+        <v>1784</v>
       </c>
       <c r="C66" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D66" s="86" t="s">
-        <v>1771</v>
+        <v>1787</v>
       </c>
       <c r="E66" s="88">
-        <v>45516</v>
+        <v>45519</v>
       </c>
       <c r="F66" s="162" t="s">
-        <v>1781</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A67" s="182" t="s">
-        <v>30</v>
+      <c r="A67" s="183" t="s">
+        <v>374</v>
       </c>
       <c r="B67" s="86" t="s">
-        <v>1767</v>
+        <v>1784</v>
       </c>
       <c r="C67" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D67" s="86" t="s">
-        <v>1772</v>
+        <v>1785</v>
       </c>
       <c r="E67" s="88">
-        <v>45516</v>
+        <v>45519</v>
       </c>
       <c r="F67" s="162" t="s">
-        <v>1780</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1788</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A68" s="182" t="s">
         <v>30</v>
       </c>
       <c r="B68" s="86" t="s">
         <v>1767</v>
       </c>
       <c r="C68" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D68" s="86" t="s">
-        <v>1773</v>
+        <v>1769</v>
       </c>
       <c r="E68" s="88">
         <v>45516</v>
       </c>
       <c r="F68" s="162" t="s">
-        <v>1779</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A69" s="182" t="s">
         <v>30</v>
       </c>
       <c r="B69" s="86" t="s">
         <v>1767</v>
       </c>
       <c r="C69" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D69" s="86" t="s">
-        <v>1774</v>
+        <v>1770</v>
       </c>
       <c r="E69" s="88">
         <v>45516</v>
       </c>
       <c r="F69" s="162" t="s">
-        <v>1778</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="70" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A70" s="182" t="s">
         <v>30</v>
       </c>
       <c r="B70" s="86" t="s">
         <v>1767</v>
       </c>
       <c r="C70" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D70" s="86" t="s">
-        <v>1768</v>
+        <v>1771</v>
       </c>
       <c r="E70" s="88">
         <v>45516</v>
       </c>
       <c r="F70" s="162" t="s">
-        <v>1776</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A71" s="182" t="s">
         <v>30</v>
       </c>
       <c r="B71" s="86" t="s">
         <v>1767</v>
       </c>
       <c r="C71" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D71" s="86" t="s">
-        <v>1775</v>
+        <v>1772</v>
       </c>
       <c r="E71" s="88">
         <v>45516</v>
       </c>
-      <c r="F71" s="196" t="s">
-        <v>1777</v>
+      <c r="F71" s="162" t="s">
+        <v>1780</v>
       </c>
     </row>
     <row r="72" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A72" s="84" t="s">
-        <v>39</v>
+      <c r="A72" s="182" t="s">
+        <v>30</v>
       </c>
       <c r="B72" s="86" t="s">
-        <v>1629</v>
+        <v>1767</v>
       </c>
       <c r="C72" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D72" s="86" t="s">
-        <v>1630</v>
+        <v>1773</v>
       </c>
       <c r="E72" s="88">
-        <v>45504</v>
+        <v>45516</v>
       </c>
       <c r="F72" s="162" t="s">
-        <v>1631</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A73" s="84"/>
+      <c r="A73" s="182" t="s">
+        <v>30</v>
+      </c>
       <c r="B73" s="86" t="s">
-        <v>1629</v>
+        <v>1767</v>
       </c>
       <c r="C73" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D73" s="86" t="s">
+        <v>1774</v>
+      </c>
+      <c r="E73" s="88">
+        <v>45516</v>
+      </c>
+      <c r="F73" s="162" t="s">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A74" s="182" t="s">
+        <v>30</v>
+      </c>
+      <c r="B74" s="86" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C74" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D74" s="86" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E74" s="88">
+        <v>45516</v>
+      </c>
+      <c r="F74" s="162" t="s">
+        <v>1776</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A75" s="182" t="s">
+        <v>30</v>
+      </c>
+      <c r="B75" s="86" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C75" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D75" s="86" t="s">
+        <v>1775</v>
+      </c>
+      <c r="E75" s="88">
+        <v>45516</v>
+      </c>
+      <c r="F75" s="196" t="s">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A76" s="84" t="s">
+        <v>39</v>
+      </c>
+      <c r="B76" s="86" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C76" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D76" s="86" t="s">
+        <v>1630</v>
+      </c>
+      <c r="E76" s="88">
+        <v>45504</v>
+      </c>
+      <c r="F76" s="162" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A77" s="84"/>
+      <c r="B77" s="86" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C77" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D77" s="86" t="s">
         <v>1633</v>
       </c>
-      <c r="E73" s="88">
+      <c r="E77" s="88">
         <v>45504</v>
       </c>
-      <c r="F73" s="162" t="s">
+      <c r="F77" s="162" t="s">
         <v>1634</v>
       </c>
     </row>
-    <row r="74" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A74" s="164" t="s">
+    <row r="78" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A78" s="164" t="s">
         <v>409</v>
       </c>
-      <c r="B74" s="86" t="s">
+      <c r="B78" s="86" t="s">
         <v>1609</v>
       </c>
-      <c r="C74" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D74" s="86" t="s">
+      <c r="C78" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D78" s="86" t="s">
         <v>1616</v>
       </c>
-      <c r="E74" s="88">
+      <c r="E78" s="88">
         <v>45497</v>
       </c>
-      <c r="F74" s="196" t="s">
+      <c r="F78" s="196" t="s">
         <v>1628</v>
       </c>
     </row>
-    <row r="75" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A75" s="102" t="s">
+    <row r="79" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A79" s="102" t="s">
         <v>51</v>
       </c>
-      <c r="B75" s="86" t="s">
+      <c r="B79" s="86" t="s">
         <v>1610</v>
       </c>
-      <c r="C75" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D75" s="86" t="s">
+      <c r="C79" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D79" s="86" t="s">
         <v>1617</v>
       </c>
-      <c r="E75" s="88">
+      <c r="E79" s="88">
         <v>45470</v>
       </c>
-      <c r="F75" s="83" t="s">
+      <c r="F79" s="83" t="s">
         <v>1627</v>
       </c>
     </row>
-    <row r="76" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A76" s="177" t="s">
+    <row r="80" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A80" s="177" t="s">
         <v>1748</v>
       </c>
-      <c r="B76" s="86" t="s">
+      <c r="B80" s="86" t="s">
         <v>1611</v>
       </c>
-      <c r="C76" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D76" s="86" t="s">
+      <c r="C80" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D80" s="86" t="s">
         <v>1618</v>
       </c>
-      <c r="E76" s="88">
+      <c r="E80" s="88">
         <v>45461</v>
       </c>
-      <c r="F76" s="83" t="s">
+      <c r="F80" s="83" t="s">
         <v>1626</v>
       </c>
     </row>
-    <row r="77" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-[...79 lines deleted...]
-    <row r="81" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A81" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B81" s="86" t="s">
         <v>1612</v>
       </c>
       <c r="C81" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D81" s="86" t="s">
-        <v>1638</v>
+        <v>1619</v>
       </c>
       <c r="E81" s="88">
         <v>45440</v>
       </c>
       <c r="F81" s="83" t="s">
-        <v>1642</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="82" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A82" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B82" s="86" t="s">
-        <v>1613</v>
+        <v>1612</v>
       </c>
       <c r="C82" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D82" s="86" t="s">
-        <v>1620</v>
+        <v>1636</v>
       </c>
       <c r="E82" s="88">
-        <v>45428</v>
+        <v>45440</v>
       </c>
       <c r="F82" s="83" t="s">
-        <v>1624</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="83" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A83" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B83" s="86" t="s">
-        <v>1613</v>
+        <v>1612</v>
       </c>
       <c r="C83" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D83" s="86" t="s">
-        <v>1643</v>
+        <v>1635</v>
       </c>
       <c r="E83" s="88">
-        <v>45428</v>
+        <v>45440</v>
       </c>
       <c r="F83" s="83" t="s">
-        <v>1650</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="84" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A84" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B84" s="86" t="s">
-        <v>1613</v>
+        <v>1612</v>
       </c>
       <c r="C84" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D84" s="86" t="s">
-        <v>1644</v>
+        <v>1637</v>
       </c>
       <c r="E84" s="88">
-        <v>45428</v>
+        <v>45440</v>
       </c>
       <c r="F84" s="83" t="s">
-        <v>1651</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="85" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A85" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B85" s="86" t="s">
-        <v>1613</v>
+        <v>1612</v>
       </c>
       <c r="C85" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D85" s="86" t="s">
-        <v>1645</v>
+        <v>1638</v>
       </c>
       <c r="E85" s="88">
-        <v>45428</v>
+        <v>45440</v>
       </c>
       <c r="F85" s="83" t="s">
-        <v>1652</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="86" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A86" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B86" s="86" t="s">
         <v>1613</v>
       </c>
       <c r="C86" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D86" s="86" t="s">
-        <v>1646</v>
+        <v>1620</v>
       </c>
       <c r="E86" s="88">
         <v>45428</v>
       </c>
       <c r="F86" s="83" t="s">
-        <v>1653</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="87" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A87" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B87" s="86" t="s">
         <v>1613</v>
       </c>
       <c r="C87" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D87" s="86" t="s">
-        <v>1647</v>
+        <v>1643</v>
       </c>
       <c r="E87" s="88">
         <v>45428</v>
       </c>
       <c r="F87" s="83" t="s">
-        <v>1654</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="88" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A88" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B88" s="86" t="s">
         <v>1613</v>
       </c>
       <c r="C88" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D88" s="86" t="s">
-        <v>1648</v>
+        <v>1644</v>
       </c>
       <c r="E88" s="88">
         <v>45428</v>
       </c>
       <c r="F88" s="83" t="s">
-        <v>1655</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A89" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B89" s="86" t="s">
         <v>1613</v>
       </c>
       <c r="C89" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D89" s="86" t="s">
-        <v>1649</v>
+        <v>1645</v>
       </c>
       <c r="E89" s="88">
         <v>45428</v>
       </c>
       <c r="F89" s="83" t="s">
+        <v>1652</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A90" s="130" t="s">
+        <v>648</v>
+      </c>
+      <c r="B90" s="86" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C90" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D90" s="86" t="s">
+        <v>1646</v>
+      </c>
+      <c r="E90" s="88">
+        <v>45428</v>
+      </c>
+      <c r="F90" s="83" t="s">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A91" s="130" t="s">
+        <v>648</v>
+      </c>
+      <c r="B91" s="86" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C91" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D91" s="86" t="s">
+        <v>1647</v>
+      </c>
+      <c r="E91" s="88">
+        <v>45428</v>
+      </c>
+      <c r="F91" s="83" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A92" s="130" t="s">
+        <v>648</v>
+      </c>
+      <c r="B92" s="86" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C92" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D92" s="86" t="s">
+        <v>1648</v>
+      </c>
+      <c r="E92" s="88">
+        <v>45428</v>
+      </c>
+      <c r="F92" s="83" t="s">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A93" s="130" t="s">
+        <v>648</v>
+      </c>
+      <c r="B93" s="86" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C93" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D93" s="86" t="s">
+        <v>1649</v>
+      </c>
+      <c r="E93" s="88">
+        <v>45428</v>
+      </c>
+      <c r="F93" s="83" t="s">
         <v>1656</v>
       </c>
     </row>
-    <row r="90" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A90" s="102" t="s">
+    <row r="94" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A94" s="102" t="s">
         <v>51</v>
       </c>
-      <c r="B90" s="86" t="s">
+      <c r="B94" s="86" t="s">
         <v>1614</v>
       </c>
-      <c r="C90" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D90" s="86" t="s">
+      <c r="C94" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D94" s="86" t="s">
         <v>542</v>
       </c>
-      <c r="E90" s="88">
+      <c r="E94" s="88">
         <v>45412</v>
       </c>
-      <c r="F90" s="83" t="s">
+      <c r="F94" s="83" t="s">
         <v>1623</v>
       </c>
     </row>
-    <row r="91" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A91" s="91" t="s">
+    <row r="95" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A95" s="91" t="s">
         <v>14</v>
       </c>
-      <c r="B91" s="86" t="s">
+      <c r="B95" s="86" t="s">
         <v>1615</v>
       </c>
-      <c r="C91" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D91" s="86" t="s">
+      <c r="C95" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D95" s="86" t="s">
         <v>1621</v>
       </c>
-      <c r="E91" s="88">
+      <c r="E95" s="88">
         <v>45362</v>
       </c>
-      <c r="F91" s="83" t="s">
+      <c r="F95" s="83" t="s">
         <v>1622</v>
       </c>
     </row>
-    <row r="92" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A92" s="117" t="s">
+    <row r="96" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A96" s="117" t="s">
         <v>327</v>
       </c>
-      <c r="B92" s="86" t="s">
+      <c r="B96" s="86" t="s">
         <v>1600</v>
       </c>
-      <c r="C92" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D92" s="86" t="s">
+      <c r="C96" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D96" s="86" t="s">
         <v>1601</v>
       </c>
-      <c r="E92" s="88">
+      <c r="E96" s="88">
         <v>45344</v>
       </c>
-      <c r="F92" s="83" t="s">
+      <c r="F96" s="83" t="s">
         <v>1602</v>
       </c>
     </row>
-    <row r="93" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A93" s="165" t="s">
+    <row r="97" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A97" s="165" t="s">
         <v>35</v>
       </c>
-      <c r="B93" s="86" t="s">
+      <c r="B97" s="86" t="s">
         <v>1599</v>
       </c>
-      <c r="C93" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D93" s="86" t="s">
+      <c r="C97" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D97" s="86" t="s">
         <v>1604</v>
       </c>
-      <c r="E93" s="88">
+      <c r="E97" s="88">
         <v>45338</v>
       </c>
-      <c r="F93" s="83" t="s">
+      <c r="F97" s="83" t="s">
         <v>1603</v>
       </c>
     </row>
-    <row r="94" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A94" s="165" t="s">
+    <row r="98" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A98" s="165" t="s">
         <v>35</v>
       </c>
-      <c r="B94" s="86" t="s">
+      <c r="B98" s="86" t="s">
         <v>1599</v>
       </c>
-      <c r="C94" s="86" t="s">
+      <c r="C98" s="86" t="s">
         <v>1632</v>
       </c>
-      <c r="D94" s="86" t="s">
+      <c r="D98" s="86" t="s">
         <v>1657</v>
       </c>
-      <c r="E94" s="88">
+      <c r="E98" s="88">
         <v>45338</v>
       </c>
-      <c r="F94" s="83" t="s">
+      <c r="F98" s="83" t="s">
         <v>1659</v>
       </c>
     </row>
-    <row r="95" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A95" s="165" t="s">
+    <row r="99" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A99" s="165" t="s">
         <v>35</v>
       </c>
-      <c r="B95" s="86" t="s">
+      <c r="B99" s="86" t="s">
         <v>1599</v>
       </c>
-      <c r="C95" s="86" t="s">
+      <c r="C99" s="86" t="s">
         <v>1632</v>
       </c>
-      <c r="D95" s="86" t="s">
+      <c r="D99" s="86" t="s">
         <v>1658</v>
       </c>
-      <c r="E95" s="88">
+      <c r="E99" s="88">
         <v>45338</v>
       </c>
-      <c r="F95" s="83" t="s">
+      <c r="F99" s="83" t="s">
         <v>1660</v>
       </c>
     </row>
-    <row r="96" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A96" s="166" t="s">
+    <row r="100" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A100" s="166" t="s">
         <v>1516</v>
       </c>
-      <c r="B96" s="86" t="s">
+      <c r="B100" s="86" t="s">
         <v>1598</v>
       </c>
-      <c r="C96" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D96" s="86" t="s">
+      <c r="C100" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D100" s="86" t="s">
         <v>1605</v>
       </c>
-      <c r="E96" s="88">
+      <c r="E100" s="88">
         <v>45309</v>
       </c>
-      <c r="F96" s="83" t="s">
+      <c r="F100" s="83" t="s">
         <v>1606</v>
       </c>
     </row>
-    <row r="97" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A97" s="130" t="s">
+    <row r="101" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A101" s="130" t="s">
         <v>648</v>
       </c>
-      <c r="B97" s="86" t="s">
+      <c r="B101" s="86" t="s">
         <v>1597</v>
       </c>
-      <c r="C97" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D97" s="86" t="s">
+      <c r="C101" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D101" s="86" t="s">
         <v>1607</v>
       </c>
-      <c r="E97" s="88">
+      <c r="E101" s="88">
         <v>45296</v>
       </c>
-      <c r="F97" s="83" t="s">
+      <c r="F101" s="83" t="s">
         <v>1608</v>
       </c>
     </row>
-    <row r="98" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A98" s="168" t="s">
+    <row r="102" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A102" s="168" t="s">
         <v>51</v>
       </c>
-      <c r="B98" s="86" t="s">
+      <c r="B102" s="86" t="s">
         <v>1585</v>
       </c>
-      <c r="C98" s="86" t="s">
+      <c r="C102" s="86" t="s">
         <v>137</v>
       </c>
-      <c r="D98" s="86" t="s">
+      <c r="D102" s="86" t="s">
         <v>1663</v>
       </c>
-      <c r="E98" s="88">
+      <c r="E102" s="88">
         <v>45271</v>
       </c>
-      <c r="F98" s="83" t="s">
+      <c r="F102" s="83" t="s">
         <v>1664</v>
       </c>
     </row>
-    <row r="99" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A99" s="167" t="s">
+    <row r="103" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A103" s="167" t="s">
         <v>10</v>
       </c>
-      <c r="B99" s="86" t="s">
+      <c r="B103" s="86" t="s">
         <v>1584</v>
       </c>
-      <c r="C99" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D99" s="86" t="s">
+      <c r="C103" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D103" s="86" t="s">
         <v>1588</v>
       </c>
-      <c r="E99" s="88">
+      <c r="E103" s="88">
         <v>45251</v>
       </c>
-      <c r="F99" s="83" t="s">
+      <c r="F103" s="83" t="s">
         <v>1595</v>
       </c>
     </row>
-    <row r="100" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A100" s="167" t="s">
+    <row r="104" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A104" s="167" t="s">
         <v>10</v>
       </c>
-      <c r="B100" s="86" t="s">
+      <c r="B104" s="86" t="s">
         <v>1584</v>
       </c>
-      <c r="C100" s="86" t="s">
+      <c r="C104" s="86" t="s">
         <v>1632</v>
       </c>
-      <c r="D100" s="86" t="s">
+      <c r="D104" s="86" t="s">
         <v>1661</v>
       </c>
-      <c r="E100" s="88">
+      <c r="E104" s="88">
         <v>45251</v>
       </c>
-      <c r="F100" s="83" t="s">
+      <c r="F104" s="83" t="s">
         <v>1662</v>
       </c>
     </row>
-    <row r="101" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A101" s="168" t="s">
+    <row r="105" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A105" s="168" t="s">
         <v>51</v>
       </c>
-      <c r="B101" s="86" t="s">
+      <c r="B105" s="86" t="s">
         <v>1585</v>
       </c>
-      <c r="C101" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D101" s="86" t="s">
+      <c r="C105" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D105" s="86" t="s">
         <v>1589</v>
       </c>
-      <c r="E101" s="88">
+      <c r="E105" s="88">
         <v>45223</v>
       </c>
-      <c r="F101" s="83" t="s">
+      <c r="F105" s="83" t="s">
         <v>1594</v>
       </c>
     </row>
-    <row r="102" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A102" s="177" t="s">
+    <row r="106" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A106" s="177" t="s">
         <v>1748</v>
       </c>
-      <c r="B102" s="86" t="s">
+      <c r="B106" s="86" t="s">
         <v>1586</v>
       </c>
-      <c r="C102" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D102" s="86" t="s">
+      <c r="C106" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D106" s="86" t="s">
         <v>1590</v>
       </c>
-      <c r="E102" s="88">
+      <c r="E106" s="88">
         <v>45222</v>
       </c>
-      <c r="F102" s="83" t="s">
+      <c r="F106" s="83" t="s">
         <v>1593</v>
       </c>
     </row>
-    <row r="103" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A103" s="177" t="s">
+    <row r="107" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A107" s="177" t="s">
         <v>1748</v>
       </c>
-      <c r="B103" s="86" t="s">
+      <c r="B107" s="86" t="s">
         <v>1587</v>
       </c>
-      <c r="C103" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D103" s="86" t="s">
+      <c r="C107" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D107" s="86" t="s">
         <v>1591</v>
       </c>
-      <c r="E103" s="88">
+      <c r="E107" s="88">
         <v>45222</v>
       </c>
-      <c r="F103" s="83" t="s">
+      <c r="F107" s="83" t="s">
         <v>1592</v>
       </c>
     </row>
-    <row r="104" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A104" s="165" t="s">
+    <row r="108" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A108" s="165" t="s">
         <v>35</v>
       </c>
-      <c r="B104" s="86" t="s">
+      <c r="B108" s="86" t="s">
         <v>1579</v>
       </c>
-      <c r="C104" s="86" t="s">
+      <c r="C108" s="86" t="s">
         <v>137</v>
       </c>
-      <c r="D104" s="169" t="s">
+      <c r="D108" s="169" t="s">
         <v>1666</v>
       </c>
-      <c r="E104" s="88">
+      <c r="E108" s="88">
         <v>45210</v>
       </c>
-      <c r="F104" s="83" t="s">
+      <c r="F108" s="83" t="s">
         <v>1668</v>
       </c>
     </row>
-    <row r="105" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A105" s="165" t="s">
+    <row r="109" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A109" s="165" t="s">
         <v>35</v>
       </c>
-      <c r="B105" s="86" t="s">
+      <c r="B109" s="86" t="s">
         <v>1579</v>
       </c>
-      <c r="C105" s="86" t="s">
+      <c r="C109" s="86" t="s">
         <v>137</v>
       </c>
-      <c r="D105" s="169" t="s">
+      <c r="D109" s="169" t="s">
         <v>1665</v>
       </c>
-      <c r="E105" s="88">
+      <c r="E109" s="88">
         <v>45210</v>
       </c>
-      <c r="F105" s="83" t="s">
+      <c r="F109" s="83" t="s">
         <v>1669</v>
       </c>
     </row>
-    <row r="106" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A106" s="165" t="s">
+    <row r="110" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A110" s="165" t="s">
         <v>35</v>
       </c>
-      <c r="B106" s="86" t="s">
+      <c r="B110" s="86" t="s">
         <v>1579</v>
       </c>
-      <c r="C106" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D106" s="169" t="s">
+      <c r="C110" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D110" s="169" t="s">
         <v>1677</v>
       </c>
-      <c r="E106" s="88">
+      <c r="E110" s="88">
         <v>45191</v>
       </c>
-      <c r="F106" s="83" t="s">
+      <c r="F110" s="83" t="s">
         <v>1582</v>
       </c>
     </row>
-    <row r="107" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A107" s="165" t="s">
+    <row r="111" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A111" s="165" t="s">
         <v>35</v>
       </c>
-      <c r="B107" s="86" t="s">
+      <c r="B111" s="86" t="s">
         <v>1579</v>
-      </c>
-[...78 lines deleted...]
-        <v>1580</v>
       </c>
       <c r="C111" s="86" t="s">
         <v>1632</v>
       </c>
-      <c r="D111" s="86" t="s">
-        <v>1673</v>
+      <c r="D111" s="158" t="s">
+        <v>1667</v>
       </c>
       <c r="E111" s="88">
+        <v>45191</v>
+      </c>
+      <c r="F111" s="83" t="s">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A112" s="170" t="s">
+        <v>374</v>
+      </c>
+      <c r="B112" s="86" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C112" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D112" s="86" t="s">
+        <v>1578</v>
+      </c>
+      <c r="E112" s="88">
         <v>45184</v>
       </c>
-      <c r="F111" s="83" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="F112" s="83" t="s">
-        <v>1576</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="113" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A113" s="171" t="s">
-        <v>95</v>
+      <c r="A113" s="170" t="s">
+        <v>374</v>
       </c>
       <c r="B113" s="86" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="C113" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D113" s="86" t="s">
-        <v>1678</v>
+        <v>1671</v>
       </c>
       <c r="E113" s="88">
-        <v>45183</v>
+        <v>45184</v>
       </c>
       <c r="F113" s="83" t="s">
-        <v>1681</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="114" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A114" s="171" t="s">
-        <v>95</v>
+      <c r="A114" s="170" t="s">
+        <v>374</v>
       </c>
       <c r="B114" s="86" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="C114" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D114" s="86" t="s">
-        <v>1679</v>
+        <v>1672</v>
       </c>
       <c r="E114" s="88">
-        <v>45183</v>
+        <v>45184</v>
       </c>
       <c r="F114" s="83" t="s">
-        <v>1682</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="115" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A115" s="171" t="s">
-        <v>95</v>
+      <c r="A115" s="170" t="s">
+        <v>374</v>
       </c>
       <c r="B115" s="86" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="C115" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D115" s="86" t="s">
-        <v>1680</v>
+        <v>1673</v>
       </c>
       <c r="E115" s="88">
+        <v>45184</v>
+      </c>
+      <c r="F115" s="83" t="s">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A116" s="171" t="s">
+        <v>95</v>
+      </c>
+      <c r="B116" s="86" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C116" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D116" s="86" t="s">
+        <v>1581</v>
+      </c>
+      <c r="E116" s="88">
         <v>45183</v>
       </c>
-      <c r="F115" s="83" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="F116" s="83" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="117" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A117" s="85" t="s">
-        <v>30</v>
+      <c r="A117" s="171" t="s">
+        <v>95</v>
       </c>
       <c r="B117" s="86" t="s">
-        <v>1572</v>
+        <v>1577</v>
       </c>
       <c r="C117" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D117" s="86" t="s">
-        <v>1684</v>
+        <v>1678</v>
       </c>
       <c r="E117" s="88">
-        <v>45166</v>
+        <v>45183</v>
       </c>
       <c r="F117" s="83" t="s">
-        <v>1690</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="118" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A118" s="85" t="s">
-        <v>30</v>
+      <c r="A118" s="171" t="s">
+        <v>95</v>
       </c>
       <c r="B118" s="86" t="s">
-        <v>1572</v>
+        <v>1577</v>
       </c>
       <c r="C118" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D118" s="86" t="s">
-        <v>1685</v>
+        <v>1679</v>
       </c>
       <c r="E118" s="88">
-        <v>45166</v>
+        <v>45183</v>
       </c>
       <c r="F118" s="83" t="s">
-        <v>1691</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="119" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A119" s="85" t="s">
-        <v>30</v>
+      <c r="A119" s="171" t="s">
+        <v>95</v>
       </c>
       <c r="B119" s="86" t="s">
-        <v>1572</v>
+        <v>1577</v>
       </c>
       <c r="C119" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D119" s="86" t="s">
-        <v>1686</v>
+        <v>1680</v>
       </c>
       <c r="E119" s="88">
-        <v>45166</v>
+        <v>45183</v>
       </c>
       <c r="F119" s="83" t="s">
-        <v>1692</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A120" s="85" t="s">
         <v>30</v>
       </c>
       <c r="B120" s="86" t="s">
         <v>1572</v>
       </c>
       <c r="C120" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D120" s="86" t="s">
-        <v>1687</v>
+        <v>1573</v>
       </c>
       <c r="E120" s="88">
         <v>45166</v>
       </c>
       <c r="F120" s="83" t="s">
-        <v>1693</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="121" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A121" s="85" t="s">
         <v>30</v>
       </c>
       <c r="B121" s="86" t="s">
         <v>1572</v>
       </c>
       <c r="C121" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D121" s="86" t="s">
-        <v>1688</v>
+        <v>1684</v>
       </c>
       <c r="E121" s="88">
         <v>45166</v>
       </c>
       <c r="F121" s="83" t="s">
-        <v>1694</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A122" s="85" t="s">
         <v>30</v>
       </c>
       <c r="B122" s="86" t="s">
         <v>1572</v>
       </c>
       <c r="C122" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D122" s="86" t="s">
-        <v>1689</v>
+        <v>1685</v>
       </c>
       <c r="E122" s="88">
         <v>45166</v>
       </c>
       <c r="F122" s="83" t="s">
+        <v>1691</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A123" s="85" t="s">
+        <v>30</v>
+      </c>
+      <c r="B123" s="86" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C123" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D123" s="86" t="s">
+        <v>1686</v>
+      </c>
+      <c r="E123" s="88">
+        <v>45166</v>
+      </c>
+      <c r="F123" s="83" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A124" s="85" t="s">
+        <v>30</v>
+      </c>
+      <c r="B124" s="86" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C124" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D124" s="86" t="s">
+        <v>1687</v>
+      </c>
+      <c r="E124" s="88">
+        <v>45166</v>
+      </c>
+      <c r="F124" s="83" t="s">
+        <v>1693</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A125" s="85" t="s">
+        <v>30</v>
+      </c>
+      <c r="B125" s="86" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C125" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D125" s="86" t="s">
+        <v>1688</v>
+      </c>
+      <c r="E125" s="88">
+        <v>45166</v>
+      </c>
+      <c r="F125" s="83" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A126" s="85" t="s">
+        <v>30</v>
+      </c>
+      <c r="B126" s="86" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C126" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D126" s="86" t="s">
+        <v>1689</v>
+      </c>
+      <c r="E126" s="88">
+        <v>45166</v>
+      </c>
+      <c r="F126" s="83" t="s">
         <v>1695</v>
       </c>
     </row>
-    <row r="123" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A123" s="87" t="s">
+    <row r="127" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A127" s="87" t="s">
         <v>204</v>
       </c>
-      <c r="B123" s="86" t="s">
+      <c r="B127" s="86" t="s">
         <v>1571</v>
       </c>
-      <c r="C123" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D123" s="86" t="s">
+      <c r="C127" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D127" s="86" t="s">
         <v>1569</v>
       </c>
-      <c r="E123" s="88">
+      <c r="E127" s="88">
         <v>45160</v>
       </c>
-      <c r="F123" s="83" t="s">
+      <c r="F127" s="83" t="s">
         <v>1570</v>
       </c>
     </row>
-    <row r="124" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A124" s="172" t="s">
+    <row r="128" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A128" s="172" t="s">
         <v>45</v>
       </c>
-      <c r="B124" s="86" t="s">
+      <c r="B128" s="86" t="s">
         <v>1568</v>
       </c>
-      <c r="C124" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D124" s="86" t="s">
+      <c r="C128" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D128" s="86" t="s">
         <v>45</v>
       </c>
-      <c r="E124" s="88">
+      <c r="E128" s="88">
         <v>45142</v>
       </c>
-      <c r="F124" s="83" t="s">
+      <c r="F128" s="83" t="s">
         <v>1567</v>
       </c>
     </row>
-    <row r="125" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A125" s="173" t="s">
+    <row r="129" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A129" s="173" t="s">
         <v>402</v>
       </c>
-      <c r="B125" s="86" t="s">
+      <c r="B129" s="86" t="s">
         <v>1564</v>
       </c>
-      <c r="C125" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D125" s="86" t="s">
+      <c r="C129" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D129" s="86" t="s">
         <v>1563</v>
       </c>
-      <c r="E125" s="88">
+      <c r="E129" s="88">
         <v>45126</v>
       </c>
-      <c r="F125" s="83" t="s">
+      <c r="F129" s="83" t="s">
         <v>1558</v>
       </c>
     </row>
-    <row r="126" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A126" s="174" t="s">
+    <row r="130" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A130" s="174" t="s">
         <v>1566</v>
       </c>
-      <c r="B126" s="86" t="s">
+      <c r="B130" s="86" t="s">
         <v>1565</v>
       </c>
-      <c r="C126" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D126" s="86" t="s">
+      <c r="C130" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D130" s="86" t="s">
         <v>1562</v>
       </c>
-      <c r="E126" s="88">
+      <c r="E130" s="88">
         <v>45126</v>
       </c>
-      <c r="F126" s="83" t="s">
+      <c r="F130" s="83" t="s">
         <v>1559</v>
       </c>
     </row>
-    <row r="127" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A127" s="89" t="s">
+    <row r="131" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A131" s="89" t="s">
         <v>55</v>
       </c>
-      <c r="B127" s="86" t="s">
+      <c r="B131" s="86" t="s">
         <v>1556</v>
       </c>
-      <c r="C127" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D127" s="86" t="s">
+      <c r="C131" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D131" s="86" t="s">
         <v>1561</v>
       </c>
-      <c r="E127" s="88">
+      <c r="E131" s="88">
         <v>45119</v>
       </c>
-      <c r="F127" s="83" t="s">
+      <c r="F131" s="83" t="s">
         <v>1555</v>
       </c>
     </row>
-    <row r="128" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A128" s="90" t="s">
+    <row r="132" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A132" s="90" t="s">
         <v>95</v>
       </c>
-      <c r="B128" s="86" t="s">
+      <c r="B132" s="86" t="s">
         <v>1557</v>
       </c>
-      <c r="C128" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D128" s="86" t="s">
+      <c r="C132" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D132" s="86" t="s">
         <v>1560</v>
       </c>
-      <c r="E128" s="88">
+      <c r="E132" s="88">
         <v>45105</v>
       </c>
-      <c r="F128" s="83" t="s">
+      <c r="F132" s="83" t="s">
         <v>1554</v>
       </c>
     </row>
-    <row r="129" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A129" s="90" t="s">
+    <row r="133" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A133" s="90" t="s">
         <v>95</v>
       </c>
-      <c r="B129" s="86" t="s">
+      <c r="B133" s="86" t="s">
         <v>1557</v>
       </c>
-      <c r="C129" s="86" t="s">
+      <c r="C133" s="86" t="s">
         <v>1632</v>
       </c>
-      <c r="D129" s="86" t="s">
+      <c r="D133" s="86" t="s">
         <v>1672</v>
       </c>
-      <c r="E129" s="88">
+      <c r="E133" s="88">
         <v>45105</v>
       </c>
-      <c r="F129" s="83" t="s">
+      <c r="F133" s="83" t="s">
         <v>1696</v>
       </c>
     </row>
-    <row r="130" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A130" s="175" t="s">
+    <row r="134" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A134" s="175" t="s">
         <v>81</v>
       </c>
-      <c r="B130" s="86" t="s">
+      <c r="B134" s="86" t="s">
         <v>1552</v>
       </c>
-      <c r="C130" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D130" s="86" t="s">
+      <c r="C134" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D134" s="86" t="s">
         <v>160</v>
       </c>
-      <c r="E130" s="88">
+      <c r="E134" s="88">
         <v>45065</v>
       </c>
-      <c r="F130" s="83" t="s">
+      <c r="F134" s="83" t="s">
         <v>1551</v>
       </c>
     </row>
-    <row r="131" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A131" s="175" t="s">
+    <row r="135" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A135" s="175" t="s">
         <v>81</v>
       </c>
-      <c r="B131" s="86" t="s">
+      <c r="B135" s="86" t="s">
         <v>1552</v>
-      </c>
-[...78 lines deleted...]
-        <v>1548</v>
       </c>
       <c r="C135" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D135" s="86" t="s">
-        <v>1702</v>
+        <v>1697</v>
       </c>
       <c r="E135" s="88">
-        <v>45064</v>
+        <v>45065</v>
       </c>
       <c r="F135" s="83" t="s">
-        <v>1712</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="136" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A136" s="91" t="s">
-        <v>14</v>
+      <c r="A136" s="175" t="s">
+        <v>81</v>
       </c>
       <c r="B136" s="86" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C136" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D136" s="86" t="s">
-        <v>1703</v>
+        <v>1698</v>
       </c>
       <c r="E136" s="88">
-        <v>45064</v>
+        <v>45065</v>
       </c>
       <c r="F136" s="83" t="s">
-        <v>1713</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A137" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B137" s="86" t="s">
         <v>1548</v>
       </c>
       <c r="C137" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D137" s="86" t="s">
-        <v>1704</v>
+        <v>1550</v>
       </c>
       <c r="E137" s="88">
         <v>45064</v>
       </c>
       <c r="F137" s="83" t="s">
-        <v>1714</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="138" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A138" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B138" s="86" t="s">
         <v>1548</v>
       </c>
       <c r="C138" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D138" s="86" t="s">
-        <v>1705</v>
+        <v>1701</v>
       </c>
       <c r="E138" s="88">
         <v>45064</v>
       </c>
       <c r="F138" s="83" t="s">
-        <v>1715</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="139" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A139" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B139" s="86" t="s">
         <v>1548</v>
       </c>
       <c r="C139" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D139" s="86" t="s">
-        <v>1706</v>
+        <v>1702</v>
       </c>
       <c r="E139" s="88">
         <v>45064</v>
       </c>
       <c r="F139" s="83" t="s">
-        <v>1716</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="140" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A140" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B140" s="86" t="s">
         <v>1548</v>
       </c>
       <c r="C140" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D140" s="86" t="s">
-        <v>1707</v>
+        <v>1703</v>
       </c>
       <c r="E140" s="88">
         <v>45064</v>
       </c>
       <c r="F140" s="83" t="s">
-        <v>1717</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="141" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A141" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B141" s="86" t="s">
         <v>1548</v>
       </c>
       <c r="C141" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D141" s="86" t="s">
-        <v>1708</v>
+        <v>1704</v>
       </c>
       <c r="E141" s="88">
         <v>45064</v>
       </c>
       <c r="F141" s="83" t="s">
-        <v>1718</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="142" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A142" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B142" s="86" t="s">
         <v>1548</v>
       </c>
       <c r="C142" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D142" s="86" t="s">
-        <v>1709</v>
+        <v>1705</v>
       </c>
       <c r="E142" s="88">
         <v>45064</v>
       </c>
       <c r="F142" s="83" t="s">
-        <v>1719</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="143" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A143" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B143" s="86" t="s">
         <v>1548</v>
       </c>
       <c r="C143" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D143" s="86" t="s">
-        <v>1710</v>
+        <v>1706</v>
       </c>
       <c r="E143" s="88">
         <v>45064</v>
       </c>
       <c r="F143" s="83" t="s">
-        <v>1720</v>
-[...4 lines deleted...]
-        <v>73</v>
+        <v>1716</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A144" s="91" t="s">
+        <v>14</v>
       </c>
       <c r="B144" s="86" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="C144" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D144" s="86" t="s">
-        <v>1546</v>
+        <v>1707</v>
       </c>
       <c r="E144" s="88">
-        <v>45027</v>
+        <v>45064</v>
       </c>
       <c r="F144" s="83" t="s">
-        <v>1545</v>
-[...4 lines deleted...]
-        <v>956</v>
+        <v>1717</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A145" s="91" t="s">
+        <v>14</v>
       </c>
       <c r="B145" s="86" t="s">
-        <v>1543</v>
+        <v>1548</v>
       </c>
       <c r="C145" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D145" s="86" t="s">
-        <v>1544</v>
+        <v>1708</v>
       </c>
       <c r="E145" s="88">
-        <v>45015</v>
+        <v>45064</v>
       </c>
       <c r="F145" s="83" t="s">
-        <v>1542</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="146" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A146" s="94" t="s">
-        <v>433</v>
+      <c r="A146" s="91" t="s">
+        <v>14</v>
       </c>
       <c r="B146" s="86" t="s">
-        <v>1539</v>
+        <v>1548</v>
       </c>
       <c r="C146" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D146" s="86" t="s">
-        <v>1540</v>
+        <v>1709</v>
       </c>
       <c r="E146" s="88">
-        <v>45001</v>
+        <v>45064</v>
       </c>
       <c r="F146" s="83" t="s">
-        <v>1541</v>
-[...4 lines deleted...]
-        <v>433</v>
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A147" s="91" t="s">
+        <v>14</v>
       </c>
       <c r="B147" s="86" t="s">
-        <v>1539</v>
+        <v>1548</v>
       </c>
       <c r="C147" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D147" s="86" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E147" s="88">
+        <v>45064</v>
+      </c>
+      <c r="F147" s="83" t="s">
+        <v>1720</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A148" s="92" t="s">
+        <v>73</v>
+      </c>
+      <c r="B148" s="86" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C148" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D148" s="86" t="s">
+        <v>1546</v>
+      </c>
+      <c r="E148" s="88">
+        <v>45027</v>
+      </c>
+      <c r="F148" s="83" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A149" s="93" t="s">
+        <v>956</v>
+      </c>
+      <c r="B149" s="86" t="s">
+        <v>1543</v>
+      </c>
+      <c r="C149" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D149" s="86" t="s">
+        <v>1544</v>
+      </c>
+      <c r="E149" s="88">
+        <v>45015</v>
+      </c>
+      <c r="F149" s="83" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A150" s="94" t="s">
+        <v>433</v>
+      </c>
+      <c r="B150" s="86" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C150" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D150" s="86" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E150" s="88">
+        <v>45001</v>
+      </c>
+      <c r="F150" s="83" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A151" s="94" t="s">
+        <v>433</v>
+      </c>
+      <c r="B151" s="86" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C151" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D151" s="86" t="s">
         <v>1721</v>
       </c>
-      <c r="E147" s="88">
+      <c r="E151" s="88">
         <v>45001</v>
       </c>
-      <c r="F147" s="83" t="s">
+      <c r="F151" s="83" t="s">
         <v>1724</v>
       </c>
     </row>
-    <row r="148" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A148" s="94" t="s">
+    <row r="152" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A152" s="94" t="s">
         <v>433</v>
       </c>
-      <c r="B148" s="86" t="s">
+      <c r="B152" s="86" t="s">
         <v>1539</v>
-      </c>
-[...78 lines deleted...]
-        <v>1533</v>
       </c>
       <c r="C152" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D152" s="86" t="s">
-        <v>1727</v>
+        <v>1722</v>
       </c>
       <c r="E152" s="88">
-        <v>44958</v>
-[...2 lines deleted...]
-        <v>1731</v>
+        <v>45001</v>
+      </c>
+      <c r="F152" s="83" t="s">
+        <v>1725</v>
       </c>
     </row>
     <row r="153" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A153" s="176" t="s">
-        <v>1252</v>
+      <c r="A153" s="94" t="s">
+        <v>433</v>
       </c>
       <c r="B153" s="86" t="s">
-        <v>1533</v>
+        <v>1539</v>
       </c>
       <c r="C153" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D153" s="86" t="s">
-        <v>1728</v>
+        <v>1723</v>
       </c>
       <c r="E153" s="88">
-        <v>44958</v>
-[...7 lines deleted...]
-        <v>1252</v>
+        <v>45001</v>
+      </c>
+      <c r="F153" s="83" t="s">
+        <v>1726</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A154" s="95" t="s">
+        <v>5</v>
       </c>
       <c r="B154" s="86" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
       <c r="C154" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D154" s="86" t="s">
-        <v>1729</v>
+        <v>1537</v>
       </c>
       <c r="E154" s="88">
-        <v>44958</v>
-[...2 lines deleted...]
-        <v>1733</v>
+        <v>44999</v>
+      </c>
+      <c r="F154" s="83" t="s">
+        <v>1538</v>
       </c>
     </row>
     <row r="155" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A155" s="176" t="s">
         <v>1252</v>
       </c>
       <c r="B155" s="86" t="s">
         <v>1533</v>
       </c>
       <c r="C155" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D155" s="86" t="s">
-        <v>1730</v>
+        <v>1534</v>
       </c>
       <c r="E155" s="88">
         <v>44958</v>
       </c>
       <c r="F155" s="96" t="s">
-        <v>1734</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="156" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A156" s="95" t="s">
-        <v>5</v>
+      <c r="A156" s="176" t="s">
+        <v>1252</v>
       </c>
       <c r="B156" s="86" t="s">
-        <v>6</v>
+        <v>1533</v>
       </c>
       <c r="C156" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D156" s="86" t="s">
-        <v>8</v>
+        <v>1727</v>
       </c>
       <c r="E156" s="88">
-        <v>44904</v>
+        <v>44958</v>
       </c>
       <c r="F156" s="96" t="s">
-        <v>9</v>
-[...4 lines deleted...]
-        <v>10</v>
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A157" s="176" t="s">
+        <v>1252</v>
       </c>
       <c r="B157" s="86" t="s">
-        <v>11</v>
+        <v>1533</v>
       </c>
       <c r="C157" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D157" s="86" t="s">
-        <v>12</v>
+        <v>1728</v>
       </c>
       <c r="E157" s="88">
-        <v>44882</v>
-[...7 lines deleted...]
-        <v>10</v>
+        <v>44958</v>
+      </c>
+      <c r="F157" s="96" t="s">
+        <v>1732</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A158" s="176" t="s">
+        <v>1252</v>
       </c>
       <c r="B158" s="86" t="s">
-        <v>11</v>
+        <v>1533</v>
       </c>
       <c r="C158" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D158" s="86" t="s">
-        <v>1735</v>
+        <v>1729</v>
       </c>
       <c r="E158" s="88">
-        <v>44882</v>
+        <v>44958</v>
       </c>
       <c r="F158" s="96" t="s">
-        <v>1737</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="159" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A159" s="97" t="s">
-        <v>10</v>
+      <c r="A159" s="176" t="s">
+        <v>1252</v>
       </c>
       <c r="B159" s="86" t="s">
-        <v>11</v>
+        <v>1533</v>
       </c>
       <c r="C159" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D159" s="86" t="s">
-        <v>1736</v>
+        <v>1730</v>
       </c>
       <c r="E159" s="88">
+        <v>44958</v>
+      </c>
+      <c r="F159" s="96" t="s">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A160" s="95" t="s">
+        <v>5</v>
+      </c>
+      <c r="B160" s="86" t="s">
+        <v>6</v>
+      </c>
+      <c r="C160" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D160" s="86" t="s">
+        <v>8</v>
+      </c>
+      <c r="E160" s="88">
+        <v>44904</v>
+      </c>
+      <c r="F160" s="96" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A161" s="97" t="s">
+        <v>10</v>
+      </c>
+      <c r="B161" s="86" t="s">
+        <v>11</v>
+      </c>
+      <c r="C161" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D161" s="86" t="s">
+        <v>12</v>
+      </c>
+      <c r="E161" s="88">
         <v>44882</v>
       </c>
-      <c r="F159" s="96" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="F161" s="78" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="162" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A162" s="177" t="s">
-        <v>1748</v>
+      <c r="A162" s="97" t="s">
+        <v>10</v>
       </c>
       <c r="B162" s="86" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C162" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D162" s="86" t="s">
-        <v>1740</v>
+        <v>1735</v>
       </c>
       <c r="E162" s="88">
-        <v>44846</v>
+        <v>44882</v>
       </c>
       <c r="F162" s="96" t="s">
-        <v>1744</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="163" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A163" s="177" t="s">
-        <v>1748</v>
+      <c r="A163" s="97" t="s">
+        <v>10</v>
       </c>
       <c r="B163" s="86" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C163" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D163" s="86" t="s">
-        <v>1741</v>
+        <v>1736</v>
       </c>
       <c r="E163" s="88">
-        <v>44846</v>
+        <v>44882</v>
       </c>
       <c r="F163" s="96" t="s">
-        <v>1745</v>
-[...4 lines deleted...]
-        <v>1748</v>
+        <v>1738</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A164" s="91" t="s">
+        <v>14</v>
       </c>
       <c r="B164" s="86" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C164" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D164" s="86" t="s">
-        <v>1742</v>
+        <v>16</v>
       </c>
       <c r="E164" s="88">
         <v>44846</v>
       </c>
-      <c r="F164" s="96" t="s">
-        <v>1746</v>
+      <c r="F164" s="78" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="165" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A165" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B165" s="86" t="s">
         <v>18</v>
       </c>
       <c r="C165" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D165" s="86" t="s">
-        <v>1743</v>
+        <v>1739</v>
       </c>
       <c r="E165" s="88">
         <v>44846</v>
       </c>
-      <c r="F165" s="96" t="s">
-        <v>1747</v>
+      <c r="F165" s="78" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="166" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A166" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B166" s="86" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C166" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D166" s="86" t="s">
-        <v>21</v>
+        <v>1740</v>
       </c>
       <c r="E166" s="88">
         <v>44846</v>
       </c>
-      <c r="F166" s="78" t="s">
-        <v>22</v>
+      <c r="F166" s="96" t="s">
+        <v>1744</v>
       </c>
     </row>
     <row r="167" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A167" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B167" s="86" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C167" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D167" s="86" t="s">
-        <v>1749</v>
+        <v>1741</v>
       </c>
       <c r="E167" s="88">
         <v>44846</v>
       </c>
       <c r="F167" s="96" t="s">
-        <v>1751</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="168" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A168" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B168" s="86" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C168" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D168" s="86" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="E168" s="88">
         <v>44846</v>
       </c>
       <c r="F168" s="96" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="169" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A169" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B169" s="86" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C169" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D169" s="86" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="E169" s="88">
         <v>44846</v>
       </c>
       <c r="F169" s="96" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="170" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A170" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B170" s="86" t="s">
         <v>20</v>
       </c>
       <c r="C170" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D170" s="86" t="s">
-        <v>1743</v>
+        <v>21</v>
       </c>
       <c r="E170" s="88">
         <v>44846</v>
       </c>
-      <c r="F170" s="96" t="s">
-        <v>1747</v>
+      <c r="F170" s="78" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="171" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A171" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B171" s="86" t="s">
         <v>20</v>
       </c>
       <c r="C171" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D171" s="86" t="s">
-        <v>1750</v>
+        <v>1749</v>
       </c>
       <c r="E171" s="88">
         <v>44846</v>
       </c>
       <c r="F171" s="96" t="s">
-        <v>1752</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="172" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A172" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B172" s="86" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C172" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D172" s="86" t="s">
-        <v>24</v>
+        <v>1741</v>
       </c>
       <c r="E172" s="88">
         <v>44846</v>
       </c>
-      <c r="F172" s="78" t="s">
-        <v>25</v>
+      <c r="F172" s="96" t="s">
+        <v>1745</v>
       </c>
     </row>
     <row r="173" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A173" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B173" s="86" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C173" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D173" s="86" t="s">
-        <v>1753</v>
+        <v>1742</v>
       </c>
       <c r="E173" s="88">
         <v>44846</v>
       </c>
       <c r="F173" s="96" t="s">
-        <v>1755</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="174" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A174" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B174" s="86" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C174" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D174" s="86" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="E174" s="88">
         <v>44846</v>
       </c>
       <c r="F174" s="96" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="175" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A175" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B175" s="86" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C175" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D175" s="86" t="s">
-        <v>1742</v>
+        <v>1750</v>
       </c>
       <c r="E175" s="88">
         <v>44846</v>
       </c>
       <c r="F175" s="96" t="s">
-        <v>1746</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="176" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A176" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B176" s="86" t="s">
         <v>23</v>
       </c>
       <c r="C176" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D176" s="86" t="s">
-        <v>1743</v>
+        <v>24</v>
       </c>
       <c r="E176" s="88">
         <v>44846</v>
       </c>
-      <c r="F176" s="196" t="s">
-        <v>1747</v>
+      <c r="F176" s="78" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="177" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A177" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B177" s="86" t="s">
         <v>23</v>
       </c>
       <c r="C177" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D177" s="86" t="s">
-        <v>1754</v>
+        <v>1753</v>
       </c>
       <c r="E177" s="88">
         <v>44846</v>
       </c>
       <c r="F177" s="96" t="s">
+        <v>1755</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A178" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B178" s="86" t="s">
+        <v>23</v>
+      </c>
+      <c r="C178" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D178" s="86" t="s">
+        <v>1741</v>
+      </c>
+      <c r="E178" s="88">
+        <v>44846</v>
+      </c>
+      <c r="F178" s="96" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A179" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B179" s="86" t="s">
+        <v>23</v>
+      </c>
+      <c r="C179" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D179" s="86" t="s">
+        <v>1742</v>
+      </c>
+      <c r="E179" s="88">
+        <v>44846</v>
+      </c>
+      <c r="F179" s="96" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A180" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B180" s="86" t="s">
+        <v>23</v>
+      </c>
+      <c r="C180" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D180" s="86" t="s">
+        <v>1743</v>
+      </c>
+      <c r="E180" s="88">
+        <v>44846</v>
+      </c>
+      <c r="F180" s="196" t="s">
+        <v>1747</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A181" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B181" s="86" t="s">
+        <v>23</v>
+      </c>
+      <c r="C181" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D181" s="86" t="s">
+        <v>1754</v>
+      </c>
+      <c r="E181" s="88">
+        <v>44846</v>
+      </c>
+      <c r="F181" s="96" t="s">
         <v>1756</v>
       </c>
     </row>
-    <row r="178" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A178" s="98" t="s">
+    <row r="182" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A182" s="98" t="s">
         <v>26</v>
       </c>
-      <c r="B178" s="86" t="s">
+      <c r="B182" s="86" t="s">
         <v>27</v>
       </c>
-      <c r="C178" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D178" s="86" t="s">
+      <c r="C182" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D182" s="86" t="s">
         <v>28</v>
       </c>
-      <c r="E178" s="88">
+      <c r="E182" s="88">
         <v>44832</v>
       </c>
-      <c r="F178" s="78" t="s">
+      <c r="F182" s="78" t="s">
         <v>29</v>
-      </c>
-[...78 lines deleted...]
-        <v>1763</v>
       </c>
     </row>
     <row r="183" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A183" s="85" t="s">
         <v>30</v>
       </c>
       <c r="B183" s="86" t="s">
         <v>31</v>
       </c>
       <c r="C183" s="86" t="s">
         <v>32</v>
       </c>
       <c r="D183" s="86" t="s">
-        <v>1759</v>
+        <v>33</v>
       </c>
       <c r="E183" s="88">
         <v>44825</v>
       </c>
-      <c r="F183" s="96" t="s">
-        <v>1764</v>
+      <c r="F183" s="78" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="184" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A184" s="85" t="s">
         <v>30</v>
       </c>
       <c r="B184" s="86" t="s">
         <v>31</v>
       </c>
       <c r="C184" s="86" t="s">
         <v>32</v>
       </c>
       <c r="D184" s="86" t="s">
-        <v>1760</v>
+        <v>1684</v>
       </c>
       <c r="E184" s="88">
         <v>44825</v>
       </c>
       <c r="F184" s="96" t="s">
-        <v>1765</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="185" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A185" s="85" t="s">
         <v>30</v>
       </c>
       <c r="B185" s="86" t="s">
         <v>31</v>
       </c>
       <c r="C185" s="86" t="s">
         <v>32</v>
       </c>
       <c r="D185" s="86" t="s">
-        <v>1689</v>
+        <v>1757</v>
       </c>
       <c r="E185" s="88">
         <v>44825</v>
       </c>
       <c r="F185" s="96" t="s">
+        <v>1762</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A186" s="85" t="s">
+        <v>30</v>
+      </c>
+      <c r="B186" s="86" t="s">
+        <v>31</v>
+      </c>
+      <c r="C186" s="86" t="s">
+        <v>32</v>
+      </c>
+      <c r="D186" s="86" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E186" s="88">
+        <v>44825</v>
+      </c>
+      <c r="F186" s="96" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A187" s="85" t="s">
+        <v>30</v>
+      </c>
+      <c r="B187" s="86" t="s">
+        <v>31</v>
+      </c>
+      <c r="C187" s="86" t="s">
+        <v>32</v>
+      </c>
+      <c r="D187" s="86" t="s">
+        <v>1759</v>
+      </c>
+      <c r="E187" s="88">
+        <v>44825</v>
+      </c>
+      <c r="F187" s="96" t="s">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A188" s="85" t="s">
+        <v>30</v>
+      </c>
+      <c r="B188" s="86" t="s">
+        <v>31</v>
+      </c>
+      <c r="C188" s="86" t="s">
+        <v>32</v>
+      </c>
+      <c r="D188" s="86" t="s">
+        <v>1760</v>
+      </c>
+      <c r="E188" s="88">
+        <v>44825</v>
+      </c>
+      <c r="F188" s="96" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A189" s="85" t="s">
+        <v>30</v>
+      </c>
+      <c r="B189" s="86" t="s">
+        <v>31</v>
+      </c>
+      <c r="C189" s="86" t="s">
+        <v>32</v>
+      </c>
+      <c r="D189" s="86" t="s">
+        <v>1689</v>
+      </c>
+      <c r="E189" s="88">
+        <v>44825</v>
+      </c>
+      <c r="F189" s="96" t="s">
         <v>1766</v>
       </c>
     </row>
-    <row r="186" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A186" s="99" t="s">
+    <row r="190" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A190" s="99" t="s">
         <v>35</v>
       </c>
-      <c r="B186" s="86" t="s">
+      <c r="B190" s="86" t="s">
         <v>36</v>
       </c>
-      <c r="C186" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D186" s="86" t="s">
+      <c r="C190" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D190" s="86" t="s">
         <v>37</v>
       </c>
-      <c r="E186" s="88">
+      <c r="E190" s="88">
         <v>44819</v>
       </c>
-      <c r="F186" s="78" t="s">
+      <c r="F190" s="78" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="187" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A187" s="177" t="s">
+    <row r="191" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A191" s="177" t="s">
         <v>1748</v>
       </c>
-      <c r="B187" s="86" t="s">
+      <c r="B191" s="86" t="s">
         <v>40</v>
       </c>
-      <c r="C187" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D187" s="86" t="s">
+      <c r="C191" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D191" s="86" t="s">
         <v>41</v>
       </c>
-      <c r="E187" s="88">
+      <c r="E191" s="88">
         <v>44811</v>
       </c>
-      <c r="F187" s="78" t="s">
+      <c r="F191" s="78" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="188" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A188" s="100" t="s">
+    <row r="192" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A192" s="100" t="s">
         <v>43</v>
       </c>
-      <c r="B188" s="86" t="s">
+      <c r="B192" s="86" t="s">
         <v>44</v>
       </c>
-      <c r="C188" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D188" s="86" t="s">
+      <c r="C192" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D192" s="86" t="s">
         <v>45</v>
       </c>
-      <c r="E188" s="88">
+      <c r="E192" s="88">
         <v>44775</v>
       </c>
-      <c r="F188" s="78" t="s">
+      <c r="F192" s="78" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="189" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A189" s="101" t="s">
+    <row r="193" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A193" s="101" t="s">
         <v>47</v>
       </c>
-      <c r="B189" s="86" t="s">
+      <c r="B193" s="86" t="s">
         <v>48</v>
       </c>
-      <c r="C189" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D189" s="86" t="s">
+      <c r="C193" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D193" s="86" t="s">
         <v>49</v>
       </c>
-      <c r="E189" s="88">
+      <c r="E193" s="88">
         <v>44761</v>
       </c>
-      <c r="F189" s="78" t="s">
+      <c r="F193" s="78" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="190" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A190" s="102" t="s">
+    <row r="194" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A194" s="102" t="s">
         <v>51</v>
       </c>
-      <c r="B190" s="86" t="s">
+      <c r="B194" s="86" t="s">
         <v>52</v>
       </c>
-      <c r="C190" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D190" s="103" t="s">
+      <c r="C194" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D194" s="103" t="s">
         <v>53</v>
       </c>
-      <c r="E190" s="88">
+      <c r="E194" s="88">
         <v>44748</v>
       </c>
-      <c r="F190" s="78" t="s">
+      <c r="F194" s="78" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="191" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A191" s="89" t="s">
+    <row r="195" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A195" s="89" t="s">
         <v>55</v>
       </c>
-      <c r="B191" s="86" t="s">
+      <c r="B195" s="86" t="s">
         <v>56</v>
       </c>
-      <c r="C191" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D191" s="86" t="s">
+      <c r="C195" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D195" s="86" t="s">
         <v>57</v>
       </c>
-      <c r="E191" s="88">
+      <c r="E195" s="88">
         <v>44726</v>
       </c>
-      <c r="F191" s="78" t="s">
+      <c r="F195" s="78" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="192" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A192" s="89" t="s">
+    <row r="196" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A196" s="89" t="s">
         <v>55</v>
       </c>
-      <c r="B192" s="86" t="s">
+      <c r="B196" s="86" t="s">
         <v>59</v>
       </c>
-      <c r="C192" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D192" s="86" t="s">
+      <c r="C196" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D196" s="86" t="s">
         <v>60</v>
       </c>
-      <c r="E192" s="88">
+      <c r="E196" s="88">
         <v>44726</v>
       </c>
-      <c r="F192" s="78" t="s">
+      <c r="F196" s="78" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="193" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A193" s="104" t="s">
+    <row r="197" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A197" s="104" t="s">
         <v>62</v>
       </c>
-      <c r="B193" s="86" t="s">
+      <c r="B197" s="86" t="s">
         <v>63</v>
       </c>
-      <c r="C193" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D193" s="86" t="s">
+      <c r="C197" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D197" s="86" t="s">
         <v>64</v>
       </c>
-      <c r="E193" s="88">
+      <c r="E197" s="88">
         <v>44683</v>
       </c>
-      <c r="F193" s="78" t="s">
+      <c r="F197" s="78" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="194" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A194" s="95" t="s">
+    <row r="198" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A198" s="95" t="s">
         <v>5</v>
       </c>
-      <c r="B194" s="86" t="s">
+      <c r="B198" s="86" t="s">
         <v>66</v>
       </c>
-      <c r="C194" s="86" t="s">
+      <c r="C198" s="86" t="s">
         <v>67</v>
       </c>
-      <c r="D194" s="86" t="s">
+      <c r="D198" s="86" t="s">
         <v>68</v>
       </c>
-      <c r="E194" s="88">
+      <c r="E198" s="88">
         <v>44658</v>
       </c>
-      <c r="F194" s="78" t="s">
+      <c r="F198" s="78" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="195" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A195" s="100" t="s">
+    <row r="199" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A199" s="100" t="s">
         <v>43</v>
       </c>
-      <c r="B195" s="86" t="s">
+      <c r="B199" s="86" t="s">
         <v>70</v>
       </c>
-      <c r="C195" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D195" s="86" t="s">
+      <c r="C199" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D199" s="86" t="s">
         <v>71</v>
       </c>
-      <c r="E195" s="88">
+      <c r="E199" s="88">
         <v>44650</v>
       </c>
-      <c r="F195" s="78" t="s">
+      <c r="F199" s="78" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="196" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A196" s="92" t="s">
+    <row r="200" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A200" s="92" t="s">
         <v>73</v>
       </c>
-      <c r="B196" s="86" t="s">
+      <c r="B200" s="86" t="s">
         <v>74</v>
       </c>
-      <c r="C196" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D196" s="86" t="s">
+      <c r="C200" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D200" s="86" t="s">
         <v>75</v>
       </c>
-      <c r="E196" s="88">
+      <c r="E200" s="88">
         <v>44616</v>
       </c>
-      <c r="F196" s="78" t="s">
+      <c r="F200" s="78" t="s">
         <v>76</v>
-      </c>
-[...78 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="201" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A201" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B201" s="86" t="s">
+        <v>78</v>
+      </c>
+      <c r="C201" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D201" s="86" t="s">
+        <v>79</v>
+      </c>
+      <c r="E201" s="88">
+        <v>44607</v>
+      </c>
+      <c r="F201" s="78" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A202" s="106" t="s">
+        <v>81</v>
+      </c>
+      <c r="B202" s="86" t="s">
+        <v>78</v>
+      </c>
+      <c r="C202" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D202" s="86" t="s">
+        <v>79</v>
+      </c>
+      <c r="E202" s="88">
+        <v>44607</v>
+      </c>
+      <c r="F202" s="78" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A203" s="107" t="s">
+        <v>83</v>
+      </c>
+      <c r="B203" s="86" t="s">
+        <v>84</v>
+      </c>
+      <c r="C203" s="108" t="s">
+        <v>85</v>
+      </c>
+      <c r="D203" s="86" t="s">
+        <v>86</v>
+      </c>
+      <c r="E203" s="88">
+        <v>44602</v>
+      </c>
+      <c r="F203" s="78" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="204" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A204" s="109" t="s">
+        <v>88</v>
+      </c>
+      <c r="B204" s="86" t="s">
+        <v>89</v>
+      </c>
+      <c r="C204" s="86" t="s">
+        <v>32</v>
+      </c>
+      <c r="D204" s="86" t="s">
+        <v>90</v>
+      </c>
+      <c r="E204" s="88">
+        <v>44587</v>
+      </c>
+      <c r="F204" s="78" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A205" s="105" t="s">
+        <v>77</v>
+      </c>
+      <c r="B205" s="86" t="s">
         <v>92</v>
       </c>
-      <c r="C201" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D201" s="86" t="s">
+      <c r="C205" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D205" s="86" t="s">
         <v>93</v>
       </c>
-      <c r="E201" s="88">
+      <c r="E205" s="88">
         <v>44579</v>
       </c>
-      <c r="F201" s="78" t="s">
+      <c r="F205" s="78" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="202" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A202" s="90" t="s">
+    <row r="206" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A206" s="90" t="s">
         <v>95</v>
       </c>
-      <c r="B202" s="86" t="s">
+      <c r="B206" s="86" t="s">
         <v>96</v>
       </c>
-      <c r="C202" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D202" s="1" t="s">
+      <c r="C206" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D206" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="E202" s="88">
+      <c r="E206" s="88">
         <v>44559</v>
       </c>
-      <c r="F202" s="78" t="s">
+      <c r="F206" s="78" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="203" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A203" s="90" t="s">
+    <row r="207" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A207" s="90" t="s">
         <v>95</v>
       </c>
-      <c r="B203" s="86" t="s">
+      <c r="B207" s="86" t="s">
         <v>99</v>
       </c>
-      <c r="C203" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D203" s="86" t="s">
+      <c r="C207" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D207" s="86" t="s">
         <v>100</v>
       </c>
-      <c r="E203" s="88">
+      <c r="E207" s="88">
         <v>44539</v>
       </c>
-      <c r="F203" s="78" t="s">
+      <c r="F207" s="78" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="204" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A204" s="97" t="s">
+    <row r="208" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A208" s="97" t="s">
         <v>10</v>
       </c>
-      <c r="B204" s="86" t="s">
+      <c r="B208" s="86" t="s">
         <v>102</v>
       </c>
-      <c r="C204" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D204" s="86" t="s">
+      <c r="C208" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D208" s="86" t="s">
         <v>103</v>
       </c>
-      <c r="E204" s="88">
+      <c r="E208" s="88">
         <v>44522</v>
       </c>
-      <c r="F204" s="78" t="s">
+      <c r="F208" s="78" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="205" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A205" s="110" t="s">
+    <row r="209" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A209" s="110" t="s">
         <v>105</v>
       </c>
-      <c r="B205" s="86" t="s">
+      <c r="B209" s="86" t="s">
         <v>106</v>
       </c>
-      <c r="C205" s="86" t="s">
+      <c r="C209" s="86" t="s">
         <v>107</v>
       </c>
-      <c r="D205" s="86" t="s">
+      <c r="D209" s="86" t="s">
         <v>108</v>
       </c>
-      <c r="E205" s="88">
+      <c r="E209" s="88">
         <v>44496</v>
       </c>
-      <c r="F205" s="78" t="s">
+      <c r="F209" s="78" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="206" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A206" s="98" t="s">
+    <row r="210" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A210" s="98" t="s">
         <v>422</v>
       </c>
-      <c r="B206" s="86" t="s">
+      <c r="B210" s="86" t="s">
         <v>476</v>
       </c>
-      <c r="C206" s="86" t="s">
+      <c r="C210" s="86" t="s">
         <v>137</v>
       </c>
-      <c r="D206" s="86" t="s">
+      <c r="D210" s="86" t="s">
         <v>477</v>
       </c>
-      <c r="E206" s="88">
+      <c r="E210" s="88">
         <v>44470</v>
       </c>
-      <c r="F206" s="78" t="s">
+      <c r="F210" s="78" t="s">
         <v>478</v>
       </c>
     </row>
-    <row r="207" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A207" s="85" t="s">
+    <row r="211" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A211" s="85" t="s">
         <v>30</v>
       </c>
-      <c r="B207" s="86" t="s">
+      <c r="B211" s="86" t="s">
         <v>110</v>
       </c>
-      <c r="C207" s="86" t="s">
+      <c r="C211" s="86" t="s">
         <v>32</v>
       </c>
-      <c r="D207" s="86" t="s">
+      <c r="D211" s="86" t="s">
         <v>111</v>
       </c>
-      <c r="E207" s="88">
+      <c r="E211" s="88">
         <v>44455</v>
       </c>
-      <c r="F207" s="78" t="s">
+      <c r="F211" s="78" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="208" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A208" s="105" t="s">
+    <row r="212" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A212" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="B208" s="86" t="s">
+      <c r="B212" s="86" t="s">
         <v>113</v>
       </c>
-      <c r="C208" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D208" s="86" t="s">
+      <c r="C212" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D212" s="86" t="s">
         <v>114</v>
       </c>
-      <c r="E208" s="88">
+      <c r="E212" s="88">
         <v>44431</v>
       </c>
-      <c r="F208" s="78" t="s">
+      <c r="F212" s="78" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="209" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A209" s="106" t="s">
+    <row r="213" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A213" s="106" t="s">
         <v>81</v>
       </c>
-      <c r="B209" s="86" t="s">
+      <c r="B213" s="86" t="s">
         <v>113</v>
       </c>
-      <c r="C209" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D209" s="86" t="s">
+      <c r="C213" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D213" s="86" t="s">
         <v>114</v>
       </c>
-      <c r="E209" s="88">
+      <c r="E213" s="88">
         <v>44431</v>
       </c>
-      <c r="F209" s="78" t="s">
+      <c r="F213" s="78" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="210" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A210" s="105" t="s">
+    <row r="214" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A214" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="B210" s="86" t="s">
+      <c r="B214" s="86" t="s">
         <v>116</v>
       </c>
-      <c r="C210" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D210" s="86" t="s">
+      <c r="C214" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D214" s="86" t="s">
         <v>117</v>
       </c>
-      <c r="E210" s="88">
+      <c r="E214" s="88">
         <v>44426</v>
       </c>
-      <c r="F210" s="78" t="s">
+      <c r="F214" s="78" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="211" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A211" s="104" t="s">
+    <row r="215" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A215" s="104" t="s">
         <v>62</v>
       </c>
-      <c r="B211" s="86" t="s">
+      <c r="B215" s="86" t="s">
         <v>119</v>
       </c>
-      <c r="C211" s="86" t="s">
+      <c r="C215" s="86" t="s">
         <v>120</v>
       </c>
-      <c r="D211" s="86" t="s">
+      <c r="D215" s="86" t="s">
         <v>121</v>
       </c>
-      <c r="E211" s="88">
+      <c r="E215" s="88">
         <v>44417</v>
       </c>
-      <c r="F211" s="78" t="s">
+      <c r="F215" s="78" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="212" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A212" s="92" t="s">
+    <row r="216" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A216" s="92" t="s">
         <v>73</v>
       </c>
-      <c r="B212" s="86" t="s">
+      <c r="B216" s="86" t="s">
         <v>123</v>
       </c>
-      <c r="C212" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D212" s="86" t="s">
+      <c r="C216" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D216" s="86" t="s">
         <v>124</v>
       </c>
-      <c r="E212" s="88">
+      <c r="E216" s="88">
         <v>44413</v>
       </c>
-      <c r="F212" s="78" t="s">
+      <c r="F216" s="78" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="213" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A213" s="111" t="s">
+    <row r="217" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A217" s="111" t="s">
         <v>45</v>
       </c>
-      <c r="B213" s="86" t="s">
+      <c r="B217" s="86" t="s">
         <v>126</v>
       </c>
-      <c r="C213" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D213" s="86" t="s">
+      <c r="C217" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D217" s="86" t="s">
         <v>127</v>
       </c>
-      <c r="E213" s="88">
+      <c r="E217" s="88">
         <v>44405</v>
       </c>
-      <c r="F213" s="78" t="s">
+      <c r="F217" s="78" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="214" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A214" s="89" t="s">
+    <row r="218" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A218" s="89" t="s">
         <v>129</v>
       </c>
-      <c r="B214" s="86" t="s">
+      <c r="B218" s="86" t="s">
         <v>130</v>
       </c>
-      <c r="C214" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D214" s="86" t="s">
+      <c r="C218" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D218" s="86" t="s">
         <v>131</v>
       </c>
-      <c r="E214" s="88">
+      <c r="E218" s="88">
         <v>44391</v>
       </c>
-      <c r="F214" s="78" t="s">
+      <c r="F218" s="78" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="215" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A215" s="89" t="s">
+    <row r="219" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A219" s="89" t="s">
         <v>129</v>
       </c>
-      <c r="B215" s="86" t="s">
+      <c r="B219" s="86" t="s">
         <v>133</v>
       </c>
-      <c r="C215" s="86" t="s">
+      <c r="C219" s="86" t="s">
         <v>85</v>
       </c>
-      <c r="D215" s="86" t="s">
+      <c r="D219" s="86" t="s">
         <v>134</v>
       </c>
-      <c r="E215" s="88">
+      <c r="E219" s="88">
         <v>44377</v>
       </c>
-      <c r="F215" s="78" t="s">
+      <c r="F219" s="78" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="216" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A216" s="102" t="s">
+    <row r="220" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A220" s="102" t="s">
         <v>51</v>
       </c>
-      <c r="B216" s="86" t="s">
+      <c r="B220" s="86" t="s">
         <v>140</v>
       </c>
-      <c r="C216" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D216" s="2" t="s">
+      <c r="C220" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D220" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="E216" s="88">
+      <c r="E220" s="88">
         <v>44371</v>
       </c>
-      <c r="F216" s="78" t="s">
+      <c r="F220" s="78" t="s">
         <v>142</v>
-      </c>
-[...78 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="221" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A221" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B221" s="86" t="s">
+        <v>143</v>
+      </c>
+      <c r="C221" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D221" s="86" t="s">
+        <v>144</v>
+      </c>
+      <c r="E221" s="88">
+        <v>44363</v>
+      </c>
+      <c r="F221" s="78" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="222" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A222" s="112" t="s">
+        <v>146</v>
+      </c>
+      <c r="B222" s="86" t="s">
+        <v>147</v>
+      </c>
+      <c r="C222" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D222" s="86" t="s">
+        <v>148</v>
+      </c>
+      <c r="E222" s="88">
+        <v>44355</v>
+      </c>
+      <c r="F222" s="78" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="223" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A223" s="91" t="s">
+        <v>14</v>
+      </c>
+      <c r="B223" s="86" t="s">
+        <v>150</v>
+      </c>
+      <c r="C223" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D223" s="86" t="s">
+        <v>151</v>
+      </c>
+      <c r="E223" s="88">
+        <v>44336</v>
+      </c>
+      <c r="F223" s="78" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A224" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B224" s="86" t="s">
+        <v>153</v>
+      </c>
+      <c r="C224" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D224" s="86" t="s">
+        <v>154</v>
+      </c>
+      <c r="E224" s="88">
+        <v>44326</v>
+      </c>
+      <c r="F224" s="78" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="225" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A225" s="105" t="s">
+        <v>77</v>
+      </c>
+      <c r="B225" s="86" t="s">
         <v>156</v>
       </c>
-      <c r="C221" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D221" s="86" t="s">
+      <c r="C225" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D225" s="86" t="s">
         <v>157</v>
       </c>
-      <c r="E221" s="88">
+      <c r="E225" s="88">
         <v>44320</v>
       </c>
-      <c r="F221" s="78" t="s">
+      <c r="F225" s="78" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="222" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A222" s="106" t="s">
+    <row r="226" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A226" s="106" t="s">
         <v>81</v>
       </c>
-      <c r="B222" s="86" t="s">
+      <c r="B226" s="86" t="s">
         <v>159</v>
       </c>
-      <c r="C222" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D222" s="86" t="s">
+      <c r="C226" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D226" s="86" t="s">
         <v>160</v>
       </c>
-      <c r="E222" s="88">
+      <c r="E226" s="88">
         <v>44319</v>
       </c>
-      <c r="F222" s="96" t="s">
+      <c r="F226" s="96" t="s">
         <v>161</v>
       </c>
     </row>
-    <row r="223" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A223" s="107" t="s">
+    <row r="227" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A227" s="107" t="s">
         <v>83</v>
       </c>
-      <c r="B223" s="86" t="s">
+      <c r="B227" s="86" t="s">
         <v>162</v>
       </c>
-      <c r="C223" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D223" s="86" t="s">
+      <c r="C227" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D227" s="86" t="s">
         <v>163</v>
       </c>
-      <c r="E223" s="88">
+      <c r="E227" s="88">
         <v>44307</v>
       </c>
-      <c r="F223" s="78" t="s">
+      <c r="F227" s="78" t="s">
         <v>164</v>
-      </c>
-[...78 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="228" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A228" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B228" s="86" t="s">
-        <v>165</v>
+        <v>313</v>
       </c>
       <c r="C228" s="86" t="s">
-        <v>7</v>
+        <v>137</v>
       </c>
       <c r="D228" s="86" t="s">
-        <v>166</v>
+        <v>314</v>
       </c>
       <c r="E228" s="88">
-        <v>44280</v>
+        <v>44293</v>
       </c>
       <c r="F228" s="78" t="s">
-        <v>167</v>
+        <v>315</v>
       </c>
     </row>
     <row r="229" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A229" s="102" t="s">
-        <v>51</v>
+      <c r="A229" s="90" t="s">
+        <v>95</v>
       </c>
       <c r="B229" s="86" t="s">
-        <v>136</v>
+        <v>196</v>
       </c>
       <c r="C229" s="86" t="s">
         <v>137</v>
       </c>
       <c r="D229" s="86" t="s">
-        <v>138</v>
+        <v>197</v>
       </c>
       <c r="E229" s="88">
-        <v>44272</v>
+        <v>44286</v>
       </c>
       <c r="F229" s="78" t="s">
-        <v>139</v>
-[...4 lines deleted...]
-        <v>1748</v>
+        <v>198</v>
+      </c>
+    </row>
+    <row r="230" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A230" s="89" t="s">
+        <v>129</v>
       </c>
       <c r="B230" s="86" t="s">
-        <v>174</v>
+        <v>196</v>
       </c>
       <c r="C230" s="86" t="s">
         <v>137</v>
       </c>
-      <c r="D230" s="3" t="s">
-        <v>175</v>
+      <c r="D230" s="86" t="s">
+        <v>197</v>
       </c>
       <c r="E230" s="88">
-        <v>44270</v>
-[...5 lines deleted...]
-    <row r="231" spans="1:6" x14ac:dyDescent="0.35">
+        <v>44286</v>
+      </c>
+      <c r="F230" s="78" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="231" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A231" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B231" s="86" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="C231" s="86" t="s">
         <v>137</v>
       </c>
       <c r="D231" s="3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="E231" s="88">
+        <v>44284</v>
+      </c>
+      <c r="F231" s="81" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="232" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A232" s="105" t="s">
+        <v>77</v>
+      </c>
+      <c r="B232" s="86" t="s">
+        <v>165</v>
+      </c>
+      <c r="C232" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D232" s="86" t="s">
+        <v>166</v>
+      </c>
+      <c r="E232" s="88">
+        <v>44280</v>
+      </c>
+      <c r="F232" s="78" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="233" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A233" s="102" t="s">
+        <v>51</v>
+      </c>
+      <c r="B233" s="86" t="s">
+        <v>136</v>
+      </c>
+      <c r="C233" s="86" t="s">
+        <v>137</v>
+      </c>
+      <c r="D233" s="86" t="s">
+        <v>138</v>
+      </c>
+      <c r="E233" s="88">
+        <v>44272</v>
+      </c>
+      <c r="F233" s="78" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="234" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A234" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B234" s="86" t="s">
+        <v>174</v>
+      </c>
+      <c r="C234" s="86" t="s">
+        <v>137</v>
+      </c>
+      <c r="D234" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="E234" s="88">
         <v>44270</v>
       </c>
-      <c r="F231" s="78" t="s">
-[...24 lines deleted...]
-      <c r="A233" s="177" t="s">
+      <c r="F234" s="180" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="235" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A235" s="177" t="s">
         <v>1748</v>
       </c>
-      <c r="B233" s="86" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="B235" s="86" t="s">
-        <v>228</v>
+        <v>177</v>
       </c>
       <c r="C235" s="86" t="s">
         <v>137</v>
       </c>
-      <c r="D235" s="86" t="s">
+      <c r="D235" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="E235" s="88">
+        <v>44270</v>
+      </c>
+      <c r="F235" s="78" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="236" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A236" s="109" t="s">
+        <v>88</v>
+      </c>
+      <c r="B236" s="86" t="s">
+        <v>168</v>
+      </c>
+      <c r="C236" s="86" t="s">
+        <v>32</v>
+      </c>
+      <c r="D236" s="86" t="s">
+        <v>169</v>
+      </c>
+      <c r="E236" s="88">
+        <v>44250</v>
+      </c>
+      <c r="F236" s="78" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="237" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A237" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B237" s="86" t="s">
+        <v>180</v>
+      </c>
+      <c r="C237" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D237" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="E237" s="88">
+        <v>44245</v>
+      </c>
+      <c r="F237" s="78" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="238" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A238" s="92" t="s">
+        <v>73</v>
+      </c>
+      <c r="B238" s="86" t="s">
+        <v>183</v>
+      </c>
+      <c r="C238" s="86" t="s">
+        <v>32</v>
+      </c>
+      <c r="D238" s="86" t="s">
+        <v>184</v>
+      </c>
+      <c r="E238" s="88">
+        <v>44238</v>
+      </c>
+      <c r="F238" s="96" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="239" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A239" s="85" t="s">
+        <v>227</v>
+      </c>
+      <c r="B239" s="86" t="s">
+        <v>228</v>
+      </c>
+      <c r="C239" s="86" t="s">
+        <v>137</v>
+      </c>
+      <c r="D239" s="86" t="s">
         <v>229</v>
       </c>
-      <c r="E235" s="88">
+      <c r="E239" s="88">
         <v>44218</v>
       </c>
-      <c r="F235" s="78" t="s">
+      <c r="F239" s="78" t="s">
         <v>230</v>
       </c>
     </row>
-    <row r="236" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A236" s="85" t="s">
+    <row r="240" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A240" s="85" t="s">
         <v>30</v>
       </c>
-      <c r="B236" s="86" t="s">
+      <c r="B240" s="86" t="s">
         <v>231</v>
       </c>
-      <c r="C236" s="86" t="s">
+      <c r="C240" s="86" t="s">
         <v>137</v>
       </c>
-      <c r="D236" s="86" t="s">
+      <c r="D240" s="86" t="s">
         <v>232</v>
       </c>
-      <c r="E236" s="88">
+      <c r="E240" s="88">
         <v>44208</v>
       </c>
-      <c r="F236" s="78" t="s">
+      <c r="F240" s="78" t="s">
         <v>233</v>
       </c>
     </row>
-    <row r="237" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A237" s="105" t="s">
+    <row r="241" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A241" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="B237" s="86" t="s">
+      <c r="B241" s="86" t="s">
         <v>186</v>
       </c>
-      <c r="C237" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D237" s="86" t="s">
+      <c r="C241" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D241" s="86" t="s">
         <v>166</v>
       </c>
-      <c r="E237" s="88">
+      <c r="E241" s="88">
         <v>44195</v>
       </c>
-      <c r="F237" s="78" t="s">
+      <c r="F241" s="78" t="s">
         <v>187</v>
       </c>
     </row>
-    <row r="238" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A238" s="105" t="s">
+    <row r="242" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A242" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="B238" s="86" t="s">
+      <c r="B242" s="86" t="s">
         <v>216</v>
       </c>
-      <c r="C238" s="86" t="s">
+      <c r="C242" s="86" t="s">
         <v>137</v>
       </c>
-      <c r="D238" s="86" t="s">
+      <c r="D242" s="86" t="s">
         <v>217</v>
       </c>
-      <c r="E238" s="88">
+      <c r="E242" s="88">
         <v>44186</v>
       </c>
-      <c r="F238" s="78" t="s">
+      <c r="F242" s="78" t="s">
         <v>218</v>
       </c>
     </row>
-    <row r="239" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A239" s="109" t="s">
+    <row r="243" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A243" s="109" t="s">
         <v>88</v>
       </c>
-      <c r="B239" s="86" t="s">
+      <c r="B243" s="86" t="s">
         <v>188</v>
       </c>
-      <c r="C239" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D239" s="86" t="s">
+      <c r="C243" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D243" s="86" t="s">
         <v>189</v>
       </c>
-      <c r="E239" s="88">
+      <c r="E243" s="88">
         <v>44182</v>
       </c>
-      <c r="F239" s="78" t="s">
+      <c r="F243" s="78" t="s">
         <v>190</v>
       </c>
     </row>
-    <row r="240" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A240" s="113" t="s">
+    <row r="244" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A244" s="113" t="s">
         <v>191</v>
       </c>
-      <c r="B240" s="86" t="s">
+      <c r="B244" s="86" t="s">
         <v>188</v>
       </c>
-      <c r="C240" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D240" s="86" t="s">
+      <c r="C244" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D244" s="86" t="s">
         <v>189</v>
       </c>
-      <c r="E240" s="88">
+      <c r="E244" s="88">
         <v>44182</v>
       </c>
-      <c r="F240" s="78" t="s">
+      <c r="F244" s="78" t="s">
         <v>190</v>
       </c>
     </row>
-    <row r="241" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A241" s="101" t="s">
+    <row r="245" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A245" s="101" t="s">
         <v>192</v>
       </c>
-      <c r="B241" s="86" t="s">
+      <c r="B245" s="86" t="s">
         <v>193</v>
       </c>
-      <c r="C241" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D241" s="86" t="s">
+      <c r="C245" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D245" s="86" t="s">
         <v>194</v>
       </c>
-      <c r="E241" s="88">
+      <c r="E245" s="88">
         <v>44154</v>
       </c>
-      <c r="F241" s="78" t="s">
+      <c r="F245" s="78" t="s">
         <v>195</v>
       </c>
     </row>
-    <row r="242" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A242" s="90" t="s">
+    <row r="246" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A246" s="90" t="s">
         <v>95</v>
       </c>
-      <c r="B242" s="86" t="s">
+      <c r="B246" s="86" t="s">
         <v>199</v>
       </c>
-      <c r="C242" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D242" s="86" t="s">
+      <c r="C246" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D246" s="86" t="s">
         <v>197</v>
       </c>
-      <c r="E242" s="88">
+      <c r="E246" s="88">
         <v>44154</v>
       </c>
-      <c r="F242" s="78" t="s">
+      <c r="F246" s="78" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="243" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A243" s="89" t="s">
+    <row r="247" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A247" s="89" t="s">
         <v>129</v>
       </c>
-      <c r="B243" s="86" t="s">
+      <c r="B247" s="86" t="s">
         <v>199</v>
       </c>
-      <c r="C243" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D243" s="86" t="s">
+      <c r="C247" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D247" s="86" t="s">
         <v>197</v>
       </c>
-      <c r="E243" s="88">
+      <c r="E247" s="88">
         <v>44154</v>
       </c>
-      <c r="F243" s="78" t="s">
+      <c r="F247" s="78" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="244" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A244" s="97" t="s">
+    <row r="248" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A248" s="97" t="s">
         <v>10</v>
       </c>
-      <c r="B244" s="86" t="s">
+      <c r="B248" s="86" t="s">
         <v>201</v>
       </c>
-      <c r="C244" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D244" s="86" t="s">
+      <c r="C248" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D248" s="86" t="s">
         <v>202</v>
       </c>
-      <c r="E244" s="88">
+      <c r="E248" s="88">
         <v>44154</v>
       </c>
-      <c r="F244" s="78" t="s">
+      <c r="F248" s="78" t="s">
         <v>203</v>
       </c>
     </row>
-    <row r="245" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A245" s="87" t="s">
+    <row r="249" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A249" s="87" t="s">
         <v>204</v>
       </c>
-      <c r="B245" s="86" t="s">
+      <c r="B249" s="86" t="s">
         <v>205</v>
       </c>
-      <c r="C245" s="86" t="s">
+      <c r="C249" s="86" t="s">
         <v>206</v>
       </c>
-      <c r="D245" s="86" t="s">
+      <c r="D249" s="86" t="s">
         <v>207</v>
       </c>
-      <c r="E245" s="88">
+      <c r="E249" s="88">
         <v>44140</v>
       </c>
-      <c r="F245" s="78" t="s">
+      <c r="F249" s="78" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="246" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A246" s="106" t="s">
+    <row r="250" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A250" s="106" t="s">
         <v>81</v>
       </c>
-      <c r="B246" s="86" t="s">
+      <c r="B250" s="86" t="s">
         <v>209</v>
       </c>
-      <c r="C246" s="86" t="s">
+      <c r="C250" s="86" t="s">
         <v>67</v>
       </c>
-      <c r="D246" s="86" t="s">
+      <c r="D250" s="86" t="s">
         <v>210</v>
       </c>
-      <c r="E246" s="88">
+      <c r="E250" s="88">
         <v>44137</v>
       </c>
-      <c r="F246" s="78" t="s">
+      <c r="F250" s="78" t="s">
         <v>211</v>
       </c>
     </row>
-    <row r="247" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A247" s="114" t="s">
+    <row r="251" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A251" s="114" t="s">
         <v>212</v>
       </c>
-      <c r="B247" s="86" t="s">
+      <c r="B251" s="86" t="s">
         <v>213</v>
       </c>
-      <c r="C247" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D247" s="86" t="s">
+      <c r="C251" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D251" s="86" t="s">
         <v>214</v>
       </c>
-      <c r="E247" s="88">
+      <c r="E251" s="88">
         <v>44137</v>
       </c>
-      <c r="F247" s="78" t="s">
+      <c r="F251" s="78" t="s">
         <v>215</v>
       </c>
     </row>
-    <row r="248" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A248" s="105" t="s">
+    <row r="252" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A252" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="B248" s="86" t="s">
+      <c r="B252" s="86" t="s">
         <v>219</v>
       </c>
-      <c r="C248" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D248" s="86" t="s">
+      <c r="C252" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D252" s="86" t="s">
         <v>217</v>
       </c>
-      <c r="E248" s="88">
+      <c r="E252" s="88">
         <v>44123</v>
       </c>
-      <c r="F248" s="78" t="s">
+      <c r="F252" s="78" t="s">
         <v>220</v>
       </c>
     </row>
-    <row r="249" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A249" s="105" t="s">
+    <row r="253" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A253" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="B249" s="86" t="s">
+      <c r="B253" s="86" t="s">
         <v>221</v>
       </c>
-      <c r="C249" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D249" s="86" t="s">
+      <c r="C253" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D253" s="86" t="s">
         <v>222</v>
       </c>
-      <c r="E249" s="88">
+      <c r="E253" s="88">
         <v>44118</v>
       </c>
-      <c r="F249" s="78" t="s">
+      <c r="F253" s="78" t="s">
         <v>223</v>
       </c>
     </row>
-    <row r="250" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-[...79 lines deleted...]
-    <row r="254" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="254" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A254" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B254" s="86" t="s">
-        <v>242</v>
+        <v>286</v>
       </c>
       <c r="C254" s="86" t="s">
-        <v>137</v>
+        <v>287</v>
       </c>
       <c r="D254" s="86" t="s">
-        <v>243</v>
+        <v>288</v>
       </c>
       <c r="E254" s="88">
-        <v>44076</v>
+        <v>44095</v>
       </c>
       <c r="F254" s="78" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="255" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A255" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B255" s="86" t="s">
-        <v>237</v>
+        <v>224</v>
       </c>
       <c r="C255" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D255" s="86" t="s">
-        <v>238</v>
+        <v>225</v>
       </c>
       <c r="E255" s="88">
-        <v>44061</v>
+        <v>44091</v>
       </c>
       <c r="F255" s="78" t="s">
-        <v>239</v>
+        <v>226</v>
       </c>
     </row>
     <row r="256" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A256" s="105" t="s">
+      <c r="A256" s="106" t="s">
+        <v>81</v>
+      </c>
+      <c r="B256" s="86" t="s">
+        <v>224</v>
+      </c>
+      <c r="C256" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D256" s="86" t="s">
+        <v>225</v>
+      </c>
+      <c r="E256" s="88">
+        <v>44091</v>
+      </c>
+      <c r="F256" s="78" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="257" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A257" s="85" t="s">
+        <v>30</v>
+      </c>
+      <c r="B257" s="86" t="s">
+        <v>234</v>
+      </c>
+      <c r="C257" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D257" s="86" t="s">
+        <v>235</v>
+      </c>
+      <c r="E257" s="88">
+        <v>44091</v>
+      </c>
+      <c r="F257" s="78" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="258" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A258" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="B256" s="86" t="s">
-[...2 lines deleted...]
-      <c r="C256" s="86" t="s">
+      <c r="B258" s="86" t="s">
+        <v>242</v>
+      </c>
+      <c r="C258" s="86" t="s">
         <v>137</v>
       </c>
-      <c r="D256" s="86" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="D258" s="86" t="s">
-        <v>127</v>
+        <v>243</v>
       </c>
       <c r="E258" s="88">
-        <v>44046</v>
+        <v>44076</v>
       </c>
       <c r="F258" s="78" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:6" x14ac:dyDescent="0.35">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="259" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A259" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B259" s="86" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="C259" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D259" s="86" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="E259" s="88">
-        <v>44041</v>
+        <v>44061</v>
       </c>
       <c r="F259" s="78" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="260" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A260" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B260" s="86" t="s">
-        <v>263</v>
+        <v>290</v>
       </c>
       <c r="C260" s="86" t="s">
         <v>137</v>
       </c>
       <c r="D260" s="86" t="s">
-        <v>264</v>
+        <v>291</v>
       </c>
       <c r="E260" s="88">
-        <v>44033</v>
+        <v>44047</v>
       </c>
       <c r="F260" s="78" t="s">
-        <v>265</v>
+        <v>292</v>
       </c>
     </row>
     <row r="261" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A261" s="102" t="s">
-        <v>51</v>
+      <c r="A261" s="100" t="s">
+        <v>43</v>
       </c>
       <c r="B261" s="86" t="s">
-        <v>248</v>
+        <v>290</v>
       </c>
       <c r="C261" s="86" t="s">
-        <v>7</v>
+        <v>137</v>
       </c>
       <c r="D261" s="86" t="s">
-        <v>249</v>
+        <v>291</v>
       </c>
       <c r="E261" s="88">
-        <v>44013</v>
+        <v>44047</v>
       </c>
       <c r="F261" s="78" t="s">
-        <v>250</v>
+        <v>292</v>
       </c>
     </row>
     <row r="262" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A262" s="105" t="s">
-        <v>77</v>
+      <c r="A262" s="111" t="s">
+        <v>45</v>
       </c>
       <c r="B262" s="86" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="C262" s="86" t="s">
-        <v>7</v>
+        <v>67</v>
       </c>
       <c r="D262" s="86" t="s">
-        <v>249</v>
+        <v>127</v>
       </c>
       <c r="E262" s="88">
-        <v>44013</v>
+        <v>44046</v>
       </c>
       <c r="F262" s="78" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="263" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A263" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B263" s="86" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="C263" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D263" s="86" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="E263" s="88">
+        <v>44041</v>
+      </c>
+      <c r="F263" s="78" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="264" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A264" s="105" t="s">
+        <v>77</v>
+      </c>
+      <c r="B264" s="86" t="s">
+        <v>263</v>
+      </c>
+      <c r="C264" s="86" t="s">
+        <v>137</v>
+      </c>
+      <c r="D264" s="86" t="s">
+        <v>264</v>
+      </c>
+      <c r="E264" s="88">
+        <v>44033</v>
+      </c>
+      <c r="F264" s="78" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="265" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A265" s="102" t="s">
+        <v>51</v>
+      </c>
+      <c r="B265" s="86" t="s">
+        <v>248</v>
+      </c>
+      <c r="C265" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D265" s="86" t="s">
+        <v>249</v>
+      </c>
+      <c r="E265" s="88">
         <v>44013</v>
       </c>
-      <c r="F263" s="78" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="F265" s="78" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
     </row>
     <row r="266" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A266" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B266" s="86" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="C266" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D266" s="86" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="E266" s="88">
-        <v>44004</v>
+        <v>44013</v>
       </c>
       <c r="F266" s="78" t="s">
-        <v>259</v>
+        <v>250</v>
       </c>
     </row>
     <row r="267" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A267" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B267" s="86" t="s">
-        <v>293</v>
+        <v>251</v>
       </c>
       <c r="C267" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D267" s="86" t="s">
-        <v>291</v>
+        <v>252</v>
       </c>
       <c r="E267" s="88">
-        <v>43983</v>
+        <v>44013</v>
       </c>
       <c r="F267" s="78" t="s">
-        <v>294</v>
+        <v>253</v>
       </c>
     </row>
     <row r="268" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A268" s="85" t="s">
-        <v>227</v>
+      <c r="A268" s="89" t="s">
+        <v>55</v>
       </c>
       <c r="B268" s="86" t="s">
-        <v>260</v>
+        <v>251</v>
       </c>
       <c r="C268" s="86" t="s">
-        <v>32</v>
+        <v>7</v>
       </c>
       <c r="D268" s="86" t="s">
-        <v>261</v>
+        <v>252</v>
       </c>
       <c r="E268" s="88">
-        <v>43965</v>
+        <v>44013</v>
       </c>
       <c r="F268" s="78" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:6" x14ac:dyDescent="0.35">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="269" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A269" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B269" s="86" t="s">
-        <v>295</v>
+        <v>254</v>
       </c>
       <c r="C269" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D269" s="86" t="s">
-        <v>291</v>
+        <v>255</v>
       </c>
       <c r="E269" s="88">
-        <v>43964</v>
+        <v>44004</v>
       </c>
       <c r="F269" s="78" t="s">
-        <v>296</v>
+        <v>256</v>
       </c>
     </row>
     <row r="270" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A270" s="100" t="s">
-        <v>43</v>
+      <c r="A270" s="105" t="s">
+        <v>77</v>
       </c>
       <c r="B270" s="86" t="s">
-        <v>295</v>
+        <v>257</v>
       </c>
       <c r="C270" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D270" s="86" t="s">
-        <v>291</v>
+        <v>258</v>
       </c>
       <c r="E270" s="88">
-        <v>43964</v>
+        <v>44004</v>
       </c>
       <c r="F270" s="78" t="s">
-        <v>296</v>
+        <v>259</v>
       </c>
     </row>
     <row r="271" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A271" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B271" s="86" t="s">
-        <v>266</v>
+        <v>293</v>
       </c>
       <c r="C271" s="86" t="s">
         <v>137</v>
       </c>
       <c r="D271" s="86" t="s">
-        <v>267</v>
+        <v>291</v>
       </c>
       <c r="E271" s="88">
-        <v>43962</v>
+        <v>43983</v>
       </c>
       <c r="F271" s="78" t="s">
-        <v>268</v>
-[...4 lines deleted...]
-        <v>77</v>
+        <v>294</v>
+      </c>
+    </row>
+    <row r="272" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A272" s="85" t="s">
+        <v>227</v>
       </c>
       <c r="B272" s="86" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="C272" s="86" t="s">
-        <v>270</v>
+        <v>32</v>
       </c>
       <c r="D272" s="86" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="E272" s="88">
-        <v>43962</v>
+        <v>43965</v>
       </c>
       <c r="F272" s="78" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
     </row>
     <row r="273" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A273" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B273" s="86" t="s">
-        <v>319</v>
+        <v>295</v>
       </c>
       <c r="C273" s="86" t="s">
         <v>137</v>
       </c>
       <c r="D273" s="86" t="s">
-        <v>320</v>
+        <v>291</v>
       </c>
       <c r="E273" s="88">
-        <v>43962</v>
+        <v>43964</v>
       </c>
       <c r="F273" s="78" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
     </row>
     <row r="274" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A274" s="105" t="s">
-        <v>77</v>
+      <c r="A274" s="100" t="s">
+        <v>43</v>
       </c>
       <c r="B274" s="86" t="s">
-        <v>352</v>
+        <v>295</v>
       </c>
       <c r="C274" s="86" t="s">
         <v>137</v>
       </c>
       <c r="D274" s="86" t="s">
-        <v>353</v>
+        <v>291</v>
       </c>
       <c r="E274" s="88">
-        <v>43956</v>
+        <v>43964</v>
       </c>
       <c r="F274" s="78" t="s">
-        <v>354</v>
-[...4 lines deleted...]
-        <v>39</v>
+        <v>296</v>
+      </c>
+    </row>
+    <row r="275" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A275" s="105" t="s">
+        <v>77</v>
       </c>
       <c r="B275" s="86" t="s">
-        <v>352</v>
+        <v>266</v>
       </c>
       <c r="C275" s="86" t="s">
         <v>137</v>
       </c>
       <c r="D275" s="86" t="s">
-        <v>353</v>
+        <v>267</v>
       </c>
       <c r="E275" s="88">
-        <v>43956</v>
-[...2 lines deleted...]
-        <v>354</v>
+        <v>43962</v>
+      </c>
+      <c r="F275" s="78" t="s">
+        <v>268</v>
       </c>
     </row>
     <row r="276" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A276" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B276" s="86" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="C276" s="86" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="D276" s="86" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="E276" s="88">
-        <v>43951</v>
-[...2 lines deleted...]
-        <v>#N/A</v>
+        <v>43962</v>
+      </c>
+      <c r="F276" s="78" t="s">
+        <v>272</v>
       </c>
     </row>
     <row r="277" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A277" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B277" s="86" t="s">
-        <v>276</v>
+        <v>319</v>
       </c>
       <c r="C277" s="86" t="s">
-        <v>7</v>
+        <v>137</v>
       </c>
       <c r="D277" s="86" t="s">
-        <v>277</v>
+        <v>320</v>
       </c>
       <c r="E277" s="88">
-        <v>43949</v>
+        <v>43962</v>
       </c>
       <c r="F277" s="78" t="s">
-        <v>278</v>
+        <v>321</v>
       </c>
     </row>
     <row r="278" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A278" s="115" t="s">
-        <v>279</v>
+      <c r="A278" s="105" t="s">
+        <v>77</v>
       </c>
       <c r="B278" s="86" t="s">
-        <v>276</v>
+        <v>352</v>
       </c>
       <c r="C278" s="86" t="s">
-        <v>7</v>
+        <v>137</v>
       </c>
       <c r="D278" s="86" t="s">
-        <v>277</v>
+        <v>353</v>
       </c>
       <c r="E278" s="88">
-        <v>43949</v>
+        <v>43956</v>
       </c>
       <c r="F278" s="78" t="s">
-        <v>278</v>
+        <v>354</v>
       </c>
     </row>
     <row r="279" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A279" s="105" t="s">
+      <c r="A279" s="84" t="s">
+        <v>39</v>
+      </c>
+      <c r="B279" s="86" t="s">
+        <v>352</v>
+      </c>
+      <c r="C279" s="86" t="s">
+        <v>137</v>
+      </c>
+      <c r="D279" s="86" t="s">
+        <v>353</v>
+      </c>
+      <c r="E279" s="88">
+        <v>43956</v>
+      </c>
+      <c r="F279" s="80" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="280" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A280" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="B279" s="86" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="B280" s="86" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
       <c r="C280" s="86" t="s">
-        <v>7</v>
+        <v>274</v>
       </c>
       <c r="D280" s="86" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="E280" s="88">
-        <v>43944</v>
-[...2 lines deleted...]
-        <v>282</v>
+        <v>43951</v>
+      </c>
+      <c r="F280" s="79" t="e">
+        <v>#N/A</v>
       </c>
     </row>
     <row r="281" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A281" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B281" s="86" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="C281" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D281" s="86" t="s">
-        <v>284</v>
+        <v>277</v>
       </c>
       <c r="E281" s="88">
-        <v>43937</v>
+        <v>43949</v>
       </c>
       <c r="F281" s="78" t="s">
-        <v>285</v>
-[...3 lines deleted...]
-      <c r="A282" s="105" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="282" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A282" s="115" t="s">
+        <v>279</v>
+      </c>
+      <c r="B282" s="86" t="s">
+        <v>276</v>
+      </c>
+      <c r="C282" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D282" s="86" t="s">
+        <v>277</v>
+      </c>
+      <c r="E282" s="88">
+        <v>43949</v>
+      </c>
+      <c r="F282" s="78" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="283" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A283" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="B282" s="86" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="B283" s="86" t="s">
-        <v>297</v>
+        <v>280</v>
       </c>
       <c r="C283" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D283" s="86" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="E283" s="88">
-        <v>43934</v>
+        <v>43944</v>
       </c>
       <c r="F283" s="78" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="284" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A284" s="89" t="s">
         <v>55</v>
       </c>
       <c r="B284" s="86" t="s">
-        <v>297</v>
+        <v>280</v>
       </c>
       <c r="C284" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D284" s="86" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="E284" s="88">
-        <v>43934</v>
+        <v>43944</v>
       </c>
       <c r="F284" s="78" t="s">
-        <v>298</v>
+        <v>282</v>
       </c>
     </row>
     <row r="285" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A285" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B285" s="86" t="s">
-        <v>316</v>
+        <v>283</v>
       </c>
       <c r="C285" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D285" s="86" t="s">
-        <v>317</v>
+        <v>284</v>
       </c>
       <c r="E285" s="88">
-        <v>43929</v>
+        <v>43937</v>
       </c>
       <c r="F285" s="78" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:6" x14ac:dyDescent="0.35">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="286" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A286" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B286" s="86" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="C286" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D286" s="86" t="s">
-        <v>303</v>
+        <v>291</v>
       </c>
       <c r="E286" s="88">
-        <v>43927</v>
+        <v>43934</v>
       </c>
       <c r="F286" s="78" t="s">
-        <v>304</v>
-[...4 lines deleted...]
-        <v>39</v>
+        <v>298</v>
+      </c>
+    </row>
+    <row r="287" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A287" s="100" t="s">
+        <v>43</v>
       </c>
       <c r="B287" s="86" t="s">
-        <v>355</v>
+        <v>297</v>
       </c>
       <c r="C287" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D287" s="86" t="s">
+        <v>291</v>
+      </c>
+      <c r="E287" s="88">
+        <v>43934</v>
+      </c>
+      <c r="F287" s="78" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="288" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A288" s="89" t="s">
+        <v>55</v>
+      </c>
+      <c r="B288" s="86" t="s">
+        <v>297</v>
+      </c>
+      <c r="C288" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D288" s="86" t="s">
+        <v>291</v>
+      </c>
+      <c r="E288" s="88">
+        <v>43934</v>
+      </c>
+      <c r="F288" s="78" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="289" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A289" s="105" t="s">
+        <v>77</v>
+      </c>
+      <c r="B289" s="86" t="s">
+        <v>316</v>
+      </c>
+      <c r="C289" s="86" t="s">
         <v>137</v>
       </c>
-      <c r="D287" s="3" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="D289" s="86" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="E289" s="88">
-        <v>43924</v>
+        <v>43929</v>
       </c>
       <c r="F289" s="78" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="290" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A290" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B290" s="86" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="C290" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D290" s="86" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="E290" s="88">
-        <v>43923</v>
+        <v>43927</v>
       </c>
       <c r="F290" s="78" t="s">
-        <v>311</v>
-[...4 lines deleted...]
-        <v>279</v>
+        <v>304</v>
+      </c>
+    </row>
+    <row r="291" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A291" s="84" t="s">
+        <v>39</v>
       </c>
       <c r="B291" s="86" t="s">
-        <v>309</v>
+        <v>355</v>
       </c>
       <c r="C291" s="86" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>310</v>
+        <v>137</v>
+      </c>
+      <c r="D291" s="3" t="s">
+        <v>356</v>
       </c>
       <c r="E291" s="88">
-        <v>43923</v>
+        <v>43927</v>
       </c>
       <c r="F291" s="78" t="s">
-        <v>311</v>
-[...4 lines deleted...]
-        <v>312</v>
+        <v>357</v>
+      </c>
+    </row>
+    <row r="292" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A292" s="105" t="s">
+        <v>77</v>
       </c>
       <c r="B292" s="86" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="C292" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D292" s="86" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="E292" s="88">
-        <v>43923</v>
+        <v>43924</v>
       </c>
       <c r="F292" s="78" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
     </row>
     <row r="293" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A293" s="84" t="s">
-        <v>39</v>
+      <c r="A293" s="95" t="s">
+        <v>308</v>
       </c>
       <c r="B293" s="86" t="s">
-        <v>358</v>
+        <v>305</v>
       </c>
       <c r="C293" s="86" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>359</v>
+        <v>7</v>
+      </c>
+      <c r="D293" s="86" t="s">
+        <v>306</v>
       </c>
       <c r="E293" s="88">
-        <v>43920</v>
+        <v>43924</v>
       </c>
       <c r="F293" s="78" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:6" x14ac:dyDescent="0.35">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="294" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A294" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B294" s="86" t="s">
+        <v>309</v>
+      </c>
+      <c r="C294" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D294" s="86" t="s">
+        <v>310</v>
+      </c>
+      <c r="E294" s="88">
+        <v>43923</v>
+      </c>
+      <c r="F294" s="78" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="295" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A295" s="115" t="s">
+        <v>279</v>
+      </c>
+      <c r="B295" s="86" t="s">
+        <v>309</v>
+      </c>
+      <c r="C295" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D295" s="86" t="s">
+        <v>310</v>
+      </c>
+      <c r="E295" s="88">
+        <v>43923</v>
+      </c>
+      <c r="F295" s="78" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="296" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A296" s="116" t="s">
+        <v>312</v>
+      </c>
+      <c r="B296" s="86" t="s">
+        <v>309</v>
+      </c>
+      <c r="C296" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D296" s="86" t="s">
+        <v>310</v>
+      </c>
+      <c r="E296" s="88">
+        <v>43923</v>
+      </c>
+      <c r="F296" s="78" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="297" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A297" s="84" t="s">
+        <v>39</v>
+      </c>
+      <c r="B297" s="86" t="s">
+        <v>358</v>
+      </c>
+      <c r="C297" s="86" t="s">
+        <v>137</v>
+      </c>
+      <c r="D297" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="E297" s="88">
+        <v>43920</v>
+      </c>
+      <c r="F297" s="78" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="298" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A298" s="105" t="s">
+        <v>77</v>
+      </c>
+      <c r="B298" s="86" t="s">
         <v>322</v>
       </c>
-      <c r="C294" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D294" s="86" t="s">
+      <c r="C298" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D298" s="86" t="s">
         <v>320</v>
       </c>
-      <c r="E294" s="88">
+      <c r="E298" s="88">
         <v>43915</v>
       </c>
-      <c r="F294" s="78" t="s">
+      <c r="F298" s="78" t="s">
         <v>323</v>
       </c>
     </row>
-    <row r="295" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A295" s="106" t="s">
+    <row r="299" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A299" s="106" t="s">
         <v>81</v>
       </c>
-      <c r="B295" s="86" t="s">
+      <c r="B299" s="86" t="s">
         <v>322</v>
       </c>
-      <c r="C295" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D295" s="86" t="s">
+      <c r="C299" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D299" s="86" t="s">
         <v>320</v>
       </c>
-      <c r="E295" s="88">
+      <c r="E299" s="88">
         <v>43915</v>
       </c>
-      <c r="F295" s="78" t="s">
+      <c r="F299" s="78" t="s">
         <v>323</v>
-      </c>
-[...78 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="300" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A300" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B300" s="86" t="s">
-        <v>335</v>
+        <v>324</v>
       </c>
       <c r="C300" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D300" s="86" t="s">
-        <v>336</v>
+        <v>325</v>
       </c>
       <c r="E300" s="88">
-        <v>43908</v>
+        <v>43910</v>
       </c>
       <c r="F300" s="78" t="s">
-        <v>337</v>
+        <v>326</v>
       </c>
     </row>
     <row r="301" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A301" s="115" t="s">
         <v>279</v>
       </c>
       <c r="B301" s="86" t="s">
-        <v>335</v>
+        <v>324</v>
       </c>
       <c r="C301" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D301" s="86" t="s">
-        <v>338</v>
+        <v>325</v>
       </c>
       <c r="E301" s="88">
-        <v>43908</v>
+        <v>43910</v>
       </c>
       <c r="F301" s="78" t="s">
-        <v>337</v>
+        <v>326</v>
       </c>
     </row>
     <row r="302" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A302" s="105" t="s">
+      <c r="A302" s="117" t="s">
+        <v>327</v>
+      </c>
+      <c r="B302" s="86" t="s">
+        <v>328</v>
+      </c>
+      <c r="C302" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D302" s="86" t="s">
+        <v>329</v>
+      </c>
+      <c r="E302" s="88">
+        <v>43909</v>
+      </c>
+      <c r="F302" s="78" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="303" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A303" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="B302" s="86" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="B303" s="86" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="C303" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D303" s="86" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="E303" s="88">
-        <v>43903</v>
+        <v>43909</v>
       </c>
       <c r="F303" s="78" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
     </row>
     <row r="304" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A304" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B304" s="86" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="C304" s="86" t="s">
-        <v>7</v>
+        <v>137</v>
       </c>
       <c r="D304" s="86" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="E304" s="88">
-        <v>43902</v>
+        <v>43908</v>
       </c>
       <c r="F304" s="78" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
     </row>
     <row r="305" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A305" s="115" t="s">
         <v>279</v>
       </c>
       <c r="B305" s="86" t="s">
+        <v>335</v>
+      </c>
+      <c r="C305" s="86" t="s">
+        <v>137</v>
+      </c>
+      <c r="D305" s="86" t="s">
+        <v>338</v>
+      </c>
+      <c r="E305" s="88">
+        <v>43908</v>
+      </c>
+      <c r="F305" s="78" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="306" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A306" s="105" t="s">
+        <v>77</v>
+      </c>
+      <c r="B306" s="86" t="s">
+        <v>331</v>
+      </c>
+      <c r="C306" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D306" s="86" t="s">
+        <v>332</v>
+      </c>
+      <c r="E306" s="88">
+        <v>43903</v>
+      </c>
+      <c r="F306" s="78" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="307" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A307" s="106" t="s">
+        <v>81</v>
+      </c>
+      <c r="B307" s="86" t="s">
+        <v>331</v>
+      </c>
+      <c r="C307" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D307" s="86" t="s">
+        <v>334</v>
+      </c>
+      <c r="E307" s="88">
+        <v>43903</v>
+      </c>
+      <c r="F307" s="78" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="308" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A308" s="105" t="s">
+        <v>77</v>
+      </c>
+      <c r="B308" s="86" t="s">
         <v>339</v>
       </c>
-      <c r="C305" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D305" s="86" t="s">
+      <c r="C308" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D308" s="86" t="s">
         <v>340</v>
       </c>
-      <c r="E305" s="88">
+      <c r="E308" s="88">
         <v>43902</v>
       </c>
-      <c r="F305" s="78" t="s">
+      <c r="F308" s="78" t="s">
         <v>341</v>
       </c>
     </row>
-    <row r="306" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-[...12 lines deleted...]
-      <c r="E306" s="88">
+    <row r="309" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A309" s="115" t="s">
+        <v>279</v>
+      </c>
+      <c r="B309" s="86" t="s">
+        <v>339</v>
+      </c>
+      <c r="C309" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D309" s="86" t="s">
+        <v>340</v>
+      </c>
+      <c r="E309" s="88">
         <v>43902</v>
       </c>
-      <c r="F306" s="78" t="s">
-[...58 lines deleted...]
-      </c>
       <c r="F309" s="78" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
     </row>
     <row r="310" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A310" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B310" s="86" t="s">
-        <v>465</v>
+        <v>398</v>
       </c>
       <c r="C310" s="86" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-        <v>442</v>
+        <v>85</v>
+      </c>
+      <c r="D310" s="3" t="s">
+        <v>399</v>
       </c>
       <c r="E310" s="88">
+        <v>43902</v>
+      </c>
+      <c r="F310" s="78" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="311" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A311" s="105" t="s">
+        <v>77</v>
+      </c>
+      <c r="B311" s="86" t="s">
+        <v>342</v>
+      </c>
+      <c r="C311" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D311" s="86" t="s">
+        <v>343</v>
+      </c>
+      <c r="E311" s="88">
+        <v>43901</v>
+      </c>
+      <c r="F311" s="78" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="312" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A312" s="115" t="s">
+        <v>279</v>
+      </c>
+      <c r="B312" s="86" t="s">
+        <v>342</v>
+      </c>
+      <c r="C312" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D312" s="86" t="s">
+        <v>345</v>
+      </c>
+      <c r="E312" s="88">
+        <v>43901</v>
+      </c>
+      <c r="F312" s="78" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="313" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A313" s="118" t="s">
+        <v>346</v>
+      </c>
+      <c r="B313" s="86" t="s">
+        <v>342</v>
+      </c>
+      <c r="C313" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D313" s="86" t="s">
+        <v>347</v>
+      </c>
+      <c r="E313" s="88">
         <v>43892</v>
       </c>
-      <c r="F310" s="180" t="s">
-[...63 lines deleted...]
-    <row r="314" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F313" s="78" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="314" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A314" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B314" s="86" t="s">
-        <v>440</v>
+        <v>465</v>
       </c>
       <c r="C314" s="86" t="s">
-        <v>441</v>
+        <v>466</v>
       </c>
       <c r="D314" s="86" t="s">
         <v>442</v>
       </c>
       <c r="E314" s="88">
-        <v>43867</v>
-[...2 lines deleted...]
-        <v>443</v>
+        <v>43892</v>
+      </c>
+      <c r="F314" s="180" t="s">
+        <v>467</v>
       </c>
     </row>
     <row r="315" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A315" s="106" t="s">
-        <v>81</v>
+      <c r="A315" s="119" t="s">
+        <v>348</v>
       </c>
       <c r="B315" s="86" t="s">
-        <v>364</v>
+        <v>349</v>
       </c>
       <c r="C315" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D315" s="86" t="s">
-        <v>365</v>
+        <v>350</v>
       </c>
       <c r="E315" s="88">
-        <v>43865</v>
+        <v>43881</v>
       </c>
       <c r="F315" s="78" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-        <v>367</v>
+        <v>351</v>
+      </c>
+    </row>
+    <row r="316" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A316" s="84" t="s">
+        <v>39</v>
       </c>
       <c r="B316" s="86" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="C316" s="86" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>369</v>
+        <v>7</v>
+      </c>
+      <c r="D316" s="3" t="s">
+        <v>362</v>
       </c>
       <c r="E316" s="88">
-        <v>43861</v>
+        <v>43879</v>
       </c>
       <c r="F316" s="78" t="s">
-        <v>370</v>
-[...4 lines deleted...]
-        <v>327</v>
+        <v>363</v>
+      </c>
+    </row>
+    <row r="317" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A317" s="177" t="s">
+        <v>1748</v>
       </c>
       <c r="B317" s="86" t="s">
-        <v>371</v>
+        <v>468</v>
       </c>
       <c r="C317" s="86" t="s">
-        <v>7</v>
+        <v>469</v>
       </c>
       <c r="D317" s="86" t="s">
-        <v>372</v>
+        <v>442</v>
       </c>
       <c r="E317" s="88">
-        <v>43859</v>
-[...2 lines deleted...]
-        <v>373</v>
+        <v>43871</v>
+      </c>
+      <c r="F317" s="180" t="s">
+        <v>470</v>
       </c>
     </row>
     <row r="318" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A318" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B318" s="86" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="C318" s="86" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="D318" s="86" t="s">
         <v>442</v>
       </c>
       <c r="E318" s="88">
-        <v>43854</v>
+        <v>43867</v>
       </c>
       <c r="F318" s="78" t="s">
-        <v>446</v>
-[...4 lines deleted...]
-        <v>1748</v>
+        <v>443</v>
+      </c>
+    </row>
+    <row r="319" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A319" s="106" t="s">
+        <v>81</v>
       </c>
       <c r="B319" s="86" t="s">
-        <v>447</v>
+        <v>364</v>
       </c>
       <c r="C319" s="86" t="s">
-        <v>448</v>
+        <v>7</v>
       </c>
       <c r="D319" s="86" t="s">
-        <v>442</v>
+        <v>365</v>
       </c>
       <c r="E319" s="88">
-        <v>43839</v>
-[...2 lines deleted...]
-        <v>449</v>
+        <v>43865</v>
+      </c>
+      <c r="F319" s="78" t="s">
+        <v>366</v>
       </c>
     </row>
     <row r="320" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A320" s="121" t="s">
-        <v>374</v>
+      <c r="A320" s="120" t="s">
+        <v>367</v>
       </c>
       <c r="B320" s="86" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="C320" s="86" t="s">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="D320" s="86" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="E320" s="88">
-        <v>43832</v>
+        <v>43861</v>
       </c>
       <c r="F320" s="78" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
     </row>
     <row r="321" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A321" s="90" t="s">
-        <v>95</v>
+      <c r="A321" s="117" t="s">
+        <v>327</v>
       </c>
       <c r="B321" s="86" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="C321" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D321" s="86" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="E321" s="88">
-        <v>43826</v>
+        <v>43859</v>
       </c>
       <c r="F321" s="78" t="s">
-        <v>1575</v>
+        <v>373</v>
       </c>
     </row>
     <row r="322" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A322" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B322" s="86" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="C322" s="86" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="D322" s="86" t="s">
         <v>442</v>
       </c>
       <c r="E322" s="88">
-        <v>43818</v>
+        <v>43854</v>
       </c>
       <c r="F322" s="78" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
     </row>
     <row r="323" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A323" s="100" t="s">
-        <v>43</v>
+      <c r="A323" s="177" t="s">
+        <v>1748</v>
       </c>
       <c r="B323" s="86" t="s">
-        <v>380</v>
+        <v>447</v>
       </c>
       <c r="C323" s="86" t="s">
-        <v>85</v>
+        <v>448</v>
       </c>
       <c r="D323" s="86" t="s">
-        <v>381</v>
+        <v>442</v>
       </c>
       <c r="E323" s="88">
-        <v>43817</v>
-[...7 lines deleted...]
-        <v>88</v>
+        <v>43839</v>
+      </c>
+      <c r="F323" s="180" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="324" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A324" s="121" t="s">
+        <v>374</v>
       </c>
       <c r="B324" s="86" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="C324" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D324" s="86" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="E324" s="88">
-        <v>43810</v>
+        <v>43832</v>
       </c>
       <c r="F324" s="78" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
     </row>
     <row r="325" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A325" s="177" t="s">
-        <v>1748</v>
+      <c r="A325" s="90" t="s">
+        <v>95</v>
       </c>
       <c r="B325" s="86" t="s">
-        <v>395</v>
+        <v>378</v>
       </c>
       <c r="C325" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D325" s="86" t="s">
-        <v>396</v>
+        <v>379</v>
       </c>
       <c r="E325" s="88">
-        <v>43796</v>
+        <v>43826</v>
       </c>
       <c r="F325" s="78" t="s">
-        <v>397</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="326" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A326" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B326" s="86" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="C326" s="86" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="D326" s="86" t="s">
         <v>442</v>
       </c>
       <c r="E326" s="88">
-        <v>43794</v>
-[...2 lines deleted...]
-        <v>455</v>
+        <v>43818</v>
+      </c>
+      <c r="F326" s="78" t="s">
+        <v>452</v>
       </c>
     </row>
     <row r="327" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A327" s="115" t="s">
-        <v>279</v>
+      <c r="A327" s="100" t="s">
+        <v>43</v>
       </c>
       <c r="B327" s="86" t="s">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="C327" s="86" t="s">
+        <v>85</v>
+      </c>
+      <c r="D327" s="86" t="s">
+        <v>381</v>
+      </c>
+      <c r="E327" s="88">
+        <v>43817</v>
+      </c>
+      <c r="F327" s="78" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="328" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A328" s="109" t="s">
+        <v>88</v>
+      </c>
+      <c r="B328" s="86" t="s">
+        <v>383</v>
+      </c>
+      <c r="C328" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D328" s="86" t="s">
+        <v>384</v>
+      </c>
+      <c r="E328" s="88">
+        <v>43810</v>
+      </c>
+      <c r="F328" s="78" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="329" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A329" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B329" s="86" t="s">
+        <v>395</v>
+      </c>
+      <c r="C329" s="86" t="s">
         <v>137</v>
       </c>
-      <c r="D327" s="86" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="D329" s="86" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E329" s="88">
-        <v>43783</v>
+        <v>43796</v>
       </c>
       <c r="F329" s="78" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="330" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A330" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B330" s="86" t="s">
+        <v>453</v>
+      </c>
+      <c r="C330" s="86" t="s">
+        <v>454</v>
+      </c>
+      <c r="D330" s="86" t="s">
+        <v>442</v>
+      </c>
+      <c r="E330" s="88">
+        <v>43794</v>
+      </c>
+      <c r="F330" s="180" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="331" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A331" s="115" t="s">
+        <v>279</v>
+      </c>
+      <c r="B331" s="86" t="s">
+        <v>389</v>
+      </c>
+      <c r="C331" s="86" t="s">
+        <v>137</v>
+      </c>
+      <c r="D331" s="86" t="s">
+        <v>390</v>
+      </c>
+      <c r="E331" s="88">
+        <v>43791</v>
+      </c>
+      <c r="F331" s="78" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="332" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A332" s="97" t="s">
+        <v>10</v>
+      </c>
+      <c r="B332" s="86" t="s">
+        <v>386</v>
+      </c>
+      <c r="C332" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D332" s="86" t="s">
+        <v>387</v>
+      </c>
+      <c r="E332" s="88">
+        <v>43784</v>
+      </c>
+      <c r="F332" s="78" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="333" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A333" s="115" t="s">
+        <v>279</v>
+      </c>
+      <c r="B333" s="86" t="s">
+        <v>392</v>
+      </c>
+      <c r="C333" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D333" s="86" t="s">
+        <v>393</v>
+      </c>
+      <c r="E333" s="88">
+        <v>43783</v>
+      </c>
+      <c r="F333" s="78" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="334" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A334" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B334" s="86" t="s">
         <v>398</v>
       </c>
-      <c r="C330" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D330" s="3" t="s">
+      <c r="C334" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D334" s="3" t="s">
         <v>401</v>
       </c>
-      <c r="E330" s="88">
+      <c r="E334" s="88">
         <v>43773</v>
       </c>
-      <c r="F330" s="78" t="s">
+      <c r="F334" s="78" t="s">
         <v>400</v>
       </c>
     </row>
-    <row r="331" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A331" s="122" t="s">
+    <row r="335" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A335" s="122" t="s">
         <v>402</v>
       </c>
-      <c r="B331" s="86" t="s">
+      <c r="B335" s="86" t="s">
         <v>403</v>
       </c>
-      <c r="C331" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D331" s="86" t="s">
+      <c r="C335" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D335" s="86" t="s">
         <v>404</v>
       </c>
-      <c r="E331" s="88">
+      <c r="E335" s="88">
         <v>43755</v>
       </c>
-      <c r="F331" s="78" t="s">
+      <c r="F335" s="78" t="s">
         <v>405</v>
       </c>
     </row>
-    <row r="332" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A332" s="177" t="s">
+    <row r="336" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A336" s="177" t="s">
         <v>1748</v>
       </c>
-      <c r="B332" s="86" t="s">
+      <c r="B336" s="86" t="s">
         <v>406</v>
       </c>
-      <c r="C332" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D332" s="86" t="s">
+      <c r="C336" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D336" s="86" t="s">
         <v>407</v>
       </c>
-      <c r="E332" s="88">
+      <c r="E336" s="88">
         <v>43745</v>
       </c>
-      <c r="F332" s="78" t="s">
+      <c r="F336" s="78" t="s">
         <v>408</v>
       </c>
     </row>
-    <row r="333" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A333" s="123" t="s">
+    <row r="337" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A337" s="123" t="s">
         <v>409</v>
       </c>
-      <c r="B333" s="86" t="s">
+      <c r="B337" s="86" t="s">
         <v>410</v>
       </c>
-      <c r="C333" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D333" s="86" t="s">
+      <c r="C337" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D337" s="86" t="s">
         <v>411</v>
       </c>
-      <c r="E333" s="88">
+      <c r="E337" s="88">
         <v>43740</v>
       </c>
-      <c r="F333" s="78" t="s">
+      <c r="F337" s="78" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="334" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A334" s="85" t="s">
+    <row r="338" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A338" s="85" t="s">
         <v>30</v>
       </c>
-      <c r="B334" s="86" t="s">
+      <c r="B338" s="86" t="s">
         <v>413</v>
       </c>
-      <c r="C334" s="86" t="s">
+      <c r="C338" s="86" t="s">
         <v>137</v>
       </c>
-      <c r="D334" s="86" t="s">
+      <c r="D338" s="86" t="s">
         <v>414</v>
       </c>
-      <c r="E334" s="88">
+      <c r="E338" s="88">
         <v>43732</v>
       </c>
-      <c r="F334" s="78" t="s">
+      <c r="F338" s="78" t="s">
         <v>415</v>
       </c>
     </row>
-    <row r="335" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A335" s="85" t="s">
+    <row r="339" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A339" s="85" t="s">
         <v>30</v>
       </c>
-      <c r="B335" s="86" t="s">
+      <c r="B339" s="86" t="s">
         <v>416</v>
       </c>
-      <c r="C335" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D335" s="86" t="s">
+      <c r="C339" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D339" s="86" t="s">
         <v>417</v>
       </c>
-      <c r="E335" s="88">
+      <c r="E339" s="88">
         <v>43724</v>
       </c>
-      <c r="F335" s="78" t="s">
+      <c r="F339" s="78" t="s">
         <v>418</v>
       </c>
     </row>
-    <row r="336" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A336" s="109" t="s">
+    <row r="340" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A340" s="109" t="s">
         <v>88</v>
       </c>
-      <c r="B336" s="86" t="s">
+      <c r="B340" s="86" t="s">
         <v>419</v>
       </c>
-      <c r="C336" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D336" s="86" t="s">
+      <c r="C340" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D340" s="86" t="s">
         <v>420</v>
       </c>
-      <c r="E336" s="88">
+      <c r="E340" s="88">
         <v>43724</v>
       </c>
-      <c r="F336" s="78" t="s">
+      <c r="F340" s="78" t="s">
         <v>421</v>
       </c>
     </row>
-    <row r="337" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A337" s="98" t="s">
+    <row r="341" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A341" s="98" t="s">
         <v>422</v>
       </c>
-      <c r="B337" s="86" t="s">
+      <c r="B341" s="86" t="s">
         <v>423</v>
       </c>
-      <c r="C337" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D337" s="86" t="s">
+      <c r="C341" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D341" s="86" t="s">
         <v>424</v>
       </c>
-      <c r="E337" s="88">
+      <c r="E341" s="88">
         <v>43714</v>
       </c>
-      <c r="F337" s="69" t="s">
+      <c r="F341" s="69" t="s">
         <v>425</v>
-      </c>
-[...78 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="342" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A342" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B342" s="86" t="s">
-        <v>462</v>
+        <v>426</v>
       </c>
       <c r="C342" s="86" t="s">
-        <v>463</v>
+        <v>7</v>
       </c>
       <c r="D342" s="86" t="s">
-        <v>442</v>
+        <v>181</v>
       </c>
       <c r="E342" s="88">
-        <v>43658</v>
-[...2 lines deleted...]
-        <v>464</v>
+        <v>43713</v>
+      </c>
+      <c r="F342" s="78" t="s">
+        <v>427</v>
       </c>
     </row>
     <row r="343" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A343" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B343" s="86" t="s">
-        <v>471</v>
+        <v>456</v>
       </c>
       <c r="C343" s="86" t="s">
-        <v>472</v>
+        <v>457</v>
       </c>
       <c r="D343" s="86" t="s">
         <v>442</v>
       </c>
       <c r="E343" s="88">
-        <v>43642</v>
+        <v>43697</v>
       </c>
       <c r="F343" s="178" t="s">
-        <v>473</v>
-[...4 lines deleted...]
-        <v>327</v>
+        <v>458</v>
+      </c>
+    </row>
+    <row r="344" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A344" s="177" t="s">
+        <v>1748</v>
       </c>
       <c r="B344" s="86" t="s">
-        <v>430</v>
+        <v>459</v>
       </c>
       <c r="C344" s="86" t="s">
-        <v>7</v>
+        <v>460</v>
       </c>
       <c r="D344" s="86" t="s">
-        <v>431</v>
+        <v>442</v>
       </c>
       <c r="E344" s="88">
-        <v>43635</v>
-[...2 lines deleted...]
-        <v>432</v>
+        <v>43697</v>
+      </c>
+      <c r="F344" s="180" t="s">
+        <v>461</v>
       </c>
     </row>
     <row r="345" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A345" s="94" t="s">
-        <v>433</v>
+      <c r="A345" s="111" t="s">
+        <v>45</v>
       </c>
       <c r="B345" s="86" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="C345" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D345" s="86" t="s">
-        <v>435</v>
+        <v>127</v>
       </c>
       <c r="E345" s="88">
-        <v>43623</v>
+        <v>43675</v>
       </c>
       <c r="F345" s="81" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:6" ht="31" x14ac:dyDescent="0.35">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="346" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A346" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B346" s="86" t="s">
+        <v>462</v>
+      </c>
+      <c r="C346" s="86" t="s">
+        <v>463</v>
+      </c>
+      <c r="D346" s="86" t="s">
+        <v>442</v>
+      </c>
+      <c r="E346" s="88">
+        <v>43658</v>
+      </c>
+      <c r="F346" s="178" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="347" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A347" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B347" s="86" t="s">
+        <v>471</v>
+      </c>
+      <c r="C347" s="86" t="s">
+        <v>472</v>
+      </c>
+      <c r="D347" s="86" t="s">
+        <v>442</v>
+      </c>
+      <c r="E347" s="88">
+        <v>43642</v>
+      </c>
+      <c r="F347" s="178" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="348" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A348" s="117" t="s">
+        <v>327</v>
+      </c>
+      <c r="B348" s="86" t="s">
+        <v>430</v>
+      </c>
+      <c r="C348" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D348" s="86" t="s">
+        <v>431</v>
+      </c>
+      <c r="E348" s="88">
+        <v>43635</v>
+      </c>
+      <c r="F348" s="81" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="349" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A349" s="94" t="s">
+        <v>433</v>
+      </c>
+      <c r="B349" s="86" t="s">
+        <v>434</v>
+      </c>
+      <c r="C349" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D349" s="86" t="s">
+        <v>435</v>
+      </c>
+      <c r="E349" s="88">
+        <v>43623</v>
+      </c>
+      <c r="F349" s="81" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="350" spans="1:6" ht="31" x14ac:dyDescent="0.35">
+      <c r="A350" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B350" s="86" t="s">
         <v>485</v>
-      </c>
-[...78 lines deleted...]
-        <v>503</v>
       </c>
       <c r="C350" s="86" t="s">
         <v>137</v>
       </c>
       <c r="D350" s="86" t="s">
-        <v>504</v>
+        <v>1596</v>
       </c>
       <c r="E350" s="88">
-        <v>43601</v>
-[...7 lines deleted...]
-        <v>422</v>
+        <v>43614</v>
+      </c>
+      <c r="F350" s="178" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="351" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A351" s="106" t="s">
+        <v>81</v>
       </c>
       <c r="B351" s="86" t="s">
-        <v>479</v>
+        <v>437</v>
       </c>
       <c r="C351" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D351" s="86" t="s">
-        <v>477</v>
+        <v>438</v>
       </c>
       <c r="E351" s="88">
-        <v>43600</v>
+        <v>43602</v>
       </c>
       <c r="F351" s="81" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-    <row r="352" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="352" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A352" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B352" s="86" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="C352" s="86" t="s">
         <v>137</v>
       </c>
       <c r="D352" s="86" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="E352" s="88">
-        <v>43599</v>
-[...2 lines deleted...]
-        <v>492</v>
+        <v>43602</v>
+      </c>
+      <c r="F352" s="78" t="s">
+        <v>497</v>
       </c>
     </row>
     <row r="353" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A353" s="124" t="s">
-        <v>481</v>
+      <c r="A353" s="177" t="s">
+        <v>1748</v>
       </c>
       <c r="B353" s="86" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="C353" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D353" s="86" t="s">
-        <v>483</v>
+        <v>442</v>
       </c>
       <c r="E353" s="88">
-        <v>43584</v>
-[...2 lines deleted...]
-        <v>484</v>
+        <v>43601</v>
+      </c>
+      <c r="F353" s="78" t="s">
+        <v>475</v>
       </c>
     </row>
     <row r="354" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A354" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B354" s="86" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="C354" s="86" t="s">
         <v>137</v>
       </c>
       <c r="D354" s="86" t="s">
         <v>504</v>
       </c>
       <c r="E354" s="88">
-        <v>43574</v>
+        <v>43601</v>
       </c>
       <c r="F354" s="78" t="s">
-        <v>507</v>
-[...4 lines deleted...]
-        <v>1748</v>
+        <v>505</v>
+      </c>
+    </row>
+    <row r="355" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A355" s="98" t="s">
+        <v>422</v>
       </c>
       <c r="B355" s="86" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="C355" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D355" s="86" t="s">
-        <v>1596</v>
+        <v>477</v>
       </c>
       <c r="E355" s="88">
-        <v>43573</v>
-[...2 lines deleted...]
-        <v>488</v>
+        <v>43600</v>
+      </c>
+      <c r="F355" s="81" t="s">
+        <v>480</v>
       </c>
     </row>
     <row r="356" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A356" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B356" s="86" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="C356" s="86" t="s">
-        <v>7</v>
+        <v>137</v>
       </c>
       <c r="D356" s="86" t="s">
         <v>491</v>
       </c>
       <c r="E356" s="88">
+        <v>43599</v>
+      </c>
+      <c r="F356" s="81" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="357" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A357" s="124" t="s">
+        <v>481</v>
+      </c>
+      <c r="B357" s="86" t="s">
+        <v>482</v>
+      </c>
+      <c r="C357" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D357" s="86" t="s">
+        <v>483</v>
+      </c>
+      <c r="E357" s="88">
+        <v>43584</v>
+      </c>
+      <c r="F357" s="180" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="358" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A358" s="91" t="s">
+        <v>14</v>
+      </c>
+      <c r="B358" s="86" t="s">
+        <v>506</v>
+      </c>
+      <c r="C358" s="86" t="s">
+        <v>137</v>
+      </c>
+      <c r="D358" s="86" t="s">
+        <v>504</v>
+      </c>
+      <c r="E358" s="88">
+        <v>43574</v>
+      </c>
+      <c r="F358" s="78" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="359" spans="1:6" ht="31" x14ac:dyDescent="0.35">
+      <c r="A359" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B359" s="86" t="s">
+        <v>487</v>
+      </c>
+      <c r="C359" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D359" s="86" t="s">
+        <v>1596</v>
+      </c>
+      <c r="E359" s="88">
         <v>43573</v>
       </c>
-      <c r="F356" s="78" t="s">
+      <c r="F359" s="78" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="360" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A360" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B360" s="86" t="s">
+        <v>493</v>
+      </c>
+      <c r="C360" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D360" s="86" t="s">
+        <v>491</v>
+      </c>
+      <c r="E360" s="88">
+        <v>43573</v>
+      </c>
+      <c r="F360" s="78" t="s">
         <v>494</v>
       </c>
     </row>
-    <row r="357" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A357" s="177" t="s">
+    <row r="361" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A361" s="177" t="s">
         <v>1748</v>
       </c>
-      <c r="B357" s="86" t="s">
+      <c r="B361" s="86" t="s">
         <v>498</v>
       </c>
-      <c r="C357" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D357" s="86" t="s">
+      <c r="C361" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D361" s="86" t="s">
         <v>496</v>
       </c>
-      <c r="E357" s="88">
+      <c r="E361" s="88">
         <v>43572</v>
       </c>
-      <c r="F357" s="78" t="s">
+      <c r="F361" s="78" t="s">
         <v>499</v>
       </c>
     </row>
-    <row r="358" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A358" s="90" t="s">
+    <row r="362" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A362" s="90" t="s">
         <v>95</v>
       </c>
-      <c r="B358" s="86" t="s">
+      <c r="B362" s="86" t="s">
         <v>500</v>
       </c>
-      <c r="C358" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D358" s="86" t="s">
+      <c r="C362" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D362" s="86" t="s">
         <v>501</v>
       </c>
-      <c r="E358" s="88">
+      <c r="E362" s="88">
         <v>43564</v>
       </c>
-      <c r="F358" s="78" t="s">
+      <c r="F362" s="78" t="s">
         <v>502</v>
       </c>
     </row>
-    <row r="359" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A359" s="91" t="s">
+    <row r="363" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A363" s="91" t="s">
         <v>14</v>
       </c>
-      <c r="B359" s="86" t="s">
+      <c r="B363" s="86" t="s">
         <v>508</v>
       </c>
-      <c r="C359" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D359" s="86" t="s">
+      <c r="C363" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D363" s="86" t="s">
         <v>504</v>
       </c>
-      <c r="E359" s="88">
+      <c r="E363" s="88">
         <v>43552</v>
-      </c>
-[...78 lines deleted...]
-        <v>43511</v>
       </c>
       <c r="F363" s="78" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="364" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A364" s="99" t="s">
-        <v>35</v>
+      <c r="A364" s="91" t="s">
+        <v>14</v>
       </c>
       <c r="B364" s="86" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="C364" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D364" s="86" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
       <c r="E364" s="88">
-        <v>43511</v>
+        <v>43551</v>
       </c>
       <c r="F364" s="78" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="365" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A365" s="90" t="s">
-        <v>95</v>
+      <c r="A365" s="123" t="s">
+        <v>409</v>
       </c>
       <c r="B365" s="86" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="C365" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D365" s="86" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="E365" s="88">
-        <v>43495</v>
+        <v>43531</v>
       </c>
       <c r="F365" s="78" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="366" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A366" s="89" t="s">
-[...14 lines deleted...]
-      <c r="F366" s="78" t="s">
+      <c r="A366" s="106" t="s">
+        <v>81</v>
+      </c>
+      <c r="B366" s="86" t="s">
+        <v>514</v>
+      </c>
+      <c r="C366" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D366" s="86" t="s">
+        <v>160</v>
+      </c>
+      <c r="E366" s="88">
+        <v>43525</v>
+      </c>
+      <c r="F366" s="80" t="s">
         <v>509</v>
       </c>
     </row>
-    <row r="367" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>1748</v>
+    <row r="367" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A367" s="90" t="s">
+        <v>95</v>
       </c>
       <c r="B367" s="86" t="s">
-        <v>526</v>
+        <v>515</v>
       </c>
       <c r="C367" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D367" s="86" t="s">
-        <v>527</v>
+        <v>516</v>
       </c>
       <c r="E367" s="88">
-        <v>43454</v>
-[...2 lines deleted...]
-        <v>528</v>
+        <v>43511</v>
+      </c>
+      <c r="F367" s="78" t="s">
+        <v>509</v>
       </c>
     </row>
     <row r="368" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A368" s="125" t="s">
-        <v>521</v>
+      <c r="A368" s="99" t="s">
+        <v>35</v>
       </c>
       <c r="B368" s="86" t="s">
-        <v>522</v>
+        <v>515</v>
       </c>
       <c r="C368" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D368" s="86" t="s">
-        <v>523</v>
+        <v>516</v>
       </c>
       <c r="E368" s="88">
-        <v>43453</v>
+        <v>43511</v>
       </c>
       <c r="F368" s="78" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="369" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A369" s="113" t="s">
-        <v>191</v>
+      <c r="A369" s="90" t="s">
+        <v>95</v>
       </c>
       <c r="B369" s="86" t="s">
-        <v>524</v>
+        <v>517</v>
       </c>
       <c r="C369" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D369" s="86" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="E369" s="88">
-        <v>43446</v>
+        <v>43495</v>
       </c>
       <c r="F369" s="78" t="s">
         <v>509</v>
       </c>
     </row>
-    <row r="370" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A370" s="177" t="s">
+    <row r="370" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A370" s="89" t="s">
+        <v>55</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="E370" s="68">
+        <v>43483</v>
+      </c>
+      <c r="F370" s="78" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="371" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A371" s="177" t="s">
         <v>1748</v>
       </c>
-      <c r="B370" s="86" t="s">
+      <c r="B371" s="86" t="s">
+        <v>526</v>
+      </c>
+      <c r="C371" s="86" t="s">
+        <v>137</v>
+      </c>
+      <c r="D371" s="86" t="s">
+        <v>527</v>
+      </c>
+      <c r="E371" s="88">
+        <v>43454</v>
+      </c>
+      <c r="F371" s="180" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="372" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A372" s="125" t="s">
+        <v>521</v>
+      </c>
+      <c r="B372" s="86" t="s">
+        <v>522</v>
+      </c>
+      <c r="C372" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D372" s="86" t="s">
+        <v>523</v>
+      </c>
+      <c r="E372" s="88">
+        <v>43453</v>
+      </c>
+      <c r="F372" s="78" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="373" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A373" s="113" t="s">
+        <v>191</v>
+      </c>
+      <c r="B373" s="86" t="s">
+        <v>524</v>
+      </c>
+      <c r="C373" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D373" s="86" t="s">
+        <v>525</v>
+      </c>
+      <c r="E373" s="88">
+        <v>43446</v>
+      </c>
+      <c r="F373" s="78" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="374" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A374" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B374" s="86" t="s">
         <v>529</v>
       </c>
-      <c r="C370" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D370" s="86" t="s">
+      <c r="C374" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D374" s="86" t="s">
         <v>530</v>
       </c>
-      <c r="E370" s="88">
+      <c r="E374" s="88">
         <v>43425</v>
       </c>
-      <c r="F370" s="78" t="s">
+      <c r="F374" s="78" t="s">
         <v>531</v>
       </c>
     </row>
-    <row r="371" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A371" s="97" t="s">
+    <row r="375" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A375" s="97" t="s">
         <v>10</v>
       </c>
-      <c r="B371" s="86" t="s">
+      <c r="B375" s="86" t="s">
         <v>532</v>
       </c>
-      <c r="C371" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D371" s="86" t="s">
+      <c r="C375" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D375" s="86" t="s">
         <v>533</v>
       </c>
-      <c r="E371" s="88">
+      <c r="E375" s="88">
         <v>43411</v>
       </c>
-      <c r="F371" s="81" t="s">
+      <c r="F375" s="81" t="s">
         <v>534</v>
-      </c>
-[...78 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="376" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A376" s="102" t="s">
         <v>51</v>
       </c>
       <c r="B376" s="86" t="s">
+        <v>535</v>
+      </c>
+      <c r="C376" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D376" s="86" t="s">
+        <v>536</v>
+      </c>
+      <c r="E376" s="88">
+        <v>43398</v>
+      </c>
+      <c r="F376" s="78" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="377" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A377" s="102" t="s">
+        <v>51</v>
+      </c>
+      <c r="B377" s="86" t="s">
+        <v>541</v>
+      </c>
+      <c r="C377" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D377" s="86" t="s">
+        <v>542</v>
+      </c>
+      <c r="E377" s="88">
+        <v>43385</v>
+      </c>
+      <c r="F377" s="78" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="378" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A378" s="85" t="s">
+        <v>30</v>
+      </c>
+      <c r="B378" s="86" t="s">
+        <v>544</v>
+      </c>
+      <c r="C378" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D378" s="86" t="s">
+        <v>545</v>
+      </c>
+      <c r="E378" s="88">
+        <v>43370</v>
+      </c>
+      <c r="F378" s="78" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="379" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A379" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B379" s="86" t="s">
+        <v>546</v>
+      </c>
+      <c r="C379" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D379" s="86" t="s">
+        <v>547</v>
+      </c>
+      <c r="E379" s="88">
+        <v>43353</v>
+      </c>
+      <c r="F379" s="81" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="380" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A380" s="102" t="s">
+        <v>51</v>
+      </c>
+      <c r="B380" s="86" t="s">
         <v>551</v>
       </c>
-      <c r="C376" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D376" s="86" t="s">
+      <c r="C380" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D380" s="86" t="s">
         <v>552</v>
       </c>
-      <c r="E376" s="88">
+      <c r="E380" s="88">
         <v>43332</v>
       </c>
-      <c r="F376" s="78" t="s">
+      <c r="F380" s="78" t="s">
         <v>553</v>
       </c>
     </row>
-    <row r="377" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A377" s="100" t="s">
+    <row r="381" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A381" s="100" t="s">
         <v>43</v>
       </c>
-      <c r="B377" s="86" t="s">
+      <c r="B381" s="86" t="s">
         <v>549</v>
       </c>
-      <c r="C377" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D377" s="86" t="s">
+      <c r="C381" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D381" s="86" t="s">
         <v>45</v>
       </c>
-      <c r="E377" s="88">
+      <c r="E381" s="88">
         <v>43314</v>
       </c>
-      <c r="F377" s="78" t="s">
+      <c r="F381" s="78" t="s">
         <v>550</v>
       </c>
     </row>
-    <row r="378" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A378" s="111" t="s">
+    <row r="382" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A382" s="111" t="s">
         <v>45</v>
       </c>
-      <c r="B378" s="86" t="s">
+      <c r="B382" s="86" t="s">
         <v>549</v>
       </c>
-      <c r="C378" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D378" s="86" t="s">
+      <c r="C382" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D382" s="86" t="s">
         <v>127</v>
       </c>
-      <c r="E378" s="88">
+      <c r="E382" s="88">
         <v>43314</v>
       </c>
-      <c r="F378" s="78" t="s">
+      <c r="F382" s="78" t="s">
         <v>550</v>
       </c>
     </row>
-    <row r="379" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A379" s="97" t="s">
+    <row r="383" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A383" s="97" t="s">
         <v>10</v>
       </c>
-      <c r="B379" s="86" t="s">
+      <c r="B383" s="86" t="s">
         <v>554</v>
       </c>
-      <c r="C379" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D379" s="86" t="s">
+      <c r="C383" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D383" s="86" t="s">
         <v>555</v>
       </c>
-      <c r="E379" s="88">
+      <c r="E383" s="88">
         <v>43313</v>
       </c>
-      <c r="F379" s="78" t="s">
+      <c r="F383" s="78" t="s">
         <v>556</v>
       </c>
     </row>
-    <row r="380" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A380" s="124" t="s">
+    <row r="384" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A384" s="124" t="s">
         <v>481</v>
       </c>
-      <c r="B380" s="86" t="s">
+      <c r="B384" s="86" t="s">
         <v>560</v>
       </c>
-      <c r="C380" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D380" s="86" t="s">
+      <c r="C384" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D384" s="86" t="s">
         <v>561</v>
       </c>
-      <c r="E380" s="88">
+      <c r="E384" s="88">
         <v>43305</v>
       </c>
-      <c r="F380" s="78" t="s">
+      <c r="F384" s="78" t="s">
         <v>562</v>
       </c>
     </row>
-    <row r="381" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A381" s="97" t="s">
+    <row r="385" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A385" s="97" t="s">
         <v>10</v>
       </c>
-      <c r="B381" s="86" t="s">
+      <c r="B385" s="86" t="s">
         <v>563</v>
       </c>
-      <c r="C381" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D381" s="86" t="s">
+      <c r="C385" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D385" s="86" t="s">
         <v>564</v>
       </c>
-      <c r="E381" s="88">
+      <c r="E385" s="88">
         <v>43270</v>
       </c>
-      <c r="F381" s="78" t="s">
+      <c r="F385" s="78" t="s">
         <v>565</v>
       </c>
     </row>
-    <row r="382" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A382" s="90" t="s">
+    <row r="386" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A386" s="90" t="s">
         <v>95</v>
       </c>
-      <c r="B382" s="86" t="s">
+      <c r="B386" s="86" t="s">
         <v>566</v>
       </c>
-      <c r="C382" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D382" s="86" t="s">
+      <c r="C386" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D386" s="86" t="s">
         <v>567</v>
       </c>
-      <c r="E382" s="88">
+      <c r="E386" s="88">
         <v>43265</v>
       </c>
-      <c r="F382" s="78" t="s">
+      <c r="F386" s="78" t="s">
         <v>568</v>
       </c>
     </row>
-    <row r="383" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A383" s="113" t="s">
+    <row r="387" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A387" s="113" t="s">
         <v>191</v>
       </c>
-      <c r="B383" s="86" t="s">
+      <c r="B387" s="86" t="s">
         <v>571</v>
       </c>
-      <c r="C383" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D383" s="86" t="s">
+      <c r="C387" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D387" s="86" t="s">
         <v>572</v>
       </c>
-      <c r="E383" s="88">
+      <c r="E387" s="88">
         <v>43200</v>
       </c>
-      <c r="F383" s="78" t="s">
+      <c r="F387" s="78" t="s">
         <v>573</v>
       </c>
     </row>
-    <row r="384" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A384" s="89" t="s">
+    <row r="388" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A388" s="89" t="s">
         <v>55</v>
       </c>
-      <c r="B384" s="1" t="s">
+      <c r="B388" s="1" t="s">
         <v>574</v>
       </c>
-      <c r="C384" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D384" s="1" t="s">
+      <c r="C388" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D388" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="E384" s="68">
+      <c r="E388" s="68">
         <v>43180</v>
       </c>
-      <c r="F384" s="78" t="s">
+      <c r="F388" s="78" t="s">
         <v>576</v>
       </c>
     </row>
-    <row r="385" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A385" s="126" t="s">
+    <row r="389" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A389" s="126" t="s">
         <v>577</v>
       </c>
-      <c r="B385" s="86" t="s">
+      <c r="B389" s="86" t="s">
         <v>578</v>
       </c>
-      <c r="C385" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D385" s="86" t="s">
+      <c r="C389" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D389" s="86" t="s">
         <v>579</v>
       </c>
-      <c r="E385" s="88">
+      <c r="E389" s="88">
         <v>43179</v>
       </c>
-      <c r="F385" s="78" t="s">
+      <c r="F389" s="78" t="s">
         <v>580</v>
       </c>
     </row>
-    <row r="386" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A386" s="97" t="s">
+    <row r="390" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A390" s="97" t="s">
         <v>10</v>
       </c>
-      <c r="B386" s="86" t="s">
+      <c r="B390" s="86" t="s">
         <v>581</v>
       </c>
-      <c r="C386" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D386" s="86" t="s">
+      <c r="C390" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D390" s="86" t="s">
         <v>582</v>
       </c>
-      <c r="E386" s="88">
+      <c r="E390" s="88">
         <v>43165</v>
       </c>
-      <c r="F386" s="78" t="s">
+      <c r="F390" s="78" t="s">
         <v>583</v>
       </c>
     </row>
-    <row r="387" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A387" s="94" t="s">
+    <row r="391" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A391" s="94" t="s">
         <v>433</v>
       </c>
-      <c r="B387" s="86" t="s">
+      <c r="B391" s="86" t="s">
         <v>584</v>
       </c>
-      <c r="C387" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D387" s="86" t="s">
+      <c r="C391" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D391" s="86" t="s">
         <v>585</v>
       </c>
-      <c r="E387" s="88">
+      <c r="E391" s="88">
         <v>43140</v>
       </c>
-      <c r="F387" s="81" t="s">
+      <c r="F391" s="81" t="s">
         <v>586</v>
       </c>
     </row>
-    <row r="388" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A388" s="85" t="s">
+    <row r="392" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A392" s="85" t="s">
         <v>227</v>
       </c>
-      <c r="B388" s="86" t="s">
+      <c r="B392" s="86" t="s">
         <v>587</v>
       </c>
-      <c r="C388" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D388" s="86" t="s">
+      <c r="C392" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D392" s="86" t="s">
         <v>588</v>
       </c>
-      <c r="E388" s="88">
+      <c r="E392" s="88">
         <v>43126</v>
       </c>
-      <c r="F388" s="78" t="s">
+      <c r="F392" s="78" t="s">
         <v>589</v>
       </c>
     </row>
-    <row r="389" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A389" s="127" t="s">
+    <row r="393" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A393" s="127" t="s">
         <v>590</v>
       </c>
-      <c r="B389" s="86" t="s">
+      <c r="B393" s="86" t="s">
         <v>587</v>
       </c>
-      <c r="C389" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D389" s="86" t="s">
+      <c r="C393" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D393" s="86" t="s">
         <v>588</v>
       </c>
-      <c r="E389" s="88">
+      <c r="E393" s="88">
         <v>43126</v>
       </c>
-      <c r="F389" s="78" t="s">
+      <c r="F393" s="78" t="s">
         <v>589</v>
       </c>
     </row>
-    <row r="390" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A390" s="85" t="s">
+    <row r="394" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A394" s="85" t="s">
         <v>591</v>
       </c>
-      <c r="B390" s="86" t="s">
+      <c r="B394" s="86" t="s">
         <v>592</v>
       </c>
-      <c r="C390" s="86" t="s">
+      <c r="C394" s="86" t="s">
         <v>85</v>
       </c>
-      <c r="D390" s="86" t="s">
+      <c r="D394" s="86" t="s">
         <v>593</v>
       </c>
-      <c r="E390" s="88">
+      <c r="E394" s="88">
         <v>43117</v>
       </c>
-      <c r="F390" s="78" t="s">
+      <c r="F394" s="78" t="s">
         <v>594</v>
       </c>
     </row>
-    <row r="391" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A391" s="87" t="s">
+    <row r="395" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A395" s="87" t="s">
         <v>204</v>
       </c>
-      <c r="B391" s="86" t="s">
+      <c r="B395" s="86" t="s">
         <v>592</v>
       </c>
-      <c r="C391" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D391" s="86" t="s">
+      <c r="C395" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D395" s="86" t="s">
         <v>595</v>
       </c>
-      <c r="E391" s="88">
+      <c r="E395" s="88">
         <v>43117</v>
       </c>
-      <c r="F391" s="78" t="s">
+      <c r="F395" s="78" t="s">
         <v>594</v>
       </c>
     </row>
-    <row r="392" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A392" s="85" t="s">
+    <row r="396" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A396" s="85" t="s">
         <v>30</v>
       </c>
-      <c r="B392" s="86" t="s">
+      <c r="B396" s="86" t="s">
         <v>538</v>
       </c>
-      <c r="C392" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D392" s="86" t="s">
+      <c r="C396" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D396" s="86" t="s">
         <v>539</v>
       </c>
-      <c r="E392" s="88">
+      <c r="E396" s="88">
         <v>43102</v>
       </c>
-      <c r="F392" s="180" t="s">
+      <c r="F396" s="180" t="s">
         <v>540</v>
       </c>
     </row>
-    <row r="393" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A393" s="109" t="s">
+    <row r="397" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A397" s="109" t="s">
         <v>88</v>
       </c>
-      <c r="B393" s="86" t="s">
+      <c r="B397" s="86" t="s">
         <v>569</v>
       </c>
-      <c r="C393" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D393" s="86" t="s">
+      <c r="C397" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D397" s="86" t="s">
         <v>90</v>
       </c>
-      <c r="E393" s="88">
+      <c r="E397" s="88">
         <v>43102</v>
       </c>
-      <c r="F393" s="180" t="s">
+      <c r="F397" s="180" t="s">
         <v>570</v>
       </c>
     </row>
-    <row r="394" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A394" s="177" t="s">
+    <row r="398" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A398" s="177" t="s">
         <v>1748</v>
       </c>
-      <c r="B394" s="86" t="s">
+      <c r="B398" s="86" t="s">
         <v>605</v>
       </c>
-      <c r="C394" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D394" s="86" t="s">
+      <c r="C398" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D398" s="86" t="s">
         <v>547</v>
       </c>
-      <c r="E394" s="88">
+      <c r="E398" s="88">
         <v>43056</v>
       </c>
-      <c r="F394" s="78" t="s">
+      <c r="F398" s="78" t="s">
         <v>606</v>
       </c>
     </row>
-    <row r="395" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A395" s="109" t="s">
+    <row r="399" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A399" s="109" t="s">
         <v>88</v>
       </c>
-      <c r="B395" s="86" t="s">
+      <c r="B399" s="86" t="s">
         <v>607</v>
       </c>
-      <c r="C395" s="86" t="s">
+      <c r="C399" s="86" t="s">
         <v>608</v>
       </c>
-      <c r="D395" s="86" t="s">
+      <c r="D399" s="86" t="s">
         <v>609</v>
       </c>
-      <c r="E395" s="88">
+      <c r="E399" s="88">
         <v>43039</v>
       </c>
-      <c r="F395" s="78" t="s">
+      <c r="F399" s="78" t="s">
         <v>610</v>
       </c>
     </row>
-    <row r="396" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A396" s="129" t="s">
+    <row r="400" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A400" s="129" t="s">
         <v>643</v>
       </c>
-      <c r="B396" s="86" t="s">
+      <c r="B400" s="86" t="s">
         <v>644</v>
       </c>
-      <c r="C396" s="86" t="s">
+      <c r="C400" s="86" t="s">
         <v>645</v>
       </c>
-      <c r="D396" s="86" t="s">
+      <c r="D400" s="86" t="s">
         <v>646</v>
       </c>
-      <c r="E396" s="88">
+      <c r="E400" s="88">
         <v>43039</v>
       </c>
-      <c r="F396" s="78" t="s">
+      <c r="F400" s="78" t="s">
         <v>647</v>
       </c>
     </row>
-    <row r="397" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A397" s="94" t="s">
+    <row r="401" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A401" s="94" t="s">
         <v>433</v>
       </c>
-      <c r="B397" s="86" t="s">
+      <c r="B401" s="86" t="s">
         <v>611</v>
       </c>
-      <c r="C397" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D397" s="86" t="s">
+      <c r="C401" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D401" s="86" t="s">
         <v>435</v>
       </c>
-      <c r="E397" s="88">
+      <c r="E401" s="88">
         <v>43028</v>
       </c>
-      <c r="F397" s="78" t="s">
+      <c r="F401" s="78" t="s">
         <v>612</v>
       </c>
     </row>
-    <row r="398" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A398" s="128" t="s">
+    <row r="402" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A402" s="128" t="s">
         <v>613</v>
       </c>
-      <c r="B398" s="86" t="s">
+      <c r="B402" s="86" t="s">
         <v>614</v>
       </c>
-      <c r="C398" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D398" s="86" t="s">
+      <c r="C402" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D402" s="86" t="s">
         <v>615</v>
       </c>
-      <c r="E398" s="88">
+      <c r="E402" s="88">
         <v>43014</v>
       </c>
-      <c r="F398" s="78" t="s">
+      <c r="F402" s="78" t="s">
         <v>616</v>
       </c>
     </row>
-    <row r="399" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A399" s="126" t="s">
+    <row r="403" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A403" s="126" t="s">
         <v>577</v>
       </c>
-      <c r="B399" s="86" t="s">
+      <c r="B403" s="86" t="s">
         <v>617</v>
       </c>
-      <c r="C399" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D399" s="86" t="s">
+      <c r="C403" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D403" s="86" t="s">
         <v>618</v>
       </c>
-      <c r="E399" s="88">
+      <c r="E403" s="88">
         <v>42986</v>
       </c>
-      <c r="F399" s="78" t="s">
+      <c r="F403" s="78" t="s">
         <v>619</v>
       </c>
     </row>
-    <row r="400" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A400" s="117" t="s">
+    <row r="404" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A404" s="117" t="s">
         <v>327</v>
       </c>
-      <c r="B400" s="86" t="s">
+      <c r="B404" s="86" t="s">
         <v>623</v>
       </c>
-      <c r="C400" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D400" s="86" t="s">
+      <c r="C404" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D404" s="86" t="s">
         <v>624</v>
       </c>
-      <c r="E400" s="88">
+      <c r="E404" s="88">
         <v>42985</v>
       </c>
-      <c r="F400" s="78" t="s">
+      <c r="F404" s="78" t="s">
         <v>625</v>
       </c>
     </row>
-    <row r="401" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A401" s="123" t="s">
+    <row r="405" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A405" s="123" t="s">
         <v>409</v>
       </c>
-      <c r="B401" s="86" t="s">
+      <c r="B405" s="86" t="s">
         <v>626</v>
       </c>
-      <c r="C401" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D401" s="3" t="s">
+      <c r="C405" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D405" s="3" t="s">
         <v>627</v>
       </c>
-      <c r="E401" s="88">
+      <c r="E405" s="88">
         <v>42972</v>
       </c>
-      <c r="F401" s="78" t="s">
+      <c r="F405" s="78" t="s">
         <v>628</v>
       </c>
     </row>
-    <row r="402" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A402" s="109" t="s">
+    <row r="406" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A406" s="109" t="s">
         <v>88</v>
       </c>
-      <c r="B402" s="86" t="s">
+      <c r="B406" s="86" t="s">
         <v>629</v>
       </c>
-      <c r="C402" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D402" s="86" t="s">
+      <c r="C406" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D406" s="86" t="s">
         <v>630</v>
       </c>
-      <c r="E402" s="88">
+      <c r="E406" s="88">
         <v>42957</v>
       </c>
-      <c r="F402" s="78" t="s">
+      <c r="F406" s="78" t="s">
         <v>631</v>
       </c>
     </row>
-    <row r="403" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A403" s="109" t="s">
+    <row r="407" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A407" s="109" t="s">
         <v>88</v>
       </c>
-      <c r="B403" s="86" t="s">
+      <c r="B407" s="86" t="s">
         <v>620</v>
       </c>
-      <c r="C403" s="86" t="s">
+      <c r="C407" s="86" t="s">
         <v>85</v>
       </c>
-      <c r="D403" s="86" t="s">
+      <c r="D407" s="86" t="s">
         <v>621</v>
       </c>
-      <c r="E403" s="88">
+      <c r="E407" s="88">
         <v>42954</v>
       </c>
-      <c r="F403" s="78" t="s">
+      <c r="F407" s="78" t="s">
         <v>622</v>
       </c>
     </row>
-    <row r="404" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A404" s="100" t="s">
+    <row r="408" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A408" s="100" t="s">
         <v>43</v>
       </c>
-      <c r="B404" s="86" t="s">
+      <c r="B408" s="86" t="s">
         <v>632</v>
-      </c>
-[...78 lines deleted...]
-        <v>644</v>
       </c>
       <c r="C408" s="86" t="s">
         <v>85</v>
       </c>
       <c r="D408" s="86" t="s">
+        <v>633</v>
+      </c>
+      <c r="E408" s="88">
+        <v>42936</v>
+      </c>
+      <c r="F408" s="78" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="409" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A409" s="100" t="s">
+        <v>43</v>
+      </c>
+      <c r="B409" s="86" t="s">
+        <v>635</v>
+      </c>
+      <c r="C409" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D409" s="86" t="s">
+        <v>45</v>
+      </c>
+      <c r="E409" s="88">
+        <v>42936</v>
+      </c>
+      <c r="F409" s="78" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="410" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A410" s="89" t="s">
+        <v>55</v>
+      </c>
+      <c r="B410" s="86" t="s">
+        <v>637</v>
+      </c>
+      <c r="C410" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D410" s="86" t="s">
+        <v>638</v>
+      </c>
+      <c r="E410" s="88">
+        <v>42929</v>
+      </c>
+      <c r="F410" s="78" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="411" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A411" s="102" t="s">
+        <v>51</v>
+      </c>
+      <c r="B411" s="86" t="s">
+        <v>640</v>
+      </c>
+      <c r="C411" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D411" s="86" t="s">
+        <v>641</v>
+      </c>
+      <c r="E411" s="88">
+        <v>42909</v>
+      </c>
+      <c r="F411" s="78" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="412" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A412" s="129" t="s">
+        <v>643</v>
+      </c>
+      <c r="B412" s="86" t="s">
+        <v>644</v>
+      </c>
+      <c r="C412" s="86" t="s">
+        <v>85</v>
+      </c>
+      <c r="D412" s="86" t="s">
         <v>646</v>
       </c>
-      <c r="E408" s="88">
+      <c r="E412" s="88">
         <v>42909</v>
       </c>
-      <c r="F408" s="78" t="s">
+      <c r="F412" s="78" t="s">
         <v>647</v>
-      </c>
-[...78 lines deleted...]
-        <v>665</v>
       </c>
     </row>
     <row r="413" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A413" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B413" s="86" t="s">
+        <v>649</v>
+      </c>
+      <c r="C413" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D413" s="86" t="s">
+        <v>650</v>
+      </c>
+      <c r="E413" s="88">
+        <v>42860</v>
+      </c>
+      <c r="F413" s="78" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="414" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A414" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B414" s="86" t="s">
+        <v>652</v>
+      </c>
+      <c r="C414" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D414" s="86" t="s">
+        <v>653</v>
+      </c>
+      <c r="E414" s="88">
+        <v>42858</v>
+      </c>
+      <c r="F414" s="78" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="415" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A415" s="127" t="s">
+        <v>655</v>
+      </c>
+      <c r="B415" s="86" t="s">
+        <v>656</v>
+      </c>
+      <c r="C415" s="86" t="s">
+        <v>85</v>
+      </c>
+      <c r="D415" s="86" t="s">
+        <v>657</v>
+      </c>
+      <c r="E415" s="88">
+        <v>42853</v>
+      </c>
+      <c r="F415" s="78" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="416" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A416" s="102" t="s">
+        <v>51</v>
+      </c>
+      <c r="B416" s="86" t="s">
+        <v>663</v>
+      </c>
+      <c r="C416" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D416" s="86" t="s">
+        <v>664</v>
+      </c>
+      <c r="E416" s="88">
+        <v>42832</v>
+      </c>
+      <c r="F416" s="78" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="417" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A417" s="130" t="s">
+        <v>648</v>
+      </c>
+      <c r="B417" s="86" t="s">
         <v>666</v>
       </c>
-      <c r="C413" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D413" s="86" t="s">
+      <c r="C417" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D417" s="86" t="s">
         <v>667</v>
       </c>
-      <c r="E413" s="88">
+      <c r="E417" s="88">
         <v>42822</v>
       </c>
-      <c r="F413" s="78" t="s">
+      <c r="F417" s="78" t="s">
         <v>668</v>
       </c>
     </row>
-    <row r="414" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A414" s="130" t="s">
+    <row r="418" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A418" s="130" t="s">
         <v>648</v>
       </c>
-      <c r="B414" s="86" t="s">
+      <c r="B418" s="86" t="s">
         <v>669</v>
       </c>
-      <c r="C414" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D414" s="86" t="s">
+      <c r="C418" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D418" s="86" t="s">
         <v>670</v>
       </c>
-      <c r="E414" s="88">
+      <c r="E418" s="88">
         <v>42809</v>
       </c>
-      <c r="F414" s="78" t="s">
+      <c r="F418" s="78" t="s">
         <v>671</v>
       </c>
     </row>
-    <row r="415" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A415" s="90" t="s">
+    <row r="419" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A419" s="90" t="s">
         <v>95</v>
       </c>
-      <c r="B415" s="86" t="s">
+      <c r="B419" s="86" t="s">
         <v>695</v>
       </c>
-      <c r="C415" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D415" s="86" t="s">
+      <c r="C419" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D419" s="86" t="s">
         <v>696</v>
       </c>
-      <c r="E415" s="88">
+      <c r="E419" s="88">
         <v>42801</v>
       </c>
-      <c r="F415" s="78" t="s">
+      <c r="F419" s="78" t="s">
         <v>697</v>
       </c>
     </row>
-    <row r="416" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A416" s="92" t="s">
+    <row r="420" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A420" s="92" t="s">
         <v>73</v>
       </c>
-      <c r="B416" s="86" t="s">
+      <c r="B420" s="86" t="s">
         <v>596</v>
       </c>
-      <c r="C416" s="86" t="s">
+      <c r="C420" s="86" t="s">
         <v>85</v>
       </c>
-      <c r="D416" s="86" t="s">
+      <c r="D420" s="86" t="s">
         <v>597</v>
       </c>
-      <c r="E416" s="88">
+      <c r="E420" s="88">
         <v>42781</v>
       </c>
-      <c r="F416" s="78" t="s">
+      <c r="F420" s="78" t="s">
         <v>598</v>
       </c>
     </row>
-    <row r="417" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A417" s="92" t="s">
+    <row r="421" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A421" s="92" t="s">
         <v>73</v>
       </c>
-      <c r="B417" s="86" t="s">
+      <c r="B421" s="86" t="s">
         <v>599</v>
       </c>
-      <c r="C417" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D417" s="86" t="s">
+      <c r="C421" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D421" s="86" t="s">
         <v>600</v>
       </c>
-      <c r="E417" s="88">
+      <c r="E421" s="88">
         <v>42780</v>
       </c>
-      <c r="F417" s="78" t="s">
+      <c r="F421" s="78" t="s">
         <v>601</v>
       </c>
     </row>
-    <row r="418" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A418" s="92" t="s">
+    <row r="422" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A422" s="92" t="s">
         <v>73</v>
       </c>
-      <c r="B418" s="86" t="s">
+      <c r="B422" s="86" t="s">
         <v>602</v>
       </c>
-      <c r="C418" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D418" s="86" t="s">
+      <c r="C422" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D422" s="86" t="s">
         <v>603</v>
       </c>
-      <c r="E418" s="88">
+      <c r="E422" s="88">
         <v>42766</v>
       </c>
-      <c r="F418" s="96" t="s">
+      <c r="F422" s="96" t="s">
         <v>604</v>
       </c>
     </row>
-    <row r="419" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A419" s="127" t="s">
+    <row r="423" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A423" s="127" t="s">
         <v>655</v>
       </c>
-      <c r="B419" s="86" t="s">
+      <c r="B423" s="86" t="s">
         <v>672</v>
       </c>
-      <c r="C419" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D419" s="86" t="s">
+      <c r="C423" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D423" s="86" t="s">
         <v>673</v>
       </c>
-      <c r="E419" s="88">
+      <c r="E423" s="88">
         <v>42759</v>
       </c>
-      <c r="F419" s="78" t="s">
+      <c r="F423" s="78" t="s">
         <v>606</v>
       </c>
     </row>
-    <row r="420" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A420" s="123" t="s">
+    <row r="424" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A424" s="123" t="s">
         <v>409</v>
       </c>
-      <c r="B420" s="86" t="s">
+      <c r="B424" s="86" t="s">
         <v>674</v>
       </c>
-      <c r="C420" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D420" s="86" t="s">
+      <c r="C424" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D424" s="86" t="s">
         <v>675</v>
       </c>
-      <c r="E420" s="88">
+      <c r="E424" s="88">
         <v>42746</v>
       </c>
-      <c r="F420" s="78" t="s">
+      <c r="F424" s="78" t="s">
         <v>676</v>
       </c>
     </row>
-    <row r="421" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A421" s="85" t="s">
+    <row r="425" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A425" s="85" t="s">
         <v>30</v>
       </c>
-      <c r="B421" s="86" t="s">
+      <c r="B425" s="86" t="s">
         <v>659</v>
       </c>
-      <c r="C421" s="86" t="s">
+      <c r="C425" s="86" t="s">
         <v>660</v>
       </c>
-      <c r="D421" s="86" t="s">
+      <c r="D425" s="86" t="s">
         <v>661</v>
       </c>
-      <c r="E421" s="88">
+      <c r="E425" s="88">
         <v>42741</v>
       </c>
-      <c r="F421" s="78" t="s">
+      <c r="F425" s="78" t="s">
         <v>662</v>
       </c>
     </row>
-    <row r="422" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A422" s="109" t="s">
+    <row r="426" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A426" s="109" t="s">
         <v>88</v>
       </c>
-      <c r="B422" s="86" t="s">
+      <c r="B426" s="86" t="s">
         <v>677</v>
       </c>
-      <c r="C422" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D422" s="86" t="s">
+      <c r="C426" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D426" s="86" t="s">
         <v>678</v>
       </c>
-      <c r="E422" s="88">
+      <c r="E426" s="88">
         <v>42731</v>
       </c>
-      <c r="F422" s="80" t="s">
+      <c r="F426" s="80" t="s">
         <v>679</v>
       </c>
     </row>
-    <row r="423" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A423" s="109" t="s">
+    <row r="427" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A427" s="109" t="s">
         <v>88</v>
       </c>
-      <c r="B423" s="86" t="s">
+      <c r="B427" s="86" t="s">
         <v>680</v>
       </c>
-      <c r="C423" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D423" s="86" t="s">
+      <c r="C427" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D427" s="86" t="s">
         <v>681</v>
       </c>
-      <c r="E423" s="88">
+      <c r="E427" s="88">
         <v>42731</v>
       </c>
-      <c r="F423" s="78" t="s">
+      <c r="F427" s="78" t="s">
         <v>682</v>
-      </c>
-[...78 lines deleted...]
-        <v>700</v>
       </c>
     </row>
     <row r="428" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A428" s="125" t="s">
         <v>521</v>
       </c>
       <c r="B428" s="86" t="s">
-        <v>701</v>
+        <v>686</v>
       </c>
       <c r="C428" s="86" t="s">
-        <v>702</v>
+        <v>85</v>
       </c>
       <c r="D428" s="86" t="s">
         <v>687</v>
       </c>
       <c r="E428" s="88">
+        <v>42691</v>
+      </c>
+      <c r="F428" s="78" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="429" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A429" s="89" t="s">
+        <v>55</v>
+      </c>
+      <c r="B429" s="86" t="s">
+        <v>689</v>
+      </c>
+      <c r="C429" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D429" s="86" t="s">
+        <v>690</v>
+      </c>
+      <c r="E429" s="88">
+        <v>42684</v>
+      </c>
+      <c r="F429" s="78" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="430" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A430" s="95" t="s">
+        <v>308</v>
+      </c>
+      <c r="B430" s="86" t="s">
+        <v>692</v>
+      </c>
+      <c r="C430" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D430" s="86" t="s">
+        <v>693</v>
+      </c>
+      <c r="E430" s="88">
+        <v>42682</v>
+      </c>
+      <c r="F430" s="78" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="431" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A431" s="122" t="s">
+        <v>402</v>
+      </c>
+      <c r="B431" s="86" t="s">
+        <v>698</v>
+      </c>
+      <c r="C431" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D431" s="86" t="s">
+        <v>699</v>
+      </c>
+      <c r="E431" s="88">
+        <v>42670</v>
+      </c>
+      <c r="F431" s="78" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="432" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A432" s="125" t="s">
+        <v>521</v>
+      </c>
+      <c r="B432" s="86" t="s">
+        <v>701</v>
+      </c>
+      <c r="C432" s="86" t="s">
+        <v>702</v>
+      </c>
+      <c r="D432" s="86" t="s">
+        <v>687</v>
+      </c>
+      <c r="E432" s="88">
         <v>42664</v>
       </c>
-      <c r="F428" s="80" t="s">
+      <c r="F432" s="80" t="s">
         <v>703</v>
       </c>
     </row>
-    <row r="429" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A429" s="106" t="s">
+    <row r="433" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A433" s="106" t="s">
         <v>81</v>
       </c>
-      <c r="B429" s="86" t="s">
+      <c r="B433" s="86" t="s">
         <v>707</v>
       </c>
-      <c r="C429" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D429" s="86" t="s">
+      <c r="C433" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D433" s="86" t="s">
         <v>708</v>
       </c>
-      <c r="E429" s="88">
+      <c r="E433" s="88">
         <v>42662</v>
       </c>
-      <c r="F429" s="78" t="s">
+      <c r="F433" s="78" t="s">
         <v>709</v>
       </c>
     </row>
-    <row r="430" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A430" s="123" t="s">
+    <row r="434" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A434" s="123" t="s">
         <v>409</v>
       </c>
-      <c r="B430" s="86" t="s">
+      <c r="B434" s="86" t="s">
         <v>704</v>
       </c>
-      <c r="C430" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D430" s="86" t="s">
+      <c r="C434" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D434" s="86" t="s">
         <v>705</v>
       </c>
-      <c r="E430" s="88">
+      <c r="E434" s="88">
         <v>42660</v>
       </c>
-      <c r="F430" s="78" t="s">
+      <c r="F434" s="78" t="s">
         <v>706</v>
       </c>
     </row>
-    <row r="431" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A431" s="125" t="s">
+    <row r="435" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A435" s="125" t="s">
         <v>521</v>
       </c>
-      <c r="B431" s="86" t="s">
+      <c r="B435" s="86" t="s">
         <v>710</v>
       </c>
-      <c r="C431" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D431" s="86" t="s">
+      <c r="C435" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D435" s="86" t="s">
         <v>711</v>
       </c>
-      <c r="E431" s="88">
+      <c r="E435" s="88">
         <v>42648</v>
       </c>
-      <c r="F431" s="78" t="s">
+      <c r="F435" s="78" t="s">
         <v>712</v>
       </c>
     </row>
-    <row r="432" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A432" s="85" t="s">
+    <row r="436" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A436" s="85" t="s">
         <v>30</v>
       </c>
-      <c r="B432" s="86" t="s">
+      <c r="B436" s="86" t="s">
         <v>713</v>
       </c>
-      <c r="C432" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D432" s="86" t="s">
+      <c r="C436" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D436" s="86" t="s">
         <v>30</v>
       </c>
-      <c r="E432" s="88">
+      <c r="E436" s="88">
         <v>42640</v>
       </c>
-      <c r="F432" s="78" t="s">
+      <c r="F436" s="78" t="s">
         <v>714</v>
       </c>
     </row>
-    <row r="433" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A433" s="92" t="s">
+    <row r="437" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A437" s="92" t="s">
         <v>73</v>
       </c>
-      <c r="B433" s="86" t="s">
+      <c r="B437" s="86" t="s">
         <v>715</v>
       </c>
-      <c r="C433" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D433" s="86" t="s">
+      <c r="C437" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D437" s="86" t="s">
         <v>716</v>
       </c>
-      <c r="E433" s="88">
+      <c r="E437" s="88">
         <v>42640</v>
       </c>
-      <c r="F433" s="78" t="s">
+      <c r="F437" s="78" t="s">
         <v>714</v>
       </c>
     </row>
-    <row r="434" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A434" s="89" t="s">
+    <row r="438" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A438" s="89" t="s">
         <v>129</v>
       </c>
-      <c r="B434" s="86" t="s">
+      <c r="B438" s="86" t="s">
         <v>720</v>
       </c>
-      <c r="C434" s="86" t="s">
+      <c r="C438" s="86" t="s">
         <v>721</v>
       </c>
-      <c r="D434" s="86" t="s">
+      <c r="D438" s="86" t="s">
         <v>722</v>
       </c>
-      <c r="E434" s="88">
+      <c r="E438" s="88">
         <v>42636</v>
       </c>
-      <c r="F434" s="78" t="s">
+      <c r="F438" s="78" t="s">
         <v>723</v>
       </c>
     </row>
-    <row r="435" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A435" s="95" t="s">
+    <row r="439" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A439" s="95" t="s">
         <v>5</v>
       </c>
-      <c r="B435" s="86" t="s">
+      <c r="B439" s="86" t="s">
         <v>717</v>
       </c>
-      <c r="C435" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D435" s="86" t="s">
+      <c r="C439" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D439" s="86" t="s">
         <v>718</v>
       </c>
-      <c r="E435" s="88">
+      <c r="E439" s="88">
         <v>42615</v>
       </c>
-      <c r="F435" s="78" t="s">
+      <c r="F439" s="78" t="s">
         <v>719</v>
       </c>
     </row>
-    <row r="436" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A436" s="116" t="s">
+    <row r="440" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A440" s="116" t="s">
         <v>312</v>
       </c>
-      <c r="B436" s="86" t="s">
+      <c r="B440" s="86" t="s">
         <v>724</v>
       </c>
-      <c r="C436" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D436" s="86" t="s">
+      <c r="C440" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D440" s="86" t="s">
         <v>725</v>
       </c>
-      <c r="E436" s="88">
+      <c r="E440" s="88">
         <v>42605</v>
       </c>
-      <c r="F436" s="78" t="s">
+      <c r="F440" s="78" t="s">
         <v>726</v>
       </c>
     </row>
-    <row r="437" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A437" s="177" t="s">
+    <row r="441" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A441" s="177" t="s">
         <v>1748</v>
       </c>
-      <c r="B437" s="86" t="s">
+      <c r="B441" s="86" t="s">
         <v>727</v>
       </c>
-      <c r="C437" s="86" t="s">
+      <c r="C441" s="86" t="s">
         <v>85</v>
       </c>
-      <c r="D437" s="86" t="s">
+      <c r="D441" s="86" t="s">
         <v>728</v>
       </c>
-      <c r="E437" s="88">
+      <c r="E441" s="88">
         <v>42583</v>
       </c>
-      <c r="F437" s="78" t="s">
+      <c r="F441" s="78" t="s">
         <v>729</v>
       </c>
     </row>
-    <row r="438" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A438" s="177" t="s">
+    <row r="442" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A442" s="177" t="s">
         <v>1748</v>
-      </c>
-[...76 lines deleted...]
-        <v>73</v>
       </c>
       <c r="B442" s="86" t="s">
         <v>739</v>
       </c>
-      <c r="C442" s="86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C442" s="86"/>
       <c r="D442" s="86" t="s">
-        <v>741</v>
+        <v>728</v>
       </c>
       <c r="E442" s="88">
-        <v>42542</v>
+        <v>42583</v>
       </c>
       <c r="F442" s="78" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="443" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A443" s="123" t="s">
+      <c r="A443" s="111" t="s">
+        <v>45</v>
+      </c>
+      <c r="B443" s="86" t="s">
+        <v>730</v>
+      </c>
+      <c r="C443" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D443" s="86" t="s">
+        <v>45</v>
+      </c>
+      <c r="E443" s="88">
+        <v>42569</v>
+      </c>
+      <c r="F443" s="78" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="444" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A444" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B444" s="86" t="s">
+        <v>732</v>
+      </c>
+      <c r="C444" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D444" s="86" t="s">
+        <v>733</v>
+      </c>
+      <c r="E444" s="88">
+        <v>42569</v>
+      </c>
+      <c r="F444" s="78" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="445" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A445" s="116" t="s">
+        <v>312</v>
+      </c>
+      <c r="B445" s="86" t="s">
+        <v>764</v>
+      </c>
+      <c r="C445" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D445" s="86" t="s">
+        <v>765</v>
+      </c>
+      <c r="E445" s="88">
+        <v>42569</v>
+      </c>
+      <c r="F445" s="78" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="446" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A446" s="92" t="s">
+        <v>73</v>
+      </c>
+      <c r="B446" s="86" t="s">
+        <v>739</v>
+      </c>
+      <c r="C446" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D446" s="86" t="s">
+        <v>741</v>
+      </c>
+      <c r="E446" s="88">
+        <v>42542</v>
+      </c>
+      <c r="F446" s="78" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="447" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A447" s="123" t="s">
         <v>409</v>
       </c>
-      <c r="B443" s="86" t="s">
+      <c r="B447" s="86" t="s">
         <v>742</v>
       </c>
-      <c r="C443" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D443" s="86" t="s">
+      <c r="C447" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D447" s="86" t="s">
         <v>743</v>
       </c>
-      <c r="E443" s="88">
+      <c r="E447" s="88">
         <v>42537</v>
       </c>
-      <c r="F443" s="78" t="s">
+      <c r="F447" s="78" t="s">
         <v>744</v>
       </c>
     </row>
-    <row r="444" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A444" s="116" t="s">
+    <row r="448" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A448" s="116" t="s">
         <v>312</v>
       </c>
-      <c r="B444" s="86" t="s">
+      <c r="B448" s="86" t="s">
         <v>745</v>
       </c>
-      <c r="C444" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D444" s="86" t="s">
+      <c r="C448" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D448" s="86" t="s">
         <v>746</v>
       </c>
-      <c r="E444" s="88">
+      <c r="E448" s="88">
         <v>42537</v>
       </c>
-      <c r="F444" s="78" t="s">
+      <c r="F448" s="78" t="s">
         <v>747</v>
       </c>
     </row>
-    <row r="445" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A445" s="99" t="s">
+    <row r="449" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A449" s="99" t="s">
         <v>35</v>
       </c>
-      <c r="B445" s="86" t="s">
+      <c r="B449" s="86" t="s">
         <v>748</v>
       </c>
-      <c r="C445" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D445" s="86" t="s">
+      <c r="C449" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D449" s="86" t="s">
         <v>749</v>
       </c>
-      <c r="E445" s="88">
+      <c r="E449" s="88">
         <v>42523</v>
       </c>
-      <c r="F445" s="78" t="s">
+      <c r="F449" s="78" t="s">
         <v>750</v>
       </c>
     </row>
-    <row r="446" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A446" s="116" t="s">
+    <row r="450" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A450" s="116" t="s">
         <v>312</v>
       </c>
-      <c r="B446" s="86" t="s">
+      <c r="B450" s="86" t="s">
         <v>751</v>
       </c>
-      <c r="C446" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D446" s="86" t="s">
+      <c r="C450" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D450" s="86" t="s">
         <v>752</v>
       </c>
-      <c r="E446" s="88">
+      <c r="E450" s="88">
         <v>42523</v>
       </c>
-      <c r="F446" s="78" t="s">
+      <c r="F450" s="78" t="s">
         <v>753</v>
       </c>
     </row>
-    <row r="447" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A447" s="89" t="s">
+    <row r="451" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A451" s="89" t="s">
         <v>55</v>
       </c>
-      <c r="B447" s="1" t="s">
+      <c r="B451" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="C447" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D447" s="1" t="s">
+      <c r="C451" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D451" s="1" t="s">
         <v>752</v>
       </c>
-      <c r="E447" s="68">
+      <c r="E451" s="68">
         <v>42523</v>
       </c>
-      <c r="F447" s="78" t="s">
+      <c r="F451" s="78" t="s">
         <v>753</v>
       </c>
     </row>
-    <row r="448" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A448" s="97" t="s">
+    <row r="452" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A452" s="97" t="s">
         <v>10</v>
       </c>
-      <c r="B448" s="86" t="s">
+      <c r="B452" s="86" t="s">
         <v>735</v>
       </c>
-      <c r="C448" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D448" s="86" t="s">
+      <c r="C452" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D452" s="86" t="s">
         <v>736</v>
       </c>
-      <c r="E448" s="88">
+      <c r="E452" s="88">
         <v>42510</v>
       </c>
-      <c r="F448" s="78" t="s">
+      <c r="F452" s="78" t="s">
         <v>737</v>
       </c>
     </row>
-    <row r="449" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A449" s="132" t="s">
+    <row r="453" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A453" s="132" t="s">
         <v>10</v>
       </c>
-      <c r="B449" s="86" t="s">
+      <c r="B453" s="86" t="s">
         <v>1519</v>
       </c>
-      <c r="C449" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D449" s="86" t="s">
+      <c r="C453" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D453" s="86" t="s">
         <v>1518</v>
       </c>
-      <c r="E449" s="88">
+      <c r="E453" s="88">
         <v>42510</v>
       </c>
-      <c r="F449" s="78" t="s">
+      <c r="F453" s="78" t="s">
         <v>737</v>
       </c>
     </row>
-    <row r="450" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A450" s="123" t="s">
+    <row r="454" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A454" s="123" t="s">
         <v>409</v>
       </c>
-      <c r="B450" s="86" t="s">
+      <c r="B454" s="86" t="s">
         <v>755</v>
       </c>
-      <c r="C450" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D450" s="86" t="s">
+      <c r="C454" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D454" s="86" t="s">
         <v>756</v>
       </c>
-      <c r="E450" s="88">
+      <c r="E454" s="88">
         <v>42510</v>
       </c>
-      <c r="F450" s="78" t="s">
+      <c r="F454" s="78" t="s">
         <v>757</v>
       </c>
     </row>
-    <row r="451" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A451" s="92" t="s">
+    <row r="455" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A455" s="92" t="s">
         <v>73</v>
       </c>
-      <c r="B451" s="86" t="s">
+      <c r="B455" s="86" t="s">
         <v>758</v>
       </c>
-      <c r="C451" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D451" s="86" t="s">
+      <c r="C455" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D455" s="86" t="s">
         <v>759</v>
       </c>
-      <c r="E451" s="88">
+      <c r="E455" s="88">
         <v>42508</v>
       </c>
-      <c r="F451" s="78" t="s">
+      <c r="F455" s="78" t="s">
         <v>760</v>
       </c>
     </row>
-    <row r="452" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A452" s="85" t="s">
+    <row r="456" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A456" s="85" t="s">
         <v>227</v>
       </c>
-      <c r="B452" s="86" t="s">
+      <c r="B456" s="86" t="s">
         <v>761</v>
       </c>
-      <c r="C452" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D452" s="86" t="s">
+      <c r="C456" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D456" s="86" t="s">
         <v>762</v>
       </c>
-      <c r="E452" s="88">
+      <c r="E456" s="88">
         <v>42508</v>
       </c>
-      <c r="F452" s="78" t="s">
+      <c r="F456" s="78" t="s">
         <v>763</v>
       </c>
     </row>
-    <row r="453" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A453" s="102" t="s">
+    <row r="457" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A457" s="102" t="s">
         <v>51</v>
       </c>
-      <c r="B453" s="86" t="s">
+      <c r="B457" s="86" t="s">
         <v>767</v>
       </c>
-      <c r="C453" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D453" s="86" t="s">
+      <c r="C457" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D457" s="86" t="s">
         <v>768</v>
       </c>
-      <c r="E453" s="88">
+      <c r="E457" s="88">
         <v>42499</v>
       </c>
-      <c r="F453" s="78" t="s">
+      <c r="F457" s="78" t="s">
         <v>769</v>
-      </c>
-[...78 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="458" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A458" s="89" t="s">
-        <v>129</v>
+        <v>55</v>
       </c>
       <c r="B458" s="86" t="s">
-        <v>299</v>
+        <v>772</v>
       </c>
       <c r="C458" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D458" s="86" t="s">
-        <v>300</v>
+        <v>754</v>
       </c>
       <c r="E458" s="88">
-        <v>42470</v>
+        <v>42479</v>
       </c>
       <c r="F458" s="78" t="s">
-        <v>301</v>
+        <v>773</v>
       </c>
     </row>
     <row r="459" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A459" s="89" t="s">
-        <v>55</v>
+      <c r="A459" s="133" t="s">
+        <v>774</v>
       </c>
       <c r="B459" s="86" t="s">
-        <v>751</v>
+        <v>772</v>
       </c>
       <c r="C459" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D459" s="86" t="s">
-        <v>754</v>
+        <v>775</v>
       </c>
       <c r="E459" s="88">
-        <v>42466</v>
+        <v>42479</v>
       </c>
       <c r="F459" s="78" t="s">
-        <v>753</v>
+        <v>773</v>
       </c>
     </row>
     <row r="460" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A460" s="89" t="s">
+        <v>489</v>
+      </c>
+      <c r="B460" s="86" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C460" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D460" s="86" t="s">
+        <v>777</v>
+      </c>
+      <c r="E460" s="88">
+        <v>42474</v>
+      </c>
+      <c r="F460" s="78" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="461" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A461" s="105" t="s">
+        <v>77</v>
+      </c>
+      <c r="B461" s="86" t="s">
+        <v>299</v>
+      </c>
+      <c r="C461" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D461" s="86" t="s">
+        <v>300</v>
+      </c>
+      <c r="E461" s="88">
+        <v>42470</v>
+      </c>
+      <c r="F461" s="78" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="462" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A462" s="89" t="s">
+        <v>129</v>
+      </c>
+      <c r="B462" s="86" t="s">
+        <v>299</v>
+      </c>
+      <c r="C462" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D462" s="86" t="s">
+        <v>300</v>
+      </c>
+      <c r="E462" s="88">
+        <v>42470</v>
+      </c>
+      <c r="F462" s="78" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="463" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A463" s="89" t="s">
         <v>55</v>
       </c>
-      <c r="B460" s="86" t="s">
+      <c r="B463" s="86" t="s">
+        <v>751</v>
+      </c>
+      <c r="C463" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D463" s="86" t="s">
+        <v>754</v>
+      </c>
+      <c r="E463" s="88">
+        <v>42466</v>
+      </c>
+      <c r="F463" s="78" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="464" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A464" s="89" t="s">
+        <v>55</v>
+      </c>
+      <c r="B464" s="86" t="s">
         <v>776</v>
       </c>
-      <c r="C460" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D460" s="86" t="s">
+      <c r="C464" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D464" s="86" t="s">
         <v>754</v>
       </c>
-      <c r="E460" s="88">
+      <c r="E464" s="88">
         <v>42466</v>
       </c>
-      <c r="F460" s="78" t="s">
+      <c r="F464" s="78" t="s">
         <v>1521</v>
       </c>
     </row>
-    <row r="461" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A461" s="84" t="s">
+    <row r="465" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A465" s="84" t="s">
         <v>39</v>
       </c>
-      <c r="B461" s="86" t="s">
+      <c r="B465" s="86" t="s">
         <v>779</v>
       </c>
-      <c r="C461" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D461" s="86" t="s">
+      <c r="C465" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D465" s="86" t="s">
         <v>780</v>
       </c>
-      <c r="E461" s="88">
+      <c r="E465" s="88">
         <v>42459</v>
       </c>
-      <c r="F461" s="78" t="s">
+      <c r="F465" s="78" t="s">
         <v>781</v>
       </c>
     </row>
-    <row r="462" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A462" s="134" t="s">
+    <row r="466" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A466" s="134" t="s">
         <v>782</v>
       </c>
-      <c r="B462" s="86" t="s">
+      <c r="B466" s="86" t="s">
         <v>783</v>
       </c>
-      <c r="C462" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D462" s="86" t="s">
+      <c r="C466" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D466" s="86" t="s">
         <v>784</v>
       </c>
-      <c r="E462" s="88">
+      <c r="E466" s="88">
         <v>42444</v>
       </c>
-      <c r="F462" s="78" t="s">
+      <c r="F466" s="78" t="s">
         <v>785</v>
       </c>
     </row>
-    <row r="463" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A463" s="92" t="s">
+    <row r="467" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A467" s="92" t="s">
         <v>73</v>
       </c>
-      <c r="B463" s="86" t="s">
+      <c r="B467" s="86" t="s">
         <v>786</v>
       </c>
-      <c r="C463" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D463" s="86" t="s">
+      <c r="C467" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D467" s="86" t="s">
         <v>787</v>
       </c>
-      <c r="E463" s="88">
+      <c r="E467" s="88">
         <v>42436</v>
       </c>
-      <c r="F463" s="78" t="s">
+      <c r="F467" s="78" t="s">
         <v>788</v>
       </c>
     </row>
-    <row r="464" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A464" s="123" t="s">
+    <row r="468" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A468" s="123" t="s">
         <v>409</v>
       </c>
-      <c r="B464" s="86" t="s">
+      <c r="B468" s="86" t="s">
         <v>789</v>
       </c>
-      <c r="C464" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D464" s="86" t="s">
+      <c r="C468" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D468" s="86" t="s">
         <v>790</v>
       </c>
-      <c r="E464" s="88">
+      <c r="E468" s="88">
         <v>42403</v>
       </c>
-      <c r="F464" s="78" t="s">
+      <c r="F468" s="78" t="s">
         <v>791</v>
-      </c>
-[...78 lines deleted...]
-        <v>804</v>
       </c>
     </row>
     <row r="469" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A469" s="89" t="s">
         <v>792</v>
       </c>
       <c r="B469" s="86" t="s">
+        <v>793</v>
+      </c>
+      <c r="C469" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D469" s="86" t="s">
+        <v>794</v>
+      </c>
+      <c r="E469" s="88">
+        <v>42384</v>
+      </c>
+      <c r="F469" s="78" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="470" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A470" s="97" t="s">
+        <v>10</v>
+      </c>
+      <c r="B470" s="86" t="s">
+        <v>796</v>
+      </c>
+      <c r="C470" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D470" s="86" t="s">
+        <v>797</v>
+      </c>
+      <c r="E470" s="88">
+        <v>42326</v>
+      </c>
+      <c r="F470" s="78" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="471" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A471" s="89" t="s">
+        <v>792</v>
+      </c>
+      <c r="B471" s="86" t="s">
+        <v>799</v>
+      </c>
+      <c r="C471" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D471" s="86" t="s">
+        <v>800</v>
+      </c>
+      <c r="E471" s="88">
+        <v>42321</v>
+      </c>
+      <c r="F471" s="78" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="472" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A472" s="134" t="s">
+        <v>782</v>
+      </c>
+      <c r="B472" s="86" t="s">
+        <v>802</v>
+      </c>
+      <c r="C472" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D472" s="86" t="s">
+        <v>803</v>
+      </c>
+      <c r="E472" s="88">
+        <v>42300</v>
+      </c>
+      <c r="F472" s="78" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="473" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A473" s="89" t="s">
+        <v>792</v>
+      </c>
+      <c r="B473" s="86" t="s">
         <v>805</v>
       </c>
-      <c r="C469" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D469" s="86" t="s">
+      <c r="C473" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D473" s="86" t="s">
         <v>806</v>
       </c>
-      <c r="E469" s="88">
+      <c r="E473" s="88">
         <v>42285</v>
       </c>
-      <c r="F469" s="78" t="s">
+      <c r="F473" s="78" t="s">
         <v>1527</v>
       </c>
     </row>
-    <row r="470" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A470" s="92" t="s">
+    <row r="474" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A474" s="92" t="s">
         <v>73</v>
       </c>
-      <c r="B470" s="86" t="s">
+      <c r="B474" s="86" t="s">
         <v>808</v>
       </c>
-      <c r="C470" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D470" s="86" t="s">
+      <c r="C474" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D474" s="86" t="s">
         <v>809</v>
       </c>
-      <c r="E470" s="88">
+      <c r="E474" s="88">
         <v>42283</v>
       </c>
-      <c r="F470" s="78" t="s">
+      <c r="F474" s="78" t="s">
         <v>810</v>
       </c>
     </row>
-    <row r="471" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A471" s="134" t="s">
+    <row r="475" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A475" s="134" t="s">
         <v>782</v>
       </c>
-      <c r="B471" s="86" t="s">
+      <c r="B475" s="86" t="s">
         <v>811</v>
       </c>
-      <c r="C471" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D471" s="86" t="s">
+      <c r="C475" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D475" s="86" t="s">
         <v>812</v>
       </c>
-      <c r="E471" s="88">
+      <c r="E475" s="88">
         <v>42282</v>
       </c>
-      <c r="F471" s="78" t="s">
+      <c r="F475" s="78" t="s">
         <v>813</v>
       </c>
     </row>
-    <row r="472" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A472" s="125" t="s">
+    <row r="476" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A476" s="125" t="s">
         <v>521</v>
       </c>
-      <c r="B472" s="86" t="s">
+      <c r="B476" s="86" t="s">
         <v>814</v>
       </c>
-      <c r="C472" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D472" s="86" t="s">
+      <c r="C476" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D476" s="86" t="s">
         <v>815</v>
       </c>
-      <c r="E472" s="88">
+      <c r="E476" s="88">
         <v>42279</v>
       </c>
-      <c r="F472" s="78" t="s">
+      <c r="F476" s="78" t="s">
         <v>816</v>
       </c>
     </row>
-    <row r="473" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-[...79 lines deleted...]
-    <row r="477" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="477" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A477" s="123" t="s">
         <v>409</v>
       </c>
       <c r="B477" s="86" t="s">
-        <v>827</v>
+        <v>817</v>
       </c>
       <c r="C477" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D477" s="86" t="s">
-        <v>828</v>
+        <v>818</v>
       </c>
       <c r="E477" s="88">
-        <v>42206</v>
+        <v>42278</v>
       </c>
       <c r="F477" s="78" t="s">
-        <v>829</v>
+        <v>807</v>
       </c>
     </row>
     <row r="478" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A478" s="95" t="s">
-        <v>308</v>
+      <c r="A478" s="117" t="s">
+        <v>327</v>
       </c>
       <c r="B478" s="86" t="s">
-        <v>830</v>
+        <v>819</v>
       </c>
       <c r="C478" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D478" s="86" t="s">
-        <v>831</v>
+        <v>820</v>
       </c>
       <c r="E478" s="88">
-        <v>42199</v>
+        <v>42276</v>
       </c>
       <c r="F478" s="78" t="s">
-        <v>832</v>
+        <v>821</v>
       </c>
     </row>
     <row r="479" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A479" s="109" t="s">
-        <v>88</v>
+      <c r="A479" s="102" t="s">
+        <v>51</v>
       </c>
       <c r="B479" s="86" t="s">
-        <v>833</v>
+        <v>822</v>
       </c>
       <c r="C479" s="86" t="s">
-        <v>721</v>
+        <v>7</v>
       </c>
       <c r="D479" s="86" t="s">
-        <v>90</v>
+        <v>823</v>
       </c>
       <c r="E479" s="88">
-        <v>42181</v>
+        <v>42248</v>
       </c>
       <c r="F479" s="78" t="s">
-        <v>834</v>
+        <v>824</v>
       </c>
     </row>
     <row r="480" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A480" s="123" t="s">
-        <v>409</v>
+      <c r="A480" s="85" t="s">
+        <v>30</v>
       </c>
       <c r="B480" s="86" t="s">
-        <v>835</v>
+        <v>825</v>
       </c>
       <c r="C480" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D480" s="86" t="s">
-        <v>836</v>
+        <v>30</v>
       </c>
       <c r="E480" s="88">
-        <v>42177</v>
+        <v>42214</v>
       </c>
       <c r="F480" s="78" t="s">
-        <v>837</v>
-[...2 lines deleted...]
-    <row r="481" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="481" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A481" s="123" t="s">
         <v>409</v>
       </c>
       <c r="B481" s="86" t="s">
+        <v>827</v>
+      </c>
+      <c r="C481" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D481" s="86" t="s">
+        <v>828</v>
+      </c>
+      <c r="E481" s="88">
+        <v>42206</v>
+      </c>
+      <c r="F481" s="78" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="482" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A482" s="95" t="s">
+        <v>308</v>
+      </c>
+      <c r="B482" s="86" t="s">
+        <v>830</v>
+      </c>
+      <c r="C482" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D482" s="86" t="s">
+        <v>831</v>
+      </c>
+      <c r="E482" s="88">
+        <v>42199</v>
+      </c>
+      <c r="F482" s="78" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="483" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A483" s="109" t="s">
+        <v>88</v>
+      </c>
+      <c r="B483" s="86" t="s">
+        <v>833</v>
+      </c>
+      <c r="C483" s="86" t="s">
+        <v>721</v>
+      </c>
+      <c r="D483" s="86" t="s">
+        <v>90</v>
+      </c>
+      <c r="E483" s="88">
+        <v>42181</v>
+      </c>
+      <c r="F483" s="78" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="484" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A484" s="123" t="s">
+        <v>409</v>
+      </c>
+      <c r="B484" s="86" t="s">
+        <v>835</v>
+      </c>
+      <c r="C484" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D484" s="86" t="s">
+        <v>836</v>
+      </c>
+      <c r="E484" s="88">
+        <v>42177</v>
+      </c>
+      <c r="F484" s="78" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="485" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A485" s="123" t="s">
+        <v>409</v>
+      </c>
+      <c r="B485" s="86" t="s">
         <v>838</v>
       </c>
-      <c r="C481" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D481" s="86" t="s">
+      <c r="C485" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D485" s="86" t="s">
         <v>839</v>
       </c>
-      <c r="E481" s="88">
+      <c r="E485" s="88">
         <v>42157</v>
       </c>
-      <c r="F481" s="78" t="s">
+      <c r="F485" s="78" t="s">
         <v>840</v>
       </c>
     </row>
-    <row r="482" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A482" s="111" t="s">
+    <row r="486" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A486" s="111" t="s">
         <v>45</v>
       </c>
-      <c r="B482" s="86" t="s">
+      <c r="B486" s="86" t="s">
         <v>841</v>
       </c>
-      <c r="C482" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D482" s="86" t="s">
+      <c r="C486" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D486" s="86" t="s">
         <v>45</v>
       </c>
-      <c r="E482" s="88">
+      <c r="E486" s="88">
         <v>42143</v>
       </c>
-      <c r="F482" s="78" t="s">
+      <c r="F486" s="78" t="s">
         <v>842</v>
       </c>
     </row>
-    <row r="483" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A483" s="128" t="s">
+    <row r="487" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A487" s="128" t="s">
         <v>613</v>
       </c>
-      <c r="B483" s="86" t="s">
+      <c r="B487" s="86" t="s">
         <v>843</v>
       </c>
-      <c r="C483" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D483" s="86" t="s">
+      <c r="C487" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D487" s="86" t="s">
         <v>844</v>
       </c>
-      <c r="E483" s="88">
+      <c r="E487" s="88">
         <v>42122</v>
       </c>
-      <c r="F483" s="78" t="s">
+      <c r="F487" s="78" t="s">
         <v>845</v>
       </c>
     </row>
-    <row r="484" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A484" s="101" t="s">
+    <row r="488" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A488" s="101" t="s">
         <v>846</v>
       </c>
-      <c r="B484" s="86" t="s">
+      <c r="B488" s="86" t="s">
         <v>847</v>
       </c>
-      <c r="C484" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D484" s="86" t="s">
+      <c r="C488" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D488" s="86" t="s">
         <v>848</v>
       </c>
-      <c r="E484" s="88">
+      <c r="E488" s="88">
         <v>42108</v>
       </c>
-      <c r="F484" s="78" t="s">
+      <c r="F488" s="78" t="s">
         <v>849</v>
       </c>
     </row>
-    <row r="485" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A485" s="134" t="s">
+    <row r="489" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A489" s="134" t="s">
         <v>782</v>
       </c>
-      <c r="B485" s="86" t="s">
+      <c r="B489" s="86" t="s">
         <v>850</v>
       </c>
-      <c r="C485" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D485" s="86" t="s">
+      <c r="C489" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D489" s="86" t="s">
         <v>851</v>
       </c>
-      <c r="E485" s="88">
+      <c r="E489" s="88">
         <v>42097</v>
       </c>
-      <c r="F485" s="78" t="s">
+      <c r="F489" s="78" t="s">
         <v>852</v>
       </c>
     </row>
-    <row r="486" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A486" s="118" t="s">
+    <row r="490" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A490" s="118" t="s">
         <v>346</v>
       </c>
-      <c r="B486" s="86" t="s">
+      <c r="B490" s="86" t="s">
         <v>853</v>
       </c>
-      <c r="C486" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D486" s="86" t="s">
+      <c r="C490" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D490" s="86" t="s">
         <v>854</v>
       </c>
-      <c r="E486" s="88">
+      <c r="E490" s="88">
         <v>42082</v>
       </c>
-      <c r="F486" s="78" t="s">
+      <c r="F490" s="78" t="s">
         <v>855</v>
       </c>
     </row>
-    <row r="487" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A487" s="135" t="s">
+    <row r="491" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A491" s="135" t="s">
         <v>856</v>
       </c>
-      <c r="B487" s="86" t="s">
+      <c r="B491" s="86" t="s">
         <v>857</v>
       </c>
-      <c r="C487" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D487" s="86" t="s">
+      <c r="C491" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D491" s="86" t="s">
         <v>858</v>
       </c>
-      <c r="E487" s="88">
+      <c r="E491" s="88">
         <v>42075</v>
       </c>
-      <c r="F487" s="78" t="s">
+      <c r="F491" s="78" t="s">
         <v>859</v>
       </c>
     </row>
-    <row r="488" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A488" s="92" t="s">
+    <row r="492" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A492" s="92" t="s">
         <v>73</v>
       </c>
-      <c r="B488" s="86" t="s">
+      <c r="B492" s="86" t="s">
         <v>860</v>
       </c>
-      <c r="C488" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D488" s="86" t="s">
+      <c r="C492" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D492" s="86" t="s">
         <v>861</v>
       </c>
-      <c r="E488" s="88">
+      <c r="E492" s="88">
         <v>42075</v>
       </c>
-      <c r="F488" s="78" t="s">
+      <c r="F492" s="78" t="s">
         <v>862</v>
       </c>
     </row>
-    <row r="489" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A489" s="135" t="s">
+    <row r="493" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A493" s="135" t="s">
         <v>856</v>
       </c>
-      <c r="B489" s="86" t="s">
+      <c r="B493" s="86" t="s">
         <v>866</v>
       </c>
-      <c r="C489" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D489" s="86" t="s">
+      <c r="C493" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D493" s="86" t="s">
         <v>867</v>
       </c>
-      <c r="E489" s="88">
+      <c r="E493" s="88">
         <v>42061</v>
       </c>
-      <c r="F489" s="78" t="s">
+      <c r="F493" s="78" t="s">
         <v>868</v>
       </c>
     </row>
-    <row r="490" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A490" s="135" t="s">
+    <row r="494" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A494" s="135" t="s">
         <v>856</v>
       </c>
-      <c r="B490" s="86" t="s">
+      <c r="B494" s="86" t="s">
         <v>871</v>
       </c>
-      <c r="C490" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D490" s="86" t="s">
+      <c r="C494" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D494" s="86" t="s">
         <v>872</v>
       </c>
-      <c r="E490" s="88">
+      <c r="E494" s="88">
         <v>42061</v>
       </c>
-      <c r="F490" s="78" t="s">
+      <c r="F494" s="78" t="s">
         <v>873</v>
       </c>
     </row>
-    <row r="491" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A491" s="116" t="s">
+    <row r="495" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A495" s="116" t="s">
         <v>312</v>
       </c>
-      <c r="B491" s="86" t="s">
+      <c r="B495" s="86" t="s">
         <v>869</v>
       </c>
-      <c r="C491" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D491" s="86" t="s">
+      <c r="C495" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D495" s="86" t="s">
         <v>746</v>
       </c>
-      <c r="E491" s="88">
+      <c r="E495" s="88">
         <v>42054</v>
       </c>
-      <c r="F491" s="78" t="s">
+      <c r="F495" s="78" t="s">
         <v>870</v>
       </c>
     </row>
-    <row r="492" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A492" s="102" t="s">
+    <row r="496" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A496" s="102" t="s">
         <v>51</v>
       </c>
-      <c r="B492" s="86" t="s">
+      <c r="B496" s="86" t="s">
         <v>874</v>
       </c>
-      <c r="C492" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D492" s="86" t="s">
+      <c r="C496" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D496" s="86" t="s">
         <v>875</v>
       </c>
-      <c r="E492" s="88">
+      <c r="E496" s="88">
         <v>42041</v>
       </c>
-      <c r="F492" s="78" t="s">
+      <c r="F496" s="78" t="s">
         <v>876</v>
       </c>
     </row>
-    <row r="493" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A493" s="128" t="s">
+    <row r="497" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A497" s="128" t="s">
         <v>613</v>
       </c>
-      <c r="B493" s="86" t="s">
+      <c r="B497" s="86" t="s">
         <v>877</v>
       </c>
-      <c r="C493" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D493" s="86" t="s">
+      <c r="C497" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D497" s="86" t="s">
         <v>878</v>
       </c>
-      <c r="E493" s="88">
+      <c r="E497" s="88">
         <v>42030</v>
       </c>
-      <c r="F493" s="78" t="s">
+      <c r="F497" s="78" t="s">
         <v>879</v>
       </c>
     </row>
-    <row r="494" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A494" s="116" t="s">
+    <row r="498" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A498" s="116" t="s">
         <v>312</v>
       </c>
-      <c r="B494" s="86" t="s">
+      <c r="B498" s="86" t="s">
         <v>880</v>
       </c>
-      <c r="C494" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D494" s="86" t="s">
+      <c r="C498" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D498" s="86" t="s">
         <v>881</v>
       </c>
-      <c r="E494" s="88">
+      <c r="E498" s="88">
         <v>42030</v>
       </c>
-      <c r="F494" s="78" t="s">
+      <c r="F498" s="78" t="s">
         <v>882</v>
       </c>
     </row>
-    <row r="495" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A495" s="102" t="s">
+    <row r="499" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A499" s="102" t="s">
         <v>51</v>
       </c>
-      <c r="B495" s="86" t="s">
+      <c r="B499" s="86" t="s">
         <v>883</v>
       </c>
-      <c r="C495" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D495" s="86" t="s">
+      <c r="C499" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D499" s="86" t="s">
         <v>884</v>
       </c>
-      <c r="E495" s="88">
+      <c r="E499" s="88">
         <v>41988</v>
       </c>
-      <c r="F495" s="78" t="s">
+      <c r="F499" s="78" t="s">
         <v>1522</v>
       </c>
     </row>
-    <row r="496" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A496" s="97" t="s">
+    <row r="500" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A500" s="97" t="s">
         <v>10</v>
       </c>
-      <c r="B496" s="86" t="s">
+      <c r="B500" s="86" t="s">
         <v>886</v>
       </c>
-      <c r="C496" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D496" s="86" t="s">
+      <c r="C500" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D500" s="86" t="s">
         <v>887</v>
       </c>
-      <c r="E496" s="88">
+      <c r="E500" s="88">
         <v>41962</v>
       </c>
-      <c r="F496" s="79" t="s">
+      <c r="F500" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="497" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A497" s="101" t="s">
+    <row r="501" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A501" s="101" t="s">
         <v>846</v>
       </c>
-      <c r="B497" s="86" t="s">
+      <c r="B501" s="86" t="s">
         <v>889</v>
       </c>
-      <c r="C497" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D497" s="86" t="s">
+      <c r="C501" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D501" s="86" t="s">
         <v>890</v>
       </c>
-      <c r="E497" s="88">
+      <c r="E501" s="88">
         <v>41956</v>
-      </c>
-[...78 lines deleted...]
-        <v>41920</v>
       </c>
       <c r="F501" s="79" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="502" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A502" s="124" t="s">
+      <c r="A502" s="85" t="s">
+        <v>30</v>
+      </c>
+      <c r="B502" s="86" t="s">
+        <v>891</v>
+      </c>
+      <c r="C502" s="86" t="s">
+        <v>32</v>
+      </c>
+      <c r="D502" s="86" t="s">
+        <v>892</v>
+      </c>
+      <c r="E502" s="88">
+        <v>41955</v>
+      </c>
+      <c r="F502" s="78" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="503" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A503" s="121" t="s">
+        <v>374</v>
+      </c>
+      <c r="B503" s="86" t="s">
+        <v>893</v>
+      </c>
+      <c r="C503" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D503" s="86" t="s">
+        <v>894</v>
+      </c>
+      <c r="E503" s="88">
+        <v>41946</v>
+      </c>
+      <c r="F503" s="78" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="504" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A504" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B504" s="86" t="s">
+        <v>896</v>
+      </c>
+      <c r="C504" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D504" s="86" t="s">
+        <v>897</v>
+      </c>
+      <c r="E504" s="88">
+        <v>41940</v>
+      </c>
+      <c r="F504" s="78" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="505" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A505" s="134" t="s">
+        <v>782</v>
+      </c>
+      <c r="B505" s="86" t="s">
+        <v>899</v>
+      </c>
+      <c r="C505" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D505" s="86" t="s">
+        <v>900</v>
+      </c>
+      <c r="E505" s="88">
+        <v>41920</v>
+      </c>
+      <c r="F505" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="506" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A506" s="124" t="s">
         <v>481</v>
       </c>
-      <c r="B502" s="86" t="s">
+      <c r="B506" s="86" t="s">
         <v>901</v>
       </c>
-      <c r="C502" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D502" s="86" t="s">
+      <c r="C506" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D506" s="86" t="s">
         <v>902</v>
       </c>
-      <c r="E502" s="88">
+      <c r="E506" s="88">
         <v>41920</v>
       </c>
-      <c r="F502" s="78" t="s">
+      <c r="F506" s="78" t="s">
         <v>903</v>
       </c>
     </row>
-    <row r="503" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A503" s="89" t="s">
+    <row r="507" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A507" s="89" t="s">
         <v>489</v>
       </c>
-      <c r="B503" s="86" t="s">
+      <c r="B507" s="86" t="s">
         <v>904</v>
       </c>
-      <c r="C503" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D503" s="86" t="s">
+      <c r="C507" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D507" s="86" t="s">
         <v>905</v>
       </c>
-      <c r="E503" s="88">
+      <c r="E507" s="88">
         <v>41915</v>
-      </c>
-[...78 lines deleted...]
-        <v>41829</v>
       </c>
       <c r="F507" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="508" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A508" s="101" t="s">
+    <row r="508" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A508" s="117" t="s">
+        <v>327</v>
+      </c>
+      <c r="B508" s="86" t="s">
+        <v>906</v>
+      </c>
+      <c r="C508" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D508" s="86" t="s">
+        <v>907</v>
+      </c>
+      <c r="E508" s="88">
+        <v>41911</v>
+      </c>
+      <c r="F508" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="509" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A509" s="84" t="s">
+        <v>39</v>
+      </c>
+      <c r="B509" s="86" t="s">
+        <v>908</v>
+      </c>
+      <c r="C509" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D509" s="86" t="s">
+        <v>909</v>
+      </c>
+      <c r="E509" s="88">
+        <v>41884</v>
+      </c>
+      <c r="F509" s="78" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="510" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A510" s="106" t="s">
+        <v>81</v>
+      </c>
+      <c r="B510" s="86" t="s">
+        <v>911</v>
+      </c>
+      <c r="C510" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D510" s="86" t="s">
+        <v>912</v>
+      </c>
+      <c r="E510" s="88">
+        <v>41877</v>
+      </c>
+      <c r="F510" s="78" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="511" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A511" s="111" t="s">
+        <v>45</v>
+      </c>
+      <c r="B511" s="86" t="s">
+        <v>914</v>
+      </c>
+      <c r="C511" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D511" s="86" t="s">
+        <v>45</v>
+      </c>
+      <c r="E511" s="88">
+        <v>41829</v>
+      </c>
+      <c r="F511" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="512" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A512" s="101" t="s">
         <v>846</v>
       </c>
-      <c r="B508" s="86" t="s">
+      <c r="B512" s="86" t="s">
         <v>915</v>
       </c>
-      <c r="C508" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D508" s="86" t="s">
+      <c r="C512" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D512" s="86" t="s">
         <v>916</v>
       </c>
-      <c r="E508" s="88">
+      <c r="E512" s="88">
         <v>41808</v>
       </c>
-      <c r="F508" s="78" t="s">
+      <c r="F512" s="78" t="s">
         <v>917</v>
       </c>
     </row>
-    <row r="509" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A509" s="116" t="s">
+    <row r="513" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A513" s="116" t="s">
         <v>312</v>
       </c>
-      <c r="B509" s="86" t="s">
+      <c r="B513" s="86" t="s">
         <v>918</v>
       </c>
-      <c r="C509" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D509" s="86" t="s">
+      <c r="C513" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D513" s="86" t="s">
         <v>919</v>
       </c>
-      <c r="E509" s="88">
+      <c r="E513" s="88">
         <v>41796</v>
       </c>
-      <c r="F509" s="78" t="s">
+      <c r="F513" s="78" t="s">
         <v>920</v>
       </c>
     </row>
-    <row r="510" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A510" s="89" t="s">
+    <row r="514" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A514" s="89" t="s">
         <v>792</v>
       </c>
-      <c r="B510" s="86" t="s">
+      <c r="B514" s="86" t="s">
         <v>921</v>
       </c>
-      <c r="C510" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D510" s="86" t="s">
+      <c r="C514" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D514" s="86" t="s">
         <v>922</v>
       </c>
-      <c r="E510" s="88">
+      <c r="E514" s="88">
         <v>41747</v>
       </c>
-      <c r="F510" s="78" t="s">
+      <c r="F514" s="78" t="s">
         <v>923</v>
       </c>
     </row>
-    <row r="511" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A511" s="92" t="s">
+    <row r="515" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A515" s="92" t="s">
         <v>73</v>
       </c>
-      <c r="B511" s="86" t="s">
+      <c r="B515" s="86" t="s">
         <v>924</v>
       </c>
-      <c r="C511" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D511" s="86" t="s">
+      <c r="C515" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D515" s="86" t="s">
         <v>925</v>
       </c>
-      <c r="E511" s="88">
+      <c r="E515" s="88">
         <v>41746</v>
       </c>
-      <c r="F511" s="78" t="s">
+      <c r="F515" s="78" t="s">
         <v>926</v>
       </c>
     </row>
-    <row r="512" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A512" s="135" t="s">
+    <row r="516" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A516" s="135" t="s">
         <v>856</v>
       </c>
-      <c r="B512" s="86" t="s">
+      <c r="B516" s="86" t="s">
         <v>927</v>
       </c>
-      <c r="C512" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D512" s="86" t="s">
+      <c r="C516" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D516" s="86" t="s">
         <v>928</v>
       </c>
-      <c r="E512" s="88">
+      <c r="E516" s="88">
         <v>41732</v>
       </c>
-      <c r="F512" s="79" t="s">
+      <c r="F516" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="513" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A513" s="136" t="s">
+    <row r="517" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A517" s="136" t="s">
         <v>929</v>
       </c>
-      <c r="B513" s="86" t="s">
+      <c r="B517" s="86" t="s">
         <v>930</v>
       </c>
-      <c r="C513" s="86" t="s">
+      <c r="C517" s="86" t="s">
         <v>931</v>
       </c>
-      <c r="D513" s="86" t="s">
+      <c r="D517" s="86" t="s">
         <v>932</v>
       </c>
-      <c r="E513" s="88">
+      <c r="E517" s="88">
         <v>41730</v>
       </c>
-      <c r="F513" s="78" t="s">
+      <c r="F517" s="78" t="s">
         <v>933</v>
-      </c>
-[...78 lines deleted...]
-        <v>888</v>
       </c>
     </row>
     <row r="518" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A518" s="89" t="s">
         <v>934</v>
       </c>
       <c r="B518" s="86" t="s">
+        <v>935</v>
+      </c>
+      <c r="C518" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D518" s="86" t="s">
+        <v>936</v>
+      </c>
+      <c r="E518" s="88">
+        <v>41725</v>
+      </c>
+      <c r="F518" s="78" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="519" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A519" s="118" t="s">
+        <v>346</v>
+      </c>
+      <c r="B519" s="86" t="s">
+        <v>938</v>
+      </c>
+      <c r="C519" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D519" s="86" t="s">
+        <v>939</v>
+      </c>
+      <c r="E519" s="88">
+        <v>41722</v>
+      </c>
+      <c r="F519" s="78" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="520" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A520" s="118" t="s">
+        <v>346</v>
+      </c>
+      <c r="B520" s="86" t="s">
+        <v>941</v>
+      </c>
+      <c r="C520" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D520" s="86" t="s">
+        <v>942</v>
+      </c>
+      <c r="E520" s="88">
+        <v>41722</v>
+      </c>
+      <c r="F520" s="78" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="521" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A521" s="116" t="s">
+        <v>312</v>
+      </c>
+      <c r="B521" s="86" t="s">
+        <v>944</v>
+      </c>
+      <c r="C521" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D521" s="86" t="s">
+        <v>746</v>
+      </c>
+      <c r="E521" s="88">
+        <v>41703</v>
+      </c>
+      <c r="F521" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="522" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A522" s="89" t="s">
+        <v>934</v>
+      </c>
+      <c r="B522" s="86" t="s">
         <v>945</v>
       </c>
-      <c r="C518" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D518" s="86" t="s">
+      <c r="C522" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D522" s="86" t="s">
         <v>946</v>
       </c>
-      <c r="E518" s="88">
+      <c r="E522" s="88">
         <v>41702</v>
       </c>
-      <c r="F518" s="78" t="s">
+      <c r="F522" s="78" t="s">
         <v>947</v>
       </c>
     </row>
-    <row r="519" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A519" s="89" t="s">
+    <row r="523" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A523" s="89" t="s">
         <v>489</v>
       </c>
-      <c r="B519" s="86" t="s">
+      <c r="B523" s="86" t="s">
         <v>948</v>
       </c>
-      <c r="C519" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D519" s="86" t="s">
+      <c r="C523" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D523" s="86" t="s">
         <v>949</v>
       </c>
-      <c r="E519" s="88">
+      <c r="E523" s="88">
         <v>41673</v>
       </c>
-      <c r="F519" s="78" t="s">
+      <c r="F523" s="78" t="s">
         <v>950</v>
       </c>
     </row>
-    <row r="520" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A520" s="117" t="s">
+    <row r="524" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A524" s="117" t="s">
         <v>327</v>
       </c>
-      <c r="B520" s="86" t="s">
+      <c r="B524" s="86" t="s">
         <v>951</v>
       </c>
-      <c r="C520" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D520" s="86" t="s">
+      <c r="C524" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D524" s="86" t="s">
         <v>952</v>
       </c>
-      <c r="E520" s="88">
+      <c r="E524" s="88">
         <v>41654</v>
       </c>
-      <c r="F520" s="78" t="s">
+      <c r="F524" s="78" t="s">
         <v>1526</v>
       </c>
     </row>
-    <row r="521" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A521" s="120" t="s">
+    <row r="525" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A525" s="120" t="s">
         <v>367</v>
       </c>
-      <c r="B521" s="86" t="s">
+      <c r="B525" s="86" t="s">
         <v>969</v>
       </c>
-      <c r="C521" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D521" s="86" t="s">
+      <c r="C525" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D525" s="86" t="s">
         <v>970</v>
       </c>
-      <c r="E521" s="88">
+      <c r="E525" s="88">
         <v>41635</v>
       </c>
-      <c r="F521" s="78" t="s">
+      <c r="F525" s="78" t="s">
         <v>1523</v>
       </c>
     </row>
-    <row r="522" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A522" s="97" t="s">
+    <row r="526" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A526" s="97" t="s">
         <v>10</v>
       </c>
-      <c r="B522" s="86" t="s">
+      <c r="B526" s="86" t="s">
         <v>953</v>
       </c>
-      <c r="C522" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D522" s="86" t="s">
+      <c r="C526" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D526" s="86" t="s">
         <v>954</v>
       </c>
-      <c r="E522" s="88">
+      <c r="E526" s="88">
         <v>41599</v>
       </c>
-      <c r="F522" s="78" t="s">
+      <c r="F526" s="78" t="s">
         <v>955</v>
       </c>
     </row>
-    <row r="523" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A523" s="137" t="s">
+    <row r="527" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A527" s="137" t="s">
         <v>956</v>
       </c>
-      <c r="B523" s="86" t="s">
+      <c r="B527" s="86" t="s">
         <v>957</v>
       </c>
-      <c r="C523" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D523" s="86" t="s">
+      <c r="C527" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D527" s="86" t="s">
         <v>958</v>
       </c>
-      <c r="E523" s="88">
+      <c r="E527" s="88">
         <v>41593</v>
       </c>
-      <c r="F523" s="78" t="s">
+      <c r="F527" s="78" t="s">
         <v>959</v>
       </c>
     </row>
-    <row r="524" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A524" s="121" t="s">
+    <row r="528" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A528" s="121" t="s">
         <v>374</v>
       </c>
-      <c r="B524" s="86" t="s">
+      <c r="B528" s="86" t="s">
         <v>960</v>
       </c>
-      <c r="C524" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D524" s="86" t="s">
+      <c r="C528" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D528" s="86" t="s">
         <v>961</v>
       </c>
-      <c r="E524" s="88">
+      <c r="E528" s="88">
         <v>41593</v>
       </c>
-      <c r="F524" s="78" t="s">
+      <c r="F528" s="78" t="s">
         <v>962</v>
       </c>
     </row>
-    <row r="525" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A525" s="84" t="s">
+    <row r="529" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A529" s="84" t="s">
         <v>39</v>
       </c>
-      <c r="B525" s="86" t="s">
+      <c r="B529" s="86" t="s">
         <v>963</v>
       </c>
-      <c r="C525" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D525" s="86" t="s">
+      <c r="C529" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D529" s="86" t="s">
         <v>964</v>
       </c>
-      <c r="E525" s="88">
+      <c r="E529" s="88">
         <v>41579</v>
       </c>
-      <c r="F525" s="78" t="s">
+      <c r="F529" s="78" t="s">
         <v>965</v>
       </c>
     </row>
-    <row r="526" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A526" s="99" t="s">
+    <row r="530" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A530" s="99" t="s">
         <v>35</v>
       </c>
-      <c r="B526" s="86" t="s">
+      <c r="B530" s="86" t="s">
         <v>963</v>
       </c>
-      <c r="C526" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D526" s="86" t="s">
+      <c r="C530" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D530" s="86" t="s">
         <v>964</v>
       </c>
-      <c r="E526" s="88">
+      <c r="E530" s="88">
         <v>41579</v>
       </c>
-      <c r="F526" s="78" t="s">
+      <c r="F530" s="78" t="s">
         <v>965</v>
       </c>
     </row>
-    <row r="527" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A527" s="99" t="s">
+    <row r="531" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A531" s="99" t="s">
         <v>35</v>
       </c>
-      <c r="B527" s="86" t="s">
+      <c r="B531" s="86" t="s">
         <v>966</v>
       </c>
-      <c r="C527" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D527" s="86" t="s">
+      <c r="C531" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D531" s="86" t="s">
         <v>967</v>
       </c>
-      <c r="E527" s="88">
+      <c r="E531" s="88">
         <v>41550</v>
       </c>
-      <c r="F527" s="78" t="s">
+      <c r="F531" s="78" t="s">
         <v>968</v>
       </c>
     </row>
-    <row r="528" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A528" s="126" t="s">
+    <row r="532" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A532" s="126" t="s">
         <v>577</v>
       </c>
-      <c r="B528" s="86" t="s">
+      <c r="B532" s="86" t="s">
         <v>971</v>
       </c>
-      <c r="C528" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D528" s="86" t="s">
+      <c r="C532" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D532" s="86" t="s">
         <v>972</v>
       </c>
-      <c r="E528" s="88">
+      <c r="E532" s="88">
         <v>41543</v>
       </c>
-      <c r="F528" s="78" t="s">
+      <c r="F532" s="78" t="s">
         <v>973</v>
       </c>
     </row>
-    <row r="529" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A529" s="115" t="s">
+    <row r="533" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A533" s="115" t="s">
         <v>279</v>
       </c>
-      <c r="B529" s="86" t="s">
+      <c r="B533" s="86" t="s">
         <v>974</v>
       </c>
-      <c r="C529" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D529" s="86" t="s">
+      <c r="C533" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D533" s="86" t="s">
         <v>975</v>
       </c>
-      <c r="E529" s="88">
+      <c r="E533" s="88">
         <v>41543</v>
       </c>
-      <c r="F529" s="78" t="s">
+      <c r="F533" s="78" t="s">
         <v>976</v>
       </c>
     </row>
-    <row r="530" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A530" s="85" t="s">
+    <row r="534" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A534" s="85" t="s">
         <v>30</v>
       </c>
-      <c r="B530" s="86" t="s">
+      <c r="B534" s="86" t="s">
         <v>977</v>
       </c>
-      <c r="C530" s="86" t="s">
+      <c r="C534" s="86" t="s">
         <v>931</v>
       </c>
-      <c r="D530" s="86" t="s">
+      <c r="D534" s="86" t="s">
         <v>978</v>
       </c>
-      <c r="E530" s="88">
+      <c r="E534" s="88">
         <v>41543</v>
       </c>
-      <c r="F530" s="78" t="s">
+      <c r="F534" s="78" t="s">
         <v>979</v>
       </c>
     </row>
-    <row r="531" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A531" s="117" t="s">
+    <row r="535" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A535" s="117" t="s">
         <v>327</v>
       </c>
-      <c r="B531" s="86" t="s">
+      <c r="B535" s="86" t="s">
         <v>980</v>
       </c>
-      <c r="C531" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D531" s="86" t="s">
+      <c r="C535" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D535" s="86" t="s">
         <v>981</v>
       </c>
-      <c r="E531" s="88">
+      <c r="E535" s="88">
         <v>41541</v>
       </c>
-      <c r="F531" s="78" t="s">
+      <c r="F535" s="78" t="s">
         <v>982</v>
       </c>
     </row>
-    <row r="532" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A532" s="89" t="s">
+    <row r="536" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A536" s="89" t="s">
         <v>129</v>
       </c>
-      <c r="B532" s="86" t="s">
+      <c r="B536" s="86" t="s">
         <v>983</v>
       </c>
-      <c r="C532" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D532" s="86" t="s">
+      <c r="C536" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D536" s="86" t="s">
         <v>984</v>
       </c>
-      <c r="E532" s="88">
+      <c r="E536" s="88">
         <v>41533</v>
       </c>
-      <c r="F532" s="78" t="s">
+      <c r="F536" s="78" t="s">
         <v>985</v>
       </c>
     </row>
-    <row r="533" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A533" s="89" t="s">
+    <row r="537" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A537" s="89" t="s">
         <v>129</v>
       </c>
-      <c r="B533" s="86" t="s">
+      <c r="B537" s="86" t="s">
         <v>986</v>
       </c>
-      <c r="C533" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D533" s="86" t="s">
+      <c r="C537" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D537" s="86" t="s">
         <v>987</v>
       </c>
-      <c r="E533" s="88">
+      <c r="E537" s="88">
         <v>41521</v>
       </c>
-      <c r="F533" s="79" t="s">
+      <c r="F537" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="534" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A534" s="104" t="s">
+    <row r="538" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A538" s="104" t="s">
         <v>62</v>
       </c>
-      <c r="B534" s="86" t="s">
+      <c r="B538" s="86" t="s">
         <v>988</v>
       </c>
-      <c r="C534" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D534" s="86" t="s">
+      <c r="C538" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D538" s="86" t="s">
         <v>989</v>
       </c>
-      <c r="E534" s="88">
+      <c r="E538" s="88">
         <v>41512</v>
       </c>
-      <c r="F534" s="78" t="s">
+      <c r="F538" s="78" t="s">
         <v>990</v>
       </c>
     </row>
-    <row r="535" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A535" s="121" t="s">
+    <row r="539" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A539" s="121" t="s">
         <v>374</v>
       </c>
-      <c r="B535" s="86" t="s">
+      <c r="B539" s="86" t="s">
         <v>991</v>
       </c>
-      <c r="C535" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D535" s="86" t="s">
+      <c r="C539" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D539" s="86" t="s">
         <v>894</v>
       </c>
-      <c r="E535" s="88">
+      <c r="E539" s="88">
         <v>41486</v>
       </c>
-      <c r="F535" s="78" t="s">
+      <c r="F539" s="78" t="s">
         <v>992</v>
       </c>
     </row>
-    <row r="536" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A536" s="111" t="s">
+    <row r="540" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A540" s="111" t="s">
         <v>45</v>
       </c>
-      <c r="B536" s="86" t="s">
+      <c r="B540" s="86" t="s">
         <v>993</v>
       </c>
-      <c r="C536" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D536" s="86" t="s">
+      <c r="C540" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D540" s="86" t="s">
         <v>45</v>
       </c>
-      <c r="E536" s="88">
+      <c r="E540" s="88">
         <v>41478</v>
       </c>
-      <c r="F536" s="79" t="s">
+      <c r="F540" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="537" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A537" s="117" t="s">
+    <row r="541" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A541" s="117" t="s">
         <v>327</v>
       </c>
-      <c r="B537" s="86" t="s">
+      <c r="B541" s="86" t="s">
         <v>994</v>
       </c>
-      <c r="C537" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D537" s="86" t="s">
+      <c r="C541" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D541" s="86" t="s">
         <v>995</v>
       </c>
-      <c r="E537" s="88">
+      <c r="E541" s="88">
         <v>41424</v>
       </c>
-      <c r="F537" s="78" t="s">
+      <c r="F541" s="78" t="s">
         <v>996</v>
       </c>
     </row>
-    <row r="538" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A538" s="4" t="s">
+    <row r="542" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A542" s="4" t="s">
         <v>577</v>
       </c>
-      <c r="B538" s="1" t="s">
+      <c r="B542" s="1" t="s">
         <v>997</v>
       </c>
-      <c r="C538" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D538" s="1" t="s">
+      <c r="C542" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D542" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="E538" s="68">
+      <c r="E542" s="68">
         <v>41423</v>
       </c>
-      <c r="F538" s="79" t="s">
+      <c r="F542" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="539" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A539" s="89" t="s">
+    <row r="543" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A543" s="89" t="s">
         <v>489</v>
       </c>
-      <c r="B539" s="86" t="s">
+      <c r="B543" s="86" t="s">
         <v>1000</v>
       </c>
-      <c r="C539" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D539" s="86" t="s">
+      <c r="C543" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D543" s="86" t="s">
         <v>949</v>
       </c>
-      <c r="E539" s="88">
+      <c r="E543" s="88">
         <v>41414</v>
       </c>
-      <c r="F539" s="78" t="s">
+      <c r="F543" s="78" t="s">
         <v>1001</v>
       </c>
     </row>
-    <row r="540" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A540" s="100" t="s">
+    <row r="544" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A544" s="100" t="s">
         <v>43</v>
       </c>
-      <c r="B540" s="86" t="s">
+      <c r="B544" s="86" t="s">
         <v>1002</v>
       </c>
-      <c r="C540" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D540" s="86" t="s">
+      <c r="C544" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D544" s="86" t="s">
         <v>1003</v>
       </c>
-      <c r="E540" s="88">
+      <c r="E544" s="88">
         <v>41409</v>
       </c>
-      <c r="F540" s="78" t="s">
+      <c r="F544" s="78" t="s">
         <v>1004</v>
       </c>
     </row>
-    <row r="541" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A541" s="116" t="s">
+    <row r="545" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A545" s="116" t="s">
         <v>312</v>
       </c>
-      <c r="B541" s="86" t="s">
+      <c r="B545" s="86" t="s">
         <v>1005</v>
       </c>
-      <c r="C541" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D541" s="86" t="s">
+      <c r="C545" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D545" s="86" t="s">
         <v>725</v>
       </c>
-      <c r="E541" s="88">
+      <c r="E545" s="88">
         <v>41401</v>
       </c>
-      <c r="F541" s="78" t="s">
+      <c r="F545" s="78" t="s">
         <v>1006</v>
-      </c>
-[...78 lines deleted...]
-        <v>1524</v>
       </c>
     </row>
     <row r="546" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A546" s="128" t="s">
         <v>613</v>
       </c>
       <c r="B546" s="86" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C546" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D546" s="86" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E546" s="88">
+        <v>41389</v>
+      </c>
+      <c r="F546" s="78" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="547" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A547" s="138" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B547" s="86" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C547" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D547" s="86" t="s">
+        <v>1012</v>
+      </c>
+      <c r="E547" s="88">
+        <v>41373</v>
+      </c>
+      <c r="F547" s="78" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="548" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A548" s="99" t="s">
+        <v>35</v>
+      </c>
+      <c r="B548" s="86" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C548" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D548" s="86" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E548" s="88">
+        <v>41354</v>
+      </c>
+      <c r="F548" s="78" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="549" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A549" s="118" t="s">
+        <v>346</v>
+      </c>
+      <c r="B549" s="86" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C549" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D549" s="86" t="s">
+        <v>1018</v>
+      </c>
+      <c r="E549" s="88">
+        <v>41344</v>
+      </c>
+      <c r="F549" s="78" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="550" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A550" s="128" t="s">
+        <v>613</v>
+      </c>
+      <c r="B550" s="86" t="s">
         <v>1019</v>
       </c>
-      <c r="C546" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D546" s="86" t="s">
+      <c r="C550" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D550" s="86" t="s">
         <v>1020</v>
       </c>
-      <c r="E546" s="88">
+      <c r="E550" s="88">
         <v>41312</v>
       </c>
-      <c r="F546" s="78" t="s">
+      <c r="F550" s="78" t="s">
         <v>1021</v>
       </c>
     </row>
-    <row r="547" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A547" s="117" t="s">
+    <row r="551" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A551" s="117" t="s">
         <v>327</v>
       </c>
-      <c r="B547" s="86" t="s">
+      <c r="B551" s="86" t="s">
         <v>1022</v>
       </c>
-      <c r="C547" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D547" s="86" t="s">
+      <c r="C551" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D551" s="86" t="s">
         <v>1023</v>
       </c>
-      <c r="E547" s="88">
+      <c r="E551" s="88">
         <v>41305</v>
       </c>
-      <c r="F547" s="78" t="s">
+      <c r="F551" s="78" t="s">
         <v>1024</v>
       </c>
     </row>
-    <row r="548" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A548" s="116" t="s">
+    <row r="552" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A552" s="116" t="s">
         <v>312</v>
       </c>
-      <c r="B548" s="86" t="s">
+      <c r="B552" s="86" t="s">
         <v>1025</v>
       </c>
-      <c r="C548" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D548" s="86" t="s">
+      <c r="C552" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D552" s="86" t="s">
         <v>746</v>
       </c>
-      <c r="E548" s="88">
+      <c r="E552" s="88">
         <v>41303</v>
       </c>
-      <c r="F548" s="78" t="s">
+      <c r="F552" s="78" t="s">
         <v>1026</v>
       </c>
     </row>
-    <row r="549" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A549" s="99" t="s">
+    <row r="553" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A553" s="99" t="s">
         <v>35</v>
       </c>
-      <c r="B549" s="86" t="s">
+      <c r="B553" s="86" t="s">
         <v>1027</v>
       </c>
-      <c r="C549" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D549" s="86" t="s">
+      <c r="C553" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D553" s="86" t="s">
         <v>1028</v>
       </c>
-      <c r="E549" s="88">
+      <c r="E553" s="88">
         <v>41283</v>
       </c>
-      <c r="F549" s="78" t="s">
+      <c r="F553" s="78" t="s">
         <v>1029</v>
       </c>
     </row>
-    <row r="550" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A550" s="115" t="s">
+    <row r="554" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A554" s="115" t="s">
         <v>279</v>
       </c>
-      <c r="B550" s="86" t="s">
+      <c r="B554" s="86" t="s">
         <v>1030</v>
       </c>
-      <c r="C550" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D550" s="86" t="s">
+      <c r="C554" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D554" s="86" t="s">
         <v>1031</v>
       </c>
-      <c r="E550" s="88">
+      <c r="E554" s="88">
         <v>41276</v>
       </c>
-      <c r="F550" s="78" t="s">
+      <c r="F554" s="78" t="s">
         <v>1032</v>
       </c>
     </row>
-    <row r="551" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A551" s="100" t="s">
+    <row r="555" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A555" s="100" t="s">
         <v>43</v>
       </c>
-      <c r="B551" s="86" t="s">
+      <c r="B555" s="86" t="s">
         <v>1033</v>
       </c>
-      <c r="C551" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D551" s="86" t="s">
+      <c r="C555" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D555" s="86" t="s">
         <v>1034</v>
       </c>
-      <c r="E551" s="88">
+      <c r="E555" s="88">
         <v>41271</v>
       </c>
-      <c r="F551" s="78" t="s">
+      <c r="F555" s="78" t="s">
         <v>1035</v>
-      </c>
-[...78 lines deleted...]
-        <v>1044</v>
       </c>
     </row>
     <row r="556" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A556" s="89" t="s">
         <v>1045</v>
       </c>
       <c r="B556" s="86" t="s">
         <v>1046</v>
       </c>
       <c r="C556" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D556" s="86" t="s">
-        <v>1049</v>
+        <v>1047</v>
       </c>
       <c r="E556" s="88">
-        <v>41219</v>
+        <v>41271</v>
       </c>
       <c r="F556" s="78" t="s">
         <v>1048</v>
       </c>
     </row>
     <row r="557" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A557" s="100" t="s">
+      <c r="A557" s="85" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B557" s="86" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C557" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D557" s="86" t="s">
+        <v>1041</v>
+      </c>
+      <c r="E557" s="88">
+        <v>41263</v>
+      </c>
+      <c r="F557" s="78" t="s">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="558" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A558" s="97" t="s">
+        <v>10</v>
+      </c>
+      <c r="B558" s="86" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C558" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D558" s="86" t="s">
+        <v>1037</v>
+      </c>
+      <c r="E558" s="88">
+        <v>41255</v>
+      </c>
+      <c r="F558" s="78" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="559" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A559" s="101" t="s">
+        <v>47</v>
+      </c>
+      <c r="B559" s="86" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C559" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D559" s="86" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E559" s="88">
+        <v>41229</v>
+      </c>
+      <c r="F559" s="78" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="560" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A560" s="89" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B560" s="86" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C560" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D560" s="86" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E560" s="88">
+        <v>41219</v>
+      </c>
+      <c r="F560" s="78" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="561" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A561" s="100" t="s">
         <v>43</v>
       </c>
-      <c r="B557" s="86" t="s">
+      <c r="B561" s="86" t="s">
         <v>1050</v>
       </c>
-      <c r="C557" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D557" s="86" t="s">
+      <c r="C561" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D561" s="86" t="s">
         <v>1051</v>
       </c>
-      <c r="E557" s="88">
+      <c r="E561" s="88">
         <v>41204</v>
       </c>
-      <c r="F557" s="78" t="s">
+      <c r="F561" s="78" t="s">
         <v>1052</v>
       </c>
     </row>
-    <row r="558" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A558" s="89" t="s">
+    <row r="562" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A562" s="89" t="s">
         <v>1045</v>
       </c>
-      <c r="B558" s="86" t="s">
+      <c r="B562" s="86" t="s">
         <v>1150</v>
       </c>
-      <c r="C558" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D558" s="86" t="s">
+      <c r="C562" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D562" s="86" t="s">
         <v>1151</v>
       </c>
-      <c r="E558" s="88">
+      <c r="E562" s="88">
         <v>41201</v>
       </c>
-      <c r="F558" s="78" t="s">
+      <c r="F562" s="78" t="s">
         <v>1152</v>
       </c>
     </row>
-    <row r="559" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A559" s="139" t="s">
+    <row r="563" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A563" s="139" t="s">
         <v>1053</v>
       </c>
-      <c r="B559" s="86" t="s">
+      <c r="B563" s="86" t="s">
         <v>1054</v>
       </c>
-      <c r="C559" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D559" s="86" t="s">
+      <c r="C563" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D563" s="86" t="s">
         <v>1055</v>
       </c>
-      <c r="E559" s="88">
+      <c r="E563" s="88">
         <v>41198</v>
       </c>
-      <c r="F559" s="78" t="s">
+      <c r="F563" s="78" t="s">
         <v>1056</v>
       </c>
     </row>
-    <row r="560" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A560" s="99" t="s">
+    <row r="564" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A564" s="99" t="s">
         <v>35</v>
       </c>
-      <c r="B560" s="86" t="s">
+      <c r="B564" s="86" t="s">
         <v>1057</v>
       </c>
-      <c r="C560" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D560" s="86" t="s">
+      <c r="C564" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D564" s="86" t="s">
         <v>967</v>
       </c>
-      <c r="E560" s="88">
+      <c r="E564" s="88">
         <v>41197</v>
       </c>
-      <c r="F560" s="78" t="s">
+      <c r="F564" s="78" t="s">
         <v>1058</v>
       </c>
     </row>
-    <row r="561" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A561" s="97" t="s">
+    <row r="565" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A565" s="97" t="s">
         <v>10</v>
       </c>
-      <c r="B561" s="86"/>
-[...3 lines deleted...]
-      <c r="D561" s="86" t="s">
+      <c r="B565" s="86"/>
+      <c r="C565" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D565" s="86" t="s">
         <v>1491</v>
       </c>
-      <c r="E561" s="88">
+      <c r="E565" s="88">
         <v>41197</v>
       </c>
-      <c r="F561" s="79" t="e">
+      <c r="F565" s="79" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="562" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A562" s="94" t="s">
+    <row r="566" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A566" s="94" t="s">
         <v>433</v>
       </c>
-      <c r="B562" s="86" t="s">
+      <c r="B566" s="86" t="s">
         <v>1059</v>
       </c>
-      <c r="C562" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D562" s="86" t="s">
+      <c r="C566" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D566" s="86" t="s">
         <v>435</v>
       </c>
-      <c r="E562" s="88">
+      <c r="E566" s="88">
         <v>41185</v>
       </c>
-      <c r="F562" s="78" t="s">
+      <c r="F566" s="78" t="s">
         <v>1060</v>
       </c>
     </row>
-    <row r="563" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A563" s="140" t="s">
+    <row r="567" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A567" s="140" t="s">
         <v>1061</v>
       </c>
-      <c r="B563" s="86" t="s">
+      <c r="B567" s="86" t="s">
         <v>1062</v>
       </c>
-      <c r="C563" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D563" s="86" t="s">
+      <c r="C567" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D567" s="86" t="s">
         <v>1063</v>
       </c>
-      <c r="E563" s="88">
+      <c r="E567" s="88">
         <v>41185</v>
       </c>
-      <c r="F563" s="78" t="s">
+      <c r="F567" s="78" t="s">
         <v>1064</v>
       </c>
     </row>
-    <row r="564" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A564" s="85" t="s">
+    <row r="568" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A568" s="85" t="s">
         <v>30</v>
       </c>
-      <c r="B564" s="86" t="s">
+      <c r="B568" s="86" t="s">
         <v>1065</v>
       </c>
-      <c r="C564" s="86" t="s">
+      <c r="C568" s="86" t="s">
         <v>32</v>
       </c>
-      <c r="D564" s="86" t="s">
+      <c r="D568" s="86" t="s">
         <v>1066</v>
       </c>
-      <c r="E564" s="88">
+      <c r="E568" s="88">
         <v>41184</v>
       </c>
-      <c r="F564" s="78" t="s">
+      <c r="F568" s="78" t="s">
         <v>1067</v>
       </c>
     </row>
-    <row r="565" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A565" s="94" t="s">
+    <row r="569" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A569" s="94" t="s">
         <v>433</v>
       </c>
-      <c r="B565" s="86" t="s">
+      <c r="B569" s="86" t="s">
         <v>1249</v>
       </c>
-      <c r="C565" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D565" s="86" t="s">
+      <c r="C569" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D569" s="86" t="s">
         <v>1250</v>
       </c>
-      <c r="E565" s="88">
+      <c r="E569" s="88">
         <v>41182</v>
       </c>
-      <c r="F565" s="78" t="s">
+      <c r="F569" s="78" t="s">
         <v>1251</v>
       </c>
     </row>
-    <row r="566" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A566" s="117" t="s">
+    <row r="570" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A570" s="117" t="s">
         <v>327</v>
       </c>
-      <c r="B566" s="86" t="s">
+      <c r="B570" s="86" t="s">
         <v>1068</v>
       </c>
-      <c r="C566" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D566" s="86" t="s">
+      <c r="C570" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D570" s="86" t="s">
         <v>1069</v>
       </c>
-      <c r="E566" s="88">
+      <c r="E570" s="88">
         <v>41157</v>
       </c>
-      <c r="F566" s="78" t="s">
+      <c r="F570" s="78" t="s">
         <v>1070</v>
       </c>
     </row>
-    <row r="567" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A567" s="106" t="s">
+    <row r="571" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A571" s="106" t="s">
         <v>81</v>
       </c>
-      <c r="B567" s="86" t="s">
+      <c r="B571" s="86" t="s">
         <v>1071</v>
       </c>
-      <c r="C567" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D567" s="86" t="s">
+      <c r="C571" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D571" s="86" t="s">
         <v>1072</v>
       </c>
-      <c r="E567" s="88">
+      <c r="E571" s="88">
         <v>41130</v>
       </c>
-      <c r="F567" s="78" t="s">
+      <c r="F571" s="78" t="s">
         <v>1073</v>
       </c>
     </row>
-    <row r="568" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A568" s="116" t="s">
+    <row r="572" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A572" s="116" t="s">
         <v>312</v>
       </c>
-      <c r="B568" s="86" t="s">
+      <c r="B572" s="86" t="s">
         <v>1074</v>
       </c>
-      <c r="C568" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D568" s="86" t="s">
+      <c r="C572" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D572" s="86" t="s">
         <v>1075</v>
       </c>
-      <c r="E568" s="88">
+      <c r="E572" s="88">
         <v>41113</v>
       </c>
-      <c r="F568" s="78" t="s">
+      <c r="F572" s="78" t="s">
         <v>1076</v>
       </c>
     </row>
-    <row r="569" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A569" s="111" t="s">
+    <row r="573" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A573" s="111" t="s">
         <v>45</v>
       </c>
-      <c r="B569" s="86" t="s">
+      <c r="B573" s="86" t="s">
         <v>1077</v>
       </c>
-      <c r="C569" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D569" s="86" t="s">
+      <c r="C573" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D573" s="86" t="s">
         <v>45</v>
       </c>
-      <c r="E569" s="88">
+      <c r="E573" s="88">
         <v>41109</v>
       </c>
-      <c r="F569" s="79" t="s">
+      <c r="F573" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="570" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A570" s="134" t="s">
+    <row r="574" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A574" s="134" t="s">
         <v>782</v>
       </c>
-      <c r="B570" s="86" t="s">
+      <c r="B574" s="86" t="s">
         <v>1078</v>
       </c>
-      <c r="C570" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D570" s="86" t="s">
+      <c r="C574" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D574" s="86" t="s">
         <v>1079</v>
       </c>
-      <c r="E570" s="88">
+      <c r="E574" s="88">
         <v>41078</v>
       </c>
-      <c r="F570" s="79" t="e">
+      <c r="F574" s="79" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="571" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A571" s="94" t="s">
+    <row r="575" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A575" s="94" t="s">
         <v>433</v>
       </c>
-      <c r="B571" s="86" t="s">
+      <c r="B575" s="86" t="s">
         <v>770</v>
       </c>
-      <c r="C571" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D571" s="86" t="s">
+      <c r="C575" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D575" s="86" t="s">
         <v>435</v>
       </c>
-      <c r="E571" s="88">
+      <c r="E575" s="88">
         <v>41024</v>
       </c>
-      <c r="F571" s="78" t="s">
+      <c r="F575" s="78" t="s">
         <v>771</v>
       </c>
     </row>
-    <row r="572" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A572" s="118" t="s">
+    <row r="576" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A576" s="118" t="s">
         <v>346</v>
       </c>
-      <c r="B572" s="86" t="s">
+      <c r="B576" s="86" t="s">
         <v>1080</v>
       </c>
-      <c r="C572" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D572" s="86" t="s">
+      <c r="C576" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D576" s="86" t="s">
         <v>1018</v>
       </c>
-      <c r="E572" s="88">
+      <c r="E576" s="88">
         <v>41005</v>
       </c>
-      <c r="F572" s="78" t="s">
+      <c r="F576" s="78" t="s">
         <v>1081</v>
       </c>
     </row>
-    <row r="573" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A573" s="126" t="s">
+    <row r="577" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A577" s="126" t="s">
         <v>577</v>
       </c>
-      <c r="B573" s="86" t="s">
+      <c r="B577" s="86" t="s">
         <v>1082</v>
       </c>
-      <c r="C573" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D573" s="86" t="s">
+      <c r="C577" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D577" s="86" t="s">
         <v>1083</v>
       </c>
-      <c r="E573" s="88">
+      <c r="E577" s="88">
         <v>41005</v>
       </c>
-      <c r="F573" s="78" t="s">
+      <c r="F577" s="78" t="s">
         <v>1084</v>
       </c>
     </row>
-    <row r="574" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A574" s="135" t="s">
+    <row r="578" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A578" s="135" t="s">
         <v>856</v>
       </c>
-      <c r="B574" s="86" t="s">
+      <c r="B578" s="86" t="s">
         <v>863</v>
       </c>
-      <c r="C574" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D574" s="86" t="s">
+      <c r="C578" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D578" s="86" t="s">
         <v>864</v>
       </c>
-      <c r="E574" s="88">
+      <c r="E578" s="88">
         <v>40966</v>
       </c>
-      <c r="F574" s="78" t="s">
+      <c r="F578" s="78" t="s">
         <v>865</v>
       </c>
     </row>
-    <row r="575" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A575" s="100" t="s">
+    <row r="579" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A579" s="100" t="s">
         <v>43</v>
       </c>
-      <c r="B575" s="86" t="s">
+      <c r="B579" s="86" t="s">
         <v>1085</v>
       </c>
-      <c r="C575" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D575" s="86" t="s">
+      <c r="C579" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D579" s="86" t="s">
         <v>1086</v>
       </c>
-      <c r="E575" s="88">
+      <c r="E579" s="88">
         <v>40954</v>
       </c>
-      <c r="F575" s="78" t="s">
+      <c r="F579" s="78" t="s">
         <v>1087</v>
       </c>
     </row>
-    <row r="576" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A576" s="109" t="s">
+    <row r="580" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A580" s="109" t="s">
         <v>88</v>
       </c>
-      <c r="B576" s="86" t="s">
+      <c r="B580" s="86" t="s">
         <v>1088</v>
       </c>
-      <c r="C576" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D576" s="86" t="s">
+      <c r="C580" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D580" s="86" t="s">
         <v>1089</v>
       </c>
-      <c r="E576" s="88">
+      <c r="E580" s="88">
         <v>40954</v>
       </c>
-      <c r="F576" s="78" t="s">
+      <c r="F580" s="78" t="s">
         <v>1090</v>
       </c>
     </row>
-    <row r="577" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A577" s="85" t="s">
+    <row r="581" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A581" s="85" t="s">
         <v>227</v>
       </c>
-      <c r="B577" s="86" t="s">
+      <c r="B581" s="86" t="s">
         <v>1091</v>
       </c>
-      <c r="C577" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D577" s="86" t="s">
+      <c r="C581" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D581" s="86" t="s">
         <v>1092</v>
       </c>
-      <c r="E577" s="88">
+      <c r="E581" s="88">
         <v>40924</v>
-      </c>
-[...78 lines deleted...]
-        <v>40807</v>
       </c>
       <c r="F581" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="582" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A582" s="104" t="s">
+    <row r="582" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A582" s="134" t="s">
+        <v>782</v>
+      </c>
+      <c r="B582" s="86" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C582" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D582" s="86" t="s">
+        <v>1094</v>
+      </c>
+      <c r="E582" s="88">
+        <v>40897</v>
+      </c>
+      <c r="F582" s="78" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="583" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A583" s="141" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B583" s="86" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C583" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D583" s="86" t="s">
+        <v>1098</v>
+      </c>
+      <c r="E583" s="88">
+        <v>40884</v>
+      </c>
+      <c r="F583" s="78" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="584" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A584" s="117" t="s">
+        <v>327</v>
+      </c>
+      <c r="B584" s="86" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C584" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D584" s="86" t="s">
+        <v>1101</v>
+      </c>
+      <c r="E584" s="88">
+        <v>40812</v>
+      </c>
+      <c r="F584" s="78" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="585" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A585" s="99" t="s">
+        <v>35</v>
+      </c>
+      <c r="B585" s="86" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C585" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D585" s="86" t="s">
+        <v>1108</v>
+      </c>
+      <c r="E585" s="88">
+        <v>40807</v>
+      </c>
+      <c r="F585" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="586" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A586" s="104" t="s">
         <v>62</v>
       </c>
-      <c r="B582" s="86" t="s">
+      <c r="B586" s="86" t="s">
         <v>1103</v>
       </c>
-      <c r="C582" s="86" t="s">
+      <c r="C586" s="86" t="s">
         <v>1104</v>
       </c>
-      <c r="D582" s="86" t="s">
+      <c r="D586" s="86" t="s">
         <v>1105</v>
       </c>
-      <c r="E582" s="88">
+      <c r="E586" s="88">
         <v>40801</v>
       </c>
-      <c r="F582" s="78" t="s">
+      <c r="F586" s="78" t="s">
         <v>1106</v>
       </c>
     </row>
-    <row r="583" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A583" s="99" t="s">
+    <row r="587" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A587" s="99" t="s">
         <v>35</v>
       </c>
-      <c r="B583" s="86" t="s">
+      <c r="B587" s="86" t="s">
         <v>1109</v>
       </c>
-      <c r="C583" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D583" s="86" t="s">
+      <c r="C587" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D587" s="86" t="s">
         <v>1110</v>
       </c>
-      <c r="E583" s="88">
+      <c r="E587" s="88">
         <v>40801</v>
       </c>
-      <c r="F583" s="78" t="s">
+      <c r="F587" s="78" t="s">
         <v>1111</v>
       </c>
     </row>
-    <row r="584" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A584" s="85" t="s">
+    <row r="588" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A588" s="85" t="s">
         <v>30</v>
       </c>
-      <c r="B584" s="86" t="s">
+      <c r="B588" s="86" t="s">
         <v>1112</v>
       </c>
-      <c r="C584" s="86" t="s">
+      <c r="C588" s="86" t="s">
         <v>32</v>
       </c>
-      <c r="D584" s="86" t="s">
+      <c r="D588" s="86" t="s">
         <v>1113</v>
       </c>
-      <c r="E584" s="88">
+      <c r="E588" s="88">
         <v>40786</v>
       </c>
-      <c r="F584" s="78" t="s">
+      <c r="F588" s="78" t="s">
         <v>1114</v>
       </c>
     </row>
-    <row r="585" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A585" s="121" t="s">
+    <row r="589" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A589" s="121" t="s">
         <v>374</v>
       </c>
-      <c r="B585" s="86" t="s">
+      <c r="B589" s="86" t="s">
         <v>1115</v>
       </c>
-      <c r="C585" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D585" s="86" t="s">
+      <c r="C589" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D589" s="86" t="s">
         <v>1116</v>
       </c>
-      <c r="E585" s="88">
+      <c r="E589" s="88">
         <v>40767</v>
       </c>
-      <c r="F585" s="78" t="s">
+      <c r="F589" s="78" t="s">
         <v>1117</v>
       </c>
     </row>
-    <row r="586" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A586" s="111" t="s">
+    <row r="590" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A590" s="111" t="s">
         <v>45</v>
       </c>
-      <c r="B586" s="86" t="s">
+      <c r="B590" s="86" t="s">
         <v>1118</v>
       </c>
-      <c r="C586" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D586" s="86" t="s">
+      <c r="C590" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D590" s="86" t="s">
         <v>45</v>
       </c>
-      <c r="E586" s="88">
+      <c r="E590" s="88">
         <v>40753</v>
       </c>
-      <c r="F586" s="78" t="s">
+      <c r="F590" s="78" t="s">
         <v>1119</v>
       </c>
     </row>
-    <row r="587" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A587" s="120" t="s">
+    <row r="591" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A591" s="120" t="s">
         <v>367</v>
       </c>
-      <c r="B587" s="86" t="s">
+      <c r="B591" s="86" t="s">
         <v>1120</v>
       </c>
-      <c r="C587" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D587" s="86" t="s">
+      <c r="C591" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D591" s="86" t="s">
         <v>1121</v>
       </c>
-      <c r="E587" s="88">
+      <c r="E591" s="88">
         <v>40744</v>
       </c>
-      <c r="F587" s="78" t="s">
+      <c r="F591" s="78" t="s">
         <v>1122</v>
       </c>
     </row>
-    <row r="588" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A588" s="99" t="s">
+    <row r="592" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A592" s="99" t="s">
         <v>35</v>
       </c>
-      <c r="B588" s="86" t="s">
+      <c r="B592" s="86" t="s">
         <v>1123</v>
       </c>
-      <c r="C588" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D588" s="86" t="s">
+      <c r="C592" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D592" s="86" t="s">
         <v>1124</v>
       </c>
-      <c r="E588" s="88">
+      <c r="E592" s="88">
         <v>40738</v>
       </c>
-      <c r="F588" s="78" t="s">
+      <c r="F592" s="78" t="s">
         <v>1125</v>
       </c>
     </row>
-    <row r="589" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A589" s="122" t="s">
+    <row r="593" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A593" s="122" t="s">
         <v>402</v>
       </c>
-      <c r="B589" s="86" t="s">
+      <c r="B593" s="86" t="s">
         <v>1126</v>
       </c>
-      <c r="C589" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D589" s="86" t="s">
+      <c r="C593" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D593" s="86" t="s">
         <v>1127</v>
       </c>
-      <c r="E589" s="88">
+      <c r="E593" s="88">
         <v>40738</v>
       </c>
-      <c r="F589" s="78" t="s">
+      <c r="F593" s="78" t="s">
         <v>1128</v>
       </c>
     </row>
-    <row r="590" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A590" s="131" t="s">
+    <row r="594" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A594" s="131" t="s">
         <v>738</v>
       </c>
-      <c r="B590" s="86" t="s">
+      <c r="B594" s="86" t="s">
         <v>1129</v>
       </c>
-      <c r="C590" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D590" s="86" t="s">
+      <c r="C594" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D594" s="86" t="s">
         <v>1130</v>
       </c>
-      <c r="E590" s="88">
+      <c r="E594" s="88">
         <v>40729</v>
       </c>
-      <c r="F590" s="78" t="s">
+      <c r="F594" s="78" t="s">
         <v>1131</v>
       </c>
     </row>
-    <row r="591" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A591" s="129" t="s">
+    <row r="595" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A595" s="129" t="s">
         <v>643</v>
       </c>
-      <c r="B591" s="86" t="s">
+      <c r="B595" s="86" t="s">
         <v>1132</v>
       </c>
-      <c r="C591" s="86" t="s">
+      <c r="C595" s="86" t="s">
         <v>85</v>
       </c>
-      <c r="D591" s="86" t="s">
+      <c r="D595" s="86" t="s">
         <v>1133</v>
       </c>
-      <c r="E591" s="88">
+      <c r="E595" s="88">
         <v>40723</v>
       </c>
-      <c r="F591" s="78" t="s">
+      <c r="F595" s="78" t="s">
         <v>1134</v>
       </c>
     </row>
-    <row r="592" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A592" s="133" t="s">
+    <row r="596" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A596" s="133" t="s">
         <v>774</v>
       </c>
-      <c r="B592" s="86" t="s">
+      <c r="B596" s="86" t="s">
         <v>1135</v>
       </c>
-      <c r="C592" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D592" s="86" t="s">
+      <c r="C596" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D596" s="86" t="s">
         <v>1136</v>
       </c>
-      <c r="E592" s="88">
+      <c r="E596" s="88">
         <v>40648</v>
       </c>
-      <c r="F592" s="78" t="s">
+      <c r="F596" s="78" t="s">
         <v>1137</v>
       </c>
     </row>
-    <row r="593" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A593" s="128" t="s">
+    <row r="597" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A597" s="128" t="s">
         <v>613</v>
       </c>
-      <c r="B593" s="86" t="s">
+      <c r="B597" s="86" t="s">
         <v>1141</v>
       </c>
-      <c r="C593" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D593" s="86" t="s">
+      <c r="C597" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D597" s="86" t="s">
         <v>1142</v>
       </c>
-      <c r="E593" s="88">
+      <c r="E597" s="88">
         <v>40564</v>
       </c>
-      <c r="F593" s="78" t="s">
+      <c r="F597" s="78" t="s">
         <v>1143</v>
       </c>
     </row>
-    <row r="594" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A594" s="85" t="s">
+    <row r="598" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A598" s="85" t="s">
         <v>1039</v>
       </c>
-      <c r="B594" s="86" t="s">
+      <c r="B598" s="86" t="s">
         <v>1144</v>
       </c>
-      <c r="C594" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D594" s="86" t="s">
+      <c r="C598" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D598" s="86" t="s">
         <v>1145</v>
       </c>
-      <c r="E594" s="88">
+      <c r="E598" s="88">
         <v>40515</v>
       </c>
-      <c r="F594" s="78" t="s">
+      <c r="F598" s="78" t="s">
         <v>1146</v>
       </c>
     </row>
-    <row r="595" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A595" s="97" t="s">
+    <row r="599" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A599" s="97" t="s">
         <v>10</v>
       </c>
-      <c r="B595" s="86"/>
-      <c r="C595" s="86" t="s">
+      <c r="B599" s="86"/>
+      <c r="C599" s="86" t="s">
         <v>1295</v>
       </c>
-      <c r="D595" s="86" t="s">
+      <c r="D599" s="86" t="s">
         <v>1492</v>
       </c>
-      <c r="E595" s="88">
+      <c r="E599" s="88">
         <v>40512</v>
       </c>
-      <c r="F595" s="79" t="e">
+      <c r="F599" s="79" t="e">
         <v>#N/A</v>
-      </c>
-[...78 lines deleted...]
-        <v>1159</v>
       </c>
     </row>
     <row r="600" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A600" s="85" t="s">
         <v>30</v>
       </c>
       <c r="B600" s="86" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C600" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D600" s="86" t="s">
+        <v>1148</v>
+      </c>
+      <c r="E600" s="88">
+        <v>40477</v>
+      </c>
+      <c r="F600" s="78" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="601" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A601" s="95" t="s">
+        <v>308</v>
+      </c>
+      <c r="B601" s="86" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C601" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D601" s="86" t="s">
+        <v>1154</v>
+      </c>
+      <c r="E601" s="88">
+        <v>40455</v>
+      </c>
+      <c r="F601" s="78" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="602" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A602" s="106" t="s">
+        <v>81</v>
+      </c>
+      <c r="B602" s="86" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C602" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D602" s="86" t="s">
+        <v>1072</v>
+      </c>
+      <c r="E602" s="88">
+        <v>40455</v>
+      </c>
+      <c r="F602" s="78" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="603" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A603" s="128" t="s">
+        <v>613</v>
+      </c>
+      <c r="B603" s="86" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C603" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D603" s="86" t="s">
+        <v>1158</v>
+      </c>
+      <c r="E603" s="88">
+        <v>40423</v>
+      </c>
+      <c r="F603" s="78" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="604" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A604" s="85" t="s">
+        <v>30</v>
+      </c>
+      <c r="B604" s="86" t="s">
         <v>1160</v>
       </c>
-      <c r="C600" s="86" t="s">
+      <c r="C604" s="86" t="s">
         <v>32</v>
       </c>
-      <c r="D600" s="86" t="s">
+      <c r="D604" s="86" t="s">
         <v>1161</v>
       </c>
-      <c r="E600" s="88">
+      <c r="E604" s="88">
         <v>40417</v>
       </c>
-      <c r="F600" s="78" t="s">
+      <c r="F604" s="78" t="s">
         <v>1162</v>
       </c>
     </row>
-    <row r="601" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A601" s="126" t="s">
+    <row r="605" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A605" s="126" t="s">
         <v>577</v>
       </c>
-      <c r="B601" s="86" t="s">
+      <c r="B605" s="86" t="s">
         <v>1163</v>
       </c>
-      <c r="C601" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D601" s="86" t="s">
+      <c r="C605" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D605" s="86" t="s">
         <v>1164</v>
       </c>
-      <c r="E601" s="88">
+      <c r="E605" s="88">
         <v>40388</v>
       </c>
-      <c r="F601" s="96" t="s">
+      <c r="F605" s="96" t="s">
         <v>1165</v>
       </c>
     </row>
-    <row r="602" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A602" s="111" t="s">
+    <row r="606" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A606" s="111" t="s">
         <v>45</v>
       </c>
-      <c r="B602" s="86" t="s">
+      <c r="B606" s="86" t="s">
         <v>1166</v>
       </c>
-      <c r="C602" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D602" s="86" t="s">
+      <c r="C606" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D606" s="86" t="s">
         <v>45</v>
       </c>
-      <c r="E602" s="88">
+      <c r="E606" s="88">
         <v>40387</v>
       </c>
-      <c r="F602" s="78" t="s">
+      <c r="F606" s="78" t="s">
         <v>1167</v>
       </c>
     </row>
-    <row r="603" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A603" s="112" t="s">
+    <row r="607" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A607" s="112" t="s">
         <v>1168</v>
       </c>
-      <c r="B603" s="86" t="s">
+      <c r="B607" s="86" t="s">
         <v>1169</v>
       </c>
-      <c r="C603" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D603" s="86" t="s">
+      <c r="C607" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D607" s="86" t="s">
         <v>1168</v>
       </c>
-      <c r="E603" s="88">
+      <c r="E607" s="88">
         <v>40372</v>
       </c>
-      <c r="F603" s="78" t="s">
+      <c r="F607" s="78" t="s">
         <v>1170</v>
       </c>
     </row>
-    <row r="604" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A604" s="95" t="s">
+    <row r="608" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A608" s="95" t="s">
         <v>5</v>
       </c>
-      <c r="B604" s="86" t="s">
+      <c r="B608" s="86" t="s">
         <v>1202</v>
       </c>
-      <c r="C604" s="86"/>
-      <c r="D604" s="86" t="s">
+      <c r="C608" s="86"/>
+      <c r="D608" s="86" t="s">
         <v>1203</v>
       </c>
-      <c r="E604" s="88">
+      <c r="E608" s="88">
         <v>40234</v>
       </c>
-      <c r="F604" s="78" t="s">
+      <c r="F608" s="78" t="s">
         <v>1204</v>
       </c>
     </row>
-    <row r="605" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A605" s="129" t="s">
+    <row r="609" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A609" s="129" t="s">
         <v>643</v>
       </c>
-      <c r="B605" s="86" t="s">
+      <c r="B609" s="86" t="s">
         <v>1171</v>
       </c>
-      <c r="C605" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D605" s="86" t="s">
+      <c r="C609" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D609" s="86" t="s">
         <v>1172</v>
       </c>
-      <c r="E605" s="88">
+      <c r="E609" s="88">
         <v>40233</v>
       </c>
-      <c r="F605" s="78" t="s">
+      <c r="F609" s="78" t="s">
         <v>1173</v>
       </c>
     </row>
-    <row r="606" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A606" s="124" t="s">
+    <row r="610" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A610" s="124" t="s">
         <v>481</v>
       </c>
-      <c r="B606" s="86" t="s">
+      <c r="B610" s="86" t="s">
         <v>1174</v>
       </c>
-      <c r="C606" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D606" s="86" t="s">
+      <c r="C610" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D610" s="86" t="s">
         <v>1175</v>
       </c>
-      <c r="E606" s="88">
+      <c r="E610" s="88">
         <v>40226</v>
       </c>
-      <c r="F606" s="78" t="s">
+      <c r="F610" s="78" t="s">
         <v>1176</v>
       </c>
     </row>
-    <row r="607" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A607" s="95" t="s">
+    <row r="611" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A611" s="95" t="s">
         <v>5</v>
       </c>
-      <c r="B607" s="86" t="s">
+      <c r="B611" s="86" t="s">
         <v>1177</v>
       </c>
-      <c r="C607" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D607" s="86" t="s">
+      <c r="C611" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D611" s="86" t="s">
         <v>1178</v>
       </c>
-      <c r="E607" s="88">
+      <c r="E611" s="88">
         <v>40226</v>
       </c>
-      <c r="F607" s="78" t="s">
+      <c r="F611" s="78" t="s">
         <v>1179</v>
       </c>
     </row>
-    <row r="608" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A608" s="120" t="s">
+    <row r="612" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A612" s="120" t="s">
         <v>367</v>
       </c>
-      <c r="B608" s="86" t="s">
+      <c r="B612" s="86" t="s">
         <v>1180</v>
       </c>
-      <c r="C608" s="86" t="s">
+      <c r="C612" s="86" t="s">
         <v>1181</v>
       </c>
-      <c r="D608" s="86" t="s">
+      <c r="D612" s="86" t="s">
         <v>1182</v>
       </c>
-      <c r="E608" s="88">
+      <c r="E612" s="88">
         <v>40184</v>
       </c>
-      <c r="F608" s="78" t="s">
+      <c r="F612" s="78" t="s">
         <v>1183</v>
       </c>
     </row>
-    <row r="609" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A609" s="120" t="s">
+    <row r="613" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A613" s="120" t="s">
         <v>367</v>
       </c>
-      <c r="B609" s="86" t="s">
+      <c r="B613" s="86" t="s">
         <v>1184</v>
       </c>
-      <c r="C609" s="86" t="s">
+      <c r="C613" s="86" t="s">
         <v>32</v>
       </c>
-      <c r="D609" s="86" t="s">
+      <c r="D613" s="86" t="s">
         <v>1185</v>
       </c>
-      <c r="E609" s="88">
+      <c r="E613" s="88">
         <v>40106</v>
       </c>
-      <c r="F609" s="78" t="s">
+      <c r="F613" s="78" t="s">
         <v>1186</v>
       </c>
     </row>
-    <row r="610" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A610" s="85" t="s">
+    <row r="614" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A614" s="85" t="s">
         <v>30</v>
       </c>
-      <c r="B610" s="86" t="s">
+      <c r="B614" s="86" t="s">
         <v>1187</v>
       </c>
-      <c r="C610" s="86" t="s">
+      <c r="C614" s="86" t="s">
         <v>32</v>
       </c>
-      <c r="D610" s="86" t="s">
+      <c r="D614" s="86" t="s">
         <v>1188</v>
       </c>
-      <c r="E610" s="88">
+      <c r="E614" s="88">
         <v>40086</v>
       </c>
-      <c r="F610" s="78" t="s">
+      <c r="F614" s="78" t="s">
         <v>1189</v>
       </c>
     </row>
-    <row r="611" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A611" s="134" t="s">
+    <row r="615" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A615" s="134" t="s">
         <v>782</v>
       </c>
-      <c r="B611" s="86" t="s">
+      <c r="B615" s="86" t="s">
         <v>1190</v>
       </c>
-      <c r="C611" s="86" t="s">
+      <c r="C615" s="86" t="s">
         <v>1191</v>
       </c>
-      <c r="D611" s="86" t="s">
+      <c r="D615" s="86" t="s">
         <v>1192</v>
       </c>
-      <c r="E611" s="88">
+      <c r="E615" s="88">
         <v>40079</v>
       </c>
-      <c r="F611" s="78" t="s">
+      <c r="F615" s="78" t="s">
         <v>1193</v>
       </c>
     </row>
-    <row r="612" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A612" s="101" t="s">
+    <row r="616" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A616" s="101" t="s">
         <v>47</v>
       </c>
-      <c r="B612" s="86" t="s">
+      <c r="B616" s="86" t="s">
         <v>1194</v>
       </c>
-      <c r="C612" s="86" t="s">
+      <c r="C616" s="86" t="s">
         <v>1104</v>
       </c>
-      <c r="D612" s="86" t="s">
+      <c r="D616" s="86" t="s">
         <v>1195</v>
       </c>
-      <c r="E612" s="88">
+      <c r="E616" s="88">
         <v>40035</v>
       </c>
-      <c r="F612" s="78" t="s">
+      <c r="F616" s="78" t="s">
         <v>1196</v>
       </c>
     </row>
-    <row r="613" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A613" s="111" t="s">
+    <row r="617" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A617" s="111" t="s">
         <v>45</v>
       </c>
-      <c r="B613" s="86" t="s">
+      <c r="B617" s="86" t="s">
         <v>1197</v>
       </c>
-      <c r="C613" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D613" s="86" t="s">
+      <c r="C617" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D617" s="86" t="s">
         <v>45</v>
       </c>
-      <c r="E613" s="88">
+      <c r="E617" s="88">
         <v>40025</v>
       </c>
-      <c r="F613" s="78" t="s">
+      <c r="F617" s="78" t="s">
         <v>1198</v>
       </c>
     </row>
-    <row r="614" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A614" s="134" t="s">
+    <row r="618" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A618" s="134" t="s">
         <v>782</v>
       </c>
-      <c r="B614" s="86" t="s">
+      <c r="B618" s="86" t="s">
         <v>1199</v>
       </c>
-      <c r="C614" s="86" t="s">
+      <c r="C618" s="86" t="s">
         <v>1200</v>
       </c>
-      <c r="D614" s="86" t="s">
+      <c r="D618" s="86" t="s">
         <v>1201</v>
       </c>
-      <c r="E614" s="88">
+      <c r="E618" s="88">
         <v>39987</v>
       </c>
-      <c r="F614" s="79" t="s">
+      <c r="F618" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="615" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A615" s="85" t="s">
+    <row r="619" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A619" s="85" t="s">
         <v>1039</v>
       </c>
-      <c r="B615" s="86" t="s">
+      <c r="B619" s="86" t="s">
         <v>1211</v>
       </c>
-      <c r="C615" s="86" t="s">
+      <c r="C619" s="86" t="s">
         <v>1212</v>
       </c>
-      <c r="D615" s="86" t="s">
+      <c r="D619" s="86" t="s">
         <v>1213</v>
       </c>
-      <c r="E615" s="88">
+      <c r="E619" s="88">
         <v>39979</v>
       </c>
-      <c r="F615" s="78" t="s">
+      <c r="F619" s="78" t="s">
         <v>1214</v>
       </c>
     </row>
-    <row r="616" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A616" s="104" t="s">
+    <row r="620" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A620" s="104" t="s">
         <v>62</v>
       </c>
-      <c r="B616" s="86" t="s">
+      <c r="B620" s="86" t="s">
         <v>1202</v>
       </c>
-      <c r="C616" s="86" t="s">
+      <c r="C620" s="86" t="s">
         <v>1205</v>
       </c>
-      <c r="D616" s="86" t="s">
+      <c r="D620" s="86" t="s">
         <v>1206</v>
       </c>
-      <c r="E616" s="88">
+      <c r="E620" s="88">
         <v>39975</v>
       </c>
-      <c r="F616" s="78" t="s">
+      <c r="F620" s="78" t="s">
         <v>1204</v>
       </c>
     </row>
-    <row r="617" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A617" s="89" t="s">
+    <row r="621" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A621" s="89" t="s">
         <v>1207</v>
       </c>
-      <c r="B617" s="86" t="s">
+      <c r="B621" s="86" t="s">
         <v>1208</v>
       </c>
-      <c r="C617" s="86" t="s">
+      <c r="C621" s="86" t="s">
         <v>1200</v>
       </c>
-      <c r="D617" s="86" t="s">
+      <c r="D621" s="86" t="s">
         <v>1209</v>
       </c>
-      <c r="E617" s="88">
+      <c r="E621" s="88">
         <v>39975</v>
       </c>
-      <c r="F617" s="78" t="s">
+      <c r="F621" s="78" t="s">
         <v>1210</v>
       </c>
     </row>
-    <row r="618" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A618" s="85" t="s">
+    <row r="622" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A622" s="85" t="s">
         <v>1039</v>
       </c>
-      <c r="B618" s="86" t="s">
+      <c r="B622" s="86" t="s">
         <v>1218</v>
       </c>
-      <c r="C618" s="86" t="s">
+      <c r="C622" s="86" t="s">
         <v>1212</v>
       </c>
-      <c r="D618" s="86" t="s">
+      <c r="D622" s="86" t="s">
         <v>1219</v>
       </c>
-      <c r="E618" s="88">
+      <c r="E622" s="88">
         <v>39905</v>
       </c>
-      <c r="F618" s="78" t="s">
+      <c r="F622" s="78" t="s">
         <v>1220</v>
-      </c>
-[...78 lines deleted...]
-        <v>888</v>
       </c>
     </row>
     <row r="623" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A623" s="134" t="s">
         <v>782</v>
       </c>
       <c r="B623" s="86" t="s">
-        <v>1232</v>
+        <v>1215</v>
       </c>
       <c r="C623" s="86" t="s">
         <v>1200</v>
       </c>
       <c r="D623" s="86" t="s">
-        <v>1233</v>
+        <v>1216</v>
       </c>
       <c r="E623" s="88">
+        <v>39899</v>
+      </c>
+      <c r="F623" s="78" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="624" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A624" s="116" t="s">
+        <v>312</v>
+      </c>
+      <c r="B624" s="86" t="s">
+        <v>1221</v>
+      </c>
+      <c r="C624" s="86" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D624" s="86" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E624" s="88">
+        <v>39883</v>
+      </c>
+      <c r="F624" s="78" t="s">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="625" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A625" s="85" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B625" s="86" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C625" s="86" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D625" s="86" t="s">
+        <v>1227</v>
+      </c>
+      <c r="E625" s="88">
         <v>39861</v>
       </c>
-      <c r="F623" s="79" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="F625" s="78" t="s">
-        <v>1240</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="626" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A626" s="134" t="s">
         <v>782</v>
       </c>
       <c r="B626" s="86" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C626" s="86" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D626" s="86" t="s">
+        <v>1231</v>
+      </c>
+      <c r="E626" s="88">
+        <v>39861</v>
+      </c>
+      <c r="F626" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="627" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A627" s="134" t="s">
+        <v>782</v>
+      </c>
+      <c r="B627" s="86" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C627" s="86" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D627" s="86" t="s">
+        <v>1233</v>
+      </c>
+      <c r="E627" s="88">
+        <v>39861</v>
+      </c>
+      <c r="F627" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="628" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A628" s="134" t="s">
+        <v>782</v>
+      </c>
+      <c r="B628" s="86" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C628" s="86" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D628" s="86" t="s">
+        <v>1236</v>
+      </c>
+      <c r="E628" s="88">
+        <v>39843</v>
+      </c>
+      <c r="F628" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="629" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A629" s="134" t="s">
+        <v>782</v>
+      </c>
+      <c r="B629" s="86" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C629" s="86" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D629" s="86" t="s">
+        <v>1239</v>
+      </c>
+      <c r="E629" s="88">
+        <v>39772</v>
+      </c>
+      <c r="F629" s="78" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="630" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A630" s="134" t="s">
+        <v>782</v>
+      </c>
+      <c r="B630" s="86" t="s">
         <v>1245</v>
       </c>
-      <c r="C626" s="86" t="s">
+      <c r="C630" s="86" t="s">
         <v>1246</v>
       </c>
-      <c r="D626" s="86" t="s">
+      <c r="D630" s="86" t="s">
         <v>1247</v>
       </c>
-      <c r="E626" s="88">
+      <c r="E630" s="88">
         <v>39765</v>
       </c>
-      <c r="F626" s="78" t="s">
+      <c r="F630" s="78" t="s">
         <v>1248</v>
       </c>
     </row>
-    <row r="627" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A627" s="142" t="s">
+    <row r="631" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A631" s="142" t="s">
         <v>1252</v>
       </c>
-      <c r="B627" s="86" t="s">
+      <c r="B631" s="86" t="s">
         <v>1253</v>
       </c>
-      <c r="C627" s="86" t="s">
+      <c r="C631" s="86" t="s">
         <v>1254</v>
       </c>
-      <c r="D627" s="86" t="s">
+      <c r="D631" s="86" t="s">
         <v>1255</v>
       </c>
-      <c r="E627" s="88">
+      <c r="E631" s="88">
         <v>39695</v>
       </c>
-      <c r="F627" s="78" t="s">
+      <c r="F631" s="78" t="s">
         <v>1256</v>
       </c>
     </row>
-    <row r="628" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A628" s="95" t="s">
+    <row r="632" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A632" s="95" t="s">
         <v>5</v>
       </c>
-      <c r="B628" s="86" t="s">
+      <c r="B632" s="86" t="s">
         <v>1264</v>
       </c>
-      <c r="C628" s="86" t="s">
+      <c r="C632" s="86" t="s">
         <v>1265</v>
       </c>
-      <c r="D628" s="86" t="s">
+      <c r="D632" s="86" t="s">
         <v>1266</v>
       </c>
-      <c r="E628" s="88">
+      <c r="E632" s="88">
         <v>39695</v>
       </c>
-      <c r="F628" s="78" t="s">
+      <c r="F632" s="78" t="s">
         <v>1267</v>
       </c>
     </row>
-    <row r="629" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A629" s="143" t="s">
+    <row r="633" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A633" s="143" t="s">
         <v>1257</v>
       </c>
-      <c r="B629" s="86" t="s">
+      <c r="B633" s="86" t="s">
         <v>1258</v>
       </c>
-      <c r="C629" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D629" s="86" t="s">
+      <c r="C633" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D633" s="86" t="s">
         <v>1259</v>
       </c>
-      <c r="E629" s="88">
+      <c r="E633" s="88">
         <v>39694</v>
       </c>
-      <c r="F629" s="78" t="s">
+      <c r="F633" s="78" t="s">
         <v>1260</v>
       </c>
     </row>
-    <row r="630" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A630" s="85" t="s">
+    <row r="634" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A634" s="85" t="s">
         <v>30</v>
       </c>
-      <c r="B630" s="86" t="s">
+      <c r="B634" s="86" t="s">
         <v>1261</v>
       </c>
-      <c r="C630" s="86" t="s">
+      <c r="C634" s="86" t="s">
         <v>32</v>
       </c>
-      <c r="D630" s="86" t="s">
+      <c r="D634" s="86" t="s">
         <v>1262</v>
       </c>
-      <c r="E630" s="88">
+      <c r="E634" s="88">
         <v>39691</v>
       </c>
-      <c r="F630" s="78" t="s">
+      <c r="F634" s="78" t="s">
         <v>1263</v>
       </c>
     </row>
-    <row r="631" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A631" s="106" t="s">
+    <row r="635" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A635" s="106" t="s">
         <v>81</v>
       </c>
-      <c r="B631" s="86" t="s">
+      <c r="B635" s="86" t="s">
         <v>1276</v>
       </c>
-      <c r="C631" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D631" s="86" t="s">
+      <c r="C635" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D635" s="86" t="s">
         <v>1072</v>
       </c>
-      <c r="E631" s="88">
+      <c r="E635" s="88">
         <v>39689</v>
       </c>
-      <c r="F631" s="78" t="s">
+      <c r="F635" s="78" t="s">
         <v>1278</v>
       </c>
     </row>
-    <row r="632" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A632" s="144" t="s">
+    <row r="636" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A636" s="144" t="s">
         <v>1268</v>
       </c>
-      <c r="B632" s="86" t="s">
+      <c r="B636" s="86" t="s">
         <v>1269</v>
       </c>
-      <c r="C632" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D632" s="86" t="s">
+      <c r="C636" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D636" s="86" t="s">
         <v>1270</v>
       </c>
-      <c r="E632" s="88">
+      <c r="E636" s="88">
         <v>39682</v>
       </c>
-      <c r="F632" s="78" t="s">
+      <c r="F636" s="78" t="s">
         <v>1271</v>
       </c>
     </row>
-    <row r="633" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
-      <c r="A633" s="134" t="s">
+    <row r="637" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A637" s="134" t="s">
         <v>782</v>
       </c>
-      <c r="B633" s="86" t="s">
+      <c r="B637" s="86" t="s">
         <v>1272</v>
       </c>
-      <c r="C633" s="86" t="s">
+      <c r="C637" s="86" t="s">
         <v>1273</v>
       </c>
-      <c r="D633" s="86" t="s">
+      <c r="D637" s="86" t="s">
         <v>1274</v>
       </c>
-      <c r="E633" s="88">
+      <c r="E637" s="88">
         <v>39681</v>
       </c>
-      <c r="F633" s="78" t="s">
+      <c r="F637" s="78" t="s">
         <v>1275</v>
       </c>
     </row>
-    <row r="634" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A634" s="99" t="s">
+    <row r="638" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A638" s="99" t="s">
         <v>35</v>
       </c>
-      <c r="B634" s="86" t="s">
+      <c r="B638" s="86" t="s">
         <v>1279</v>
       </c>
-      <c r="C634" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D634" s="86" t="s">
+      <c r="C638" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D638" s="86" t="s">
         <v>1280</v>
       </c>
-      <c r="E634" s="88">
+      <c r="E638" s="88">
         <v>39661</v>
       </c>
-      <c r="F634" s="78" t="s">
+      <c r="F638" s="78" t="s">
         <v>1281</v>
       </c>
     </row>
-    <row r="635" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A635" s="121" t="s">
+    <row r="639" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A639" s="121" t="s">
         <v>374</v>
       </c>
-      <c r="B635" s="86"/>
-      <c r="C635" s="86" t="s">
+      <c r="B639" s="86"/>
+      <c r="C639" s="86" t="s">
         <v>1493</v>
       </c>
-      <c r="D635" s="86" t="s">
+      <c r="D639" s="86" t="s">
         <v>1494</v>
       </c>
-      <c r="E635" s="88">
+      <c r="E639" s="88">
         <v>39651</v>
       </c>
-      <c r="F635" s="79" t="e">
+      <c r="F639" s="79" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="636" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A636" s="134" t="s">
+    <row r="640" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A640" s="134" t="s">
         <v>782</v>
       </c>
-      <c r="B636" s="86" t="s">
+      <c r="B640" s="86" t="s">
         <v>1282</v>
       </c>
-      <c r="C636" s="86" t="s">
+      <c r="C640" s="86" t="s">
         <v>1273</v>
       </c>
-      <c r="D636" s="86" t="s">
+      <c r="D640" s="86" t="s">
         <v>1283</v>
       </c>
-      <c r="E636" s="88">
+      <c r="E640" s="88">
         <v>39647</v>
       </c>
-      <c r="F636" s="78" t="s">
+      <c r="F640" s="78" t="s">
         <v>1284</v>
       </c>
     </row>
-    <row r="637" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A637" s="126" t="s">
+    <row r="641" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A641" s="126" t="s">
         <v>577</v>
       </c>
-      <c r="B637" s="86" t="s">
+      <c r="B641" s="86" t="s">
         <v>1285</v>
       </c>
-      <c r="C637" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D637" s="86" t="s">
+      <c r="C641" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D641" s="86" t="s">
         <v>1286</v>
       </c>
-      <c r="E637" s="88">
+      <c r="E641" s="88">
         <v>39590</v>
       </c>
-      <c r="F637" s="78" t="s">
+      <c r="F641" s="78" t="s">
         <v>1287</v>
       </c>
     </row>
-    <row r="638" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A638" s="145" t="s">
+    <row r="642" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A642" s="145" t="s">
         <v>1288</v>
       </c>
-      <c r="B638" s="86" t="s">
+      <c r="B642" s="86" t="s">
         <v>1289</v>
       </c>
-      <c r="C638" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D638" s="86" t="s">
+      <c r="C642" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D642" s="86" t="s">
         <v>1290</v>
       </c>
-      <c r="E638" s="88">
+      <c r="E642" s="88">
         <v>39511</v>
       </c>
-      <c r="F638" s="78" t="s">
+      <c r="F642" s="78" t="s">
         <v>1291</v>
       </c>
     </row>
-    <row r="639" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A639" s="97" t="s">
+    <row r="643" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A643" s="97" t="s">
         <v>10</v>
       </c>
-      <c r="B639" s="86" t="s">
+      <c r="B643" s="86" t="s">
         <v>1294</v>
       </c>
-      <c r="C639" s="86" t="s">
+      <c r="C643" s="86" t="s">
         <v>1295</v>
       </c>
-      <c r="D639" s="86" t="s">
+      <c r="D643" s="86" t="s">
         <v>1296</v>
       </c>
-      <c r="E639" s="88">
+      <c r="E643" s="88">
         <v>39404</v>
       </c>
-      <c r="F639" s="79" t="s">
+      <c r="F643" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="640" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A640" s="146" t="s">
+    <row r="644" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A644" s="146" t="s">
         <v>1297</v>
       </c>
-      <c r="B640" s="86" t="s">
+      <c r="B644" s="86" t="s">
         <v>1298</v>
       </c>
-      <c r="C640" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D640" s="86" t="s">
+      <c r="C644" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D644" s="86" t="s">
         <v>1299</v>
       </c>
-      <c r="E640" s="88">
+      <c r="E644" s="88">
         <v>39401</v>
       </c>
-      <c r="F640" s="79" t="s">
+      <c r="F644" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="641" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A641" s="111" t="s">
+    <row r="645" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A645" s="111" t="s">
         <v>45</v>
       </c>
-      <c r="B641" s="86" t="s">
+      <c r="B645" s="86" t="s">
         <v>1300</v>
       </c>
-      <c r="C641" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D641" s="86" t="s">
+      <c r="C645" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D645" s="86" t="s">
         <v>45</v>
       </c>
-      <c r="E641" s="88">
+      <c r="E645" s="88">
         <v>39381</v>
       </c>
-      <c r="F641" s="79" t="s">
+      <c r="F645" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="642" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A642" s="134" t="s">
+    <row r="646" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A646" s="134" t="s">
         <v>782</v>
       </c>
-      <c r="B642" s="86" t="s">
+      <c r="B646" s="86" t="s">
         <v>1301</v>
       </c>
-      <c r="C642" s="86" t="s">
+      <c r="C646" s="86" t="s">
         <v>1273</v>
       </c>
-      <c r="D642" s="86" t="s">
+      <c r="D646" s="86" t="s">
         <v>1302</v>
       </c>
-      <c r="E642" s="88">
+      <c r="E646" s="88">
         <v>39379</v>
-      </c>
-[...78 lines deleted...]
-        <v>39240</v>
       </c>
       <c r="F646" s="79" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="647" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A647" s="124" t="s">
+      <c r="A647" s="109" t="s">
+        <v>88</v>
+      </c>
+      <c r="B647" s="86" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C647" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D647" s="86" t="s">
+        <v>1308</v>
+      </c>
+      <c r="E647" s="88">
+        <v>39342</v>
+      </c>
+      <c r="F647" s="78" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="648" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A648" s="85" t="s">
+        <v>30</v>
+      </c>
+      <c r="B648" s="86" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C648" s="86" t="s">
+        <v>32</v>
+      </c>
+      <c r="D648" s="86" t="s">
+        <v>1311</v>
+      </c>
+      <c r="E648" s="88">
+        <v>39294</v>
+      </c>
+      <c r="F648" s="78" t="s">
+        <v>1312</v>
+      </c>
+    </row>
+    <row r="649" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A649" s="147" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B649" s="86" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C649" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D649" s="86" t="s">
+        <v>1313</v>
+      </c>
+      <c r="E649" s="88">
+        <v>39258</v>
+      </c>
+      <c r="F649" s="78" t="s">
+        <v>1528</v>
+      </c>
+    </row>
+    <row r="650" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A650" s="124" t="s">
         <v>481</v>
       </c>
-      <c r="B647" s="86" t="s">
+      <c r="B650" s="86" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C650" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D650" s="86" t="s">
+        <v>1293</v>
+      </c>
+      <c r="E650" s="88">
+        <v>39240</v>
+      </c>
+      <c r="F650" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="651" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A651" s="124" t="s">
+        <v>481</v>
+      </c>
+      <c r="B651" s="86" t="s">
         <v>1315</v>
       </c>
-      <c r="C647" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D647" s="86" t="s">
+      <c r="C651" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D651" s="86" t="s">
         <v>1316</v>
       </c>
-      <c r="E647" s="88">
+      <c r="E651" s="88">
         <v>39233</v>
       </c>
-      <c r="F647" s="78" t="s">
+      <c r="F651" s="78" t="s">
         <v>1529</v>
       </c>
     </row>
-    <row r="648" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A648" s="116" t="s">
+    <row r="652" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A652" s="116" t="s">
         <v>312</v>
       </c>
-      <c r="B648" s="86" t="s">
+      <c r="B652" s="86" t="s">
         <v>1317</v>
       </c>
-      <c r="C648" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D648" s="86" t="s">
+      <c r="C652" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D652" s="86" t="s">
         <v>1318</v>
       </c>
-      <c r="E648" s="88">
+      <c r="E652" s="88">
         <v>39167</v>
       </c>
-      <c r="F648" s="78" t="s">
+      <c r="F652" s="78" t="s">
         <v>1530</v>
       </c>
     </row>
-    <row r="649" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A649" s="106" t="s">
+    <row r="653" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A653" s="106" t="s">
         <v>81</v>
       </c>
-      <c r="B649" s="86"/>
-      <c r="C649" s="86" t="s">
+      <c r="B653" s="86"/>
+      <c r="C653" s="86" t="s">
         <v>1495</v>
       </c>
-      <c r="D649" s="86" t="s">
+      <c r="D653" s="86" t="s">
         <v>1496</v>
       </c>
-      <c r="E649" s="88">
+      <c r="E653" s="88">
         <v>39146</v>
       </c>
-      <c r="F649" s="79" t="e">
+      <c r="F653" s="79" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="650" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A650" s="94" t="s">
+    <row r="654" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A654" s="94" t="s">
         <v>433</v>
       </c>
-      <c r="B650" s="86" t="s">
+      <c r="B654" s="86" t="s">
         <v>1319</v>
       </c>
-      <c r="C650" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D650" s="86" t="s">
+      <c r="C654" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D654" s="86" t="s">
         <v>435</v>
       </c>
-      <c r="E650" s="88">
+      <c r="E654" s="88">
         <v>39106</v>
       </c>
-      <c r="F650" s="78" t="s">
+      <c r="F654" s="78" t="s">
         <v>1320</v>
       </c>
     </row>
-    <row r="651" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A651" s="116" t="s">
+    <row r="655" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A655" s="116" t="s">
         <v>312</v>
       </c>
-      <c r="B651" s="86" t="s">
+      <c r="B655" s="86" t="s">
         <v>1303</v>
       </c>
-      <c r="C651" s="86" t="s">
+      <c r="C655" s="86" t="s">
         <v>1304</v>
       </c>
-      <c r="D651" s="86" t="s">
+      <c r="D655" s="86" t="s">
         <v>1305</v>
       </c>
-      <c r="E651" s="88">
+      <c r="E655" s="88">
         <v>39083</v>
       </c>
-      <c r="F651" s="79" t="s">
+      <c r="F655" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="652" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A652" s="94" t="s">
+    <row r="656" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A656" s="94" t="s">
         <v>433</v>
       </c>
-      <c r="B652" s="86" t="s">
+      <c r="B656" s="86" t="s">
         <v>1321</v>
       </c>
-      <c r="C652" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D652" s="86" t="s">
+      <c r="C656" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D656" s="86" t="s">
         <v>435</v>
       </c>
-      <c r="E652" s="88">
+      <c r="E656" s="88">
         <v>39050</v>
       </c>
-      <c r="F652" s="78" t="s">
+      <c r="F656" s="78" t="s">
         <v>1322</v>
       </c>
     </row>
-    <row r="653" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A653" s="124" t="s">
+    <row r="657" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A657" s="124" t="s">
         <v>481</v>
       </c>
-      <c r="B653" s="86" t="s">
+      <c r="B657" s="86" t="s">
         <v>1323</v>
       </c>
-      <c r="C653" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D653" s="86" t="s">
+      <c r="C657" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D657" s="86" t="s">
         <v>1324</v>
       </c>
-      <c r="E653" s="88">
+      <c r="E657" s="88">
         <v>38968</v>
       </c>
-      <c r="F653" s="78" t="s">
+      <c r="F657" s="78" t="s">
         <v>1325</v>
       </c>
     </row>
-    <row r="654" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A654" s="148" t="s">
+    <row r="658" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A658" s="148" t="s">
         <v>1326</v>
       </c>
-      <c r="B654" s="86" t="s">
+      <c r="B658" s="86" t="s">
         <v>1327</v>
       </c>
-      <c r="C654" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D654" s="86" t="s">
+      <c r="C658" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D658" s="86" t="s">
         <v>1328</v>
       </c>
-      <c r="E654" s="88">
+      <c r="E658" s="88">
         <v>38950</v>
       </c>
-      <c r="F654" s="78" t="s">
+      <c r="F658" s="78" t="s">
         <v>1329</v>
       </c>
     </row>
-    <row r="655" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A655" s="106" t="s">
+    <row r="659" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A659" s="106" t="s">
         <v>81</v>
       </c>
-      <c r="B655" s="86" t="s">
+      <c r="B659" s="86" t="s">
         <v>1330</v>
       </c>
-      <c r="C655" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D655" s="86" t="s">
+      <c r="C659" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D659" s="86" t="s">
         <v>1331</v>
       </c>
-      <c r="E655" s="88">
+      <c r="E659" s="88">
         <v>38937</v>
       </c>
-      <c r="F655" s="78" t="s">
+      <c r="F659" s="78" t="s">
         <v>1332</v>
       </c>
     </row>
-    <row r="656" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A656" s="85" t="s">
+    <row r="660" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A660" s="85" t="s">
         <v>30</v>
       </c>
-      <c r="B656" s="86" t="s">
+      <c r="B660" s="86" t="s">
         <v>1333</v>
       </c>
-      <c r="C656" s="86" t="s">
+      <c r="C660" s="86" t="s">
         <v>32</v>
       </c>
-      <c r="D656" s="86" t="s">
+      <c r="D660" s="86" t="s">
         <v>1334</v>
       </c>
-      <c r="E656" s="88">
+      <c r="E660" s="88">
         <v>38930</v>
       </c>
-      <c r="F656" s="78" t="s">
+      <c r="F660" s="78" t="s">
         <v>1335</v>
       </c>
     </row>
-    <row r="657" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A657" s="138" t="s">
+    <row r="661" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A661" s="138" t="s">
         <v>1010</v>
       </c>
-      <c r="B657" s="86" t="s">
+      <c r="B661" s="86" t="s">
         <v>1336</v>
       </c>
-      <c r="C657" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D657" s="86" t="s">
+      <c r="C661" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D661" s="86" t="s">
         <v>1337</v>
       </c>
-      <c r="E657" s="88">
+      <c r="E661" s="88">
         <v>38891</v>
       </c>
-      <c r="F657" s="78" t="s">
+      <c r="F661" s="78" t="s">
         <v>1338</v>
       </c>
     </row>
-    <row r="658" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A658" s="138" t="s">
+    <row r="662" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A662" s="138" t="s">
         <v>1010</v>
       </c>
-      <c r="B658" s="86" t="s">
+      <c r="B662" s="86" t="s">
         <v>1339</v>
       </c>
-      <c r="C658" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D658" s="86" t="s">
+      <c r="C662" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D662" s="86" t="s">
         <v>1340</v>
       </c>
-      <c r="E658" s="88">
+      <c r="E662" s="88">
         <v>38882</v>
       </c>
-      <c r="F658" s="78" t="s">
+      <c r="F662" s="78" t="s">
         <v>1341</v>
       </c>
     </row>
-    <row r="659" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A659" s="120" t="s">
+    <row r="663" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A663" s="120" t="s">
         <v>367</v>
       </c>
-      <c r="B659" s="86" t="s">
+      <c r="B663" s="86" t="s">
         <v>1342</v>
       </c>
-      <c r="C659" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D659" s="86" t="s">
+      <c r="C663" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D663" s="86" t="s">
         <v>1343</v>
       </c>
-      <c r="E659" s="88">
+      <c r="E663" s="88">
         <v>38853</v>
       </c>
-      <c r="F659" s="78" t="s">
+      <c r="F663" s="78" t="s">
         <v>1344</v>
       </c>
     </row>
-    <row r="660" spans="1:6" x14ac:dyDescent="0.35">
-[...79 lines deleted...]
-    <row r="664" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+    <row r="664" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A664" s="97" t="s">
         <v>10</v>
       </c>
       <c r="B664" s="86" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C664" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D664" s="86" t="s">
+        <v>1346</v>
+      </c>
+      <c r="E664" s="88">
+        <v>38812</v>
+      </c>
+      <c r="F664" s="78" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="665" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A665" s="120" t="s">
+        <v>367</v>
+      </c>
+      <c r="B665" s="86" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C665" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D665" s="86" t="s">
+        <v>1349</v>
+      </c>
+      <c r="E665" s="88">
+        <v>38812</v>
+      </c>
+      <c r="F665" s="78" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="666" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A666" s="110" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B666" s="86" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C666" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D666" s="86" t="s">
+        <v>1353</v>
+      </c>
+      <c r="E666" s="88">
+        <v>38789</v>
+      </c>
+      <c r="F666" s="78" t="s">
+        <v>1531</v>
+      </c>
+    </row>
+    <row r="667" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A667" s="124" t="s">
+        <v>481</v>
+      </c>
+      <c r="B667" s="86" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C667" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D667" s="86" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E667" s="88">
+        <v>38777</v>
+      </c>
+      <c r="F667" s="78" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="668" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A668" s="97" t="s">
+        <v>10</v>
+      </c>
+      <c r="B668" s="86" t="s">
         <v>1360</v>
       </c>
-      <c r="C664" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D664" s="86" t="s">
+      <c r="C668" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D668" s="86" t="s">
         <v>1361</v>
       </c>
-      <c r="E664" s="88">
+      <c r="E668" s="88">
         <v>38673</v>
       </c>
-      <c r="F664" s="78" t="s">
+      <c r="F668" s="78" t="s">
         <v>1532</v>
       </c>
     </row>
-    <row r="665" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A665" s="144" t="s">
+    <row r="669" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A669" s="144" t="s">
         <v>1268</v>
       </c>
-      <c r="B665" s="86" t="s">
+      <c r="B669" s="86" t="s">
         <v>1362</v>
       </c>
-      <c r="C665" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D665" s="86" t="s">
+      <c r="C669" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D669" s="86" t="s">
         <v>1363</v>
       </c>
-      <c r="E665" s="88">
+      <c r="E669" s="88">
         <v>38616</v>
       </c>
-      <c r="F665" s="78" t="s">
+      <c r="F669" s="78" t="s">
         <v>1364</v>
       </c>
     </row>
-    <row r="666" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A666" s="101" t="s">
+    <row r="670" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A670" s="101" t="s">
         <v>192</v>
       </c>
-      <c r="B666" s="86" t="s">
+      <c r="B670" s="86" t="s">
         <v>1365</v>
       </c>
-      <c r="C666" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D666" s="86" t="s">
+      <c r="C670" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D670" s="86" t="s">
         <v>1366</v>
       </c>
-      <c r="E666" s="88">
+      <c r="E670" s="88">
         <v>38565</v>
       </c>
-      <c r="F666" s="78" t="s">
+      <c r="F670" s="78" t="s">
         <v>1367</v>
       </c>
     </row>
-    <row r="667" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A667" s="85" t="s">
+    <row r="671" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A671" s="85" t="s">
         <v>30</v>
       </c>
-      <c r="B667" s="86" t="s">
+      <c r="B671" s="86" t="s">
         <v>1371</v>
       </c>
-      <c r="C667" s="86" t="s">
+      <c r="C671" s="86" t="s">
         <v>32</v>
       </c>
-      <c r="D667" s="86" t="s">
+      <c r="D671" s="86" t="s">
         <v>1372</v>
       </c>
-      <c r="E667" s="88">
+      <c r="E671" s="88">
         <v>38551</v>
       </c>
-      <c r="F667" s="78" t="s">
+      <c r="F671" s="78" t="s">
         <v>1373</v>
       </c>
     </row>
-    <row r="668" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A668" s="129" t="s">
+    <row r="672" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A672" s="129" t="s">
         <v>643</v>
       </c>
-      <c r="B668" s="86" t="s">
+      <c r="B672" s="86" t="s">
         <v>1368</v>
       </c>
-      <c r="C668" s="86" t="s">
+      <c r="C672" s="86" t="s">
         <v>1369</v>
       </c>
-      <c r="D668" s="86" t="s">
+      <c r="D672" s="86" t="s">
         <v>1133</v>
       </c>
-      <c r="E668" s="88">
+      <c r="E672" s="88">
         <v>38548</v>
       </c>
-      <c r="F668" s="78" t="s">
+      <c r="F672" s="78" t="s">
         <v>1370</v>
       </c>
     </row>
-    <row r="669" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A669" s="126" t="s">
+    <row r="673" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A673" s="126" t="s">
         <v>577</v>
       </c>
-      <c r="B669" s="86" t="s">
+      <c r="B673" s="86" t="s">
         <v>1378</v>
       </c>
-      <c r="C669" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D669" s="86" t="s">
+      <c r="C673" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D673" s="86" t="s">
         <v>1379</v>
       </c>
-      <c r="E669" s="88">
+      <c r="E673" s="88">
         <v>38495</v>
       </c>
-      <c r="F669" s="78" t="s">
+      <c r="F673" s="78" t="s">
         <v>1380</v>
       </c>
     </row>
-    <row r="670" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A670" s="149" t="s">
+    <row r="674" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A674" s="149" t="s">
         <v>1374</v>
       </c>
-      <c r="B670" s="86" t="s">
+      <c r="B674" s="86" t="s">
         <v>1375</v>
       </c>
-      <c r="C670" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D670" s="86" t="s">
+      <c r="C674" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D674" s="86" t="s">
         <v>1376</v>
       </c>
-      <c r="E670" s="88">
+      <c r="E674" s="88">
         <v>38479</v>
       </c>
-      <c r="F670" s="78" t="s">
+      <c r="F674" s="78" t="s">
         <v>1377</v>
       </c>
     </row>
-    <row r="671" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A671" s="92" t="s">
+    <row r="675" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A675" s="92" t="s">
         <v>73</v>
       </c>
-      <c r="B671" s="86" t="s">
+      <c r="B675" s="86" t="s">
         <v>1381</v>
       </c>
-      <c r="C671" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D671" s="86" t="s">
+      <c r="C675" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D675" s="86" t="s">
         <v>1382</v>
       </c>
-      <c r="E671" s="88">
+      <c r="E675" s="88">
         <v>38338</v>
       </c>
-      <c r="F671" s="78" t="s">
+      <c r="F675" s="78" t="s">
         <v>1383</v>
       </c>
     </row>
-    <row r="672" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A672" s="97" t="s">
+    <row r="676" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A676" s="97" t="s">
         <v>10</v>
       </c>
-      <c r="B672" s="86" t="s">
+      <c r="B676" s="86" t="s">
         <v>1384</v>
       </c>
-      <c r="C672" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D672" s="86" t="s">
+      <c r="C676" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D676" s="86" t="s">
         <v>1385</v>
       </c>
-      <c r="E672" s="88">
+      <c r="E676" s="88">
         <v>38331</v>
-      </c>
-[...78 lines deleted...]
-        <v>38246</v>
       </c>
       <c r="F676" s="79" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="677" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A677" s="106" t="s">
+      <c r="A677" s="120" t="s">
+        <v>367</v>
+      </c>
+      <c r="B677" s="86" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C677" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D677" s="86" t="s">
+        <v>970</v>
+      </c>
+      <c r="E677" s="88">
+        <v>38314</v>
+      </c>
+      <c r="F677" s="78" t="s">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="678" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A678" s="85" t="s">
+        <v>30</v>
+      </c>
+      <c r="B678" s="86" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C678" s="86" t="s">
+        <v>32</v>
+      </c>
+      <c r="D678" s="86" t="s">
+        <v>1389</v>
+      </c>
+      <c r="E678" s="88">
+        <v>38314</v>
+      </c>
+      <c r="F678" s="78" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="679" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A679" s="101" t="s">
+        <v>47</v>
+      </c>
+      <c r="B679" s="86" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C679" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D679" s="86" t="s">
+        <v>1392</v>
+      </c>
+      <c r="E679" s="88">
+        <v>38268</v>
+      </c>
+      <c r="F679" s="78" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="680" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A680" s="89" t="s">
+        <v>792</v>
+      </c>
+      <c r="B680" s="86" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C680" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D680" s="86" t="s">
+        <v>1395</v>
+      </c>
+      <c r="E680" s="88">
+        <v>38246</v>
+      </c>
+      <c r="F680" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="681" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A681" s="106" t="s">
         <v>81</v>
       </c>
-      <c r="B677" s="86" t="s">
+      <c r="B681" s="86" t="s">
         <v>1396</v>
       </c>
-      <c r="C677" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D677" s="86" t="s">
+      <c r="C681" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D681" s="86" t="s">
         <v>1397</v>
       </c>
-      <c r="E677" s="88">
+      <c r="E681" s="88">
         <v>38224</v>
       </c>
-      <c r="F677" s="78" t="s">
+      <c r="F681" s="78" t="s">
         <v>1398</v>
       </c>
     </row>
-    <row r="678" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A678" s="125" t="s">
+    <row r="682" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A682" s="125" t="s">
         <v>521</v>
       </c>
-      <c r="B678" s="86" t="s">
+      <c r="B682" s="86" t="s">
         <v>1406</v>
       </c>
-      <c r="C678" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D678" s="86" t="s">
+      <c r="C682" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D682" s="86" t="s">
         <v>1407</v>
       </c>
-      <c r="E678" s="88">
+      <c r="E682" s="88">
         <v>38224</v>
       </c>
-      <c r="F678" s="78" t="s">
+      <c r="F682" s="78" t="s">
         <v>1408</v>
       </c>
     </row>
-    <row r="679" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A679" s="97" t="s">
+    <row r="683" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A683" s="97" t="s">
         <v>10</v>
       </c>
-      <c r="B679" s="86" t="s">
+      <c r="B683" s="86" t="s">
         <v>1399</v>
       </c>
-      <c r="C679" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D679" s="86" t="s">
+      <c r="C683" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D683" s="86" t="s">
         <v>1400</v>
       </c>
-      <c r="E679" s="88">
+      <c r="E683" s="88">
         <v>38203</v>
       </c>
-      <c r="F679" s="79" t="s">
+      <c r="F683" s="79" t="s">
         <v>888</v>
-      </c>
-[...78 lines deleted...]
-        <v>1414</v>
       </c>
     </row>
     <row r="684" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A684" s="100" t="s">
         <v>43</v>
       </c>
       <c r="B684" s="86" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C684" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D684" s="86" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E684" s="88">
+        <v>38187</v>
+      </c>
+      <c r="F684" s="78" t="s">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="685" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A685" s="94" t="s">
+        <v>433</v>
+      </c>
+      <c r="B685" s="86" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C685" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D685" s="86" t="s">
+        <v>435</v>
+      </c>
+      <c r="E685" s="88">
+        <v>38162</v>
+      </c>
+      <c r="F685" s="78" t="s">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="686" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A686" s="150" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B686" s="86" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C686" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D686" s="86" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E686" s="88">
+        <v>38114</v>
+      </c>
+      <c r="F686" s="78" t="s">
+        <v>1411</v>
+      </c>
+    </row>
+    <row r="687" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A687" s="125" t="s">
+        <v>521</v>
+      </c>
+      <c r="B687" s="86" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C687" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D687" s="86" t="s">
+        <v>1413</v>
+      </c>
+      <c r="E687" s="88">
+        <v>38072</v>
+      </c>
+      <c r="F687" s="78" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="688" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A688" s="100" t="s">
+        <v>43</v>
+      </c>
+      <c r="B688" s="86" t="s">
         <v>1415</v>
       </c>
-      <c r="C684" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D684" s="86" t="s">
+      <c r="C688" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D688" s="86" t="s">
         <v>1416</v>
       </c>
-      <c r="E684" s="88">
+      <c r="E688" s="88">
         <v>38072</v>
       </c>
-      <c r="F684" s="78" t="s">
+      <c r="F688" s="78" t="s">
         <v>1417</v>
       </c>
     </row>
-    <row r="685" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A685" s="106" t="s">
+    <row r="689" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A689" s="106" t="s">
         <v>81</v>
       </c>
-      <c r="B685" s="86"/>
-      <c r="C685" s="86" t="s">
+      <c r="B689" s="86"/>
+      <c r="C689" s="86" t="s">
         <v>1497</v>
       </c>
-      <c r="D685" s="86" t="s">
+      <c r="D689" s="86" t="s">
         <v>1496</v>
       </c>
-      <c r="E685" s="88">
+      <c r="E689" s="88">
         <v>38056</v>
       </c>
-      <c r="F685" s="79" t="e">
+      <c r="F689" s="79" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="686" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A686" s="106" t="s">
+    <row r="690" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A690" s="106" t="s">
         <v>81</v>
       </c>
-      <c r="B686" s="86"/>
-      <c r="C686" s="86" t="s">
+      <c r="B690" s="86"/>
+      <c r="C690" s="86" t="s">
         <v>1497</v>
       </c>
-      <c r="D686" s="86" t="s">
+      <c r="D690" s="86" t="s">
         <v>1496</v>
       </c>
-      <c r="E686" s="88">
+      <c r="E690" s="88">
         <v>38056</v>
       </c>
-      <c r="F686" s="79" t="e">
+      <c r="F690" s="79" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="687" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A687" s="98" t="s">
+    <row r="691" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A691" s="98" t="s">
         <v>422</v>
       </c>
-      <c r="B687" s="86" t="s">
+      <c r="B691" s="86" t="s">
         <v>1418</v>
       </c>
-      <c r="C687" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D687" s="86" t="s">
+      <c r="C691" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D691" s="86" t="s">
         <v>1419</v>
       </c>
-      <c r="E687" s="88">
+      <c r="E691" s="88">
         <v>37931</v>
       </c>
-      <c r="F687" s="78" t="s">
+      <c r="F691" s="78" t="s">
         <v>1420</v>
       </c>
     </row>
-    <row r="688" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A688" s="124" t="s">
+    <row r="692" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A692" s="124" t="s">
         <v>481</v>
       </c>
-      <c r="B688" s="86" t="s">
+      <c r="B692" s="86" t="s">
         <v>1421</v>
       </c>
-      <c r="C688" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D688" s="86" t="s">
+      <c r="C692" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D692" s="86" t="s">
         <v>1422</v>
       </c>
-      <c r="E688" s="88">
+      <c r="E692" s="88">
         <v>37873</v>
       </c>
-      <c r="F688" s="78" t="s">
+      <c r="F692" s="78" t="s">
         <v>1423</v>
       </c>
     </row>
-    <row r="689" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A689" s="85" t="s">
+    <row r="693" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A693" s="85" t="s">
         <v>30</v>
       </c>
-      <c r="B689" s="86" t="s">
+      <c r="B693" s="86" t="s">
         <v>1424</v>
       </c>
-      <c r="C689" s="86" t="s">
+      <c r="C693" s="86" t="s">
         <v>32</v>
       </c>
-      <c r="D689" s="86" t="s">
+      <c r="D693" s="86" t="s">
         <v>1425</v>
       </c>
-      <c r="E689" s="88">
+      <c r="E693" s="88">
         <v>37873</v>
       </c>
-      <c r="F689" s="78" t="s">
+      <c r="F693" s="78" t="s">
         <v>1426</v>
       </c>
     </row>
-    <row r="690" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A690" s="126" t="s">
+    <row r="694" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A694" s="126" t="s">
         <v>577</v>
       </c>
-      <c r="B690" s="86" t="s">
+      <c r="B694" s="86" t="s">
         <v>1427</v>
       </c>
-      <c r="C690" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D690" s="86" t="s">
+      <c r="C694" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D694" s="86" t="s">
         <v>1428</v>
       </c>
-      <c r="E690" s="88">
+      <c r="E694" s="88">
         <v>37848</v>
       </c>
-      <c r="F690" s="78" t="s">
+      <c r="F694" s="78" t="s">
         <v>1429</v>
       </c>
     </row>
-    <row r="691" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A691" s="126" t="s">
+    <row r="695" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A695" s="126" t="s">
         <v>577</v>
       </c>
-      <c r="B691" s="86" t="s">
+      <c r="B695" s="86" t="s">
         <v>1430</v>
       </c>
-      <c r="C691" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D691" s="86" t="s">
+      <c r="C695" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D695" s="86" t="s">
         <v>1428</v>
       </c>
-      <c r="E691" s="88">
+      <c r="E695" s="88">
         <v>37805</v>
       </c>
-      <c r="F691" s="78" t="s">
+      <c r="F695" s="78" t="s">
         <v>1431</v>
       </c>
     </row>
-    <row r="692" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A692" s="151" t="s">
+    <row r="696" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A696" s="151" t="s">
         <v>1432</v>
       </c>
-      <c r="B692" s="86" t="s">
+      <c r="B696" s="86" t="s">
         <v>1433</v>
       </c>
-      <c r="C692" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D692" s="86" t="s">
+      <c r="C696" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D696" s="86" t="s">
         <v>1434</v>
       </c>
-      <c r="E692" s="88">
+      <c r="E696" s="88">
         <v>37749</v>
       </c>
-      <c r="F692" s="78" t="s">
+      <c r="F696" s="78" t="s">
         <v>1435</v>
       </c>
     </row>
-    <row r="693" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A693" s="120" t="s">
+    <row r="697" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A697" s="120" t="s">
         <v>367</v>
       </c>
-      <c r="B693" s="86" t="s">
+      <c r="B697" s="86" t="s">
         <v>1436</v>
       </c>
-      <c r="C693" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D693" s="86" t="s">
+      <c r="C697" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D697" s="86" t="s">
         <v>1437</v>
       </c>
-      <c r="E693" s="88">
+      <c r="E697" s="88">
         <v>37676</v>
       </c>
-      <c r="F693" s="78" t="s">
+      <c r="F697" s="78" t="s">
         <v>1438</v>
       </c>
     </row>
-    <row r="694" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A694" s="101" t="s">
+    <row r="698" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A698" s="101" t="s">
         <v>47</v>
       </c>
-      <c r="B694" s="86" t="s">
+      <c r="B698" s="86" t="s">
         <v>1439</v>
       </c>
-      <c r="C694" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D694" s="86" t="s">
+      <c r="C698" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D698" s="86" t="s">
         <v>1440</v>
       </c>
-      <c r="E694" s="88">
+      <c r="E698" s="88">
         <v>37676</v>
       </c>
-      <c r="F694" s="78" t="s">
+      <c r="F698" s="78" t="s">
         <v>1441</v>
       </c>
     </row>
-    <row r="695" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A695" s="85" t="s">
+    <row r="699" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A699" s="85" t="s">
         <v>30</v>
       </c>
-      <c r="B695" s="86" t="s">
+      <c r="B699" s="86" t="s">
         <v>1442</v>
       </c>
-      <c r="C695" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D695" s="86" t="s">
+      <c r="C699" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D699" s="86" t="s">
         <v>1443</v>
       </c>
-      <c r="E695" s="88">
+      <c r="E699" s="88">
         <v>37637</v>
       </c>
-      <c r="F695" s="78" t="s">
+      <c r="F699" s="78" t="s">
         <v>1444</v>
       </c>
     </row>
-    <row r="696" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A696" s="99" t="s">
+    <row r="700" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A700" s="99" t="s">
         <v>35</v>
       </c>
-      <c r="B696" s="86" t="s">
+      <c r="B700" s="86" t="s">
         <v>1445</v>
       </c>
-      <c r="C696" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D696" s="86" t="s">
+      <c r="C700" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D700" s="86" t="s">
         <v>1446</v>
       </c>
-      <c r="E696" s="88">
+      <c r="E700" s="88">
         <v>37551</v>
-      </c>
-[...78 lines deleted...]
-        <v>37475</v>
       </c>
       <c r="F700" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="701" spans="1:6" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>88</v>
+    <row r="701" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A701" s="99" t="s">
+        <v>35</v>
       </c>
       <c r="B701" s="86" t="s">
-        <v>1456</v>
+        <v>1447</v>
       </c>
       <c r="C701" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D701" s="86" t="s">
-        <v>1457</v>
+        <v>1448</v>
       </c>
       <c r="E701" s="88">
-        <v>37474</v>
-[...7 lines deleted...]
-        <v>577</v>
+        <v>37550</v>
+      </c>
+      <c r="F701" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="702" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A702" s="136" t="s">
+        <v>1449</v>
       </c>
       <c r="B702" s="86" t="s">
-        <v>1459</v>
+        <v>1450</v>
       </c>
       <c r="C702" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D702" s="86" t="s">
-        <v>1460</v>
+        <v>1451</v>
       </c>
       <c r="E702" s="88">
-        <v>37438</v>
+        <v>37536</v>
       </c>
       <c r="F702" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="703" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>738</v>
+    <row r="703" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A703" s="106" t="s">
+        <v>81</v>
       </c>
       <c r="B703" s="86" t="s">
-        <v>1461</v>
+        <v>1454</v>
       </c>
       <c r="C703" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D703" s="86" t="s">
-        <v>1462</v>
+        <v>1455</v>
       </c>
       <c r="E703" s="88">
-        <v>37308</v>
+        <v>37476</v>
       </c>
       <c r="F703" s="79" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="704" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A704" s="133" t="s">
-        <v>774</v>
+      <c r="A704" s="118" t="s">
+        <v>346</v>
       </c>
       <c r="B704" s="86" t="s">
-        <v>1463</v>
+        <v>1452</v>
       </c>
       <c r="C704" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D704" s="86" t="s">
-        <v>1464</v>
+        <v>1453</v>
       </c>
       <c r="E704" s="88">
-        <v>37302</v>
+        <v>37475</v>
       </c>
       <c r="F704" s="79" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="705" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A705" s="131" t="s">
-        <v>738</v>
+      <c r="A705" s="109" t="s">
+        <v>88</v>
       </c>
       <c r="B705" s="86" t="s">
-        <v>1465</v>
+        <v>1456</v>
       </c>
       <c r="C705" s="86" t="s">
-        <v>1358</v>
+        <v>7</v>
       </c>
       <c r="D705" s="86" t="s">
-        <v>1466</v>
+        <v>1457</v>
       </c>
       <c r="E705" s="88">
-        <v>37259</v>
-[...7 lines deleted...]
-        <v>738</v>
+        <v>37474</v>
+      </c>
+      <c r="F705" s="78" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="706" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A706" s="126" t="s">
+        <v>577</v>
       </c>
       <c r="B706" s="86" t="s">
-        <v>1467</v>
+        <v>1459</v>
       </c>
       <c r="C706" s="86" t="s">
-        <v>1358</v>
+        <v>7</v>
       </c>
       <c r="D706" s="86" t="s">
-        <v>1468</v>
+        <v>1460</v>
       </c>
       <c r="E706" s="88">
-        <v>37239</v>
+        <v>37438</v>
       </c>
       <c r="F706" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="707" spans="1:6" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>929</v>
+    <row r="707" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A707" s="131" t="s">
+        <v>738</v>
       </c>
       <c r="B707" s="86" t="s">
-        <v>1469</v>
+        <v>1461</v>
       </c>
       <c r="C707" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D707" s="86" t="s">
-        <v>1470</v>
+        <v>1462</v>
       </c>
       <c r="E707" s="88">
-        <v>36998</v>
+        <v>37308</v>
       </c>
       <c r="F707" s="79" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="708" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A708" s="126" t="s">
-        <v>577</v>
+      <c r="A708" s="133" t="s">
+        <v>774</v>
       </c>
       <c r="B708" s="86" t="s">
-        <v>1471</v>
+        <v>1463</v>
       </c>
       <c r="C708" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D708" s="86" t="s">
-        <v>1472</v>
+        <v>1464</v>
       </c>
       <c r="E708" s="88">
-        <v>36844</v>
+        <v>37302</v>
       </c>
       <c r="F708" s="79" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="709" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A709" s="98" t="s">
-        <v>26</v>
+      <c r="A709" s="131" t="s">
+        <v>738</v>
       </c>
       <c r="B709" s="86" t="s">
-        <v>1473</v>
+        <v>1465</v>
       </c>
       <c r="C709" s="86" t="s">
-        <v>7</v>
+        <v>1358</v>
       </c>
       <c r="D709" s="86" t="s">
-        <v>26</v>
+        <v>1466</v>
       </c>
       <c r="E709" s="88">
-        <v>36844</v>
+        <v>37259</v>
       </c>
       <c r="F709" s="79" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="710" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A710" s="100" t="s">
-        <v>43</v>
+      <c r="A710" s="131" t="s">
+        <v>738</v>
       </c>
       <c r="B710" s="86" t="s">
-        <v>1474</v>
+        <v>1467</v>
       </c>
       <c r="C710" s="86" t="s">
-        <v>7</v>
+        <v>1358</v>
       </c>
       <c r="D710" s="86" t="s">
-        <v>1475</v>
+        <v>1468</v>
       </c>
       <c r="E710" s="88">
-        <v>36833</v>
+        <v>37239</v>
       </c>
       <c r="F710" s="79" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="711" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A711" s="129" t="s">
-        <v>643</v>
+      <c r="A711" s="136" t="s">
+        <v>929</v>
       </c>
       <c r="B711" s="86" t="s">
-        <v>1476</v>
+        <v>1469</v>
       </c>
       <c r="C711" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D711" s="86" t="s">
-        <v>1477</v>
+        <v>1470</v>
       </c>
       <c r="E711" s="88">
-        <v>36822</v>
+        <v>36998</v>
       </c>
       <c r="F711" s="79" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="712" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A712" s="106" t="s">
-        <v>81</v>
+      <c r="A712" s="126" t="s">
+        <v>577</v>
       </c>
       <c r="B712" s="86" t="s">
-        <v>1478</v>
+        <v>1471</v>
       </c>
       <c r="C712" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D712" s="86" t="s">
-        <v>1479</v>
+        <v>1472</v>
       </c>
       <c r="E712" s="88">
-        <v>36739</v>
+        <v>36844</v>
       </c>
       <c r="F712" s="79" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="713" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A713" s="152" t="s">
-        <v>1483</v>
+      <c r="A713" s="98" t="s">
+        <v>26</v>
       </c>
       <c r="B713" s="86" t="s">
-        <v>1484</v>
+        <v>1473</v>
       </c>
       <c r="C713" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D713" s="86" t="s">
-        <v>1485</v>
+        <v>26</v>
       </c>
       <c r="E713" s="88">
-        <v>36712</v>
+        <v>36844</v>
       </c>
       <c r="F713" s="79" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="714" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A714" s="153" t="s">
-        <v>1486</v>
+      <c r="A714" s="100" t="s">
+        <v>43</v>
       </c>
       <c r="B714" s="86" t="s">
-        <v>1487</v>
+        <v>1474</v>
       </c>
       <c r="C714" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D714" s="86" t="s">
-        <v>1488</v>
+        <v>1475</v>
       </c>
       <c r="E714" s="88">
-        <v>36710</v>
+        <v>36833</v>
       </c>
       <c r="F714" s="79" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="715" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A715" s="85" t="s">
-        <v>30</v>
+      <c r="A715" s="129" t="s">
+        <v>643</v>
       </c>
       <c r="B715" s="86" t="s">
-        <v>1489</v>
+        <v>1476</v>
       </c>
       <c r="C715" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D715" s="86" t="s">
-        <v>1490</v>
+        <v>1477</v>
       </c>
       <c r="E715" s="88">
-        <v>36703</v>
+        <v>36822</v>
       </c>
       <c r="F715" s="79" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="716" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A716" s="120" t="s">
-        <v>367</v>
+      <c r="A716" s="106" t="s">
+        <v>81</v>
       </c>
       <c r="B716" s="86" t="s">
-        <v>1480</v>
+        <v>1478</v>
       </c>
       <c r="C716" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D716" s="86" t="s">
-        <v>1481</v>
+        <v>1479</v>
       </c>
       <c r="E716" s="88">
-        <v>36526</v>
-[...2 lines deleted...]
-        <v>#N/A</v>
+        <v>36739</v>
+      </c>
+      <c r="F716" s="79" t="s">
+        <v>888</v>
       </c>
     </row>
     <row r="717" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A717" s="156" t="s">
-[...2 lines deleted...]
-      <c r="B717" s="86"/>
+      <c r="A717" s="152" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B717" s="86" t="s">
+        <v>1484</v>
+      </c>
       <c r="C717" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D717" s="86" t="s">
-        <v>1499</v>
+        <v>1485</v>
       </c>
       <c r="E717" s="88">
-        <v>36437</v>
+        <v>36712</v>
       </c>
       <c r="F717" s="79" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="718" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A718" s="157" t="s">
-[...2 lines deleted...]
-      <c r="B718" s="86"/>
+      <c r="A718" s="153" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B718" s="86" t="s">
+        <v>1487</v>
+      </c>
       <c r="C718" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D718" s="86" t="s">
-        <v>1501</v>
+        <v>1488</v>
       </c>
       <c r="E718" s="88">
-        <v>36430</v>
+        <v>36710</v>
       </c>
       <c r="F718" s="79" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="719" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A719" s="112" t="s">
-[...2 lines deleted...]
-      <c r="B719" s="86"/>
+      <c r="A719" s="85" t="s">
+        <v>30</v>
+      </c>
+      <c r="B719" s="86" t="s">
+        <v>1489</v>
+      </c>
       <c r="C719" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D719" s="86" t="s">
-        <v>1502</v>
+        <v>1490</v>
       </c>
       <c r="E719" s="88">
-        <v>36361</v>
+        <v>36703</v>
       </c>
       <c r="F719" s="79" t="s">
-        <v>1503</v>
+        <v>888</v>
       </c>
     </row>
     <row r="720" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A720" s="152" t="s">
-[...2 lines deleted...]
-      <c r="B720" s="86"/>
+      <c r="A720" s="120" t="s">
+        <v>367</v>
+      </c>
+      <c r="B720" s="86" t="s">
+        <v>1480</v>
+      </c>
       <c r="C720" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D720" s="86" t="s">
-        <v>1504</v>
+        <v>1481</v>
       </c>
       <c r="E720" s="88">
-        <v>35527</v>
-[...2 lines deleted...]
-        <v>888</v>
+        <v>36526</v>
+      </c>
+      <c r="F720" s="79" t="e">
+        <v>#N/A</v>
       </c>
     </row>
     <row r="721" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A721" s="154" t="s">
-        <v>1505</v>
+      <c r="A721" s="156" t="s">
+        <v>1498</v>
       </c>
       <c r="B721" s="86"/>
       <c r="C721" s="86" t="s">
-        <v>1295</v>
+        <v>7</v>
       </c>
       <c r="D721" s="86" t="s">
-        <v>1506</v>
+        <v>1499</v>
       </c>
       <c r="E721" s="88">
-        <v>32884</v>
-[...2 lines deleted...]
-        <v>#N/A</v>
+        <v>36437</v>
+      </c>
+      <c r="F721" s="79" t="s">
+        <v>888</v>
       </c>
     </row>
     <row r="722" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A722" s="155" t="s">
-        <v>1507</v>
+      <c r="A722" s="157" t="s">
+        <v>1500</v>
       </c>
       <c r="B722" s="86"/>
       <c r="C722" s="86" t="s">
-        <v>1295</v>
+        <v>7</v>
       </c>
       <c r="D722" s="86" t="s">
-        <v>1508</v>
+        <v>1501</v>
       </c>
       <c r="E722" s="88">
-        <v>32423</v>
-[...2 lines deleted...]
-        <v>#N/A</v>
+        <v>36430</v>
+      </c>
+      <c r="F722" s="79" t="s">
+        <v>888</v>
       </c>
     </row>
     <row r="723" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A723" s="110" t="s">
-        <v>1352</v>
+      <c r="A723" s="112" t="s">
+        <v>146</v>
       </c>
       <c r="B723" s="86"/>
       <c r="C723" s="86" t="s">
-        <v>1509</v>
+        <v>7</v>
       </c>
       <c r="D723" s="86" t="s">
-        <v>1510</v>
+        <v>1502</v>
       </c>
       <c r="E723" s="88">
-        <v>32387</v>
+        <v>36361</v>
       </c>
       <c r="F723" s="79" t="s">
-        <v>888</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="724" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A724" s="155" t="s">
-        <v>1507</v>
+      <c r="A724" s="152" t="s">
+        <v>1483</v>
       </c>
       <c r="B724" s="86"/>
       <c r="C724" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D724" s="86" t="s">
+        <v>1504</v>
+      </c>
+      <c r="E724" s="88">
+        <v>35527</v>
+      </c>
+      <c r="F724" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="725" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A725" s="154" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B725" s="86"/>
+      <c r="C725" s="86" t="s">
         <v>1295</v>
       </c>
-      <c r="D724" s="86" t="s">
+      <c r="D725" s="86" t="s">
+        <v>1506</v>
+      </c>
+      <c r="E725" s="88">
+        <v>32884</v>
+      </c>
+      <c r="F725" s="79" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="726" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A726" s="155" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B726" s="86"/>
+      <c r="C726" s="86" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D726" s="86" t="s">
+        <v>1508</v>
+      </c>
+      <c r="E726" s="88">
+        <v>32423</v>
+      </c>
+      <c r="F726" s="79" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="727" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A727" s="110" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B727" s="86"/>
+      <c r="C727" s="86" t="s">
+        <v>1509</v>
+      </c>
+      <c r="D727" s="86" t="s">
+        <v>1510</v>
+      </c>
+      <c r="E727" s="88">
+        <v>32387</v>
+      </c>
+      <c r="F727" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="728" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A728" s="155" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B728" s="86"/>
+      <c r="C728" s="86" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D728" s="86" t="s">
         <v>1511</v>
       </c>
-      <c r="E724" s="88">
+      <c r="E728" s="88">
         <v>32055</v>
       </c>
-      <c r="F724" s="79" t="e">
+      <c r="F728" s="79" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="725" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A725" s="117" t="s">
+    <row r="729" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A729" s="117" t="s">
         <v>327</v>
       </c>
-      <c r="B725" s="86" t="s">
+      <c r="B729" s="86" t="s">
         <v>557</v>
       </c>
-      <c r="C725" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D725" s="86" t="s">
+      <c r="C729" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D729" s="86" t="s">
         <v>558</v>
       </c>
-      <c r="E725" s="88"/>
-      <c r="F725" s="78" t="s">
+      <c r="E729" s="88"/>
+      <c r="F729" s="78" t="s">
         <v>559</v>
       </c>
     </row>
-    <row r="726" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A726" s="97" t="s">
+    <row r="730" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A730" s="97" t="s">
         <v>10</v>
       </c>
-      <c r="B726" s="86" t="s">
+      <c r="B730" s="86" t="s">
         <v>683</v>
       </c>
-      <c r="C726" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D726" s="86" t="s">
+      <c r="C730" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D730" s="86" t="s">
         <v>684</v>
       </c>
-      <c r="E726" s="88"/>
-      <c r="F726" s="78" t="s">
+      <c r="E730" s="88"/>
+      <c r="F730" s="78" t="s">
         <v>685</v>
       </c>
     </row>
-    <row r="727" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A727" s="134" t="s">
+    <row r="731" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A731" s="134" t="s">
         <v>782</v>
       </c>
-      <c r="B727" s="86" t="s">
+      <c r="B731" s="86" t="s">
         <v>1138</v>
       </c>
-      <c r="C727" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D727" s="86" t="s">
+      <c r="C731" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D731" s="86" t="s">
         <v>1139</v>
       </c>
-      <c r="E727" s="88"/>
-      <c r="F727" s="78" t="s">
+      <c r="E731" s="88"/>
+      <c r="F731" s="78" t="s">
         <v>1140</v>
       </c>
     </row>
-    <row r="728" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A728" s="116" t="s">
+    <row r="732" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A732" s="116" t="s">
         <v>312</v>
       </c>
-      <c r="B728" s="86" t="s">
+      <c r="B732" s="86" t="s">
         <v>1241</v>
       </c>
-      <c r="C728" s="86" t="s">
+      <c r="C732" s="86" t="s">
         <v>1242</v>
       </c>
-      <c r="D728" s="86" t="s">
+      <c r="D732" s="86" t="s">
         <v>1243</v>
       </c>
-      <c r="E728" s="88"/>
-      <c r="F728" s="78" t="s">
+      <c r="E732" s="88"/>
+      <c r="F732" s="78" t="s">
         <v>1244</v>
       </c>
     </row>
-    <row r="729" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A729" s="134" t="s">
+    <row r="733" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A733" s="134" t="s">
         <v>782</v>
       </c>
-      <c r="B729" s="86" t="s">
+      <c r="B733" s="86" t="s">
         <v>1357</v>
       </c>
-      <c r="C729" s="86" t="s">
+      <c r="C733" s="86" t="s">
         <v>1358</v>
       </c>
-      <c r="D729" s="86" t="s">
+      <c r="D733" s="86" t="s">
         <v>1359</v>
       </c>
-      <c r="E729" s="88"/>
-      <c r="F729" s="79" t="s">
+      <c r="E733" s="88"/>
+      <c r="F733" s="79" t="s">
         <v>888</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A156:F729">
-    <sortCondition descending="1" ref="B1:B729"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A160:F733">
+    <sortCondition descending="1" ref="B1:B733"/>
   </sortState>
   <phoneticPr fontId="10" type="noConversion"/>
   <hyperlinks>
-    <hyperlink ref="F396" r:id="rId1" xr:uid="{1E928CAB-1404-4FE3-8CBD-2B1BC6C8C5B0}"/>
-[...640 lines deleted...]
-    <hyperlink ref="F3" r:id="rId642" xr:uid="{53EF25A6-F6C8-4CDC-A44E-E3A952957E39}"/>
+    <hyperlink ref="F400" r:id="rId1" xr:uid="{1E928CAB-1404-4FE3-8CBD-2B1BC6C8C5B0}"/>
+    <hyperlink ref="F633" r:id="rId2" xr:uid="{7B4D687A-8FE7-40A8-8122-F6CC6CB4F712}"/>
+    <hyperlink ref="F412" r:id="rId3" xr:uid="{D41DF55B-5EED-4C27-A763-A9DE5CA484E1}"/>
+    <hyperlink ref="F595" r:id="rId4" xr:uid="{D8ABCE6B-1F02-4DE2-B6AD-6F1D58E71157}"/>
+    <hyperlink ref="F609" r:id="rId5" xr:uid="{17AB87AB-16FD-4F1A-BCE2-EF4A16CCBFC8}"/>
+    <hyperlink ref="F672" r:id="rId6" xr:uid="{FADA7542-09FD-4F9A-9542-4B14F5C7692E}"/>
+    <hyperlink ref="F335" r:id="rId7" xr:uid="{E181088A-D5F5-4F3F-99D5-55CA494F4F02}"/>
+    <hyperlink ref="F431" r:id="rId8" xr:uid="{4728FC06-4EC2-4DF5-893B-1CA2E4DEB59F}"/>
+    <hyperlink ref="F593" r:id="rId9" xr:uid="{FCE085C4-FDED-4238-A4D4-F2B7F7074B4D}"/>
+    <hyperlink ref="F222" r:id="rId10" xr:uid="{1D055C6F-4CFD-4E73-9D1F-9951C63E1D3D}"/>
+    <hyperlink ref="F315" r:id="rId11" xr:uid="{BF95DF19-6AEE-42DF-8639-4D44E7EBDCAF}"/>
+    <hyperlink ref="F194" r:id="rId12" xr:uid="{4F135824-F24C-4CB6-8F74-3FB4EB3F5555}"/>
+    <hyperlink ref="F233" r:id="rId13" xr:uid="{A2933D8F-0AB9-4A9A-A0F6-73DA6E9E9949}"/>
+    <hyperlink ref="F220" r:id="rId14" xr:uid="{4BCC85BD-A3EF-45EB-899C-5923B94ED3D1}"/>
+    <hyperlink ref="F265" r:id="rId15" xr:uid="{A677E25C-3BF9-4458-BFC4-B2F967BF285D}"/>
+    <hyperlink ref="F376" r:id="rId16" xr:uid="{A89498F4-9C4C-4BF2-B623-9BF065F02E0C}"/>
+    <hyperlink ref="F377" r:id="rId17" xr:uid="{6B0D20FF-A99B-406A-8EE5-2EA815AFDB20}"/>
+    <hyperlink ref="F380" r:id="rId18" xr:uid="{ADE58855-7000-4B0F-A156-B598E2F02D0C}"/>
+    <hyperlink ref="F416" r:id="rId19" xr:uid="{A2AA5900-8979-4615-99A4-47BD49A3643E}"/>
+    <hyperlink ref="F411" r:id="rId20" xr:uid="{51CC49D7-4C9A-4323-8585-39880CEF3B8E}"/>
+    <hyperlink ref="F457" r:id="rId21" xr:uid="{2B9CF887-DFE9-4614-A62D-758CDE1E18AC}"/>
+    <hyperlink ref="F479" r:id="rId22" xr:uid="{D3268291-0E52-41EF-8D62-0109B20EF323}"/>
+    <hyperlink ref="F496" r:id="rId23" xr:uid="{E0886E40-534D-4A12-A065-810603CF17EE}"/>
+    <hyperlink ref="F200" r:id="rId24" xr:uid="{5DFB0C89-1E49-49F5-B0DA-61B7290E6C2D}"/>
+    <hyperlink ref="F216" r:id="rId25" xr:uid="{FEC96FE3-2EF0-4A94-A684-C63C5A7414C6}"/>
+    <hyperlink ref="F238" r:id="rId26" xr:uid="{FE6D3084-1FAE-4349-AEFE-59ABB06498D1}"/>
+    <hyperlink ref="F420" r:id="rId27" xr:uid="{6CC780F5-3DB0-41F6-A6A5-9DA448A7A9B0}"/>
+    <hyperlink ref="F421" r:id="rId28" xr:uid="{A7F3DE14-220C-44E4-B28D-10018D292F91}"/>
+    <hyperlink ref="F437" r:id="rId29" xr:uid="{7E92A96A-AC31-4E77-9EB4-6D9E72A2D5CD}"/>
+    <hyperlink ref="F446" r:id="rId30" xr:uid="{63DA779A-5A26-47CD-AA99-1BD958BFC935}"/>
+    <hyperlink ref="F455" r:id="rId31" xr:uid="{00A1A21D-F521-4BA8-B322-0561463877DE}"/>
+    <hyperlink ref="F467" r:id="rId32" xr:uid="{320BA245-DD8B-461C-8E77-540E0C53DE01}"/>
+    <hyperlink ref="F474" r:id="rId33" xr:uid="{BA566E72-3BEE-48ED-B628-579FE2337294}"/>
+    <hyperlink ref="F492" r:id="rId34" xr:uid="{51E13AB8-6FEC-4F6F-B04F-F68FA6C9BB23}"/>
+    <hyperlink ref="F515" r:id="rId35" xr:uid="{CD6E6151-657D-48EC-AE6B-9C0637E3DBFA}"/>
+    <hyperlink ref="F422" r:id="rId36" xr:uid="{50EBA63D-E08C-460E-917D-589B2A3FE11E}"/>
+    <hyperlink ref="F456" r:id="rId37" xr:uid="{63CEB264-67DE-4272-ADF7-59F71E06C895}"/>
+    <hyperlink ref="F392" r:id="rId38" xr:uid="{2CC4C075-4161-4AD4-8694-23D2431168EC}"/>
+    <hyperlink ref="F272" r:id="rId39" xr:uid="{FA6BBD8A-224F-4113-939C-1CD8B3B8DF0C}"/>
+    <hyperlink ref="F239" r:id="rId40" xr:uid="{3BFD7445-E778-4B4D-8BA3-C9EFA72F8FA6}"/>
+    <hyperlink ref="F394" r:id="rId41" xr:uid="{0218E564-992A-472E-8462-173DFF512E9B}"/>
+    <hyperlink ref="F675" r:id="rId42" xr:uid="{82C5FC1B-5BE3-449B-A14C-C2816D0E32EE}"/>
+    <hyperlink ref="F183" r:id="rId43" xr:uid="{C8F24062-C093-4B0C-BB3B-7786D64FFDE0}"/>
+    <hyperlink ref="F211" r:id="rId44" xr:uid="{45B28110-BA95-4F4E-B7D2-5AD99A2CFE9B}"/>
+    <hyperlink ref="F669" r:id="rId45" xr:uid="{71F3E02B-B0E2-4166-A11D-EFB1F18E0C8D}"/>
+    <hyperlink ref="F359" r:id="rId46" xr:uid="{0F7A7FDB-805A-414F-A0E5-55A02320BB24}"/>
+    <hyperlink ref="F352" r:id="rId47" xr:uid="{AEC120E1-DE2B-44A7-AEF0-9A2038D58166}"/>
+    <hyperlink ref="F361" r:id="rId48" xr:uid="{5044D8FE-74B4-4240-AC40-5114A391812F}"/>
+    <hyperlink ref="F414" r:id="rId49" xr:uid="{C855BD56-46A5-40F8-B977-F6F1CC592B61}"/>
+    <hyperlink ref="F568" r:id="rId50" xr:uid="{E12DAB05-B82A-497A-92D6-DB6CDCBC10E1}"/>
+    <hyperlink ref="F588" r:id="rId51" xr:uid="{A7F7D9A4-52F2-424D-944F-A9496E872F47}"/>
+    <hyperlink ref="F600" r:id="rId52" xr:uid="{AEDAE3C6-2549-40EC-AF28-5D54474B5882}"/>
+    <hyperlink ref="F604" r:id="rId53" xr:uid="{1EF16C42-6A06-4280-86C5-DFDE44958F42}"/>
+    <hyperlink ref="F614" r:id="rId54" xr:uid="{D273F675-4236-4B85-BE91-E4BB0577AEF5}"/>
+    <hyperlink ref="F534" r:id="rId55" xr:uid="{7E780D78-FA60-4F7C-B614-FB8C322BEA04}"/>
+    <hyperlink ref="F502" r:id="rId56" xr:uid="{8ED3666E-CB49-4035-A5AD-B69C0B3E3C63}"/>
+    <hyperlink ref="F480" r:id="rId57" xr:uid="{1AAB5681-D214-42A4-BEAC-199F3D31124A}"/>
+    <hyperlink ref="F425" r:id="rId58" xr:uid="{B63B9BFD-8694-436E-8F56-AD69F1892302}"/>
+    <hyperlink ref="F436" r:id="rId59" xr:uid="{3D65C18F-6A35-42C1-B453-D0AA93C666FB}"/>
+    <hyperlink ref="F378" r:id="rId60" xr:uid="{F040ABF4-3EFA-4A00-97BB-68BA10EAFDE9}"/>
+    <hyperlink ref="F338" r:id="rId61" xr:uid="{02D1EA7F-5438-418F-8DC9-06ADCE379412}"/>
+    <hyperlink ref="F240" r:id="rId62" xr:uid="{7C5E8F91-3450-47F9-BE14-CE8E9BAAA89A}"/>
+    <hyperlink ref="F257" r:id="rId63" xr:uid="{CB57D9BC-A74B-4A1A-8B8C-AC0F64E6F429}"/>
+    <hyperlink ref="F634" r:id="rId64" xr:uid="{C26F19D3-0F30-4B99-9B0D-C1E2FA8DEEBA}"/>
+    <hyperlink ref="F648" r:id="rId65" xr:uid="{70F65AC3-44E0-4307-B3A0-6D933AC2399F}"/>
+    <hyperlink ref="F660" r:id="rId66" xr:uid="{64B2346F-178C-4ED6-AA04-59CF614119E1}"/>
+    <hyperlink ref="F671" r:id="rId67" xr:uid="{7D4059BA-39E8-4033-8BDC-2E776CA26B09}"/>
+    <hyperlink ref="F678" r:id="rId68" xr:uid="{32608F61-FA86-4ACA-AEB2-F5D8604E2182}"/>
+    <hyperlink ref="F693" r:id="rId69" xr:uid="{637711C7-3F65-48F7-9CA6-9AA87B2FEA32}"/>
+    <hyperlink ref="F699" r:id="rId70" xr:uid="{92B1E8AE-3E4A-4BC2-AEC3-13271057EB40}"/>
+    <hyperlink ref="F302" r:id="rId71" xr:uid="{12FA444D-5826-4B53-8F25-79FB6AAFFEBB}"/>
+    <hyperlink ref="F321" r:id="rId72" xr:uid="{2D9D9EBC-9E5B-4A2F-BB90-F2A5BB725EDD}"/>
+    <hyperlink ref="F348" r:id="rId73" xr:uid="{AAA29225-76A4-4CD7-9C7F-088F9183099B}"/>
+    <hyperlink ref="F379" r:id="rId74" xr:uid="{B0FC9BED-E481-4A4A-9E31-DA0EA6268930}"/>
+    <hyperlink ref="F729" r:id="rId75" xr:uid="{B13A3C20-B2D3-4188-AB7E-4D5F176475AB}"/>
+    <hyperlink ref="F398" r:id="rId76" xr:uid="{7A6A2C8E-F207-4F03-AA3C-630218B91DF4}"/>
+    <hyperlink ref="F404" r:id="rId77" xr:uid="{435B99B4-6026-4A33-A66C-76EBB7BF331F}"/>
+    <hyperlink ref="F478" r:id="rId78" xr:uid="{A4DB6A22-A4EF-4FBC-AF0F-1291CC197479}"/>
+    <hyperlink ref="F535" r:id="rId79" xr:uid="{8816547B-6551-42DE-B004-A2BF12BC5180}"/>
+    <hyperlink ref="F541" r:id="rId80" xr:uid="{93831850-6AB0-45FE-B9E3-848BCFFBCD76}"/>
+    <hyperlink ref="F551" r:id="rId81" xr:uid="{7BE5A567-6A6E-4E4E-802F-8169BE6083B1}"/>
+    <hyperlink ref="F570" r:id="rId82" xr:uid="{37DB0B1D-3839-41C5-AFCD-A1803A346837}"/>
+    <hyperlink ref="F584" r:id="rId83" xr:uid="{A3BB429A-A1C1-43AD-A8E6-75580B18E67B}"/>
+    <hyperlink ref="F547" r:id="rId84" xr:uid="{B1F792C6-71AE-4BB7-953F-CD0BC7213801}"/>
+    <hyperlink ref="F661" r:id="rId85" xr:uid="{FFFB97D6-4AFE-49EC-83D4-D1EFD6754695}"/>
+    <hyperlink ref="F662" r:id="rId86" xr:uid="{09E4A616-A994-46E8-A5BB-14753C9DB8EB}"/>
+    <hyperlink ref="F206" r:id="rId87" xr:uid="{6000E341-67EF-48CF-A30C-B618E26D5D6B}"/>
+    <hyperlink ref="F229" r:id="rId88" xr:uid="{434A17A3-BBFE-4914-8D17-807F7FB6EF92}"/>
+    <hyperlink ref="F246" r:id="rId89" xr:uid="{D96FAD53-9648-4475-AE26-CBDA59DC214E}"/>
+    <hyperlink ref="F362" r:id="rId90" xr:uid="{2062093C-FB11-477F-B6DD-E278B2A3F5FB}"/>
+    <hyperlink ref="F367" r:id="rId91" xr:uid="{275D4465-7E15-43D1-9D79-FA5F32D88771}"/>
+    <hyperlink ref="F369" r:id="rId92" xr:uid="{61B5D7FA-8151-482C-BB60-D9900608F0D3}"/>
+    <hyperlink ref="F193" r:id="rId93" xr:uid="{A6B49A15-BB95-4A13-992D-DAFCA032C88A}"/>
+    <hyperlink ref="F559" r:id="rId94" xr:uid="{866A093D-C3B0-4B64-AA36-47F109A126EE}"/>
+    <hyperlink ref="F616" r:id="rId95" xr:uid="{3D5A2E4F-8F97-488B-8639-B4F9B0C6A4C6}"/>
+    <hyperlink ref="F679" r:id="rId96" xr:uid="{BA7B81CD-C94A-4242-B371-1926836333C8}"/>
+    <hyperlink ref="F386" r:id="rId97" xr:uid="{36D2E173-EBD5-4590-BEE2-C7ADD9187818}"/>
+    <hyperlink ref="F698" r:id="rId98" xr:uid="{193BEDD2-9D49-4B08-9BE1-04D83D2BF10A}"/>
+    <hyperlink ref="F389" r:id="rId99" xr:uid="{9807F276-1252-4266-BA0E-E7FE9D55408A}"/>
+    <hyperlink ref="F403" r:id="rId100" xr:uid="{4EF6B123-4F25-4FA9-966D-9A22D0F15490}"/>
+    <hyperlink ref="F532" r:id="rId101" xr:uid="{06BB28E0-C7AC-4B6A-84F1-5D36CBF017DE}"/>
+    <hyperlink ref="F577" r:id="rId102" xr:uid="{FDCD8925-50EA-4B30-8E4A-663527A6DF7A}"/>
+    <hyperlink ref="F605" r:id="rId103" xr:uid="{EF2439D9-2556-4BDF-8DB8-BBFD5501C299}"/>
+    <hyperlink ref="F641" r:id="rId104" xr:uid="{625DB4F4-9AC8-49DD-B2F3-41D0C90EE7DE}"/>
+    <hyperlink ref="F673" r:id="rId105" xr:uid="{09F677CB-AC74-4381-9739-35A61889DBC1}"/>
+    <hyperlink ref="F694" r:id="rId106" xr:uid="{999F53E1-CC89-4543-9209-B82F8DF08CA4}"/>
+    <hyperlink ref="F695" r:id="rId107" xr:uid="{B2920D44-9AD5-43EA-A295-32606E65ACA5}"/>
+    <hyperlink ref="F649" r:id="rId108" xr:uid="{8EF27A0B-E4E3-410B-81C3-44200D70FB65}"/>
+    <hyperlink ref="F567" r:id="rId109" xr:uid="{2409E34E-E505-44C0-B658-C310FCCFDE57}"/>
+    <hyperlink ref="F607" r:id="rId110" xr:uid="{EB8D56E0-F771-4300-B4C9-08AE4330A69B}"/>
+    <hyperlink ref="F201" r:id="rId111" xr:uid="{51DF69F6-7EFE-406F-B3D9-7B1BE8752C29}"/>
+    <hyperlink ref="F205" r:id="rId112" xr:uid="{BB7F36E6-B2F0-44C7-A3FE-C68EFCE1F205}"/>
+    <hyperlink ref="F419" r:id="rId113" xr:uid="{05ACC6CC-3473-4E71-ACD3-C5631359704E}"/>
+    <hyperlink ref="F207" r:id="rId114" xr:uid="{64051662-0C69-4F71-897B-D9A6BD3FECCF}"/>
+    <hyperlink ref="F212" r:id="rId115" xr:uid="{37C62753-D7E1-49BD-8FDF-24DDB45D1E5E}"/>
+    <hyperlink ref="F214" r:id="rId116" xr:uid="{780EACE8-BCE4-4BBF-A0EC-1AFE86CE3580}"/>
+    <hyperlink ref="F221" r:id="rId117" xr:uid="{16A85C84-7058-43FA-B506-BC3EC809D34E}"/>
+    <hyperlink ref="F225" r:id="rId118" xr:uid="{CC3F2085-F7F9-46AE-8A52-10DC589AFFEF}"/>
+    <hyperlink ref="F232" r:id="rId119" xr:uid="{98F66371-4981-4BED-9F91-DF5D392C4E3C}"/>
+    <hyperlink ref="F241" r:id="rId120" xr:uid="{6A8447CB-D6FF-4EB2-AEFE-9B54C3BEFA7E}"/>
+    <hyperlink ref="F242" r:id="rId121" xr:uid="{59FA3B92-3318-4C55-82C0-A65F4D9E61C2}"/>
+    <hyperlink ref="F252" r:id="rId122" xr:uid="{339ED241-BBBB-4C0E-B26C-79E3979EC9F1}"/>
+    <hyperlink ref="F253" r:id="rId123" xr:uid="{453DDD18-5E62-4FFB-9B1B-39F36D655F01}"/>
+    <hyperlink ref="F255" r:id="rId124" xr:uid="{2D4D90DB-7494-4D28-B0BA-EC131AA02FF2}"/>
+    <hyperlink ref="F259" r:id="rId125" xr:uid="{F1DC2E47-13A2-4A7D-A21D-DBCC9372C7C8}"/>
+    <hyperlink ref="F258" r:id="rId126" xr:uid="{813A5325-8B98-45F8-AE57-3E5BDBEAB779}"/>
+    <hyperlink ref="F263" r:id="rId127" xr:uid="{13AD070A-1449-461F-9D00-9C700ACD5A58}"/>
+    <hyperlink ref="F266" r:id="rId128" xr:uid="{298D0B42-6CC4-4FEF-99F4-2E78FAE4649B}"/>
+    <hyperlink ref="F267" r:id="rId129" xr:uid="{0D17DE95-AECA-4594-BE0D-9713404619DE}"/>
+    <hyperlink ref="F269" r:id="rId130" xr:uid="{A560A412-6118-401B-B23E-AD10CBDFD038}"/>
+    <hyperlink ref="F270" r:id="rId131" xr:uid="{A2948428-A6B2-43BC-9DD9-FA09EF1F278C}"/>
+    <hyperlink ref="F264" r:id="rId132" xr:uid="{F407A56A-69FA-4293-B490-1AD41F8E3DDC}"/>
+    <hyperlink ref="F275" r:id="rId133" xr:uid="{A6D828AC-FC9D-4F6D-9763-AC00C35A434D}"/>
+    <hyperlink ref="F281" r:id="rId134" xr:uid="{3246AD9A-B396-426D-A079-2AAC7270B8A3}"/>
+    <hyperlink ref="F283" r:id="rId135" xr:uid="{00B964A5-72E2-4E42-9590-44219CB27835}"/>
+    <hyperlink ref="F285" r:id="rId136" xr:uid="{F0FE90DB-B915-447C-8C3C-4B519D54191E}"/>
+    <hyperlink ref="F254" r:id="rId137" xr:uid="{16C79A11-042B-4AE6-B998-C060037E652A}"/>
+    <hyperlink ref="F260" r:id="rId138" xr:uid="{D8CA07DA-E350-459D-B4F5-44D9F0A4602D}"/>
+    <hyperlink ref="F271" r:id="rId139" xr:uid="{21928416-2FEE-421D-ADF7-A8CF58B789E4}"/>
+    <hyperlink ref="F273" r:id="rId140" xr:uid="{A2509BA0-B9BD-419C-88C5-505B1D7036D2}"/>
+    <hyperlink ref="F286" r:id="rId141" xr:uid="{07EC4FD9-CDE3-44D3-ABE0-933BF1CC777F}"/>
+    <hyperlink ref="F461" r:id="rId142" xr:uid="{9850296A-3E03-42EF-8EF0-E6F5CDCC4415}"/>
+    <hyperlink ref="F290" r:id="rId143" xr:uid="{17E6E9E7-480F-44A1-9AB9-77DA049F0FFA}"/>
+    <hyperlink ref="F292" r:id="rId144" xr:uid="{488DC2F0-560C-4A07-9F03-F4C4D62E0C61}"/>
+    <hyperlink ref="F294" r:id="rId145" xr:uid="{C629BEAF-6214-4A04-B5E8-50BD99D1FC2C}"/>
+    <hyperlink ref="F228" r:id="rId146" xr:uid="{4DBAA8B3-58BC-41DB-90D2-222624663E8C}"/>
+    <hyperlink ref="F289" r:id="rId147" xr:uid="{77983F52-108D-4F34-BF24-D0537A45D7C8}"/>
+    <hyperlink ref="F277" r:id="rId148" xr:uid="{037AC2EF-835B-423D-ACBE-11D86AF21CE5}"/>
+    <hyperlink ref="F298" r:id="rId149" xr:uid="{8B13557C-7769-4830-8D37-88E41B1357C9}"/>
+    <hyperlink ref="F300" r:id="rId150" xr:uid="{9CAFEBF8-7B23-4DA8-A3CF-081C5E237F08}"/>
+    <hyperlink ref="F303" r:id="rId151" xr:uid="{9EF6B64E-2F54-4D94-ACAD-6ED3EF701D09}"/>
+    <hyperlink ref="F306" r:id="rId152" xr:uid="{F47CAF1C-C25A-47FC-83EB-176372D6D17D}"/>
+    <hyperlink ref="F308" r:id="rId153" xr:uid="{1B0BABCA-748B-4CBE-8A73-805DD9656F76}"/>
+    <hyperlink ref="F311" r:id="rId154" xr:uid="{FE76E646-9E46-4626-AD9E-232968A5B557}"/>
+    <hyperlink ref="F278" r:id="rId155" xr:uid="{3866F382-1FD2-4694-9B54-B8AF0997C0C6}"/>
+    <hyperlink ref="F466" r:id="rId156" xr:uid="{B1FE4057-86C4-4259-9A1F-6751FD1316B3}"/>
+    <hyperlink ref="F472" r:id="rId157" xr:uid="{8180D984-9C0C-4655-8A02-0FF221C97B1C}"/>
+    <hyperlink ref="F475" r:id="rId158" xr:uid="{89667EE3-A431-439C-BB8F-DB32AB3855CC}"/>
+    <hyperlink ref="F489" r:id="rId159" xr:uid="{4E47BC54-D0EF-43E3-89B4-9AE4147C3F40}"/>
+    <hyperlink ref="F582" r:id="rId160" xr:uid="{E8F4262A-F4D0-4D69-B2B3-0AB0C1D29A17}"/>
+    <hyperlink ref="F731" r:id="rId161" xr:uid="{E7123E37-AC3F-47D7-B27A-817782CDC260}"/>
+    <hyperlink ref="F304" r:id="rId162" xr:uid="{F02625A8-D0A1-4623-AB27-8D08FC6ABC7E}"/>
+    <hyperlink ref="F615" r:id="rId163" xr:uid="{448B0081-0B31-436D-BB86-443CEFC8C3DD}"/>
+    <hyperlink ref="F623" r:id="rId164" xr:uid="{0EA52D42-AD59-4C6E-B010-D8D04A7EF2E4}"/>
+    <hyperlink ref="F630" r:id="rId165" xr:uid="{A9DDC8E7-6446-45D2-A183-1647BE2A2B34}"/>
+    <hyperlink ref="F637" r:id="rId166" xr:uid="{9A07808E-FB0E-4052-86BA-A70E89EE1B0E}"/>
+    <hyperlink ref="F640" r:id="rId167" xr:uid="{F569A993-DEFE-4C4D-976B-DE1A77F50F05}"/>
+    <hyperlink ref="F210" r:id="rId168" xr:uid="{683FDD89-6AA0-46D9-8531-5AC0BC21CAB6}"/>
+    <hyperlink ref="F355" r:id="rId169" xr:uid="{F07378D1-87D6-4E77-A268-6707132BE7B2}"/>
+    <hyperlink ref="F691" r:id="rId170" xr:uid="{D83F3E4B-B387-495C-B933-4AB20DAEB45B}"/>
+    <hyperlink ref="F527" r:id="rId171" xr:uid="{F28B79C1-FEF8-4434-9B3A-1A5891A32F51}"/>
+    <hyperlink ref="F245" r:id="rId172" xr:uid="{4F2D2DC1-CBB7-4014-A918-1CC127AD5F51}"/>
+    <hyperlink ref="F670" r:id="rId173" xr:uid="{874724DB-CF5C-49A4-8573-CB07DDE192D5}"/>
+    <hyperlink ref="F441" r:id="rId174" xr:uid="{AE4BC659-A75D-4CA0-9A3A-860BDA88DFCA}"/>
+    <hyperlink ref="F444" r:id="rId175" xr:uid="{6FA2CA8C-E926-4BBF-99FF-BC06790660AD}"/>
+    <hyperlink ref="F465" r:id="rId176" xr:uid="{944480D0-8FE1-4A78-BA39-59082A886C46}"/>
+    <hyperlink ref="F509" r:id="rId177" xr:uid="{CF4283B6-5779-4152-82A8-783A3AAA39F2}"/>
+    <hyperlink ref="F529" r:id="rId178" xr:uid="{ECC70AA9-1263-4FC5-8FDB-85F84BBF4804}"/>
+    <hyperlink ref="F161" r:id="rId179" xr:uid="{E9875F9B-B4C3-4733-9D6B-6928F8AFAC89}"/>
+    <hyperlink ref="F208" r:id="rId180" xr:uid="{9F2F5173-5E49-43FF-930C-E615ADD573FD}"/>
+    <hyperlink ref="F248" r:id="rId181" xr:uid="{BC798B12-23D0-456A-BC6D-0A038BAA3DF2}"/>
+    <hyperlink ref="F332" r:id="rId182" xr:uid="{B7B0376D-24C8-4795-8CD8-B8AE7C5E638F}"/>
+    <hyperlink ref="F375" r:id="rId183" xr:uid="{5D68554E-7251-40D1-BB71-21F32D5CB25C}"/>
+    <hyperlink ref="F383" r:id="rId184" xr:uid="{9FBF4139-50A6-4028-A683-9B669B165611}"/>
+    <hyperlink ref="F385" r:id="rId185" xr:uid="{82E990E5-9245-42F5-A9D3-2504D4A70139}"/>
+    <hyperlink ref="F390" r:id="rId186" xr:uid="{4E9E0AAF-48BE-43C4-87C6-F70FD9606495}"/>
+    <hyperlink ref="F730" r:id="rId187" xr:uid="{773EDB46-8ADD-4BB8-9BFB-F2BABFF8F7C6}"/>
+    <hyperlink ref="F452" r:id="rId188" xr:uid="{078E9064-B9BE-4159-8FD9-AEBDC5756CA6}"/>
+    <hyperlink ref="F470" r:id="rId189" xr:uid="{8DC352D5-EEF8-4F15-B113-D24EDECFF6ED}"/>
+    <hyperlink ref="F526" r:id="rId190" xr:uid="{7696F888-B800-4118-9C3C-34477D2858B9}"/>
+    <hyperlink ref="F558" r:id="rId191" xr:uid="{6C1511D0-A672-4803-9636-DC12C44527F5}"/>
+    <hyperlink ref="F664" r:id="rId192" xr:uid="{20752AC6-C521-463D-988E-EE44FE56B202}"/>
+    <hyperlink ref="F668" r:id="rId193" xr:uid="{3A9CE87E-73DD-4F61-81C5-6E7189592F38}"/>
+    <hyperlink ref="F209" r:id="rId194" xr:uid="{97FD83E8-6A6A-4268-85DF-BE2858A71A76}"/>
+    <hyperlink ref="F557" r:id="rId195" xr:uid="{88703E5F-CD06-46CA-8931-E25CB920FA62}"/>
+    <hyperlink ref="F598" r:id="rId196" xr:uid="{883C1056-A966-42C1-9F02-ABC8BDF3F665}"/>
+    <hyperlink ref="F619" r:id="rId197" xr:uid="{D48C9F81-C565-401C-972A-F993D09BB831}"/>
+    <hyperlink ref="F622" r:id="rId198" xr:uid="{953F2705-EEF8-4BDC-B64E-01241B9F5503}"/>
+    <hyperlink ref="F625" r:id="rId199" xr:uid="{F8A68103-091D-4DAE-933B-0A5060672848}"/>
+    <hyperlink ref="F192" r:id="rId200" xr:uid="{674EB02D-9479-46BE-9FBC-741F76C7ED53}"/>
+    <hyperlink ref="F199" r:id="rId201" xr:uid="{F78604D3-E556-47DF-A505-F4D3F9D4528E}"/>
+    <hyperlink ref="F261" r:id="rId202" xr:uid="{F7E05557-B791-413D-98D1-8A3B9A391D0A}"/>
+    <hyperlink ref="F274" r:id="rId203" xr:uid="{E406354A-8531-49FF-B20A-6A105B81F8A4}"/>
+    <hyperlink ref="F287" r:id="rId204" xr:uid="{01611546-706D-47F6-9263-6FE104BB2612}"/>
+    <hyperlink ref="F327" r:id="rId205" xr:uid="{E0AC0DAB-7E39-4B12-BD03-0FC678AE026C}"/>
+    <hyperlink ref="F381" r:id="rId206" xr:uid="{03BC55F1-1966-4BD5-9615-F9881B86574D}"/>
+    <hyperlink ref="F408" r:id="rId207" xr:uid="{DAC4D6FD-2270-4A9E-B292-6EAF026B5553}"/>
+    <hyperlink ref="F409" r:id="rId208" xr:uid="{22C05978-1C6F-4BC4-8056-6AB9BFEAF75F}"/>
+    <hyperlink ref="F544" r:id="rId209" xr:uid="{50FACFDF-C281-48BA-BE14-6B46DF788374}"/>
+    <hyperlink ref="F555" r:id="rId210" xr:uid="{C150FB52-F880-4294-9E0B-377EA65292B9}"/>
+    <hyperlink ref="F561" r:id="rId211" xr:uid="{BFD7923F-2DFD-4972-965B-66EFAD3B6D11}"/>
+    <hyperlink ref="F579" r:id="rId212" xr:uid="{1A311E98-40AA-45BD-A01F-47F97FA2B01D}"/>
+    <hyperlink ref="F684" r:id="rId213" xr:uid="{243C9F57-1E81-4518-B5B9-C2655187D414}"/>
+    <hyperlink ref="F688" r:id="rId214" xr:uid="{22CC713F-43DE-4D28-8AC7-8F52DBF4F0B4}"/>
+    <hyperlink ref="F296" r:id="rId215" xr:uid="{EE2F43D7-FEC5-4082-8100-AC003652AF7E}"/>
+    <hyperlink ref="F440" r:id="rId216" xr:uid="{7A902E1D-EBB4-47EF-8079-0C0149885D98}"/>
+    <hyperlink ref="F448" r:id="rId217" xr:uid="{869D9543-4DF6-4642-8948-B5DAE08F4A3C}"/>
+    <hyperlink ref="F450" r:id="rId218" xr:uid="{CC4C048E-508E-4CF3-B4AA-3F7899D7DB2E}"/>
+    <hyperlink ref="F445" r:id="rId219" xr:uid="{67100871-2789-4B9A-AD35-7BCE0B5061DF}"/>
+    <hyperlink ref="F495" r:id="rId220" xr:uid="{81EA226D-470C-4620-ADB6-0531972EFB7E}"/>
+    <hyperlink ref="F498" r:id="rId221" xr:uid="{D0E744A6-4B1F-47BB-B5E1-C6D4A3D28671}"/>
+    <hyperlink ref="F513" r:id="rId222" xr:uid="{40257C2C-BB22-4DA9-872A-39989484B199}"/>
+    <hyperlink ref="F545" r:id="rId223" xr:uid="{6AE31A0F-FB23-4F47-83B5-4CB36F384401}"/>
+    <hyperlink ref="F552" r:id="rId224" xr:uid="{2AF77EE0-F6F3-45B7-850D-AF9B65CC6619}"/>
+    <hyperlink ref="F572" r:id="rId225" xr:uid="{739BC395-F5B5-4394-94A1-27C6F1D5238F}"/>
+    <hyperlink ref="F624" r:id="rId226" xr:uid="{C43DEC8E-F214-43CF-BCA2-DAAADC2C90A0}"/>
+    <hyperlink ref="F732" r:id="rId227" xr:uid="{6E39B4BB-C875-4B36-BFCC-B53B2B5037A3}"/>
+    <hyperlink ref="F652" r:id="rId228" xr:uid="{AA196871-8A8F-4CBE-9157-E768BA0EBF91}"/>
+    <hyperlink ref="F244" r:id="rId229" xr:uid="{21F8DEAC-F786-4735-88AA-6B9509EDC00C}"/>
+    <hyperlink ref="F373" r:id="rId230" xr:uid="{A861D637-15AF-47AC-92B1-777F0AC02733}"/>
+    <hyperlink ref="F387" r:id="rId231" xr:uid="{C582E074-3299-400E-A6B0-6F0BB0553CDE}"/>
+    <hyperlink ref="F217" r:id="rId232" xr:uid="{AB8FE425-2A10-451C-B1D7-46CC10BAC442}"/>
+    <hyperlink ref="F262" r:id="rId233" xr:uid="{89D757E9-F221-4699-80C5-36CA7FF29FA9}"/>
+    <hyperlink ref="F345" r:id="rId234" xr:uid="{2900C263-07C0-4FC8-B6A2-E46A486AA7FD}"/>
+    <hyperlink ref="F382" r:id="rId235" xr:uid="{DDCA8452-6B43-4872-98E1-595F9DFBB5E3}"/>
+    <hyperlink ref="F443" r:id="rId236" xr:uid="{668C1B02-7D2B-430C-A86E-215549B27B23}"/>
+    <hyperlink ref="F486" r:id="rId237" xr:uid="{05DEA565-DBD8-4E83-A9BE-36C5CEC4DA49}"/>
+    <hyperlink ref="F590" r:id="rId238" xr:uid="{5A1AD892-1800-4989-A44E-B60A6023BDC3}"/>
+    <hyperlink ref="F606" r:id="rId239" xr:uid="{536B81F4-F943-448B-AB70-2C0284F5AE3E}"/>
+    <hyperlink ref="F617" r:id="rId240" xr:uid="{D923AF9F-C3D6-4C26-93E6-9D63291B4BCB}"/>
+    <hyperlink ref="F518" r:id="rId241" xr:uid="{B27EF3A5-F174-46AC-8F1F-687C0898F4F5}"/>
+    <hyperlink ref="F522" r:id="rId242" xr:uid="{888804C4-8AB7-4694-A5CD-250929197B15}"/>
+    <hyperlink ref="F563" r:id="rId243" xr:uid="{945639DF-62D5-40B3-A33D-5053C63D8396}"/>
+    <hyperlink ref="F636" r:id="rId244" xr:uid="{47A3BD65-E644-46B9-B3DC-96F4A29EB18C}"/>
+    <hyperlink ref="F164" r:id="rId245" xr:uid="{000ADC6B-D003-4E76-9BD2-7DFB8FEEAE10}"/>
+    <hyperlink ref="F165" r:id="rId246" xr:uid="{88F1DEA3-905B-4799-9396-95DAF28CE4BF}"/>
+    <hyperlink ref="F170" r:id="rId247" xr:uid="{6C19CEAD-3F40-4923-8C98-97D99A4D415E}"/>
+    <hyperlink ref="F336" r:id="rId248" xr:uid="{EBF7D4D2-4F90-49EA-9890-260A4303B947}"/>
+    <hyperlink ref="F354" r:id="rId249" xr:uid="{0CE3B22D-4682-4530-BF89-171FB4D5DBE5}"/>
+    <hyperlink ref="F358" r:id="rId250" xr:uid="{AFF92970-D539-4670-9188-2AB2E4B99D09}"/>
+    <hyperlink ref="F363" r:id="rId251" xr:uid="{8B1034A8-34B1-4C25-B654-159481233100}"/>
+    <hyperlink ref="F364" r:id="rId252" xr:uid="{C3548E33-DA3A-492E-809B-5CF17AFB148A}"/>
+    <hyperlink ref="F594" r:id="rId253" xr:uid="{BE9DF270-48E5-40FB-B85C-AE54EF091DFD}"/>
+    <hyperlink ref="F674" r:id="rId254" xr:uid="{4EC6A19A-6EEE-4E57-841B-9DA88D0ADEB5}"/>
+    <hyperlink ref="F324" r:id="rId255" xr:uid="{1E9B3178-42E1-47BB-B681-D792FA496C55}"/>
+    <hyperlink ref="F503" r:id="rId256" xr:uid="{0FBB8305-7EB6-4454-873D-883E36A64BAC}"/>
+    <hyperlink ref="F528" r:id="rId257" xr:uid="{2B3DE0BA-6533-49D6-B352-6ABA7CC465C4}"/>
+    <hyperlink ref="F539" r:id="rId258" xr:uid="{B05911C2-C311-47B4-9B39-F1CC404B573A}"/>
+    <hyperlink ref="F589" r:id="rId259" xr:uid="{3B0EB3A6-1D03-461C-B43B-2ADAAF68824B}"/>
+    <hyperlink ref="F402" r:id="rId260" xr:uid="{75E35D0D-B563-44CD-BF6E-B589F5ABE719}"/>
+    <hyperlink ref="F487" r:id="rId261" xr:uid="{B10EDFE0-397A-4F70-81DF-79545D75881B}"/>
+    <hyperlink ref="F497" r:id="rId262" xr:uid="{D8969862-0821-4F69-8206-51757187FE8A}"/>
+    <hyperlink ref="F546" r:id="rId263" xr:uid="{2F538298-B2E9-4F4E-A6DC-2E05F6DE8277}"/>
+    <hyperlink ref="F550" r:id="rId264" xr:uid="{E81D96B5-79C8-40DA-B5D5-59D2CDE1DE47}"/>
+    <hyperlink ref="F597" r:id="rId265" xr:uid="{D5EB969A-E36E-4F72-B735-E1B3C5DC375B}"/>
+    <hyperlink ref="F603" r:id="rId266" xr:uid="{821428C1-A447-464F-959C-426C56F8436F}"/>
+    <hyperlink ref="F583" r:id="rId267" xr:uid="{13A21BF6-195F-4EDD-BC86-9EEA0613A841}"/>
+    <hyperlink ref="F195" r:id="rId268" xr:uid="{B872024E-01CB-45D3-A9B8-914CE300DD7D}"/>
+    <hyperlink ref="F196" r:id="rId269" xr:uid="{15E8508A-D305-435E-ADDE-C4DC96D4D367}"/>
+    <hyperlink ref="F284" r:id="rId270" xr:uid="{BD0A0D4F-B91B-4EDA-9A5A-1D87696A6D46}"/>
+    <hyperlink ref="F268" r:id="rId271" xr:uid="{5DFB6341-0D2F-4E3D-9F45-46A82E5C9E55}"/>
+    <hyperlink ref="F288" r:id="rId272" xr:uid="{C75BDF66-FA65-4397-9F26-237D4D3725DE}"/>
+    <hyperlink ref="F370" r:id="rId273" xr:uid="{54C2715E-BF8C-48AE-9448-78F60F60F8BE}"/>
+    <hyperlink ref="F410" r:id="rId274" xr:uid="{DA05FF18-FA80-46BE-808A-C5CACDCE2D5C}"/>
+    <hyperlink ref="F429" r:id="rId275" xr:uid="{6857BDC6-7799-4B8C-80AF-7BFC512C0736}"/>
+    <hyperlink ref="F451" r:id="rId276" xr:uid="{C3744ADF-006A-4FE2-975C-3807015A28C7}"/>
+    <hyperlink ref="F463" r:id="rId277" xr:uid="{595A305F-9EA5-4608-9BB7-BDF34F6E501F}"/>
+    <hyperlink ref="F458" r:id="rId278" xr:uid="{C075497C-2C95-4AE5-ACB7-6E0C2F022166}"/>
+    <hyperlink ref="F360" r:id="rId279" xr:uid="{C6E1C22E-D79E-4DC2-BE25-F33D2E4391B6}"/>
+    <hyperlink ref="F356" r:id="rId280" xr:uid="{D7D18CCD-F88F-49B9-B227-51E2BBBE9130}"/>
+    <hyperlink ref="F523" r:id="rId281" xr:uid="{50E08148-D5D4-451D-B018-DD0913D039F2}"/>
+    <hyperlink ref="F543" r:id="rId282" xr:uid="{BC52495D-766A-4C55-8714-5CB55FB8EE05}"/>
+    <hyperlink ref="F293" r:id="rId283" xr:uid="{0F44FE59-B3BA-450D-875C-49D409672798}"/>
+    <hyperlink ref="F430" r:id="rId284" xr:uid="{3A8DFB95-B616-4E5B-BDEF-454D4829446B}"/>
+    <hyperlink ref="F388" r:id="rId285" xr:uid="{71262904-BF5D-48F2-A025-3A51550282DC}"/>
+    <hyperlink ref="F482" r:id="rId286" xr:uid="{F8F1C9A3-00F4-4DA7-8B43-62C1F56086B1}"/>
+    <hyperlink ref="F601" r:id="rId287" display="https://www.mass.gov/service-details/public-housing-administrative-notices-archive-2002-2010" xr:uid="{85D306C7-68E1-4CD2-B0FA-062297BED96B}"/>
+    <hyperlink ref="F218" r:id="rId288" xr:uid="{F2EB71B6-F4D0-42E3-B96D-B9B7F1454D6E}"/>
+    <hyperlink ref="F219" r:id="rId289" xr:uid="{5A726D51-E645-474F-9A7C-A1CBF6C4F92C}"/>
+    <hyperlink ref="F230" r:id="rId290" xr:uid="{91563957-1C19-41F4-B9CB-B16E19B94547}"/>
+    <hyperlink ref="F247" r:id="rId291" xr:uid="{1D1ABBED-6573-482D-AA0E-41763D5A22E7}"/>
+    <hyperlink ref="F438" r:id="rId292" xr:uid="{7BE87A26-7459-4929-AABD-E50F4C28A251}"/>
+    <hyperlink ref="F462" r:id="rId293" xr:uid="{493FBF9B-51CF-4AED-BCA9-5C63C451CEC4}"/>
+    <hyperlink ref="F536" r:id="rId294" xr:uid="{5171A9BD-B49E-4E50-A68C-CCC3CEB973F4}"/>
+    <hyperlink ref="F488" r:id="rId295" xr:uid="{3218B300-0B67-48DA-B013-9959B77A1AA1}"/>
+    <hyperlink ref="F512" r:id="rId296" xr:uid="{934462A7-B294-4C15-AE5B-FD60F96F5D65}"/>
+    <hyperlink ref="F666" r:id="rId297" xr:uid="{7FE2AE3C-A045-4CE1-AC71-2F7DCAF0A584}"/>
+    <hyperlink ref="F415" r:id="rId298" xr:uid="{D21E3685-7E1D-4343-9A0C-E861EB370CA7}"/>
+    <hyperlink ref="F423" r:id="rId299" xr:uid="{81C40700-A66D-476D-8EE9-AFBDC81D7818}"/>
+    <hyperlink ref="F337" r:id="rId300" xr:uid="{CC99BAFA-88F2-46C2-8143-D921382B57DA}"/>
+    <hyperlink ref="F365" r:id="rId301" xr:uid="{887CE4BC-B372-40BC-BF70-731E48D95987}"/>
+    <hyperlink ref="F424" r:id="rId302" xr:uid="{A7F05EBC-8A25-42C3-B218-1941C0ACFFF6}"/>
+    <hyperlink ref="F434" r:id="rId303" xr:uid="{AA706FF8-959E-4CF1-A118-EE12893E79D0}"/>
+    <hyperlink ref="F447" r:id="rId304" xr:uid="{69213E27-C601-49F5-8886-3C601DBD5177}"/>
+    <hyperlink ref="F454" r:id="rId305" xr:uid="{2BEDCA87-3CE0-4CEC-94E2-CBBBD9F87D4E}"/>
+    <hyperlink ref="F468" r:id="rId306" xr:uid="{F2FC5E5D-9E5C-4E45-98FB-27B985DE40E5}"/>
+    <hyperlink ref="F477" r:id="rId307" xr:uid="{16DE2B57-725B-4869-8DF4-F68CDFDD8B41}"/>
+    <hyperlink ref="F481" r:id="rId308" xr:uid="{286318D1-71E6-4BF4-A437-EEF03BBE2884}"/>
+    <hyperlink ref="F484" r:id="rId309" xr:uid="{862470D6-834E-4F86-8C26-735E9AD4A321}"/>
+    <hyperlink ref="F485" r:id="rId310" xr:uid="{9CDB7984-B090-4270-B494-35841768DC53}"/>
+    <hyperlink ref="F197" r:id="rId311" xr:uid="{A06A6772-95BD-43BA-9FFB-19C0C0E083F6}"/>
+    <hyperlink ref="F215" r:id="rId312" xr:uid="{3D6583B8-33BD-42CB-AFC3-CA770053BA79}"/>
+    <hyperlink ref="F538" r:id="rId313" xr:uid="{BC437534-A057-4323-ABAC-7EA10E560AB0}"/>
+    <hyperlink ref="F586" r:id="rId314" xr:uid="{A04C06B6-9992-4378-9943-DA962873DB3C}"/>
+    <hyperlink ref="F620" r:id="rId315" xr:uid="{118795AF-D2B4-42F6-B24F-3BDB4B7FE3C9}"/>
+    <hyperlink ref="F413" r:id="rId316" xr:uid="{C496B5F9-85B3-4D61-8A63-71F8AE17A260}"/>
+    <hyperlink ref="F417" r:id="rId317" xr:uid="{0DDEDF60-8465-46F9-86A3-C54E13848D30}"/>
+    <hyperlink ref="F418" r:id="rId318" xr:uid="{13FC7975-B246-4AD8-9852-79B77BDADE1A}"/>
+    <hyperlink ref="F393" r:id="rId319" xr:uid="{2999F8BC-E76F-4A3B-B051-C808B3538458}"/>
+    <hyperlink ref="F631" r:id="rId320" xr:uid="{17E1280B-0BF3-40AE-8D7A-66D7EB2AEC25}"/>
+    <hyperlink ref="F517" r:id="rId321" xr:uid="{72557C11-0CC3-4106-9217-D03215A2F6BE}"/>
+    <hyperlink ref="F491" r:id="rId322" xr:uid="{2EF0F4D6-FBC8-41A5-8BE4-852EF0EAB946}"/>
+    <hyperlink ref="F578" r:id="rId323" xr:uid="{997E54B2-EA61-47B1-91AA-9308AE3DDB80}"/>
+    <hyperlink ref="F493" r:id="rId324" xr:uid="{7CFBF3AA-1E81-4FEC-82F0-39BA27F03C93}"/>
+    <hyperlink ref="F494" r:id="rId325" xr:uid="{56E01CB2-1B9B-40F8-B29F-1CA12799032A}"/>
+    <hyperlink ref="F249" r:id="rId326" xr:uid="{FD576BB6-131E-47F2-8C56-9D259734B2B3}"/>
+    <hyperlink ref="F395" r:id="rId327" xr:uid="{88B508D0-BEE8-40A1-A436-3E59CFC464F5}"/>
+    <hyperlink ref="F490" r:id="rId328" xr:uid="{A9F66DB0-1169-42C8-BEBB-ECC022F25075}"/>
+    <hyperlink ref="F519" r:id="rId329" xr:uid="{D4DA8017-B0E6-4C15-BCAD-27043E1F0083}"/>
+    <hyperlink ref="F520" r:id="rId330" xr:uid="{10C496BC-C062-4A66-B047-601BB84EE6F2}"/>
+    <hyperlink ref="F549" r:id="rId331" xr:uid="{E57F7399-BB75-4DFA-ACA0-0B64D2CA7BDB}"/>
+    <hyperlink ref="F576" r:id="rId332" xr:uid="{838835E4-E7FA-4E15-A737-632F61E127F7}"/>
+    <hyperlink ref="F459" r:id="rId333" xr:uid="{D25599F2-FACC-4550-875D-2892550B0C58}"/>
+    <hyperlink ref="F696" r:id="rId334" xr:uid="{C2AEC9E9-C6EB-428A-AD3C-5CF8399435DF}"/>
+    <hyperlink ref="F642" r:id="rId335" xr:uid="{CE1AF7F1-94F4-4405-8742-14337DB82AA9}"/>
+    <hyperlink ref="F686" r:id="rId336" xr:uid="{1A0387A8-6E0F-4781-8DAD-B565AC0868D7}"/>
+    <hyperlink ref="F320" r:id="rId337" xr:uid="{DDF4B30E-696F-4C06-B491-95AA86560592}"/>
+    <hyperlink ref="F374" r:id="rId338" xr:uid="{0421E7DC-C6E9-4B8B-90D4-32B410F4F37B}"/>
+    <hyperlink ref="F591" r:id="rId339" xr:uid="{EF34FAAD-F97D-4BCB-9694-7490F2645594}"/>
+    <hyperlink ref="F612" r:id="rId340" xr:uid="{98CC81ED-7382-4CA6-88F2-A10E8B2D9166}"/>
+    <hyperlink ref="F613" r:id="rId341" xr:uid="{21929F68-D2BC-439B-9CAD-E9365EDD3452}"/>
+    <hyperlink ref="F663" r:id="rId342" xr:uid="{6EA7C2D2-ADC4-4F0A-995B-13CA9BDB1660}"/>
+    <hyperlink ref="F638" r:id="rId343" xr:uid="{888D7F99-85C1-4CDE-98D8-17A5F677D1A3}"/>
+    <hyperlink ref="F592" r:id="rId344" xr:uid="{8F74BF2C-2DE9-4830-9BF8-23D4C6FB2A4B}"/>
+    <hyperlink ref="F587" r:id="rId345" xr:uid="{B8D5D155-A57F-40DA-AE38-9B0BA6FABEA1}"/>
+    <hyperlink ref="F372" r:id="rId346" xr:uid="{0C986C19-DDD9-4CCD-B010-7C6C56B347FB}"/>
+    <hyperlink ref="F435" r:id="rId347" xr:uid="{F8EF6A5C-B1F1-47BD-9DB4-85770947A0D5}"/>
+    <hyperlink ref="F476" r:id="rId348" xr:uid="{A5CA953A-DA3D-4B5C-838F-D8CFF0914588}"/>
+    <hyperlink ref="F682" r:id="rId349" xr:uid="{7F59A829-71F7-4B78-9C58-05D82DA34D15}"/>
+    <hyperlink ref="F687" r:id="rId350" xr:uid="{68FCB411-E852-4FF1-A3FD-8E4DE8549668}"/>
+    <hyperlink ref="F349" r:id="rId351" xr:uid="{98A94883-44A0-4025-A611-23FD86B7BA58}"/>
+    <hyperlink ref="F391" r:id="rId352" xr:uid="{593572C6-87FB-4397-9274-A09B64F24EDB}"/>
+    <hyperlink ref="F575" r:id="rId353" xr:uid="{9B02CB86-CC46-4BE0-A983-8A08EBADABCD}"/>
+    <hyperlink ref="F401" r:id="rId354" xr:uid="{361FCE75-5451-4BE0-A587-D09802008670}"/>
+    <hyperlink ref="F566" r:id="rId355" xr:uid="{ED3297E3-4A04-4655-822A-35C9B5A804AD}"/>
+    <hyperlink ref="F569" r:id="rId356" xr:uid="{6CB805A7-4773-4B8E-8AAF-D68D73CD0109}"/>
+    <hyperlink ref="F685" r:id="rId357" xr:uid="{A4108FA8-1197-4305-98C1-ED0B4F39FFFF}"/>
+    <hyperlink ref="F705" r:id="rId358" xr:uid="{88F521C2-842F-4F29-863A-9C891123782B}"/>
+    <hyperlink ref="F160" r:id="rId359" xr:uid="{1147CCDB-A0C8-42E1-B80E-B00F7775A251}"/>
+    <hyperlink ref="F176" r:id="rId360" xr:uid="{374A97FB-18DD-40A9-BEDB-D257EFE2949E}"/>
+    <hyperlink ref="F182" r:id="rId361" xr:uid="{23B71FDB-60E3-427F-A91F-14CAB5CAEB10}"/>
+    <hyperlink ref="F190" r:id="rId362" xr:uid="{CDAB5806-6801-467B-A055-A5C0DB207328}"/>
+    <hyperlink ref="F191" r:id="rId363" xr:uid="{4212DA19-CC47-40B1-A661-634B88683AFA}"/>
+    <hyperlink ref="F198" r:id="rId364" xr:uid="{0924305A-CEA9-4AE9-8217-AB6E7C65E6F8}"/>
+    <hyperlink ref="F202" r:id="rId365" xr:uid="{67D97A8C-0F35-431F-9941-3E1F01880F88}"/>
+    <hyperlink ref="F203" r:id="rId366" xr:uid="{85E9B236-135F-4099-9870-F3A5986C9605}"/>
+    <hyperlink ref="F204" r:id="rId367" xr:uid="{17FF77D9-0153-4CC5-A7ED-E7732861A6CC}"/>
+    <hyperlink ref="F213" r:id="rId368" xr:uid="{55EC7A98-F611-44F7-9C4F-3CFFF048A33F}"/>
+    <hyperlink ref="F224" r:id="rId369" xr:uid="{346B4D20-CA13-4C2D-8EEE-48DD4EC396E4}"/>
+    <hyperlink ref="F226" r:id="rId370" xr:uid="{B72EA640-BEA4-410C-89A9-9421F31E7F09}"/>
+    <hyperlink ref="F227" r:id="rId371" xr:uid="{B50A307B-B4C8-49F1-B45F-5C483FCDC563}"/>
+    <hyperlink ref="F236" r:id="rId372" xr:uid="{01DCB298-2B2A-484A-A621-3AEB1DD7D25B}"/>
+    <hyperlink ref="F231" r:id="rId373" xr:uid="{23829328-A7ED-4801-808A-5DBEE5118092}"/>
+    <hyperlink ref="F235" r:id="rId374" xr:uid="{33214838-9FF5-4317-AEA2-38F6135EA1A3}"/>
+    <hyperlink ref="F237" r:id="rId375" xr:uid="{B49E206A-CEE6-4C2A-A184-AD223235BB23}"/>
+    <hyperlink ref="F243" r:id="rId376" xr:uid="{045CAB27-D766-4CFB-881A-71E67A9881AD}"/>
+    <hyperlink ref="F250" r:id="rId377" xr:uid="{A41A483C-43D2-4EDE-BF6B-32DD02129605}"/>
+    <hyperlink ref="F251" r:id="rId378" xr:uid="{A758E65C-FBC6-4ED3-944A-D5C97A1791B6}"/>
+    <hyperlink ref="F256" r:id="rId379" xr:uid="{F8BBC0C8-6CC2-467C-B88A-62CFBFD05A9C}"/>
+    <hyperlink ref="F276" r:id="rId380" xr:uid="{C38B5AB3-6A72-4BE7-9EA0-B257AF1C2B38}"/>
+    <hyperlink ref="F282" r:id="rId381" xr:uid="{2D865341-AC13-4EC4-8D52-687801578BBC}"/>
+    <hyperlink ref="F295" r:id="rId382" xr:uid="{FD254E3B-8E55-4E99-9ED8-49C2A111CE68}"/>
+    <hyperlink ref="F299" r:id="rId383" xr:uid="{A94651A2-2F52-4332-B660-F6DEF57DAC40}"/>
+    <hyperlink ref="F301" r:id="rId384" xr:uid="{6B3DAEFE-A416-448A-86BD-0A1B43F39292}"/>
+    <hyperlink ref="F291" r:id="rId385" xr:uid="{4D04FDC3-241C-4320-843A-D20E7DED7032}"/>
+    <hyperlink ref="F297" r:id="rId386" xr:uid="{A8393589-536B-430D-972F-B420E95466AE}"/>
+    <hyperlink ref="F316" r:id="rId387" xr:uid="{9DB2247D-FB58-4E79-AA3F-F1E8DA7B085E}"/>
+    <hyperlink ref="F319" r:id="rId388" xr:uid="{1BB131FC-640F-4B49-BD61-692D671F6F53}"/>
+    <hyperlink ref="F328" r:id="rId389" xr:uid="{B9A2EAEE-5985-4020-BCCE-785440C9FAA1}"/>
+    <hyperlink ref="F331" r:id="rId390" xr:uid="{F9E5C477-100D-4EAE-AD11-80552C5970C0}"/>
+    <hyperlink ref="F333" r:id="rId391" xr:uid="{378B6376-D7C0-4476-8631-289C12B0F4FF}"/>
+    <hyperlink ref="F329" r:id="rId392" xr:uid="{7A9D73A3-4C2E-4B44-B396-69303C7AE361}"/>
+    <hyperlink ref="F310" r:id="rId393" xr:uid="{6B1D433F-D7F0-489F-9092-FCBA7E99FB18}"/>
+    <hyperlink ref="F334" r:id="rId394" xr:uid="{FA87A802-75EB-4423-8B8E-F82D824E8626}"/>
+    <hyperlink ref="F339" r:id="rId395" xr:uid="{7E423E1D-A322-461B-AEDB-D8348A658A3F}"/>
+    <hyperlink ref="F340" r:id="rId396" xr:uid="{E8E28FFD-7B07-40F4-8382-80D0D6C93721}"/>
+    <hyperlink ref="F341" r:id="rId397" xr:uid="{15CADB4E-B0C6-4BA7-BCC0-FB0A70038F01}"/>
+    <hyperlink ref="F342" r:id="rId398" xr:uid="{C692A3E3-B699-4BBF-AC04-D8C71050A6BD}"/>
+    <hyperlink ref="F351" r:id="rId399" xr:uid="{21D01461-DD5E-4D85-849C-502F8826E818}"/>
+    <hyperlink ref="F318" r:id="rId400" xr:uid="{8B32C5B7-08AE-4C87-82B4-35AA468561A3}"/>
+    <hyperlink ref="F323" r:id="rId401" xr:uid="{4871CD1E-AACA-41D4-A6CF-FACAC98106C3}"/>
+    <hyperlink ref="F326" r:id="rId402" xr:uid="{16FD5F33-8A47-4508-AEE8-39B3FD137BB3}"/>
+    <hyperlink ref="F330" r:id="rId403" xr:uid="{B921A717-64FC-4D4D-B2D5-BAF858A37B6C}"/>
+    <hyperlink ref="F234" r:id="rId404" xr:uid="{26BF2744-EAB1-4234-849F-10B14D613DD2}"/>
+    <hyperlink ref="F344" r:id="rId405" xr:uid="{AF78478D-18B1-4DBD-ADF8-B782DA4F1F78}"/>
+    <hyperlink ref="F346" r:id="rId406" xr:uid="{F9E83F98-A090-4555-AA4F-330FB1D5E2E2}"/>
+    <hyperlink ref="F314" r:id="rId407" xr:uid="{F86631AA-E3DE-4452-A13E-31A0DC22B264}"/>
+    <hyperlink ref="F317" r:id="rId408" xr:uid="{E63F2DFE-A5BB-43C4-B0C2-8644AE81654E}"/>
+    <hyperlink ref="F343" r:id="rId409" xr:uid="{842E8A7D-4203-411A-98A8-A9B3B1BA7933}"/>
+    <hyperlink ref="F347" r:id="rId410" xr:uid="{102FEE72-B227-4D76-836E-7248B70D3DD4}"/>
+    <hyperlink ref="F357" r:id="rId411" xr:uid="{BE2C6D18-D60A-463F-8313-B114C26389EB}"/>
+    <hyperlink ref="F350" r:id="rId412" xr:uid="{C4C99822-5D6D-4DF2-A409-720383D6D34E}"/>
+    <hyperlink ref="F307" r:id="rId413" xr:uid="{AC466285-F232-4E0E-89D8-58404041A20A}"/>
+    <hyperlink ref="F305" r:id="rId414" xr:uid="{539D3049-2D25-44BF-8FA4-5E9B2230677A}"/>
+    <hyperlink ref="F309" r:id="rId415" xr:uid="{308A792E-4FA3-44CF-8970-2D99985562A5}"/>
+    <hyperlink ref="F308:F309" r:id="rId416" display="https://www.mass.gov/doc/2020-07-covid-19-information-memo/download" xr:uid="{12987487-7816-4FFD-B78E-FDB2C7CCCEA4}"/>
+    <hyperlink ref="F322" r:id="rId417" xr:uid="{349699A3-9983-4D52-B419-E801162969F7}"/>
+    <hyperlink ref="F353" r:id="rId418" xr:uid="{734B926C-51D4-4903-B8BC-3601D45BF102}"/>
+    <hyperlink ref="F368" r:id="rId419" xr:uid="{07C05C70-C417-46DA-999D-FAB6A1F31484}"/>
+    <hyperlink ref="F371" r:id="rId420" xr:uid="{09EC7247-8AE4-4F92-B67F-202FBB30172C}"/>
+    <hyperlink ref="F396" r:id="rId421" xr:uid="{A715A402-A7E8-4971-9409-05A69849EF85}"/>
+    <hyperlink ref="F384" r:id="rId422" xr:uid="{A7D653E0-056A-4832-9EF3-3F8CF58CAC1B}"/>
+    <hyperlink ref="F397" r:id="rId423" xr:uid="{3C58FC89-1F9B-4990-A029-22D6163B95E4}"/>
+    <hyperlink ref="F399" r:id="rId424" xr:uid="{3694D337-0E16-44F8-A542-0A3FDC091D0A}"/>
+    <hyperlink ref="F407" r:id="rId425" xr:uid="{6A3B951A-CF51-4B38-8A72-5FDC88503599}"/>
+    <hyperlink ref="F405" r:id="rId426" xr:uid="{65F8A895-F784-4702-A613-86D9737BB004}"/>
+    <hyperlink ref="F406" r:id="rId427" xr:uid="{2C1CD804-844D-4B4A-A957-6F64256FE2E5}"/>
+    <hyperlink ref="F427" r:id="rId428" xr:uid="{50A3720D-55B1-46CB-9B2C-D3E872BF35FF}"/>
+    <hyperlink ref="F428" r:id="rId429" xr:uid="{11CB4589-F2FD-4580-B2C0-2712F9F31811}"/>
+    <hyperlink ref="F433" r:id="rId430" xr:uid="{F2E3831C-2E1C-48A0-8C69-E9C83476B8B1}"/>
+    <hyperlink ref="F442" r:id="rId431" xr:uid="{8A889B59-47A1-44D2-9D21-B6ECD0D12CAC}"/>
+    <hyperlink ref="F449" r:id="rId432" xr:uid="{71D7600E-1802-46B4-8D45-89767D0175E4}"/>
+    <hyperlink ref="F439" r:id="rId433" xr:uid="{F773E7DF-3E06-4EF2-B158-7E4DA7905E74}"/>
+    <hyperlink ref="F460" r:id="rId434" xr:uid="{C432B356-6510-4069-9836-DDCB37180D26}"/>
+    <hyperlink ref="F464" r:id="rId435" xr:uid="{A2135ACE-64E9-470C-98B1-B0927BBEFBF2}"/>
+    <hyperlink ref="F469" r:id="rId436" xr:uid="{AC8BDB47-4566-41AE-BF73-A3B027560A6A}"/>
+    <hyperlink ref="F471" r:id="rId437" xr:uid="{B28EC1B0-5BD9-4CEF-AEB7-0EDAD449F39B}"/>
+    <hyperlink ref="F483" r:id="rId438" xr:uid="{CDAB6B4B-6AE1-4E33-9440-81601C94236F}"/>
+    <hyperlink ref="F499" r:id="rId439" xr:uid="{44558B91-EE07-4126-B41F-F7411D2F4441}"/>
+    <hyperlink ref="F504" r:id="rId440" xr:uid="{856E7157-DC57-4746-9BCC-C1DC7EB4C942}"/>
+    <hyperlink ref="F506" r:id="rId441" xr:uid="{C623EE5B-F178-4C4D-8D9E-FED5D400A6D0}"/>
+    <hyperlink ref="F510" r:id="rId442" xr:uid="{A10BADC6-FDDC-4204-ABE9-CD298EA8567A}"/>
+    <hyperlink ref="F514" r:id="rId443" xr:uid="{1B343E9D-92EC-45B6-869B-49B7EE3530E9}"/>
+    <hyperlink ref="F530" r:id="rId444" xr:uid="{3121EBA1-5C97-4160-BEB3-743E73CF11FF}"/>
+    <hyperlink ref="F531" r:id="rId445" xr:uid="{E19C3BD2-3A8C-4020-B515-DEC66BBB2E86}"/>
+    <hyperlink ref="F525" r:id="rId446" xr:uid="{8281EC81-1DCE-4652-8549-7ECC69ADC79E}"/>
+    <hyperlink ref="F533" r:id="rId447" xr:uid="{BE65AE5C-F6B5-4FCC-95A4-4EF6A89B52F3}"/>
+    <hyperlink ref="F548" r:id="rId448" xr:uid="{DE43B823-1091-45D0-B25D-4C59DC3F6028}"/>
+    <hyperlink ref="F553" r:id="rId449" xr:uid="{94E09306-6C0D-4E00-94E0-5E560EA5070A}"/>
+    <hyperlink ref="F554" r:id="rId450" xr:uid="{157AC45D-AB90-4069-9207-DA3BF3F0C52C}"/>
+    <hyperlink ref="F556" r:id="rId451" xr:uid="{E4F031F4-1BB7-41B8-8C41-330B0B428C0A}"/>
+    <hyperlink ref="F560" r:id="rId452" xr:uid="{69FDEC23-A1DC-4221-B04C-65C50FD9E9DB}"/>
+    <hyperlink ref="F564" r:id="rId453" xr:uid="{5CA8383E-CF01-4CA7-8228-7335E13433CD}"/>
+    <hyperlink ref="F571" r:id="rId454" xr:uid="{726D62E3-0F59-48E1-AD2F-F08E676A38EF}"/>
+    <hyperlink ref="F580" r:id="rId455" xr:uid="{69CAE7CB-82C0-4BC9-B001-7B5F39C9BA0F}"/>
+    <hyperlink ref="F596" r:id="rId456" xr:uid="{EA3EFDEB-458D-4AA8-9837-60537CC93622}"/>
+    <hyperlink ref="F562" r:id="rId457" xr:uid="{B50192DB-C001-4535-87DD-59EBF059A2A7}"/>
+    <hyperlink ref="F602" r:id="rId458" xr:uid="{393A1C80-C81B-46AD-A020-9AA135ED3733}"/>
+    <hyperlink ref="F610" r:id="rId459" xr:uid="{83B7A4CD-C3F0-462A-96B7-F95D75E41D8F}"/>
+    <hyperlink ref="F611" r:id="rId460" xr:uid="{8E051535-5544-4E13-AF6F-5B9B74934D1F}"/>
+    <hyperlink ref="F524" r:id="rId461" xr:uid="{278CCC5E-CB35-4C8C-A233-4740BE117EC1}"/>
+    <hyperlink ref="F473" r:id="rId462" xr:uid="{FA4AB873-E990-454A-A214-FB26736DC221}"/>
+    <hyperlink ref="F608" r:id="rId463" xr:uid="{FE9A819B-A508-473E-8278-4BEE207A742C}"/>
+    <hyperlink ref="F621" r:id="rId464" xr:uid="{5BABFD50-5610-4D9F-AC1A-38BE7988E9A8}"/>
+    <hyperlink ref="F629" r:id="rId465" xr:uid="{EB2B0C28-7A23-46F8-B4F3-00E22F41BF17}"/>
+    <hyperlink ref="F632" r:id="rId466" xr:uid="{DF1B6EB7-6549-44DE-82AA-9E602BFDC333}"/>
+    <hyperlink ref="F635" r:id="rId467" xr:uid="{B4BE6B5E-C396-4727-B859-D3D666DB01B3}"/>
+    <hyperlink ref="F647" r:id="rId468" xr:uid="{B8E4298D-9EB4-4206-AF02-11B4C9C7B5C4}"/>
+    <hyperlink ref="F651" r:id="rId469" xr:uid="{93991230-0F52-46FD-AEEC-BC5CCFDA9270}"/>
+    <hyperlink ref="F654" r:id="rId470" xr:uid="{394D6926-71FA-40C8-A91F-0695E906EE46}"/>
+    <hyperlink ref="F656" r:id="rId471" xr:uid="{405E56AE-82F1-4A2A-8E3F-67F02C1CF47D}"/>
+    <hyperlink ref="F657" r:id="rId472" xr:uid="{1761D18A-AB05-4CA8-AA19-08B8C5377AE9}"/>
+    <hyperlink ref="F658" r:id="rId473" xr:uid="{4DEDD166-C86B-4FF7-8BC0-0C47DDA359EC}"/>
+    <hyperlink ref="F659" r:id="rId474" xr:uid="{3C9D7752-CF11-4918-80FB-F69C44611F67}"/>
+    <hyperlink ref="F665" r:id="rId475" xr:uid="{799A7A94-331A-43DC-90BD-167E7D1F6AAD}"/>
+    <hyperlink ref="F667" r:id="rId476" xr:uid="{62D773AA-6898-460E-87C2-F7389949087A}"/>
+    <hyperlink ref="F677" r:id="rId477" xr:uid="{28D0748B-2C70-4AAF-BE99-EAAD890E1E46}"/>
+    <hyperlink ref="F681" r:id="rId478" xr:uid="{0B4FE9DD-A23B-431F-A2CB-117404CD1332}"/>
+    <hyperlink ref="F692" r:id="rId479" xr:uid="{772542DA-194C-4BE1-881C-ADD4933F9E5E}"/>
+    <hyperlink ref="F697" r:id="rId480" xr:uid="{1F31CDD3-86B3-4B17-B9D5-0A5AF15BF128}"/>
+    <hyperlink ref="F155" r:id="rId481" xr:uid="{22EBE3F8-5F2E-44E2-81F0-4196B092A42C}"/>
+    <hyperlink ref="F154" r:id="rId482" xr:uid="{41E3B016-496B-4C75-8459-48179300E636}"/>
+    <hyperlink ref="F150" r:id="rId483" xr:uid="{0835E592-0814-4809-B0A5-B34CA1914E44}"/>
+    <hyperlink ref="F149" r:id="rId484" xr:uid="{2B8625C4-833B-41E5-8CB1-0BA49CE3D9E7}"/>
+    <hyperlink ref="F148" r:id="rId485" xr:uid="{3424713D-1220-4904-AD6E-18095983C70C}"/>
+    <hyperlink ref="F137" r:id="rId486" xr:uid="{D18589EE-2931-4AD4-9809-647FE2FE9D7B}"/>
+    <hyperlink ref="F134" r:id="rId487" xr:uid="{93962588-8229-4D3A-AD05-C0062FF938BC}"/>
+    <hyperlink ref="F132" r:id="rId488" xr:uid="{E95425D6-5090-4913-B7AC-BC1EFA1332B7}"/>
+    <hyperlink ref="F131" r:id="rId489" xr:uid="{573E969C-446A-4F1E-892E-6B66A3030E41}"/>
+    <hyperlink ref="F130" r:id="rId490" xr:uid="{01A4D890-1AB3-45C0-9459-E40B7C7D3BAB}"/>
+    <hyperlink ref="F129" r:id="rId491" xr:uid="{CA505FD9-71D0-4291-B795-3B9E958978B1}"/>
+    <hyperlink ref="F128" r:id="rId492" xr:uid="{8E6C2F65-2B27-44CE-BD89-6E219DC07BD6}"/>
+    <hyperlink ref="F127" r:id="rId493" xr:uid="{9E86D39C-9349-4FD1-9BFF-184DD803ACE9}"/>
+    <hyperlink ref="F120" r:id="rId494" xr:uid="{526652DC-145E-4552-9791-522F7E090571}"/>
+    <hyperlink ref="F110" r:id="rId495" xr:uid="{DAA156FA-82C3-48EC-B2C0-47D745934B59}"/>
+    <hyperlink ref="F112" r:id="rId496" xr:uid="{4EA42CE8-6BEA-4C37-BB8B-8DBDEEE07B01}"/>
+    <hyperlink ref="F116" r:id="rId497" xr:uid="{945FD78F-4DDC-4A17-9EC6-99DCEF4BEFEA}"/>
+    <hyperlink ref="F106" r:id="rId498" xr:uid="{97AE96C1-D043-4FBE-846F-1FC9557E401A}"/>
+    <hyperlink ref="F105" r:id="rId499" xr:uid="{42742669-D93A-44BA-B7BF-AAE12D6AFF49}"/>
+    <hyperlink ref="F103" r:id="rId500" xr:uid="{AEEC689B-2265-46B4-B8D8-DC484E080519}"/>
+    <hyperlink ref="F107" r:id="rId501" xr:uid="{694D5632-0D30-49B2-B126-2AE98AAE174C}"/>
+    <hyperlink ref="F96" r:id="rId502" xr:uid="{E9957A1D-E35E-41C8-8260-41E5D4E91359}"/>
+    <hyperlink ref="F97" r:id="rId503" xr:uid="{AB7A84C4-135F-4781-8014-D27D3A4268D9}"/>
+    <hyperlink ref="F100" r:id="rId504" xr:uid="{9EC041FF-F86D-47F9-B735-B90C7C3D69D5}"/>
+    <hyperlink ref="F101" r:id="rId505" xr:uid="{21A01131-779B-4E76-A1A6-1991BE07AC41}"/>
+    <hyperlink ref="F95" r:id="rId506" xr:uid="{CA65037E-D97A-45D4-AD31-EF84C16DB978}"/>
+    <hyperlink ref="F94" r:id="rId507" xr:uid="{F6D52BA5-E8D1-47BF-847B-679E024C12AB}"/>
+    <hyperlink ref="F86" r:id="rId508" xr:uid="{8CCF30B2-85B4-4361-AA06-CD33A83D27AC}"/>
+    <hyperlink ref="F81" r:id="rId509" xr:uid="{FE80D2C8-6323-4263-8C31-11A2FEDA6D2C}"/>
+    <hyperlink ref="F80" r:id="rId510" xr:uid="{E8615F6E-7B3E-4AEA-81CF-1C02D7E2808D}"/>
+    <hyperlink ref="F79" r:id="rId511" xr:uid="{6938BD11-9395-48D0-8906-13FCEC8D84CC}"/>
+    <hyperlink ref="F78" r:id="rId512" xr:uid="{D8BADEA5-147B-4AF9-9F51-F980538BD183}"/>
+    <hyperlink ref="F76" r:id="rId513" xr:uid="{97AB0B53-1546-402A-BBA4-73171A932CAB}"/>
+    <hyperlink ref="F77" r:id="rId514" xr:uid="{B5CBCE8C-6884-4ADE-8ADC-FCF9DA72AC34}"/>
+    <hyperlink ref="F82" r:id="rId515" xr:uid="{119F0EA4-3C7D-423C-86AA-937C6B2C29D8}"/>
+    <hyperlink ref="F83" r:id="rId516" xr:uid="{16D24A34-48F9-4D53-A0B1-045F0518C54B}"/>
+    <hyperlink ref="F84" r:id="rId517" xr:uid="{3E3E78BA-5EBB-4084-930C-2B77D4CBB698}"/>
+    <hyperlink ref="F85" r:id="rId518" xr:uid="{59A41633-6FC0-49A8-905B-EB619E5E7BF7}"/>
+    <hyperlink ref="F87" r:id="rId519" xr:uid="{21E35C30-D025-4CDA-BACA-0EF8D46D8F68}"/>
+    <hyperlink ref="F88" r:id="rId520" xr:uid="{DAEA82DC-ED35-433A-9DE4-228272B1F145}"/>
+    <hyperlink ref="F89" r:id="rId521" xr:uid="{AA4CC06E-0905-4296-8D5B-C3B52CD3E658}"/>
+    <hyperlink ref="F90" r:id="rId522" xr:uid="{814B5555-0573-4C97-B883-44B8E920E3B5}"/>
+    <hyperlink ref="F91" r:id="rId523" xr:uid="{320977E7-A3FE-40A6-A31C-973088CC3D19}"/>
+    <hyperlink ref="F92" r:id="rId524" xr:uid="{F9AC0F23-A362-4AF1-8112-242B2F545AD7}"/>
+    <hyperlink ref="F93" r:id="rId525" xr:uid="{F6CADE74-A846-4E67-8D95-F57510451235}"/>
+    <hyperlink ref="F98" r:id="rId526" xr:uid="{01DA112B-0144-4207-B492-39D886BF4B48}"/>
+    <hyperlink ref="F99" r:id="rId527" xr:uid="{0ABD72D4-11A9-4687-B113-5E5B77566424}"/>
+    <hyperlink ref="F104" r:id="rId528" xr:uid="{7CEAA82C-A816-40EE-B47F-2AC37C05585E}"/>
+    <hyperlink ref="F102" r:id="rId529" xr:uid="{B6580651-AFD7-41FE-961F-A5B05710A873}"/>
+    <hyperlink ref="F108" r:id="rId530" xr:uid="{BC209DEE-577D-4044-A3DF-5201D7DC8672}"/>
+    <hyperlink ref="F109" r:id="rId531" xr:uid="{486648E1-7AF2-4579-8462-1C803443D371}"/>
+    <hyperlink ref="F111" r:id="rId532" xr:uid="{87D69413-32AF-4E7F-8E48-E1855658FE4A}"/>
+    <hyperlink ref="F113" r:id="rId533" xr:uid="{80A48FB5-F54E-4934-8E58-39EDFCDC4D10}"/>
+    <hyperlink ref="F114" r:id="rId534" xr:uid="{584D4F13-5348-4456-86D4-E75CA1243F6E}"/>
+    <hyperlink ref="F115" r:id="rId535" xr:uid="{4D45EF66-7BC0-4271-8DB1-5B74A3C5A564}"/>
+    <hyperlink ref="F117" r:id="rId536" xr:uid="{C1573A2E-5051-4B88-B226-6A37F78D7898}"/>
+    <hyperlink ref="F118" r:id="rId537" xr:uid="{628C382B-FC5E-45FC-A3F0-DE5143C00D54}"/>
+    <hyperlink ref="F119" r:id="rId538" xr:uid="{8A10620C-78B7-4D9A-8FF6-C23F1E933A10}"/>
+    <hyperlink ref="F121" r:id="rId539" xr:uid="{084C9188-EB5B-407D-AEE9-97A503906162}"/>
+    <hyperlink ref="F122" r:id="rId540" xr:uid="{FF56E175-CA9B-404A-AEA6-D1869D48017A}"/>
+    <hyperlink ref="F123" r:id="rId541" xr:uid="{488038AA-624F-41AD-956E-6AF163E59EB5}"/>
+    <hyperlink ref="F124" r:id="rId542" xr:uid="{43BDD7DC-2EE0-4668-AD7D-196A2126DCFC}"/>
+    <hyperlink ref="F125" r:id="rId543" xr:uid="{D7D23DB6-8841-438C-91B8-4311553CD58E}"/>
+    <hyperlink ref="F126" r:id="rId544" xr:uid="{C5AE8FE4-3D6D-4C1D-B11E-D46AF918EA92}"/>
+    <hyperlink ref="F133" r:id="rId545" xr:uid="{6CEF669A-7AF3-4E6E-B7CF-595E3DD069E9}"/>
+    <hyperlink ref="F135" r:id="rId546" xr:uid="{6651A169-6950-4C4F-8A54-AD7316221CF8}"/>
+    <hyperlink ref="F136" r:id="rId547" xr:uid="{0F1155AF-4800-45B0-B991-F230CF288883}"/>
+    <hyperlink ref="F138" r:id="rId548" xr:uid="{D28A3942-AD64-4A12-AEBC-AF59340FADA7}"/>
+    <hyperlink ref="F139" r:id="rId549" xr:uid="{EDBA34AB-4A89-459B-91AF-CC8A71A07383}"/>
+    <hyperlink ref="F140" r:id="rId550" xr:uid="{0FED52EC-32AF-430F-8CA3-56AD200CD110}"/>
+    <hyperlink ref="F141" r:id="rId551" xr:uid="{1AC30932-55CC-4387-93D0-68D556D87396}"/>
+    <hyperlink ref="F142" r:id="rId552" xr:uid="{F89D540D-011F-4B31-9EE5-071B51AF264C}"/>
+    <hyperlink ref="F143" r:id="rId553" xr:uid="{2943C36A-1964-4B24-B69F-A537B118EC26}"/>
+    <hyperlink ref="F144" r:id="rId554" xr:uid="{5199F6A2-4EB7-4147-9C33-9084868DCE26}"/>
+    <hyperlink ref="F145" r:id="rId555" xr:uid="{A82F1B4D-7873-4BC5-8A0B-91EAF7210DD7}"/>
+    <hyperlink ref="F146" r:id="rId556" xr:uid="{DE110948-ED0D-4FF9-88A5-52C6A6B4ED04}"/>
+    <hyperlink ref="F147" r:id="rId557" xr:uid="{56B893BD-1003-40DE-8A86-A01B3A7F1974}"/>
+    <hyperlink ref="F151" r:id="rId558" xr:uid="{78A5F24D-EE8C-4B23-8BB6-DD8B3CD35B4A}"/>
+    <hyperlink ref="F152" r:id="rId559" xr:uid="{557AB3DE-58EA-4560-A7E2-C0B9A6CA5E93}"/>
+    <hyperlink ref="F153" r:id="rId560" xr:uid="{DE7AAF41-E782-4440-B25D-FEF88CBAB4A6}"/>
+    <hyperlink ref="F156" r:id="rId561" xr:uid="{6305F194-D71F-4B64-9CBC-B84CFFEDDDD6}"/>
+    <hyperlink ref="F157" r:id="rId562" xr:uid="{3EE4728A-385D-4829-911C-2C721390B418}"/>
+    <hyperlink ref="F158" r:id="rId563" xr:uid="{6AFF5AF9-C726-4A1C-9885-B280C8BD2084}"/>
+    <hyperlink ref="F159" r:id="rId564" xr:uid="{180500B7-5FF2-46E4-B0AD-82F8F1190911}"/>
+    <hyperlink ref="F162" r:id="rId565" xr:uid="{1CCBE6A3-116C-434E-AE2C-8D8139BBDB67}"/>
+    <hyperlink ref="F163" r:id="rId566" xr:uid="{7412CC74-A588-4DC0-B4CA-8D9A2EFBFBB8}"/>
+    <hyperlink ref="F166" r:id="rId567" xr:uid="{ED8FB2D0-0104-423B-A525-2AE0E4C7E945}"/>
+    <hyperlink ref="F167" r:id="rId568" xr:uid="{21CA46D4-119C-4433-A2CB-EC6739E313E2}"/>
+    <hyperlink ref="F168" r:id="rId569" xr:uid="{753672ED-9611-4A27-B2FD-5F9BD505A0F1}"/>
+    <hyperlink ref="F169" r:id="rId570" xr:uid="{53CEB144-B8BD-4B70-96F3-EBA3A1B2AC06}"/>
+    <hyperlink ref="F171" r:id="rId571" xr:uid="{3243C0F6-EB61-4816-A4C6-F6674823E474}"/>
+    <hyperlink ref="F172" r:id="rId572" xr:uid="{60A77400-4106-462A-95DE-79D29250F3A3}"/>
+    <hyperlink ref="F173" r:id="rId573" xr:uid="{6A0111EB-B52B-4AC3-B795-5DF6FFD33922}"/>
+    <hyperlink ref="F174" r:id="rId574" xr:uid="{E884F0AD-9026-4DC7-8398-A9BC2F03724E}"/>
+    <hyperlink ref="F175" r:id="rId575" xr:uid="{1CE55BEF-4ADE-42DF-B18A-AA21A288913B}"/>
+    <hyperlink ref="F177" r:id="rId576" xr:uid="{30D38870-60EF-4D92-850B-756A8AF3953B}"/>
+    <hyperlink ref="F178" r:id="rId577" xr:uid="{066D921B-EA1F-42CB-AF3A-D7F958B95B64}"/>
+    <hyperlink ref="F179" r:id="rId578" xr:uid="{4EAD2734-14CD-453F-99B7-8AFD4960635F}"/>
+    <hyperlink ref="F180" r:id="rId579" xr:uid="{92AEFD16-C91A-4926-921B-ED1EE2B69A7C}"/>
+    <hyperlink ref="F181" r:id="rId580" xr:uid="{0EB2B97B-D61C-4A48-B7BB-6EED659221C2}"/>
+    <hyperlink ref="F184" r:id="rId581" xr:uid="{86DB29BE-B891-40E4-9B29-55967E45D582}"/>
+    <hyperlink ref="F185" r:id="rId582" xr:uid="{5EC72E97-37EA-4098-94E8-9CAE776C11BE}"/>
+    <hyperlink ref="F186" r:id="rId583" xr:uid="{E425F5A1-93F3-445A-A5A5-E102BB11940D}"/>
+    <hyperlink ref="F187" r:id="rId584" xr:uid="{29439D43-6869-41CB-B207-B551E8821D98}"/>
+    <hyperlink ref="F188" r:id="rId585" xr:uid="{19D271FD-8F0B-46CA-980D-0B0003D99D14}"/>
+    <hyperlink ref="F189" r:id="rId586" xr:uid="{E1803B1C-AC4E-46F5-9C8C-254E22F40BED}"/>
+    <hyperlink ref="F74" r:id="rId587" xr:uid="{44F10D6E-8D25-43FE-ACB3-A909BC2821DD}"/>
+    <hyperlink ref="F75" r:id="rId588" xr:uid="{5AC1CCE4-190A-4337-B774-CBFBC8960336}"/>
+    <hyperlink ref="F73" r:id="rId589" xr:uid="{50EA2F4E-FAE0-4146-827D-14740DE8EF58}"/>
+    <hyperlink ref="F72" r:id="rId590" xr:uid="{70CF0554-6404-4EC5-904D-33B195B31202}"/>
+    <hyperlink ref="F71" r:id="rId591" xr:uid="{318CD3FF-4BAB-4BB1-8970-83D40D1B8053}"/>
+    <hyperlink ref="F70" r:id="rId592" xr:uid="{7C3DB478-355F-42DC-8920-11FD5E12B3C9}"/>
+    <hyperlink ref="F69" r:id="rId593" xr:uid="{09C8182C-7FC2-4B2B-BFD3-FC3BFA0CCD2A}"/>
+    <hyperlink ref="F68" r:id="rId594" xr:uid="{213BAF90-BFF5-4F3D-969A-2ED76D2E04FE}"/>
+    <hyperlink ref="F67" r:id="rId595" xr:uid="{387F3C4F-A7F2-45BE-874B-E14270E1DFB5}"/>
+    <hyperlink ref="F65" r:id="rId596" xr:uid="{3606668A-684C-447F-94B9-EA895EDE162B}"/>
+    <hyperlink ref="F66" r:id="rId597" xr:uid="{65C57CF0-3692-4E1B-A0CB-755D8778552E}"/>
+    <hyperlink ref="F64" r:id="rId598" xr:uid="{FCA45F97-DE48-4494-8C52-6F067F8C157A}"/>
+    <hyperlink ref="F60" r:id="rId599" xr:uid="{86AAFD54-3026-477E-AA5F-294499B59A9F}"/>
+    <hyperlink ref="F61" r:id="rId600" xr:uid="{7436FD92-0C47-4EAA-9A1B-471AE99F1BDD}"/>
+    <hyperlink ref="F62" r:id="rId601" xr:uid="{CA767940-CEC7-4747-9C76-AB0028C6B742}"/>
+    <hyperlink ref="F63" r:id="rId602" xr:uid="{9EC682F3-B77E-4345-A543-2BA530F3D11B}"/>
+    <hyperlink ref="F59" r:id="rId603" xr:uid="{73D8C2D3-898A-4139-A816-422BE919BFAA}"/>
+    <hyperlink ref="F58" r:id="rId604" xr:uid="{1DAA56BF-8EA1-4674-9B14-ED27BB8861B3}"/>
+    <hyperlink ref="F57" r:id="rId605" xr:uid="{F6AD295C-925D-4A93-AFA2-AE92FA83B357}"/>
+    <hyperlink ref="F55" r:id="rId606" xr:uid="{05951336-DD38-4AAF-87F2-EFBA539E33D3}"/>
+    <hyperlink ref="F56" r:id="rId607" xr:uid="{C220C935-998A-42CE-ACB3-F897714741CD}"/>
+    <hyperlink ref="F54" r:id="rId608" xr:uid="{298AE00A-67C6-4F15-A53F-19D2C17198C2}"/>
+    <hyperlink ref="F51" r:id="rId609" xr:uid="{42D419D9-ED27-4155-A822-BCA9C02930E7}"/>
+    <hyperlink ref="F52" r:id="rId610" xr:uid="{1A54A72E-4BB9-436B-8173-CAE81D28DDAB}"/>
+    <hyperlink ref="F53" r:id="rId611" xr:uid="{99816525-F9B1-4E55-9A7F-6DE776E6DE62}"/>
+    <hyperlink ref="F50" r:id="rId612" xr:uid="{693219F5-D384-4876-B363-8E12E5B68573}"/>
+    <hyperlink ref="F49" r:id="rId613" xr:uid="{7560BD70-52EA-45A3-8779-0D980700533D}"/>
+    <hyperlink ref="F48" r:id="rId614" xr:uid="{1067D7CF-82FF-46A0-8EF7-D41D64028B0D}"/>
+    <hyperlink ref="F47" r:id="rId615" xr:uid="{13DF4335-8BF4-4328-88FB-2E0C46DC3910}"/>
+    <hyperlink ref="F45" r:id="rId616" xr:uid="{DB573D68-1060-4FF2-B240-000EFD87597A}"/>
+    <hyperlink ref="F46" r:id="rId617" xr:uid="{812618A4-E6C2-445D-A593-26D903D9593F}"/>
+    <hyperlink ref="F44" r:id="rId618" xr:uid="{60038B43-5E97-49A8-8275-B33582405329}"/>
+    <hyperlink ref="F43" r:id="rId619" xr:uid="{448D79B2-3827-4D9A-9D08-262378733486}"/>
+    <hyperlink ref="F42" r:id="rId620" xr:uid="{63AC69B3-24EF-48B9-9AA0-80C286F433D2}"/>
+    <hyperlink ref="F41" r:id="rId621" xr:uid="{EF4B8006-0921-47F7-AF06-D7016A1BD656}"/>
+    <hyperlink ref="F40" r:id="rId622" xr:uid="{E1B1C97B-2772-4593-BA56-E648FC88222A}"/>
+    <hyperlink ref="F39" r:id="rId623" xr:uid="{1BCAD68B-99BD-4A27-94E6-E8A3253DDBB8}"/>
+    <hyperlink ref="F38" r:id="rId624" xr:uid="{21A6A169-BFBF-49EB-8AB3-EEABA324069C}"/>
+    <hyperlink ref="F37" r:id="rId625" xr:uid="{9BC622EE-07F7-4198-95BC-96D92362AA20}"/>
+    <hyperlink ref="F36" r:id="rId626" xr:uid="{F69A9178-309A-4C8C-8CF3-7FC1A795ABFD}"/>
+    <hyperlink ref="F33" r:id="rId627" xr:uid="{FE972067-9075-4BB8-8EE4-66530CE57B2E}"/>
+    <hyperlink ref="F34" r:id="rId628" xr:uid="{B2C9C084-569C-4215-BCEB-765C65EBC29C}"/>
+    <hyperlink ref="F28" r:id="rId629" xr:uid="{825BB316-F2B4-4E60-BD3D-A617321C22BE}"/>
+    <hyperlink ref="F25" r:id="rId630" xr:uid="{105CA5EE-BD9F-4934-B0C6-95E8D10A2E75}"/>
+    <hyperlink ref="F20" r:id="rId631" xr:uid="{ECB36981-744C-4758-AFE5-9F195C9E290E}"/>
+    <hyperlink ref="F13" r:id="rId632" xr:uid="{1C36745D-8ED6-4F9D-8972-2214DBEC7C5B}"/>
+    <hyperlink ref="F12" r:id="rId633" xr:uid="{F40E43AB-9146-4CF4-9B3E-28C3EEFE5837}"/>
+    <hyperlink ref="F14" r:id="rId634" xr:uid="{24287AEA-FFAF-44FA-A5EB-1E2F99211F6D}"/>
+    <hyperlink ref="F15" r:id="rId635" xr:uid="{CF506087-F9C0-4535-BE1B-D0D1EF75FBF7}"/>
+    <hyperlink ref="F16" r:id="rId636" xr:uid="{3C991146-4FFB-4C6E-A5F0-E892260AEBE9}"/>
+    <hyperlink ref="F11" r:id="rId637" xr:uid="{E4F79B9A-8F3C-47BE-A8FA-679D2F839C8B}"/>
+    <hyperlink ref="F10" r:id="rId638" xr:uid="{CBD7540F-7946-48C9-8B23-985D7D85CB01}"/>
+    <hyperlink ref="F8" r:id="rId639" xr:uid="{B953991E-226F-4F74-AA45-8E2978C8D47A}"/>
+    <hyperlink ref="F9" r:id="rId640" xr:uid="{D6C06CE0-196D-4D3A-9518-83EE3F2FB519}"/>
+    <hyperlink ref="F6" r:id="rId641" xr:uid="{DEB29219-74CD-4FDA-9F79-F86883FEBE95}"/>
+    <hyperlink ref="F7" r:id="rId642" xr:uid="{53EF25A6-F6C8-4CDC-A44E-E3A952957E39}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId643"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6087A3FB-6989-4812-9670-9A7AF2C637D4}">
-  <dimension ref="A1:F729"/>
+  <dimension ref="A1:F733"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection sqref="A1:XFD1048576"/>
+      <selection activeCell="A707" sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="33" style="158" customWidth="1"/>
     <col min="2" max="2" width="10.81640625" style="158" customWidth="1"/>
     <col min="3" max="3" width="23.1796875" style="158" customWidth="1"/>
     <col min="4" max="4" width="80.54296875" style="158" customWidth="1"/>
     <col min="5" max="5" width="19.81640625" style="179" customWidth="1"/>
     <col min="6" max="6" width="90.81640625" style="158" customWidth="1"/>
     <col min="7" max="16384" width="9.1796875" style="158"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A1" s="159" t="s">
         <v>1553</v>
       </c>
       <c r="B1" s="159" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="159" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="159" t="s">
         <v>2</v>
@@ -25102,11973 +25224,12051 @@
       </c>
       <c r="F130" s="78" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="131" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A131" s="117" t="s">
         <v>327</v>
       </c>
       <c r="B131" s="86" t="s">
         <v>1600</v>
       </c>
       <c r="C131" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D131" s="86" t="s">
         <v>1601</v>
       </c>
       <c r="E131" s="88">
         <v>45344</v>
       </c>
       <c r="F131" s="83" t="s">
         <v>1602</v>
       </c>
     </row>
-    <row r="132" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>1010</v>
+    <row r="132" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A132" s="117" t="s">
+        <v>327</v>
       </c>
       <c r="B132" s="86" t="s">
-        <v>1339</v>
+        <v>1939</v>
       </c>
       <c r="C132" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D132" s="86" t="s">
-        <v>1340</v>
+        <v>1941</v>
       </c>
       <c r="E132" s="88">
-        <v>38882</v>
-[...3 lines deleted...]
-      </c>
+        <v>46059</v>
+      </c>
+      <c r="F132" s="83"/>
     </row>
     <row r="133" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A133" s="138" t="s">
         <v>1010</v>
       </c>
       <c r="B133" s="86" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="C133" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D133" s="86" t="s">
-        <v>1337</v>
+        <v>1340</v>
       </c>
       <c r="E133" s="88">
-        <v>38891</v>
+        <v>38882</v>
       </c>
       <c r="F133" s="78" t="s">
-        <v>1338</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A134" s="138" t="s">
         <v>1010</v>
       </c>
       <c r="B134" s="86" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C134" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D134" s="86" t="s">
+        <v>1337</v>
+      </c>
+      <c r="E134" s="88">
+        <v>38891</v>
+      </c>
+      <c r="F134" s="78" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A135" s="138" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B135" s="86" t="s">
         <v>1011</v>
       </c>
-      <c r="C134" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D134" s="86" t="s">
+      <c r="C135" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D135" s="86" t="s">
         <v>1012</v>
       </c>
-      <c r="E134" s="88">
+      <c r="E135" s="88">
         <v>41373</v>
       </c>
-      <c r="F134" s="78" t="s">
+      <c r="F135" s="78" t="s">
         <v>1013</v>
       </c>
     </row>
-    <row r="135" spans="1:6" x14ac:dyDescent="0.35">
-[...19 lines deleted...]
-    <row r="136" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+    <row r="136" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A136" s="90" t="s">
         <v>95</v>
       </c>
       <c r="B136" s="86" t="s">
-        <v>566</v>
+        <v>695</v>
       </c>
       <c r="C136" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D136" s="86" t="s">
-        <v>567</v>
+        <v>696</v>
       </c>
       <c r="E136" s="88">
-        <v>43265</v>
+        <v>42801</v>
       </c>
       <c r="F136" s="78" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A137" s="90" t="s">
         <v>95</v>
       </c>
       <c r="B137" s="86" t="s">
-        <v>517</v>
+        <v>566</v>
       </c>
       <c r="C137" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D137" s="86" t="s">
-        <v>518</v>
+        <v>567</v>
       </c>
       <c r="E137" s="88">
-        <v>43495</v>
+        <v>43265</v>
       </c>
       <c r="F137" s="78" t="s">
-        <v>509</v>
+        <v>568</v>
       </c>
     </row>
     <row r="138" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A138" s="90" t="s">
         <v>95</v>
       </c>
       <c r="B138" s="86" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C138" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D138" s="86" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="E138" s="88">
-        <v>43511</v>
+        <v>43495</v>
       </c>
       <c r="F138" s="78" t="s">
         <v>509</v>
       </c>
     </row>
-    <row r="139" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+    <row r="139" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A139" s="90" t="s">
         <v>95</v>
       </c>
       <c r="B139" s="86" t="s">
-        <v>500</v>
+        <v>515</v>
       </c>
       <c r="C139" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D139" s="86" t="s">
-        <v>501</v>
+        <v>516</v>
       </c>
       <c r="E139" s="88">
-        <v>43564</v>
+        <v>43511</v>
       </c>
       <c r="F139" s="78" t="s">
-        <v>502</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:6" x14ac:dyDescent="0.35">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A140" s="90" t="s">
         <v>95</v>
       </c>
       <c r="B140" s="86" t="s">
-        <v>378</v>
+        <v>500</v>
       </c>
       <c r="C140" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D140" s="86" t="s">
-        <v>379</v>
+        <v>501</v>
       </c>
       <c r="E140" s="88">
-        <v>43826</v>
+        <v>43564</v>
       </c>
       <c r="F140" s="78" t="s">
-        <v>1575</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A141" s="90" t="s">
         <v>95</v>
       </c>
       <c r="B141" s="86" t="s">
-        <v>199</v>
+        <v>378</v>
       </c>
       <c r="C141" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D141" s="86" t="s">
-        <v>197</v>
+        <v>379</v>
       </c>
       <c r="E141" s="88">
-        <v>44154</v>
+        <v>43826</v>
       </c>
       <c r="F141" s="78" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A142" s="90" t="s">
         <v>95</v>
       </c>
       <c r="B142" s="86" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C142" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D142" s="86" t="s">
         <v>197</v>
       </c>
       <c r="E142" s="88">
-        <v>44286</v>
+        <v>44154</v>
       </c>
       <c r="F142" s="78" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A143" s="90" t="s">
         <v>95</v>
       </c>
       <c r="B143" s="86" t="s">
-        <v>99</v>
+        <v>196</v>
       </c>
       <c r="C143" s="86" t="s">
-        <v>7</v>
+        <v>137</v>
       </c>
       <c r="D143" s="86" t="s">
-        <v>100</v>
+        <v>197</v>
       </c>
       <c r="E143" s="88">
-        <v>44539</v>
+        <v>44286</v>
       </c>
       <c r="F143" s="81" t="s">
-        <v>101</v>
+        <v>198</v>
       </c>
     </row>
     <row r="144" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A144" s="90" t="s">
         <v>95</v>
       </c>
       <c r="B144" s="86" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C144" s="86" t="s">
         <v>7</v>
       </c>
-      <c r="D144" s="1" t="s">
-        <v>97</v>
+      <c r="D144" s="86" t="s">
+        <v>100</v>
       </c>
       <c r="E144" s="88">
-        <v>44559</v>
+        <v>44539</v>
       </c>
       <c r="F144" s="78" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="145" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A145" s="90" t="s">
         <v>95</v>
       </c>
       <c r="B145" s="86" t="s">
-        <v>1557</v>
+        <v>96</v>
       </c>
       <c r="C145" s="86" t="s">
         <v>7</v>
       </c>
-      <c r="D145" s="86" t="s">
-        <v>1560</v>
+      <c r="D145" s="1" t="s">
+        <v>97</v>
       </c>
       <c r="E145" s="88">
-        <v>45105</v>
-[...2 lines deleted...]
-        <v>1554</v>
+        <v>44559</v>
+      </c>
+      <c r="F145" s="78" t="s">
+        <v>98</v>
       </c>
     </row>
     <row r="146" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A146" s="90" t="s">
         <v>95</v>
       </c>
       <c r="B146" s="86" t="s">
         <v>1557</v>
       </c>
       <c r="C146" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D146" s="86" t="s">
-        <v>1672</v>
+        <v>1560</v>
       </c>
       <c r="E146" s="88">
         <v>45105</v>
       </c>
       <c r="F146" s="83" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A147" s="90" t="s">
+        <v>95</v>
+      </c>
+      <c r="B147" s="86" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C147" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D147" s="86" t="s">
+        <v>1672</v>
+      </c>
+      <c r="E147" s="88">
+        <v>45105</v>
+      </c>
+      <c r="F147" s="83" t="s">
         <v>1696</v>
       </c>
     </row>
-    <row r="147" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-[...19 lines deleted...]
-    <row r="148" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="148" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A148" s="171" t="s">
         <v>95</v>
       </c>
       <c r="B148" s="86" t="s">
         <v>1577</v>
       </c>
       <c r="C148" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D148" s="86" t="s">
-        <v>1678</v>
+        <v>1581</v>
       </c>
       <c r="E148" s="88">
         <v>45183</v>
       </c>
       <c r="F148" s="83" t="s">
-        <v>1681</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="149" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A149" s="171" t="s">
         <v>95</v>
       </c>
       <c r="B149" s="86" t="s">
         <v>1577</v>
       </c>
       <c r="C149" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D149" s="86" t="s">
-        <v>1679</v>
+        <v>1678</v>
       </c>
       <c r="E149" s="88">
         <v>45183</v>
       </c>
       <c r="F149" s="83" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="150" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A150" s="171" t="s">
         <v>95</v>
       </c>
       <c r="B150" s="86" t="s">
         <v>1577</v>
       </c>
       <c r="C150" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D150" s="86" t="s">
-        <v>1680</v>
+        <v>1679</v>
       </c>
       <c r="E150" s="88">
         <v>45183</v>
       </c>
       <c r="F150" s="83" t="s">
-        <v>1683</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="151" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A151" s="90" t="s">
+      <c r="A151" s="171" t="s">
         <v>95</v>
       </c>
       <c r="B151" s="86" t="s">
-        <v>1814</v>
+        <v>1577</v>
       </c>
       <c r="C151" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D151" s="86" t="s">
-        <v>1816</v>
+        <v>1680</v>
       </c>
       <c r="E151" s="88">
-        <v>45586</v>
+        <v>45183</v>
       </c>
       <c r="F151" s="83" t="s">
-        <v>1820</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="152" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A152" s="90" t="s">
         <v>95</v>
       </c>
       <c r="B152" s="86" t="s">
         <v>1814</v>
       </c>
       <c r="C152" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D152" s="86" t="s">
-        <v>1817</v>
+        <v>1816</v>
       </c>
       <c r="E152" s="88">
         <v>45586</v>
       </c>
       <c r="F152" s="83" t="s">
-        <v>1821</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="153" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A153" s="90" t="s">
         <v>95</v>
       </c>
       <c r="B153" s="86" t="s">
         <v>1814</v>
       </c>
       <c r="C153" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D153" s="86" t="s">
-        <v>1818</v>
+        <v>1817</v>
       </c>
       <c r="E153" s="88">
         <v>45586</v>
       </c>
       <c r="F153" s="83" t="s">
-        <v>1822</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="154" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A154" s="90" t="s">
         <v>95</v>
       </c>
       <c r="B154" s="86" t="s">
         <v>1814</v>
       </c>
       <c r="C154" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D154" s="86" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="E154" s="88">
         <v>45586</v>
       </c>
       <c r="F154" s="83" t="s">
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A155" s="90" t="s">
+        <v>95</v>
+      </c>
+      <c r="B155" s="86" t="s">
+        <v>1814</v>
+      </c>
+      <c r="C155" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D155" s="86" t="s">
+        <v>1815</v>
+      </c>
+      <c r="E155" s="88">
+        <v>45586</v>
+      </c>
+      <c r="F155" s="83" t="s">
         <v>1819</v>
-      </c>
-[...18 lines deleted...]
-        <v>1860</v>
       </c>
     </row>
     <row r="156" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A156" s="171" t="s">
         <v>95</v>
       </c>
       <c r="B156" s="86" t="s">
         <v>1846</v>
       </c>
       <c r="C156" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D156" s="86" t="s">
-        <v>1848</v>
+        <v>1847</v>
       </c>
       <c r="E156" s="88">
         <v>45727</v>
       </c>
       <c r="F156" s="83" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="157" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A157" s="171" t="s">
         <v>95</v>
       </c>
       <c r="B157" s="86" t="s">
         <v>1846</v>
       </c>
       <c r="C157" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D157" s="86" t="s">
-        <v>1849</v>
+        <v>1848</v>
       </c>
       <c r="E157" s="88">
         <v>45727</v>
       </c>
       <c r="F157" s="83" t="s">
+        <v>1859</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A158" s="171" t="s">
+        <v>95</v>
+      </c>
+      <c r="B158" s="86" t="s">
+        <v>1846</v>
+      </c>
+      <c r="C158" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D158" s="86" t="s">
+        <v>1849</v>
+      </c>
+      <c r="E158" s="88">
+        <v>45727</v>
+      </c>
+      <c r="F158" s="83" t="s">
         <v>1858</v>
-      </c>
-[...18 lines deleted...]
-        <v>1441</v>
       </c>
     </row>
     <row r="159" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A159" s="101" t="s">
         <v>47</v>
       </c>
       <c r="B159" s="86" t="s">
-        <v>1391</v>
+        <v>1439</v>
       </c>
       <c r="C159" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D159" s="86" t="s">
-        <v>1392</v>
+        <v>1440</v>
       </c>
       <c r="E159" s="88">
-        <v>38268</v>
+        <v>37676</v>
       </c>
       <c r="F159" s="78" t="s">
-        <v>1393</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="160" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A160" s="101" t="s">
         <v>47</v>
       </c>
       <c r="B160" s="86" t="s">
-        <v>1194</v>
+        <v>1391</v>
       </c>
       <c r="C160" s="86" t="s">
-        <v>1104</v>
+        <v>7</v>
       </c>
       <c r="D160" s="86" t="s">
-        <v>1195</v>
+        <v>1392</v>
       </c>
       <c r="E160" s="88">
-        <v>40035</v>
+        <v>38268</v>
       </c>
       <c r="F160" s="78" t="s">
-        <v>1196</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="161" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A161" s="101" t="s">
         <v>47</v>
       </c>
       <c r="B161" s="86" t="s">
-        <v>1042</v>
+        <v>1194</v>
       </c>
       <c r="C161" s="86" t="s">
-        <v>7</v>
+        <v>1104</v>
       </c>
       <c r="D161" s="86" t="s">
-        <v>1043</v>
+        <v>1195</v>
       </c>
       <c r="E161" s="88">
-        <v>41229</v>
+        <v>40035</v>
       </c>
       <c r="F161" s="78" t="s">
-        <v>1044</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="162" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A162" s="101" t="s">
         <v>47</v>
       </c>
       <c r="B162" s="86" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C162" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D162" s="86" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E162" s="88">
+        <v>41229</v>
+      </c>
+      <c r="F162" s="78" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A163" s="101" t="s">
+        <v>47</v>
+      </c>
+      <c r="B163" s="86" t="s">
         <v>48</v>
       </c>
-      <c r="C162" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D162" s="86" t="s">
+      <c r="C163" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D163" s="86" t="s">
         <v>49</v>
       </c>
-      <c r="E162" s="88">
+      <c r="E163" s="88">
         <v>44761</v>
       </c>
-      <c r="F162" s="78" t="s">
+      <c r="F163" s="78" t="s">
         <v>50</v>
-      </c>
-[...18 lines deleted...]
-        <v>1798</v>
       </c>
     </row>
     <row r="164" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A164" s="185" t="s">
         <v>47</v>
       </c>
       <c r="B164" s="86" t="s">
         <v>1791</v>
       </c>
       <c r="C164" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D164" s="86" t="s">
-        <v>1794</v>
+        <v>1793</v>
       </c>
       <c r="E164" s="88">
         <v>45533</v>
       </c>
       <c r="F164" s="83" t="s">
-        <v>1799</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="165" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A165" s="185" t="s">
         <v>47</v>
       </c>
       <c r="B165" s="86" t="s">
         <v>1791</v>
       </c>
       <c r="C165" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D165" s="86" t="s">
-        <v>1795</v>
+        <v>1794</v>
       </c>
       <c r="E165" s="88">
         <v>45533</v>
       </c>
       <c r="F165" s="83" t="s">
-        <v>1800</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="166" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A166" s="185" t="s">
         <v>47</v>
       </c>
       <c r="B166" s="86" t="s">
         <v>1791</v>
       </c>
       <c r="C166" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D166" s="86" t="s">
-        <v>1796</v>
+        <v>1795</v>
       </c>
       <c r="E166" s="88">
         <v>45533</v>
       </c>
       <c r="F166" s="83" t="s">
-        <v>1801</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="167" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A167" s="185" t="s">
         <v>47</v>
       </c>
       <c r="B167" s="86" t="s">
         <v>1791</v>
       </c>
       <c r="C167" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D167" s="86" t="s">
-        <v>1792</v>
+        <v>1796</v>
       </c>
       <c r="E167" s="88">
         <v>45533</v>
       </c>
       <c r="F167" s="83" t="s">
+        <v>1801</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A168" s="185" t="s">
+        <v>47</v>
+      </c>
+      <c r="B168" s="86" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C168" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D168" s="86" t="s">
+        <v>1792</v>
+      </c>
+      <c r="E168" s="88">
+        <v>45533</v>
+      </c>
+      <c r="F168" s="83" t="s">
         <v>1797</v>
       </c>
     </row>
-    <row r="168" spans="1:6" x14ac:dyDescent="0.35">
-[...19 lines deleted...]
-    <row r="169" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+    <row r="169" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A169" s="126" t="s">
         <v>577</v>
       </c>
       <c r="B169" s="86" t="s">
-        <v>1459</v>
+        <v>1471</v>
       </c>
       <c r="C169" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D169" s="86" t="s">
-        <v>1460</v>
+        <v>1472</v>
       </c>
       <c r="E169" s="88">
-        <v>37438</v>
+        <v>36844</v>
       </c>
       <c r="F169" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="170" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="170" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A170" s="126" t="s">
         <v>577</v>
       </c>
       <c r="B170" s="86" t="s">
-        <v>1430</v>
+        <v>1459</v>
       </c>
       <c r="C170" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D170" s="86" t="s">
-        <v>1428</v>
+        <v>1460</v>
       </c>
       <c r="E170" s="88">
-        <v>37805</v>
-[...2 lines deleted...]
-        <v>1431</v>
+        <v>37438</v>
+      </c>
+      <c r="F170" s="79" t="s">
+        <v>888</v>
       </c>
     </row>
     <row r="171" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A171" s="126" t="s">
         <v>577</v>
       </c>
       <c r="B171" s="86" t="s">
-        <v>1427</v>
+        <v>1430</v>
       </c>
       <c r="C171" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D171" s="86" t="s">
         <v>1428</v>
       </c>
       <c r="E171" s="88">
-        <v>37848</v>
+        <v>37805</v>
       </c>
       <c r="F171" s="78" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="172" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A172" s="126" t="s">
         <v>577</v>
       </c>
       <c r="B172" s="86" t="s">
-        <v>1378</v>
+        <v>1427</v>
       </c>
       <c r="C172" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D172" s="86" t="s">
-        <v>1379</v>
+        <v>1428</v>
       </c>
       <c r="E172" s="88">
-        <v>38495</v>
+        <v>37848</v>
       </c>
       <c r="F172" s="78" t="s">
-        <v>1380</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="173" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A173" s="126" t="s">
         <v>577</v>
       </c>
       <c r="B173" s="86" t="s">
-        <v>1285</v>
+        <v>1378</v>
       </c>
       <c r="C173" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D173" s="86" t="s">
-        <v>1286</v>
+        <v>1379</v>
       </c>
       <c r="E173" s="88">
-        <v>39590</v>
+        <v>38495</v>
       </c>
       <c r="F173" s="78" t="s">
-        <v>1287</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="174" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A174" s="126" t="s">
         <v>577</v>
       </c>
       <c r="B174" s="86" t="s">
-        <v>1163</v>
+        <v>1285</v>
       </c>
       <c r="C174" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D174" s="86" t="s">
-        <v>1164</v>
+        <v>1286</v>
       </c>
       <c r="E174" s="88">
-        <v>40388</v>
-[...5 lines deleted...]
-    <row r="175" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>39590</v>
+      </c>
+      <c r="F174" s="78" t="s">
+        <v>1287</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A175" s="126" t="s">
         <v>577</v>
       </c>
       <c r="B175" s="86" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C175" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D175" s="86" t="s">
+        <v>1164</v>
+      </c>
+      <c r="E175" s="88">
+        <v>40388</v>
+      </c>
+      <c r="F175" s="96" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A176" s="126" t="s">
+        <v>577</v>
+      </c>
+      <c r="B176" s="86" t="s">
         <v>1082</v>
       </c>
-      <c r="C175" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D175" s="86" t="s">
+      <c r="C176" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D176" s="86" t="s">
         <v>1083</v>
       </c>
-      <c r="E175" s="88">
+      <c r="E176" s="88">
         <v>41005</v>
       </c>
-      <c r="F175" s="78" t="s">
+      <c r="F176" s="78" t="s">
         <v>1084</v>
       </c>
     </row>
-    <row r="176" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A176" s="4" t="s">
+    <row r="177" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A177" s="4" t="s">
         <v>577</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="B177" s="1" t="s">
         <v>997</v>
       </c>
-      <c r="C176" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D176" s="1" t="s">
+      <c r="C177" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D177" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="E176" s="68" t="s">
+      <c r="E177" s="68" t="s">
         <v>999</v>
       </c>
-      <c r="F176" s="79" t="s">
+      <c r="F177" s="79" t="s">
         <v>888</v>
-      </c>
-[...18 lines deleted...]
-        <v>973</v>
       </c>
     </row>
     <row r="178" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A178" s="126" t="s">
         <v>577</v>
       </c>
       <c r="B178" s="86" t="s">
-        <v>617</v>
+        <v>971</v>
       </c>
       <c r="C178" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D178" s="86" t="s">
-        <v>618</v>
+        <v>972</v>
       </c>
       <c r="E178" s="88">
-        <v>42986</v>
+        <v>41543</v>
       </c>
       <c r="F178" s="78" t="s">
-        <v>619</v>
+        <v>973</v>
       </c>
     </row>
     <row r="179" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A179" s="126" t="s">
         <v>577</v>
       </c>
       <c r="B179" s="86" t="s">
+        <v>617</v>
+      </c>
+      <c r="C179" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D179" s="86" t="s">
+        <v>618</v>
+      </c>
+      <c r="E179" s="88">
+        <v>42986</v>
+      </c>
+      <c r="F179" s="78" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A180" s="126" t="s">
+        <v>577</v>
+      </c>
+      <c r="B180" s="86" t="s">
         <v>578</v>
       </c>
-      <c r="C179" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D179" s="86" t="s">
+      <c r="C180" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D180" s="86" t="s">
         <v>579</v>
       </c>
-      <c r="E179" s="88">
+      <c r="E180" s="88">
         <v>43179</v>
       </c>
-      <c r="F179" s="78" t="s">
+      <c r="F180" s="78" t="s">
         <v>580</v>
       </c>
     </row>
-    <row r="180" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A180" s="147" t="s">
+    <row r="181" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A181" s="147" t="s">
         <v>1313</v>
       </c>
-      <c r="B180" s="86" t="s">
+      <c r="B181" s="86" t="s">
         <v>1314</v>
       </c>
-      <c r="C180" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D180" s="86" t="s">
+      <c r="C181" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D181" s="86" t="s">
         <v>1313</v>
       </c>
-      <c r="E180" s="88">
+      <c r="E181" s="88">
         <v>39258</v>
       </c>
-      <c r="F180" s="78" t="s">
+      <c r="F181" s="78" t="s">
         <v>1528</v>
       </c>
     </row>
-    <row r="181" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A181" s="140" t="s">
+    <row r="182" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A182" s="140" t="s">
         <v>1061</v>
       </c>
-      <c r="B181" s="86" t="s">
+      <c r="B182" s="86" t="s">
         <v>1062</v>
       </c>
-      <c r="C181" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D181" s="86" t="s">
+      <c r="C182" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D182" s="86" t="s">
         <v>1063</v>
       </c>
-      <c r="E181" s="88">
+      <c r="E182" s="88">
         <v>41185</v>
       </c>
-      <c r="F181" s="78" t="s">
+      <c r="F182" s="78" t="s">
         <v>1064</v>
       </c>
     </row>
-    <row r="182" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A182" s="154" t="s">
+    <row r="183" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A183" s="154" t="s">
         <v>1505</v>
       </c>
-      <c r="B182" s="86"/>
-      <c r="C182" s="86" t="s">
+      <c r="B183" s="86"/>
+      <c r="C183" s="86" t="s">
         <v>1295</v>
       </c>
-      <c r="D182" s="86" t="s">
+      <c r="D183" s="86" t="s">
         <v>1506</v>
       </c>
-      <c r="E182" s="88">
+      <c r="E183" s="88">
         <v>32884</v>
       </c>
-      <c r="F182" s="79" t="e">
+      <c r="F183" s="79" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="183" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A183" s="112" t="s">
+    <row r="184" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A184" s="112" t="s">
         <v>1168</v>
       </c>
-      <c r="B183" s="86" t="s">
+      <c r="B184" s="86" t="s">
         <v>1169</v>
       </c>
-      <c r="C183" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D183" s="86" t="s">
+      <c r="C184" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D184" s="86" t="s">
         <v>1168</v>
       </c>
-      <c r="E183" s="88">
+      <c r="E184" s="88">
         <v>40372</v>
       </c>
-      <c r="F183" s="78" t="s">
+      <c r="F184" s="78" t="s">
         <v>1170</v>
-      </c>
-[...18 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="185" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A185" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B185" s="86" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="C185" s="86" t="s">
-        <v>7</v>
+        <v>137</v>
       </c>
       <c r="D185" s="86" t="s">
-        <v>343</v>
+        <v>353</v>
       </c>
       <c r="E185" s="88">
-        <v>43901</v>
+        <v>43956</v>
       </c>
       <c r="F185" s="78" t="s">
-        <v>344</v>
+        <v>354</v>
       </c>
     </row>
     <row r="186" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A186" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B186" s="86" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C186" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D186" s="86" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="E186" s="88">
-        <v>43902</v>
+        <v>43901</v>
       </c>
       <c r="F186" s="78" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
     </row>
     <row r="187" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A187" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B187" s="86" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="C187" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D187" s="86" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="E187" s="88">
-        <v>43908</v>
+        <v>43902</v>
       </c>
       <c r="F187" s="78" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
     </row>
     <row r="188" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A188" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B188" s="86" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="C188" s="86" t="s">
-        <v>7</v>
+        <v>137</v>
       </c>
       <c r="D188" s="86" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="E188" s="88">
-        <v>43903</v>
+        <v>43908</v>
       </c>
       <c r="F188" s="78" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
     </row>
     <row r="189" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A189" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B189" s="86" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="C189" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D189" s="86" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="E189" s="88">
-        <v>43909</v>
+        <v>43903</v>
       </c>
       <c r="F189" s="78" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
     </row>
     <row r="190" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A190" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B190" s="86" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="C190" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D190" s="86" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="E190" s="88">
-        <v>43910</v>
+        <v>43909</v>
       </c>
       <c r="F190" s="78" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
     </row>
     <row r="191" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A191" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B191" s="86" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C191" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D191" s="86" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="E191" s="88">
-        <v>43915</v>
+        <v>43910</v>
       </c>
       <c r="F191" s="78" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
     </row>
     <row r="192" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A192" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B192" s="86" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="C192" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D192" s="86" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="E192" s="88">
-        <v>43929</v>
+        <v>43915</v>
       </c>
       <c r="F192" s="78" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
     </row>
     <row r="193" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A193" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B193" s="86" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="C193" s="86" t="s">
         <v>137</v>
       </c>
       <c r="D193" s="86" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="E193" s="88">
-        <v>43962</v>
+        <v>43929</v>
       </c>
       <c r="F193" s="78" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
     </row>
     <row r="194" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A194" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B194" s="86" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="C194" s="86" t="s">
         <v>137</v>
       </c>
       <c r="D194" s="86" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="E194" s="88">
-        <v>44293</v>
+        <v>43962</v>
       </c>
       <c r="F194" s="81" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A195" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B195" s="86" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="C195" s="86" t="s">
-        <v>7</v>
+        <v>137</v>
       </c>
       <c r="D195" s="86" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="E195" s="88">
-        <v>43923</v>
+        <v>44293</v>
       </c>
       <c r="F195" s="78" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:6" x14ac:dyDescent="0.35">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A196" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B196" s="86" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C196" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D196" s="86" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="E196" s="88">
-        <v>43924</v>
+        <v>43923</v>
       </c>
       <c r="F196" s="78" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
     </row>
     <row r="197" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A197" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B197" s="86" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="C197" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D197" s="86" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="E197" s="88">
-        <v>43927</v>
+        <v>43924</v>
       </c>
       <c r="F197" s="78" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
     </row>
     <row r="198" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A198" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B198" s="86" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C198" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D198" s="86" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="E198" s="88">
-        <v>42470</v>
+        <v>43927</v>
       </c>
       <c r="F198" s="78" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A199" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B199" s="86" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C199" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D199" s="86" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="E199" s="88">
-        <v>43934</v>
+        <v>42470</v>
       </c>
       <c r="F199" s="78" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:6" x14ac:dyDescent="0.35">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A200" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B200" s="86" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C200" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D200" s="86" t="s">
         <v>291</v>
       </c>
       <c r="E200" s="88">
-        <v>43964</v>
+        <v>43934</v>
       </c>
       <c r="F200" s="78" t="s">
-        <v>296</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="201" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A201" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B201" s="86" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C201" s="86" t="s">
         <v>137</v>
       </c>
       <c r="D201" s="86" t="s">
         <v>291</v>
       </c>
       <c r="E201" s="88">
-        <v>43983</v>
+        <v>43964</v>
       </c>
       <c r="F201" s="78" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:6" x14ac:dyDescent="0.35">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A202" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B202" s="86" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C202" s="86" t="s">
         <v>137</v>
       </c>
       <c r="D202" s="86" t="s">
         <v>291</v>
       </c>
       <c r="E202" s="88">
-        <v>44047</v>
+        <v>43983</v>
       </c>
       <c r="F202" s="78" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A203" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B203" s="86" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="C203" s="86" t="s">
-        <v>287</v>
+        <v>137</v>
       </c>
       <c r="D203" s="86" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="E203" s="88">
-        <v>44095</v>
+        <v>44047</v>
       </c>
       <c r="F203" s="78" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:6" x14ac:dyDescent="0.35">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="204" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A204" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B204" s="86" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C204" s="86" t="s">
-        <v>7</v>
+        <v>287</v>
       </c>
       <c r="D204" s="86" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="E204" s="88">
-        <v>43937</v>
+        <v>44095</v>
       </c>
       <c r="F204" s="78" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A205" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B205" s="86" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C205" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D205" s="86" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="E205" s="88">
-        <v>43944</v>
+        <v>43937</v>
       </c>
       <c r="F205" s="78" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:6" x14ac:dyDescent="0.35">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="206" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A206" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B206" s="86" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C206" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D206" s="86" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="E206" s="88">
-        <v>43949</v>
+        <v>43944</v>
       </c>
       <c r="F206" s="78" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
     </row>
     <row r="207" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A207" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B207" s="86" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="C207" s="86" t="s">
-        <v>274</v>
+        <v>7</v>
       </c>
       <c r="D207" s="86" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="E207" s="88">
-        <v>43951</v>
-[...2 lines deleted...]
-        <v>#N/A</v>
+        <v>43949</v>
+      </c>
+      <c r="F207" s="78" t="s">
+        <v>278</v>
       </c>
     </row>
     <row r="208" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A208" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B208" s="86" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="C208" s="86" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="D208" s="86" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="E208" s="88">
-        <v>43962</v>
-[...5 lines deleted...]
-    <row r="209" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>43951</v>
+      </c>
+      <c r="F208" s="79" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="209" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A209" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B209" s="86" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="C209" s="86" t="s">
-        <v>137</v>
+        <v>270</v>
       </c>
       <c r="D209" s="86" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="E209" s="88">
         <v>43962</v>
       </c>
       <c r="F209" s="78" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
     </row>
     <row r="210" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A210" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B210" s="86" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C210" s="86" t="s">
         <v>137</v>
       </c>
       <c r="D210" s="86" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="E210" s="88">
-        <v>44033</v>
+        <v>43962</v>
       </c>
       <c r="F210" s="78" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:6" x14ac:dyDescent="0.35">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="211" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A211" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B211" s="86" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="C211" s="86" t="s">
-        <v>7</v>
+        <v>137</v>
       </c>
       <c r="D211" s="86" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="E211" s="88">
-        <v>44004</v>
+        <v>44033</v>
       </c>
       <c r="F211" s="78" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="212" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A212" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B212" s="86" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="C212" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D212" s="86" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="E212" s="88">
         <v>44004</v>
       </c>
       <c r="F212" s="78" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
     </row>
     <row r="213" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A213" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B213" s="86" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C213" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D213" s="86" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="E213" s="88">
-        <v>44013</v>
+        <v>44004</v>
       </c>
       <c r="F213" s="78" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:6" x14ac:dyDescent="0.35">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A214" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B214" s="86" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="C214" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D214" s="86" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="E214" s="88">
         <v>44013</v>
       </c>
       <c r="F214" s="78" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
     </row>
     <row r="215" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A215" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B215" s="86" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C215" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D215" s="86" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="E215" s="88">
-        <v>44041</v>
+        <v>44013</v>
       </c>
       <c r="F215" s="78" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
     </row>
     <row r="216" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A216" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B216" s="86" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="C216" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D216" s="86" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="E216" s="88">
-        <v>44076</v>
+        <v>44041</v>
       </c>
       <c r="F216" s="78" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="217" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A217" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B217" s="86" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="C217" s="86" t="s">
-        <v>7</v>
+        <v>137</v>
       </c>
       <c r="D217" s="86" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="E217" s="88">
-        <v>44061</v>
+        <v>44076</v>
       </c>
       <c r="F217" s="78" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:6" x14ac:dyDescent="0.35">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="218" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A218" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B218" s="86" t="s">
-        <v>224</v>
+        <v>237</v>
       </c>
       <c r="C218" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D218" s="86" t="s">
-        <v>225</v>
+        <v>238</v>
       </c>
       <c r="E218" s="88">
-        <v>44091</v>
+        <v>44061</v>
       </c>
       <c r="F218" s="78" t="s">
-        <v>226</v>
+        <v>239</v>
       </c>
     </row>
     <row r="219" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A219" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B219" s="86" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="C219" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D219" s="86" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="E219" s="88">
-        <v>44118</v>
+        <v>44091</v>
       </c>
       <c r="F219" s="78" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
     </row>
     <row r="220" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A220" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B220" s="86" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C220" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D220" s="86" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="E220" s="88">
-        <v>44123</v>
+        <v>44118</v>
       </c>
       <c r="F220" s="78" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
     </row>
     <row r="221" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A221" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B221" s="86" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C221" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D221" s="86" t="s">
         <v>217</v>
       </c>
       <c r="E221" s="88">
-        <v>44186</v>
+        <v>44123</v>
       </c>
       <c r="F221" s="78" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="222" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A222" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B222" s="86" t="s">
-        <v>186</v>
+        <v>216</v>
       </c>
       <c r="C222" s="86" t="s">
-        <v>7</v>
+        <v>137</v>
       </c>
       <c r="D222" s="86" t="s">
-        <v>166</v>
+        <v>217</v>
       </c>
       <c r="E222" s="88">
-        <v>44195</v>
+        <v>44186</v>
       </c>
       <c r="F222" s="78" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:6" x14ac:dyDescent="0.35">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="223" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A223" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B223" s="86" t="s">
-        <v>165</v>
+        <v>186</v>
       </c>
       <c r="C223" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D223" s="86" t="s">
         <v>166</v>
       </c>
       <c r="E223" s="88">
-        <v>44280</v>
+        <v>44195</v>
       </c>
       <c r="F223" s="78" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A224" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B224" s="86" t="s">
-        <v>156</v>
+        <v>165</v>
       </c>
       <c r="C224" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D224" s="86" t="s">
-        <v>157</v>
+        <v>166</v>
       </c>
       <c r="E224" s="88">
-        <v>44320</v>
+        <v>44280</v>
       </c>
       <c r="F224" s="78" t="s">
-        <v>158</v>
+        <v>167</v>
       </c>
     </row>
     <row r="225" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A225" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B225" s="86" t="s">
-        <v>143</v>
+        <v>156</v>
       </c>
       <c r="C225" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D225" s="86" t="s">
-        <v>144</v>
+        <v>157</v>
       </c>
       <c r="E225" s="88">
-        <v>44363</v>
+        <v>44320</v>
       </c>
       <c r="F225" s="78" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:6" x14ac:dyDescent="0.35">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="226" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A226" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B226" s="86" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
       <c r="C226" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D226" s="86" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="E226" s="88">
-        <v>44426</v>
+        <v>44363</v>
       </c>
       <c r="F226" s="78" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="227" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A227" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B227" s="86" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C227" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D227" s="86" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="E227" s="88">
-        <v>44431</v>
+        <v>44426</v>
       </c>
       <c r="F227" s="78" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
     </row>
     <row r="228" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A228" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B228" s="86" t="s">
-        <v>92</v>
+        <v>113</v>
       </c>
       <c r="C228" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D228" s="86" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="E228" s="88">
-        <v>44579</v>
+        <v>44431</v>
       </c>
       <c r="F228" s="78" t="s">
-        <v>94</v>
+        <v>115</v>
       </c>
     </row>
     <row r="229" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A229" s="105" t="s">
         <v>77</v>
       </c>
       <c r="B229" s="86" t="s">
+        <v>92</v>
+      </c>
+      <c r="C229" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D229" s="86" t="s">
+        <v>93</v>
+      </c>
+      <c r="E229" s="88">
+        <v>44579</v>
+      </c>
+      <c r="F229" s="78" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="230" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A230" s="105" t="s">
+        <v>77</v>
+      </c>
+      <c r="B230" s="86" t="s">
         <v>78</v>
       </c>
-      <c r="C229" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D229" s="86" t="s">
+      <c r="C230" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D230" s="86" t="s">
         <v>79</v>
       </c>
-      <c r="E229" s="88">
+      <c r="E230" s="88">
         <v>44607</v>
       </c>
-      <c r="F229" s="78" t="s">
+      <c r="F230" s="78" t="s">
         <v>80</v>
-      </c>
-[...16 lines deleted...]
-        <v>888</v>
       </c>
     </row>
     <row r="231" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A231" s="134" t="s">
         <v>782</v>
       </c>
       <c r="B231" s="86" t="s">
-        <v>1301</v>
+        <v>1357</v>
       </c>
       <c r="C231" s="86" t="s">
-        <v>1273</v>
+        <v>1358</v>
       </c>
       <c r="D231" s="86" t="s">
-        <v>1302</v>
-[...3 lines deleted...]
-      </c>
+        <v>1359</v>
+      </c>
+      <c r="E231" s="88"/>
       <c r="F231" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="232" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+    <row r="232" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A232" s="134" t="s">
         <v>782</v>
       </c>
       <c r="B232" s="86" t="s">
-        <v>1282</v>
+        <v>1301</v>
       </c>
       <c r="C232" s="86" t="s">
         <v>1273</v>
       </c>
       <c r="D232" s="86" t="s">
-        <v>1283</v>
+        <v>1302</v>
       </c>
       <c r="E232" s="88">
-        <v>39647</v>
-[...5 lines deleted...]
-    <row r="233" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+        <v>39379</v>
+      </c>
+      <c r="F232" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="233" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A233" s="134" t="s">
         <v>782</v>
       </c>
       <c r="B233" s="86" t="s">
-        <v>1272</v>
+        <v>1282</v>
       </c>
       <c r="C233" s="86" t="s">
         <v>1273</v>
       </c>
       <c r="D233" s="86" t="s">
-        <v>1274</v>
+        <v>1283</v>
       </c>
       <c r="E233" s="88">
-        <v>39681</v>
+        <v>39647</v>
       </c>
       <c r="F233" s="78" t="s">
-        <v>1275</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="234" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A234" s="134" t="s">
         <v>782</v>
       </c>
       <c r="B234" s="86" t="s">
-        <v>1245</v>
+        <v>1272</v>
       </c>
       <c r="C234" s="86" t="s">
-        <v>1246</v>
+        <v>1273</v>
       </c>
       <c r="D234" s="86" t="s">
-        <v>1247</v>
+        <v>1274</v>
       </c>
       <c r="E234" s="88">
-        <v>39765</v>
+        <v>39681</v>
       </c>
       <c r="F234" s="78" t="s">
-        <v>1248</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="235" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A235" s="134" t="s">
         <v>782</v>
       </c>
       <c r="B235" s="86" t="s">
-        <v>1237</v>
+        <v>1245</v>
       </c>
       <c r="C235" s="86" t="s">
-        <v>1238</v>
+        <v>1246</v>
       </c>
       <c r="D235" s="86" t="s">
-        <v>1239</v>
+        <v>1247</v>
       </c>
       <c r="E235" s="88">
-        <v>39772</v>
+        <v>39765</v>
       </c>
       <c r="F235" s="78" t="s">
-        <v>1240</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="236" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A236" s="134" t="s">
         <v>782</v>
       </c>
       <c r="B236" s="86" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="C236" s="86" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="D236" s="86" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="E236" s="88">
-        <v>39843</v>
-[...2 lines deleted...]
-        <v>888</v>
+        <v>39772</v>
+      </c>
+      <c r="F236" s="78" t="s">
+        <v>1240</v>
       </c>
     </row>
     <row r="237" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A237" s="134" t="s">
         <v>782</v>
       </c>
       <c r="B237" s="86" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="C237" s="86" t="s">
-        <v>1200</v>
+        <v>1235</v>
       </c>
       <c r="D237" s="86" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
       <c r="E237" s="88">
-        <v>39861</v>
+        <v>39843</v>
       </c>
       <c r="F237" s="79" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="238" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A238" s="134" t="s">
         <v>782</v>
       </c>
       <c r="B238" s="86" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="C238" s="86" t="s">
-        <v>1230</v>
+        <v>1200</v>
       </c>
       <c r="D238" s="86" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="E238" s="88">
         <v>39861</v>
       </c>
       <c r="F238" s="79" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="239" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A239" s="134" t="s">
         <v>782</v>
       </c>
       <c r="B239" s="86" t="s">
-        <v>1215</v>
+        <v>1229</v>
       </c>
       <c r="C239" s="86" t="s">
-        <v>1200</v>
+        <v>1230</v>
       </c>
       <c r="D239" s="86" t="s">
-        <v>1216</v>
+        <v>1231</v>
       </c>
       <c r="E239" s="88">
-        <v>39899</v>
-[...2 lines deleted...]
-        <v>1217</v>
+        <v>39861</v>
+      </c>
+      <c r="F239" s="79" t="s">
+        <v>888</v>
       </c>
     </row>
     <row r="240" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A240" s="134" t="s">
         <v>782</v>
       </c>
       <c r="B240" s="86" t="s">
-        <v>1199</v>
+        <v>1215</v>
       </c>
       <c r="C240" s="86" t="s">
         <v>1200</v>
       </c>
       <c r="D240" s="86" t="s">
-        <v>1201</v>
+        <v>1216</v>
       </c>
       <c r="E240" s="88">
-        <v>39987</v>
-[...2 lines deleted...]
-        <v>888</v>
+        <v>39899</v>
+      </c>
+      <c r="F240" s="78" t="s">
+        <v>1217</v>
       </c>
     </row>
     <row r="241" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A241" s="134" t="s">
         <v>782</v>
       </c>
       <c r="B241" s="86" t="s">
-        <v>1190</v>
+        <v>1199</v>
       </c>
       <c r="C241" s="86" t="s">
-        <v>1191</v>
+        <v>1200</v>
       </c>
       <c r="D241" s="86" t="s">
-        <v>1192</v>
+        <v>1201</v>
       </c>
       <c r="E241" s="88">
-        <v>40079</v>
-[...5 lines deleted...]
-    <row r="242" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>39987</v>
+      </c>
+      <c r="F241" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="242" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A242" s="134" t="s">
         <v>782</v>
       </c>
       <c r="B242" s="86" t="s">
-        <v>1138</v>
+        <v>1190</v>
       </c>
       <c r="C242" s="86" t="s">
-        <v>7</v>
+        <v>1191</v>
       </c>
       <c r="D242" s="86" t="s">
-        <v>1139</v>
-[...1 lines deleted...]
-      <c r="E242" s="88"/>
+        <v>1192</v>
+      </c>
+      <c r="E242" s="88">
+        <v>40079</v>
+      </c>
       <c r="F242" s="78" t="s">
-        <v>1140</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="243" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A243" s="134" t="s">
         <v>782</v>
       </c>
       <c r="B243" s="86" t="s">
-        <v>1093</v>
+        <v>1138</v>
       </c>
       <c r="C243" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D243" s="86" t="s">
-        <v>1094</v>
-[...3 lines deleted...]
-      </c>
+        <v>1139</v>
+      </c>
+      <c r="E243" s="88"/>
       <c r="F243" s="78" t="s">
-        <v>1095</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="244" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A244" s="134" t="s">
         <v>782</v>
       </c>
       <c r="B244" s="86" t="s">
-        <v>1078</v>
+        <v>1093</v>
       </c>
       <c r="C244" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D244" s="86" t="s">
-        <v>1079</v>
+        <v>1094</v>
       </c>
       <c r="E244" s="88">
-        <v>41078</v>
-[...2 lines deleted...]
-        <v>#N/A</v>
+        <v>40897</v>
+      </c>
+      <c r="F244" s="78" t="s">
+        <v>1095</v>
       </c>
     </row>
     <row r="245" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A245" s="134" t="s">
         <v>782</v>
       </c>
       <c r="B245" s="86" t="s">
-        <v>899</v>
+        <v>1078</v>
       </c>
       <c r="C245" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D245" s="86" t="s">
-        <v>900</v>
+        <v>1079</v>
       </c>
       <c r="E245" s="88">
-        <v>41920</v>
-[...5 lines deleted...]
-    <row r="246" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>41078</v>
+      </c>
+      <c r="F245" s="79" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="246" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A246" s="134" t="s">
         <v>782</v>
       </c>
       <c r="B246" s="86" t="s">
-        <v>850</v>
+        <v>899</v>
       </c>
       <c r="C246" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D246" s="86" t="s">
-        <v>851</v>
+        <v>900</v>
       </c>
       <c r="E246" s="88">
-        <v>42097</v>
-[...5 lines deleted...]
-    <row r="247" spans="1:6" x14ac:dyDescent="0.35">
+        <v>41920</v>
+      </c>
+      <c r="F246" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="247" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A247" s="134" t="s">
         <v>782</v>
       </c>
       <c r="B247" s="86" t="s">
-        <v>811</v>
+        <v>850</v>
       </c>
       <c r="C247" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D247" s="86" t="s">
-        <v>812</v>
+        <v>851</v>
       </c>
       <c r="E247" s="88">
-        <v>42282</v>
+        <v>42097</v>
       </c>
       <c r="F247" s="78" t="s">
-        <v>813</v>
+        <v>852</v>
       </c>
     </row>
     <row r="248" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A248" s="134" t="s">
         <v>782</v>
       </c>
       <c r="B248" s="86" t="s">
-        <v>802</v>
+        <v>811</v>
       </c>
       <c r="C248" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D248" s="86" t="s">
-        <v>803</v>
+        <v>812</v>
       </c>
       <c r="E248" s="88">
-        <v>42300</v>
+        <v>42282</v>
       </c>
       <c r="F248" s="78" t="s">
-        <v>804</v>
+        <v>813</v>
       </c>
     </row>
     <row r="249" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A249" s="134" t="s">
         <v>782</v>
       </c>
       <c r="B249" s="86" t="s">
+        <v>802</v>
+      </c>
+      <c r="C249" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D249" s="86" t="s">
+        <v>803</v>
+      </c>
+      <c r="E249" s="88">
+        <v>42300</v>
+      </c>
+      <c r="F249" s="78" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="250" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A250" s="134" t="s">
+        <v>782</v>
+      </c>
+      <c r="B250" s="86" t="s">
         <v>783</v>
       </c>
-      <c r="C249" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D249" s="86" t="s">
+      <c r="C250" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D250" s="86" t="s">
         <v>784</v>
       </c>
-      <c r="E249" s="88">
+      <c r="E250" s="88">
         <v>42444</v>
       </c>
-      <c r="F249" s="78" t="s">
+      <c r="F250" s="78" t="s">
         <v>785</v>
-      </c>
-[...18 lines deleted...]
-        <v>1420</v>
       </c>
     </row>
     <row r="251" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A251" s="98" t="s">
         <v>422</v>
       </c>
       <c r="B251" s="86" t="s">
-        <v>479</v>
+        <v>1418</v>
       </c>
       <c r="C251" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D251" s="86" t="s">
-        <v>477</v>
+        <v>1419</v>
       </c>
       <c r="E251" s="88">
-        <v>43600</v>
+        <v>37931</v>
       </c>
       <c r="F251" s="78" t="s">
-        <v>480</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="252" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A252" s="98" t="s">
         <v>422</v>
       </c>
       <c r="B252" s="86" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="C252" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D252" s="86" t="s">
         <v>477</v>
       </c>
       <c r="E252" s="88">
-        <v>44470</v>
+        <v>43600</v>
       </c>
       <c r="F252" s="78" t="s">
-        <v>478</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="253" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A253" s="98" t="s">
         <v>422</v>
       </c>
       <c r="B253" s="86" t="s">
+        <v>476</v>
+      </c>
+      <c r="C253" s="86" t="s">
+        <v>137</v>
+      </c>
+      <c r="D253" s="86" t="s">
+        <v>477</v>
+      </c>
+      <c r="E253" s="88">
+        <v>44470</v>
+      </c>
+      <c r="F253" s="78" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="254" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A254" s="98" t="s">
+        <v>422</v>
+      </c>
+      <c r="B254" s="86" t="s">
         <v>423</v>
       </c>
-      <c r="C253" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D253" s="86" t="s">
+      <c r="C254" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D254" s="86" t="s">
         <v>424</v>
       </c>
-      <c r="E253" s="88">
+      <c r="E254" s="88">
         <v>43714</v>
       </c>
-      <c r="F253" s="69" t="s">
+      <c r="F254" s="69" t="s">
         <v>425</v>
       </c>
     </row>
-    <row r="254" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A254" s="137" t="s">
+    <row r="255" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A255" s="137" t="s">
         <v>956</v>
       </c>
-      <c r="B254" s="86" t="s">
+      <c r="B255" s="86" t="s">
         <v>957</v>
       </c>
-      <c r="C254" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D254" s="86" t="s">
+      <c r="C255" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D255" s="86" t="s">
         <v>958</v>
       </c>
-      <c r="E254" s="88">
+      <c r="E255" s="88">
         <v>41593</v>
       </c>
-      <c r="F254" s="78" t="s">
+      <c r="F255" s="78" t="s">
         <v>959</v>
       </c>
     </row>
-    <row r="255" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A255" s="93" t="s">
+    <row r="256" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A256" s="93" t="s">
         <v>956</v>
       </c>
-      <c r="B255" s="86" t="s">
+      <c r="B256" s="86" t="s">
         <v>1543</v>
       </c>
-      <c r="C255" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D255" s="86" t="s">
+      <c r="C256" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D256" s="86" t="s">
         <v>1544</v>
       </c>
-      <c r="E255" s="88">
+      <c r="E256" s="88">
         <v>45015</v>
       </c>
-      <c r="F255" s="83" t="s">
+      <c r="F256" s="83" t="s">
         <v>1542</v>
       </c>
     </row>
-    <row r="256" spans="1:6" x14ac:dyDescent="0.35">
-[...19 lines deleted...]
-    <row r="257" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+    <row r="257" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A257" s="101" t="s">
         <v>192</v>
       </c>
       <c r="B257" s="86" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C257" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D257" s="86" t="s">
+        <v>1366</v>
+      </c>
+      <c r="E257" s="88">
+        <v>38565</v>
+      </c>
+      <c r="F257" s="78" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="258" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A258" s="101" t="s">
+        <v>192</v>
+      </c>
+      <c r="B258" s="86" t="s">
         <v>193</v>
       </c>
-      <c r="C257" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D257" s="86" t="s">
+      <c r="C258" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D258" s="86" t="s">
         <v>194</v>
       </c>
-      <c r="E257" s="88">
+      <c r="E258" s="88">
         <v>44154</v>
       </c>
-      <c r="F257" s="78" t="s">
+      <c r="F258" s="78" t="s">
         <v>195</v>
       </c>
     </row>
-    <row r="258" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A258" s="89" t="s">
+    <row r="259" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A259" s="89" t="s">
         <v>1207</v>
       </c>
-      <c r="B258" s="86" t="s">
+      <c r="B259" s="86" t="s">
         <v>1208</v>
       </c>
-      <c r="C258" s="86" t="s">
+      <c r="C259" s="86" t="s">
         <v>1200</v>
       </c>
-      <c r="D258" s="86" t="s">
+      <c r="D259" s="86" t="s">
         <v>1209</v>
       </c>
-      <c r="E258" s="88">
+      <c r="E259" s="88">
         <v>39975</v>
       </c>
-      <c r="F258" s="78" t="s">
+      <c r="F259" s="78" t="s">
         <v>1210</v>
-      </c>
-[...18 lines deleted...]
-        <v>1423</v>
       </c>
     </row>
     <row r="260" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A260" s="124" t="s">
         <v>481</v>
       </c>
       <c r="B260" s="86" t="s">
-        <v>1354</v>
+        <v>1421</v>
       </c>
       <c r="C260" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D260" s="86" t="s">
-        <v>1355</v>
+        <v>1422</v>
       </c>
       <c r="E260" s="88">
-        <v>38777</v>
+        <v>37873</v>
       </c>
       <c r="F260" s="78" t="s">
-        <v>1356</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="261" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A261" s="124" t="s">
         <v>481</v>
       </c>
       <c r="B261" s="86" t="s">
-        <v>1323</v>
+        <v>1354</v>
       </c>
       <c r="C261" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D261" s="86" t="s">
-        <v>1324</v>
+        <v>1355</v>
       </c>
       <c r="E261" s="88">
-        <v>38968</v>
+        <v>38777</v>
       </c>
       <c r="F261" s="78" t="s">
-        <v>1325</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="262" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A262" s="124" t="s">
         <v>481</v>
       </c>
       <c r="B262" s="86" t="s">
-        <v>1315</v>
+        <v>1323</v>
       </c>
       <c r="C262" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D262" s="86" t="s">
-        <v>1316</v>
+        <v>1324</v>
       </c>
       <c r="E262" s="88">
-        <v>39233</v>
+        <v>38968</v>
       </c>
       <c r="F262" s="78" t="s">
-        <v>1529</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="263" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A263" s="124" t="s">
         <v>481</v>
       </c>
       <c r="B263" s="86" t="s">
-        <v>1292</v>
+        <v>1315</v>
       </c>
       <c r="C263" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D263" s="86" t="s">
-        <v>1293</v>
+        <v>1316</v>
       </c>
       <c r="E263" s="88">
-        <v>39240</v>
-[...5 lines deleted...]
-    <row r="264" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+        <v>39233</v>
+      </c>
+      <c r="F263" s="78" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="264" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A264" s="124" t="s">
         <v>481</v>
       </c>
       <c r="B264" s="86" t="s">
-        <v>1174</v>
+        <v>1292</v>
       </c>
       <c r="C264" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D264" s="86" t="s">
-        <v>1175</v>
+        <v>1293</v>
       </c>
       <c r="E264" s="88">
-        <v>40226</v>
-[...5 lines deleted...]
-    <row r="265" spans="1:6" x14ac:dyDescent="0.35">
+        <v>39240</v>
+      </c>
+      <c r="F264" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="265" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A265" s="124" t="s">
         <v>481</v>
       </c>
       <c r="B265" s="86" t="s">
-        <v>901</v>
+        <v>1174</v>
       </c>
       <c r="C265" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D265" s="86" t="s">
-        <v>902</v>
+        <v>1175</v>
       </c>
       <c r="E265" s="88">
-        <v>41920</v>
+        <v>40226</v>
       </c>
       <c r="F265" s="78" t="s">
-        <v>903</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="266" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A266" s="124" t="s">
         <v>481</v>
       </c>
       <c r="B266" s="86" t="s">
-        <v>560</v>
+        <v>901</v>
       </c>
       <c r="C266" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D266" s="86" t="s">
-        <v>561</v>
+        <v>902</v>
       </c>
       <c r="E266" s="88">
-        <v>43305</v>
+        <v>41920</v>
       </c>
       <c r="F266" s="78" t="s">
-        <v>562</v>
+        <v>903</v>
       </c>
     </row>
     <row r="267" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A267" s="124" t="s">
         <v>481</v>
       </c>
       <c r="B267" s="86" t="s">
+        <v>560</v>
+      </c>
+      <c r="C267" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D267" s="86" t="s">
+        <v>561</v>
+      </c>
+      <c r="E267" s="88">
+        <v>43305</v>
+      </c>
+      <c r="F267" s="78" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="268" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A268" s="124" t="s">
+        <v>481</v>
+      </c>
+      <c r="B268" s="86" t="s">
         <v>482</v>
       </c>
-      <c r="C267" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D267" s="86" t="s">
+      <c r="C268" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D268" s="86" t="s">
         <v>483</v>
       </c>
-      <c r="E267" s="88">
+      <c r="E268" s="88">
         <v>43584</v>
       </c>
-      <c r="F267" s="180" t="s">
+      <c r="F268" s="180" t="s">
         <v>484</v>
-      </c>
-[...18 lines deleted...]
-        <v>1458</v>
       </c>
     </row>
     <row r="269" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A269" s="109" t="s">
         <v>88</v>
       </c>
       <c r="B269" s="86" t="s">
-        <v>1307</v>
+        <v>1456</v>
       </c>
       <c r="C269" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D269" s="86" t="s">
-        <v>1308</v>
+        <v>1457</v>
       </c>
       <c r="E269" s="88">
-        <v>39342</v>
+        <v>37474</v>
       </c>
       <c r="F269" s="78" t="s">
-        <v>1309</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="270" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A270" s="109" t="s">
         <v>88</v>
       </c>
       <c r="B270" s="86" t="s">
-        <v>1088</v>
+        <v>1307</v>
       </c>
       <c r="C270" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D270" s="86" t="s">
-        <v>1089</v>
+        <v>1308</v>
       </c>
       <c r="E270" s="88">
-        <v>40954</v>
+        <v>39342</v>
       </c>
       <c r="F270" s="78" t="s">
-        <v>1090</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="271" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A271" s="109" t="s">
         <v>88</v>
       </c>
       <c r="B271" s="86" t="s">
-        <v>833</v>
+        <v>1088</v>
       </c>
       <c r="C271" s="86" t="s">
-        <v>721</v>
+        <v>7</v>
       </c>
       <c r="D271" s="86" t="s">
-        <v>90</v>
+        <v>1089</v>
       </c>
       <c r="E271" s="88">
-        <v>42181</v>
+        <v>40954</v>
       </c>
       <c r="F271" s="78" t="s">
-        <v>834</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="272" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A272" s="109" t="s">
         <v>88</v>
       </c>
       <c r="B272" s="86" t="s">
-        <v>680</v>
+        <v>833</v>
       </c>
       <c r="C272" s="86" t="s">
-        <v>7</v>
+        <v>721</v>
       </c>
       <c r="D272" s="86" t="s">
-        <v>681</v>
+        <v>90</v>
       </c>
       <c r="E272" s="88">
-        <v>42731</v>
+        <v>42181</v>
       </c>
       <c r="F272" s="78" t="s">
-        <v>682</v>
+        <v>834</v>
       </c>
     </row>
     <row r="273" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A273" s="109" t="s">
         <v>88</v>
       </c>
       <c r="B273" s="86" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="C273" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D273" s="86" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="E273" s="88">
         <v>42731</v>
       </c>
-      <c r="F273" s="80" t="s">
-        <v>679</v>
+      <c r="F273" s="78" t="s">
+        <v>682</v>
       </c>
     </row>
     <row r="274" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A274" s="109" t="s">
         <v>88</v>
       </c>
       <c r="B274" s="86" t="s">
-        <v>629</v>
+        <v>677</v>
       </c>
       <c r="C274" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D274" s="86" t="s">
-        <v>630</v>
+        <v>678</v>
       </c>
       <c r="E274" s="88">
-        <v>42957</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>42731</v>
+      </c>
+      <c r="F274" s="80" t="s">
+        <v>679</v>
       </c>
     </row>
     <row r="275" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A275" s="109" t="s">
         <v>88</v>
       </c>
       <c r="B275" s="86" t="s">
-        <v>620</v>
+        <v>629</v>
       </c>
       <c r="C275" s="86" t="s">
-        <v>85</v>
+        <v>7</v>
       </c>
       <c r="D275" s="86" t="s">
-        <v>621</v>
+        <v>630</v>
       </c>
       <c r="E275" s="88">
-        <v>42954</v>
+        <v>42957</v>
       </c>
       <c r="F275" s="78" t="s">
-        <v>622</v>
+        <v>631</v>
       </c>
     </row>
     <row r="276" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A276" s="109" t="s">
         <v>88</v>
       </c>
       <c r="B276" s="86" t="s">
-        <v>607</v>
+        <v>620</v>
       </c>
       <c r="C276" s="86" t="s">
-        <v>608</v>
+        <v>85</v>
       </c>
       <c r="D276" s="86" t="s">
-        <v>609</v>
+        <v>621</v>
       </c>
       <c r="E276" s="88">
-        <v>43039</v>
+        <v>42954</v>
       </c>
       <c r="F276" s="78" t="s">
-        <v>610</v>
+        <v>622</v>
       </c>
     </row>
     <row r="277" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A277" s="109" t="s">
         <v>88</v>
       </c>
       <c r="B277" s="86" t="s">
-        <v>569</v>
+        <v>607</v>
       </c>
       <c r="C277" s="86" t="s">
-        <v>7</v>
+        <v>608</v>
       </c>
       <c r="D277" s="86" t="s">
-        <v>90</v>
+        <v>609</v>
       </c>
       <c r="E277" s="88">
-        <v>43102</v>
-[...2 lines deleted...]
-        <v>570</v>
+        <v>43039</v>
+      </c>
+      <c r="F277" s="78" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="278" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A278" s="109" t="s">
         <v>88</v>
       </c>
       <c r="B278" s="86" t="s">
-        <v>419</v>
+        <v>569</v>
       </c>
       <c r="C278" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D278" s="86" t="s">
-        <v>420</v>
+        <v>90</v>
       </c>
       <c r="E278" s="88">
-        <v>43724</v>
-[...5 lines deleted...]
-    <row r="279" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>43102</v>
+      </c>
+      <c r="F278" s="180" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="279" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A279" s="109" t="s">
         <v>88</v>
       </c>
       <c r="B279" s="86" t="s">
-        <v>383</v>
+        <v>419</v>
       </c>
       <c r="C279" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D279" s="86" t="s">
-        <v>384</v>
+        <v>420</v>
       </c>
       <c r="E279" s="88">
-        <v>43810</v>
+        <v>43724</v>
       </c>
       <c r="F279" s="78" t="s">
-        <v>385</v>
+        <v>421</v>
       </c>
     </row>
     <row r="280" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A280" s="109" t="s">
         <v>88</v>
       </c>
       <c r="B280" s="86" t="s">
-        <v>188</v>
+        <v>383</v>
       </c>
       <c r="C280" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D280" s="86" t="s">
-        <v>189</v>
+        <v>384</v>
       </c>
       <c r="E280" s="88">
-        <v>44182</v>
+        <v>43810</v>
       </c>
       <c r="F280" s="78" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:6" x14ac:dyDescent="0.35">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="281" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A281" s="109" t="s">
         <v>88</v>
       </c>
       <c r="B281" s="86" t="s">
-        <v>168</v>
+        <v>188</v>
       </c>
       <c r="C281" s="86" t="s">
-        <v>32</v>
+        <v>7</v>
       </c>
       <c r="D281" s="86" t="s">
-        <v>169</v>
+        <v>189</v>
       </c>
       <c r="E281" s="88">
-        <v>44250</v>
+        <v>44182</v>
       </c>
       <c r="F281" s="78" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="282" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A282" s="109" t="s">
         <v>88</v>
       </c>
       <c r="B282" s="86" t="s">
-        <v>89</v>
+        <v>168</v>
       </c>
       <c r="C282" s="86" t="s">
         <v>32</v>
       </c>
       <c r="D282" s="86" t="s">
+        <v>169</v>
+      </c>
+      <c r="E282" s="88">
+        <v>44250</v>
+      </c>
+      <c r="F282" s="78" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="283" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A283" s="109" t="s">
+        <v>88</v>
+      </c>
+      <c r="B283" s="86" t="s">
+        <v>89</v>
+      </c>
+      <c r="C283" s="86" t="s">
+        <v>32</v>
+      </c>
+      <c r="D283" s="86" t="s">
         <v>90</v>
       </c>
-      <c r="E282" s="88">
+      <c r="E283" s="88">
         <v>44587</v>
       </c>
-      <c r="F282" s="78" t="s">
+      <c r="F283" s="78" t="s">
         <v>91</v>
-      </c>
-[...18 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="284" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A284" s="107" t="s">
         <v>83</v>
       </c>
       <c r="B284" s="86" t="s">
+        <v>162</v>
+      </c>
+      <c r="C284" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D284" s="86" t="s">
+        <v>163</v>
+      </c>
+      <c r="E284" s="88">
+        <v>44307</v>
+      </c>
+      <c r="F284" s="78" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="285" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A285" s="107" t="s">
+        <v>83</v>
+      </c>
+      <c r="B285" s="86" t="s">
         <v>84</v>
       </c>
-      <c r="C284" s="108" t="s">
+      <c r="C285" s="108" t="s">
         <v>85</v>
       </c>
-      <c r="D284" s="86" t="s">
+      <c r="D285" s="86" t="s">
         <v>86</v>
       </c>
-      <c r="E284" s="88">
+      <c r="E285" s="88">
         <v>44602</v>
       </c>
-      <c r="F284" s="78" t="s">
+      <c r="F285" s="78" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="285" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A285" s="114" t="s">
+    <row r="286" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A286" s="114" t="s">
         <v>212</v>
       </c>
-      <c r="B285" s="86" t="s">
+      <c r="B286" s="86" t="s">
         <v>213</v>
       </c>
-      <c r="C285" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D285" s="86" t="s">
+      <c r="C286" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D286" s="86" t="s">
         <v>214</v>
       </c>
-      <c r="E285" s="88">
+      <c r="E286" s="88">
         <v>44137</v>
       </c>
-      <c r="F285" s="78" t="s">
+      <c r="F286" s="78" t="s">
         <v>215</v>
-      </c>
-[...18 lines deleted...]
-        <v>888</v>
       </c>
     </row>
     <row r="287" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A287" s="98" t="s">
         <v>26</v>
       </c>
       <c r="B287" s="86" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C287" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D287" s="86" t="s">
+        <v>26</v>
+      </c>
+      <c r="E287" s="88">
+        <v>36844</v>
+      </c>
+      <c r="F287" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="288" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A288" s="98" t="s">
+        <v>26</v>
+      </c>
+      <c r="B288" s="86" t="s">
         <v>27</v>
       </c>
-      <c r="C287" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D287" s="86" t="s">
+      <c r="C288" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D288" s="86" t="s">
         <v>28</v>
       </c>
-      <c r="E287" s="88">
+      <c r="E288" s="88">
         <v>44832</v>
       </c>
-      <c r="F287" s="78" t="s">
+      <c r="F288" s="78" t="s">
         <v>29</v>
-      </c>
-[...18 lines deleted...]
-        <v>1267</v>
       </c>
     </row>
     <row r="289" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A289" s="95" t="s">
         <v>5</v>
       </c>
       <c r="B289" s="86" t="s">
-        <v>1202</v>
-[...1 lines deleted...]
-      <c r="C289" s="86"/>
+        <v>1264</v>
+      </c>
+      <c r="C289" s="86" t="s">
+        <v>1265</v>
+      </c>
       <c r="D289" s="86" t="s">
-        <v>1203</v>
+        <v>1266</v>
       </c>
       <c r="E289" s="88">
-        <v>40234</v>
+        <v>39695</v>
       </c>
       <c r="F289" s="78" t="s">
-        <v>1204</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="290" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A290" s="95" t="s">
         <v>5</v>
       </c>
       <c r="B290" s="86" t="s">
-        <v>1177</v>
-[...3 lines deleted...]
-      </c>
+        <v>1202</v>
+      </c>
+      <c r="C290" s="86"/>
       <c r="D290" s="86" t="s">
-        <v>1178</v>
+        <v>1203</v>
       </c>
       <c r="E290" s="88">
-        <v>40226</v>
+        <v>40234</v>
       </c>
       <c r="F290" s="78" t="s">
-        <v>1179</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="291" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A291" s="95" t="s">
         <v>5</v>
       </c>
       <c r="B291" s="86" t="s">
-        <v>717</v>
+        <v>1177</v>
       </c>
       <c r="C291" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D291" s="86" t="s">
-        <v>718</v>
+        <v>1178</v>
       </c>
       <c r="E291" s="88">
-        <v>42615</v>
+        <v>40226</v>
       </c>
       <c r="F291" s="78" t="s">
-        <v>719</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="292" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A292" s="95" t="s">
         <v>5</v>
       </c>
       <c r="B292" s="86" t="s">
-        <v>66</v>
+        <v>717</v>
       </c>
       <c r="C292" s="86" t="s">
-        <v>67</v>
+        <v>7</v>
       </c>
       <c r="D292" s="86" t="s">
-        <v>68</v>
+        <v>718</v>
       </c>
       <c r="E292" s="88">
-        <v>44658</v>
+        <v>42615</v>
       </c>
       <c r="F292" s="78" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:6" x14ac:dyDescent="0.35">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="293" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A293" s="95" t="s">
         <v>5</v>
       </c>
       <c r="B293" s="86" t="s">
-        <v>6</v>
+        <v>66</v>
       </c>
       <c r="C293" s="86" t="s">
-        <v>7</v>
+        <v>67</v>
       </c>
       <c r="D293" s="86" t="s">
-        <v>8</v>
+        <v>68</v>
       </c>
       <c r="E293" s="88">
-        <v>44904</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>44658</v>
+      </c>
+      <c r="F293" s="78" t="s">
+        <v>69</v>
       </c>
     </row>
     <row r="294" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A294" s="95" t="s">
         <v>5</v>
       </c>
       <c r="B294" s="86" t="s">
+        <v>6</v>
+      </c>
+      <c r="C294" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D294" s="86" t="s">
+        <v>8</v>
+      </c>
+      <c r="E294" s="88">
+        <v>44904</v>
+      </c>
+      <c r="F294" s="96" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="295" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A295" s="95" t="s">
+        <v>5</v>
+      </c>
+      <c r="B295" s="86" t="s">
         <v>1536</v>
       </c>
-      <c r="C294" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D294" s="86" t="s">
+      <c r="C295" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D295" s="86" t="s">
         <v>1537</v>
       </c>
-      <c r="E294" s="88">
+      <c r="E295" s="88">
         <v>44999</v>
       </c>
-      <c r="F294" s="83" t="s">
+      <c r="F295" s="83" t="s">
         <v>1538</v>
       </c>
     </row>
-    <row r="295" spans="1:6" x14ac:dyDescent="0.35">
-[...19 lines deleted...]
-    <row r="296" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+    <row r="296" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A296" s="89" t="s">
         <v>1045</v>
       </c>
       <c r="B296" s="86" t="s">
-        <v>1046</v>
+        <v>1150</v>
       </c>
       <c r="C296" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D296" s="86" t="s">
-        <v>1047</v>
+        <v>1151</v>
       </c>
       <c r="E296" s="88">
-        <v>41271</v>
+        <v>41201</v>
       </c>
       <c r="F296" s="78" t="s">
-        <v>1048</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="297" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A297" s="89" t="s">
         <v>1045</v>
       </c>
       <c r="B297" s="86" t="s">
         <v>1046</v>
       </c>
       <c r="C297" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D297" s="86" t="s">
-        <v>1049</v>
+        <v>1047</v>
       </c>
       <c r="E297" s="88">
-        <v>41219</v>
+        <v>41271</v>
       </c>
       <c r="F297" s="78" t="s">
         <v>1048</v>
       </c>
     </row>
-    <row r="298" spans="1:6" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>279</v>
+    <row r="298" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A298" s="89" t="s">
+        <v>1045</v>
       </c>
       <c r="B298" s="86" t="s">
-        <v>1030</v>
+        <v>1046</v>
       </c>
       <c r="C298" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D298" s="86" t="s">
-        <v>1031</v>
+        <v>1049</v>
       </c>
       <c r="E298" s="88">
-        <v>41276</v>
+        <v>41219</v>
       </c>
       <c r="F298" s="78" t="s">
-        <v>1032</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="299" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A299" s="115" t="s">
         <v>279</v>
       </c>
       <c r="B299" s="86" t="s">
-        <v>974</v>
+        <v>1030</v>
       </c>
       <c r="C299" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D299" s="86" t="s">
-        <v>975</v>
+        <v>1031</v>
       </c>
       <c r="E299" s="88">
-        <v>41543</v>
+        <v>41276</v>
       </c>
       <c r="F299" s="78" t="s">
-        <v>976</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="300" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A300" s="115" t="s">
         <v>279</v>
       </c>
       <c r="B300" s="86" t="s">
-        <v>392</v>
+        <v>974</v>
       </c>
       <c r="C300" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D300" s="86" t="s">
-        <v>393</v>
+        <v>975</v>
       </c>
       <c r="E300" s="88">
-        <v>43783</v>
+        <v>41543</v>
       </c>
       <c r="F300" s="78" t="s">
-        <v>394</v>
+        <v>976</v>
       </c>
     </row>
     <row r="301" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A301" s="115" t="s">
         <v>279</v>
       </c>
       <c r="B301" s="86" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="C301" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D301" s="86" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="E301" s="88">
-        <v>43791</v>
+        <v>43783</v>
       </c>
       <c r="F301" s="78" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
     </row>
     <row r="302" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A302" s="115" t="s">
         <v>279</v>
       </c>
       <c r="B302" s="86" t="s">
-        <v>342</v>
+        <v>389</v>
       </c>
       <c r="C302" s="86" t="s">
-        <v>7</v>
+        <v>137</v>
       </c>
       <c r="D302" s="86" t="s">
-        <v>345</v>
+        <v>390</v>
       </c>
       <c r="E302" s="88">
-        <v>43901</v>
+        <v>43791</v>
       </c>
       <c r="F302" s="78" t="s">
-        <v>344</v>
+        <v>391</v>
       </c>
     </row>
     <row r="303" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A303" s="115" t="s">
         <v>279</v>
       </c>
       <c r="B303" s="86" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C303" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D303" s="86" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="E303" s="88">
-        <v>43902</v>
+        <v>43901</v>
       </c>
       <c r="F303" s="78" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
     </row>
     <row r="304" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A304" s="115" t="s">
         <v>279</v>
       </c>
       <c r="B304" s="86" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="C304" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D304" s="86" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="E304" s="88">
-        <v>43908</v>
+        <v>43902</v>
       </c>
       <c r="F304" s="78" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
     </row>
     <row r="305" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A305" s="115" t="s">
         <v>279</v>
       </c>
       <c r="B305" s="86" t="s">
-        <v>324</v>
+        <v>335</v>
       </c>
       <c r="C305" s="86" t="s">
-        <v>7</v>
+        <v>137</v>
       </c>
       <c r="D305" s="86" t="s">
-        <v>325</v>
+        <v>338</v>
       </c>
       <c r="E305" s="88">
-        <v>43910</v>
+        <v>43908</v>
       </c>
       <c r="F305" s="78" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="306" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A306" s="115" t="s">
         <v>279</v>
       </c>
       <c r="B306" s="86" t="s">
-        <v>309</v>
+        <v>324</v>
       </c>
       <c r="C306" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D306" s="86" t="s">
-        <v>310</v>
+        <v>325</v>
       </c>
       <c r="E306" s="88">
-        <v>43923</v>
+        <v>43910</v>
       </c>
       <c r="F306" s="81" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:6" x14ac:dyDescent="0.35">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="307" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A307" s="115" t="s">
         <v>279</v>
       </c>
       <c r="B307" s="86" t="s">
+        <v>309</v>
+      </c>
+      <c r="C307" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D307" s="86" t="s">
+        <v>310</v>
+      </c>
+      <c r="E307" s="88">
+        <v>43923</v>
+      </c>
+      <c r="F307" s="78" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="308" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A308" s="115" t="s">
+        <v>279</v>
+      </c>
+      <c r="B308" s="86" t="s">
         <v>276</v>
       </c>
-      <c r="C307" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D307" s="86" t="s">
+      <c r="C308" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D308" s="86" t="s">
         <v>277</v>
       </c>
-      <c r="E307" s="88">
+      <c r="E308" s="88">
         <v>43949</v>
       </c>
-      <c r="F307" s="78" t="s">
+      <c r="F308" s="81" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="308" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A308" s="174" t="s">
+    <row r="309" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A309" s="174" t="s">
         <v>1566</v>
       </c>
-      <c r="B308" s="86" t="s">
+      <c r="B309" s="86" t="s">
         <v>1565</v>
       </c>
-      <c r="C308" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D308" s="86" t="s">
+      <c r="C309" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D309" s="86" t="s">
         <v>1562</v>
       </c>
-      <c r="E308" s="88">
+      <c r="E309" s="88">
         <v>45126</v>
       </c>
-      <c r="F308" s="162" t="s">
+      <c r="F309" s="162" t="s">
         <v>1559</v>
-      </c>
-[...18 lines deleted...]
-        <v>888</v>
       </c>
     </row>
     <row r="310" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A310" s="106" t="s">
         <v>81</v>
       </c>
       <c r="B310" s="86" t="s">
-        <v>1454</v>
+        <v>1478</v>
       </c>
       <c r="C310" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D310" s="86" t="s">
-        <v>1455</v>
+        <v>1479</v>
       </c>
       <c r="E310" s="88">
-        <v>37476</v>
+        <v>36739</v>
       </c>
       <c r="F310" s="187" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="311" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A311" s="106" t="s">
         <v>81</v>
       </c>
       <c r="B311" s="86" t="s">
-        <v>1396</v>
+        <v>1454</v>
       </c>
       <c r="C311" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D311" s="86" t="s">
-        <v>1397</v>
+        <v>1455</v>
       </c>
       <c r="E311" s="88">
-        <v>38224</v>
-[...2 lines deleted...]
-        <v>1398</v>
+        <v>37476</v>
+      </c>
+      <c r="F311" s="187" t="s">
+        <v>888</v>
       </c>
     </row>
     <row r="312" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A312" s="106" t="s">
         <v>81</v>
       </c>
       <c r="B312" s="86" t="s">
-        <v>1330</v>
+        <v>1396</v>
       </c>
       <c r="C312" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D312" s="86" t="s">
-        <v>1331</v>
+        <v>1397</v>
       </c>
       <c r="E312" s="88">
-        <v>38937</v>
+        <v>38224</v>
       </c>
       <c r="F312" s="81" t="s">
-        <v>1332</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="313" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A313" s="106" t="s">
         <v>81</v>
       </c>
       <c r="B313" s="86" t="s">
-        <v>1276</v>
+        <v>1330</v>
       </c>
       <c r="C313" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D313" s="86" t="s">
-        <v>1072</v>
-[...2 lines deleted...]
-        <v>1277</v>
+        <v>1331</v>
+      </c>
+      <c r="E313" s="88">
+        <v>38937</v>
       </c>
       <c r="F313" s="81" t="s">
-        <v>1278</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="314" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A314" s="106" t="s">
         <v>81</v>
       </c>
       <c r="B314" s="86" t="s">
-        <v>1155</v>
+        <v>1276</v>
       </c>
       <c r="C314" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D314" s="86" t="s">
         <v>1072</v>
       </c>
-      <c r="E314" s="88">
-        <v>40455</v>
+      <c r="E314" s="88" t="s">
+        <v>1277</v>
       </c>
       <c r="F314" s="81" t="s">
-        <v>1156</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="315" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A315" s="106" t="s">
         <v>81</v>
       </c>
       <c r="B315" s="86" t="s">
-        <v>1071</v>
+        <v>1155</v>
       </c>
       <c r="C315" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D315" s="86" t="s">
         <v>1072</v>
       </c>
       <c r="E315" s="88">
-        <v>41130</v>
+        <v>40455</v>
       </c>
       <c r="F315" s="78" t="s">
-        <v>1073</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="316" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A316" s="106" t="s">
         <v>81</v>
       </c>
       <c r="B316" s="86" t="s">
-        <v>911</v>
+        <v>1071</v>
       </c>
       <c r="C316" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D316" s="86" t="s">
-        <v>912</v>
+        <v>1072</v>
       </c>
       <c r="E316" s="88">
-        <v>41877</v>
+        <v>41130</v>
       </c>
       <c r="F316" s="78" t="s">
-        <v>913</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="317" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A317" s="106" t="s">
         <v>81</v>
       </c>
       <c r="B317" s="86" t="s">
-        <v>707</v>
+        <v>911</v>
       </c>
       <c r="C317" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D317" s="86" t="s">
-        <v>708</v>
+        <v>912</v>
       </c>
       <c r="E317" s="88">
-        <v>42662</v>
+        <v>41877</v>
       </c>
       <c r="F317" s="78" t="s">
-        <v>709</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="318" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A318" s="106" t="s">
         <v>81</v>
       </c>
       <c r="B318" s="86" t="s">
-        <v>514</v>
+        <v>707</v>
       </c>
       <c r="C318" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D318" s="86" t="s">
-        <v>160</v>
+        <v>708</v>
       </c>
       <c r="E318" s="88">
-        <v>43525</v>
-[...5 lines deleted...]
-    <row r="319" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>42662</v>
+      </c>
+      <c r="F318" s="81" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="319" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A319" s="106" t="s">
         <v>81</v>
       </c>
       <c r="B319" s="86" t="s">
-        <v>437</v>
+        <v>514</v>
       </c>
       <c r="C319" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D319" s="86" t="s">
-        <v>438</v>
+        <v>160</v>
       </c>
       <c r="E319" s="88">
-        <v>43602</v>
-[...2 lines deleted...]
-        <v>439</v>
+        <v>43525</v>
+      </c>
+      <c r="F319" s="195" t="s">
+        <v>509</v>
       </c>
     </row>
     <row r="320" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A320" s="106" t="s">
         <v>81</v>
       </c>
       <c r="B320" s="86" t="s">
-        <v>364</v>
+        <v>437</v>
       </c>
       <c r="C320" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D320" s="86" t="s">
-        <v>365</v>
+        <v>438</v>
       </c>
       <c r="E320" s="88">
-        <v>43865</v>
+        <v>43602</v>
       </c>
       <c r="F320" s="78" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:6" x14ac:dyDescent="0.35">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="321" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A321" s="106" t="s">
         <v>81</v>
       </c>
       <c r="B321" s="86" t="s">
-        <v>331</v>
+        <v>364</v>
       </c>
       <c r="C321" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D321" s="86" t="s">
-        <v>334</v>
+        <v>365</v>
       </c>
       <c r="E321" s="88">
-        <v>43903</v>
+        <v>43865</v>
       </c>
       <c r="F321" s="78" t="s">
-        <v>333</v>
+        <v>366</v>
       </c>
     </row>
     <row r="322" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A322" s="106" t="s">
         <v>81</v>
       </c>
       <c r="B322" s="86" t="s">
-        <v>322</v>
+        <v>331</v>
       </c>
       <c r="C322" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D322" s="86" t="s">
-        <v>320</v>
+        <v>334</v>
       </c>
       <c r="E322" s="88">
-        <v>43915</v>
+        <v>43903</v>
       </c>
       <c r="F322" s="78" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
     </row>
     <row r="323" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A323" s="106" t="s">
         <v>81</v>
       </c>
       <c r="B323" s="86" t="s">
-        <v>224</v>
+        <v>322</v>
       </c>
       <c r="C323" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D323" s="86" t="s">
-        <v>225</v>
+        <v>320</v>
       </c>
       <c r="E323" s="88">
-        <v>44091</v>
+        <v>43915</v>
       </c>
       <c r="F323" s="78" t="s">
-        <v>226</v>
+        <v>323</v>
       </c>
     </row>
     <row r="324" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A324" s="106" t="s">
         <v>81</v>
       </c>
       <c r="B324" s="86" t="s">
-        <v>209</v>
+        <v>224</v>
       </c>
       <c r="C324" s="86" t="s">
-        <v>67</v>
+        <v>7</v>
       </c>
       <c r="D324" s="86" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="E324" s="88">
-        <v>44137</v>
+        <v>44091</v>
       </c>
       <c r="F324" s="78" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="325" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A325" s="106" t="s">
         <v>81</v>
       </c>
       <c r="B325" s="86" t="s">
-        <v>159</v>
+        <v>209</v>
       </c>
       <c r="C325" s="86" t="s">
-        <v>7</v>
+        <v>67</v>
       </c>
       <c r="D325" s="86" t="s">
-        <v>160</v>
+        <v>210</v>
       </c>
       <c r="E325" s="88">
-        <v>44319</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>44137</v>
+      </c>
+      <c r="F325" s="78" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="326" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A326" s="106" t="s">
         <v>81</v>
       </c>
       <c r="B326" s="86" t="s">
-        <v>113</v>
+        <v>159</v>
       </c>
       <c r="C326" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D326" s="86" t="s">
-        <v>114</v>
+        <v>160</v>
       </c>
       <c r="E326" s="88">
-        <v>44431</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>44319</v>
+      </c>
+      <c r="F326" s="96" t="s">
+        <v>161</v>
       </c>
     </row>
     <row r="327" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A327" s="106" t="s">
         <v>81</v>
       </c>
       <c r="B327" s="86" t="s">
+        <v>113</v>
+      </c>
+      <c r="C327" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D327" s="86" t="s">
+        <v>114</v>
+      </c>
+      <c r="E327" s="88">
+        <v>44431</v>
+      </c>
+      <c r="F327" s="78" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="328" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A328" s="106" t="s">
+        <v>81</v>
+      </c>
+      <c r="B328" s="86" t="s">
         <v>78</v>
       </c>
-      <c r="C327" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D327" s="86" t="s">
+      <c r="C328" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D328" s="86" t="s">
         <v>79</v>
       </c>
-      <c r="E327" s="88">
+      <c r="E328" s="88">
         <v>44607</v>
       </c>
-      <c r="F327" s="78" t="s">
+      <c r="F328" s="78" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="328" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-[...19 lines deleted...]
-    <row r="329" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="329" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A329" s="175" t="s">
         <v>81</v>
       </c>
       <c r="B329" s="86" t="s">
         <v>1552</v>
       </c>
       <c r="C329" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D329" s="86" t="s">
-        <v>1697</v>
+        <v>160</v>
       </c>
       <c r="E329" s="88">
         <v>45065</v>
       </c>
       <c r="F329" s="83" t="s">
-        <v>1699</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="330" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A330" s="175" t="s">
         <v>81</v>
       </c>
       <c r="B330" s="86" t="s">
         <v>1552</v>
       </c>
       <c r="C330" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D330" s="86" t="s">
-        <v>1698</v>
+        <v>1697</v>
       </c>
       <c r="E330" s="88">
         <v>45065</v>
       </c>
       <c r="F330" s="83" t="s">
+        <v>1699</v>
+      </c>
+    </row>
+    <row r="331" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A331" s="175" t="s">
+        <v>81</v>
+      </c>
+      <c r="B331" s="86" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C331" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D331" s="86" t="s">
+        <v>1698</v>
+      </c>
+      <c r="E331" s="88">
+        <v>45065</v>
+      </c>
+      <c r="F331" s="83" t="s">
         <v>1700</v>
-      </c>
-[...16 lines deleted...]
-        <v>#N/A</v>
       </c>
     </row>
     <row r="332" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A332" s="106" t="s">
         <v>81</v>
       </c>
       <c r="B332" s="86"/>
       <c r="C332" s="86" t="s">
-        <v>1497</v>
+        <v>1495</v>
       </c>
       <c r="D332" s="86" t="s">
         <v>1496</v>
       </c>
       <c r="E332" s="88">
-        <v>38056</v>
+        <v>39146</v>
       </c>
       <c r="F332" s="79" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="333" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A333" s="106" t="s">
         <v>81</v>
       </c>
       <c r="B333" s="86"/>
       <c r="C333" s="86" t="s">
         <v>1497</v>
       </c>
       <c r="D333" s="86" t="s">
         <v>1496</v>
       </c>
       <c r="E333" s="88">
         <v>38056</v>
       </c>
       <c r="F333" s="79" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="334" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A334" s="189" t="s">
+      <c r="A334" s="106" t="s">
         <v>81</v>
       </c>
-      <c r="B334" s="86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B334" s="86"/>
       <c r="C334" s="86" t="s">
-        <v>7</v>
+        <v>1497</v>
       </c>
       <c r="D334" s="86" t="s">
-        <v>160</v>
+        <v>1496</v>
       </c>
       <c r="E334" s="88">
-        <v>45769</v>
-[...2 lines deleted...]
-        <v>1877</v>
+        <v>38056</v>
+      </c>
+      <c r="F334" s="79" t="e">
+        <v>#N/A</v>
       </c>
     </row>
     <row r="335" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A335" s="189" t="s">
         <v>81</v>
       </c>
       <c r="B335" s="86" t="s">
         <v>1864</v>
       </c>
       <c r="C335" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D335" s="86" t="s">
-        <v>1871</v>
+        <v>160</v>
       </c>
       <c r="E335" s="88">
         <v>45769</v>
       </c>
       <c r="F335" s="83" t="s">
-        <v>1878</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="336" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A336" s="189" t="s">
         <v>81</v>
       </c>
       <c r="B336" s="86" t="s">
         <v>1864</v>
       </c>
       <c r="C336" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D336" s="86" t="s">
-        <v>1872</v>
+        <v>1871</v>
       </c>
       <c r="E336" s="88">
         <v>45769</v>
       </c>
       <c r="F336" s="83" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="337" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A337" s="189" t="s">
+        <v>81</v>
+      </c>
+      <c r="B337" s="86" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C337" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D337" s="86" t="s">
+        <v>1872</v>
+      </c>
+      <c r="E337" s="88">
+        <v>45769</v>
+      </c>
+      <c r="F337" s="83" t="s">
         <v>1879</v>
-      </c>
-[...18 lines deleted...]
-        <v>965</v>
       </c>
     </row>
     <row r="338" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A338" s="84" t="s">
         <v>39</v>
       </c>
       <c r="B338" s="86" t="s">
-        <v>908</v>
+        <v>963</v>
       </c>
       <c r="C338" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D338" s="86" t="s">
-        <v>909</v>
+        <v>964</v>
       </c>
       <c r="E338" s="88">
-        <v>41884</v>
+        <v>41579</v>
       </c>
       <c r="F338" s="81" t="s">
-        <v>910</v>
+        <v>965</v>
       </c>
     </row>
     <row r="339" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A339" s="84" t="s">
         <v>39</v>
       </c>
       <c r="B339" s="86" t="s">
-        <v>779</v>
+        <v>908</v>
       </c>
       <c r="C339" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D339" s="86" t="s">
-        <v>780</v>
+        <v>909</v>
       </c>
       <c r="E339" s="88">
-        <v>42459</v>
+        <v>41884</v>
       </c>
       <c r="F339" s="78" t="s">
-        <v>781</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="340" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A340" s="84" t="s">
         <v>39</v>
       </c>
       <c r="B340" s="86" t="s">
-        <v>361</v>
+        <v>779</v>
       </c>
       <c r="C340" s="86" t="s">
         <v>7</v>
       </c>
-      <c r="D340" s="3" t="s">
-        <v>362</v>
+      <c r="D340" s="86" t="s">
+        <v>780</v>
       </c>
       <c r="E340" s="88">
-        <v>43879</v>
+        <v>42459</v>
       </c>
       <c r="F340" s="78" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:6" x14ac:dyDescent="0.35">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="341" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A341" s="84" t="s">
         <v>39</v>
       </c>
       <c r="B341" s="86" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C341" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D341" s="3" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="E341" s="88">
-        <v>43920</v>
+        <v>43879</v>
       </c>
       <c r="F341" s="78" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
     </row>
     <row r="342" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A342" s="84" t="s">
         <v>39</v>
       </c>
       <c r="B342" s="86" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="C342" s="86" t="s">
         <v>137</v>
       </c>
       <c r="D342" s="3" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="E342" s="88">
-        <v>43927</v>
+        <v>43920</v>
       </c>
       <c r="F342" s="81" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
     </row>
     <row r="343" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A343" s="84" t="s">
         <v>39</v>
       </c>
       <c r="B343" s="86" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="C343" s="86" t="s">
         <v>137</v>
       </c>
-      <c r="D343" s="86" t="s">
-        <v>353</v>
+      <c r="D343" s="3" t="s">
+        <v>356</v>
       </c>
       <c r="E343" s="88">
-        <v>43956</v>
-[...5 lines deleted...]
-    <row r="344" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>43927</v>
+      </c>
+      <c r="F343" s="78" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="344" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A344" s="84" t="s">
         <v>39</v>
       </c>
       <c r="B344" s="86" t="s">
+        <v>352</v>
+      </c>
+      <c r="C344" s="86" t="s">
+        <v>137</v>
+      </c>
+      <c r="D344" s="86" t="s">
+        <v>353</v>
+      </c>
+      <c r="E344" s="88">
+        <v>43956</v>
+      </c>
+      <c r="F344" s="80" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="345" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A345" s="84" t="s">
+        <v>39</v>
+      </c>
+      <c r="B345" s="86" t="s">
         <v>1629</v>
       </c>
-      <c r="C344" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D344" s="86" t="s">
+      <c r="C345" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D345" s="86" t="s">
         <v>1630</v>
       </c>
-      <c r="E344" s="88">
+      <c r="E345" s="88">
         <v>45504</v>
       </c>
-      <c r="F344" s="83" t="s">
+      <c r="F345" s="83" t="s">
         <v>1631</v>
       </c>
     </row>
-    <row r="345" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A345" s="188" t="s">
+    <row r="346" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A346" s="188" t="s">
         <v>39</v>
       </c>
-      <c r="B345" s="86" t="s">
+      <c r="B346" s="86" t="s">
         <v>1842</v>
       </c>
-      <c r="C345" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D345" s="86" t="s">
+      <c r="C346" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D346" s="86" t="s">
         <v>1853</v>
       </c>
-      <c r="E345" s="88">
+      <c r="E346" s="88">
         <v>45637</v>
       </c>
-      <c r="F345" s="83" t="s">
+      <c r="F346" s="83" t="s">
         <v>1854</v>
-      </c>
-[...18 lines deleted...]
-        <v>888</v>
       </c>
     </row>
     <row r="347" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A347" s="97" t="s">
         <v>10</v>
       </c>
       <c r="B347" s="86" t="s">
-        <v>1384</v>
+        <v>1399</v>
       </c>
       <c r="C347" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D347" s="86" t="s">
-        <v>1385</v>
+        <v>1400</v>
       </c>
       <c r="E347" s="88">
-        <v>38331</v>
+        <v>38203</v>
       </c>
       <c r="F347" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="348" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+    <row r="348" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A348" s="97" t="s">
         <v>10</v>
       </c>
       <c r="B348" s="86" t="s">
-        <v>1360</v>
+        <v>1384</v>
       </c>
       <c r="C348" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D348" s="86" t="s">
-        <v>1361</v>
+        <v>1385</v>
       </c>
       <c r="E348" s="88">
-        <v>38673</v>
-[...5 lines deleted...]
-    <row r="349" spans="1:6" x14ac:dyDescent="0.35">
+        <v>38331</v>
+      </c>
+      <c r="F348" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="349" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A349" s="97" t="s">
         <v>10</v>
       </c>
       <c r="B349" s="86" t="s">
-        <v>1345</v>
+        <v>1360</v>
       </c>
       <c r="C349" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D349" s="86" t="s">
-        <v>1346</v>
+        <v>1361</v>
       </c>
       <c r="E349" s="88">
-        <v>38812</v>
+        <v>38673</v>
       </c>
       <c r="F349" s="78" t="s">
-        <v>1347</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1532</v>
+      </c>
+    </row>
+    <row r="350" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A350" s="97" t="s">
         <v>10</v>
       </c>
       <c r="B350" s="86" t="s">
-        <v>1294</v>
+        <v>1345</v>
       </c>
       <c r="C350" s="86" t="s">
-        <v>1295</v>
+        <v>7</v>
       </c>
       <c r="D350" s="86" t="s">
-        <v>1296</v>
+        <v>1346</v>
       </c>
       <c r="E350" s="88">
-        <v>39404</v>
-[...2 lines deleted...]
-        <v>888</v>
+        <v>38812</v>
+      </c>
+      <c r="F350" s="78" t="s">
+        <v>1347</v>
       </c>
     </row>
     <row r="351" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A351" s="97" t="s">
         <v>10</v>
       </c>
       <c r="B351" s="86" t="s">
-        <v>1036</v>
+        <v>1294</v>
       </c>
       <c r="C351" s="86" t="s">
-        <v>7</v>
+        <v>1295</v>
       </c>
       <c r="D351" s="86" t="s">
-        <v>1037</v>
+        <v>1296</v>
       </c>
       <c r="E351" s="88">
-        <v>41255</v>
-[...2 lines deleted...]
-        <v>1038</v>
+        <v>39404</v>
+      </c>
+      <c r="F351" s="79" t="s">
+        <v>888</v>
       </c>
     </row>
     <row r="352" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A352" s="97" t="s">
         <v>10</v>
       </c>
       <c r="B352" s="86" t="s">
-        <v>953</v>
+        <v>1036</v>
       </c>
       <c r="C352" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D352" s="86" t="s">
-        <v>954</v>
+        <v>1037</v>
       </c>
       <c r="E352" s="88">
-        <v>41599</v>
+        <v>41255</v>
       </c>
       <c r="F352" s="78" t="s">
-        <v>955</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="353" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A353" s="97" t="s">
         <v>10</v>
       </c>
       <c r="B353" s="86" t="s">
-        <v>886</v>
+        <v>953</v>
       </c>
       <c r="C353" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D353" s="86" t="s">
-        <v>887</v>
+        <v>954</v>
       </c>
       <c r="E353" s="88">
-        <v>41962</v>
-[...5 lines deleted...]
-    <row r="354" spans="1:6" x14ac:dyDescent="0.35">
+        <v>41599</v>
+      </c>
+      <c r="F353" s="78" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="354" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A354" s="97" t="s">
         <v>10</v>
       </c>
       <c r="B354" s="86" t="s">
+        <v>886</v>
+      </c>
+      <c r="C354" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D354" s="86" t="s">
+        <v>887</v>
+      </c>
+      <c r="E354" s="88">
+        <v>41962</v>
+      </c>
+      <c r="F354" s="200" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="355" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A355" s="97" t="s">
+        <v>10</v>
+      </c>
+      <c r="B355" s="86" t="s">
         <v>796</v>
       </c>
-      <c r="C354" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D354" s="86" t="s">
+      <c r="C355" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D355" s="86" t="s">
         <v>797</v>
       </c>
-      <c r="E354" s="88">
+      <c r="E355" s="88">
         <v>42326</v>
       </c>
-      <c r="F354" s="81" t="s">
+      <c r="F355" s="78" t="s">
         <v>798</v>
       </c>
     </row>
-    <row r="355" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A355" s="132" t="s">
+    <row r="356" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A356" s="132" t="s">
         <v>10</v>
       </c>
-      <c r="B355" s="86" t="s">
+      <c r="B356" s="86" t="s">
         <v>1519</v>
       </c>
-      <c r="C355" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D355" s="86" t="s">
+      <c r="C356" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D356" s="86" t="s">
         <v>1518</v>
-      </c>
-[...18 lines deleted...]
-        <v>736</v>
       </c>
       <c r="E356" s="88">
         <v>42510</v>
       </c>
       <c r="F356" s="78" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="357" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A357" s="97" t="s">
         <v>10</v>
       </c>
       <c r="B357" s="86" t="s">
-        <v>683</v>
+        <v>735</v>
       </c>
       <c r="C357" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D357" s="86" t="s">
-        <v>684</v>
-[...1 lines deleted...]
-      <c r="E357" s="88"/>
+        <v>736</v>
+      </c>
+      <c r="E357" s="88">
+        <v>42510</v>
+      </c>
       <c r="F357" s="78" t="s">
-        <v>685</v>
+        <v>737</v>
       </c>
     </row>
     <row r="358" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A358" s="97" t="s">
         <v>10</v>
       </c>
       <c r="B358" s="86" t="s">
-        <v>581</v>
+        <v>683</v>
       </c>
       <c r="C358" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D358" s="86" t="s">
-        <v>582</v>
-[...3 lines deleted...]
-      </c>
+        <v>684</v>
+      </c>
+      <c r="E358" s="88"/>
       <c r="F358" s="78" t="s">
-        <v>583</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="359" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A359" s="97" t="s">
         <v>10</v>
       </c>
       <c r="B359" s="86" t="s">
-        <v>563</v>
+        <v>581</v>
       </c>
       <c r="C359" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D359" s="86" t="s">
-        <v>564</v>
+        <v>582</v>
       </c>
       <c r="E359" s="88">
-        <v>43270</v>
+        <v>43165</v>
       </c>
       <c r="F359" s="78" t="s">
-        <v>565</v>
+        <v>583</v>
       </c>
     </row>
     <row r="360" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A360" s="97" t="s">
         <v>10</v>
       </c>
       <c r="B360" s="86" t="s">
-        <v>554</v>
+        <v>563</v>
       </c>
       <c r="C360" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D360" s="86" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
       <c r="E360" s="88">
-        <v>43313</v>
+        <v>43270</v>
       </c>
       <c r="F360" s="78" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:6" x14ac:dyDescent="0.35">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="361" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A361" s="97" t="s">
         <v>10</v>
       </c>
       <c r="B361" s="86" t="s">
-        <v>532</v>
+        <v>554</v>
       </c>
       <c r="C361" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D361" s="86" t="s">
-        <v>533</v>
+        <v>555</v>
       </c>
       <c r="E361" s="88">
-        <v>43411</v>
+        <v>43313</v>
       </c>
       <c r="F361" s="78" t="s">
-        <v>534</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="362" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A362" s="97" t="s">
         <v>10</v>
       </c>
       <c r="B362" s="86" t="s">
-        <v>386</v>
+        <v>532</v>
       </c>
       <c r="C362" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D362" s="86" t="s">
-        <v>387</v>
+        <v>533</v>
       </c>
       <c r="E362" s="88">
-        <v>43784</v>
+        <v>43411</v>
       </c>
       <c r="F362" s="78" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:6" x14ac:dyDescent="0.35">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="363" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A363" s="97" t="s">
         <v>10</v>
       </c>
       <c r="B363" s="86" t="s">
-        <v>201</v>
+        <v>386</v>
       </c>
       <c r="C363" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D363" s="86" t="s">
-        <v>202</v>
+        <v>387</v>
       </c>
       <c r="E363" s="88">
-        <v>44154</v>
+        <v>43784</v>
       </c>
       <c r="F363" s="78" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="364" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="364" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A364" s="97" t="s">
         <v>10</v>
       </c>
       <c r="B364" s="86" t="s">
-        <v>102</v>
+        <v>201</v>
       </c>
       <c r="C364" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D364" s="86" t="s">
-        <v>103</v>
+        <v>202</v>
       </c>
       <c r="E364" s="88">
-        <v>44522</v>
+        <v>44154</v>
       </c>
       <c r="F364" s="78" t="s">
-        <v>104</v>
+        <v>203</v>
       </c>
     </row>
     <row r="365" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A365" s="97" t="s">
         <v>10</v>
       </c>
       <c r="B365" s="86" t="s">
-        <v>11</v>
+        <v>102</v>
       </c>
       <c r="C365" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D365" s="86" t="s">
-        <v>12</v>
+        <v>103</v>
       </c>
       <c r="E365" s="88">
-        <v>44882</v>
+        <v>44522</v>
       </c>
       <c r="F365" s="78" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:6" x14ac:dyDescent="0.35">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="366" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A366" s="97" t="s">
         <v>10</v>
       </c>
       <c r="B366" s="86" t="s">
         <v>11</v>
       </c>
       <c r="C366" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D366" s="86" t="s">
-        <v>1735</v>
+        <v>12</v>
       </c>
       <c r="E366" s="88">
         <v>44882</v>
       </c>
-      <c r="F366" s="96" t="s">
-        <v>1737</v>
+      <c r="F366" s="78" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="367" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A367" s="97" t="s">
         <v>10</v>
       </c>
       <c r="B367" s="86" t="s">
         <v>11</v>
       </c>
       <c r="C367" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D367" s="86" t="s">
-        <v>1736</v>
+        <v>1735</v>
       </c>
       <c r="E367" s="88">
         <v>44882</v>
       </c>
       <c r="F367" s="96" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="368" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A368" s="97" t="s">
+        <v>10</v>
+      </c>
+      <c r="B368" s="86" t="s">
+        <v>11</v>
+      </c>
+      <c r="C368" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D368" s="86" t="s">
+        <v>1736</v>
+      </c>
+      <c r="E368" s="88">
+        <v>44882</v>
+      </c>
+      <c r="F368" s="96" t="s">
         <v>1738</v>
       </c>
     </row>
-    <row r="368" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-[...19 lines deleted...]
-    <row r="369" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="369" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A369" s="167" t="s">
         <v>10</v>
       </c>
       <c r="B369" s="86" t="s">
         <v>1584</v>
       </c>
       <c r="C369" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D369" s="86" t="s">
-        <v>1661</v>
+        <v>1588</v>
       </c>
       <c r="E369" s="88">
         <v>45251</v>
       </c>
       <c r="F369" s="83" t="s">
-        <v>1662</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="370" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A370" s="167" t="s">
         <v>10</v>
       </c>
       <c r="B370" s="86" t="s">
-        <v>1826</v>
+        <v>1584</v>
       </c>
       <c r="C370" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D370" s="86" t="s">
-        <v>1833</v>
+        <v>1661</v>
       </c>
       <c r="E370" s="88">
-        <v>45614</v>
+        <v>45251</v>
       </c>
       <c r="F370" s="83" t="s">
-        <v>1837</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="371" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A371" s="167" t="s">
         <v>10</v>
       </c>
       <c r="B371" s="86" t="s">
         <v>1826</v>
       </c>
       <c r="C371" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D371" s="86" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="E371" s="88">
         <v>45614</v>
       </c>
       <c r="F371" s="83" t="s">
-        <v>1838</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1837</v>
+      </c>
+    </row>
+    <row r="372" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A372" s="167" t="s">
         <v>10</v>
       </c>
       <c r="B372" s="86" t="s">
         <v>1826</v>
       </c>
       <c r="C372" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D372" s="86" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="E372" s="88">
         <v>45614</v>
       </c>
       <c r="F372" s="83" t="s">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="373" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A373" s="167" t="s">
+        <v>10</v>
+      </c>
+      <c r="B373" s="86" t="s">
+        <v>1826</v>
+      </c>
+      <c r="C373" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D373" s="86" t="s">
+        <v>1831</v>
+      </c>
+      <c r="E373" s="88">
+        <v>45614</v>
+      </c>
+      <c r="F373" s="83" t="s">
         <v>1836</v>
-      </c>
-[...16 lines deleted...]
-        <v>#N/A</v>
       </c>
     </row>
     <row r="374" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A374" s="97" t="s">
         <v>10</v>
       </c>
       <c r="B374" s="86"/>
       <c r="C374" s="86" t="s">
-        <v>1295</v>
+        <v>7</v>
       </c>
       <c r="D374" s="86" t="s">
-        <v>1492</v>
+        <v>1491</v>
       </c>
       <c r="E374" s="88">
-        <v>40512</v>
+        <v>41197</v>
       </c>
       <c r="F374" s="79" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="375" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A375" s="197" t="s">
+    <row r="375" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A375" s="97" t="s">
         <v>10</v>
       </c>
-      <c r="B375" s="86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B375" s="86"/>
       <c r="C375" s="86" t="s">
-        <v>7</v>
+        <v>1295</v>
       </c>
       <c r="D375" s="86" t="s">
-        <v>1928</v>
+        <v>1492</v>
       </c>
       <c r="E375" s="88">
-        <v>45975</v>
-[...2 lines deleted...]
-        <v>1930</v>
+        <v>40512</v>
+      </c>
+      <c r="F375" s="79" t="e">
+        <v>#N/A</v>
       </c>
     </row>
     <row r="376" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A376" s="197" t="s">
         <v>10</v>
       </c>
       <c r="B376" s="86" t="s">
         <v>1927</v>
       </c>
       <c r="C376" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D376" s="86" t="s">
-        <v>1929</v>
+        <v>1928</v>
       </c>
       <c r="E376" s="88">
         <v>45975</v>
       </c>
       <c r="F376" s="83" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="377" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A377" s="197" t="s">
+        <v>10</v>
+      </c>
+      <c r="B377" s="86" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C377" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D377" s="86" t="s">
+        <v>1929</v>
+      </c>
+      <c r="E377" s="88">
+        <v>45975</v>
+      </c>
+      <c r="F377" s="83" t="s">
         <v>1931</v>
       </c>
     </row>
-    <row r="377" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A377" s="110" t="s">
+    <row r="378" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A378" s="110" t="s">
         <v>105</v>
       </c>
-      <c r="B377" s="86" t="s">
+      <c r="B378" s="86" t="s">
         <v>106</v>
       </c>
-      <c r="C377" s="86" t="s">
+      <c r="C378" s="86" t="s">
         <v>107</v>
       </c>
-      <c r="D377" s="86" t="s">
+      <c r="D378" s="86" t="s">
         <v>108</v>
       </c>
-      <c r="E377" s="88">
+      <c r="E378" s="88">
         <v>44496</v>
       </c>
-      <c r="F377" s="78" t="s">
+      <c r="F378" s="78" t="s">
         <v>109</v>
-      </c>
-[...18 lines deleted...]
-        <v>1228</v>
       </c>
     </row>
     <row r="379" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A379" s="85" t="s">
         <v>1039</v>
       </c>
       <c r="B379" s="86" t="s">
-        <v>1218</v>
+        <v>1225</v>
       </c>
       <c r="C379" s="86" t="s">
-        <v>1212</v>
+        <v>1226</v>
       </c>
       <c r="D379" s="86" t="s">
-        <v>1219</v>
+        <v>1227</v>
       </c>
       <c r="E379" s="88">
-        <v>39905</v>
+        <v>39861</v>
       </c>
       <c r="F379" s="78" t="s">
-        <v>1220</v>
-[...2 lines deleted...]
-    <row r="380" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="380" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A380" s="85" t="s">
         <v>1039</v>
       </c>
       <c r="B380" s="86" t="s">
-        <v>1211</v>
+        <v>1218</v>
       </c>
       <c r="C380" s="86" t="s">
         <v>1212</v>
       </c>
       <c r="D380" s="86" t="s">
-        <v>1213</v>
+        <v>1219</v>
       </c>
       <c r="E380" s="88">
-        <v>39979</v>
+        <v>39905</v>
       </c>
       <c r="F380" s="78" t="s">
-        <v>1214</v>
-[...2 lines deleted...]
-    <row r="381" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="381" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A381" s="85" t="s">
         <v>1039</v>
       </c>
       <c r="B381" s="86" t="s">
-        <v>1144</v>
+        <v>1211</v>
       </c>
       <c r="C381" s="86" t="s">
-        <v>7</v>
+        <v>1212</v>
       </c>
       <c r="D381" s="86" t="s">
-        <v>1145</v>
+        <v>1213</v>
       </c>
       <c r="E381" s="88">
-        <v>40515</v>
+        <v>39979</v>
       </c>
       <c r="F381" s="78" t="s">
-        <v>1146</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="382" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A382" s="85" t="s">
         <v>1039</v>
       </c>
       <c r="B382" s="86" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C382" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D382" s="86" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E382" s="88">
+        <v>40515</v>
+      </c>
+      <c r="F382" s="78" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="383" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A383" s="85" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B383" s="86" t="s">
         <v>1040</v>
       </c>
-      <c r="C382" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D382" s="86" t="s">
+      <c r="C383" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D383" s="86" t="s">
         <v>1041</v>
       </c>
-      <c r="E382" s="88">
+      <c r="E383" s="88">
         <v>41263</v>
       </c>
-      <c r="F382" s="78" t="s">
+      <c r="F383" s="78" t="s">
         <v>1525</v>
-      </c>
-[...18 lines deleted...]
-        <v>888</v>
       </c>
     </row>
     <row r="384" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A384" s="100" t="s">
         <v>43</v>
       </c>
       <c r="B384" s="86" t="s">
-        <v>1415</v>
+        <v>1474</v>
       </c>
       <c r="C384" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D384" s="86" t="s">
-        <v>1416</v>
+        <v>1475</v>
       </c>
       <c r="E384" s="88">
-        <v>38072</v>
-[...2 lines deleted...]
-        <v>1417</v>
+        <v>36833</v>
+      </c>
+      <c r="F384" s="79" t="s">
+        <v>888</v>
       </c>
     </row>
     <row r="385" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A385" s="100" t="s">
         <v>43</v>
       </c>
       <c r="B385" s="86" t="s">
-        <v>1401</v>
+        <v>1415</v>
       </c>
       <c r="C385" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D385" s="86" t="s">
-        <v>1402</v>
+        <v>1416</v>
       </c>
       <c r="E385" s="88">
-        <v>38187</v>
+        <v>38072</v>
       </c>
       <c r="F385" s="78" t="s">
-        <v>1403</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="386" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A386" s="100" t="s">
         <v>43</v>
       </c>
       <c r="B386" s="86" t="s">
-        <v>1085</v>
+        <v>1401</v>
       </c>
       <c r="C386" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D386" s="86" t="s">
-        <v>1086</v>
+        <v>1402</v>
       </c>
       <c r="E386" s="88">
-        <v>40954</v>
+        <v>38187</v>
       </c>
       <c r="F386" s="78" t="s">
-        <v>1087</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="387" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A387" s="100" t="s">
         <v>43</v>
       </c>
       <c r="B387" s="86" t="s">
-        <v>1050</v>
+        <v>1085</v>
       </c>
       <c r="C387" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D387" s="86" t="s">
-        <v>1051</v>
+        <v>1086</v>
       </c>
       <c r="E387" s="88">
-        <v>41204</v>
+        <v>40954</v>
       </c>
       <c r="F387" s="78" t="s">
-        <v>1052</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="388" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A388" s="100" t="s">
         <v>43</v>
       </c>
       <c r="B388" s="86" t="s">
-        <v>1033</v>
+        <v>1050</v>
       </c>
       <c r="C388" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D388" s="86" t="s">
-        <v>1034</v>
+        <v>1051</v>
       </c>
       <c r="E388" s="88">
-        <v>41271</v>
+        <v>41204</v>
       </c>
       <c r="F388" s="78" t="s">
-        <v>1035</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="389" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A389" s="100" t="s">
         <v>43</v>
       </c>
       <c r="B389" s="86" t="s">
-        <v>1002</v>
+        <v>1033</v>
       </c>
       <c r="C389" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D389" s="86" t="s">
-        <v>1003</v>
+        <v>1034</v>
       </c>
       <c r="E389" s="88">
-        <v>41409</v>
+        <v>41271</v>
       </c>
       <c r="F389" s="78" t="s">
-        <v>1004</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="390" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A390" s="100" t="s">
         <v>43</v>
       </c>
       <c r="B390" s="86" t="s">
-        <v>635</v>
+        <v>1002</v>
       </c>
       <c r="C390" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D390" s="86" t="s">
-        <v>45</v>
+        <v>1003</v>
       </c>
       <c r="E390" s="88">
-        <v>42936</v>
+        <v>41409</v>
       </c>
       <c r="F390" s="78" t="s">
-        <v>636</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="391" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A391" s="100" t="s">
         <v>43</v>
       </c>
       <c r="B391" s="86" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="C391" s="86" t="s">
-        <v>85</v>
+        <v>7</v>
       </c>
       <c r="D391" s="86" t="s">
-        <v>633</v>
+        <v>45</v>
       </c>
       <c r="E391" s="88">
         <v>42936</v>
       </c>
       <c r="F391" s="78" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
     </row>
     <row r="392" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A392" s="100" t="s">
         <v>43</v>
       </c>
       <c r="B392" s="86" t="s">
-        <v>549</v>
+        <v>632</v>
       </c>
       <c r="C392" s="86" t="s">
-        <v>7</v>
+        <v>85</v>
       </c>
       <c r="D392" s="86" t="s">
-        <v>45</v>
+        <v>633</v>
       </c>
       <c r="E392" s="88">
-        <v>43314</v>
+        <v>42936</v>
       </c>
       <c r="F392" s="78" t="s">
-        <v>550</v>
+        <v>634</v>
       </c>
     </row>
     <row r="393" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A393" s="100" t="s">
         <v>43</v>
       </c>
       <c r="B393" s="86" t="s">
-        <v>380</v>
+        <v>549</v>
       </c>
       <c r="C393" s="86" t="s">
-        <v>85</v>
+        <v>7</v>
       </c>
       <c r="D393" s="86" t="s">
-        <v>381</v>
+        <v>45</v>
       </c>
       <c r="E393" s="88">
-        <v>43817</v>
+        <v>43314</v>
       </c>
       <c r="F393" s="78" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="394" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A394" s="100" t="s">
         <v>43</v>
       </c>
       <c r="B394" s="86" t="s">
-        <v>297</v>
+        <v>380</v>
       </c>
       <c r="C394" s="86" t="s">
-        <v>7</v>
+        <v>85</v>
       </c>
       <c r="D394" s="86" t="s">
-        <v>291</v>
+        <v>381</v>
       </c>
       <c r="E394" s="88">
-        <v>43934</v>
+        <v>43817</v>
       </c>
       <c r="F394" s="78" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:6" x14ac:dyDescent="0.35">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="395" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A395" s="100" t="s">
         <v>43</v>
       </c>
       <c r="B395" s="86" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C395" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D395" s="86" t="s">
         <v>291</v>
       </c>
       <c r="E395" s="88">
-        <v>43964</v>
+        <v>43934</v>
       </c>
       <c r="F395" s="78" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="396" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A396" s="100" t="s">
         <v>43</v>
       </c>
       <c r="B396" s="86" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="C396" s="86" t="s">
         <v>137</v>
       </c>
       <c r="D396" s="86" t="s">
         <v>291</v>
       </c>
       <c r="E396" s="88">
-        <v>44047</v>
+        <v>43964</v>
       </c>
       <c r="F396" s="78" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
     </row>
     <row r="397" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A397" s="100" t="s">
         <v>43</v>
       </c>
       <c r="B397" s="86" t="s">
-        <v>70</v>
+        <v>290</v>
       </c>
       <c r="C397" s="86" t="s">
-        <v>7</v>
+        <v>137</v>
       </c>
       <c r="D397" s="86" t="s">
-        <v>71</v>
+        <v>291</v>
       </c>
       <c r="E397" s="88">
-        <v>44650</v>
+        <v>44047</v>
       </c>
       <c r="F397" s="78" t="s">
-        <v>72</v>
+        <v>292</v>
       </c>
     </row>
     <row r="398" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A398" s="100" t="s">
         <v>43</v>
       </c>
       <c r="B398" s="86" t="s">
+        <v>70</v>
+      </c>
+      <c r="C398" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D398" s="86" t="s">
+        <v>71</v>
+      </c>
+      <c r="E398" s="88">
+        <v>44650</v>
+      </c>
+      <c r="F398" s="78" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="399" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A399" s="100" t="s">
+        <v>43</v>
+      </c>
+      <c r="B399" s="86" t="s">
         <v>44</v>
       </c>
-      <c r="C398" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D398" s="86" t="s">
+      <c r="C399" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D399" s="86" t="s">
         <v>45</v>
       </c>
-      <c r="E398" s="88">
+      <c r="E399" s="88">
         <v>44775</v>
       </c>
-      <c r="F398" s="78" t="s">
+      <c r="F399" s="78" t="s">
         <v>46</v>
-      </c>
-[...18 lines deleted...]
-        <v>1530</v>
       </c>
     </row>
     <row r="400" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A400" s="116" t="s">
         <v>312</v>
       </c>
       <c r="B400" s="86" t="s">
-        <v>1303</v>
+        <v>1317</v>
       </c>
       <c r="C400" s="86" t="s">
-        <v>1304</v>
+        <v>7</v>
       </c>
       <c r="D400" s="86" t="s">
-        <v>1305</v>
-[...5 lines deleted...]
-        <v>888</v>
+        <v>1318</v>
+      </c>
+      <c r="E400" s="88">
+        <v>39167</v>
+      </c>
+      <c r="F400" s="78" t="s">
+        <v>1530</v>
       </c>
     </row>
     <row r="401" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A401" s="116" t="s">
         <v>312</v>
       </c>
       <c r="B401" s="86" t="s">
-        <v>1241</v>
+        <v>1303</v>
       </c>
       <c r="C401" s="86" t="s">
-        <v>1242</v>
+        <v>1304</v>
       </c>
       <c r="D401" s="86" t="s">
-        <v>1243</v>
-[...3 lines deleted...]
-        <v>1244</v>
+        <v>1305</v>
+      </c>
+      <c r="E401" s="88" t="s">
+        <v>1306</v>
+      </c>
+      <c r="F401" s="79" t="s">
+        <v>888</v>
       </c>
     </row>
     <row r="402" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A402" s="116" t="s">
         <v>312</v>
       </c>
       <c r="B402" s="86" t="s">
-        <v>1221</v>
+        <v>1241</v>
       </c>
       <c r="C402" s="86" t="s">
-        <v>1222</v>
+        <v>1242</v>
       </c>
       <c r="D402" s="86" t="s">
-        <v>1223</v>
-[...3 lines deleted...]
-      </c>
+        <v>1243</v>
+      </c>
+      <c r="E402" s="88"/>
       <c r="F402" s="78" t="s">
-        <v>1224</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="403" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A403" s="116" t="s">
         <v>312</v>
       </c>
       <c r="B403" s="86" t="s">
-        <v>1074</v>
+        <v>1221</v>
       </c>
       <c r="C403" s="86" t="s">
-        <v>7</v>
+        <v>1222</v>
       </c>
       <c r="D403" s="86" t="s">
-        <v>1075</v>
+        <v>1223</v>
       </c>
       <c r="E403" s="88">
-        <v>41113</v>
+        <v>39883</v>
       </c>
       <c r="F403" s="78" t="s">
-        <v>1076</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="404" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A404" s="116" t="s">
         <v>312</v>
       </c>
       <c r="B404" s="86" t="s">
-        <v>1025</v>
+        <v>1074</v>
       </c>
       <c r="C404" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D404" s="86" t="s">
-        <v>746</v>
+        <v>1075</v>
       </c>
       <c r="E404" s="88">
-        <v>41303</v>
+        <v>41113</v>
       </c>
       <c r="F404" s="78" t="s">
-        <v>1026</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="405" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A405" s="116" t="s">
         <v>312</v>
       </c>
       <c r="B405" s="86" t="s">
-        <v>1005</v>
+        <v>1025</v>
       </c>
       <c r="C405" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D405" s="86" t="s">
-        <v>725</v>
+        <v>746</v>
       </c>
       <c r="E405" s="88">
-        <v>41401</v>
+        <v>41303</v>
       </c>
       <c r="F405" s="78" t="s">
-        <v>1006</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="406" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A406" s="116" t="s">
         <v>312</v>
       </c>
       <c r="B406" s="86" t="s">
-        <v>944</v>
+        <v>1005</v>
       </c>
       <c r="C406" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D406" s="86" t="s">
-        <v>746</v>
+        <v>725</v>
       </c>
       <c r="E406" s="88">
-        <v>41703</v>
-[...2 lines deleted...]
-        <v>888</v>
+        <v>41401</v>
+      </c>
+      <c r="F406" s="78" t="s">
+        <v>1006</v>
       </c>
     </row>
     <row r="407" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A407" s="116" t="s">
         <v>312</v>
       </c>
       <c r="B407" s="86" t="s">
-        <v>918</v>
+        <v>944</v>
       </c>
       <c r="C407" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D407" s="86" t="s">
-        <v>919</v>
+        <v>746</v>
       </c>
       <c r="E407" s="88">
-        <v>41796</v>
-[...2 lines deleted...]
-        <v>920</v>
+        <v>41703</v>
+      </c>
+      <c r="F407" s="79" t="s">
+        <v>888</v>
       </c>
     </row>
     <row r="408" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A408" s="116" t="s">
         <v>312</v>
       </c>
       <c r="B408" s="86" t="s">
-        <v>880</v>
+        <v>918</v>
       </c>
       <c r="C408" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D408" s="86" t="s">
-        <v>881</v>
+        <v>919</v>
       </c>
       <c r="E408" s="88">
-        <v>42030</v>
+        <v>41796</v>
       </c>
       <c r="F408" s="78" t="s">
-        <v>882</v>
+        <v>920</v>
       </c>
     </row>
     <row r="409" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A409" s="116" t="s">
         <v>312</v>
       </c>
       <c r="B409" s="86" t="s">
-        <v>869</v>
+        <v>880</v>
       </c>
       <c r="C409" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D409" s="86" t="s">
-        <v>746</v>
+        <v>881</v>
       </c>
       <c r="E409" s="88">
-        <v>42054</v>
+        <v>42030</v>
       </c>
       <c r="F409" s="78" t="s">
-        <v>870</v>
+        <v>882</v>
       </c>
     </row>
     <row r="410" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A410" s="116" t="s">
         <v>312</v>
       </c>
       <c r="B410" s="86" t="s">
-        <v>764</v>
+        <v>869</v>
       </c>
       <c r="C410" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D410" s="86" t="s">
-        <v>765</v>
+        <v>746</v>
       </c>
       <c r="E410" s="88">
-        <v>42569</v>
+        <v>42054</v>
       </c>
       <c r="F410" s="78" t="s">
-        <v>766</v>
+        <v>870</v>
       </c>
     </row>
     <row r="411" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A411" s="116" t="s">
         <v>312</v>
       </c>
       <c r="B411" s="86" t="s">
-        <v>751</v>
+        <v>764</v>
       </c>
       <c r="C411" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D411" s="86" t="s">
-        <v>752</v>
+        <v>765</v>
       </c>
       <c r="E411" s="88">
-        <v>42523</v>
+        <v>42569</v>
       </c>
       <c r="F411" s="78" t="s">
-        <v>753</v>
+        <v>766</v>
       </c>
     </row>
     <row r="412" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A412" s="116" t="s">
         <v>312</v>
       </c>
       <c r="B412" s="86" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
       <c r="C412" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D412" s="86" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="E412" s="88">
-        <v>42537</v>
+        <v>42523</v>
       </c>
       <c r="F412" s="78" t="s">
-        <v>747</v>
+        <v>753</v>
       </c>
     </row>
     <row r="413" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A413" s="116" t="s">
         <v>312</v>
       </c>
       <c r="B413" s="86" t="s">
-        <v>724</v>
+        <v>745</v>
       </c>
       <c r="C413" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D413" s="86" t="s">
-        <v>725</v>
+        <v>746</v>
       </c>
       <c r="E413" s="88">
-        <v>42605</v>
+        <v>42537</v>
       </c>
       <c r="F413" s="78" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="414" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="414" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A414" s="116" t="s">
         <v>312</v>
       </c>
       <c r="B414" s="86" t="s">
+        <v>724</v>
+      </c>
+      <c r="C414" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D414" s="86" t="s">
+        <v>725</v>
+      </c>
+      <c r="E414" s="88">
+        <v>42605</v>
+      </c>
+      <c r="F414" s="78" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="415" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A415" s="116" t="s">
+        <v>312</v>
+      </c>
+      <c r="B415" s="86" t="s">
         <v>309</v>
       </c>
-      <c r="C414" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D414" s="86" t="s">
+      <c r="C415" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D415" s="86" t="s">
         <v>310</v>
       </c>
-      <c r="E414" s="88">
+      <c r="E415" s="88">
         <v>43923</v>
       </c>
-      <c r="F414" s="78" t="s">
+      <c r="F415" s="78" t="s">
         <v>311</v>
       </c>
     </row>
-    <row r="415" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A415" s="190" t="s">
+    <row r="416" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A416" s="190" t="s">
         <v>312</v>
       </c>
-      <c r="B415" s="86" t="s">
+      <c r="B416" s="86" t="s">
         <v>1865</v>
       </c>
-      <c r="C415" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D415" s="86" t="s">
+      <c r="C416" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D416" s="86" t="s">
         <v>1870</v>
       </c>
-      <c r="E415" s="88">
+      <c r="E416" s="88">
         <v>45798</v>
       </c>
-      <c r="F415" s="83" t="s">
+      <c r="F416" s="83" t="s">
         <v>1876</v>
       </c>
     </row>
-    <row r="416" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A416" s="166" t="s">
+    <row r="417" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A417" s="198" t="s">
+        <v>312</v>
+      </c>
+      <c r="B417" s="86" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C417" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D417" s="86" t="s">
+        <v>1935</v>
+      </c>
+      <c r="E417" s="88">
+        <v>46049</v>
+      </c>
+      <c r="F417" s="83" t="s">
+        <v>1937</v>
+      </c>
+    </row>
+    <row r="418" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A418" s="166" t="s">
         <v>1516</v>
       </c>
-      <c r="B416" s="86" t="s">
+      <c r="B418" s="86" t="s">
         <v>1598</v>
       </c>
-      <c r="C416" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D416" s="86" t="s">
+      <c r="C418" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D418" s="86" t="s">
         <v>1605</v>
       </c>
-      <c r="E416" s="88">
+      <c r="E418" s="88">
         <v>45309</v>
       </c>
-      <c r="F416" s="83" t="s">
+      <c r="F418" s="83" t="s">
         <v>1606</v>
       </c>
     </row>
-    <row r="417" spans="1:6" x14ac:dyDescent="0.35">
-[...39 lines deleted...]
-    <row r="419" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+    <row r="419" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A419" s="113" t="s">
         <v>191</v>
       </c>
       <c r="B419" s="86" t="s">
+        <v>571</v>
+      </c>
+      <c r="C419" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D419" s="86" t="s">
+        <v>572</v>
+      </c>
+      <c r="E419" s="88">
+        <v>43200</v>
+      </c>
+      <c r="F419" s="78" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="420" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A420" s="113" t="s">
+        <v>191</v>
+      </c>
+      <c r="B420" s="86" t="s">
+        <v>524</v>
+      </c>
+      <c r="C420" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D420" s="86" t="s">
+        <v>525</v>
+      </c>
+      <c r="E420" s="88">
+        <v>43446</v>
+      </c>
+      <c r="F420" s="78" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="421" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A421" s="113" t="s">
+        <v>191</v>
+      </c>
+      <c r="B421" s="86" t="s">
         <v>188</v>
       </c>
-      <c r="C419" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D419" s="86" t="s">
+      <c r="C421" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D421" s="86" t="s">
         <v>189</v>
       </c>
-      <c r="E419" s="88">
+      <c r="E421" s="88">
         <v>44182</v>
       </c>
-      <c r="F419" s="78" t="s">
+      <c r="F421" s="78" t="s">
         <v>190</v>
-      </c>
-[...38 lines deleted...]
-        <v>1198</v>
       </c>
     </row>
     <row r="422" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A422" s="111" t="s">
         <v>45</v>
       </c>
       <c r="B422" s="86" t="s">
-        <v>1166</v>
+        <v>1300</v>
       </c>
       <c r="C422" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D422" s="86" t="s">
         <v>45</v>
       </c>
       <c r="E422" s="88">
-        <v>40387</v>
-[...2 lines deleted...]
-        <v>1167</v>
+        <v>39381</v>
+      </c>
+      <c r="F422" s="79" t="s">
+        <v>888</v>
       </c>
     </row>
     <row r="423" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A423" s="111" t="s">
         <v>45</v>
       </c>
       <c r="B423" s="86" t="s">
-        <v>1118</v>
+        <v>1197</v>
       </c>
       <c r="C423" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D423" s="86" t="s">
         <v>45</v>
       </c>
       <c r="E423" s="88">
-        <v>40753</v>
+        <v>40025</v>
       </c>
       <c r="F423" s="78" t="s">
-        <v>1119</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="424" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A424" s="111" t="s">
         <v>45</v>
       </c>
       <c r="B424" s="86" t="s">
-        <v>1077</v>
+        <v>1166</v>
       </c>
       <c r="C424" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D424" s="86" t="s">
         <v>45</v>
       </c>
       <c r="E424" s="88">
-        <v>41109</v>
-[...2 lines deleted...]
-        <v>888</v>
+        <v>40387</v>
+      </c>
+      <c r="F424" s="78" t="s">
+        <v>1167</v>
       </c>
     </row>
     <row r="425" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A425" s="111" t="s">
         <v>45</v>
       </c>
       <c r="B425" s="86" t="s">
-        <v>993</v>
+        <v>1118</v>
       </c>
       <c r="C425" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D425" s="86" t="s">
         <v>45</v>
       </c>
       <c r="E425" s="88">
-        <v>41478</v>
-[...2 lines deleted...]
-        <v>888</v>
+        <v>40753</v>
+      </c>
+      <c r="F425" s="78" t="s">
+        <v>1119</v>
       </c>
     </row>
     <row r="426" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A426" s="111" t="s">
         <v>45</v>
       </c>
       <c r="B426" s="86" t="s">
-        <v>914</v>
+        <v>1077</v>
       </c>
       <c r="C426" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D426" s="86" t="s">
         <v>45</v>
       </c>
       <c r="E426" s="88">
-        <v>41829</v>
+        <v>41109</v>
       </c>
       <c r="F426" s="79" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="427" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A427" s="111" t="s">
         <v>45</v>
       </c>
       <c r="B427" s="86" t="s">
-        <v>841</v>
+        <v>993</v>
       </c>
       <c r="C427" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D427" s="86" t="s">
         <v>45</v>
       </c>
       <c r="E427" s="88">
-        <v>42143</v>
-[...2 lines deleted...]
-        <v>842</v>
+        <v>41478</v>
+      </c>
+      <c r="F427" s="79" t="s">
+        <v>888</v>
       </c>
     </row>
     <row r="428" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A428" s="111" t="s">
         <v>45</v>
       </c>
       <c r="B428" s="86" t="s">
-        <v>730</v>
+        <v>914</v>
       </c>
       <c r="C428" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D428" s="86" t="s">
         <v>45</v>
       </c>
       <c r="E428" s="88">
-        <v>42569</v>
-[...2 lines deleted...]
-        <v>731</v>
+        <v>41829</v>
+      </c>
+      <c r="F428" s="79" t="s">
+        <v>888</v>
       </c>
     </row>
     <row r="429" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A429" s="111" t="s">
         <v>45</v>
       </c>
       <c r="B429" s="86" t="s">
-        <v>549</v>
+        <v>841</v>
       </c>
       <c r="C429" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D429" s="86" t="s">
-        <v>127</v>
+        <v>45</v>
       </c>
       <c r="E429" s="88">
-        <v>43314</v>
+        <v>42143</v>
       </c>
       <c r="F429" s="78" t="s">
-        <v>550</v>
+        <v>842</v>
       </c>
     </row>
     <row r="430" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A430" s="111" t="s">
         <v>45</v>
       </c>
       <c r="B430" s="86" t="s">
-        <v>428</v>
+        <v>730</v>
       </c>
       <c r="C430" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D430" s="86" t="s">
-        <v>127</v>
+        <v>45</v>
       </c>
       <c r="E430" s="88">
-        <v>43675</v>
+        <v>42569</v>
       </c>
       <c r="F430" s="78" t="s">
-        <v>429</v>
+        <v>731</v>
       </c>
     </row>
     <row r="431" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A431" s="111" t="s">
         <v>45</v>
       </c>
       <c r="B431" s="86" t="s">
-        <v>240</v>
+        <v>549</v>
       </c>
       <c r="C431" s="86" t="s">
-        <v>67</v>
+        <v>7</v>
       </c>
       <c r="D431" s="86" t="s">
         <v>127</v>
       </c>
       <c r="E431" s="88">
-        <v>44046</v>
+        <v>43314</v>
       </c>
       <c r="F431" s="78" t="s">
-        <v>241</v>
+        <v>550</v>
       </c>
     </row>
     <row r="432" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A432" s="111" t="s">
         <v>45</v>
       </c>
       <c r="B432" s="86" t="s">
-        <v>126</v>
+        <v>428</v>
       </c>
       <c r="C432" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D432" s="86" t="s">
         <v>127</v>
       </c>
       <c r="E432" s="88">
+        <v>43675</v>
+      </c>
+      <c r="F432" s="78" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="433" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A433" s="111" t="s">
+        <v>45</v>
+      </c>
+      <c r="B433" s="86" t="s">
+        <v>240</v>
+      </c>
+      <c r="C433" s="86" t="s">
+        <v>67</v>
+      </c>
+      <c r="D433" s="86" t="s">
+        <v>127</v>
+      </c>
+      <c r="E433" s="88">
+        <v>44046</v>
+      </c>
+      <c r="F433" s="78" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="434" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A434" s="111" t="s">
+        <v>45</v>
+      </c>
+      <c r="B434" s="86" t="s">
+        <v>126</v>
+      </c>
+      <c r="C434" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D434" s="86" t="s">
+        <v>127</v>
+      </c>
+      <c r="E434" s="88">
         <v>44405</v>
       </c>
-      <c r="F432" s="78" t="s">
+      <c r="F434" s="78" t="s">
         <v>128</v>
-      </c>
-[...38 lines deleted...]
-        <v>1895</v>
       </c>
     </row>
     <row r="435" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A435" s="172" t="s">
         <v>45</v>
       </c>
       <c r="B435" s="86" t="s">
-        <v>1880</v>
+        <v>1568</v>
       </c>
       <c r="C435" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D435" s="86" t="s">
-        <v>1883</v>
+        <v>45</v>
       </c>
       <c r="E435" s="88">
-        <v>45875</v>
+        <v>45142</v>
       </c>
       <c r="F435" s="83" t="s">
-        <v>1894</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="436" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A436" s="172" t="s">
         <v>45</v>
       </c>
       <c r="B436" s="86" t="s">
         <v>1880</v>
       </c>
       <c r="C436" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D436" s="86" t="s">
-        <v>1884</v>
+        <v>45</v>
       </c>
       <c r="E436" s="88">
         <v>45875</v>
       </c>
       <c r="F436" s="83" t="s">
+        <v>1895</v>
+      </c>
+    </row>
+    <row r="437" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A437" s="172" t="s">
+        <v>45</v>
+      </c>
+      <c r="B437" s="86" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C437" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D437" s="86" t="s">
+        <v>1883</v>
+      </c>
+      <c r="E437" s="88">
+        <v>45875</v>
+      </c>
+      <c r="F437" s="83" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="438" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A438" s="172" t="s">
+        <v>45</v>
+      </c>
+      <c r="B438" s="86" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C438" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D438" s="86" t="s">
+        <v>1884</v>
+      </c>
+      <c r="E438" s="88">
+        <v>45875</v>
+      </c>
+      <c r="F438" s="83" t="s">
         <v>1893</v>
       </c>
     </row>
-    <row r="437" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A437" s="89" t="s">
+    <row r="439" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A439" s="89" t="s">
         <v>934</v>
       </c>
-      <c r="B437" s="86" t="s">
+      <c r="B439" s="86" t="s">
         <v>945</v>
       </c>
-      <c r="C437" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D437" s="86" t="s">
+      <c r="C439" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D439" s="86" t="s">
         <v>946</v>
       </c>
-      <c r="E437" s="88">
+      <c r="E439" s="88">
         <v>41702</v>
       </c>
-      <c r="F437" s="78" t="s">
+      <c r="F439" s="78" t="s">
         <v>947</v>
       </c>
     </row>
-    <row r="438" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A438" s="89" t="s">
+    <row r="440" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A440" s="89" t="s">
         <v>934</v>
       </c>
-      <c r="B438" s="86" t="s">
+      <c r="B440" s="86" t="s">
         <v>935</v>
       </c>
-      <c r="C438" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D438" s="86" t="s">
+      <c r="C440" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D440" s="86" t="s">
         <v>936</v>
       </c>
-      <c r="E438" s="88">
+      <c r="E440" s="88">
         <v>41725</v>
       </c>
-      <c r="F438" s="78" t="s">
+      <c r="F440" s="78" t="s">
         <v>937</v>
       </c>
     </row>
-    <row r="439" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A439" s="146" t="s">
+    <row r="441" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A441" s="146" t="s">
         <v>1297</v>
       </c>
-      <c r="B439" s="86" t="s">
+      <c r="B441" s="86" t="s">
         <v>1298</v>
       </c>
-      <c r="C439" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D439" s="86" t="s">
+      <c r="C441" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D441" s="86" t="s">
         <v>1299</v>
       </c>
-      <c r="E439" s="88">
+      <c r="E441" s="88">
         <v>39401</v>
       </c>
-      <c r="F439" s="79" t="s">
+      <c r="F441" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="440" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A440" s="139" t="s">
+    <row r="442" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A442" s="139" t="s">
         <v>1053</v>
       </c>
-      <c r="B440" s="86" t="s">
+      <c r="B442" s="86" t="s">
         <v>1054</v>
       </c>
-      <c r="C440" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D440" s="86" t="s">
+      <c r="C442" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D442" s="86" t="s">
         <v>1055</v>
       </c>
-      <c r="E440" s="88">
+      <c r="E442" s="88">
         <v>41198</v>
       </c>
-      <c r="F440" s="78" t="s">
+      <c r="F442" s="78" t="s">
         <v>1056</v>
       </c>
     </row>
-    <row r="441" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A441" s="144" t="s">
+    <row r="443" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A443" s="144" t="s">
         <v>1268</v>
       </c>
-      <c r="B441" s="86" t="s">
+      <c r="B443" s="86" t="s">
         <v>1362</v>
       </c>
-      <c r="C441" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D441" s="86" t="s">
+      <c r="C443" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D443" s="86" t="s">
         <v>1363</v>
       </c>
-      <c r="E441" s="88">
+      <c r="E443" s="88">
         <v>38616</v>
       </c>
-      <c r="F441" s="78" t="s">
+      <c r="F443" s="78" t="s">
         <v>1364</v>
       </c>
     </row>
-    <row r="442" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A442" s="144" t="s">
+    <row r="444" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A444" s="144" t="s">
         <v>1268</v>
       </c>
-      <c r="B442" s="86" t="s">
+      <c r="B444" s="86" t="s">
         <v>1269</v>
       </c>
-      <c r="C442" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D442" s="86" t="s">
+      <c r="C444" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D444" s="86" t="s">
         <v>1270</v>
       </c>
-      <c r="E442" s="88">
+      <c r="E444" s="88">
         <v>39682</v>
       </c>
-      <c r="F442" s="78" t="s">
+      <c r="F444" s="78" t="s">
         <v>1271</v>
       </c>
     </row>
-    <row r="443" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
-[...39 lines deleted...]
-    <row r="445" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+    <row r="445" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A445" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B445" s="86" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="C445" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D445" s="86" t="s">
-        <v>504</v>
+        <v>511</v>
       </c>
       <c r="E445" s="88">
-        <v>43574</v>
+        <v>43551</v>
       </c>
       <c r="F445" s="78" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-    <row r="446" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="446" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A446" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B446" s="86" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="C446" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D446" s="86" t="s">
         <v>504</v>
       </c>
       <c r="E446" s="88">
-        <v>43601</v>
+        <v>43552</v>
       </c>
       <c r="F446" s="78" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-    <row r="447" spans="1:6" x14ac:dyDescent="0.35">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="447" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A447" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B447" s="86" t="s">
-        <v>150</v>
+        <v>506</v>
       </c>
       <c r="C447" s="86" t="s">
-        <v>7</v>
+        <v>137</v>
       </c>
       <c r="D447" s="86" t="s">
-        <v>151</v>
+        <v>504</v>
       </c>
       <c r="E447" s="88">
-        <v>44336</v>
+        <v>43574</v>
       </c>
       <c r="F447" s="78" t="s">
-        <v>152</v>
+        <v>507</v>
       </c>
     </row>
     <row r="448" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A448" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B448" s="86" t="s">
-        <v>15</v>
+        <v>503</v>
       </c>
       <c r="C448" s="86" t="s">
-        <v>7</v>
+        <v>137</v>
       </c>
       <c r="D448" s="86" t="s">
-        <v>16</v>
+        <v>504</v>
       </c>
       <c r="E448" s="88">
-        <v>44846</v>
+        <v>43601</v>
       </c>
       <c r="F448" s="78" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-    <row r="449" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="449" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A449" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B449" s="86" t="s">
-        <v>1548</v>
+        <v>150</v>
       </c>
       <c r="C449" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D449" s="86" t="s">
-        <v>1550</v>
+        <v>151</v>
       </c>
       <c r="E449" s="88">
-        <v>45064</v>
-[...5 lines deleted...]
-    <row r="450" spans="1:6" x14ac:dyDescent="0.35">
+        <v>44336</v>
+      </c>
+      <c r="F449" s="78" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="450" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A450" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B450" s="86" t="s">
-        <v>1548</v>
+        <v>15</v>
       </c>
       <c r="C450" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D450" s="86" t="s">
-        <v>1701</v>
+        <v>16</v>
       </c>
       <c r="E450" s="88">
-        <v>45064</v>
-[...5 lines deleted...]
-    <row r="451" spans="1:6" x14ac:dyDescent="0.35">
+        <v>44846</v>
+      </c>
+      <c r="F450" s="78" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="451" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A451" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B451" s="86" t="s">
         <v>1548</v>
       </c>
       <c r="C451" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D451" s="86" t="s">
-        <v>1702</v>
+        <v>1550</v>
       </c>
       <c r="E451" s="88">
         <v>45064</v>
       </c>
       <c r="F451" s="83" t="s">
-        <v>1712</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="452" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A452" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B452" s="86" t="s">
         <v>1548</v>
       </c>
       <c r="C452" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D452" s="86" t="s">
-        <v>1703</v>
+        <v>1701</v>
       </c>
       <c r="E452" s="88">
         <v>45064</v>
       </c>
       <c r="F452" s="83" t="s">
-        <v>1713</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="453" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A453" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B453" s="86" t="s">
         <v>1548</v>
       </c>
       <c r="C453" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D453" s="86" t="s">
-        <v>1704</v>
+        <v>1702</v>
       </c>
       <c r="E453" s="88">
         <v>45064</v>
       </c>
       <c r="F453" s="83" t="s">
-        <v>1714</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="454" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A454" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B454" s="86" t="s">
         <v>1548</v>
       </c>
       <c r="C454" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D454" s="86" t="s">
-        <v>1705</v>
+        <v>1703</v>
       </c>
       <c r="E454" s="88">
         <v>45064</v>
       </c>
       <c r="F454" s="83" t="s">
-        <v>1715</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="455" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A455" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B455" s="86" t="s">
         <v>1548</v>
       </c>
       <c r="C455" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D455" s="86" t="s">
-        <v>1706</v>
+        <v>1704</v>
       </c>
       <c r="E455" s="88">
         <v>45064</v>
       </c>
       <c r="F455" s="83" t="s">
-        <v>1716</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="456" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A456" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B456" s="86" t="s">
         <v>1548</v>
       </c>
       <c r="C456" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D456" s="86" t="s">
-        <v>1707</v>
+        <v>1705</v>
       </c>
       <c r="E456" s="88">
         <v>45064</v>
       </c>
       <c r="F456" s="83" t="s">
-        <v>1717</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="457" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A457" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B457" s="86" t="s">
         <v>1548</v>
       </c>
       <c r="C457" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D457" s="86" t="s">
-        <v>1708</v>
+        <v>1706</v>
       </c>
       <c r="E457" s="88">
         <v>45064</v>
       </c>
       <c r="F457" s="83" t="s">
-        <v>1718</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="458" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A458" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B458" s="86" t="s">
         <v>1548</v>
       </c>
       <c r="C458" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D458" s="86" t="s">
-        <v>1709</v>
+        <v>1707</v>
       </c>
       <c r="E458" s="88">
         <v>45064</v>
       </c>
       <c r="F458" s="83" t="s">
-        <v>1719</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="459" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A459" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B459" s="86" t="s">
         <v>1548</v>
       </c>
       <c r="C459" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D459" s="86" t="s">
-        <v>1710</v>
+        <v>1708</v>
       </c>
       <c r="E459" s="88">
         <v>45064</v>
       </c>
       <c r="F459" s="83" t="s">
-        <v>1720</v>
-[...2 lines deleted...]
-    <row r="460" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="460" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A460" s="91" t="s">
         <v>14</v>
       </c>
       <c r="B460" s="86" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C460" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D460" s="86" t="s">
+        <v>1709</v>
+      </c>
+      <c r="E460" s="88">
+        <v>45064</v>
+      </c>
+      <c r="F460" s="83" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="461" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A461" s="91" t="s">
+        <v>14</v>
+      </c>
+      <c r="B461" s="86" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C461" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D461" s="86" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E461" s="88">
+        <v>45064</v>
+      </c>
+      <c r="F461" s="83" t="s">
+        <v>1720</v>
+      </c>
+    </row>
+    <row r="462" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A462" s="91" t="s">
+        <v>14</v>
+      </c>
+      <c r="B462" s="86" t="s">
         <v>1615</v>
       </c>
-      <c r="C460" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D460" s="86" t="s">
+      <c r="C462" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D462" s="86" t="s">
         <v>1621</v>
       </c>
-      <c r="E460" s="88">
+      <c r="E462" s="88">
         <v>45362</v>
       </c>
-      <c r="F460" s="83" t="s">
+      <c r="F462" s="83" t="s">
         <v>1622</v>
       </c>
     </row>
-    <row r="461" spans="1:6" x14ac:dyDescent="0.35">
-[...38 lines deleted...]
-    </row>
     <row r="463" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A463" s="131" t="s">
-        <v>738</v>
+      <c r="A463" s="199" t="s">
+        <v>14</v>
       </c>
       <c r="B463" s="86" t="s">
-        <v>1461</v>
+        <v>1938</v>
       </c>
       <c r="C463" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D463" s="86" t="s">
-        <v>1462</v>
+        <v>1940</v>
       </c>
       <c r="E463" s="88">
-        <v>37308</v>
-[...5 lines deleted...]
-    <row r="464" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>46063</v>
+      </c>
+      <c r="F463" s="83" t="s">
+        <v>1942</v>
+      </c>
+    </row>
+    <row r="464" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A464" s="131" t="s">
         <v>738</v>
       </c>
       <c r="B464" s="86" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C464" s="86" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D464" s="86" t="s">
+        <v>1468</v>
+      </c>
+      <c r="E464" s="88">
+        <v>37239</v>
+      </c>
+      <c r="F464" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="465" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A465" s="131" t="s">
+        <v>738</v>
+      </c>
+      <c r="B465" s="86" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C465" s="86" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D465" s="86" t="s">
+        <v>1466</v>
+      </c>
+      <c r="E465" s="88">
+        <v>37259</v>
+      </c>
+      <c r="F465" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="466" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A466" s="131" t="s">
+        <v>738</v>
+      </c>
+      <c r="B466" s="86" t="s">
+        <v>1461</v>
+      </c>
+      <c r="C466" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D466" s="86" t="s">
+        <v>1462</v>
+      </c>
+      <c r="E466" s="88">
+        <v>37308</v>
+      </c>
+      <c r="F466" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="467" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A467" s="131" t="s">
+        <v>738</v>
+      </c>
+      <c r="B467" s="86" t="s">
         <v>1129</v>
       </c>
-      <c r="C464" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D464" s="86" t="s">
+      <c r="C467" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D467" s="86" t="s">
         <v>1130</v>
       </c>
-      <c r="E464" s="88">
+      <c r="E467" s="88">
         <v>40729</v>
       </c>
-      <c r="F464" s="78" t="s">
+      <c r="F467" s="78" t="s">
         <v>1131</v>
       </c>
     </row>
-    <row r="465" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A465" s="149" t="s">
+    <row r="468" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A468" s="149" t="s">
         <v>1374</v>
       </c>
-      <c r="B465" s="86" t="s">
+      <c r="B468" s="86" t="s">
         <v>1375</v>
       </c>
-      <c r="C465" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D465" s="86" t="s">
+      <c r="C468" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D468" s="86" t="s">
         <v>1376</v>
       </c>
-      <c r="E465" s="88">
+      <c r="E468" s="88">
         <v>38479</v>
       </c>
-      <c r="F465" s="78" t="s">
+      <c r="F468" s="78" t="s">
         <v>1377</v>
       </c>
     </row>
-    <row r="466" spans="1:6" x14ac:dyDescent="0.35">
-[...59 lines deleted...]
-    <row r="469" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+    <row r="469" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A469" s="121" t="s">
         <v>374</v>
       </c>
       <c r="B469" s="86" t="s">
-        <v>893</v>
+        <v>1115</v>
       </c>
       <c r="C469" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D469" s="86" t="s">
-        <v>894</v>
+        <v>1116</v>
       </c>
       <c r="E469" s="88">
-        <v>41946</v>
+        <v>40767</v>
       </c>
       <c r="F469" s="78" t="s">
-        <v>895</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="470" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A470" s="121" t="s">
         <v>374</v>
       </c>
       <c r="B470" s="86" t="s">
+        <v>991</v>
+      </c>
+      <c r="C470" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D470" s="86" t="s">
+        <v>894</v>
+      </c>
+      <c r="E470" s="88">
+        <v>41486</v>
+      </c>
+      <c r="F470" s="78" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="471" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A471" s="121" t="s">
+        <v>374</v>
+      </c>
+      <c r="B471" s="86" t="s">
+        <v>960</v>
+      </c>
+      <c r="C471" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D471" s="86" t="s">
+        <v>961</v>
+      </c>
+      <c r="E471" s="88">
+        <v>41593</v>
+      </c>
+      <c r="F471" s="78" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="472" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A472" s="121" t="s">
+        <v>374</v>
+      </c>
+      <c r="B472" s="86" t="s">
+        <v>893</v>
+      </c>
+      <c r="C472" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D472" s="86" t="s">
+        <v>894</v>
+      </c>
+      <c r="E472" s="88">
+        <v>41946</v>
+      </c>
+      <c r="F472" s="78" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="473" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A473" s="121" t="s">
+        <v>374</v>
+      </c>
+      <c r="B473" s="86" t="s">
         <v>375</v>
       </c>
-      <c r="C470" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D470" s="86" t="s">
+      <c r="C473" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D473" s="86" t="s">
         <v>376</v>
       </c>
-      <c r="E470" s="88">
+      <c r="E473" s="88">
         <v>43832</v>
       </c>
-      <c r="F470" s="78" t="s">
+      <c r="F473" s="78" t="s">
         <v>377</v>
       </c>
     </row>
-    <row r="471" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-[...59 lines deleted...]
-    <row r="474" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="474" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A474" s="170" t="s">
         <v>374</v>
       </c>
       <c r="B474" s="86" t="s">
         <v>1580</v>
       </c>
       <c r="C474" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D474" s="86" t="s">
-        <v>1673</v>
+        <v>1578</v>
       </c>
       <c r="E474" s="88">
         <v>45184</v>
       </c>
       <c r="F474" s="83" t="s">
-        <v>1676</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="475" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A475" s="183" t="s">
+      <c r="A475" s="170" t="s">
         <v>374</v>
       </c>
       <c r="B475" s="86" t="s">
-        <v>1784</v>
+        <v>1580</v>
       </c>
       <c r="C475" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D475" s="86" t="s">
-        <v>1786</v>
+        <v>1671</v>
       </c>
       <c r="E475" s="88">
-        <v>45519</v>
+        <v>45184</v>
       </c>
       <c r="F475" s="83" t="s">
-        <v>1789</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="476" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A476" s="183" t="s">
+      <c r="A476" s="170" t="s">
         <v>374</v>
       </c>
       <c r="B476" s="86" t="s">
-        <v>1784</v>
+        <v>1580</v>
       </c>
       <c r="C476" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D476" s="86" t="s">
+        <v>1672</v>
+      </c>
+      <c r="E476" s="88">
+        <v>45184</v>
+      </c>
+      <c r="F476" s="83" t="s">
+        <v>1675</v>
+      </c>
+    </row>
+    <row r="477" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A477" s="170" t="s">
+        <v>374</v>
+      </c>
+      <c r="B477" s="86" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C477" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D477" s="86" t="s">
+        <v>1673</v>
+      </c>
+      <c r="E477" s="88">
+        <v>45184</v>
+      </c>
+      <c r="F477" s="83" t="s">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="478" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A478" s="183" t="s">
+        <v>374</v>
+      </c>
+      <c r="B478" s="86" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C478" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D478" s="86" t="s">
+        <v>1786</v>
+      </c>
+      <c r="E478" s="88">
+        <v>45519</v>
+      </c>
+      <c r="F478" s="83" t="s">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="479" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A479" s="183" t="s">
+        <v>374</v>
+      </c>
+      <c r="B479" s="86" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C479" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D479" s="86" t="s">
         <v>1787</v>
       </c>
-      <c r="E476" s="88">
+      <c r="E479" s="88">
         <v>45519</v>
       </c>
-      <c r="F476" s="83" t="s">
+      <c r="F479" s="83" t="s">
         <v>1790</v>
       </c>
     </row>
-    <row r="477" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A477" s="183" t="s">
+    <row r="480" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A480" s="183" t="s">
         <v>374</v>
       </c>
-      <c r="B477" s="86" t="s">
+      <c r="B480" s="86" t="s">
         <v>1784</v>
       </c>
-      <c r="C477" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D477" s="86" t="s">
+      <c r="C480" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D480" s="86" t="s">
         <v>1785</v>
       </c>
-      <c r="E477" s="88">
+      <c r="E480" s="88">
         <v>45519</v>
       </c>
-      <c r="F477" s="83" t="s">
+      <c r="F480" s="83" t="s">
         <v>1788</v>
       </c>
     </row>
-    <row r="478" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A478" s="121" t="s">
+    <row r="481" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A481" s="121" t="s">
         <v>374</v>
       </c>
-      <c r="B478" s="86"/>
-      <c r="C478" s="86" t="s">
+      <c r="B481" s="86"/>
+      <c r="C481" s="86" t="s">
         <v>1493</v>
       </c>
-      <c r="D478" s="86" t="s">
+      <c r="D481" s="86" t="s">
         <v>1494</v>
       </c>
-      <c r="E478" s="88">
+      <c r="E481" s="88">
         <v>39651</v>
       </c>
-      <c r="F478" s="79" t="e">
+      <c r="F481" s="79" t="e">
         <v>#N/A</v>
-      </c>
-[...58 lines deleted...]
-        <v>1021</v>
       </c>
     </row>
     <row r="482" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A482" s="128" t="s">
         <v>613</v>
       </c>
       <c r="B482" s="86" t="s">
-        <v>1007</v>
+        <v>1157</v>
       </c>
       <c r="C482" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D482" s="86" t="s">
-        <v>1008</v>
+        <v>1158</v>
       </c>
       <c r="E482" s="88">
-        <v>41389</v>
+        <v>40423</v>
       </c>
       <c r="F482" s="78" t="s">
-        <v>1009</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="483" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A483" s="128" t="s">
         <v>613</v>
       </c>
       <c r="B483" s="86" t="s">
-        <v>877</v>
+        <v>1141</v>
       </c>
       <c r="C483" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D483" s="86" t="s">
-        <v>878</v>
+        <v>1142</v>
       </c>
       <c r="E483" s="88">
-        <v>42030</v>
+        <v>40564</v>
       </c>
       <c r="F483" s="78" t="s">
-        <v>879</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="484" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A484" s="128" t="s">
         <v>613</v>
       </c>
       <c r="B484" s="86" t="s">
-        <v>843</v>
+        <v>1019</v>
       </c>
       <c r="C484" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D484" s="86" t="s">
-        <v>844</v>
+        <v>1020</v>
       </c>
       <c r="E484" s="88">
-        <v>42122</v>
+        <v>41312</v>
       </c>
       <c r="F484" s="78" t="s">
-        <v>845</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="485" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A485" s="128" t="s">
         <v>613</v>
       </c>
       <c r="B485" s="86" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C485" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D485" s="86" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E485" s="88">
+        <v>41389</v>
+      </c>
+      <c r="F485" s="78" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="486" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A486" s="128" t="s">
+        <v>613</v>
+      </c>
+      <c r="B486" s="86" t="s">
+        <v>877</v>
+      </c>
+      <c r="C486" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D486" s="86" t="s">
+        <v>878</v>
+      </c>
+      <c r="E486" s="88">
+        <v>42030</v>
+      </c>
+      <c r="F486" s="78" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="487" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A487" s="128" t="s">
+        <v>613</v>
+      </c>
+      <c r="B487" s="86" t="s">
+        <v>843</v>
+      </c>
+      <c r="C487" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D487" s="86" t="s">
+        <v>844</v>
+      </c>
+      <c r="E487" s="88">
+        <v>42122</v>
+      </c>
+      <c r="F487" s="78" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="488" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A488" s="128" t="s">
+        <v>613</v>
+      </c>
+      <c r="B488" s="86" t="s">
         <v>614</v>
       </c>
-      <c r="C485" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D485" s="86" t="s">
+      <c r="C488" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D488" s="86" t="s">
         <v>615</v>
       </c>
-      <c r="E485" s="88">
+      <c r="E488" s="88">
         <v>43014</v>
       </c>
-      <c r="F485" s="78" t="s">
+      <c r="F488" s="78" t="s">
         <v>616</v>
       </c>
     </row>
-    <row r="486" spans="1:6" x14ac:dyDescent="0.35">
-[...57 lines deleted...]
-    <row r="489" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+    <row r="489" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A489" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B489" s="86" t="s">
-        <v>727</v>
+        <v>896</v>
       </c>
       <c r="C489" s="86" t="s">
-        <v>85</v>
+        <v>7</v>
       </c>
       <c r="D489" s="86" t="s">
-        <v>728</v>
+        <v>897</v>
       </c>
       <c r="E489" s="88">
-        <v>42583</v>
+        <v>41940</v>
       </c>
       <c r="F489" s="78" t="s">
-        <v>729</v>
-[...2 lines deleted...]
-    <row r="490" spans="1:6" x14ac:dyDescent="0.35">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="490" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A490" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B490" s="86" t="s">
-        <v>652</v>
-[...3 lines deleted...]
-      </c>
+        <v>739</v>
+      </c>
+      <c r="C490" s="86"/>
       <c r="D490" s="86" t="s">
-        <v>653</v>
+        <v>728</v>
       </c>
       <c r="E490" s="88">
-        <v>42858</v>
+        <v>42583</v>
       </c>
       <c r="F490" s="78" t="s">
-        <v>654</v>
-[...2 lines deleted...]
-    <row r="491" spans="1:6" x14ac:dyDescent="0.35">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="491" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A491" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B491" s="86" t="s">
-        <v>605</v>
+        <v>732</v>
       </c>
       <c r="C491" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D491" s="86" t="s">
-        <v>547</v>
+        <v>733</v>
       </c>
       <c r="E491" s="88">
-        <v>43056</v>
+        <v>42569</v>
       </c>
       <c r="F491" s="78" t="s">
-        <v>606</v>
+        <v>734</v>
       </c>
     </row>
     <row r="492" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A492" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B492" s="86" t="s">
-        <v>546</v>
+        <v>727</v>
       </c>
       <c r="C492" s="86" t="s">
-        <v>7</v>
+        <v>85</v>
       </c>
       <c r="D492" s="86" t="s">
-        <v>547</v>
+        <v>728</v>
       </c>
       <c r="E492" s="88">
-        <v>43353</v>
+        <v>42583</v>
       </c>
       <c r="F492" s="78" t="s">
-        <v>548</v>
+        <v>729</v>
       </c>
     </row>
     <row r="493" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A493" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B493" s="86" t="s">
-        <v>529</v>
+        <v>652</v>
       </c>
       <c r="C493" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D493" s="86" t="s">
-        <v>530</v>
+        <v>653</v>
       </c>
       <c r="E493" s="88">
-        <v>43425</v>
+        <v>42858</v>
       </c>
       <c r="F493" s="78" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-    <row r="494" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="494" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A494" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B494" s="86" t="s">
-        <v>526</v>
+        <v>605</v>
       </c>
       <c r="C494" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D494" s="86" t="s">
-        <v>527</v>
+        <v>547</v>
       </c>
       <c r="E494" s="88">
-        <v>43454</v>
-[...5 lines deleted...]
-    <row r="495" spans="1:6" x14ac:dyDescent="0.35">
+        <v>43056</v>
+      </c>
+      <c r="F494" s="78" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="495" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A495" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B495" s="86" t="s">
-        <v>498</v>
+        <v>546</v>
       </c>
       <c r="C495" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D495" s="86" t="s">
-        <v>496</v>
+        <v>547</v>
       </c>
       <c r="E495" s="88">
-        <v>43572</v>
+        <v>43353</v>
       </c>
       <c r="F495" s="78" t="s">
-        <v>499</v>
+        <v>548</v>
       </c>
     </row>
     <row r="496" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A496" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B496" s="86" t="s">
-        <v>495</v>
+        <v>529</v>
       </c>
       <c r="C496" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D496" s="86" t="s">
-        <v>496</v>
+        <v>530</v>
       </c>
       <c r="E496" s="88">
-        <v>43602</v>
+        <v>43425</v>
       </c>
       <c r="F496" s="78" t="s">
-        <v>497</v>
+        <v>531</v>
       </c>
     </row>
     <row r="497" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A497" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B497" s="86" t="s">
-        <v>493</v>
+        <v>526</v>
       </c>
       <c r="C497" s="86" t="s">
-        <v>7</v>
+        <v>137</v>
       </c>
       <c r="D497" s="86" t="s">
-        <v>491</v>
+        <v>527</v>
       </c>
       <c r="E497" s="88">
-        <v>43573</v>
-[...5 lines deleted...]
-    <row r="498" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>43454</v>
+      </c>
+      <c r="F497" s="180" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="498" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A498" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B498" s="86" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="C498" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D498" s="86" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="E498" s="88">
-        <v>43599</v>
+        <v>43572</v>
       </c>
       <c r="F498" s="78" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-    <row r="499" spans="1:6" ht="31" x14ac:dyDescent="0.35">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="499" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A499" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B499" s="86" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
       <c r="C499" s="86" t="s">
-        <v>7</v>
+        <v>137</v>
       </c>
       <c r="D499" s="86" t="s">
-        <v>1596</v>
+        <v>496</v>
       </c>
       <c r="E499" s="88">
-        <v>43573</v>
+        <v>43602</v>
       </c>
       <c r="F499" s="78" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-    <row r="500" spans="1:6" ht="31" x14ac:dyDescent="0.35">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="500" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A500" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B500" s="86" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="C500" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D500" s="86" t="s">
-        <v>1596</v>
+        <v>491</v>
       </c>
       <c r="E500" s="88">
-        <v>43614</v>
-[...5 lines deleted...]
-    <row r="501" spans="1:6" x14ac:dyDescent="0.35">
+        <v>43573</v>
+      </c>
+      <c r="F500" s="78" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="501" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A501" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B501" s="86" t="s">
-        <v>474</v>
+        <v>490</v>
       </c>
       <c r="C501" s="86" t="s">
-        <v>7</v>
+        <v>137</v>
       </c>
       <c r="D501" s="86" t="s">
-        <v>442</v>
+        <v>491</v>
       </c>
       <c r="E501" s="88">
-        <v>43601</v>
+        <v>43599</v>
       </c>
       <c r="F501" s="78" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-    <row r="502" spans="1:6" x14ac:dyDescent="0.35">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="502" spans="1:6" ht="31" x14ac:dyDescent="0.35">
       <c r="A502" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B502" s="86" t="s">
-        <v>471</v>
+        <v>487</v>
       </c>
       <c r="C502" s="86" t="s">
-        <v>472</v>
+        <v>7</v>
       </c>
       <c r="D502" s="86" t="s">
-        <v>442</v>
+        <v>1596</v>
       </c>
       <c r="E502" s="88">
-        <v>43642</v>
-[...5 lines deleted...]
-    <row r="503" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>43573</v>
+      </c>
+      <c r="F502" s="78" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="503" spans="1:6" ht="31" x14ac:dyDescent="0.35">
       <c r="A503" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B503" s="86" t="s">
-        <v>468</v>
+        <v>485</v>
       </c>
       <c r="C503" s="86" t="s">
-        <v>469</v>
+        <v>137</v>
       </c>
       <c r="D503" s="86" t="s">
-        <v>442</v>
+        <v>1596</v>
       </c>
       <c r="E503" s="88">
-        <v>43871</v>
+        <v>43614</v>
       </c>
       <c r="F503" s="180" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-    <row r="504" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="504" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A504" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B504" s="86" t="s">
-        <v>465</v>
+        <v>474</v>
       </c>
       <c r="C504" s="86" t="s">
-        <v>466</v>
+        <v>7</v>
       </c>
       <c r="D504" s="86" t="s">
         <v>442</v>
       </c>
       <c r="E504" s="88">
-        <v>43892</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>43601</v>
+      </c>
+      <c r="F504" s="78" t="s">
+        <v>475</v>
       </c>
     </row>
     <row r="505" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A505" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B505" s="86" t="s">
-        <v>462</v>
+        <v>471</v>
       </c>
       <c r="C505" s="86" t="s">
-        <v>463</v>
+        <v>472</v>
       </c>
       <c r="D505" s="86" t="s">
         <v>442</v>
       </c>
       <c r="E505" s="88">
-        <v>43658</v>
+        <v>43642</v>
       </c>
       <c r="F505" s="180" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-    <row r="506" spans="1:6" x14ac:dyDescent="0.35">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="506" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A506" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B506" s="86" t="s">
-        <v>459</v>
+        <v>468</v>
       </c>
       <c r="C506" s="86" t="s">
-        <v>460</v>
+        <v>469</v>
       </c>
       <c r="D506" s="86" t="s">
         <v>442</v>
       </c>
       <c r="E506" s="88">
-        <v>43697</v>
+        <v>43871</v>
       </c>
       <c r="F506" s="180" t="s">
-        <v>461</v>
-[...2 lines deleted...]
-    <row r="507" spans="1:6" x14ac:dyDescent="0.35">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="507" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A507" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B507" s="86" t="s">
-        <v>456</v>
+        <v>465</v>
       </c>
       <c r="C507" s="86" t="s">
-        <v>457</v>
+        <v>466</v>
       </c>
       <c r="D507" s="86" t="s">
         <v>442</v>
       </c>
       <c r="E507" s="88">
-        <v>43697</v>
+        <v>43892</v>
       </c>
       <c r="F507" s="180" t="s">
-        <v>458</v>
+        <v>467</v>
       </c>
     </row>
     <row r="508" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A508" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B508" s="86" t="s">
-        <v>453</v>
+        <v>462</v>
       </c>
       <c r="C508" s="86" t="s">
-        <v>454</v>
+        <v>463</v>
       </c>
       <c r="D508" s="86" t="s">
         <v>442</v>
       </c>
       <c r="E508" s="88">
-        <v>43794</v>
+        <v>43658</v>
       </c>
       <c r="F508" s="180" t="s">
-        <v>455</v>
+        <v>464</v>
       </c>
     </row>
     <row r="509" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A509" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B509" s="86" t="s">
-        <v>450</v>
+        <v>459</v>
       </c>
       <c r="C509" s="86" t="s">
-        <v>451</v>
+        <v>460</v>
       </c>
       <c r="D509" s="86" t="s">
         <v>442</v>
       </c>
       <c r="E509" s="88">
-        <v>43818</v>
-[...2 lines deleted...]
-        <v>452</v>
+        <v>43697</v>
+      </c>
+      <c r="F509" s="180" t="s">
+        <v>461</v>
       </c>
     </row>
     <row r="510" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A510" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B510" s="86" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="C510" s="86" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="D510" s="86" t="s">
         <v>442</v>
       </c>
       <c r="E510" s="88">
-        <v>43839</v>
+        <v>43697</v>
       </c>
       <c r="F510" s="180" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
     </row>
     <row r="511" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A511" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B511" s="86" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="C511" s="86" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="D511" s="86" t="s">
         <v>442</v>
       </c>
       <c r="E511" s="88">
-        <v>43854</v>
-[...2 lines deleted...]
-        <v>446</v>
+        <v>43794</v>
+      </c>
+      <c r="F511" s="180" t="s">
+        <v>455</v>
       </c>
     </row>
     <row r="512" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A512" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B512" s="86" t="s">
-        <v>440</v>
+        <v>450</v>
       </c>
       <c r="C512" s="86" t="s">
-        <v>441</v>
+        <v>451</v>
       </c>
       <c r="D512" s="86" t="s">
         <v>442</v>
       </c>
       <c r="E512" s="88">
-        <v>43867</v>
+        <v>43818</v>
       </c>
       <c r="F512" s="78" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-    <row r="513" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="513" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A513" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B513" s="86" t="s">
-        <v>426</v>
+        <v>447</v>
       </c>
       <c r="C513" s="86" t="s">
-        <v>7</v>
+        <v>448</v>
       </c>
       <c r="D513" s="86" t="s">
-        <v>181</v>
+        <v>442</v>
       </c>
       <c r="E513" s="88">
-        <v>43713</v>
-[...5 lines deleted...]
-    <row r="514" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>43839</v>
+      </c>
+      <c r="F513" s="180" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="514" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A514" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B514" s="86" t="s">
-        <v>406</v>
+        <v>444</v>
       </c>
       <c r="C514" s="86" t="s">
-        <v>7</v>
+        <v>445</v>
       </c>
       <c r="D514" s="86" t="s">
-        <v>407</v>
+        <v>442</v>
       </c>
       <c r="E514" s="88">
-        <v>43745</v>
+        <v>43854</v>
       </c>
       <c r="F514" s="78" t="s">
-        <v>408</v>
-[...2 lines deleted...]
-    <row r="515" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="515" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A515" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B515" s="86" t="s">
-        <v>398</v>
+        <v>440</v>
       </c>
       <c r="C515" s="86" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>399</v>
+        <v>441</v>
+      </c>
+      <c r="D515" s="86" t="s">
+        <v>442</v>
       </c>
       <c r="E515" s="88">
-        <v>43902</v>
+        <v>43867</v>
       </c>
       <c r="F515" s="78" t="s">
-        <v>400</v>
+        <v>443</v>
       </c>
     </row>
     <row r="516" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A516" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B516" s="86" t="s">
-        <v>398</v>
+        <v>426</v>
       </c>
       <c r="C516" s="86" t="s">
         <v>7</v>
       </c>
-      <c r="D516" s="3" t="s">
-        <v>401</v>
+      <c r="D516" s="86" t="s">
+        <v>181</v>
       </c>
       <c r="E516" s="88">
-        <v>43773</v>
+        <v>43713</v>
       </c>
       <c r="F516" s="78" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-    <row r="517" spans="1:6" x14ac:dyDescent="0.35">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="517" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A517" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B517" s="86" t="s">
-        <v>395</v>
+        <v>406</v>
       </c>
       <c r="C517" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D517" s="86" t="s">
-        <v>396</v>
+        <v>407</v>
       </c>
       <c r="E517" s="88">
-        <v>43796</v>
+        <v>43745</v>
       </c>
       <c r="F517" s="78" t="s">
-        <v>397</v>
-[...2 lines deleted...]
-    <row r="518" spans="1:6" x14ac:dyDescent="0.35">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="518" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A518" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B518" s="86" t="s">
-        <v>180</v>
+        <v>398</v>
       </c>
       <c r="C518" s="86" t="s">
-        <v>7</v>
+        <v>85</v>
       </c>
       <c r="D518" s="3" t="s">
-        <v>181</v>
+        <v>399</v>
       </c>
       <c r="E518" s="88">
-        <v>44245</v>
+        <v>43902</v>
       </c>
       <c r="F518" s="78" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="519" spans="1:6" x14ac:dyDescent="0.35">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="519" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A519" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B519" s="86" t="s">
-        <v>177</v>
+        <v>398</v>
       </c>
       <c r="C519" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D519" s="3" t="s">
-        <v>178</v>
+        <v>401</v>
       </c>
       <c r="E519" s="88">
-        <v>44270</v>
+        <v>43773</v>
       </c>
       <c r="F519" s="78" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="520" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="520" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A520" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B520" s="86" t="s">
-        <v>174</v>
+        <v>395</v>
       </c>
       <c r="C520" s="86" t="s">
         <v>137</v>
       </c>
-      <c r="D520" s="3" t="s">
-        <v>175</v>
+      <c r="D520" s="86" t="s">
+        <v>396</v>
       </c>
       <c r="E520" s="88">
-        <v>44270</v>
-[...5 lines deleted...]
-    <row r="521" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>43796</v>
+      </c>
+      <c r="F520" s="78" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="521" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A521" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B521" s="86" t="s">
-        <v>171</v>
+        <v>180</v>
       </c>
       <c r="C521" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D521" s="3" t="s">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c r="E521" s="88">
-        <v>44284</v>
+        <v>44245</v>
       </c>
       <c r="F521" s="78" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
     </row>
     <row r="522" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A522" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B522" s="86" t="s">
-        <v>153</v>
+        <v>177</v>
       </c>
       <c r="C522" s="86" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>137</v>
+      </c>
+      <c r="D522" s="3" t="s">
+        <v>178</v>
       </c>
       <c r="E522" s="88">
-        <v>44326</v>
+        <v>44270</v>
       </c>
       <c r="F522" s="78" t="s">
-        <v>155</v>
+        <v>179</v>
       </c>
     </row>
     <row r="523" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A523" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B523" s="86" t="s">
-        <v>40</v>
+        <v>174</v>
       </c>
       <c r="C523" s="86" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>137</v>
+      </c>
+      <c r="D523" s="3" t="s">
+        <v>175</v>
       </c>
       <c r="E523" s="88">
-        <v>44811</v>
-[...5 lines deleted...]
-    <row r="524" spans="1:6" x14ac:dyDescent="0.35">
+        <v>44270</v>
+      </c>
+      <c r="F523" s="180" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="524" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A524" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B524" s="86" t="s">
-        <v>23</v>
+        <v>171</v>
       </c>
       <c r="C524" s="86" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>137</v>
+      </c>
+      <c r="D524" s="3" t="s">
+        <v>172</v>
       </c>
       <c r="E524" s="88">
-        <v>44846</v>
+        <v>44284</v>
       </c>
       <c r="F524" s="78" t="s">
-        <v>25</v>
+        <v>173</v>
       </c>
     </row>
     <row r="525" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A525" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B525" s="86" t="s">
-        <v>23</v>
+        <v>153</v>
       </c>
       <c r="C525" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D525" s="86" t="s">
-        <v>1753</v>
+        <v>154</v>
       </c>
       <c r="E525" s="88">
-        <v>44846</v>
-[...5 lines deleted...]
-    <row r="526" spans="1:6" x14ac:dyDescent="0.35">
+        <v>44326</v>
+      </c>
+      <c r="F525" s="78" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="526" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A526" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B526" s="86" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="C526" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D526" s="86" t="s">
-        <v>1741</v>
+        <v>41</v>
       </c>
       <c r="E526" s="88">
-        <v>44846</v>
-[...2 lines deleted...]
-        <v>1745</v>
+        <v>44811</v>
+      </c>
+      <c r="F526" s="78" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="527" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A527" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B527" s="86" t="s">
         <v>23</v>
       </c>
       <c r="C527" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D527" s="86" t="s">
-        <v>1742</v>
+        <v>24</v>
       </c>
       <c r="E527" s="88">
         <v>44846</v>
       </c>
-      <c r="F527" s="96" t="s">
-        <v>1746</v>
+      <c r="F527" s="78" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="528" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A528" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B528" s="86" t="s">
         <v>23</v>
       </c>
       <c r="C528" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D528" s="86" t="s">
-        <v>1743</v>
+        <v>1753</v>
       </c>
       <c r="E528" s="88">
         <v>44846</v>
       </c>
-      <c r="F528" s="181" t="s">
-        <v>1747</v>
+      <c r="F528" s="96" t="s">
+        <v>1755</v>
       </c>
     </row>
     <row r="529" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A529" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B529" s="86" t="s">
         <v>23</v>
       </c>
       <c r="C529" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D529" s="86" t="s">
-        <v>1754</v>
+        <v>1741</v>
       </c>
       <c r="E529" s="88">
         <v>44846</v>
       </c>
       <c r="F529" s="96" t="s">
-        <v>1756</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="530" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A530" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B530" s="86" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C530" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D530" s="86" t="s">
-        <v>21</v>
+        <v>1742</v>
       </c>
       <c r="E530" s="88">
         <v>44846</v>
       </c>
-      <c r="F530" s="78" t="s">
-        <v>22</v>
+      <c r="F530" s="96" t="s">
+        <v>1746</v>
       </c>
     </row>
     <row r="531" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A531" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B531" s="86" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C531" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D531" s="86" t="s">
-        <v>1749</v>
+        <v>1743</v>
       </c>
       <c r="E531" s="88">
         <v>44846</v>
       </c>
-      <c r="F531" s="96" t="s">
-        <v>1751</v>
+      <c r="F531" s="181" t="s">
+        <v>1747</v>
       </c>
     </row>
     <row r="532" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A532" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B532" s="86" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C532" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D532" s="86" t="s">
-        <v>1741</v>
+        <v>1754</v>
       </c>
       <c r="E532" s="88">
         <v>44846</v>
       </c>
       <c r="F532" s="96" t="s">
-        <v>1745</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="533" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A533" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B533" s="86" t="s">
         <v>20</v>
       </c>
       <c r="C533" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D533" s="86" t="s">
-        <v>1742</v>
+        <v>21</v>
       </c>
       <c r="E533" s="88">
         <v>44846</v>
       </c>
-      <c r="F533" s="96" t="s">
-        <v>1746</v>
+      <c r="F533" s="78" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="534" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A534" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B534" s="86" t="s">
         <v>20</v>
       </c>
       <c r="C534" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D534" s="86" t="s">
-        <v>1743</v>
+        <v>1749</v>
       </c>
       <c r="E534" s="88">
         <v>44846</v>
       </c>
       <c r="F534" s="96" t="s">
-        <v>1747</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="535" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A535" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B535" s="86" t="s">
         <v>20</v>
       </c>
       <c r="C535" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D535" s="86" t="s">
-        <v>1750</v>
+        <v>1741</v>
       </c>
       <c r="E535" s="88">
         <v>44846</v>
       </c>
       <c r="F535" s="96" t="s">
-        <v>1752</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="536" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A536" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B536" s="86" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C536" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D536" s="86" t="s">
-        <v>1739</v>
+        <v>1742</v>
       </c>
       <c r="E536" s="88">
         <v>44846</v>
       </c>
-      <c r="F536" s="78" t="s">
-        <v>19</v>
+      <c r="F536" s="96" t="s">
+        <v>1746</v>
       </c>
     </row>
     <row r="537" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A537" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B537" s="86" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C537" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D537" s="86" t="s">
-        <v>1740</v>
+        <v>1743</v>
       </c>
       <c r="E537" s="88">
         <v>44846</v>
       </c>
       <c r="F537" s="96" t="s">
-        <v>1744</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="538" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A538" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B538" s="86" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C538" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D538" s="86" t="s">
-        <v>1741</v>
+        <v>1750</v>
       </c>
       <c r="E538" s="88">
         <v>44846</v>
       </c>
       <c r="F538" s="96" t="s">
-        <v>1745</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="539" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A539" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B539" s="86" t="s">
         <v>18</v>
       </c>
       <c r="C539" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D539" s="86" t="s">
-        <v>1742</v>
+        <v>1739</v>
       </c>
       <c r="E539" s="88">
         <v>44846</v>
       </c>
-      <c r="F539" s="96" t="s">
-        <v>1746</v>
+      <c r="F539" s="78" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="540" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A540" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B540" s="86" t="s">
         <v>18</v>
       </c>
       <c r="C540" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D540" s="86" t="s">
-        <v>1743</v>
+        <v>1740</v>
       </c>
       <c r="E540" s="88">
         <v>44846</v>
       </c>
       <c r="F540" s="96" t="s">
-        <v>1747</v>
-[...2 lines deleted...]
-    <row r="541" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1744</v>
+      </c>
+    </row>
+    <row r="541" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A541" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B541" s="86" t="s">
-        <v>1587</v>
+        <v>18</v>
       </c>
       <c r="C541" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D541" s="86" t="s">
-        <v>1591</v>
+        <v>1741</v>
       </c>
       <c r="E541" s="88">
-        <v>45222</v>
-[...5 lines deleted...]
-    <row r="542" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>44846</v>
+      </c>
+      <c r="F541" s="96" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="542" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A542" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B542" s="86" t="s">
-        <v>1586</v>
+        <v>18</v>
       </c>
       <c r="C542" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D542" s="86" t="s">
-        <v>1590</v>
+        <v>1742</v>
       </c>
       <c r="E542" s="88">
-        <v>45222</v>
-[...2 lines deleted...]
-        <v>1593</v>
+        <v>44846</v>
+      </c>
+      <c r="F542" s="96" t="s">
+        <v>1746</v>
       </c>
     </row>
     <row r="543" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A543" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B543" s="86" t="s">
-        <v>1611</v>
+        <v>18</v>
       </c>
       <c r="C543" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D543" s="86" t="s">
-        <v>1618</v>
+        <v>1743</v>
       </c>
       <c r="E543" s="88">
-        <v>45461</v>
-[...5 lines deleted...]
-    <row r="544" spans="1:6" x14ac:dyDescent="0.35">
+        <v>44846</v>
+      </c>
+      <c r="F543" s="96" t="s">
+        <v>1747</v>
+      </c>
+    </row>
+    <row r="544" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A544" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B544" s="86" t="s">
-        <v>1807</v>
+        <v>1587</v>
       </c>
       <c r="C544" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D544" s="86" t="s">
-        <v>1808</v>
+        <v>1591</v>
       </c>
       <c r="E544" s="88">
-        <v>45554</v>
+        <v>45222</v>
       </c>
       <c r="F544" s="83" t="s">
-        <v>1812</v>
-[...2 lines deleted...]
-    <row r="545" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="545" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A545" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B545" s="86" t="s">
-        <v>1807</v>
+        <v>1586</v>
       </c>
       <c r="C545" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D545" s="86" t="s">
-        <v>1809</v>
+        <v>1590</v>
       </c>
       <c r="E545" s="88">
-        <v>45554</v>
+        <v>45222</v>
       </c>
       <c r="F545" s="83" t="s">
-        <v>1813</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="546" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A546" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B546" s="86" t="s">
-        <v>1807</v>
+        <v>1611</v>
       </c>
       <c r="C546" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D546" s="86" t="s">
-        <v>1810</v>
+        <v>1618</v>
       </c>
       <c r="E546" s="88">
-        <v>45554</v>
+        <v>45461</v>
       </c>
       <c r="F546" s="83" t="s">
-        <v>1811</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="547" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A547" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B547" s="86" t="s">
-        <v>1828</v>
+        <v>1807</v>
       </c>
       <c r="C547" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D547" s="86" t="s">
-        <v>1829</v>
+        <v>1808</v>
       </c>
       <c r="E547" s="88">
-        <v>45595</v>
+        <v>45554</v>
       </c>
       <c r="F547" s="83" t="s">
-        <v>1834</v>
-[...2 lines deleted...]
-    <row r="548" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="548" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A548" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B548" s="86" t="s">
-        <v>1827</v>
+        <v>1807</v>
       </c>
       <c r="C548" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D548" s="86" t="s">
-        <v>1830</v>
+        <v>1809</v>
       </c>
       <c r="E548" s="88">
-        <v>45604</v>
+        <v>45554</v>
       </c>
       <c r="F548" s="83" t="s">
-        <v>1835</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="549" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A549" s="177" t="s">
         <v>1748</v>
       </c>
       <c r="B549" s="86" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C549" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D549" s="86" t="s">
+        <v>1810</v>
+      </c>
+      <c r="E549" s="88">
+        <v>45554</v>
+      </c>
+      <c r="F549" s="83" t="s">
+        <v>1811</v>
+      </c>
+    </row>
+    <row r="550" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A550" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B550" s="86" t="s">
+        <v>1828</v>
+      </c>
+      <c r="C550" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D550" s="86" t="s">
+        <v>1829</v>
+      </c>
+      <c r="E550" s="88">
+        <v>45595</v>
+      </c>
+      <c r="F550" s="83" t="s">
+        <v>1834</v>
+      </c>
+    </row>
+    <row r="551" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A551" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B551" s="86" t="s">
+        <v>1827</v>
+      </c>
+      <c r="C551" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D551" s="86" t="s">
+        <v>1830</v>
+      </c>
+      <c r="E551" s="88">
+        <v>45604</v>
+      </c>
+      <c r="F551" s="83" t="s">
+        <v>1835</v>
+      </c>
+    </row>
+    <row r="552" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A552" s="177" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B552" s="86" t="s">
         <v>1845</v>
       </c>
-      <c r="C549" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D549" s="86" t="s">
+      <c r="C552" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D552" s="86" t="s">
         <v>1850</v>
       </c>
-      <c r="E549" s="88">
+      <c r="E552" s="88">
         <v>45666</v>
       </c>
-      <c r="F549" s="83" t="s">
+      <c r="F552" s="83" t="s">
         <v>1857</v>
       </c>
     </row>
-    <row r="550" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A550" s="192" t="s">
+    <row r="553" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A553" s="192" t="s">
         <v>1748</v>
       </c>
-      <c r="B550" s="86" t="s">
+      <c r="B553" s="86" t="s">
         <v>1882</v>
       </c>
-      <c r="C550" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D550" s="86" t="s">
+      <c r="C553" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D553" s="86" t="s">
         <v>1888</v>
       </c>
-      <c r="E550" s="88">
+      <c r="E553" s="88">
         <v>45839</v>
       </c>
-      <c r="F550" s="83" t="s">
+      <c r="F553" s="83" t="s">
         <v>1889</v>
       </c>
     </row>
-    <row r="551" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A551" s="198" t="s">
+    <row r="554" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A554" s="192" t="s">
         <v>1748</v>
       </c>
-      <c r="B551" s="86" t="s">
+      <c r="B554" s="86" t="s">
         <v>1921</v>
       </c>
-      <c r="C551" s="86" t="s">
+      <c r="C554" s="86" t="s">
         <v>1632</v>
       </c>
-      <c r="D551" s="86" t="s">
+      <c r="D554" s="86" t="s">
         <v>1923</v>
       </c>
-      <c r="E551" s="88">
+      <c r="E554" s="88">
         <v>45975</v>
       </c>
-      <c r="F551" s="83" t="s">
+      <c r="F554" s="83" t="s">
         <v>1925</v>
       </c>
     </row>
-    <row r="552" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A552" s="198" t="s">
+    <row r="555" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A555" s="192" t="s">
         <v>1748</v>
       </c>
-      <c r="B552" s="86" t="s">
+      <c r="B555" s="86" t="s">
         <v>1921</v>
       </c>
-      <c r="C552" s="86" t="s">
+      <c r="C555" s="86" t="s">
         <v>1632</v>
       </c>
-      <c r="D552" s="86" t="s">
+      <c r="D555" s="86" t="s">
         <v>1924</v>
       </c>
-      <c r="E552" s="88">
+      <c r="E555" s="88">
         <v>45975</v>
       </c>
-      <c r="F552" s="83" t="s">
+      <c r="F555" s="83" t="s">
         <v>1926</v>
       </c>
     </row>
-    <row r="553" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A553" s="198" t="s">
+    <row r="556" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A556" s="192" t="s">
         <v>1748</v>
       </c>
-      <c r="B553" s="86" t="s">
+      <c r="B556" s="86" t="s">
         <v>1921</v>
       </c>
-      <c r="C553" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D553" s="86" t="s">
+      <c r="C556" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D556" s="86" t="s">
         <v>1922</v>
       </c>
-      <c r="E553" s="88">
+      <c r="E556" s="88">
         <v>45975</v>
       </c>
-      <c r="F553" s="83" t="s">
+      <c r="F556" s="83" t="s">
         <v>1920</v>
       </c>
     </row>
-    <row r="554" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A554" s="155" t="s">
+    <row r="557" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A557" s="192" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B557" s="86" t="s">
+        <v>1933</v>
+      </c>
+      <c r="C557" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D557" s="86" t="s">
+        <v>1934</v>
+      </c>
+      <c r="E557" s="88">
+        <v>46035</v>
+      </c>
+      <c r="F557" s="83" t="s">
+        <v>1936</v>
+      </c>
+    </row>
+    <row r="558" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A558" s="155" t="s">
         <v>1507</v>
       </c>
-      <c r="B554" s="86"/>
-      <c r="C554" s="86" t="s">
+      <c r="B558" s="86"/>
+      <c r="C558" s="86" t="s">
         <v>1295</v>
       </c>
-      <c r="D554" s="86" t="s">
+      <c r="D558" s="86" t="s">
         <v>1508</v>
       </c>
-      <c r="E554" s="88">
+      <c r="E558" s="88">
         <v>32423</v>
       </c>
-      <c r="F554" s="79" t="e">
+      <c r="F558" s="79" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="555" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A555" s="155" t="s">
+    <row r="559" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A559" s="155" t="s">
         <v>1507</v>
       </c>
-      <c r="B555" s="86"/>
-      <c r="C555" s="86" t="s">
+      <c r="B559" s="86"/>
+      <c r="C559" s="86" t="s">
         <v>1295</v>
       </c>
-      <c r="D555" s="86" t="s">
+      <c r="D559" s="86" t="s">
         <v>1511</v>
       </c>
-      <c r="E555" s="88">
+      <c r="E559" s="88">
         <v>32055</v>
       </c>
-      <c r="F555" s="79" t="e">
+      <c r="F559" s="79" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="556" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A556" s="141" t="s">
+    <row r="560" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A560" s="141" t="s">
         <v>1096</v>
       </c>
-      <c r="B556" s="86" t="s">
+      <c r="B560" s="86" t="s">
         <v>1097</v>
       </c>
-      <c r="C556" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D556" s="86" t="s">
+      <c r="C560" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D560" s="86" t="s">
         <v>1098</v>
       </c>
-      <c r="E556" s="88">
+      <c r="E560" s="88">
         <v>40884</v>
       </c>
-      <c r="F556" s="78" t="s">
+      <c r="F560" s="78" t="s">
         <v>1099</v>
       </c>
     </row>
-    <row r="557" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A557" s="136" t="s">
+    <row r="561" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A561" s="136" t="s">
         <v>1449</v>
       </c>
-      <c r="B557" s="86" t="s">
+      <c r="B561" s="86" t="s">
         <v>1450</v>
       </c>
-      <c r="C557" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D557" s="86" t="s">
+      <c r="C561" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D561" s="86" t="s">
         <v>1451</v>
       </c>
-      <c r="E557" s="88">
+      <c r="E561" s="88">
         <v>37536</v>
       </c>
-      <c r="F557" s="79" t="s">
+      <c r="F561" s="79" t="s">
         <v>888</v>
-      </c>
-[...78 lines deleted...]
-        <v>753</v>
       </c>
     </row>
     <row r="562" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A562" s="89" t="s">
         <v>55</v>
       </c>
       <c r="B562" s="86" t="s">
-        <v>689</v>
+        <v>776</v>
       </c>
       <c r="C562" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D562" s="86" t="s">
-        <v>690</v>
+        <v>754</v>
       </c>
       <c r="E562" s="88">
-        <v>42684</v>
+        <v>42466</v>
       </c>
       <c r="F562" s="78" t="s">
-        <v>691</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="563" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A563" s="89" t="s">
         <v>55</v>
       </c>
       <c r="B563" s="86" t="s">
-        <v>637</v>
+        <v>772</v>
       </c>
       <c r="C563" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D563" s="86" t="s">
-        <v>638</v>
+        <v>754</v>
       </c>
       <c r="E563" s="88">
-        <v>42929</v>
+        <v>42479</v>
       </c>
       <c r="F563" s="78" t="s">
-        <v>639</v>
+        <v>773</v>
       </c>
     </row>
     <row r="564" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A564" s="89" t="s">
         <v>55</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>574</v>
+        <v>751</v>
       </c>
       <c r="C564" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>575</v>
+        <v>752</v>
       </c>
       <c r="E564" s="68">
-        <v>43180</v>
+        <v>42523</v>
       </c>
       <c r="F564" s="78" t="s">
-        <v>576</v>
-[...2 lines deleted...]
-    <row r="565" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="565" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A565" s="89" t="s">
         <v>55</v>
       </c>
-      <c r="B565" s="1" t="s">
-[...9 lines deleted...]
-        <v>43483</v>
+      <c r="B565" s="86" t="s">
+        <v>751</v>
+      </c>
+      <c r="C565" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D565" s="86" t="s">
+        <v>754</v>
+      </c>
+      <c r="E565" s="88">
+        <v>42466</v>
       </c>
       <c r="F565" s="78" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-    <row r="566" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="566" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A566" s="89" t="s">
         <v>55</v>
       </c>
       <c r="B566" s="86" t="s">
-        <v>297</v>
+        <v>689</v>
       </c>
       <c r="C566" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D566" s="86" t="s">
-        <v>291</v>
+        <v>690</v>
       </c>
       <c r="E566" s="88">
-        <v>43934</v>
+        <v>42684</v>
       </c>
       <c r="F566" s="78" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-    <row r="567" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="567" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A567" s="89" t="s">
         <v>55</v>
       </c>
       <c r="B567" s="86" t="s">
-        <v>280</v>
+        <v>637</v>
       </c>
       <c r="C567" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D567" s="86" t="s">
-        <v>281</v>
+        <v>638</v>
       </c>
       <c r="E567" s="88">
-        <v>43944</v>
+        <v>42929</v>
       </c>
       <c r="F567" s="78" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="568" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="568" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A568" s="89" t="s">
         <v>55</v>
       </c>
-      <c r="B568" s="86" t="s">
-[...9 lines deleted...]
-        <v>44013</v>
+      <c r="B568" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="C568" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D568" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="E568" s="68">
+        <v>43180</v>
       </c>
       <c r="F568" s="78" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-    <row r="569" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="569" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A569" s="89" t="s">
         <v>55</v>
       </c>
-      <c r="B569" s="86" t="s">
-[...9 lines deleted...]
-        <v>44726</v>
+      <c r="B569" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="C569" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D569" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="E569" s="68">
+        <v>43483</v>
       </c>
       <c r="F569" s="78" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="570" spans="1:6" x14ac:dyDescent="0.35">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="570" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A570" s="89" t="s">
         <v>55</v>
       </c>
       <c r="B570" s="86" t="s">
-        <v>56</v>
+        <v>297</v>
       </c>
       <c r="C570" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D570" s="86" t="s">
-        <v>57</v>
+        <v>291</v>
       </c>
       <c r="E570" s="88">
-        <v>44726</v>
+        <v>43934</v>
       </c>
       <c r="F570" s="78" t="s">
-        <v>58</v>
+        <v>298</v>
       </c>
     </row>
     <row r="571" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A571" s="89" t="s">
         <v>55</v>
       </c>
       <c r="B571" s="86" t="s">
-        <v>1556</v>
+        <v>280</v>
       </c>
       <c r="C571" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D571" s="86" t="s">
-        <v>1561</v>
+        <v>281</v>
       </c>
       <c r="E571" s="88">
-        <v>45119</v>
-[...6 lines deleted...]
-      <c r="A572" s="184" t="s">
+        <v>43944</v>
+      </c>
+      <c r="F571" s="78" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="572" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A572" s="89" t="s">
         <v>55</v>
       </c>
       <c r="B572" s="86" t="s">
-        <v>1823</v>
+        <v>251</v>
       </c>
       <c r="C572" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D572" s="86" t="s">
-        <v>1824</v>
+        <v>252</v>
       </c>
       <c r="E572" s="88">
-        <v>45594</v>
-[...5 lines deleted...]
-    <row r="573" spans="1:6" x14ac:dyDescent="0.35">
+        <v>44013</v>
+      </c>
+      <c r="F572" s="78" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="573" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A573" s="89" t="s">
-        <v>489</v>
+        <v>55</v>
       </c>
       <c r="B573" s="86" t="s">
-        <v>1000</v>
+        <v>59</v>
       </c>
       <c r="C573" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D573" s="86" t="s">
-        <v>949</v>
+        <v>60</v>
       </c>
       <c r="E573" s="88">
-        <v>41414</v>
+        <v>44726</v>
       </c>
       <c r="F573" s="78" t="s">
-        <v>1001</v>
+        <v>61</v>
       </c>
     </row>
     <row r="574" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A574" s="89" t="s">
+        <v>55</v>
+      </c>
+      <c r="B574" s="86" t="s">
+        <v>56</v>
+      </c>
+      <c r="C574" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D574" s="86" t="s">
+        <v>57</v>
+      </c>
+      <c r="E574" s="88">
+        <v>44726</v>
+      </c>
+      <c r="F574" s="78" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="575" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A575" s="89" t="s">
+        <v>55</v>
+      </c>
+      <c r="B575" s="86" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C575" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D575" s="86" t="s">
+        <v>1561</v>
+      </c>
+      <c r="E575" s="88">
+        <v>45119</v>
+      </c>
+      <c r="F575" s="83" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="576" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A576" s="184" t="s">
+        <v>55</v>
+      </c>
+      <c r="B576" s="86" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C576" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D576" s="86" t="s">
+        <v>1824</v>
+      </c>
+      <c r="E576" s="88">
+        <v>45594</v>
+      </c>
+      <c r="F576" s="83" t="s">
+        <v>1825</v>
+      </c>
+    </row>
+    <row r="577" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A577" s="89" t="s">
         <v>489</v>
       </c>
-      <c r="B574" s="86" t="s">
+      <c r="B577" s="86" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C577" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D577" s="86" t="s">
+        <v>949</v>
+      </c>
+      <c r="E577" s="88">
+        <v>41414</v>
+      </c>
+      <c r="F577" s="78" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="578" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A578" s="89" t="s">
+        <v>489</v>
+      </c>
+      <c r="B578" s="86" t="s">
         <v>948</v>
       </c>
-      <c r="C574" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D574" s="86" t="s">
+      <c r="C578" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D578" s="86" t="s">
         <v>949</v>
       </c>
-      <c r="E574" s="88">
+      <c r="E578" s="88">
         <v>41673</v>
       </c>
-      <c r="F574" s="78" t="s">
+      <c r="F578" s="78" t="s">
         <v>950</v>
       </c>
     </row>
-    <row r="575" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A575" s="89" t="s">
+    <row r="579" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A579" s="89" t="s">
         <v>489</v>
       </c>
-      <c r="B575" s="86" t="s">
+      <c r="B579" s="86" t="s">
         <v>904</v>
       </c>
-      <c r="C575" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D575" s="86" t="s">
+      <c r="C579" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D579" s="86" t="s">
         <v>905</v>
       </c>
-      <c r="E575" s="88">
+      <c r="E579" s="88">
         <v>41915</v>
       </c>
-      <c r="F575" s="79" t="s">
+      <c r="F579" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="576" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A576" s="89" t="s">
+    <row r="580" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A580" s="89" t="s">
         <v>489</v>
       </c>
-      <c r="B576" s="86" t="s">
+      <c r="B580" s="86" t="s">
         <v>1520</v>
       </c>
-      <c r="C576" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D576" s="86" t="s">
+      <c r="C580" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D580" s="86" t="s">
         <v>777</v>
       </c>
-      <c r="E576" s="88">
+      <c r="E580" s="88">
         <v>42474</v>
       </c>
-      <c r="F576" s="78" t="s">
+      <c r="F580" s="78" t="s">
         <v>778</v>
       </c>
     </row>
-    <row r="577" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A577" s="95" t="s">
+    <row r="581" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A581" s="95" t="s">
         <v>308</v>
       </c>
-      <c r="B577" s="86" t="s">
+      <c r="B581" s="86" t="s">
         <v>1153</v>
       </c>
-      <c r="C577" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D577" s="86" t="s">
+      <c r="C581" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D581" s="86" t="s">
         <v>1154</v>
       </c>
-      <c r="E577" s="88">
+      <c r="E581" s="88">
         <v>40455</v>
       </c>
-      <c r="F577" s="78" t="s">
+      <c r="F581" s="78" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="578" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A578" s="95" t="s">
+    <row r="582" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A582" s="95" t="s">
         <v>308</v>
       </c>
-      <c r="B578" s="86" t="s">
+      <c r="B582" s="86" t="s">
         <v>830</v>
       </c>
-      <c r="C578" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D578" s="86" t="s">
+      <c r="C582" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D582" s="86" t="s">
         <v>831</v>
       </c>
-      <c r="E578" s="88">
+      <c r="E582" s="88">
         <v>42199</v>
       </c>
-      <c r="F578" s="78" t="s">
+      <c r="F582" s="78" t="s">
         <v>832</v>
       </c>
     </row>
-    <row r="579" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A579" s="95" t="s">
+    <row r="583" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A583" s="95" t="s">
         <v>308</v>
       </c>
-      <c r="B579" s="86" t="s">
+      <c r="B583" s="86" t="s">
         <v>692</v>
       </c>
-      <c r="C579" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D579" s="86" t="s">
+      <c r="C583" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D583" s="86" t="s">
         <v>693</v>
       </c>
-      <c r="E579" s="88">
+      <c r="E583" s="88">
         <v>42682</v>
       </c>
-      <c r="F579" s="78" t="s">
+      <c r="F583" s="78" t="s">
         <v>694</v>
       </c>
     </row>
-    <row r="580" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A580" s="95" t="s">
+    <row r="584" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A584" s="95" t="s">
         <v>308</v>
       </c>
-      <c r="B580" s="86" t="s">
+      <c r="B584" s="86" t="s">
         <v>305</v>
       </c>
-      <c r="C580" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D580" s="86" t="s">
+      <c r="C584" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D584" s="86" t="s">
         <v>306</v>
       </c>
-      <c r="E580" s="88">
+      <c r="E584" s="88">
         <v>43924</v>
       </c>
-      <c r="F580" s="78" t="s">
+      <c r="F584" s="78" t="s">
         <v>307</v>
       </c>
     </row>
-    <row r="581" spans="1:6" x14ac:dyDescent="0.35">
-[...79 lines deleted...]
-    <row r="585" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+    <row r="585" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A585" s="89" t="s">
         <v>129</v>
       </c>
       <c r="B585" s="86" t="s">
-        <v>199</v>
+        <v>986</v>
       </c>
       <c r="C585" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D585" s="86" t="s">
-        <v>197</v>
+        <v>987</v>
       </c>
       <c r="E585" s="88">
-        <v>44154</v>
-[...5 lines deleted...]
-    <row r="586" spans="1:6" x14ac:dyDescent="0.35">
+        <v>41521</v>
+      </c>
+      <c r="F585" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="586" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A586" s="89" t="s">
         <v>129</v>
       </c>
       <c r="B586" s="86" t="s">
-        <v>196</v>
+        <v>983</v>
       </c>
       <c r="C586" s="86" t="s">
-        <v>137</v>
+        <v>7</v>
       </c>
       <c r="D586" s="86" t="s">
-        <v>197</v>
+        <v>984</v>
       </c>
       <c r="E586" s="88">
-        <v>44286</v>
+        <v>41533</v>
       </c>
       <c r="F586" s="78" t="s">
-        <v>198</v>
+        <v>985</v>
       </c>
     </row>
     <row r="587" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A587" s="89" t="s">
         <v>129</v>
       </c>
       <c r="B587" s="86" t="s">
-        <v>133</v>
+        <v>720</v>
       </c>
       <c r="C587" s="86" t="s">
-        <v>85</v>
+        <v>721</v>
       </c>
       <c r="D587" s="86" t="s">
-        <v>134</v>
+        <v>722</v>
       </c>
       <c r="E587" s="88">
-        <v>44377</v>
+        <v>42636</v>
       </c>
       <c r="F587" s="78" t="s">
-        <v>135</v>
+        <v>723</v>
       </c>
     </row>
     <row r="588" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A588" s="89" t="s">
         <v>129</v>
       </c>
       <c r="B588" s="86" t="s">
+        <v>299</v>
+      </c>
+      <c r="C588" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D588" s="86" t="s">
+        <v>300</v>
+      </c>
+      <c r="E588" s="88">
+        <v>42470</v>
+      </c>
+      <c r="F588" s="78" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="589" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A589" s="89" t="s">
+        <v>129</v>
+      </c>
+      <c r="B589" s="86" t="s">
+        <v>199</v>
+      </c>
+      <c r="C589" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D589" s="86" t="s">
+        <v>197</v>
+      </c>
+      <c r="E589" s="88">
+        <v>44154</v>
+      </c>
+      <c r="F589" s="78" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="590" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A590" s="89" t="s">
+        <v>129</v>
+      </c>
+      <c r="B590" s="86" t="s">
+        <v>196</v>
+      </c>
+      <c r="C590" s="86" t="s">
+        <v>137</v>
+      </c>
+      <c r="D590" s="86" t="s">
+        <v>197</v>
+      </c>
+      <c r="E590" s="88">
+        <v>44286</v>
+      </c>
+      <c r="F590" s="78" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="591" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A591" s="89" t="s">
+        <v>129</v>
+      </c>
+      <c r="B591" s="86" t="s">
+        <v>133</v>
+      </c>
+      <c r="C591" s="86" t="s">
+        <v>85</v>
+      </c>
+      <c r="D591" s="86" t="s">
+        <v>134</v>
+      </c>
+      <c r="E591" s="88">
+        <v>44377</v>
+      </c>
+      <c r="F591" s="78" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="592" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A592" s="89" t="s">
+        <v>129</v>
+      </c>
+      <c r="B592" s="86" t="s">
         <v>130</v>
       </c>
-      <c r="C588" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D588" s="86" t="s">
+      <c r="C592" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D592" s="86" t="s">
         <v>131</v>
       </c>
-      <c r="E588" s="88">
+      <c r="E592" s="88">
         <v>44391</v>
       </c>
-      <c r="F588" s="78" t="s">
+      <c r="F592" s="78" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="589" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A589" s="101" t="s">
+    <row r="593" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A593" s="101" t="s">
         <v>846</v>
       </c>
-      <c r="B589" s="86" t="s">
+      <c r="B593" s="86" t="s">
         <v>915</v>
       </c>
-      <c r="C589" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D589" s="86" t="s">
+      <c r="C593" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D593" s="86" t="s">
         <v>916</v>
       </c>
-      <c r="E589" s="88">
+      <c r="E593" s="88">
         <v>41808</v>
       </c>
-      <c r="F589" s="78" t="s">
+      <c r="F593" s="78" t="s">
         <v>917</v>
       </c>
     </row>
-    <row r="590" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A590" s="101" t="s">
+    <row r="594" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A594" s="101" t="s">
         <v>846</v>
       </c>
-      <c r="B590" s="86" t="s">
+      <c r="B594" s="86" t="s">
         <v>889</v>
       </c>
-      <c r="C590" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D590" s="86" t="s">
+      <c r="C594" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D594" s="86" t="s">
         <v>890</v>
       </c>
-      <c r="E590" s="88">
+      <c r="E594" s="88">
         <v>41956</v>
       </c>
-      <c r="F590" s="79" t="s">
+      <c r="F594" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="591" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A591" s="101" t="s">
+    <row r="595" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A595" s="101" t="s">
         <v>846</v>
       </c>
-      <c r="B591" s="86" t="s">
+      <c r="B595" s="86" t="s">
         <v>847</v>
       </c>
-      <c r="C591" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D591" s="86" t="s">
+      <c r="C595" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D595" s="86" t="s">
         <v>848</v>
       </c>
-      <c r="E591" s="88">
+      <c r="E595" s="88">
         <v>42108</v>
       </c>
-      <c r="F591" s="78" t="s">
+      <c r="F595" s="78" t="s">
         <v>849</v>
       </c>
     </row>
-    <row r="592" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A592" s="127" t="s">
+    <row r="596" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A596" s="127" t="s">
         <v>655</v>
       </c>
-      <c r="B592" s="86" t="s">
+      <c r="B596" s="86" t="s">
         <v>672</v>
       </c>
-      <c r="C592" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D592" s="86" t="s">
+      <c r="C596" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D596" s="86" t="s">
         <v>673</v>
       </c>
-      <c r="E592" s="88">
+      <c r="E596" s="88">
         <v>42759</v>
       </c>
-      <c r="F592" s="78" t="s">
+      <c r="F596" s="78" t="s">
         <v>606</v>
       </c>
     </row>
-    <row r="593" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A593" s="127" t="s">
+    <row r="597" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A597" s="127" t="s">
         <v>655</v>
       </c>
-      <c r="B593" s="86" t="s">
+      <c r="B597" s="86" t="s">
         <v>656</v>
       </c>
-      <c r="C593" s="86" t="s">
+      <c r="C597" s="86" t="s">
         <v>85</v>
       </c>
-      <c r="D593" s="86" t="s">
+      <c r="D597" s="86" t="s">
         <v>657</v>
       </c>
-      <c r="E593" s="88">
+      <c r="E597" s="88">
         <v>42853</v>
       </c>
-      <c r="F593" s="78" t="s">
+      <c r="F597" s="78" t="s">
         <v>658</v>
       </c>
     </row>
-    <row r="594" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-[...79 lines deleted...]
-    <row r="598" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="598" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A598" s="123" t="s">
         <v>409</v>
       </c>
       <c r="B598" s="86" t="s">
-        <v>789</v>
+        <v>838</v>
       </c>
       <c r="C598" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D598" s="86" t="s">
-        <v>790</v>
+        <v>839</v>
       </c>
       <c r="E598" s="88">
-        <v>42403</v>
+        <v>42157</v>
       </c>
       <c r="F598" s="78" t="s">
-        <v>791</v>
+        <v>840</v>
       </c>
     </row>
     <row r="599" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A599" s="123" t="s">
         <v>409</v>
       </c>
       <c r="B599" s="86" t="s">
-        <v>755</v>
+        <v>835</v>
       </c>
       <c r="C599" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D599" s="86" t="s">
-        <v>756</v>
+        <v>836</v>
       </c>
       <c r="E599" s="88">
-        <v>42510</v>
+        <v>42177</v>
       </c>
       <c r="F599" s="78" t="s">
-        <v>757</v>
+        <v>837</v>
       </c>
     </row>
     <row r="600" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A600" s="123" t="s">
         <v>409</v>
       </c>
       <c r="B600" s="86" t="s">
-        <v>742</v>
+        <v>827</v>
       </c>
       <c r="C600" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D600" s="86" t="s">
-        <v>743</v>
+        <v>828</v>
       </c>
       <c r="E600" s="88">
-        <v>42537</v>
+        <v>42206</v>
       </c>
       <c r="F600" s="78" t="s">
-        <v>744</v>
-[...2 lines deleted...]
-    <row r="601" spans="1:6" x14ac:dyDescent="0.35">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="601" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A601" s="123" t="s">
         <v>409</v>
       </c>
       <c r="B601" s="86" t="s">
-        <v>704</v>
+        <v>817</v>
       </c>
       <c r="C601" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D601" s="86" t="s">
-        <v>705</v>
+        <v>818</v>
       </c>
       <c r="E601" s="88">
-        <v>42660</v>
+        <v>42278</v>
       </c>
       <c r="F601" s="78" t="s">
-        <v>706</v>
+        <v>807</v>
       </c>
     </row>
     <row r="602" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A602" s="123" t="s">
         <v>409</v>
       </c>
       <c r="B602" s="86" t="s">
-        <v>674</v>
+        <v>789</v>
       </c>
       <c r="C602" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D602" s="86" t="s">
-        <v>675</v>
+        <v>790</v>
       </c>
       <c r="E602" s="88">
-        <v>42746</v>
+        <v>42403</v>
       </c>
       <c r="F602" s="78" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-    <row r="603" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="603" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A603" s="123" t="s">
         <v>409</v>
       </c>
       <c r="B603" s="86" t="s">
-        <v>626</v>
+        <v>755</v>
       </c>
       <c r="C603" s="86" t="s">
         <v>7</v>
       </c>
-      <c r="D603" s="3" t="s">
-        <v>627</v>
+      <c r="D603" s="86" t="s">
+        <v>756</v>
       </c>
       <c r="E603" s="88">
-        <v>42972</v>
+        <v>42510</v>
       </c>
       <c r="F603" s="78" t="s">
-        <v>628</v>
-[...2 lines deleted...]
-    <row r="604" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="604" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A604" s="123" t="s">
         <v>409</v>
       </c>
       <c r="B604" s="86" t="s">
-        <v>512</v>
+        <v>742</v>
       </c>
       <c r="C604" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D604" s="86" t="s">
-        <v>513</v>
+        <v>743</v>
       </c>
       <c r="E604" s="88">
-        <v>43531</v>
+        <v>42537</v>
       </c>
       <c r="F604" s="78" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-    <row r="605" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="605" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A605" s="123" t="s">
         <v>409</v>
       </c>
       <c r="B605" s="86" t="s">
+        <v>704</v>
+      </c>
+      <c r="C605" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D605" s="86" t="s">
+        <v>705</v>
+      </c>
+      <c r="E605" s="88">
+        <v>42660</v>
+      </c>
+      <c r="F605" s="78" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="606" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A606" s="123" t="s">
+        <v>409</v>
+      </c>
+      <c r="B606" s="86" t="s">
+        <v>674</v>
+      </c>
+      <c r="C606" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D606" s="86" t="s">
+        <v>675</v>
+      </c>
+      <c r="E606" s="88">
+        <v>42746</v>
+      </c>
+      <c r="F606" s="78" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="607" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A607" s="123" t="s">
+        <v>409</v>
+      </c>
+      <c r="B607" s="86" t="s">
+        <v>626</v>
+      </c>
+      <c r="C607" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D607" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="E607" s="88">
+        <v>42972</v>
+      </c>
+      <c r="F607" s="78" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="608" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A608" s="123" t="s">
+        <v>409</v>
+      </c>
+      <c r="B608" s="86" t="s">
+        <v>512</v>
+      </c>
+      <c r="C608" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D608" s="86" t="s">
+        <v>513</v>
+      </c>
+      <c r="E608" s="88">
+        <v>43531</v>
+      </c>
+      <c r="F608" s="78" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="609" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A609" s="123" t="s">
+        <v>409</v>
+      </c>
+      <c r="B609" s="86" t="s">
         <v>410</v>
       </c>
-      <c r="C605" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D605" s="86" t="s">
+      <c r="C609" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D609" s="86" t="s">
         <v>411</v>
       </c>
-      <c r="E605" s="88">
+      <c r="E609" s="88">
         <v>43740</v>
       </c>
-      <c r="F605" s="78" t="s">
+      <c r="F609" s="78" t="s">
         <v>412</v>
       </c>
     </row>
-    <row r="606" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A606" s="164" t="s">
+    <row r="610" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A610" s="164" t="s">
         <v>409</v>
       </c>
-      <c r="B606" s="86" t="s">
+      <c r="B610" s="86" t="s">
         <v>1609</v>
       </c>
-      <c r="C606" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D606" s="86" t="s">
+      <c r="C610" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D610" s="86" t="s">
         <v>1616</v>
       </c>
-      <c r="E606" s="88">
+      <c r="E610" s="88">
         <v>45497</v>
       </c>
-      <c r="F606" s="181" t="s">
+      <c r="F610" s="181" t="s">
         <v>1628</v>
       </c>
     </row>
-    <row r="607" spans="1:6" x14ac:dyDescent="0.35">
-[...79 lines deleted...]
-    <row r="611" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+    <row r="611" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A611" s="104" t="s">
         <v>62</v>
       </c>
       <c r="B611" s="86" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C611" s="86" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D611" s="86" t="s">
+        <v>1206</v>
+      </c>
+      <c r="E611" s="88">
+        <v>39975</v>
+      </c>
+      <c r="F611" s="78" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="612" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A612" s="104" t="s">
+        <v>62</v>
+      </c>
+      <c r="B612" s="86" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C612" s="86" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D612" s="86" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E612" s="88">
+        <v>40801</v>
+      </c>
+      <c r="F612" s="78" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="613" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A613" s="104" t="s">
+        <v>62</v>
+      </c>
+      <c r="B613" s="86" t="s">
+        <v>988</v>
+      </c>
+      <c r="C613" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D613" s="86" t="s">
+        <v>989</v>
+      </c>
+      <c r="E613" s="88">
+        <v>41512</v>
+      </c>
+      <c r="F613" s="78" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="614" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A614" s="104" t="s">
+        <v>62</v>
+      </c>
+      <c r="B614" s="86" t="s">
+        <v>119</v>
+      </c>
+      <c r="C614" s="86" t="s">
+        <v>120</v>
+      </c>
+      <c r="D614" s="86" t="s">
+        <v>121</v>
+      </c>
+      <c r="E614" s="88">
+        <v>44417</v>
+      </c>
+      <c r="F614" s="78" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="615" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A615" s="104" t="s">
+        <v>62</v>
+      </c>
+      <c r="B615" s="86" t="s">
         <v>63</v>
       </c>
-      <c r="C611" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D611" s="86" t="s">
+      <c r="C615" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D615" s="86" t="s">
         <v>64</v>
       </c>
-      <c r="E611" s="88">
+      <c r="E615" s="88">
         <v>44683</v>
       </c>
-      <c r="F611" s="78" t="s">
+      <c r="F615" s="78" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="612" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-[...79 lines deleted...]
-    <row r="616" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="616" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A616" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B616" s="86" t="s">
-        <v>1613</v>
+        <v>669</v>
       </c>
       <c r="C616" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D616" s="86" t="s">
-        <v>1620</v>
+        <v>670</v>
       </c>
       <c r="E616" s="88">
-        <v>45428</v>
-[...2 lines deleted...]
-        <v>1624</v>
+        <v>42809</v>
+      </c>
+      <c r="F616" s="78" t="s">
+        <v>671</v>
       </c>
     </row>
     <row r="617" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A617" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B617" s="86" t="s">
-        <v>1613</v>
+        <v>666</v>
       </c>
       <c r="C617" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D617" s="86" t="s">
-        <v>1643</v>
+        <v>667</v>
       </c>
       <c r="E617" s="88">
-        <v>45428</v>
-[...2 lines deleted...]
-        <v>1650</v>
+        <v>42822</v>
+      </c>
+      <c r="F617" s="78" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="618" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A618" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B618" s="86" t="s">
-        <v>1613</v>
+        <v>649</v>
       </c>
       <c r="C618" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D618" s="86" t="s">
-        <v>1644</v>
+        <v>650</v>
       </c>
       <c r="E618" s="88">
-        <v>45428</v>
-[...5 lines deleted...]
-    <row r="619" spans="1:6" x14ac:dyDescent="0.35">
+        <v>42860</v>
+      </c>
+      <c r="F618" s="78" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="619" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A619" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B619" s="86" t="s">
-        <v>1613</v>
+        <v>1597</v>
       </c>
       <c r="C619" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D619" s="86" t="s">
-        <v>1645</v>
+        <v>1607</v>
       </c>
       <c r="E619" s="88">
-        <v>45428</v>
+        <v>45296</v>
       </c>
       <c r="F619" s="83" t="s">
-        <v>1652</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="620" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A620" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B620" s="86" t="s">
         <v>1613</v>
       </c>
       <c r="C620" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D620" s="86" t="s">
-        <v>1646</v>
+        <v>1620</v>
       </c>
       <c r="E620" s="88">
         <v>45428</v>
       </c>
       <c r="F620" s="83" t="s">
-        <v>1653</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="621" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A621" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B621" s="86" t="s">
         <v>1613</v>
       </c>
       <c r="C621" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D621" s="86" t="s">
-        <v>1647</v>
+        <v>1643</v>
       </c>
       <c r="E621" s="88">
         <v>45428</v>
       </c>
       <c r="F621" s="83" t="s">
-        <v>1654</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="622" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A622" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B622" s="86" t="s">
         <v>1613</v>
       </c>
       <c r="C622" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D622" s="86" t="s">
-        <v>1648</v>
+        <v>1644</v>
       </c>
       <c r="E622" s="88">
         <v>45428</v>
       </c>
       <c r="F622" s="83" t="s">
-        <v>1655</v>
-[...2 lines deleted...]
-    <row r="623" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="623" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A623" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B623" s="86" t="s">
         <v>1613</v>
       </c>
       <c r="C623" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D623" s="86" t="s">
-        <v>1649</v>
+        <v>1645</v>
       </c>
       <c r="E623" s="88">
         <v>45428</v>
       </c>
       <c r="F623" s="83" t="s">
-        <v>1656</v>
-[...2 lines deleted...]
-    <row r="624" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1652</v>
+      </c>
+    </row>
+    <row r="624" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A624" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B624" s="86" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="C624" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D624" s="86" t="s">
-        <v>1619</v>
+        <v>1646</v>
       </c>
       <c r="E624" s="88">
-        <v>45440</v>
+        <v>45428</v>
       </c>
       <c r="F624" s="83" t="s">
-        <v>1625</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="625" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A625" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B625" s="86" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="C625" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D625" s="86" t="s">
-        <v>1636</v>
+        <v>1647</v>
       </c>
       <c r="E625" s="88">
-        <v>45440</v>
+        <v>45428</v>
       </c>
       <c r="F625" s="83" t="s">
-        <v>1639</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="626" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A626" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B626" s="86" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="C626" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D626" s="86" t="s">
-        <v>1635</v>
+        <v>1648</v>
       </c>
       <c r="E626" s="88">
-        <v>45440</v>
+        <v>45428</v>
       </c>
       <c r="F626" s="83" t="s">
-        <v>1640</v>
-[...2 lines deleted...]
-    <row r="627" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="627" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A627" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B627" s="86" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="C627" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D627" s="86" t="s">
-        <v>1637</v>
+        <v>1649</v>
       </c>
       <c r="E627" s="88">
-        <v>45440</v>
+        <v>45428</v>
       </c>
       <c r="F627" s="83" t="s">
-        <v>1641</v>
-[...2 lines deleted...]
-    <row r="628" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="628" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A628" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B628" s="86" t="s">
         <v>1612</v>
       </c>
       <c r="C628" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D628" s="86" t="s">
-        <v>1638</v>
+        <v>1619</v>
       </c>
       <c r="E628" s="88">
         <v>45440</v>
       </c>
       <c r="F628" s="162" t="s">
-        <v>1642</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="629" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A629" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B629" s="86" t="s">
-        <v>1861</v>
+        <v>1612</v>
       </c>
       <c r="C629" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D629" s="86" t="s">
-        <v>1862</v>
+        <v>1636</v>
       </c>
       <c r="E629" s="88">
-        <v>45742</v>
+        <v>45440</v>
       </c>
       <c r="F629" s="83" t="s">
-        <v>1863</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="630" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A630" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B630" s="86" t="s">
-        <v>1909</v>
+        <v>1612</v>
       </c>
       <c r="C630" s="86" t="s">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="D630" s="86" t="s">
-        <v>1910</v>
+        <v>1635</v>
       </c>
       <c r="E630" s="88">
-        <v>45929</v>
+        <v>45440</v>
       </c>
       <c r="F630" s="83" t="s">
-        <v>1914</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="631" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A631" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B631" s="86" t="s">
-        <v>1909</v>
+        <v>1612</v>
       </c>
       <c r="C631" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D631" s="86" t="s">
-        <v>1911</v>
+        <v>1637</v>
       </c>
       <c r="E631" s="88">
-        <v>45929</v>
+        <v>45440</v>
       </c>
       <c r="F631" s="83" t="s">
-        <v>1915</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="632" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A632" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B632" s="86" t="s">
-        <v>1909</v>
+        <v>1612</v>
       </c>
       <c r="C632" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D632" s="86" t="s">
-        <v>1912</v>
+        <v>1638</v>
       </c>
       <c r="E632" s="88">
-        <v>45929</v>
+        <v>45440</v>
       </c>
       <c r="F632" s="83" t="s">
-        <v>1859</v>
-[...2 lines deleted...]
-    <row r="633" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1642</v>
+      </c>
+    </row>
+    <row r="633" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A633" s="130" t="s">
         <v>648</v>
       </c>
       <c r="B633" s="86" t="s">
+        <v>1861</v>
+      </c>
+      <c r="C633" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D633" s="86" t="s">
+        <v>1862</v>
+      </c>
+      <c r="E633" s="88">
+        <v>45742</v>
+      </c>
+      <c r="F633" s="83" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="634" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A634" s="130" t="s">
+        <v>648</v>
+      </c>
+      <c r="B634" s="86" t="s">
         <v>1909</v>
       </c>
-      <c r="C633" s="86" t="s">
+      <c r="C634" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D634" s="86" t="s">
+        <v>1910</v>
+      </c>
+      <c r="E634" s="88">
+        <v>45929</v>
+      </c>
+      <c r="F634" s="83" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="635" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A635" s="130" t="s">
+        <v>648</v>
+      </c>
+      <c r="B635" s="86" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C635" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D635" s="86" t="s">
+        <v>1911</v>
+      </c>
+      <c r="E635" s="88">
+        <v>45929</v>
+      </c>
+      <c r="F635" s="83" t="s">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="636" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A636" s="130" t="s">
+        <v>648</v>
+      </c>
+      <c r="B636" s="86" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C636" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D636" s="86" t="s">
+        <v>1912</v>
+      </c>
+      <c r="E636" s="88">
+        <v>45929</v>
+      </c>
+      <c r="F636" s="83" t="s">
+        <v>1859</v>
+      </c>
+    </row>
+    <row r="637" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A637" s="130" t="s">
+        <v>648</v>
+      </c>
+      <c r="B637" s="86" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C637" s="86" t="s">
         <v>137</v>
       </c>
-      <c r="D633" s="86" t="s">
+      <c r="D637" s="86" t="s">
         <v>1918</v>
       </c>
-      <c r="E633" s="88">
+      <c r="E637" s="88">
         <v>45957</v>
       </c>
-      <c r="F633" s="83" t="s">
+      <c r="F637" s="83" t="s">
         <v>1919</v>
       </c>
     </row>
-    <row r="634" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A634" s="153" t="s">
+    <row r="638" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A638" s="153" t="s">
         <v>1486</v>
       </c>
-      <c r="B634" s="86" t="s">
+      <c r="B638" s="86" t="s">
         <v>1487</v>
       </c>
-      <c r="C634" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D634" s="86" t="s">
+      <c r="C638" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D638" s="86" t="s">
         <v>1488</v>
       </c>
-      <c r="E634" s="88">
+      <c r="E638" s="88">
         <v>36710</v>
       </c>
-      <c r="F634" s="79" t="s">
+      <c r="F638" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="635" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A635" s="110" t="s">
+    <row r="639" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A639" s="110" t="s">
         <v>1352</v>
       </c>
-      <c r="B635" s="86" t="s">
+      <c r="B639" s="86" t="s">
         <v>1351</v>
       </c>
-      <c r="C635" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D635" s="86" t="s">
+      <c r="C639" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D639" s="86" t="s">
         <v>1353</v>
       </c>
-      <c r="E635" s="88">
+      <c r="E639" s="88">
         <v>38789</v>
       </c>
-      <c r="F635" s="78" t="s">
+      <c r="F639" s="78" t="s">
         <v>1531</v>
       </c>
     </row>
-    <row r="636" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A636" s="110" t="s">
+    <row r="640" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A640" s="110" t="s">
         <v>1352</v>
       </c>
-      <c r="B636" s="86"/>
-      <c r="C636" s="86" t="s">
+      <c r="B640" s="86"/>
+      <c r="C640" s="86" t="s">
         <v>1509</v>
       </c>
-      <c r="D636" s="86" t="s">
+      <c r="D640" s="86" t="s">
         <v>1510</v>
       </c>
-      <c r="E636" s="88">
+      <c r="E640" s="88">
         <v>32387</v>
       </c>
-      <c r="F636" s="79" t="s">
+      <c r="F640" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="637" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A637" s="127" t="s">
+    <row r="641" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A641" s="127" t="s">
         <v>590</v>
       </c>
-      <c r="B637" s="86" t="s">
+      <c r="B641" s="86" t="s">
         <v>587</v>
       </c>
-      <c r="C637" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D637" s="86" t="s">
+      <c r="C641" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D641" s="86" t="s">
         <v>588</v>
       </c>
-      <c r="E637" s="88">
+      <c r="E641" s="88">
         <v>43126</v>
       </c>
-      <c r="F637" s="78" t="s">
+      <c r="F641" s="78" t="s">
         <v>589</v>
       </c>
     </row>
-    <row r="638" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A638" s="148" t="s">
+    <row r="642" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A642" s="148" t="s">
         <v>1326</v>
       </c>
-      <c r="B638" s="86" t="s">
+      <c r="B642" s="86" t="s">
         <v>1327</v>
       </c>
-      <c r="C638" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D638" s="86" t="s">
+      <c r="C642" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D642" s="86" t="s">
         <v>1328</v>
       </c>
-      <c r="E638" s="88">
+      <c r="E642" s="88">
         <v>38950</v>
       </c>
-      <c r="F638" s="78" t="s">
+      <c r="F642" s="78" t="s">
         <v>1329</v>
       </c>
     </row>
-    <row r="639" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A639" s="142" t="s">
+    <row r="643" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A643" s="142" t="s">
         <v>1252</v>
       </c>
-      <c r="B639" s="86" t="s">
+      <c r="B643" s="86" t="s">
         <v>1253</v>
       </c>
-      <c r="C639" s="86" t="s">
+      <c r="C643" s="86" t="s">
         <v>1254</v>
       </c>
-      <c r="D639" s="86" t="s">
+      <c r="D643" s="86" t="s">
         <v>1255</v>
       </c>
-      <c r="E639" s="88">
+      <c r="E643" s="88">
         <v>39695</v>
       </c>
-      <c r="F639" s="78" t="s">
+      <c r="F643" s="78" t="s">
         <v>1256</v>
-      </c>
-[...78 lines deleted...]
-        <v>1733</v>
       </c>
     </row>
     <row r="644" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A644" s="176" t="s">
         <v>1252</v>
       </c>
       <c r="B644" s="86" t="s">
         <v>1533</v>
       </c>
       <c r="C644" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D644" s="86" t="s">
-        <v>1730</v>
+        <v>1534</v>
       </c>
       <c r="E644" s="88">
         <v>44958</v>
       </c>
       <c r="F644" s="96" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="645" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A645" s="176" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B645" s="86" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C645" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D645" s="86" t="s">
+        <v>1727</v>
+      </c>
+      <c r="E645" s="88">
+        <v>44958</v>
+      </c>
+      <c r="F645" s="96" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="646" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A646" s="176" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B646" s="86" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C646" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D646" s="86" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E646" s="88">
+        <v>44958</v>
+      </c>
+      <c r="F646" s="96" t="s">
+        <v>1732</v>
+      </c>
+    </row>
+    <row r="647" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A647" s="176" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B647" s="86" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C647" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D647" s="86" t="s">
+        <v>1729</v>
+      </c>
+      <c r="E647" s="88">
+        <v>44958</v>
+      </c>
+      <c r="F647" s="96" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="648" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A648" s="176" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B648" s="86" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C648" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D648" s="86" t="s">
+        <v>1730</v>
+      </c>
+      <c r="E648" s="88">
+        <v>44958</v>
+      </c>
+      <c r="F648" s="96" t="s">
         <v>1734</v>
       </c>
     </row>
-    <row r="645" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A645" s="136" t="s">
+    <row r="649" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A649" s="136" t="s">
         <v>929</v>
       </c>
-      <c r="B645" s="86" t="s">
+      <c r="B649" s="86" t="s">
         <v>1469</v>
       </c>
-      <c r="C645" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D645" s="86" t="s">
+      <c r="C649" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D649" s="86" t="s">
         <v>1470</v>
       </c>
-      <c r="E645" s="88">
+      <c r="E649" s="88">
         <v>36998</v>
       </c>
-      <c r="F645" s="79" t="s">
+      <c r="F649" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="646" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A646" s="136" t="s">
+    <row r="650" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A650" s="136" t="s">
         <v>929</v>
       </c>
-      <c r="B646" s="86" t="s">
+      <c r="B650" s="86" t="s">
         <v>930</v>
       </c>
-      <c r="C646" s="86" t="s">
+      <c r="C650" s="86" t="s">
         <v>931</v>
       </c>
-      <c r="D646" s="86" t="s">
+      <c r="D650" s="86" t="s">
         <v>932</v>
       </c>
-      <c r="E646" s="88">
+      <c r="E650" s="88">
         <v>41730</v>
       </c>
-      <c r="F646" s="78" t="s">
+      <c r="F650" s="78" t="s">
         <v>933</v>
       </c>
     </row>
-    <row r="647" spans="1:6" x14ac:dyDescent="0.35">
-[...79 lines deleted...]
-    <row r="651" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+    <row r="651" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A651" s="135" t="s">
         <v>856</v>
       </c>
       <c r="B651" s="86" t="s">
+        <v>927</v>
+      </c>
+      <c r="C651" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D651" s="86" t="s">
+        <v>928</v>
+      </c>
+      <c r="E651" s="88">
+        <v>41732</v>
+      </c>
+      <c r="F651" s="79" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="652" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A652" s="135" t="s">
+        <v>856</v>
+      </c>
+      <c r="B652" s="86" t="s">
+        <v>871</v>
+      </c>
+      <c r="C652" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D652" s="86" t="s">
+        <v>872</v>
+      </c>
+      <c r="E652" s="88">
+        <v>42061</v>
+      </c>
+      <c r="F652" s="78" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="653" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A653" s="135" t="s">
+        <v>856</v>
+      </c>
+      <c r="B653" s="86" t="s">
+        <v>866</v>
+      </c>
+      <c r="C653" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D653" s="86" t="s">
+        <v>867</v>
+      </c>
+      <c r="E653" s="88">
+        <v>42061</v>
+      </c>
+      <c r="F653" s="78" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="654" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A654" s="135" t="s">
+        <v>856</v>
+      </c>
+      <c r="B654" s="86" t="s">
+        <v>863</v>
+      </c>
+      <c r="C654" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D654" s="86" t="s">
+        <v>864</v>
+      </c>
+      <c r="E654" s="88">
+        <v>40966</v>
+      </c>
+      <c r="F654" s="78" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="655" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A655" s="135" t="s">
+        <v>856</v>
+      </c>
+      <c r="B655" s="86" t="s">
         <v>857</v>
       </c>
-      <c r="C651" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D651" s="86" t="s">
+      <c r="C655" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D655" s="86" t="s">
         <v>858</v>
       </c>
-      <c r="E651" s="88">
+      <c r="E655" s="88">
         <v>42075</v>
       </c>
-      <c r="F651" s="78" t="s">
+      <c r="F655" s="78" t="s">
         <v>859</v>
       </c>
     </row>
-    <row r="652" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A652" s="87" t="s">
+    <row r="656" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A656" s="87" t="s">
         <v>204</v>
       </c>
-      <c r="B652" s="86" t="s">
+      <c r="B656" s="86" t="s">
         <v>592</v>
       </c>
-      <c r="C652" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D652" s="86" t="s">
+      <c r="C656" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D656" s="86" t="s">
         <v>595</v>
       </c>
-      <c r="E652" s="88">
+      <c r="E656" s="88">
         <v>43117</v>
       </c>
-      <c r="F652" s="78" t="s">
+      <c r="F656" s="78" t="s">
         <v>594</v>
       </c>
     </row>
-    <row r="653" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A653" s="87" t="s">
+    <row r="657" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A657" s="87" t="s">
         <v>204</v>
       </c>
-      <c r="B653" s="86" t="s">
+      <c r="B657" s="86" t="s">
         <v>205</v>
       </c>
-      <c r="C653" s="86" t="s">
+      <c r="C657" s="86" t="s">
         <v>206</v>
       </c>
-      <c r="D653" s="86" t="s">
+      <c r="D657" s="86" t="s">
         <v>207</v>
       </c>
-      <c r="E653" s="88">
+      <c r="E657" s="88">
         <v>44140</v>
       </c>
-      <c r="F653" s="78" t="s">
+      <c r="F657" s="78" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="654" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A654" s="87" t="s">
+    <row r="658" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A658" s="87" t="s">
         <v>204</v>
       </c>
-      <c r="B654" s="86" t="s">
+      <c r="B658" s="86" t="s">
         <v>1571</v>
       </c>
-      <c r="C654" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D654" s="86" t="s">
+      <c r="C658" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D658" s="86" t="s">
         <v>1569</v>
       </c>
-      <c r="E654" s="88">
+      <c r="E658" s="88">
         <v>45160</v>
       </c>
-      <c r="F654" s="83" t="s">
+      <c r="F658" s="83" t="s">
         <v>1570</v>
-      </c>
-[...78 lines deleted...]
-        <v>943</v>
       </c>
     </row>
     <row r="659" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A659" s="118" t="s">
         <v>346</v>
       </c>
       <c r="B659" s="86" t="s">
-        <v>938</v>
+        <v>1452</v>
       </c>
       <c r="C659" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D659" s="86" t="s">
-        <v>939</v>
+        <v>1453</v>
       </c>
       <c r="E659" s="88">
-        <v>41722</v>
-[...2 lines deleted...]
-        <v>940</v>
+        <v>37475</v>
+      </c>
+      <c r="F659" s="79" t="s">
+        <v>888</v>
       </c>
     </row>
     <row r="660" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A660" s="118" t="s">
         <v>346</v>
       </c>
       <c r="B660" s="86" t="s">
-        <v>853</v>
+        <v>1080</v>
       </c>
       <c r="C660" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D660" s="86" t="s">
-        <v>854</v>
+        <v>1018</v>
       </c>
       <c r="E660" s="88">
-        <v>42082</v>
+        <v>41005</v>
       </c>
       <c r="F660" s="78" t="s">
-        <v>855</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="661" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A661" s="118" t="s">
         <v>346</v>
       </c>
       <c r="B661" s="86" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C661" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D661" s="86" t="s">
+        <v>1018</v>
+      </c>
+      <c r="E661" s="88">
+        <v>41344</v>
+      </c>
+      <c r="F661" s="78" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="662" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A662" s="118" t="s">
+        <v>346</v>
+      </c>
+      <c r="B662" s="86" t="s">
+        <v>941</v>
+      </c>
+      <c r="C662" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D662" s="86" t="s">
+        <v>942</v>
+      </c>
+      <c r="E662" s="88">
+        <v>41722</v>
+      </c>
+      <c r="F662" s="78" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="663" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A663" s="118" t="s">
+        <v>346</v>
+      </c>
+      <c r="B663" s="86" t="s">
+        <v>938</v>
+      </c>
+      <c r="C663" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D663" s="86" t="s">
+        <v>939</v>
+      </c>
+      <c r="E663" s="88">
+        <v>41722</v>
+      </c>
+      <c r="F663" s="78" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="664" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A664" s="118" t="s">
+        <v>346</v>
+      </c>
+      <c r="B664" s="86" t="s">
+        <v>853</v>
+      </c>
+      <c r="C664" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D664" s="86" t="s">
+        <v>854</v>
+      </c>
+      <c r="E664" s="88">
+        <v>42082</v>
+      </c>
+      <c r="F664" s="78" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="665" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A665" s="118" t="s">
+        <v>346</v>
+      </c>
+      <c r="B665" s="86" t="s">
         <v>342</v>
       </c>
-      <c r="C661" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D661" s="86" t="s">
+      <c r="C665" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D665" s="86" t="s">
         <v>347</v>
       </c>
-      <c r="E661" s="88">
+      <c r="E665" s="88">
         <v>43892</v>
       </c>
-      <c r="F661" s="78" t="s">
+      <c r="F665" s="78" t="s">
         <v>344</v>
       </c>
     </row>
-    <row r="662" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A662" s="133" t="s">
+    <row r="666" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A666" s="133" t="s">
         <v>774</v>
       </c>
-      <c r="B662" s="86" t="s">
+      <c r="B666" s="86" t="s">
         <v>1463</v>
       </c>
-      <c r="C662" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D662" s="86" t="s">
+      <c r="C666" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D666" s="86" t="s">
         <v>1464</v>
       </c>
-      <c r="E662" s="88">
+      <c r="E666" s="88">
         <v>37302</v>
       </c>
-      <c r="F662" s="79" t="s">
+      <c r="F666" s="79" t="s">
         <v>888</v>
       </c>
     </row>
-    <row r="663" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A663" s="133" t="s">
+    <row r="667" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A667" s="133" t="s">
         <v>774</v>
       </c>
-      <c r="B663" s="86" t="s">
+      <c r="B667" s="86" t="s">
         <v>1135</v>
       </c>
-      <c r="C663" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D663" s="86" t="s">
+      <c r="C667" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D667" s="86" t="s">
         <v>1136</v>
       </c>
-      <c r="E663" s="88">
+      <c r="E667" s="88">
         <v>40648</v>
       </c>
-      <c r="F663" s="78" t="s">
+      <c r="F667" s="78" t="s">
         <v>1137</v>
       </c>
     </row>
-    <row r="664" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A664" s="133" t="s">
+    <row r="668" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A668" s="133" t="s">
         <v>774</v>
       </c>
-      <c r="B664" s="86" t="s">
+      <c r="B668" s="86" t="s">
         <v>772</v>
       </c>
-      <c r="C664" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D664" s="86" t="s">
+      <c r="C668" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D668" s="86" t="s">
         <v>775</v>
       </c>
-      <c r="E664" s="88">
+      <c r="E668" s="88">
         <v>42479</v>
       </c>
-      <c r="F664" s="78" t="s">
+      <c r="F668" s="78" t="s">
         <v>773</v>
       </c>
     </row>
-    <row r="665" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A665" s="151" t="s">
+    <row r="669" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A669" s="151" t="s">
         <v>1432</v>
       </c>
-      <c r="B665" s="86" t="s">
+      <c r="B669" s="86" t="s">
         <v>1433</v>
       </c>
-      <c r="C665" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D665" s="86" t="s">
+      <c r="C669" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D669" s="86" t="s">
         <v>1434</v>
       </c>
-      <c r="E665" s="88">
+      <c r="E669" s="88">
         <v>37749</v>
       </c>
-      <c r="F665" s="78" t="s">
+      <c r="F669" s="78" t="s">
         <v>1435</v>
       </c>
     </row>
-    <row r="666" spans="1:6" x14ac:dyDescent="0.35">
-      <c r="A666" s="145" t="s">
+    <row r="670" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A670" s="145" t="s">
         <v>1288</v>
       </c>
-      <c r="B666" s="86" t="s">
+      <c r="B670" s="86" t="s">
         <v>1289</v>
       </c>
-      <c r="C666" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D666" s="86" t="s">
+      <c r="C670" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D670" s="86" t="s">
         <v>1290</v>
       </c>
-      <c r="E666" s="88">
+      <c r="E670" s="88">
         <v>39511</v>
       </c>
-      <c r="F666" s="78" t="s">
+      <c r="F670" s="78" t="s">
         <v>1291</v>
       </c>
     </row>
-    <row r="667" spans="1:6" ht="29" x14ac:dyDescent="0.35">
-      <c r="A667" s="150" t="s">
+    <row r="671" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A671" s="150" t="s">
         <v>1409</v>
       </c>
-      <c r="B667" s="86" t="s">
+      <c r="B671" s="86" t="s">
         <v>1410</v>
       </c>
-      <c r="C667" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D667" s="86" t="s">
+      <c r="C671" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D671" s="86" t="s">
         <v>1409</v>
       </c>
-      <c r="E667" s="88">
+      <c r="E671" s="88">
         <v>38114</v>
       </c>
-      <c r="F667" s="78" t="s">
+      <c r="F671" s="78" t="s">
         <v>1411</v>
-      </c>
-[...78 lines deleted...]
-        <v>1350</v>
       </c>
     </row>
     <row r="672" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A672" s="120" t="s">
         <v>367</v>
       </c>
       <c r="B672" s="86" t="s">
-        <v>1342</v>
+        <v>1480</v>
       </c>
       <c r="C672" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D672" s="86" t="s">
-        <v>1343</v>
-[...5 lines deleted...]
-        <v>1344</v>
+        <v>1481</v>
+      </c>
+      <c r="E672" s="88" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F672" s="79" t="e">
+        <v>#N/A</v>
       </c>
     </row>
     <row r="673" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A673" s="120" t="s">
         <v>367</v>
       </c>
       <c r="B673" s="86" t="s">
-        <v>1184</v>
+        <v>1436</v>
       </c>
       <c r="C673" s="86" t="s">
-        <v>32</v>
+        <v>7</v>
       </c>
       <c r="D673" s="86" t="s">
-        <v>1185</v>
+        <v>1437</v>
       </c>
       <c r="E673" s="88">
-        <v>40106</v>
+        <v>37676</v>
       </c>
       <c r="F673" s="78" t="s">
-        <v>1186</v>
-[...2 lines deleted...]
-    <row r="674" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="674" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A674" s="120" t="s">
         <v>367</v>
       </c>
       <c r="B674" s="86" t="s">
-        <v>1180</v>
+        <v>1386</v>
       </c>
       <c r="C674" s="86" t="s">
-        <v>1181</v>
+        <v>7</v>
       </c>
       <c r="D674" s="86" t="s">
-        <v>1182</v>
+        <v>970</v>
       </c>
       <c r="E674" s="88">
-        <v>40184</v>
+        <v>38314</v>
       </c>
       <c r="F674" s="78" t="s">
-        <v>1183</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="675" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A675" s="120" t="s">
         <v>367</v>
       </c>
       <c r="B675" s="86" t="s">
-        <v>1120</v>
+        <v>1348</v>
       </c>
       <c r="C675" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D675" s="86" t="s">
-        <v>1121</v>
+        <v>1349</v>
       </c>
       <c r="E675" s="88">
-        <v>40744</v>
+        <v>38812</v>
       </c>
       <c r="F675" s="78" t="s">
-        <v>1122</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="676" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A676" s="120" t="s">
         <v>367</v>
       </c>
       <c r="B676" s="86" t="s">
-        <v>969</v>
+        <v>1342</v>
       </c>
       <c r="C676" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D676" s="86" t="s">
-        <v>970</v>
+        <v>1343</v>
       </c>
       <c r="E676" s="88">
-        <v>41635</v>
+        <v>38853</v>
       </c>
       <c r="F676" s="78" t="s">
-        <v>1523</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="677" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A677" s="120" t="s">
         <v>367</v>
       </c>
       <c r="B677" s="86" t="s">
-        <v>368</v>
+        <v>1184</v>
       </c>
       <c r="C677" s="86" t="s">
         <v>32</v>
       </c>
       <c r="D677" s="86" t="s">
+        <v>1185</v>
+      </c>
+      <c r="E677" s="88">
+        <v>40106</v>
+      </c>
+      <c r="F677" s="78" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="678" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A678" s="120" t="s">
+        <v>367</v>
+      </c>
+      <c r="B678" s="86" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C678" s="86" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D678" s="86" t="s">
+        <v>1182</v>
+      </c>
+      <c r="E678" s="88">
+        <v>40184</v>
+      </c>
+      <c r="F678" s="78" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="679" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A679" s="120" t="s">
+        <v>367</v>
+      </c>
+      <c r="B679" s="86" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C679" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D679" s="86" t="s">
+        <v>1121</v>
+      </c>
+      <c r="E679" s="88">
+        <v>40744</v>
+      </c>
+      <c r="F679" s="78" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="680" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A680" s="120" t="s">
+        <v>367</v>
+      </c>
+      <c r="B680" s="86" t="s">
+        <v>969</v>
+      </c>
+      <c r="C680" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D680" s="86" t="s">
+        <v>970</v>
+      </c>
+      <c r="E680" s="88">
+        <v>41635</v>
+      </c>
+      <c r="F680" s="78" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="681" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A681" s="120" t="s">
+        <v>367</v>
+      </c>
+      <c r="B681" s="86" t="s">
+        <v>368</v>
+      </c>
+      <c r="C681" s="86" t="s">
+        <v>32</v>
+      </c>
+      <c r="D681" s="86" t="s">
         <v>369</v>
       </c>
-      <c r="E677" s="88">
+      <c r="E681" s="88">
         <v>43861</v>
       </c>
-      <c r="F677" s="78" t="s">
+      <c r="F681" s="78" t="s">
         <v>370</v>
-      </c>
-[...78 lines deleted...]
-        <v>1125</v>
       </c>
     </row>
     <row r="682" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A682" s="99" t="s">
         <v>35</v>
       </c>
       <c r="B682" s="86" t="s">
-        <v>1109</v>
+        <v>1447</v>
       </c>
       <c r="C682" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D682" s="86" t="s">
-        <v>1110</v>
+        <v>1448</v>
       </c>
       <c r="E682" s="88">
-        <v>40801</v>
-[...2 lines deleted...]
-        <v>1111</v>
+        <v>37550</v>
+      </c>
+      <c r="F682" s="79" t="s">
+        <v>888</v>
       </c>
     </row>
     <row r="683" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A683" s="99" t="s">
         <v>35</v>
       </c>
       <c r="B683" s="86" t="s">
-        <v>1107</v>
+        <v>1445</v>
       </c>
       <c r="C683" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D683" s="86" t="s">
-        <v>1108</v>
+        <v>1446</v>
       </c>
       <c r="E683" s="88">
-        <v>40807</v>
+        <v>37551</v>
       </c>
       <c r="F683" s="79" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="684" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A684" s="99" t="s">
         <v>35</v>
       </c>
       <c r="B684" s="86" t="s">
-        <v>1057</v>
+        <v>1279</v>
       </c>
       <c r="C684" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D684" s="86" t="s">
-        <v>967</v>
+        <v>1280</v>
       </c>
       <c r="E684" s="88">
-        <v>41197</v>
+        <v>39661</v>
       </c>
       <c r="F684" s="78" t="s">
-        <v>1058</v>
-[...2 lines deleted...]
-    <row r="685" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="685" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A685" s="99" t="s">
         <v>35</v>
       </c>
       <c r="B685" s="86" t="s">
-        <v>1027</v>
+        <v>1123</v>
       </c>
       <c r="C685" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D685" s="86" t="s">
-        <v>1028</v>
+        <v>1124</v>
       </c>
       <c r="E685" s="88">
-        <v>41283</v>
+        <v>40738</v>
       </c>
       <c r="F685" s="78" t="s">
-        <v>1029</v>
-[...2 lines deleted...]
-    <row r="686" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="686" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A686" s="99" t="s">
         <v>35</v>
       </c>
       <c r="B686" s="86" t="s">
-        <v>1014</v>
+        <v>1109</v>
       </c>
       <c r="C686" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D686" s="86" t="s">
-        <v>1015</v>
+        <v>1110</v>
       </c>
       <c r="E686" s="88">
-        <v>41354</v>
+        <v>40801</v>
       </c>
       <c r="F686" s="78" t="s">
-        <v>1016</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="687" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A687" s="99" t="s">
         <v>35</v>
       </c>
       <c r="B687" s="86" t="s">
-        <v>966</v>
+        <v>1107</v>
       </c>
       <c r="C687" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D687" s="86" t="s">
-        <v>967</v>
+        <v>1108</v>
       </c>
       <c r="E687" s="88">
-        <v>41550</v>
-[...2 lines deleted...]
-        <v>968</v>
+        <v>40807</v>
+      </c>
+      <c r="F687" s="79" t="s">
+        <v>888</v>
       </c>
     </row>
     <row r="688" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A688" s="99" t="s">
         <v>35</v>
       </c>
       <c r="B688" s="86" t="s">
-        <v>963</v>
+        <v>1057</v>
       </c>
       <c r="C688" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D688" s="86" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="E688" s="88">
-        <v>41579</v>
+        <v>41197</v>
       </c>
       <c r="F688" s="78" t="s">
-        <v>965</v>
-[...2 lines deleted...]
-    <row r="689" spans="1:6" x14ac:dyDescent="0.35">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="689" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A689" s="99" t="s">
         <v>35</v>
       </c>
       <c r="B689" s="86" t="s">
-        <v>748</v>
+        <v>1027</v>
       </c>
       <c r="C689" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D689" s="86" t="s">
-        <v>749</v>
+        <v>1028</v>
       </c>
       <c r="E689" s="88">
-        <v>42523</v>
+        <v>41283</v>
       </c>
       <c r="F689" s="78" t="s">
-        <v>750</v>
-[...2 lines deleted...]
-    <row r="690" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="690" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A690" s="99" t="s">
         <v>35</v>
       </c>
       <c r="B690" s="86" t="s">
-        <v>515</v>
+        <v>1014</v>
       </c>
       <c r="C690" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D690" s="86" t="s">
-        <v>516</v>
+        <v>1015</v>
       </c>
       <c r="E690" s="88">
-        <v>43511</v>
+        <v>41354</v>
       </c>
       <c r="F690" s="78" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-    <row r="691" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="691" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A691" s="99" t="s">
         <v>35</v>
       </c>
       <c r="B691" s="86" t="s">
+        <v>966</v>
+      </c>
+      <c r="C691" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D691" s="86" t="s">
+        <v>967</v>
+      </c>
+      <c r="E691" s="88">
+        <v>41550</v>
+      </c>
+      <c r="F691" s="78" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="692" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A692" s="99" t="s">
+        <v>35</v>
+      </c>
+      <c r="B692" s="86" t="s">
+        <v>963</v>
+      </c>
+      <c r="C692" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D692" s="86" t="s">
+        <v>964</v>
+      </c>
+      <c r="E692" s="88">
+        <v>41579</v>
+      </c>
+      <c r="F692" s="78" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="693" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A693" s="99" t="s">
+        <v>35</v>
+      </c>
+      <c r="B693" s="86" t="s">
+        <v>748</v>
+      </c>
+      <c r="C693" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D693" s="86" t="s">
+        <v>749</v>
+      </c>
+      <c r="E693" s="88">
+        <v>42523</v>
+      </c>
+      <c r="F693" s="78" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="694" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A694" s="99" t="s">
+        <v>35</v>
+      </c>
+      <c r="B694" s="86" t="s">
+        <v>515</v>
+      </c>
+      <c r="C694" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D694" s="86" t="s">
+        <v>516</v>
+      </c>
+      <c r="E694" s="88">
+        <v>43511</v>
+      </c>
+      <c r="F694" s="78" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="695" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A695" s="99" t="s">
+        <v>35</v>
+      </c>
+      <c r="B695" s="86" t="s">
         <v>36</v>
       </c>
-      <c r="C691" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D691" s="86" t="s">
+      <c r="C695" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D695" s="86" t="s">
         <v>37</v>
       </c>
-      <c r="E691" s="88">
+      <c r="E695" s="88">
         <v>44819</v>
       </c>
-      <c r="F691" s="78" t="s">
+      <c r="F695" s="81" t="s">
         <v>38</v>
-      </c>
-[...78 lines deleted...]
-        <v>1670</v>
       </c>
     </row>
     <row r="696" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A696" s="165" t="s">
         <v>35</v>
       </c>
       <c r="B696" s="86" t="s">
-        <v>1599</v>
+        <v>1579</v>
       </c>
       <c r="C696" s="86" t="s">
         <v>7</v>
       </c>
-      <c r="D696" s="86" t="s">
-        <v>1604</v>
+      <c r="D696" s="169" t="s">
+        <v>1677</v>
       </c>
       <c r="E696" s="88">
-        <v>45338</v>
+        <v>45191</v>
       </c>
       <c r="F696" s="162" t="s">
-        <v>1603</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="697" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A697" s="165" t="s">
         <v>35</v>
       </c>
       <c r="B697" s="86" t="s">
-        <v>1599</v>
+        <v>1579</v>
       </c>
       <c r="C697" s="86" t="s">
-        <v>1632</v>
-[...2 lines deleted...]
-        <v>1657</v>
+        <v>137</v>
+      </c>
+      <c r="D697" s="169" t="s">
+        <v>1666</v>
       </c>
       <c r="E697" s="88">
-        <v>45338</v>
+        <v>45210</v>
       </c>
       <c r="F697" s="162" t="s">
-        <v>1659</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="698" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A698" s="165" t="s">
         <v>35</v>
       </c>
       <c r="B698" s="86" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C698" s="86" t="s">
+        <v>137</v>
+      </c>
+      <c r="D698" s="169" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E698" s="88">
+        <v>45210</v>
+      </c>
+      <c r="F698" s="162" t="s">
+        <v>1669</v>
+      </c>
+    </row>
+    <row r="699" spans="1:6" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A699" s="165" t="s">
+        <v>35</v>
+      </c>
+      <c r="B699" s="86" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C699" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D699" s="169" t="s">
+        <v>1667</v>
+      </c>
+      <c r="E699" s="88">
+        <v>45191</v>
+      </c>
+      <c r="F699" s="162" t="s">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="700" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A700" s="165" t="s">
+        <v>35</v>
+      </c>
+      <c r="B700" s="86" t="s">
         <v>1599</v>
       </c>
-      <c r="C698" s="86" t="s">
+      <c r="C700" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D700" s="86" t="s">
+        <v>1604</v>
+      </c>
+      <c r="E700" s="88">
+        <v>45338</v>
+      </c>
+      <c r="F700" s="162" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="701" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A701" s="165" t="s">
+        <v>35</v>
+      </c>
+      <c r="B701" s="86" t="s">
+        <v>1599</v>
+      </c>
+      <c r="C701" s="86" t="s">
         <v>1632</v>
       </c>
-      <c r="D698" s="86" t="s">
-[...2 lines deleted...]
-      <c r="E698" s="88">
+      <c r="D701" s="86" t="s">
+        <v>1657</v>
+      </c>
+      <c r="E701" s="88">
         <v>45338</v>
       </c>
-      <c r="F698" s="162" t="s">
-[...4 lines deleted...]
-      <c r="A699" s="99" t="s">
+      <c r="F701" s="162" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="702" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A702" s="165" t="s">
         <v>35</v>
       </c>
-      <c r="B699" s="86" t="s">
-[...58 lines deleted...]
-      </c>
       <c r="B702" s="86" t="s">
-        <v>1866</v>
+        <v>1599</v>
       </c>
       <c r="C702" s="86" t="s">
         <v>1632</v>
       </c>
       <c r="D702" s="86" t="s">
-        <v>1868</v>
+        <v>1658</v>
       </c>
       <c r="E702" s="88">
-        <v>45819</v>
+        <v>45338</v>
       </c>
       <c r="F702" s="162" t="s">
-        <v>1874</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="703" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A703" s="99" t="s">
         <v>35</v>
       </c>
       <c r="B703" s="86" t="s">
+        <v>1839</v>
+      </c>
+      <c r="C703" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D703" s="86" t="s">
+        <v>1840</v>
+      </c>
+      <c r="E703" s="88">
+        <v>45629</v>
+      </c>
+      <c r="F703" s="162" t="s">
+        <v>1841</v>
+      </c>
+    </row>
+    <row r="704" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A704" s="99" t="s">
+        <v>35</v>
+      </c>
+      <c r="B704" s="86" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C704" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D704" s="86" t="s">
+        <v>1851</v>
+      </c>
+      <c r="E704" s="88">
+        <v>45666</v>
+      </c>
+      <c r="F704" s="162" t="s">
+        <v>1856</v>
+      </c>
+    </row>
+    <row r="705" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A705" s="99" t="s">
+        <v>35</v>
+      </c>
+      <c r="B705" s="86" t="s">
         <v>1866</v>
       </c>
-      <c r="C703" s="86" t="s">
+      <c r="C705" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D705" s="86" t="s">
+        <v>1867</v>
+      </c>
+      <c r="E705" s="88">
+        <v>45819</v>
+      </c>
+      <c r="F705" s="162" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="706" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A706" s="99" t="s">
+        <v>35</v>
+      </c>
+      <c r="B706" s="86" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C706" s="86" t="s">
         <v>1632</v>
       </c>
-      <c r="D703" s="86" t="s">
+      <c r="D706" s="86" t="s">
+        <v>1868</v>
+      </c>
+      <c r="E706" s="88">
+        <v>45819</v>
+      </c>
+      <c r="F706" s="162" t="s">
+        <v>1874</v>
+      </c>
+    </row>
+    <row r="707" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A707" s="99" t="s">
+        <v>35</v>
+      </c>
+      <c r="B707" s="86" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C707" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D707" s="86" t="s">
         <v>1869</v>
       </c>
-      <c r="E703" s="88">
+      <c r="E707" s="88">
         <v>45819</v>
       </c>
-      <c r="F703" s="162" t="s">
+      <c r="F707" s="162" t="s">
         <v>1875</v>
-      </c>
-[...78 lines deleted...]
-        <v>712</v>
       </c>
     </row>
     <row r="708" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A708" s="125" t="s">
         <v>521</v>
       </c>
       <c r="B708" s="86" t="s">
-        <v>701</v>
+        <v>1412</v>
       </c>
       <c r="C708" s="86" t="s">
-        <v>702</v>
+        <v>7</v>
       </c>
       <c r="D708" s="86" t="s">
-        <v>687</v>
+        <v>1413</v>
       </c>
       <c r="E708" s="88">
-        <v>42664</v>
-[...2 lines deleted...]
-        <v>703</v>
+        <v>38072</v>
+      </c>
+      <c r="F708" s="81" t="s">
+        <v>1414</v>
       </c>
     </row>
     <row r="709" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A709" s="125" t="s">
         <v>521</v>
       </c>
       <c r="B709" s="86" t="s">
-        <v>686</v>
+        <v>1406</v>
       </c>
       <c r="C709" s="86" t="s">
-        <v>85</v>
+        <v>7</v>
       </c>
       <c r="D709" s="86" t="s">
-        <v>687</v>
+        <v>1407</v>
       </c>
       <c r="E709" s="88">
-        <v>42691</v>
+        <v>38224</v>
       </c>
       <c r="F709" s="81" t="s">
-        <v>688</v>
-[...2 lines deleted...]
-    <row r="710" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="710" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A710" s="125" t="s">
         <v>521</v>
       </c>
       <c r="B710" s="86" t="s">
+        <v>814</v>
+      </c>
+      <c r="C710" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D710" s="86" t="s">
+        <v>815</v>
+      </c>
+      <c r="E710" s="88">
+        <v>42279</v>
+      </c>
+      <c r="F710" s="81" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="711" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A711" s="125" t="s">
+        <v>521</v>
+      </c>
+      <c r="B711" s="86" t="s">
+        <v>710</v>
+      </c>
+      <c r="C711" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D711" s="86" t="s">
+        <v>711</v>
+      </c>
+      <c r="E711" s="88">
+        <v>42648</v>
+      </c>
+      <c r="F711" s="81" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="712" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A712" s="125" t="s">
+        <v>521</v>
+      </c>
+      <c r="B712" s="86" t="s">
+        <v>701</v>
+      </c>
+      <c r="C712" s="86" t="s">
+        <v>702</v>
+      </c>
+      <c r="D712" s="86" t="s">
+        <v>687</v>
+      </c>
+      <c r="E712" s="88">
+        <v>42664</v>
+      </c>
+      <c r="F712" s="195" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="713" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A713" s="125" t="s">
+        <v>521</v>
+      </c>
+      <c r="B713" s="86" t="s">
+        <v>686</v>
+      </c>
+      <c r="C713" s="86" t="s">
+        <v>85</v>
+      </c>
+      <c r="D713" s="86" t="s">
+        <v>687</v>
+      </c>
+      <c r="E713" s="88">
+        <v>42691</v>
+      </c>
+      <c r="F713" s="81" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="714" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A714" s="125" t="s">
+        <v>521</v>
+      </c>
+      <c r="B714" s="86" t="s">
         <v>522</v>
       </c>
-      <c r="C710" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D710" s="86" t="s">
+      <c r="C714" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D714" s="86" t="s">
         <v>523</v>
       </c>
-      <c r="E710" s="88">
+      <c r="E714" s="88">
         <v>43453</v>
       </c>
-      <c r="F710" s="81" t="s">
+      <c r="F714" s="81" t="s">
         <v>509</v>
-      </c>
-[...78 lines deleted...]
-        <v>1251</v>
       </c>
     </row>
     <row r="715" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A715" s="94" t="s">
         <v>433</v>
       </c>
       <c r="B715" s="86" t="s">
-        <v>1059</v>
+        <v>1404</v>
       </c>
       <c r="C715" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D715" s="86" t="s">
         <v>435</v>
       </c>
       <c r="E715" s="88">
-        <v>41185</v>
+        <v>38162</v>
       </c>
       <c r="F715" s="81" t="s">
-        <v>1060</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="716" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A716" s="94" t="s">
         <v>433</v>
       </c>
       <c r="B716" s="86" t="s">
-        <v>770</v>
+        <v>1321</v>
       </c>
       <c r="C716" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D716" s="86" t="s">
         <v>435</v>
       </c>
       <c r="E716" s="88">
-        <v>41024</v>
+        <v>39050</v>
       </c>
       <c r="F716" s="81" t="s">
-        <v>771</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="717" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A717" s="94" t="s">
         <v>433</v>
       </c>
       <c r="B717" s="86" t="s">
-        <v>611</v>
+        <v>1319</v>
       </c>
       <c r="C717" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D717" s="86" t="s">
         <v>435</v>
       </c>
       <c r="E717" s="88">
-        <v>43028</v>
+        <v>39106</v>
       </c>
       <c r="F717" s="81" t="s">
-        <v>612</v>
-[...2 lines deleted...]
-    <row r="718" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="718" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A718" s="94" t="s">
         <v>433</v>
       </c>
       <c r="B718" s="86" t="s">
-        <v>584</v>
+        <v>1249</v>
       </c>
       <c r="C718" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D718" s="86" t="s">
-        <v>585</v>
+        <v>1250</v>
       </c>
       <c r="E718" s="88">
-        <v>43140</v>
+        <v>41182</v>
       </c>
       <c r="F718" s="81" t="s">
-        <v>586</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="719" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A719" s="94" t="s">
         <v>433</v>
       </c>
       <c r="B719" s="86" t="s">
-        <v>434</v>
+        <v>1059</v>
       </c>
       <c r="C719" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D719" s="86" t="s">
         <v>435</v>
       </c>
       <c r="E719" s="88">
-        <v>43623</v>
+        <v>41185</v>
       </c>
       <c r="F719" s="81" t="s">
-        <v>436</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="720" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A720" s="94" t="s">
         <v>433</v>
       </c>
       <c r="B720" s="86" t="s">
-        <v>1539</v>
+        <v>770</v>
       </c>
       <c r="C720" s="86" t="s">
         <v>7</v>
       </c>
       <c r="D720" s="86" t="s">
-        <v>1540</v>
+        <v>435</v>
       </c>
       <c r="E720" s="88">
-        <v>45001</v>
-[...5 lines deleted...]
-    <row r="721" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+        <v>41024</v>
+      </c>
+      <c r="F720" s="81" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="721" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A721" s="94" t="s">
         <v>433</v>
       </c>
       <c r="B721" s="86" t="s">
-        <v>1539</v>
+        <v>611</v>
       </c>
       <c r="C721" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D721" s="86" t="s">
-        <v>1721</v>
+        <v>435</v>
       </c>
       <c r="E721" s="88">
-        <v>45001</v>
-[...5 lines deleted...]
-    <row r="722" spans="1:6" x14ac:dyDescent="0.35">
+        <v>43028</v>
+      </c>
+      <c r="F721" s="81" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="722" spans="1:6" ht="29" x14ac:dyDescent="0.35">
       <c r="A722" s="94" t="s">
         <v>433</v>
       </c>
       <c r="B722" s="86" t="s">
-        <v>1539</v>
+        <v>584</v>
       </c>
       <c r="C722" s="86" t="s">
-        <v>1632</v>
+        <v>7</v>
       </c>
       <c r="D722" s="86" t="s">
-        <v>1722</v>
+        <v>585</v>
       </c>
       <c r="E722" s="88">
-        <v>45001</v>
-[...2 lines deleted...]
-        <v>1725</v>
+        <v>43140</v>
+      </c>
+      <c r="F722" s="81" t="s">
+        <v>586</v>
       </c>
     </row>
     <row r="723" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A723" s="94" t="s">
         <v>433</v>
       </c>
       <c r="B723" s="86" t="s">
+        <v>434</v>
+      </c>
+      <c r="C723" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D723" s="86" t="s">
+        <v>435</v>
+      </c>
+      <c r="E723" s="88">
+        <v>43623</v>
+      </c>
+      <c r="F723" s="81" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="724" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A724" s="94" t="s">
+        <v>433</v>
+      </c>
+      <c r="B724" s="86" t="s">
         <v>1539</v>
       </c>
-      <c r="C723" s="86" t="s">
+      <c r="C724" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D724" s="86" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E724" s="88">
+        <v>45001</v>
+      </c>
+      <c r="F724" s="162" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="725" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A725" s="94" t="s">
+        <v>433</v>
+      </c>
+      <c r="B725" s="86" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C725" s="86" t="s">
         <v>1632</v>
       </c>
-      <c r="D723" s="86" t="s">
+      <c r="D725" s="86" t="s">
+        <v>1721</v>
+      </c>
+      <c r="E725" s="88">
+        <v>45001</v>
+      </c>
+      <c r="F725" s="162" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="726" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A726" s="94" t="s">
+        <v>433</v>
+      </c>
+      <c r="B726" s="86" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C726" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D726" s="86" t="s">
+        <v>1722</v>
+      </c>
+      <c r="E726" s="88">
+        <v>45001</v>
+      </c>
+      <c r="F726" s="162" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="727" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A727" s="94" t="s">
+        <v>433</v>
+      </c>
+      <c r="B727" s="86" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C727" s="86" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D727" s="86" t="s">
         <v>1723</v>
       </c>
-      <c r="E723" s="88">
+      <c r="E727" s="88">
         <v>45001</v>
       </c>
-      <c r="F723" s="162" t="s">
+      <c r="F727" s="162" t="s">
         <v>1726</v>
-      </c>
-[...78 lines deleted...]
-        <v>801</v>
       </c>
     </row>
     <row r="728" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A728" s="89" t="s">
         <v>792</v>
       </c>
       <c r="B728" s="86" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C728" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D728" s="86" t="s">
+        <v>1395</v>
+      </c>
+      <c r="E728" s="88">
+        <v>38246</v>
+      </c>
+      <c r="F728" s="187" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="729" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A729" s="89" t="s">
+        <v>792</v>
+      </c>
+      <c r="B729" s="86" t="s">
+        <v>921</v>
+      </c>
+      <c r="C729" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D729" s="86" t="s">
+        <v>922</v>
+      </c>
+      <c r="E729" s="88">
+        <v>41747</v>
+      </c>
+      <c r="F729" s="81" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="730" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A730" s="89" t="s">
+        <v>792</v>
+      </c>
+      <c r="B730" s="86" t="s">
+        <v>805</v>
+      </c>
+      <c r="C730" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D730" s="86" t="s">
+        <v>806</v>
+      </c>
+      <c r="E730" s="88">
+        <v>42285</v>
+      </c>
+      <c r="F730" s="81" t="s">
+        <v>1527</v>
+      </c>
+    </row>
+    <row r="731" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A731" s="89" t="s">
+        <v>792</v>
+      </c>
+      <c r="B731" s="86" t="s">
+        <v>799</v>
+      </c>
+      <c r="C731" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D731" s="86" t="s">
+        <v>800</v>
+      </c>
+      <c r="E731" s="88">
+        <v>42321</v>
+      </c>
+      <c r="F731" s="81" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="732" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A732" s="89" t="s">
+        <v>792</v>
+      </c>
+      <c r="B732" s="86" t="s">
         <v>793</v>
       </c>
-      <c r="C728" s="86" t="s">
-[...2 lines deleted...]
-      <c r="D728" s="86" t="s">
+      <c r="C732" s="86" t="s">
+        <v>7</v>
+      </c>
+      <c r="D732" s="86" t="s">
         <v>794</v>
       </c>
-      <c r="E728" s="88">
+      <c r="E732" s="88">
         <v>42384</v>
       </c>
-      <c r="F728" s="81" t="s">
+      <c r="F732" s="81" t="s">
         <v>795</v>
       </c>
     </row>
-    <row r="729" spans="1:6" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="B729" s="86" t="s">
+    <row r="733" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A733" s="84"/>
+      <c r="B733" s="86" t="s">
         <v>1629</v>
       </c>
-      <c r="C729" s="86" t="s">
+      <c r="C733" s="86" t="s">
         <v>1632</v>
       </c>
-      <c r="D729" s="86" t="s">
+      <c r="D733" s="86" t="s">
         <v>1633</v>
       </c>
-      <c r="E729" s="88">
+      <c r="E733" s="88">
         <v>45504</v>
       </c>
-      <c r="F729" s="162" t="s">
+      <c r="F733" s="162" t="s">
         <v>1634</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:F665">
     <sortCondition ref="A1:A665"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="F7" r:id="rId1" xr:uid="{4EBC063F-9565-449A-A37A-EC735752921B}"/>
     <hyperlink ref="F2" r:id="rId2" xr:uid="{EEA4EEF5-DA23-4504-AD06-058AAB7730EF}"/>
     <hyperlink ref="F8" r:id="rId3" xr:uid="{BA7EA642-7F1A-4A06-88C1-EF34A5B16B49}"/>
     <hyperlink ref="F6" r:id="rId4" xr:uid="{AC02302D-404E-4941-8E27-7C424094FA9A}"/>
     <hyperlink ref="F5" r:id="rId5" xr:uid="{EFC43222-32B0-433A-9328-B3BB538C7291}"/>
     <hyperlink ref="F4" r:id="rId6" xr:uid="{F1A7FFFC-D24C-4949-B246-B6B7E664ADF5}"/>
     <hyperlink ref="F13" r:id="rId7" xr:uid="{89709729-F0EE-4F1E-8753-22D19D19AEC4}"/>
     <hyperlink ref="F12" r:id="rId8" xr:uid="{66C51BD1-3975-465C-A777-0918780E6909}"/>
     <hyperlink ref="F11" r:id="rId9" xr:uid="{C350CD70-A807-4E46-9CD1-6C27B8207F8F}"/>
     <hyperlink ref="F15" r:id="rId10" xr:uid="{ADDBFF44-C7E6-4B1D-A09D-594943EA8DA9}"/>
     <hyperlink ref="F17" r:id="rId11" xr:uid="{31CE704B-7718-46E4-A312-31541F61EE26}"/>
     <hyperlink ref="F35" r:id="rId12" xr:uid="{5A6EFE4E-04F6-4414-9423-1BCEFDA72F6B}"/>
     <hyperlink ref="F34" r:id="rId13" xr:uid="{E5A4E3C0-0368-4332-9D02-43CFA7D61AA9}"/>
     <hyperlink ref="F33" r:id="rId14" xr:uid="{3FA30CF5-4D26-4102-9814-EF67BF54E14A}"/>
     <hyperlink ref="F32" r:id="rId15" xr:uid="{7F8951A4-416F-4D7D-A2E3-2F6A5B0E08C2}"/>
     <hyperlink ref="F31" r:id="rId16" xr:uid="{5B1F6340-049C-4F9C-BCE5-EC16DA86EB82}"/>
     <hyperlink ref="F30" r:id="rId17" xr:uid="{8C7EABBB-9EAE-408F-B335-15F871B18973}"/>
@@ -37077,659 +37277,659 @@
     <hyperlink ref="F28" r:id="rId20" xr:uid="{4CD0D145-C2E1-46C4-B242-00AD38DAD8EC}"/>
     <hyperlink ref="F26" r:id="rId21" xr:uid="{846C4F79-1130-4780-A55F-30307443039E}"/>
     <hyperlink ref="F25" r:id="rId22" xr:uid="{14DB2DDB-E9BD-4ED8-837F-6AB3242761B9}"/>
     <hyperlink ref="F24" r:id="rId23" xr:uid="{EB93BE2D-EEDF-4D71-BAC5-15B4EE928529}"/>
     <hyperlink ref="F55" r:id="rId24" xr:uid="{B1B14344-AA7F-4120-B28B-5E1C93842670}"/>
     <hyperlink ref="F54" r:id="rId25" xr:uid="{0AF09E53-F1B5-4F2B-90B5-257388456020}"/>
     <hyperlink ref="F53" r:id="rId26" xr:uid="{68DCAED6-86F1-42B1-BDF1-4E4B7B8ACAE0}"/>
     <hyperlink ref="F52" r:id="rId27" xr:uid="{88D6B769-40B7-4404-9DCF-99E8CD9EF159}"/>
     <hyperlink ref="F51" r:id="rId28" xr:uid="{D4A5374D-A325-4EF5-A545-C3E90725B957}"/>
     <hyperlink ref="F49" r:id="rId29" xr:uid="{9CEA0428-12A3-4A4B-904B-8951C39A0B2E}"/>
     <hyperlink ref="F48" r:id="rId30" xr:uid="{1141F581-41FF-42DC-92FE-DE5EDC8EDE61}"/>
     <hyperlink ref="F47" r:id="rId31" xr:uid="{C3908057-2B9B-4281-A694-81D7AE46F4E9}"/>
     <hyperlink ref="F46" r:id="rId32" xr:uid="{48CE8EBD-9EB7-44C1-8E3A-A27D048B60B7}"/>
     <hyperlink ref="F45" r:id="rId33" xr:uid="{19280694-0560-4B3E-86AC-BD7228D63D5A}"/>
     <hyperlink ref="F44" r:id="rId34" xr:uid="{394E1719-99AB-40B6-89DA-5190E7A1CEE5}"/>
     <hyperlink ref="F43" r:id="rId35" xr:uid="{051FF6EA-1281-45BD-BFAE-D06103681A6D}"/>
     <hyperlink ref="F50" r:id="rId36" xr:uid="{3A1F6B1B-D18F-44ED-84D5-914594C53E54}"/>
     <hyperlink ref="F60" r:id="rId37" xr:uid="{BF954CF3-8D48-4D73-8D53-B60CDB6D51D4}"/>
     <hyperlink ref="F61" r:id="rId38" xr:uid="{56CB8938-AE2D-4771-A6AB-A095999D857B}"/>
     <hyperlink ref="F62" r:id="rId39" xr:uid="{DE31A194-A289-4D8E-9286-05C97F0B85BB}"/>
     <hyperlink ref="F63" r:id="rId40" xr:uid="{6D8312F0-5C91-407E-96D5-0A94055AD2C7}"/>
     <hyperlink ref="F58" r:id="rId41" xr:uid="{3F78D670-0701-4526-A24F-9D8A80CC8202}"/>
     <hyperlink ref="F42" r:id="rId42" xr:uid="{3F8305D9-FF34-44FE-8388-78914BF35908}"/>
     <hyperlink ref="F89" r:id="rId43" xr:uid="{677E15BC-C469-4198-AB40-497DCDC5AE65}"/>
     <hyperlink ref="F88" r:id="rId44" xr:uid="{07EBD88F-B6A9-4776-A2F9-F7BC7E2C3AE8}"/>
-    <hyperlink ref="F441" r:id="rId45" xr:uid="{BF50BA1B-4E82-46E3-BA19-060196851DE5}"/>
-[...3 lines deleted...]
-    <hyperlink ref="F490" r:id="rId49" xr:uid="{BB72CC6D-A8BB-45F0-B92B-D20640035D6E}"/>
+    <hyperlink ref="F443" r:id="rId45" xr:uid="{BF50BA1B-4E82-46E3-BA19-060196851DE5}"/>
+    <hyperlink ref="F502" r:id="rId46" xr:uid="{3A9B6F12-732E-46E6-B994-E6CD06573228}"/>
+    <hyperlink ref="F499" r:id="rId47" xr:uid="{37159CA1-B203-4147-AB0B-6ADF83BFD032}"/>
+    <hyperlink ref="F498" r:id="rId48" xr:uid="{356B3629-C4FC-477A-B2DC-A658D52ECEE6}"/>
+    <hyperlink ref="F493" r:id="rId49" xr:uid="{BB72CC6D-A8BB-45F0-B92B-D20640035D6E}"/>
     <hyperlink ref="F76" r:id="rId50" xr:uid="{F1ECFFF4-3C53-4457-A1AD-8A67D8B600F7}"/>
     <hyperlink ref="F75" r:id="rId51" xr:uid="{91F7B9BC-9E09-493C-BF5F-BFD390BE7864}"/>
     <hyperlink ref="F74" r:id="rId52" xr:uid="{C9C9ACFF-D3A6-420A-8E38-F7297AECEC36}"/>
     <hyperlink ref="F73" r:id="rId53" xr:uid="{29EADBB7-4C5E-45FC-AECD-845399BEA6C7}"/>
     <hyperlink ref="F72" r:id="rId54" xr:uid="{9C9E61B0-3CA0-45B5-9629-0FB7F140175E}"/>
     <hyperlink ref="F77" r:id="rId55" xr:uid="{DC842B80-C2A3-45F8-A0F7-6C24747BBE55}"/>
     <hyperlink ref="F78" r:id="rId56" xr:uid="{3BAE2552-E3DB-4173-B34B-5E029FBABFB6}"/>
     <hyperlink ref="F79" r:id="rId57" xr:uid="{30B485F6-9B65-457B-A7DE-39C225A739A6}"/>
     <hyperlink ref="F81" r:id="rId58" xr:uid="{54AA5502-26EA-452A-8101-5CB0F6B205BC}"/>
     <hyperlink ref="F80" r:id="rId59" xr:uid="{149D5E3B-2DFB-4124-A605-95B0CAA578B0}"/>
     <hyperlink ref="F82" r:id="rId60" xr:uid="{DFB58CDC-F34B-41DB-AB4F-115501AFD602}"/>
     <hyperlink ref="F85" r:id="rId61" xr:uid="{A2FA1ED4-DB9F-4BD3-8D1E-1B52F5D6324B}"/>
     <hyperlink ref="F87" r:id="rId62" xr:uid="{0E7E94E3-5F7F-4F8D-B94C-49E0A31EF849}"/>
     <hyperlink ref="F86" r:id="rId63" xr:uid="{7BCE13E9-E833-48BB-8CD9-F8763E6E0191}"/>
     <hyperlink ref="F71" r:id="rId64" xr:uid="{E813A335-2432-4E0D-91F1-13E63D2EB56E}"/>
     <hyperlink ref="F70" r:id="rId65" xr:uid="{CF1B9A01-7202-48E8-AE18-53A1DE7EA062}"/>
     <hyperlink ref="F69" r:id="rId66" xr:uid="{12E1C8FD-B9E6-431B-A2E9-DD0CA3686123}"/>
     <hyperlink ref="F68" r:id="rId67" xr:uid="{0D3DB702-AFE9-4C3D-8BFD-B4A661FC760D}"/>
     <hyperlink ref="F67" r:id="rId68" xr:uid="{355D8B22-E0D4-45FF-AB88-020EBD1146AF}"/>
     <hyperlink ref="F66" r:id="rId69" xr:uid="{FDF237B4-5C97-4349-B9D6-3C5122A3EF7B}"/>
     <hyperlink ref="F65" r:id="rId70" xr:uid="{0286C44E-258D-4808-AA14-3D3FDFDE9ABF}"/>
     <hyperlink ref="F130" r:id="rId71" xr:uid="{5CE4A8ED-58C1-48F5-A10A-431F30B460E9}"/>
     <hyperlink ref="F129" r:id="rId72" xr:uid="{DA511F1F-21E5-46A2-A41D-71E03EB2FD46}"/>
     <hyperlink ref="F128" r:id="rId73" xr:uid="{2492A4CD-13A8-4DA8-BD61-28F947EEF531}"/>
-    <hyperlink ref="F492" r:id="rId74" xr:uid="{AAC36E11-0C16-459E-9BD9-281596794BD9}"/>
+    <hyperlink ref="F495" r:id="rId74" xr:uid="{AAC36E11-0C16-459E-9BD9-281596794BD9}"/>
     <hyperlink ref="F127" r:id="rId75" xr:uid="{116ECCD9-BDEE-4D93-8151-8357839F7AD3}"/>
-    <hyperlink ref="F491" r:id="rId76" xr:uid="{AD4E3AE4-3D93-4241-9A21-84E244391E91}"/>
+    <hyperlink ref="F494" r:id="rId76" xr:uid="{AD4E3AE4-3D93-4241-9A21-84E244391E91}"/>
     <hyperlink ref="F126" r:id="rId77" xr:uid="{4E713976-495F-4143-89B2-EF7D7E2D79A2}"/>
     <hyperlink ref="F125" r:id="rId78" xr:uid="{CDE1122D-A82E-4852-A68E-18AD0DC29054}"/>
     <hyperlink ref="F122" r:id="rId79" xr:uid="{4F53760C-DEFF-4024-A598-FE7E127F3883}"/>
     <hyperlink ref="F121" r:id="rId80" xr:uid="{FF3B9254-4FA1-4570-AC00-CE03D3213297}"/>
     <hyperlink ref="F120" r:id="rId81" xr:uid="{0FCA7E94-A64A-4400-A501-CD25394C93B9}"/>
     <hyperlink ref="F119" r:id="rId82" xr:uid="{5668E635-98CF-4129-8D0B-0D44FA5868D6}"/>
     <hyperlink ref="F118" r:id="rId83" xr:uid="{BECE1636-E400-46D0-AC74-0ED8BDBBB8C3}"/>
-    <hyperlink ref="F134" r:id="rId84" xr:uid="{46C8CB4C-6FA1-4CF2-AA8A-9F38230C5B59}"/>
-[...309 lines deleted...]
-    <hyperlink ref="F516" r:id="rId394" xr:uid="{424E5860-1EB9-48AF-98D1-21CEB16AF70C}"/>
+    <hyperlink ref="F135" r:id="rId84" xr:uid="{46C8CB4C-6FA1-4CF2-AA8A-9F38230C5B59}"/>
+    <hyperlink ref="F134" r:id="rId85" xr:uid="{23746AFE-891E-4BAE-A35A-5A302B396D5E}"/>
+    <hyperlink ref="F133" r:id="rId86" xr:uid="{3EF9DF25-77C2-4258-9A10-00503A064265}"/>
+    <hyperlink ref="F145" r:id="rId87" xr:uid="{45C3A9A4-9367-46E6-B3BF-CD00A1B6EFFF}"/>
+    <hyperlink ref="F143" r:id="rId88" xr:uid="{20F8C415-D5E0-45DB-917D-EA74DBF001BE}"/>
+    <hyperlink ref="F142" r:id="rId89" xr:uid="{39513657-1CC3-4534-87E0-BC9CAB50B99A}"/>
+    <hyperlink ref="F140" r:id="rId90" xr:uid="{91EE5C40-6C27-4C31-B1A5-001AE0132380}"/>
+    <hyperlink ref="F139" r:id="rId91" xr:uid="{8019211E-9542-4800-A784-6AB92EDBA2D3}"/>
+    <hyperlink ref="F138" r:id="rId92" xr:uid="{B81AEBBD-8B00-4F29-B2BC-60F5BBAA4C31}"/>
+    <hyperlink ref="F163" r:id="rId93" xr:uid="{9A1EA768-3040-485A-95AC-50183DFEDE0A}"/>
+    <hyperlink ref="F162" r:id="rId94" xr:uid="{03347863-F6E6-4753-8003-AD0AFFC346E9}"/>
+    <hyperlink ref="F161" r:id="rId95" xr:uid="{9D21A4D1-1B1F-4D8F-9A33-A411F2494A97}"/>
+    <hyperlink ref="F160" r:id="rId96" xr:uid="{715070C0-2045-436F-AB37-6EB7E01E92CE}"/>
+    <hyperlink ref="F137" r:id="rId97" xr:uid="{D4E1D4AA-F162-4811-8621-2DDA1719A9DC}"/>
+    <hyperlink ref="F159" r:id="rId98" xr:uid="{30D946BE-BECF-4005-9963-E933A58EA405}"/>
+    <hyperlink ref="F180" r:id="rId99" xr:uid="{23CE43F5-F2CF-4E35-854D-8820D50B1A24}"/>
+    <hyperlink ref="F179" r:id="rId100" xr:uid="{7B578BE7-41DE-4BD3-A7DD-25ABF8BD7FE2}"/>
+    <hyperlink ref="F178" r:id="rId101" xr:uid="{A1ACC964-0693-4156-B150-0C915F1AF90A}"/>
+    <hyperlink ref="F176" r:id="rId102" xr:uid="{BC4016F4-A521-49FC-BA0E-D5E00F12920A}"/>
+    <hyperlink ref="F175" r:id="rId103" xr:uid="{E193960B-0D12-4816-8DB8-C05235A0AFAA}"/>
+    <hyperlink ref="F174" r:id="rId104" xr:uid="{09606E43-22EC-4343-813B-2949C2A87D42}"/>
+    <hyperlink ref="F173" r:id="rId105" xr:uid="{541E2C6D-2E99-4777-9E57-868F5985E4F2}"/>
+    <hyperlink ref="F172" r:id="rId106" xr:uid="{079D1579-ADAE-43D9-BE67-ED1285F62159}"/>
+    <hyperlink ref="F171" r:id="rId107" xr:uid="{149BFA66-3828-417F-BA88-4099506850D7}"/>
+    <hyperlink ref="F181" r:id="rId108" xr:uid="{4FCA95F7-8E30-4FD3-AF32-4590A409CC8B}"/>
+    <hyperlink ref="F182" r:id="rId109" xr:uid="{0995CE72-634A-4A12-B830-4C669C5A43AA}"/>
+    <hyperlink ref="F184" r:id="rId110" xr:uid="{BA96E9D1-5742-4B03-BAED-1AD40E4D3838}"/>
+    <hyperlink ref="F230" r:id="rId111" xr:uid="{242FDEC2-09EE-4DE8-9D9F-FF6D0988874B}"/>
+    <hyperlink ref="F229" r:id="rId112" xr:uid="{2F8C2BF0-0EE4-4332-9B8C-A4D59A402B1B}"/>
+    <hyperlink ref="F136" r:id="rId113" xr:uid="{E80E9E26-0BAD-4A2E-9FA2-661D73A52B97}"/>
+    <hyperlink ref="F144" r:id="rId114" xr:uid="{C5C494D0-2B32-42F1-8483-8B41E7B6813C}"/>
+    <hyperlink ref="F228" r:id="rId115" xr:uid="{4F82FC56-1CF3-4B24-B882-DC7A2D7E8C68}"/>
+    <hyperlink ref="F227" r:id="rId116" xr:uid="{F1043CF1-F895-440E-A45B-6ACF75E28DA7}"/>
+    <hyperlink ref="F226" r:id="rId117" xr:uid="{F1069300-A525-4C58-9DB6-388F79FBE1FC}"/>
+    <hyperlink ref="F225" r:id="rId118" xr:uid="{102A6E15-71B6-45A4-90A6-5320BCEB1F94}"/>
+    <hyperlink ref="F224" r:id="rId119" xr:uid="{FCA1DAD8-A9ED-4F1E-9BC2-F698A167CF66}"/>
+    <hyperlink ref="F223" r:id="rId120" xr:uid="{A32F564E-B53A-46ED-9EB5-EA40539D8B84}"/>
+    <hyperlink ref="F222" r:id="rId121" xr:uid="{DC7F0E35-3F9C-450E-B6A4-B6E9FA42FC5F}"/>
+    <hyperlink ref="F221" r:id="rId122" xr:uid="{A1BFF27B-B513-4608-8BB5-0961ECB1DE99}"/>
+    <hyperlink ref="F220" r:id="rId123" xr:uid="{53CFB3FA-6EC7-4CB9-A566-9324D7A50616}"/>
+    <hyperlink ref="F219" r:id="rId124" xr:uid="{E49E0539-5704-43FC-ADFC-BE8D9E8C2301}"/>
+    <hyperlink ref="F218" r:id="rId125" xr:uid="{575FFFFC-A31B-42A3-9C8D-ADB61081F1E3}"/>
+    <hyperlink ref="F217" r:id="rId126" xr:uid="{3B7B3C77-52DE-4706-BCDA-518B7BE28072}"/>
+    <hyperlink ref="F216" r:id="rId127" xr:uid="{02EE3FF4-ED7B-429B-9032-7B34E5096EE2}"/>
+    <hyperlink ref="F215" r:id="rId128" xr:uid="{055C4C00-E9EE-49AB-B42D-D160C4CE07A1}"/>
+    <hyperlink ref="F214" r:id="rId129" xr:uid="{00EE6756-80E1-47BC-A49E-FBB629A12510}"/>
+    <hyperlink ref="F213" r:id="rId130" xr:uid="{062E0ADF-4AC6-4A44-BCE4-5054C05037B3}"/>
+    <hyperlink ref="F212" r:id="rId131" xr:uid="{6574FF5A-413D-4FB8-BB3B-9A9DD2EF95D8}"/>
+    <hyperlink ref="F211" r:id="rId132" xr:uid="{A30435AA-3479-466A-9BBE-7083A07A1FBB}"/>
+    <hyperlink ref="F210" r:id="rId133" xr:uid="{1CF8D1AE-ABB8-4E09-9D6C-E193D442FFDB}"/>
+    <hyperlink ref="F207" r:id="rId134" xr:uid="{A30F0818-F0D7-4676-B11B-BDF0A4C0340C}"/>
+    <hyperlink ref="F206" r:id="rId135" xr:uid="{6AC7003D-7617-46F2-AA18-F9824F275529}"/>
+    <hyperlink ref="F205" r:id="rId136" xr:uid="{BD02FA8D-833A-45A0-B412-AF47BF769CC1}"/>
+    <hyperlink ref="F204" r:id="rId137" xr:uid="{CAD772E6-306E-4871-8E4B-B83991A17892}"/>
+    <hyperlink ref="F203" r:id="rId138" xr:uid="{825D5ED3-24C6-4B92-983A-A3B3F66A705B}"/>
+    <hyperlink ref="F202" r:id="rId139" xr:uid="{6865754D-C599-4762-9C3E-F0A1C11E5F71}"/>
+    <hyperlink ref="F201" r:id="rId140" xr:uid="{B812BF13-51BC-4692-A16D-4010F3AAE1A4}"/>
+    <hyperlink ref="F200" r:id="rId141" xr:uid="{F2A83FAC-2190-41C9-AC9C-6C4234C70747}"/>
+    <hyperlink ref="F199" r:id="rId142" xr:uid="{FADA5DFA-EC46-45F3-982B-A6569243B789}"/>
+    <hyperlink ref="F198" r:id="rId143" xr:uid="{8B48BA90-C3B1-4635-BDCA-22BAB316B10A}"/>
+    <hyperlink ref="F197" r:id="rId144" xr:uid="{E03CCB30-1387-4417-BA40-27025DA9993A}"/>
+    <hyperlink ref="F196" r:id="rId145" xr:uid="{C965CC58-1E28-4715-A517-6CF8230E1CC2}"/>
+    <hyperlink ref="F195" r:id="rId146" xr:uid="{A5B62F9E-7B0E-4B41-81AD-C45FFFDD45D6}"/>
+    <hyperlink ref="F193" r:id="rId147" xr:uid="{E849AC4E-91B7-4790-B26F-4ACEC9920264}"/>
+    <hyperlink ref="F194" r:id="rId148" xr:uid="{ADECE91F-793F-40C9-BF09-99D4927A44CD}"/>
+    <hyperlink ref="F192" r:id="rId149" xr:uid="{985F0762-2CAC-4AA3-8ED9-52396AC174F7}"/>
+    <hyperlink ref="F191" r:id="rId150" xr:uid="{66C37BA8-C573-4C7F-9999-1094458E1431}"/>
+    <hyperlink ref="F190" r:id="rId151" xr:uid="{4219BFD0-E751-481D-8948-2527AD76F691}"/>
+    <hyperlink ref="F189" r:id="rId152" xr:uid="{489EB1D9-2DD4-4615-81F4-D3511BC83A13}"/>
+    <hyperlink ref="F187" r:id="rId153" xr:uid="{17037345-04A1-484A-8864-F2A6C468F7B9}"/>
+    <hyperlink ref="F186" r:id="rId154" xr:uid="{C9C4AF7A-49DC-4619-85E4-A9E1FE3DC3F7}"/>
+    <hyperlink ref="F185" r:id="rId155" xr:uid="{E62A1C62-8B69-4FB3-97E4-F7174C34F0B4}"/>
+    <hyperlink ref="F250" r:id="rId156" xr:uid="{80407986-4D9C-43CA-8E33-39001B01A126}"/>
+    <hyperlink ref="F249" r:id="rId157" xr:uid="{2C5323DD-AA5B-4C1A-BB06-1685C6EB1BC2}"/>
+    <hyperlink ref="F248" r:id="rId158" xr:uid="{9434822E-FDF8-4E03-A939-EB55205432B7}"/>
+    <hyperlink ref="F247" r:id="rId159" xr:uid="{147F165B-250A-4B9B-B0E5-F67A66705678}"/>
+    <hyperlink ref="F244" r:id="rId160" xr:uid="{A78E04CA-128E-43A5-AE72-B56474A5E819}"/>
+    <hyperlink ref="F243" r:id="rId161" xr:uid="{23C7B542-C1A6-4632-A878-C7E3112D189C}"/>
+    <hyperlink ref="F188" r:id="rId162" xr:uid="{A4E5C121-CED5-459A-8DE4-DC4671C5C36E}"/>
+    <hyperlink ref="F242" r:id="rId163" xr:uid="{15035ED9-DB6F-4EFD-BACC-7B98E8CB4D21}"/>
+    <hyperlink ref="F240" r:id="rId164" xr:uid="{3A920CD4-8AFE-4F77-8F3B-BB452C814BDF}"/>
+    <hyperlink ref="F235" r:id="rId165" xr:uid="{55338F8C-EE0A-4FC1-A7B8-2F69A63F182E}"/>
+    <hyperlink ref="F234" r:id="rId166" xr:uid="{5F56D948-5E5E-44B7-9973-06573736C062}"/>
+    <hyperlink ref="F233" r:id="rId167" xr:uid="{EAC7C78A-8F57-470D-BED7-05CF00D1FDA9}"/>
+    <hyperlink ref="F253" r:id="rId168" xr:uid="{D4490593-E0BB-49E9-85DD-5913D086BD49}"/>
+    <hyperlink ref="F252" r:id="rId169" xr:uid="{201B38E7-F12B-4133-9130-988DA5F3F59B}"/>
+    <hyperlink ref="F251" r:id="rId170" xr:uid="{DE206334-94C9-43DE-912E-D3EDB278758B}"/>
+    <hyperlink ref="F255" r:id="rId171" xr:uid="{D8E242DC-300F-460B-9846-B78AA48E857A}"/>
+    <hyperlink ref="F258" r:id="rId172" xr:uid="{74E2D533-F412-403C-8043-920574AE7133}"/>
+    <hyperlink ref="F257" r:id="rId173" xr:uid="{53C63D9B-A072-49CB-AE73-8A86BE1A94EA}"/>
+    <hyperlink ref="F492" r:id="rId174" xr:uid="{F5380CC4-C8B7-4DB6-A413-AA8E5BA1C691}"/>
+    <hyperlink ref="F491" r:id="rId175" xr:uid="{1E2A67CB-4602-4852-A2A5-1830F57F1DFE}"/>
+    <hyperlink ref="F340" r:id="rId176" xr:uid="{8B740265-2A8A-4761-A759-C976593441A8}"/>
+    <hyperlink ref="F339" r:id="rId177" xr:uid="{2A9E6E78-842B-4D3A-83C5-24DC22A69439}"/>
+    <hyperlink ref="F338" r:id="rId178" xr:uid="{7AFE3197-03D2-45DC-A75A-108247B23340}"/>
+    <hyperlink ref="F366" r:id="rId179" xr:uid="{8A0CE66D-FD63-4A2D-A913-9B97ADE457BA}"/>
+    <hyperlink ref="F365" r:id="rId180" xr:uid="{7DE7610B-B672-4509-B687-858C9B065C29}"/>
+    <hyperlink ref="F364" r:id="rId181" xr:uid="{B8EAB72B-16C7-4133-B81A-A3E16D3CE552}"/>
+    <hyperlink ref="F363" r:id="rId182" xr:uid="{559B8BAA-5FDE-47F2-8BA6-D238565A8439}"/>
+    <hyperlink ref="F362" r:id="rId183" xr:uid="{A2050D18-5177-4005-9414-A160D17AE294}"/>
+    <hyperlink ref="F361" r:id="rId184" xr:uid="{77FFD69B-C121-4CE8-ACFF-6226C5BC4D51}"/>
+    <hyperlink ref="F360" r:id="rId185" xr:uid="{5FCAF9D7-80EA-409A-AF58-D9602CE2BCCF}"/>
+    <hyperlink ref="F359" r:id="rId186" xr:uid="{669B1004-0129-42EA-8980-DE4D59B79827}"/>
+    <hyperlink ref="F358" r:id="rId187" xr:uid="{A44993E3-1273-43F7-B9CA-7D8C939D9327}"/>
+    <hyperlink ref="F357" r:id="rId188" xr:uid="{899E74CB-C3E7-49B9-B744-15DB82534938}"/>
+    <hyperlink ref="F355" r:id="rId189" xr:uid="{A44850A9-09EA-455F-9C02-8A99FF9CA5C0}"/>
+    <hyperlink ref="F353" r:id="rId190" xr:uid="{64D901B1-6188-4139-9471-8E5720D66521}"/>
+    <hyperlink ref="F352" r:id="rId191" xr:uid="{5B3B853B-C357-402D-8089-7C2D5619906D}"/>
+    <hyperlink ref="F350" r:id="rId192" xr:uid="{F0827843-BB51-433E-A8FE-DDA10ACC7206}"/>
+    <hyperlink ref="F349" r:id="rId193" xr:uid="{92141BEF-8576-4EDE-8824-1AF4B5242B0B}"/>
+    <hyperlink ref="F378" r:id="rId194" xr:uid="{0699B98D-10A7-4EA9-9614-65E9D7CF8BA9}"/>
+    <hyperlink ref="F383" r:id="rId195" xr:uid="{E3CCF6F7-87A0-49BC-AC78-B7C52776DEA1}"/>
+    <hyperlink ref="F382" r:id="rId196" xr:uid="{B8C06314-AE3A-450A-91BB-268C28D2C11B}"/>
+    <hyperlink ref="F381" r:id="rId197" xr:uid="{579A3773-E9E6-4BA4-B2EA-5282A0C45C81}"/>
+    <hyperlink ref="F380" r:id="rId198" xr:uid="{13895001-7A75-4A5B-B16C-18C586665653}"/>
+    <hyperlink ref="F379" r:id="rId199" xr:uid="{6EF6A99A-92B4-4A79-BA8C-DF5FD1808636}"/>
+    <hyperlink ref="F399" r:id="rId200" xr:uid="{4455E6AA-4C5E-454E-866C-9E4AD0FFC186}"/>
+    <hyperlink ref="F398" r:id="rId201" xr:uid="{35AB0F71-994A-4E60-B873-28634A35199E}"/>
+    <hyperlink ref="F397" r:id="rId202" xr:uid="{3C76990F-8D0C-43FF-A47D-053E2D27C37D}"/>
+    <hyperlink ref="F396" r:id="rId203" xr:uid="{1888DA75-3C4E-4F5B-9884-E924C6D2210C}"/>
+    <hyperlink ref="F395" r:id="rId204" xr:uid="{A6A65902-D405-41BB-930E-C163185A811A}"/>
+    <hyperlink ref="F394" r:id="rId205" xr:uid="{B1E78206-D86C-4548-9F5C-6147D47D1847}"/>
+    <hyperlink ref="F393" r:id="rId206" xr:uid="{D1E66287-2806-4B90-9D25-85502012DD28}"/>
+    <hyperlink ref="F392" r:id="rId207" xr:uid="{1170275A-E6C9-4975-B155-8AA019E3DEB8}"/>
+    <hyperlink ref="F391" r:id="rId208" xr:uid="{A452FCBE-85DE-48C0-875D-5EE6DBDAD17A}"/>
+    <hyperlink ref="F390" r:id="rId209" xr:uid="{6409858D-A5FB-4213-AA00-71B72BED14EE}"/>
+    <hyperlink ref="F389" r:id="rId210" xr:uid="{9A525A7D-6B13-4704-9C8E-1D6962281026}"/>
+    <hyperlink ref="F388" r:id="rId211" xr:uid="{257481C8-BA05-455C-95FD-6855D16162EE}"/>
+    <hyperlink ref="F387" r:id="rId212" xr:uid="{8E5AAB5A-5A96-4BCB-BF42-1B892158AA9E}"/>
+    <hyperlink ref="F386" r:id="rId213" xr:uid="{32E2C32B-7CFE-44AE-B9B8-1A60D9BD8D23}"/>
+    <hyperlink ref="F385" r:id="rId214" xr:uid="{A0958515-F83F-450A-8504-2C96B90E70BB}"/>
+    <hyperlink ref="F415" r:id="rId215" xr:uid="{48F24AE9-D142-4E77-BDB5-CFB3477FF5F8}"/>
+    <hyperlink ref="F414" r:id="rId216" xr:uid="{C8117A9E-DF72-4113-A4CB-FE15087A0EE2}"/>
+    <hyperlink ref="F413" r:id="rId217" xr:uid="{D197C275-9904-466E-A7EA-7593EC8278E7}"/>
+    <hyperlink ref="F412" r:id="rId218" xr:uid="{F9CD2B5E-1762-4837-AAC3-C0CE2743740A}"/>
+    <hyperlink ref="F411" r:id="rId219" xr:uid="{2F3E1FE8-1DD5-46F1-8EC8-66F38B24E416}"/>
+    <hyperlink ref="F410" r:id="rId220" xr:uid="{8ABC966C-8AFD-4B11-98E8-1653A02D6487}"/>
+    <hyperlink ref="F409" r:id="rId221" xr:uid="{2459BAA2-FCC1-4620-99AE-0CE24EEC18F4}"/>
+    <hyperlink ref="F408" r:id="rId222" xr:uid="{5AB54554-7B26-4D7F-ADA1-8AECCF5394B5}"/>
+    <hyperlink ref="F406" r:id="rId223" xr:uid="{52B87D40-480A-4644-9081-3039690DA89B}"/>
+    <hyperlink ref="F405" r:id="rId224" xr:uid="{72FA586D-3E5D-4303-9B79-38B65593490F}"/>
+    <hyperlink ref="F404" r:id="rId225" xr:uid="{729BCCFF-2309-4FDF-A43E-513B0668263A}"/>
+    <hyperlink ref="F403" r:id="rId226" xr:uid="{647E2AC8-C185-4661-94D3-51D3DE699A21}"/>
+    <hyperlink ref="F402" r:id="rId227" xr:uid="{7F253287-454B-4371-8EB7-BE5F498C48D8}"/>
+    <hyperlink ref="F400" r:id="rId228" xr:uid="{C54451BE-4BB8-4491-96F1-DA7D330444B6}"/>
+    <hyperlink ref="F421" r:id="rId229" xr:uid="{E4736F58-C036-44A0-988C-4B333F448817}"/>
+    <hyperlink ref="F420" r:id="rId230" xr:uid="{EFABCA02-1A50-4299-97F5-FB06F07A6F50}"/>
+    <hyperlink ref="F419" r:id="rId231" xr:uid="{A7DE014E-0C5F-4786-8DCC-2F6A1A31C63C}"/>
+    <hyperlink ref="F434" r:id="rId232" xr:uid="{0D1446CE-3B3B-438B-975F-56DB346A2BBD}"/>
+    <hyperlink ref="F433" r:id="rId233" xr:uid="{DFC2D39D-2C19-4F09-BCF8-8730A5BC1B0B}"/>
+    <hyperlink ref="F432" r:id="rId234" xr:uid="{B2DBC331-4375-48D9-A746-60B28D2D4C21}"/>
+    <hyperlink ref="F431" r:id="rId235" xr:uid="{367FFEB0-C9AB-4DD3-97CB-433EB0736830}"/>
+    <hyperlink ref="F430" r:id="rId236" xr:uid="{188D0398-3D5F-4520-AB76-52475DB37414}"/>
+    <hyperlink ref="F429" r:id="rId237" xr:uid="{5AB78577-9D18-44D0-9BD0-34825039CD7C}"/>
+    <hyperlink ref="F425" r:id="rId238" xr:uid="{674ABBF1-AEEB-43B5-9A4C-DC8180560635}"/>
+    <hyperlink ref="F424" r:id="rId239" xr:uid="{B4A3F290-75AB-4B12-87D5-E3D944A4E417}"/>
+    <hyperlink ref="F423" r:id="rId240" xr:uid="{13658C41-B8DE-43E3-8433-43B44D26D3E6}"/>
+    <hyperlink ref="F440" r:id="rId241" xr:uid="{1E6462AD-BA21-4BE5-A377-6DAD65DCEA15}"/>
+    <hyperlink ref="F439" r:id="rId242" xr:uid="{8AA08A23-DD1F-4081-9C69-30BFAB75C5EF}"/>
+    <hyperlink ref="F442" r:id="rId243" xr:uid="{6BB7CDED-207A-4DD2-BE81-B217B138678E}"/>
+    <hyperlink ref="F444" r:id="rId244" xr:uid="{70B50829-BDD0-4F32-B665-2C1E13638B61}"/>
+    <hyperlink ref="F450" r:id="rId245" xr:uid="{9DCD771F-D27E-4C77-8485-7AC801321193}"/>
+    <hyperlink ref="F539" r:id="rId246" xr:uid="{02F8522B-BC17-4277-A753-378CFC3FC809}"/>
+    <hyperlink ref="F533" r:id="rId247" xr:uid="{C2760007-6486-4CDA-96C4-E4E4E7D0396F}"/>
+    <hyperlink ref="F517" r:id="rId248" xr:uid="{FE088C56-5CA0-47FC-9D62-6F90C79C50D0}"/>
+    <hyperlink ref="F448" r:id="rId249" xr:uid="{C25D3B8D-7028-4AE4-AEB0-DE820780F4BE}"/>
+    <hyperlink ref="F447" r:id="rId250" xr:uid="{29A3E842-5831-4990-9AD1-A93BA0ED5B62}"/>
+    <hyperlink ref="F446" r:id="rId251" xr:uid="{A5DFF6FF-5397-4390-86FB-56B5F8B219D6}"/>
+    <hyperlink ref="F445" r:id="rId252" xr:uid="{DBA80892-FD6E-4186-A18F-5F4E70BEC9FB}"/>
+    <hyperlink ref="F467" r:id="rId253" xr:uid="{EE92ADC0-82FC-4989-8EAD-2D0DFE07420F}"/>
+    <hyperlink ref="F468" r:id="rId254" xr:uid="{DFBF7441-5BD9-4EEE-A319-0A4BC82EFE82}"/>
+    <hyperlink ref="F473" r:id="rId255" xr:uid="{D87A0A46-0088-4020-BEB7-E5BD8427C469}"/>
+    <hyperlink ref="F472" r:id="rId256" xr:uid="{AD72D559-2B85-4C29-A95F-9D5107A9E59E}"/>
+    <hyperlink ref="F471" r:id="rId257" xr:uid="{7507B105-9AF3-4D9F-A358-384B0E6F71B8}"/>
+    <hyperlink ref="F470" r:id="rId258" xr:uid="{B9C76AFB-927F-43CC-BA2F-D8479AAD2130}"/>
+    <hyperlink ref="F469" r:id="rId259" xr:uid="{21AE99C3-63DC-4CBA-A328-961DF2C2C2BA}"/>
+    <hyperlink ref="F488" r:id="rId260" xr:uid="{C61166B6-584B-4843-AFC2-CC8B30D3250C}"/>
+    <hyperlink ref="F487" r:id="rId261" xr:uid="{89A889AA-6393-448F-A216-172B5B157C57}"/>
+    <hyperlink ref="F486" r:id="rId262" xr:uid="{0FF1CE14-17E4-4BDB-A5BD-356C390A12A0}"/>
+    <hyperlink ref="F485" r:id="rId263" xr:uid="{605DF275-1442-4450-AB41-3DD34B01E3CB}"/>
+    <hyperlink ref="F484" r:id="rId264" xr:uid="{066A31BE-FDA8-493B-9968-1689CCFC2549}"/>
+    <hyperlink ref="F483" r:id="rId265" xr:uid="{AC7E1C53-5579-4C57-9BF1-D1FDA60A8451}"/>
+    <hyperlink ref="F482" r:id="rId266" xr:uid="{F7E5CF54-3EDA-4260-A9CC-B08928289283}"/>
+    <hyperlink ref="F560" r:id="rId267" xr:uid="{97971E9A-DAA8-4168-A753-5F9E1A0156C3}"/>
+    <hyperlink ref="F574" r:id="rId268" xr:uid="{287C6150-DE24-4FA1-9FB0-1043F9707357}"/>
+    <hyperlink ref="F573" r:id="rId269" xr:uid="{FD75FC65-5940-41BD-B707-B35288D74374}"/>
+    <hyperlink ref="F571" r:id="rId270" xr:uid="{F313B074-A8A1-4DE2-9B20-F80575390D0C}"/>
+    <hyperlink ref="F572" r:id="rId271" xr:uid="{99228B4A-4564-4C1D-9B17-D7082B679450}"/>
+    <hyperlink ref="F570" r:id="rId272" xr:uid="{3C60B8B3-0D86-415E-AD48-40C3DEDB51C6}"/>
+    <hyperlink ref="F569" r:id="rId273" xr:uid="{78616678-86A1-4A0F-9673-656D213DE948}"/>
+    <hyperlink ref="F567" r:id="rId274" xr:uid="{A8CB999E-EFCB-4370-9C96-4A4BE8D76BF1}"/>
+    <hyperlink ref="F566" r:id="rId275" xr:uid="{1ADC6F99-F674-4BED-B8E8-6FC68CFAA6E8}"/>
+    <hyperlink ref="F564" r:id="rId276" xr:uid="{15978D1A-3474-4302-BE38-1C61BFF0BFB1}"/>
+    <hyperlink ref="F565" r:id="rId277" xr:uid="{BD6E42C6-DBCF-4E36-BF94-6DFEDDDBE61D}"/>
+    <hyperlink ref="F563" r:id="rId278" xr:uid="{671F2005-757C-4080-8DA3-2853F96D86A2}"/>
+    <hyperlink ref="F500" r:id="rId279" xr:uid="{790BABCC-689B-4A92-8CC5-C8CD2105CBB3}"/>
+    <hyperlink ref="F501" r:id="rId280" xr:uid="{5923E7A2-6839-4E4C-AE78-FA30207CDE5E}"/>
+    <hyperlink ref="F578" r:id="rId281" xr:uid="{40582CDE-54BF-40B6-992D-F3BFB3096002}"/>
+    <hyperlink ref="F577" r:id="rId282" xr:uid="{CDE84E6F-BEA3-4F41-BA2E-0FCDA717ECCD}"/>
+    <hyperlink ref="F584" r:id="rId283" xr:uid="{477B3D27-727B-4659-9B57-484729555DB3}"/>
+    <hyperlink ref="F583" r:id="rId284" xr:uid="{0C9D8FA6-03B2-4F31-ACB4-24698B0874EE}"/>
+    <hyperlink ref="F568" r:id="rId285" xr:uid="{CFA6AF26-1B52-407B-9311-C884FF30B6E7}"/>
+    <hyperlink ref="F582" r:id="rId286" xr:uid="{0A81940A-F307-4C69-81E4-0F57E6F9474E}"/>
+    <hyperlink ref="F581" r:id="rId287" display="https://www.mass.gov/service-details/public-housing-administrative-notices-archive-2002-2010" xr:uid="{5EB1147B-7CA4-4AD7-8189-24CEE26FA77D}"/>
+    <hyperlink ref="F592" r:id="rId288" xr:uid="{19D05D42-2B98-491D-9F62-5C8CFBDC8E9E}"/>
+    <hyperlink ref="F591" r:id="rId289" xr:uid="{6649D0A8-DC32-4F42-80E1-C1A7FE13E152}"/>
+    <hyperlink ref="F590" r:id="rId290" xr:uid="{7B8D5EEB-2922-42FD-96A9-305E14870386}"/>
+    <hyperlink ref="F589" r:id="rId291" xr:uid="{1EFB9B69-28F3-44A5-8293-2197D552567A}"/>
+    <hyperlink ref="F587" r:id="rId292" xr:uid="{5B99D080-17CF-4D1F-9508-AF1E06A91DE4}"/>
+    <hyperlink ref="F588" r:id="rId293" xr:uid="{AD822A87-8510-40AB-BAD8-AA5468A0087C}"/>
+    <hyperlink ref="F586" r:id="rId294" xr:uid="{7328F755-D82C-4D1F-B507-7F9A0FCF3B82}"/>
+    <hyperlink ref="F595" r:id="rId295" xr:uid="{159F4C22-B285-4206-9D4B-DAE30D72ACD5}"/>
+    <hyperlink ref="F593" r:id="rId296" xr:uid="{4C78C422-6AAA-40CC-A58A-924AA921A11A}"/>
+    <hyperlink ref="F639" r:id="rId297" xr:uid="{40066572-79EC-4DD4-BADA-0D955151EC0E}"/>
+    <hyperlink ref="F597" r:id="rId298" xr:uid="{E0D59C6A-D2CC-4081-9D13-89641043D64B}"/>
+    <hyperlink ref="F596" r:id="rId299" xr:uid="{E4316BA1-D5AA-4FCE-8443-12B3B2EBCB9D}"/>
+    <hyperlink ref="F609" r:id="rId300" xr:uid="{AF965A57-C0DD-417A-8031-1FDB3E1F3191}"/>
+    <hyperlink ref="F608" r:id="rId301" xr:uid="{10FB7139-2916-4E53-970A-D58BA69EE7AF}"/>
+    <hyperlink ref="F606" r:id="rId302" xr:uid="{F1E40F49-4F66-4F7E-8A85-ED8C0EDDCBBF}"/>
+    <hyperlink ref="F605" r:id="rId303" xr:uid="{F7468B6F-3478-46C1-8783-BD24AFC79B9D}"/>
+    <hyperlink ref="F604" r:id="rId304" xr:uid="{E1D621E1-FAFF-4896-B2CD-ED1932C3D3CE}"/>
+    <hyperlink ref="F603" r:id="rId305" xr:uid="{82F9BDC5-AF37-465B-B17C-24E190BD919A}"/>
+    <hyperlink ref="F602" r:id="rId306" xr:uid="{AA67CEFD-DD9B-45AB-B747-B299B371ACBF}"/>
+    <hyperlink ref="F601" r:id="rId307" xr:uid="{6CC65E61-EDB2-43AD-B940-E7B23A2F8CBF}"/>
+    <hyperlink ref="F600" r:id="rId308" xr:uid="{F51D3BE0-725F-43B4-BAD9-8351D8B2B512}"/>
+    <hyperlink ref="F599" r:id="rId309" xr:uid="{61AEF072-72F5-4B5C-8CA4-2EE0167C7877}"/>
+    <hyperlink ref="F598" r:id="rId310" xr:uid="{76AF8C51-526F-461C-9A8A-AE8469D007C9}"/>
+    <hyperlink ref="F615" r:id="rId311" xr:uid="{0134B1D5-D25F-4830-B3D7-35EB4BF498F2}"/>
+    <hyperlink ref="F614" r:id="rId312" xr:uid="{3894324B-4DCD-4419-9031-14EF1E377AB8}"/>
+    <hyperlink ref="F613" r:id="rId313" xr:uid="{B6E64312-63C6-44EC-A41D-04E0D2748D95}"/>
+    <hyperlink ref="F612" r:id="rId314" xr:uid="{21142297-9B6D-485E-8170-8390CBED1EA3}"/>
+    <hyperlink ref="F611" r:id="rId315" xr:uid="{65FA6D3A-CBBA-48FB-B945-213B3B61B23A}"/>
+    <hyperlink ref="F618" r:id="rId316" xr:uid="{B8E19046-F4D3-4E03-ACEB-9DB0FC367FBB}"/>
+    <hyperlink ref="F617" r:id="rId317" xr:uid="{0345D301-0B04-4756-A769-4F0A7BC8FBF1}"/>
+    <hyperlink ref="F616" r:id="rId318" xr:uid="{1E6AB6E1-D9F4-47C6-A661-88CAC3AEB4A3}"/>
+    <hyperlink ref="F641" r:id="rId319" xr:uid="{66AF0BF9-F377-422D-9026-0F2056732543}"/>
+    <hyperlink ref="F643" r:id="rId320" xr:uid="{7FAD8470-10A5-4335-972B-5BD567867C6E}"/>
+    <hyperlink ref="F650" r:id="rId321" xr:uid="{292DA8C0-688A-4FE0-B0F8-B7097BAF8561}"/>
+    <hyperlink ref="F655" r:id="rId322" xr:uid="{FD4FBC04-1130-4732-8AAB-932D453E45DD}"/>
+    <hyperlink ref="F654" r:id="rId323" xr:uid="{2E8D749F-FC31-4DDC-8F61-971C275B28C7}"/>
+    <hyperlink ref="F653" r:id="rId324" xr:uid="{59A18028-2B5C-407D-886F-DDDD8E78EDDF}"/>
+    <hyperlink ref="F652" r:id="rId325" xr:uid="{AFD6CE09-E69F-4153-8BF5-3CAF033AEAC4}"/>
+    <hyperlink ref="F657" r:id="rId326" xr:uid="{30040FE9-542D-4144-A397-62B5D8228F7A}"/>
+    <hyperlink ref="F656" r:id="rId327" xr:uid="{FA1474F2-FAA9-4B0C-A78B-AF313762CC06}"/>
+    <hyperlink ref="F664" r:id="rId328" xr:uid="{E1412D6E-FEC8-4387-AEB2-D9B7EC976BE8}"/>
+    <hyperlink ref="F663" r:id="rId329" xr:uid="{5965394F-4E78-4674-A9ED-57D028C4004D}"/>
+    <hyperlink ref="F662" r:id="rId330" xr:uid="{F4308D58-837F-440E-A7C0-7272FF6AA355}"/>
+    <hyperlink ref="F661" r:id="rId331" xr:uid="{E4B406F8-7E71-4DE7-AC62-85B65A06BD6E}"/>
+    <hyperlink ref="F660" r:id="rId332" xr:uid="{83847BF7-334F-44A2-AB4A-E1FCD875EDBA}"/>
+    <hyperlink ref="F668" r:id="rId333" xr:uid="{315CDF51-BF1B-4805-B957-8FFFF70931C7}"/>
+    <hyperlink ref="F669" r:id="rId334" xr:uid="{BEC17BB5-7613-4D14-B757-096377524C37}"/>
+    <hyperlink ref="F670" r:id="rId335" xr:uid="{5827E180-4262-44C7-AFDD-52636677612D}"/>
+    <hyperlink ref="F671" r:id="rId336" xr:uid="{D7B4D814-BBAD-4416-B542-D84402526DF2}"/>
+    <hyperlink ref="F681" r:id="rId337" xr:uid="{9602C5F3-BA35-4B14-A00D-BFD8E5E0E3C8}"/>
+    <hyperlink ref="F496" r:id="rId338" xr:uid="{FEFCBCAE-41AC-4E71-B80D-1256EB1A96B2}"/>
+    <hyperlink ref="F679" r:id="rId339" xr:uid="{19B8668D-80CD-4F50-9328-8B6D276BDB25}"/>
+    <hyperlink ref="F678" r:id="rId340" xr:uid="{9D767040-3B4D-4992-8317-B3FD239E6178}"/>
+    <hyperlink ref="F677" r:id="rId341" xr:uid="{BFA88F6B-A676-4E69-A328-3A60A0C3B016}"/>
+    <hyperlink ref="F676" r:id="rId342" xr:uid="{2BE50FEE-A91F-4789-A84D-EDC406D9390A}"/>
+    <hyperlink ref="F684" r:id="rId343" xr:uid="{01E71429-147D-4AE1-8872-1B82DFC8F7DD}"/>
+    <hyperlink ref="F685" r:id="rId344" xr:uid="{B62569C5-AEE9-4839-A944-1C0F932BCF65}"/>
+    <hyperlink ref="F686" r:id="rId345" xr:uid="{34C68E8E-632B-4626-8184-8FE912C8102D}"/>
+    <hyperlink ref="F714" r:id="rId346" xr:uid="{4EE6E31A-FCB1-4069-8FB4-2155DB5C576C}"/>
+    <hyperlink ref="F711" r:id="rId347" xr:uid="{0DCB6D28-BC08-45ED-A080-99AB3CCA0375}"/>
+    <hyperlink ref="F710" r:id="rId348" xr:uid="{802BDBCE-CCEF-4F29-939F-CAB38B19EF93}"/>
+    <hyperlink ref="F709" r:id="rId349" xr:uid="{67B168E5-A9AA-49BA-80ED-55DDA81C26D3}"/>
+    <hyperlink ref="F708" r:id="rId350" xr:uid="{6C163D30-EF1A-4EA2-A93D-977A00AA2629}"/>
+    <hyperlink ref="F723" r:id="rId351" xr:uid="{AF1044F1-C6E5-4644-BB35-977CDDFB435C}"/>
+    <hyperlink ref="F722" r:id="rId352" xr:uid="{A5F7EF69-94FE-42B3-985E-56375422EF24}"/>
+    <hyperlink ref="F720" r:id="rId353" xr:uid="{E85EE0D9-7A52-467E-90AF-28E4E8893DDD}"/>
+    <hyperlink ref="F721" r:id="rId354" xr:uid="{67AE6635-72DF-4C8D-B20C-553435BBC7BA}"/>
+    <hyperlink ref="F719" r:id="rId355" xr:uid="{37103B3F-B3A0-4CFF-9D2F-7FF9A63AC057}"/>
+    <hyperlink ref="F718" r:id="rId356" xr:uid="{5EA42AB5-B2E8-40C2-8F2F-F6C2442B4EC3}"/>
+    <hyperlink ref="F715" r:id="rId357" xr:uid="{E19A9549-E3B3-400E-86B5-45C747DF02A2}"/>
+    <hyperlink ref="F269" r:id="rId358" xr:uid="{7C9534F3-25A8-4BA4-A5AD-835D222B0EA2}"/>
+    <hyperlink ref="F294" r:id="rId359" xr:uid="{4DF3D0EB-B483-4B3C-988F-A2940ABB2E02}"/>
+    <hyperlink ref="F527" r:id="rId360" xr:uid="{7F7E305D-C395-453E-9E84-75742D556B5D}"/>
+    <hyperlink ref="F288" r:id="rId361" xr:uid="{7579E379-0EC2-4479-8FE2-04E1EEA71C9E}"/>
+    <hyperlink ref="F695" r:id="rId362" xr:uid="{A38A6C7B-A88A-47B8-9B51-5F0666C08ED0}"/>
+    <hyperlink ref="F526" r:id="rId363" xr:uid="{EE2A0A0A-261A-4688-BC1C-08770792DDCD}"/>
+    <hyperlink ref="F293" r:id="rId364" xr:uid="{CB8330D6-7DA5-4503-8F1D-1EAB1D4AFA8F}"/>
+    <hyperlink ref="F328" r:id="rId365" xr:uid="{6A8CFED4-392C-422F-8285-7CE146F1AC2C}"/>
+    <hyperlink ref="F285" r:id="rId366" xr:uid="{5AED8C0F-EF03-450A-89E4-A9DB06A6B7E8}"/>
+    <hyperlink ref="F283" r:id="rId367" xr:uid="{727CB9B3-A6F1-4A72-9860-D036CCDD8C4E}"/>
+    <hyperlink ref="F327" r:id="rId368" xr:uid="{9A327D9C-78C3-4076-BDA6-0F0D8D94449C}"/>
+    <hyperlink ref="F525" r:id="rId369" xr:uid="{75AE86C3-54C6-4B48-9E22-47671AC7665F}"/>
+    <hyperlink ref="F326" r:id="rId370" xr:uid="{D2BC05C4-CE62-479C-B600-DF1E17CF5B3E}"/>
+    <hyperlink ref="F284" r:id="rId371" xr:uid="{757D759A-C793-4206-B772-35379B208DDE}"/>
+    <hyperlink ref="F282" r:id="rId372" xr:uid="{37C2068E-67F0-4712-8AB6-9316D63878A7}"/>
+    <hyperlink ref="F524" r:id="rId373" xr:uid="{93715F02-3B86-4D85-9620-DB491BF71984}"/>
+    <hyperlink ref="F522" r:id="rId374" xr:uid="{9C3E4682-A18B-4FDF-B30E-80C4B465F3B2}"/>
+    <hyperlink ref="F521" r:id="rId375" xr:uid="{EC5785DC-70D7-4680-9EA4-FF412AA2578D}"/>
+    <hyperlink ref="F281" r:id="rId376" xr:uid="{F8B195BB-90D0-4FE5-8BC5-8F21AF7D7A5C}"/>
+    <hyperlink ref="F325" r:id="rId377" xr:uid="{94D43E18-1B1D-4B41-B668-98C69534D380}"/>
+    <hyperlink ref="F286" r:id="rId378" xr:uid="{577783C4-AC29-4042-BFEB-DA4102B7B18D}"/>
+    <hyperlink ref="F324" r:id="rId379" xr:uid="{1A3173DD-D6A3-47CE-BBA2-55806B8A5482}"/>
+    <hyperlink ref="F209" r:id="rId380" xr:uid="{9C7E4BB2-CCD5-40CA-B017-720AE2BDA7E8}"/>
+    <hyperlink ref="F308" r:id="rId381" xr:uid="{E7BF9C8C-9DB8-4E01-BABD-8D7E8386F7A0}"/>
+    <hyperlink ref="F307" r:id="rId382" xr:uid="{16A798AB-6EF8-44FB-B4AF-4C148F39CF95}"/>
+    <hyperlink ref="F323" r:id="rId383" xr:uid="{7731AF20-30CF-4EBB-8FED-1FDD103EA4DC}"/>
+    <hyperlink ref="F306" r:id="rId384" xr:uid="{F6B1B7E1-FC3F-4538-9098-8B89EAFE8A7F}"/>
+    <hyperlink ref="F343" r:id="rId385" xr:uid="{65C22E10-50E5-4D91-BFB2-534A5B02514E}"/>
+    <hyperlink ref="F342" r:id="rId386" xr:uid="{5FD0872D-8B67-448E-B87E-24CF00054358}"/>
+    <hyperlink ref="F341" r:id="rId387" xr:uid="{B7FCD7EC-6D74-4332-B90D-4085BA2866E2}"/>
+    <hyperlink ref="F321" r:id="rId388" xr:uid="{F39CE7C3-37DC-425E-AB5F-85333262CB5E}"/>
+    <hyperlink ref="F280" r:id="rId389" xr:uid="{8E88205E-7D6C-4C8D-8A4A-B200B1E34B51}"/>
+    <hyperlink ref="F302" r:id="rId390" xr:uid="{567604BB-6F29-4B05-81B1-7F1C25A68E29}"/>
+    <hyperlink ref="F301" r:id="rId391" xr:uid="{9A47855A-A323-4FD5-9F95-2D26B8D5B613}"/>
+    <hyperlink ref="F520" r:id="rId392" xr:uid="{ED389C53-0189-4CB3-9CCC-1ECF5D67239B}"/>
+    <hyperlink ref="F518" r:id="rId393" xr:uid="{DDB3342A-2977-4C2F-AF61-C8CD1DFB3E2B}"/>
+    <hyperlink ref="F519" r:id="rId394" xr:uid="{424E5860-1EB9-48AF-98D1-21CEB16AF70C}"/>
     <hyperlink ref="F84" r:id="rId395" xr:uid="{637CCFC8-1339-4E6A-B439-6C6EB183253A}"/>
-    <hyperlink ref="F278" r:id="rId396" xr:uid="{C82CF086-5775-4F7A-97C7-56B341C03F97}"/>
-[...18 lines deleted...]
-    <hyperlink ref="F303" r:id="rId415" xr:uid="{0CF2B197-AD25-44E5-8E07-2262468E97EA}"/>
+    <hyperlink ref="F279" r:id="rId396" xr:uid="{C82CF086-5775-4F7A-97C7-56B341C03F97}"/>
+    <hyperlink ref="F254" r:id="rId397" xr:uid="{A6F536AA-2F86-4689-AE61-C121D40FE9D2}"/>
+    <hyperlink ref="F516" r:id="rId398" xr:uid="{9C23CEF5-0CA0-4B4A-A746-62BA3556191F}"/>
+    <hyperlink ref="F320" r:id="rId399" xr:uid="{FBE48E3B-D356-4616-9877-8C5FFA6F933B}"/>
+    <hyperlink ref="F515" r:id="rId400" xr:uid="{17E0461B-0D56-4E4D-8BA2-B784391BD0EF}"/>
+    <hyperlink ref="F513" r:id="rId401" xr:uid="{6FBA158B-34D2-4D87-976B-B14A4ED47FF0}"/>
+    <hyperlink ref="F512" r:id="rId402" xr:uid="{DC1C11EC-DBF3-4934-A084-905FDF41B6B8}"/>
+    <hyperlink ref="F511" r:id="rId403" xr:uid="{599EB3DB-063F-40F9-ADEB-4365857C51BF}"/>
+    <hyperlink ref="F523" r:id="rId404" xr:uid="{AAF31D5A-DD7D-496B-8372-3B2FED42393A}"/>
+    <hyperlink ref="F509" r:id="rId405" xr:uid="{19D27E6E-8599-42A1-A23B-CB86B9188D01}"/>
+    <hyperlink ref="F508" r:id="rId406" xr:uid="{73A58CAF-5886-4644-A0C0-000D4EDBAFB5}"/>
+    <hyperlink ref="F507" r:id="rId407" xr:uid="{1A819F78-1CA2-4FD7-8C4A-37601A6EAADC}"/>
+    <hyperlink ref="F506" r:id="rId408" xr:uid="{D9EE2082-EA52-4026-A7FD-4F6E4968B349}"/>
+    <hyperlink ref="F510" r:id="rId409" xr:uid="{856FCF05-80FD-41CF-9416-DDAA5953E8D6}"/>
+    <hyperlink ref="F505" r:id="rId410" xr:uid="{C3EAFF33-0E47-48D3-A277-A0C20349C6AB}"/>
+    <hyperlink ref="F268" r:id="rId411" xr:uid="{65DD122E-6C86-4183-997B-6E1E9ABA3599}"/>
+    <hyperlink ref="F503" r:id="rId412" xr:uid="{A381F534-1C76-4BD4-9803-E0C486CC9E77}"/>
+    <hyperlink ref="F322" r:id="rId413" xr:uid="{541A17A2-12BC-44CF-A811-3CC7A7F9B2EE}"/>
+    <hyperlink ref="F305" r:id="rId414" xr:uid="{72B32243-4143-4D26-9B59-7E445552DF68}"/>
+    <hyperlink ref="F304" r:id="rId415" xr:uid="{0CF2B197-AD25-44E5-8E07-2262468E97EA}"/>
     <hyperlink ref="F271:F272" r:id="rId416" display="https://www.mass.gov/doc/2020-07-covid-19-information-memo/download" xr:uid="{F8F6C7DA-27A0-45E8-A06E-DF38937A38A8}"/>
-    <hyperlink ref="F511" r:id="rId417" xr:uid="{EAD98BE4-D21B-4E10-AA31-F1E35995D818}"/>
-[...2 lines deleted...]
-    <hyperlink ref="F494" r:id="rId420" xr:uid="{85423E1A-3744-4295-9F52-424CC4D65945}"/>
+    <hyperlink ref="F514" r:id="rId417" xr:uid="{EAD98BE4-D21B-4E10-AA31-F1E35995D818}"/>
+    <hyperlink ref="F504" r:id="rId418" xr:uid="{C1B5530D-7B91-4A88-AFF2-2E69FBE48D92}"/>
+    <hyperlink ref="F694" r:id="rId419" xr:uid="{6795F997-12F0-48CC-B7FE-97CA4C6DF693}"/>
+    <hyperlink ref="F497" r:id="rId420" xr:uid="{85423E1A-3744-4295-9F52-424CC4D65945}"/>
     <hyperlink ref="F83" r:id="rId421" xr:uid="{8AC5D65D-EB0B-47C0-A435-5361F56A1AC3}"/>
-    <hyperlink ref="F266" r:id="rId422" xr:uid="{B6E80D80-4353-41E3-8AAC-9F472665CA7B}"/>
-[...15 lines deleted...]
-    <hyperlink ref="F271" r:id="rId438" xr:uid="{5FADA6C5-5A14-4807-B03B-CD68B8D5E39F}"/>
+    <hyperlink ref="F267" r:id="rId422" xr:uid="{B6E80D80-4353-41E3-8AAC-9F472665CA7B}"/>
+    <hyperlink ref="F278" r:id="rId423" xr:uid="{E07F4D6E-ABDE-4BEB-BF86-F8C1008118CA}"/>
+    <hyperlink ref="F277" r:id="rId424" xr:uid="{0D868317-82D6-45E6-8A5B-05CF665884EE}"/>
+    <hyperlink ref="F276" r:id="rId425" xr:uid="{42B3095A-BA46-4790-BDE8-3C808C63E797}"/>
+    <hyperlink ref="F607" r:id="rId426" xr:uid="{848B33C7-BB87-4B35-A78B-7E2BDDD3E341}"/>
+    <hyperlink ref="F275" r:id="rId427" xr:uid="{C7A687EC-B9B6-4988-A2EB-34C584CA8A55}"/>
+    <hyperlink ref="F273" r:id="rId428" xr:uid="{E51E9CB7-F943-45BF-89E5-F5E5907C18CC}"/>
+    <hyperlink ref="F713" r:id="rId429" xr:uid="{C375E25E-E2EE-440C-84F3-298B9EC354E2}"/>
+    <hyperlink ref="F318" r:id="rId430" xr:uid="{9DE7B2A9-C4D1-4CD7-974D-995A5C05C65A}"/>
+    <hyperlink ref="F490" r:id="rId431" xr:uid="{81D09EAC-815F-45FF-BA6F-AEE9F766F0DA}"/>
+    <hyperlink ref="F693" r:id="rId432" xr:uid="{9158346C-03AF-41BE-A58D-61CDA46F2C11}"/>
+    <hyperlink ref="F292" r:id="rId433" xr:uid="{8834BFA9-87DD-41BC-A561-524A2492C1B2}"/>
+    <hyperlink ref="F580" r:id="rId434" xr:uid="{8D6E70C6-48B4-4E61-90FF-1C2AEE970621}"/>
+    <hyperlink ref="F562" r:id="rId435" xr:uid="{E777C907-901C-41A1-ABAB-F74936624974}"/>
+    <hyperlink ref="F732" r:id="rId436" xr:uid="{6CF6E99B-9F8A-4A50-B407-7EB7491D2CDC}"/>
+    <hyperlink ref="F731" r:id="rId437" xr:uid="{6FDF68EC-B2B6-4FDE-B4DC-CAE979830A09}"/>
+    <hyperlink ref="F272" r:id="rId438" xr:uid="{5FADA6C5-5A14-4807-B03B-CD68B8D5E39F}"/>
     <hyperlink ref="F23" r:id="rId439" xr:uid="{D5EE1AD9-60BC-4A17-BB8D-2EF01BF65E7E}"/>
-    <hyperlink ref="F486" r:id="rId440" xr:uid="{A6187C60-42D7-4EF1-89BE-1E3EBEC4A988}"/>
-[...19 lines deleted...]
-    <hyperlink ref="F290" r:id="rId460" xr:uid="{80E0B66D-B2F5-493D-9070-4FCA1D9BB81A}"/>
+    <hyperlink ref="F489" r:id="rId440" xr:uid="{A6187C60-42D7-4EF1-89BE-1E3EBEC4A988}"/>
+    <hyperlink ref="F266" r:id="rId441" xr:uid="{7CCD0FF9-C064-4C91-A4CC-0D0CFDF61DEE}"/>
+    <hyperlink ref="F317" r:id="rId442" xr:uid="{582F1C10-B4D9-44E5-B207-3DF39CC474C8}"/>
+    <hyperlink ref="F729" r:id="rId443" xr:uid="{7DAF50D4-475B-4D28-9ACD-03A211F53006}"/>
+    <hyperlink ref="F692" r:id="rId444" xr:uid="{676D2822-ADDF-4CB7-9BEF-316EF1E56167}"/>
+    <hyperlink ref="F691" r:id="rId445" xr:uid="{8F432111-6423-4F5A-B9FF-D90CE296E868}"/>
+    <hyperlink ref="F680" r:id="rId446" xr:uid="{36633E0C-CB1D-4DF9-B5CF-5524B0080CFC}"/>
+    <hyperlink ref="F300" r:id="rId447" xr:uid="{C3865FAA-AF72-4DCB-8C3C-C7283F39F664}"/>
+    <hyperlink ref="F690" r:id="rId448" xr:uid="{24B5E097-7A60-4CC3-94E2-78F4CB15C384}"/>
+    <hyperlink ref="F689" r:id="rId449" xr:uid="{92C6E6EE-9B2B-4284-A9B2-203624CCF6CD}"/>
+    <hyperlink ref="F299" r:id="rId450" xr:uid="{1E70AE86-E18F-4904-91CE-02FA82DB0688}"/>
+    <hyperlink ref="F297" r:id="rId451" xr:uid="{AC549744-5537-4100-8913-F2E08436318F}"/>
+    <hyperlink ref="F298" r:id="rId452" xr:uid="{AC335FD5-4215-47C5-9A78-A4B35BBFABB2}"/>
+    <hyperlink ref="F688" r:id="rId453" xr:uid="{FE16B961-3EC7-405B-A69D-EFAAA787EF52}"/>
+    <hyperlink ref="F316" r:id="rId454" xr:uid="{0005AE6D-7F96-48E7-8559-E8855C1741D5}"/>
+    <hyperlink ref="F271" r:id="rId455" xr:uid="{28D5432C-3080-4FEA-8957-DA5968E3E575}"/>
+    <hyperlink ref="F667" r:id="rId456" xr:uid="{95EB7975-DD62-4EEF-B8C8-9601E1EEDF30}"/>
+    <hyperlink ref="F296" r:id="rId457" xr:uid="{678ACFFE-2F61-435E-9453-A44517AC850F}"/>
+    <hyperlink ref="F315" r:id="rId458" xr:uid="{4271DBDD-3885-4D6F-871D-3A6945598E95}"/>
+    <hyperlink ref="F265" r:id="rId459" xr:uid="{C2854FE6-E28C-41B0-938F-5E91268B1E5C}"/>
+    <hyperlink ref="F291" r:id="rId460" xr:uid="{80E0B66D-B2F5-493D-9070-4FCA1D9BB81A}"/>
     <hyperlink ref="F123" r:id="rId461" xr:uid="{05819CBD-9F70-498E-863F-E237C9564F92}"/>
-    <hyperlink ref="F726" r:id="rId462" xr:uid="{00C225D4-7582-4839-848A-12BB5AF464EA}"/>
-[...21 lines deleted...]
-    <hyperlink ref="F255" r:id="rId484" xr:uid="{3F1278EA-7604-40DE-A90A-1E956EDCCD99}"/>
+    <hyperlink ref="F730" r:id="rId462" xr:uid="{00C225D4-7582-4839-848A-12BB5AF464EA}"/>
+    <hyperlink ref="F290" r:id="rId463" xr:uid="{0CAFFF40-87B3-4B8D-9B75-63A33D160A2D}"/>
+    <hyperlink ref="F259" r:id="rId464" xr:uid="{39DCFE2D-3FB6-46A7-A697-6A2545DAF47C}"/>
+    <hyperlink ref="F236" r:id="rId465" xr:uid="{CA7FE474-4B9E-4901-8135-2E7AC0753C9A}"/>
+    <hyperlink ref="F289" r:id="rId466" xr:uid="{9F9F570B-D35C-403E-9043-7F2094C434BF}"/>
+    <hyperlink ref="F314" r:id="rId467" xr:uid="{7B7FDD18-8883-449D-97F3-89C9F879BB27}"/>
+    <hyperlink ref="F270" r:id="rId468" xr:uid="{7D27DC59-9A1E-4241-B527-0944DBB7104D}"/>
+    <hyperlink ref="F263" r:id="rId469" xr:uid="{3633A944-56F1-41D3-94A0-05BCDD5E898D}"/>
+    <hyperlink ref="F717" r:id="rId470" xr:uid="{2AF9CEEB-F7C7-4FDA-8844-CB777B27E7F7}"/>
+    <hyperlink ref="F716" r:id="rId471" xr:uid="{63493069-695B-4FC5-860F-B83BB2475BE7}"/>
+    <hyperlink ref="F262" r:id="rId472" xr:uid="{A41AD5E6-ECC5-4789-96A7-C7D6060410EA}"/>
+    <hyperlink ref="F642" r:id="rId473" xr:uid="{587696CB-A64B-4813-AC67-538315869E23}"/>
+    <hyperlink ref="F313" r:id="rId474" xr:uid="{2C9D7BC4-A91F-403C-BD91-5FD1BEF19854}"/>
+    <hyperlink ref="F675" r:id="rId475" xr:uid="{404BB99D-C699-4C48-809C-60EFF3DB9C27}"/>
+    <hyperlink ref="F261" r:id="rId476" xr:uid="{F2305C21-387A-4459-BEA8-64FF17A87B8A}"/>
+    <hyperlink ref="F674" r:id="rId477" xr:uid="{F6A9D276-608C-47A1-9BAB-93F04C5B84D7}"/>
+    <hyperlink ref="F312" r:id="rId478" xr:uid="{51ECA436-89A1-4BB6-B823-4B5A531C60F5}"/>
+    <hyperlink ref="F260" r:id="rId479" xr:uid="{2EB0515F-4130-492E-B8BB-AB3F5CC2198C}"/>
+    <hyperlink ref="F673" r:id="rId480" xr:uid="{5630DFFF-7C90-44A4-B092-8AA239D238EC}"/>
+    <hyperlink ref="F644" r:id="rId481" xr:uid="{4E981263-0F94-4685-BDA8-C88E59C058EB}"/>
+    <hyperlink ref="F295" r:id="rId482" xr:uid="{449399B1-33CF-446B-979A-F2C74356844B}"/>
+    <hyperlink ref="F724" r:id="rId483" xr:uid="{ED3C89A2-0C2A-46D3-A214-A2D3C3F133F6}"/>
+    <hyperlink ref="F256" r:id="rId484" xr:uid="{3F1278EA-7604-40DE-A90A-1E956EDCCD99}"/>
     <hyperlink ref="F56" r:id="rId485" xr:uid="{830021B8-BD71-4102-806C-FCE037F2FF65}"/>
-    <hyperlink ref="F449" r:id="rId486" xr:uid="{3981F787-D78C-4CB8-8754-A4C489A5B252}"/>
-[...3 lines deleted...]
-    <hyperlink ref="F308" r:id="rId490" xr:uid="{04F22A44-60EB-4613-9174-A5DF06252BA0}"/>
+    <hyperlink ref="F451" r:id="rId486" xr:uid="{3981F787-D78C-4CB8-8754-A4C489A5B252}"/>
+    <hyperlink ref="F329" r:id="rId487" xr:uid="{90418927-E5EF-4F19-AE36-A31604891EA0}"/>
+    <hyperlink ref="F146" r:id="rId488" xr:uid="{7D4D7E85-BCDF-4BF5-9FFC-CF04D5E970B7}"/>
+    <hyperlink ref="F575" r:id="rId489" xr:uid="{382A83D7-4505-4D43-842E-23E6BAE6F1F9}"/>
+    <hyperlink ref="F309" r:id="rId490" xr:uid="{04F22A44-60EB-4613-9174-A5DF06252BA0}"/>
     <hyperlink ref="F14" r:id="rId491" xr:uid="{63BA0233-481F-467F-8D3D-426638E9A09A}"/>
-    <hyperlink ref="F433" r:id="rId492" xr:uid="{66553B77-66BD-47CD-87AA-59369F16DD60}"/>
-    <hyperlink ref="F654" r:id="rId493" xr:uid="{C92F45AF-D638-41DB-9F38-90025AE6EFC0}"/>
+    <hyperlink ref="F435" r:id="rId492" xr:uid="{66553B77-66BD-47CD-87AA-59369F16DD60}"/>
+    <hyperlink ref="F658" r:id="rId493" xr:uid="{C92F45AF-D638-41DB-9F38-90025AE6EFC0}"/>
     <hyperlink ref="F96" r:id="rId494" xr:uid="{49EDC2A6-D10A-4137-87C4-634EC4D36A43}"/>
-    <hyperlink ref="F692" r:id="rId495" xr:uid="{DB77A9E5-30B4-4979-9DCC-BA1F3D5D8570}"/>
-[...2 lines deleted...]
-    <hyperlink ref="F542" r:id="rId498" xr:uid="{567D25F1-A4E8-438C-BA41-2CEA07ABE539}"/>
+    <hyperlink ref="F696" r:id="rId495" xr:uid="{DB77A9E5-30B4-4979-9DCC-BA1F3D5D8570}"/>
+    <hyperlink ref="F474" r:id="rId496" xr:uid="{DFD3B30D-E2EF-4B8F-A06E-A93A979FC764}"/>
+    <hyperlink ref="F148" r:id="rId497" xr:uid="{8CA9488E-8416-4B7D-B28E-2271FF01A003}"/>
+    <hyperlink ref="F545" r:id="rId498" xr:uid="{567D25F1-A4E8-438C-BA41-2CEA07ABE539}"/>
     <hyperlink ref="F36" r:id="rId499" xr:uid="{05C0D3E0-51E0-4009-A364-8570BD6E46DE}"/>
-    <hyperlink ref="F368" r:id="rId500" xr:uid="{6C090C95-186F-427E-9BA4-DD5F0979D1F6}"/>
-    <hyperlink ref="F541" r:id="rId501" xr:uid="{DC20E3E8-C5B3-44FB-8080-3F408C0248E7}"/>
+    <hyperlink ref="F369" r:id="rId500" xr:uid="{6C090C95-186F-427E-9BA4-DD5F0979D1F6}"/>
+    <hyperlink ref="F544" r:id="rId501" xr:uid="{DC20E3E8-C5B3-44FB-8080-3F408C0248E7}"/>
     <hyperlink ref="F131" r:id="rId502" xr:uid="{45B57B52-C893-42C9-8298-AF12E9DCB196}"/>
-    <hyperlink ref="F696" r:id="rId503" xr:uid="{7036005C-801D-459A-8488-7319845C1ED0}"/>
-[...2 lines deleted...]
-    <hyperlink ref="F460" r:id="rId506" xr:uid="{4865278D-3A5F-4AB8-ABB2-723409B15B4C}"/>
+    <hyperlink ref="F700" r:id="rId503" xr:uid="{7036005C-801D-459A-8488-7319845C1ED0}"/>
+    <hyperlink ref="F418" r:id="rId504" xr:uid="{D187B156-908D-4FA0-BB23-400BA3B03354}"/>
+    <hyperlink ref="F619" r:id="rId505" xr:uid="{61330674-68EE-418A-BA4D-DB7507CB27D2}"/>
+    <hyperlink ref="F462" r:id="rId506" xr:uid="{4865278D-3A5F-4AB8-ABB2-723409B15B4C}"/>
     <hyperlink ref="F38" r:id="rId507" xr:uid="{4007F3EE-A891-41FD-839D-CC5839B472E5}"/>
-    <hyperlink ref="F616" r:id="rId508" xr:uid="{E8A8BF7D-3005-45D7-8F54-6F1DD8073F47}"/>
-[...1 lines deleted...]
-    <hyperlink ref="F543" r:id="rId510" xr:uid="{9DC2A2C6-3C8D-4E1A-A15F-BB892E8E722E}"/>
+    <hyperlink ref="F620" r:id="rId508" xr:uid="{E8A8BF7D-3005-45D7-8F54-6F1DD8073F47}"/>
+    <hyperlink ref="F628" r:id="rId509" xr:uid="{9131EC95-1AB8-4233-9CF5-83611F1949FE}"/>
+    <hyperlink ref="F546" r:id="rId510" xr:uid="{9DC2A2C6-3C8D-4E1A-A15F-BB892E8E722E}"/>
     <hyperlink ref="F39" r:id="rId511" xr:uid="{E0D73426-DF6D-4F1D-A278-374B481029C8}"/>
-    <hyperlink ref="F606" r:id="rId512" xr:uid="{92161967-2C91-42F8-90FF-5A5F941A9B66}"/>
-[...15 lines deleted...]
-    <hyperlink ref="F369" r:id="rId528" xr:uid="{A06F00BE-57A5-420A-B0CD-FECC604E9D7F}"/>
+    <hyperlink ref="F610" r:id="rId512" xr:uid="{92161967-2C91-42F8-90FF-5A5F941A9B66}"/>
+    <hyperlink ref="F345" r:id="rId513" xr:uid="{17F1E7FE-4A66-4527-9375-556ACCA6F5C9}"/>
+    <hyperlink ref="F733" r:id="rId514" xr:uid="{7AA54325-DBDB-403E-A7F2-8CF6FEC2975F}"/>
+    <hyperlink ref="F629" r:id="rId515" xr:uid="{325A39C6-F078-4BBD-A476-ADDC24CAE567}"/>
+    <hyperlink ref="F630" r:id="rId516" xr:uid="{4E668FCE-84BF-48BD-B37B-A5510D8919CE}"/>
+    <hyperlink ref="F631" r:id="rId517" xr:uid="{82D4BC81-EE0E-49F5-BD85-8BC3486584F3}"/>
+    <hyperlink ref="F632" r:id="rId518" xr:uid="{122F2F9D-8BA4-4CE1-8933-066D6F2A1387}"/>
+    <hyperlink ref="F621" r:id="rId519" xr:uid="{22A55FED-AE3D-4062-A756-91C415FF4AC1}"/>
+    <hyperlink ref="F622" r:id="rId520" xr:uid="{43EF1325-AB0C-4521-AB73-68E2A1707719}"/>
+    <hyperlink ref="F623" r:id="rId521" xr:uid="{39590DEA-8F2D-4A91-AF5A-7FEF9D8ECF5A}"/>
+    <hyperlink ref="F624" r:id="rId522" xr:uid="{6BCD7970-5E42-44A5-B5F0-8C4F948B9971}"/>
+    <hyperlink ref="F625" r:id="rId523" xr:uid="{BDDF7BBB-A00E-4397-A4EA-07347859ED86}"/>
+    <hyperlink ref="F626" r:id="rId524" xr:uid="{8D8244D9-E35A-4AA9-A92A-A4266C546FCB}"/>
+    <hyperlink ref="F627" r:id="rId525" xr:uid="{3DD5C1ED-D00A-4790-A6C1-E38BFFC7CA91}"/>
+    <hyperlink ref="F701" r:id="rId526" xr:uid="{ED54D972-5C68-4C9D-8638-05B19E430DC2}"/>
+    <hyperlink ref="F702" r:id="rId527" xr:uid="{A2173F4D-DB2A-470F-AC75-DBFFD2839A20}"/>
+    <hyperlink ref="F370" r:id="rId528" xr:uid="{A06F00BE-57A5-420A-B0CD-FECC604E9D7F}"/>
     <hyperlink ref="F37" r:id="rId529" xr:uid="{82BB57F2-C0B9-4A20-AC7B-3690723C20B9}"/>
-    <hyperlink ref="F693" r:id="rId530" xr:uid="{B715B6D0-6B9B-44B9-897F-2D6FE1F400EC}"/>
-[...7 lines deleted...]
-    <hyperlink ref="F150" r:id="rId538" xr:uid="{9E09FF3F-F8AE-4432-9E2A-3119E13E1D90}"/>
+    <hyperlink ref="F697" r:id="rId530" xr:uid="{B715B6D0-6B9B-44B9-897F-2D6FE1F400EC}"/>
+    <hyperlink ref="F698" r:id="rId531" xr:uid="{CBB3C3E9-A871-4E84-BA16-BAADC7C56760}"/>
+    <hyperlink ref="F699" r:id="rId532" xr:uid="{5C45DF1A-72BE-44B5-B7F7-2DF69C703CAF}"/>
+    <hyperlink ref="F475" r:id="rId533" xr:uid="{7D72EF1C-7A95-4E30-B83D-CB597000B676}"/>
+    <hyperlink ref="F476" r:id="rId534" xr:uid="{E7044C07-80FF-40AA-AB3B-DF15415A09FC}"/>
+    <hyperlink ref="F477" r:id="rId535" xr:uid="{CABC75E3-F371-4510-BC5B-D2272FED63D0}"/>
+    <hyperlink ref="F149" r:id="rId536" xr:uid="{F8600B01-E060-442B-A4CB-AB8DA4B66F2B}"/>
+    <hyperlink ref="F150" r:id="rId537" xr:uid="{B0BE3E36-D6A5-4EC3-BA7D-A4A2B17ABB0B}"/>
+    <hyperlink ref="F151" r:id="rId538" xr:uid="{9E09FF3F-F8AE-4432-9E2A-3119E13E1D90}"/>
     <hyperlink ref="F97" r:id="rId539" xr:uid="{54FD16B4-F5BC-435F-B403-A01FA3A12677}"/>
     <hyperlink ref="F98" r:id="rId540" xr:uid="{EEE6D44B-D605-4A3C-B1C2-14E6D21FEA6A}"/>
     <hyperlink ref="F99" r:id="rId541" xr:uid="{52E59F7D-88E1-4CE9-8B7B-B859B7B8C0DB}"/>
     <hyperlink ref="F100" r:id="rId542" xr:uid="{7A26CDB7-F684-4540-99F9-28E2123BE5C9}"/>
     <hyperlink ref="F101" r:id="rId543" xr:uid="{D40303F8-7A4A-462B-BEAC-B8EA1D439A51}"/>
     <hyperlink ref="F102" r:id="rId544" xr:uid="{CA7B97BB-E266-4952-A264-20950D9184C5}"/>
-    <hyperlink ref="F146" r:id="rId545" xr:uid="{689970FB-F141-40A0-BC3D-646B36C4E942}"/>
-[...34 lines deleted...]
-    <hyperlink ref="F529" r:id="rId580" xr:uid="{265DAD35-30E0-431B-8FA7-591D0BD072EE}"/>
+    <hyperlink ref="F147" r:id="rId545" xr:uid="{689970FB-F141-40A0-BC3D-646B36C4E942}"/>
+    <hyperlink ref="F330" r:id="rId546" xr:uid="{7FA3CE38-218F-473E-B6E8-0CF3E2D42EF2}"/>
+    <hyperlink ref="F331" r:id="rId547" xr:uid="{9DE71D7D-5562-42C6-B55C-CD35CC089CBD}"/>
+    <hyperlink ref="F452" r:id="rId548" xr:uid="{1D76788C-B966-4C19-9743-B1427891A48E}"/>
+    <hyperlink ref="F453" r:id="rId549" xr:uid="{2614FA41-5D9C-4F5F-A3D3-E11264EB517D}"/>
+    <hyperlink ref="F454" r:id="rId550" xr:uid="{29B805FF-0F97-4235-B5EB-37C6CB3F0235}"/>
+    <hyperlink ref="F455" r:id="rId551" xr:uid="{7D898268-DA4A-4CE2-8CCA-970D7541A734}"/>
+    <hyperlink ref="F456" r:id="rId552" xr:uid="{84822879-83DC-4641-8991-AF8E0AFF6BD1}"/>
+    <hyperlink ref="F457" r:id="rId553" xr:uid="{400F3894-9A07-48FC-A734-2CC9228C52D2}"/>
+    <hyperlink ref="F458" r:id="rId554" xr:uid="{36C991F2-ADA0-4ABA-B626-2FCCBBD3A088}"/>
+    <hyperlink ref="F459" r:id="rId555" xr:uid="{3164DCAD-D061-422C-B9A5-063AF13C498A}"/>
+    <hyperlink ref="F460" r:id="rId556" xr:uid="{7EFF8B7D-6C32-4582-850D-109197306A5D}"/>
+    <hyperlink ref="F461" r:id="rId557" xr:uid="{D7BE397B-87F7-4374-BA32-330984B55822}"/>
+    <hyperlink ref="F725" r:id="rId558" xr:uid="{94C0EA4A-0288-4832-A733-F9D0ACDE75F9}"/>
+    <hyperlink ref="F726" r:id="rId559" xr:uid="{76339371-A42E-4CBB-A4B5-F64251ADF4B3}"/>
+    <hyperlink ref="F727" r:id="rId560" xr:uid="{D3116E0C-3FBF-4D6C-A0B3-6C5E6BFA7C1C}"/>
+    <hyperlink ref="F645" r:id="rId561" xr:uid="{72A36545-7631-4FC8-8BF7-BE913155620A}"/>
+    <hyperlink ref="F646" r:id="rId562" xr:uid="{A986116E-2CC0-40B4-A8DC-4AED83963889}"/>
+    <hyperlink ref="F647" r:id="rId563" xr:uid="{6975E0DA-D4C1-411C-8C80-C80ECD74BE53}"/>
+    <hyperlink ref="F648" r:id="rId564" xr:uid="{3C080B13-B714-4729-9B56-D7D4BFD4C766}"/>
+    <hyperlink ref="F367" r:id="rId565" xr:uid="{5E60115D-0AC8-404D-B644-719466CCDE65}"/>
+    <hyperlink ref="F368" r:id="rId566" xr:uid="{E2D58393-EAD8-4602-A865-F85BD8067053}"/>
+    <hyperlink ref="F540" r:id="rId567" xr:uid="{D3F1581D-87E4-40B6-B66A-0D8EEDB3B0B2}"/>
+    <hyperlink ref="F541" r:id="rId568" xr:uid="{CBED0436-4755-4449-BFF9-DAFD3A95994D}"/>
+    <hyperlink ref="F542" r:id="rId569" xr:uid="{E3D7FF7C-48BC-4BD1-8805-2D189917A62D}"/>
+    <hyperlink ref="F543" r:id="rId570" xr:uid="{E53F41E8-76CA-4F8B-A5B3-226EBEB4F97E}"/>
+    <hyperlink ref="F534" r:id="rId571" xr:uid="{8366589A-ACC3-44B5-BC36-12D1C94A3195}"/>
+    <hyperlink ref="F535" r:id="rId572" xr:uid="{75D5ABA8-A29B-4ED4-AD5A-8F46C7EE18EA}"/>
+    <hyperlink ref="F536" r:id="rId573" xr:uid="{0BE30F23-37EA-40C0-8477-BA3D88E038FA}"/>
+    <hyperlink ref="F537" r:id="rId574" xr:uid="{1013A414-66D4-4C87-B1B9-D7D7F2812000}"/>
+    <hyperlink ref="F538" r:id="rId575" xr:uid="{1EC27775-280D-42A9-94DD-1EF4DF8614D8}"/>
+    <hyperlink ref="F528" r:id="rId576" xr:uid="{80A531F3-D337-4EA6-A9C8-2D1B71F3D618}"/>
+    <hyperlink ref="F529" r:id="rId577" xr:uid="{C064F977-F9A7-4D25-A119-37D3A8451CDD}"/>
+    <hyperlink ref="F530" r:id="rId578" xr:uid="{4B2829CF-939E-4FC5-AED1-9B0B5A763FB1}"/>
+    <hyperlink ref="F531" r:id="rId579" xr:uid="{F5E3C9E0-9E9D-4A6E-A347-A688D9EE24CB}"/>
+    <hyperlink ref="F532" r:id="rId580" xr:uid="{265DAD35-30E0-431B-8FA7-591D0BD072EE}"/>
     <hyperlink ref="F90" r:id="rId581" xr:uid="{6C46CF96-19F9-4615-929C-D847CC45D578}"/>
     <hyperlink ref="F91" r:id="rId582" xr:uid="{86C99E28-CD27-40B3-A5B7-0E82C984CBAB}"/>
     <hyperlink ref="F92" r:id="rId583" xr:uid="{1C444B82-D436-4C16-9C74-65058CB5B785}"/>
     <hyperlink ref="F93" r:id="rId584" xr:uid="{C430C325-DC6B-43C9-8E2A-FFF6D9890C31}"/>
     <hyperlink ref="F94" r:id="rId585" xr:uid="{6A61CBDB-FA03-4973-8C61-2EF3E16B195C}"/>
     <hyperlink ref="F95" r:id="rId586" xr:uid="{15016EDE-205B-428C-9BDE-97D8E7EF2F78}"/>
     <hyperlink ref="F109" r:id="rId587" xr:uid="{A2FF954B-98F4-412D-B1D2-4D4EC6F94A6D}"/>
     <hyperlink ref="F110" r:id="rId588" xr:uid="{FCF629CD-8E68-4BF2-AC7A-31BCA544FD02}"/>
     <hyperlink ref="F108" r:id="rId589" xr:uid="{62BFB648-AC92-4EB3-921E-774B3A1DE3B6}"/>
     <hyperlink ref="F107" r:id="rId590" xr:uid="{188FA75B-5D4E-49C4-887C-86538E1CC075}"/>
     <hyperlink ref="F106" r:id="rId591" xr:uid="{5CFDE38A-350D-4D1A-9F77-4525ABD14C1C}"/>
     <hyperlink ref="F105" r:id="rId592" xr:uid="{FB7E2971-39A2-48B4-B6BF-304A4D70B812}"/>
     <hyperlink ref="F104" r:id="rId593" xr:uid="{955260A5-CE46-458A-8E20-F3218FD9D1B9}"/>
     <hyperlink ref="F103" r:id="rId594" xr:uid="{71E3A2B2-B97A-43DE-8BAF-C49CECB746BB}"/>
-    <hyperlink ref="F477" r:id="rId595" xr:uid="{D34FD64E-07F2-4580-821B-187BF48368B2}"/>
-[...6 lines deleted...]
-    <hyperlink ref="F166" r:id="rId602" xr:uid="{2F384794-0B32-43D4-86D9-9A8543ABDF0A}"/>
+    <hyperlink ref="F480" r:id="rId595" xr:uid="{D34FD64E-07F2-4580-821B-187BF48368B2}"/>
+    <hyperlink ref="F478" r:id="rId596" xr:uid="{40CC20AC-09C6-4950-AB11-4BD2963A99B8}"/>
+    <hyperlink ref="F479" r:id="rId597" xr:uid="{0B708EBF-D6E7-48F8-B6CC-4FE366E7C76C}"/>
+    <hyperlink ref="F168" r:id="rId598" xr:uid="{9A3A184E-069D-4379-820A-CB5E76628994}"/>
+    <hyperlink ref="F164" r:id="rId599" xr:uid="{AF1C186F-8EA8-4BD6-819A-2B66E5D170F3}"/>
+    <hyperlink ref="F165" r:id="rId600" xr:uid="{C7E1B25E-0231-4669-B9C3-E68CAE74F957}"/>
+    <hyperlink ref="F166" r:id="rId601" xr:uid="{DC102019-37D8-4FC1-AD9E-1024FEBA13CA}"/>
+    <hyperlink ref="F167" r:id="rId602" xr:uid="{2F384794-0B32-43D4-86D9-9A8543ABDF0A}"/>
     <hyperlink ref="F41" r:id="rId603" xr:uid="{12B68574-7AE7-4B64-A719-3B0353C2A4D3}"/>
     <hyperlink ref="F40" r:id="rId604" xr:uid="{C059978D-D5BF-49A5-8803-E381A721400A}"/>
-    <hyperlink ref="F546" r:id="rId605" xr:uid="{E8B40BCA-1A69-4219-ABC8-6F7CD0B988DB}"/>
-[...13 lines deleted...]
-    <hyperlink ref="F345" r:id="rId619" xr:uid="{D551021B-B33B-494D-860F-3BF268D91028}"/>
+    <hyperlink ref="F549" r:id="rId605" xr:uid="{E8B40BCA-1A69-4219-ABC8-6F7CD0B988DB}"/>
+    <hyperlink ref="F547" r:id="rId606" xr:uid="{064162E4-8535-4FE4-9C25-005817605077}"/>
+    <hyperlink ref="F548" r:id="rId607" xr:uid="{EAF6F63B-8C2E-42BD-972D-FC75B6F2D3CE}"/>
+    <hyperlink ref="F155" r:id="rId608" xr:uid="{AAE2F79E-C945-4ABC-9DB6-EB17E7B464C9}"/>
+    <hyperlink ref="F152" r:id="rId609" xr:uid="{166228D1-8AFF-4132-BDFF-322D402AEA2F}"/>
+    <hyperlink ref="F153" r:id="rId610" xr:uid="{6B7D5B94-99E5-4D94-A8B2-00462C1A0F3A}"/>
+    <hyperlink ref="F154" r:id="rId611" xr:uid="{9E0D55C0-7C4D-488A-91EC-6BD9A0BBAA50}"/>
+    <hyperlink ref="F576" r:id="rId612" xr:uid="{58924C3E-C819-49D5-96EB-B9EC8DF287DD}"/>
+    <hyperlink ref="F550" r:id="rId613" xr:uid="{23FC3F7E-94E0-434F-ACA4-BA0406555DE7}"/>
+    <hyperlink ref="F551" r:id="rId614" xr:uid="{466E5958-790F-447B-9C27-49DAD1058DBD}"/>
+    <hyperlink ref="F373" r:id="rId615" xr:uid="{CB5614FF-6F65-42B4-A157-83AD89CDFD83}"/>
+    <hyperlink ref="F371" r:id="rId616" xr:uid="{87C69761-3515-47AA-917B-515691806004}"/>
+    <hyperlink ref="F372" r:id="rId617" xr:uid="{36F6F877-5191-4419-9814-5395EA784D1C}"/>
+    <hyperlink ref="F703" r:id="rId618" xr:uid="{DFA63772-5EE1-421B-B0EB-E0740C03F9A4}"/>
+    <hyperlink ref="F346" r:id="rId619" xr:uid="{D551021B-B33B-494D-860F-3BF268D91028}"/>
     <hyperlink ref="F57" r:id="rId620" xr:uid="{3D627DEB-5781-47E3-ACA4-6ED894C3C9A4}"/>
-    <hyperlink ref="F700" r:id="rId621" xr:uid="{2E506EE0-6A45-48A2-84FB-B0702D2C9322}"/>
-[...7 lines deleted...]
-    <hyperlink ref="F550" r:id="rId629" xr:uid="{07A44439-4CFE-499E-872E-1D6C0F3E885E}"/>
+    <hyperlink ref="F704" r:id="rId621" xr:uid="{2E506EE0-6A45-48A2-84FB-B0702D2C9322}"/>
+    <hyperlink ref="F552" r:id="rId622" xr:uid="{F76BABE1-2E7B-44C4-9272-884C3E98D288}"/>
+    <hyperlink ref="F158" r:id="rId623" xr:uid="{5907D8C9-2046-4FF4-96D7-84413707E03D}"/>
+    <hyperlink ref="F157" r:id="rId624" xr:uid="{9E083A9D-3AC8-4209-BD2A-6789726C8BBE}"/>
+    <hyperlink ref="F156" r:id="rId625" xr:uid="{9BC5727C-7931-4F87-A604-0CD8C4B18781}"/>
+    <hyperlink ref="F633" r:id="rId626" xr:uid="{7D0DFD7A-45FA-4893-9486-3A7AEE8230ED}"/>
+    <hyperlink ref="F335" r:id="rId627" xr:uid="{CF9AE9E7-5403-467A-9592-D41618861509}"/>
+    <hyperlink ref="F336" r:id="rId628" xr:uid="{32597D36-6BD5-48D1-AFAE-7E63FE16FAEC}"/>
+    <hyperlink ref="F553" r:id="rId629" xr:uid="{07A44439-4CFE-499E-872E-1D6C0F3E885E}"/>
     <hyperlink ref="F18" r:id="rId630" xr:uid="{2B3346B2-20D2-4829-90B9-E37E2405EDBA}"/>
     <hyperlink ref="F114" r:id="rId631" xr:uid="{CDB34408-46A2-480E-A70B-8B8F24021BEB}"/>
-    <hyperlink ref="F631" r:id="rId632" xr:uid="{5DE4B7E0-CA3E-492D-8E2B-AD4023C420F5}"/>
-[...1 lines deleted...]
-    <hyperlink ref="F632" r:id="rId634" xr:uid="{167DC8C1-70B2-4DB4-9D61-4A32B5B1D3D3}"/>
+    <hyperlink ref="F635" r:id="rId632" xr:uid="{5DE4B7E0-CA3E-492D-8E2B-AD4023C420F5}"/>
+    <hyperlink ref="F634" r:id="rId633" xr:uid="{89881A6D-18E0-4A82-98BC-9F0D3325A478}"/>
+    <hyperlink ref="F636" r:id="rId634" xr:uid="{167DC8C1-70B2-4DB4-9D61-4A32B5B1D3D3}"/>
     <hyperlink ref="F116" r:id="rId635" xr:uid="{22B70CBC-9D87-4306-ADFF-AF59793537D9}"/>
     <hyperlink ref="F117" r:id="rId636" xr:uid="{7CD2F473-12D4-4BF9-89F0-D529627BE5D3}"/>
-    <hyperlink ref="F633" r:id="rId637" xr:uid="{6140C739-CFDF-43E8-9A59-592E8820473F}"/>
-[...4 lines deleted...]
-    <hyperlink ref="F376" r:id="rId642" xr:uid="{B3610D5F-832D-4AC7-9463-E8DFC43CBB80}"/>
+    <hyperlink ref="F637" r:id="rId637" xr:uid="{6140C739-CFDF-43E8-9A59-592E8820473F}"/>
+    <hyperlink ref="F556" r:id="rId638" xr:uid="{FA4503D9-E43B-4647-BFCB-7D40A864F808}"/>
+    <hyperlink ref="F554" r:id="rId639" xr:uid="{D56791FD-1794-4F4D-BF76-2644BE3C8BDD}"/>
+    <hyperlink ref="F555" r:id="rId640" xr:uid="{30EACA63-FCB1-4EBA-B993-F0D5BE49FD4C}"/>
+    <hyperlink ref="F376" r:id="rId641" xr:uid="{573455F1-5EB9-4A2C-8BEF-E152080817F1}"/>
+    <hyperlink ref="F377" r:id="rId642" xr:uid="{B3610D5F-832D-4AC7-9463-E8DFC43CBB80}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:A87"/>
   <sheetViews>
-    <sheetView topLeftCell="A31" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="A40" sqref="A40"/>
+    <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+      <selection activeCell="A51" sqref="A51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="61.7265625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A1" s="70" t="s">
         <v>1512</v>
       </c>
     </row>
     <row r="2" spans="1:1" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A2" s="5" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="3" spans="1:1" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A3" s="6" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="4" spans="1:1" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A4" s="7" t="s">
         <v>1513</v>
@@ -38129,55 +38329,50 @@
       <c r="A83" s="64" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="84" spans="1:1" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A84" s="65" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="85" spans="1:1" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A85" s="66" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="86" spans="1:1" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A86" s="67" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="87" spans="1:1" ht="18.5" x14ac:dyDescent="0.45">
       <c r="A87" s="50" t="s">
         <v>792</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:A87" xr:uid="{00000000-0001-0000-0100-000000000000}">
-[...3 lines deleted...]
-  </autoFilter>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A86">
     <sortCondition ref="A40:A86"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010029D5957896562942B02BE26174CF78CB" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="533eadc2146b2302b5a8c30f9d57a63b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d1706ee9-80ee-4f25-af17-8ecdea1037d8" xmlns:ns3="7b83dbe2-6fd2-449a-a932-0d75829bf641" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0e3a643d11b02680e83b8b30b1d3833b" ns2:_="" ns3:_="">
     <xsd:import namespace="d1706ee9-80ee-4f25-af17-8ecdea1037d8"/>
     <xsd:import namespace="7b83dbe2-6fd2-449a-a932-0d75829bf641"/>