--- v0 (2025-11-02)
+++ v1 (2026-02-01)
@@ -2465,214 +2465,248 @@
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
       <w:r w:rsidRPr="33159D11" w:rsidR="6B9C50DF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="33159D11" wp14:paraId="5582BD84" wp14:textId="43B0D9C4">
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="1348834A" wp14:paraId="5582BD84" wp14:textId="00E5EFC5">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:eastAsia="Arial Nova" w:cs="Arial Nova"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="33159D11" w:rsidR="689E831B">
+      <w:r w:rsidRPr="1348834A" w:rsidR="689E831B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Are the</w:t>
       </w:r>
-      <w:r w:rsidRPr="33159D11" w:rsidR="0EE19D14">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="33159D11" w:rsidR="689E831B">
+      <w:r w:rsidRPr="1348834A" w:rsidR="0EE19D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1348834A" w:rsidR="0EE19D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>head</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1348834A" w:rsidR="4F7000CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1348834A" w:rsidR="689E831B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> clear and easy to understand?</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="33159D11" w:rsidR="689E831B">
+      <w:r w:rsidRPr="1348834A" w:rsidR="689E831B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidRPr="33159D11" w:rsidR="689E831B">
+      <w:r w:rsidRPr="1348834A" w:rsidR="689E831B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes | </w:t>
       </w:r>
-      <w:r w:rsidRPr="33159D11" w:rsidR="689E831B">
+      <w:r w:rsidRPr="1348834A" w:rsidR="689E831B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidRPr="33159D11" w:rsidR="689E831B">
+      <w:r w:rsidRPr="1348834A" w:rsidR="689E831B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="33159D11" w:rsidR="689E831B">
+      <w:r w:rsidRPr="1348834A" w:rsidR="689E831B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>List</w:t>
       </w:r>
-      <w:r w:rsidRPr="33159D11" w:rsidR="689E831B">
+      <w:r w:rsidRPr="1348834A" w:rsidR="689E831B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:noProof w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ways to improve them:</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="27C884CF" wp14:paraId="7CB1F694" wp14:textId="3E265DF0">
       <w:pPr>
@@ -6080,83 +6114,85 @@
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="3F4C0CF6"/>
     <w:rsid w:val="02A95E3B"/>
     <w:rsid w:val="030AE071"/>
     <w:rsid w:val="0318D792"/>
     <w:rsid w:val="04D9E6CA"/>
     <w:rsid w:val="063ED173"/>
     <w:rsid w:val="081E73F6"/>
     <w:rsid w:val="09E1EB1A"/>
     <w:rsid w:val="0A6D1AB0"/>
     <w:rsid w:val="0B408157"/>
     <w:rsid w:val="0B408157"/>
     <w:rsid w:val="0C54B4A6"/>
     <w:rsid w:val="0CC906D6"/>
     <w:rsid w:val="0CF454DD"/>
     <w:rsid w:val="0D8A2C2F"/>
     <w:rsid w:val="0EE19D14"/>
     <w:rsid w:val="131CA917"/>
+    <w:rsid w:val="1348834A"/>
     <w:rsid w:val="150F96E1"/>
     <w:rsid w:val="15119B08"/>
     <w:rsid w:val="17B91CA4"/>
     <w:rsid w:val="17EC0D3E"/>
     <w:rsid w:val="182E74BE"/>
     <w:rsid w:val="1AB0B9B4"/>
     <w:rsid w:val="1E46A16C"/>
     <w:rsid w:val="20082B62"/>
     <w:rsid w:val="2083D7C0"/>
     <w:rsid w:val="2097E020"/>
     <w:rsid w:val="215B9B1A"/>
     <w:rsid w:val="24B0FA34"/>
     <w:rsid w:val="2579CB1A"/>
     <w:rsid w:val="26469923"/>
     <w:rsid w:val="27C884CF"/>
     <w:rsid w:val="286CCFF3"/>
     <w:rsid w:val="33159D11"/>
     <w:rsid w:val="36450D0B"/>
     <w:rsid w:val="36777C79"/>
     <w:rsid w:val="39314443"/>
     <w:rsid w:val="3BA8FFAE"/>
     <w:rsid w:val="3CF47F97"/>
     <w:rsid w:val="3D417FD2"/>
     <w:rsid w:val="3F4C0CF6"/>
     <w:rsid w:val="3FABFCDC"/>
     <w:rsid w:val="42C6AD44"/>
     <w:rsid w:val="45F6EA1A"/>
     <w:rsid w:val="468AD75C"/>
     <w:rsid w:val="48A9BFDB"/>
     <w:rsid w:val="49154469"/>
     <w:rsid w:val="495E6470"/>
     <w:rsid w:val="4A54FCE2"/>
     <w:rsid w:val="4F1E5B79"/>
+    <w:rsid w:val="4F7000CF"/>
     <w:rsid w:val="5066573C"/>
     <w:rsid w:val="50C34F40"/>
     <w:rsid w:val="53E7855E"/>
     <w:rsid w:val="5AB168E2"/>
     <w:rsid w:val="5F2FDBA6"/>
     <w:rsid w:val="613BD171"/>
     <w:rsid w:val="62FA4729"/>
     <w:rsid w:val="65429C8E"/>
     <w:rsid w:val="66E32DF2"/>
     <w:rsid w:val="68061BAD"/>
     <w:rsid w:val="689E831B"/>
     <w:rsid w:val="6B9C50DF"/>
     <w:rsid w:val="71C1138B"/>
     <w:rsid w:val="72A1D8AF"/>
     <w:rsid w:val="7460F1D5"/>
     <w:rsid w:val="751284DF"/>
     <w:rsid w:val="75DB9FBD"/>
     <w:rsid w:val="76264848"/>
     <w:rsid w:val="7669C131"/>
     <w:rsid w:val="781E4610"/>
     <w:rsid w:val="7EFF126F"/>
     <w:rsid w:val="7F2FBE88"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -6718,51 +6754,51 @@
       <w:keepLines xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
       <w:spacing xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:before="40" w:after="0"/>
       <w:outlineLvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="2"/>
     </w:pPr>
     <w:rPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="Rc8b5de2cde5147bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://support.microsoft.com/en-us/office/get-your-document-s-readability-and-level-statistics-85b4969e-e80a-4777-8dd3-f7fc3c8b3fd2" TargetMode="External" Id="R2ba372b0148440f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hemingwayapp.com/" TargetMode="External" Id="R3fb2dbf0d4314660" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -6991,73 +7027,74 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100905D0DE7D1FA044DB3B27F249CDD347A" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="14f5da8e15ca365d23c2616e6d6d80e7">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3dc1a505-8a77-483f-95ba-7ad5e6dd96d2" xmlns:ns3="5e07f98a-4b3f-47f3-bfa0-0b4a3c021cb8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bc20fcb4c838df937b79a5b8823043fa" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100905D0DE7D1FA044DB3B27F249CDD347A" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="04514d6bb3be776fefbdf345ee16a16a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3dc1a505-8a77-483f-95ba-7ad5e6dd96d2" xmlns:ns3="5e07f98a-4b3f-47f3-bfa0-0b4a3c021cb8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="755b0b7cf2de33fa5e23ece0eae6aba1" ns2:_="" ns3:_="">
     <xsd:import namespace="3dc1a505-8a77-483f-95ba-7ad5e6dd96d2"/>
     <xsd:import namespace="5e07f98a-4b3f-47f3-bfa0-0b4a3c021cb8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:FolderDescription" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3dc1a505-8a77-483f-95ba-7ad5e6dd96d2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -7088,50 +7125,55 @@
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="16" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="FolderDescription" ma:index="21" nillable="true" ma:displayName="Folder Description" ma:format="Dropdown" ma:internalName="FolderDescription">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="22" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5e07f98a-4b3f-47f3-bfa0-0b4a3c021cb8" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{e3ee30d0-593a-46de-bfcd-ba83d2ef90de}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5e07f98a-4b3f-47f3-bfa0-0b4a3c021cb8">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
@@ -7227,73 +7269,73 @@
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="3dc1a505-8a77-483f-95ba-7ad5e6dd96d2">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5e07f98a-4b3f-47f3-bfa0-0b4a3c021cb8" xsi:nil="true"/>
     <FolderDescription xmlns="3dc1a505-8a77-483f-95ba-7ad5e6dd96d2" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D4D55C6-6449-4875-89E0-0881E35362F7}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EDDF4DD5-7356-420F-8D39-7CC0ADAAABCA}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A461F1AA-BF5D-485A-8628-C0A54866E1A1}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD1BA425-C833-4085-8547-DB8B9FBE6769}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:Template>Normal.dotm</ap:Template>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Knopf-Goldner, Kelly (EOTSS)</dc:creator>
-  <keywords/>
+  <cp:keywords/>
   <dc:description/>
-  <lastModifiedBy>Molloy, Fiona (EOTSS)</lastModifiedBy>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100905D0DE7D1FA044DB3B27F249CDD347A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>