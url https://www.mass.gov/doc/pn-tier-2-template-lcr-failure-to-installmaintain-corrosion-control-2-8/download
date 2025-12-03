--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -2262,91 +2262,92 @@
         <w:t>However</w:t>
       </w:r>
       <w:r w:rsidRPr="00397542">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>, many older homes may contain lead pipes. Your water is more likely to contain high lead levels if water pipes in or leading to your home are made of lead or contain lead solder.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78B9E530" w14:textId="77777777" w:rsidR="00F93660" w:rsidRPr="00397542" w:rsidRDefault="00F93660" w:rsidP="00F93660">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E9A6AA9" w14:textId="77777777" w:rsidR="00F93660" w:rsidRPr="00397542" w:rsidRDefault="00F93660" w:rsidP="00F93660">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="773C4A74" w14:textId="77777777" w:rsidR="00920C11" w:rsidRPr="00920C11" w:rsidRDefault="00920C11" w:rsidP="00920C11">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:i/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00920C11">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:i/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Lead can cause serious health problems, especially for pregnant women and young children.    Infants and children who drink water containing lead </w:t>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There is no safe level of lead in drinking water. Exposure to lead in drinking water can cause serious health effects in all age groups, especially pregnant people, infants (both formula-fed and breastfed), and young children. Some of the health effects to infants and children include decreases in IQ and attention span. Lead exposure can also result in new or worsened learning and behavior problems. The children of </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00397542">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00920C11">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:i/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t>in excess of</w:t>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>persons</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00397542">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00920C11">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:i/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> the action level could experience delays in their physical or mental development. Children could show slight deficits in attention span and learning abilities. Adults who drink this water over many years could develop kidney problems or high blood pressure. </w:t>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who are exposed to lead before or during pregnancy may be at increased risk of these harmful health effects. Adults have increased risks of heart disease, high blood pressure, kidney or nervous system problems. Contact your health care provider for more information about your risks.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54FA9190" w14:textId="77777777" w:rsidR="00F93660" w:rsidRPr="00397542" w:rsidRDefault="00F93660" w:rsidP="00F93660">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00397542">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>And/or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BAF15AF" w14:textId="77777777" w:rsidR="00F93660" w:rsidRPr="00397542" w:rsidRDefault="00F93660" w:rsidP="00F93660">
@@ -2566,90 +2567,99 @@
             <w:szCs w:val="22"/>
             <w:lang w:val="en-CA"/>
           </w:rPr>
           <w:t>program.director-dwp@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C56E1E" w:rsidRPr="00C56E1E">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> or (617) 292-5770</w:t>
       </w:r>
       <w:r w:rsidRPr="00397542">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:t>. If you have questions about specific symptoms, you can contact your doctor or other health care provider.  If you have general questions about public health, you can contact the Massachusetts Department of Public Health at 617-624-5757.  </w:t>
+        <w:t xml:space="preserve">. If you have questions about specific symptoms, you </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00397542">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>can contact your doctor or other health care provider.  If you have general questions about public health, you can contact the Massachusetts Department of Public Health at 617-624-5757.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AB8C0AC" w14:textId="77777777" w:rsidR="00F93660" w:rsidRPr="00397542" w:rsidRDefault="00F93660" w:rsidP="00F93660">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16E4387E" w14:textId="77777777" w:rsidR="00CA1871" w:rsidRDefault="00CA1871" w:rsidP="002C08F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C17262F" w14:textId="5FBDFEC8" w:rsidR="002C08F1" w:rsidRDefault="00F93660" w:rsidP="002C08F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00397542">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>For more information, please contact [</w:t>
       </w:r>
       <w:r w:rsidRPr="00397542">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>name of contact</w:t>
       </w:r>
       <w:r w:rsidRPr="00397542">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>] at [</w:t>
       </w:r>
       <w:r w:rsidRPr="00397542">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
@@ -2856,58 +2866,58 @@
           <w:rStyle w:val="eop"/>
           <w:rFonts w:cs="Times"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CA1871" w:rsidRPr="00CE281D" w:rsidSect="00AD603A">
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1296" w:bottom="720" w:left="1296" w:header="720" w:footer="518" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E456397" w14:textId="77777777" w:rsidR="00973538" w:rsidRDefault="00973538">
+    <w:p w14:paraId="66AC89DA" w14:textId="77777777" w:rsidR="00880605" w:rsidRDefault="00880605">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3861F832" w14:textId="77777777" w:rsidR="00973538" w:rsidRDefault="00973538">
+    <w:p w14:paraId="72B58425" w14:textId="77777777" w:rsidR="00880605" w:rsidRDefault="00880605">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3030,58 +3040,58 @@
     <w:fldSimple w:instr=" NUMPAGES  \* MERGEFORMAT ">
       <w:r w:rsidR="00767A73">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5593FEFF" w14:textId="77777777" w:rsidR="008B145B" w:rsidRPr="00EA209C" w:rsidRDefault="008B145B" w:rsidP="00EA209C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C154A49" w14:textId="77777777" w:rsidR="00973538" w:rsidRDefault="00973538">
+    <w:p w14:paraId="1C0EC9C5" w14:textId="77777777" w:rsidR="00880605" w:rsidRDefault="00880605">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="384D11FA" w14:textId="77777777" w:rsidR="00973538" w:rsidRDefault="00973538">
+    <w:p w14:paraId="28A2293C" w14:textId="77777777" w:rsidR="00880605" w:rsidRDefault="00880605">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5AC6152D" w14:textId="412E8061" w:rsidR="008B145B" w:rsidRDefault="00BE18F7" w:rsidP="00C70EDB">
     <w:pPr>
       <w:pStyle w:val="FStitle"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6D380690" wp14:editId="6772FBB0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>243840</wp:posOffset>
@@ -5923,70 +5933,185 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66E66252"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F362AC20"/>
+    <w:lvl w:ilvl="0" w:tplc="E4BA4E5C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78A81AE3"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090005"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DF03F90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="109C877C"/>
     <w:lvl w:ilvl="0" w:tplc="FE86DE4A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="765"/>
         </w:tabs>
         <w:ind w:left="765" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6086,51 +6211,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6525"/>
         </w:tabs>
         <w:ind w:left="6525" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1885211892">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="476994852">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1952854687">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="802313503">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1135291381">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="118644824">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1721978386">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="720" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
@@ -6154,74 +6279,72 @@
   <w:num w:numId="12" w16cid:durableId="1628196464">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="825318107">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1476600303">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="123428703">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="969096996">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1192501494">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="749081437">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="2101563410">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1533151960">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1799713922">
+    <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2058"/>
-[...4 lines deleted...]
-    </o:shapelayout>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C1439"/>
     <w:rsid w:val="00021017"/>
     <w:rsid w:val="0005150A"/>
     <w:rsid w:val="00062DF8"/>
     <w:rsid w:val="00067220"/>
     <w:rsid w:val="0008664C"/>
@@ -6240,60 +6363,63 @@
     <w:rsid w:val="002C08F1"/>
     <w:rsid w:val="002D58C4"/>
     <w:rsid w:val="002F1196"/>
     <w:rsid w:val="00397542"/>
     <w:rsid w:val="003B469D"/>
     <w:rsid w:val="003E4BE8"/>
     <w:rsid w:val="00422A54"/>
     <w:rsid w:val="00465C4D"/>
     <w:rsid w:val="00480B20"/>
     <w:rsid w:val="00497E96"/>
     <w:rsid w:val="004B0594"/>
     <w:rsid w:val="004F6798"/>
     <w:rsid w:val="0050244A"/>
     <w:rsid w:val="00503C32"/>
     <w:rsid w:val="005C702D"/>
     <w:rsid w:val="005E40EF"/>
     <w:rsid w:val="006602F4"/>
     <w:rsid w:val="00665ACA"/>
     <w:rsid w:val="00695568"/>
     <w:rsid w:val="006A142E"/>
     <w:rsid w:val="006D07CF"/>
     <w:rsid w:val="006D4BEA"/>
     <w:rsid w:val="00726858"/>
     <w:rsid w:val="00767A73"/>
     <w:rsid w:val="007973ED"/>
+    <w:rsid w:val="00880605"/>
     <w:rsid w:val="008B145B"/>
     <w:rsid w:val="00911223"/>
+    <w:rsid w:val="00920C11"/>
     <w:rsid w:val="00950967"/>
     <w:rsid w:val="00951DA9"/>
     <w:rsid w:val="00973538"/>
     <w:rsid w:val="00982017"/>
     <w:rsid w:val="009A1B3B"/>
     <w:rsid w:val="009C045C"/>
     <w:rsid w:val="009E2B2C"/>
     <w:rsid w:val="009E5FCA"/>
+    <w:rsid w:val="00A0015F"/>
     <w:rsid w:val="00A96A0E"/>
     <w:rsid w:val="00AB7268"/>
     <w:rsid w:val="00AD603A"/>
     <w:rsid w:val="00B161DC"/>
     <w:rsid w:val="00B35E0A"/>
     <w:rsid w:val="00B71E4D"/>
     <w:rsid w:val="00B80B38"/>
     <w:rsid w:val="00B8629F"/>
     <w:rsid w:val="00BB0C30"/>
     <w:rsid w:val="00BB2816"/>
     <w:rsid w:val="00BC146A"/>
     <w:rsid w:val="00BE18F7"/>
     <w:rsid w:val="00C56E1E"/>
     <w:rsid w:val="00C70EDB"/>
     <w:rsid w:val="00C83362"/>
     <w:rsid w:val="00CA02DB"/>
     <w:rsid w:val="00CA1871"/>
     <w:rsid w:val="00D0766F"/>
     <w:rsid w:val="00D451CA"/>
     <w:rsid w:val="00D61095"/>
     <w:rsid w:val="00D76566"/>
     <w:rsid w:val="00DE6F83"/>
     <w:rsid w:val="00E24E05"/>
     <w:rsid w:val="00E46209"/>
     <w:rsid w:val="00E60603"/>
@@ -6302,51 +6428,51 @@
     <w:rsid w:val="00EC02E7"/>
     <w:rsid w:val="00EE2C54"/>
     <w:rsid w:val="00F126E8"/>
     <w:rsid w:val="00F376E7"/>
     <w:rsid w:val="00F928D3"/>
     <w:rsid w:val="00F93660"/>
     <w:rsid w:val="00FE0A8A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2058"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4D8D753D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E6DB3B43-0069-4E70-94E1-256A964B9D3D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times" w:eastAsia="Times" w:hAnsi="Times" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
@@ -7388,58 +7514,56 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme 2013 - 2022" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AC654D87E78B12439C00835E73A57764" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="23c739c31026f52d24b1beb843fd4fe6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0c1e2f26-6a76-43a8-8534-a0e653a1951f" xmlns:ns3="cfa41da1-9624-4a22-856d-798f42b95fb5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5f4d715f5b0ac67d228e7e7d2896c5fb" ns2:_="" ns3:_="">
     <xsd:import namespace="0c1e2f26-6a76-43a8-8534-a0e653a1951f"/>
     <xsd:import namespace="cfa41da1-9624-4a22-856d-798f42b95fb5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
@@ -7600,132 +7724,134 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0c1e2f26-6a76-43a8-8534-a0e653a1951f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="cfa41da1-9624-4a22-856d-798f42b95fb5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6579D336-258C-4571-93CB-D7FFD8D28E98}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{373D3963-27DB-44B3-B912-81C9D6592FC8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="cfa41da1-9624-4a22-856d-798f42b95fb5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11413B8B-B60C-486E-99DC-DBA3663A9D3F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0c1e2f26-6a76-43a8-8534-a0e653a1951f"/>
     <ds:schemaRef ds:uri="cfa41da1-9624-4a22-856d-798f42b95fb5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{373D3963-27DB-44B3-B912-81C9D6592FC8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6579D336-258C-4571-93CB-D7FFD8D28E98}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="0c1e2f26-6a76-43a8-8534-a0e653a1951f"/>
+    <ds:schemaRef ds:uri="cfa41da1-9624-4a22-856d-798f42b95fb5"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>facttemp1p</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1197</Words>
-  <Characters>6543</Characters>
+  <Words>1198</Words>
+  <Characters>6835</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>56</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>fact sheet:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7725</CharactersWithSpaces>
+  <CharactersWithSpaces>8017</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>5898299</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>../Users/Mike/Downloads/program.director-dwp@mass.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>