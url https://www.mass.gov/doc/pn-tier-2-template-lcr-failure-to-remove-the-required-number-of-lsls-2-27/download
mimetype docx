--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -14,51 +14,51 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="527CECEB" w14:textId="77777777" w:rsidR="007E7687" w:rsidRDefault="0046762C" w:rsidP="00506583">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0046762C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t xml:space="preserve">LCR Failure to Remove the </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F9463B6" w14:textId="5F080A38" w:rsidR="0046762C" w:rsidRDefault="0046762C" w:rsidP="00506583">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -169,1997 +169,1017 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="4D851ABA" id="Straight Connector 8" o:spid="_x0000_s1026" style="position:absolute;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-4.8pt,8.75pt" to="403.95pt,8.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwIUHhzQEAAAIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01ykwBI13YddLS9c&#10;VrB8gGuPG0u+yfY26d8zdtp0BQgJxIuTzMw5c85kvL2djSZHCFE5O9BmU1MCljuh7GGg358e3txQ&#10;EhOzgmlnYaAniPR29/rVdvI9tG50WkAgSGJjP/mBjin5vqoiH8GwuHEeLCalC4Yl/AyHSgQ2IbvR&#10;VVvXb6vJBeGD4xAjRu+XJN0VfimBpy9SRkhEDxS1pXKGcu7zWe22rD8E5kfFzzLYP6gwTFlsulLd&#10;s8TIc1C/UBnFg4tOpg13pnJSKg7FA7pp6p/cfBuZh+IFhxP9Oqb4/2j55+OdfQw4hsnHPvrHkF3M&#10;Mpj8RH1kLsM6rcOCORGOwa553zRtRwm/5Kor0IeYPoAzJL8MVCubfbCeHT/GhM2w9FKSw9qSaaA3&#10;bdfVpSw6rcSD0jonyy7AnQ7kyPAv7g9tqdHP5pMTS+xdV9flXyLvWl66vGDCnLYYvBotb+mkYdHw&#10;FSRRAq01i4i8g9e+jHOwqckbU5iwOsMkqlyBZ/V/Ap7rMxTKfv4NeEWUzs6mFWyUdeF3stN8kSyX&#10;+ssEFt95BHsnTmUFymhw0YrD86XIm/zyu8CvV3f3AwAA//8DAFBLAwQUAAYACAAAACEAJAPssd4A&#10;AAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Fq7SP0LcSpA6gEkhFoaqUc3&#10;XpJAvE5jt03fnkU9lOPOjGa/SRe9a8QRu1B70jAaKhBIhbc1lRo2n8vBDESIhqxpPKGGMwZYZLc3&#10;qUmsP9EKj+tYCi6hkBgNVYxtImUoKnQmDH2LxN6X75yJfHaltJ05cblr5INSE+lMTfyhMi2+VFj8&#10;rA9Ow0d+zt++e3pWfuTde9jme/e61Pr+rn96BBGxj9cw/OEzOmTMtPMHskE0GgbzCSdZn45BsD9T&#10;0zmI3UWQWSr/D8h+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHAhQeHNAQAAAgQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACQD7LHeAAAACAEA&#10;AA8AAAAAAAAAAAAAAAAAJwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAyBQAAAAA=&#10;" strokecolor="#aeaaaa [2414]" strokeweight="6.5pt">
                 <v:stroke joinstyle="miter"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="336E3FF5" w14:textId="2E79961D" w:rsidR="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...6 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="05E2AB2B" w14:textId="77777777" w:rsidR="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0046762C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Instructions:  </w:t>
       </w:r>
       <w:r w:rsidR="00DE061C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DE061C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DE061C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DE061C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DE061C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003861F1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00DE061C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003861F1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00A4394C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003861F1">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="336E3FF5" w14:textId="35A7EAAC" w:rsidR="0046762C" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
       <w:r w:rsidRPr="0046762C">
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">(Template </w:t>
       </w:r>
       <w:r w:rsidR="007E7687">
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>follows instructions</w:t>
       </w:r>
       <w:r w:rsidRPr="0046762C">
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34369631" w14:textId="77777777" w:rsidR="007E7687" w:rsidRPr="0046762C" w:rsidRDefault="007E7687" w:rsidP="0046762C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27987891" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...15 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="27987891" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">National Primary Drinking Water Regulations are enforceable drinking water standards expressed as maximum contaminant levels (MCLs) or treatment technique (TT) requirements. A TT requires the use of a process, practice or device and is established in lieu of an MCL. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F560EFF" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...26 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="1F560EFF" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="438A0894" w14:textId="4A668864" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">The Lead and Copper Rule (LCR)’s TTs includes: 1) corrosion control treatment, 2) source water treatment, 3) lead service line (LSL) replacement, and 4) public education. Failure to remove the specified number of lead service lines in the specified period when required to do so in accordance with the 310 CMR 22.06B(5) is a TT violation </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A3E9F">
         <w:t>requiring</w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tier 2</w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A3E9F">
         <w:t xml:space="preserve"> public notification (PN).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2177FB98" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="2177FB98" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F"/>
+    <w:p w14:paraId="12FBCA4B" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>When must notice be provided?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="608C4B14" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="608C4B14" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">You must provide PN to persons served as soon as practical, but </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>within 30 days after you learn of the violation</w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A3E9F">
         <w:t>(310 CMR 22.16 (3)(b)).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01292213" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="01292213" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F"/>
+    <w:p w14:paraId="220CE448" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>When must repeat notice be provided?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="639E6C88" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...14 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="639E6C88" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>You must issue a repeat notice every three months for as long as the violation persists.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FB68299" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...30 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="4FB68299" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F"/>
+    <w:p w14:paraId="27BCFA01" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>Remember, to check with your regional MassDEP office to make sure you meet all requirements. Your MassDEP Regional Office must approve the final language and method of delivery prior to dissemination. MassDEP strongly encourages PWSs to have a pre-approved plan to expedite the PN.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17CFCAB6" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="17CFCAB6" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19A0737F" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>Delivery Methods</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B7B9EA3" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...15 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="3B7B9EA3" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Community systems must use both of the following methods </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A3E9F">
         <w:t>(310 CMR 22.16 (3)(c)):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1081A258" w14:textId="03B64EAC" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...19 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="1081A258" w14:textId="03B64EAC" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>Mail or other direct delivery</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="583DB640" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...19 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="583DB640" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Any other method reasonably calculated to reach other persons regularly served by the system (e.g., newspaper publication, delivery to apartments or large businesses, public posting, web posting, delivery to community organizations) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52859C80" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...28 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="52859C80" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AD1BFE0" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
         <w:t>Noncommunity</w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> systems must use both of the following methods </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A3E9F">
         <w:t>(310 CMR 22.16 (3)(c)):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BBAEB5D" w14:textId="7392624D" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...19 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="0BBAEB5D" w14:textId="7392624D" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>Posting in conspicuous locations, mailing or direct delivery</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CE41359" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...19 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="1CE41359" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>Any other method reasonably calculated to reach other persons served by the system (e.g., newspaper/newsletter publication, email, delivery of copies to central locations)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74C6F886" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...29 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="74C6F886" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1039198E" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If you mail, post, or hand deliver, print your notice on </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">your system’s </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>letterhead, if available.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79960D36" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="79960D36" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C85CC67" w14:textId="0BFE7F46" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="00D6265A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00D6265A" w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>following template</w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> is appropriate for </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A3E9F">
         <w:t xml:space="preserve">mailing, posting, or </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>hand delivery</w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A3E9F">
         <w:t>. If you modify this notice</w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">, you must still include all required </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A3E9F">
         <w:t xml:space="preserve">PN </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">elements (310 CMR 22.16(5)) and leave the </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A3E9F">
         <w:t>mandatory language unchanged.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03FF4198" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="03FF4198" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F"/>
+    <w:p w14:paraId="72842434" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mandatory Language</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="526DE3BD" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="526DE3BD" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
           <w:iCs/>
-          <w:spacing w:val="-12"/>
-[...10 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
         <w:t xml:space="preserve">Mandatory language on health effects (310 CMR 22.16(5)(d)) for your PN, which must be included exactly as written, and as presented in </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:i/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">italics </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:iCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>below and on the template.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CC6A572" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="5CC6A572" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
           <w:iCs/>
-          <w:spacing w:val="-12"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33A1F62D" w14:textId="77777777" w:rsidR="009A3E9F" w:rsidRPr="009A3E9F" w:rsidRDefault="009A3E9F" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:spacing w:val="-12"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:spacing w:val="-12"/>
-[...102 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There is no safe level of lead in drinking water. Exposure to lead in drinking water can cause serious health effects in all age groups, especially pregnant people, infants (both formula-fed and breastfed), and young children. Some of the health effects to infants and children include decreases in IQ and attention span. Lead exposure can also result in new or worsened learning and behavior problems. The children of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:spacing w:val="-12"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who are exposed to lead before or during pregnancy may be at increased risk of these harmful health effects. Adults have increased risks of heart disease, high blood pressure, kidney or nervous system problems. Contact your health care provider for more information about your risks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04272D89" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F"/>
+    <w:p w14:paraId="6E0A925F" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:r w:rsidRPr="009A3E9F">
+        <w:t>Please note the Final EPA Lead and Copper Rule Revisions has provided updated health effects language that MassDEP now includes in the above statement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="269E29CB" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F"/>
+    <w:p w14:paraId="1CB61E26" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:r w:rsidRPr="009A3E9F">
+        <w:t xml:space="preserve">You must also include the following italicized language in all notices, where applicable. Use of this language does </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:t xml:space="preserve"> relieve you of your obligation to take steps reasonably calculated to notify all </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:t xml:space="preserve"> served:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11AF63A3" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F"/>
+    <w:p w14:paraId="108E10CD" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Please share this information with all the other people who drink this water, especially those who may not have received this notice directly (for example, people in apartments, nursing homes, schools, and businesses). You can do this by posting this notice in a public place or distributing copies by hand or mail.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35273EDF" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...26 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="35273EDF" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F"/>
+    <w:p w14:paraId="3DA3C5E8" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:r w:rsidRPr="009A3E9F">
         <w:t>And</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EEC2767" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="4EEC2767" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F"/>
+    <w:p w14:paraId="54B07741" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
-          <w:spacing w:val="-12"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...11 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">You must also include standard language to encourage the distribution of the public notice to all </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> served, where applicable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A3E9F">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:b/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">This language is </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">also presented in this notice in </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:bCs/>
           <w:i/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>italics</w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10DBD47B" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="10DBD47B" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F"/>
+    <w:p w14:paraId="5C731A52" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:spacing w:val="-12"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This notice contains important information about your drinking water. Have someone translate it for you or speak with someone who understands it.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46C59900" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="46C59900" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F"/>
+    <w:p w14:paraId="258B6D58" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Remember, your MassDEP Regional Office must approve the final language and method of delivery prior to dissemination.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70EE825C" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="70EE825C" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="090C08DF" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
-          <w:spacing w:val="-12"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:b/>
-          <w:spacing w:val="-12"/>
-[...2 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Description of</w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:b/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Violation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DBD19D2" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="2DBD19D2" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">In accordance with 310 CMR 22.06B(5), </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A3E9F">
         <w:t>no later than 12 months after the end of a monitoring period in which a system exceeds the lead action level in sampling required by 310 CMR 22.06B(7)(d)2., the system shall remove at least 7% of the initial number of lead service lines in its distribution system. The initial number of lead service lines is the number of lead lines in place at the time the replacement program begins. Systems that resume a lead service line replacement program after having met the criteria in 310 CMR 22.06B(5)(f) shall divide the updated number of lead lines by the remaining years in the program to determine the number of lines that must be replaced per year.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A9459B7" w14:textId="634D202E" w:rsidR="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="4A9459B7" w14:textId="634D202E" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20D86EE3" w14:textId="77777777" w:rsidR="008507F6" w:rsidRPr="009A3E9F" w:rsidRDefault="008507F6" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3842A5CF" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
-          <w:spacing w:val="-12"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:b/>
-          <w:spacing w:val="-12"/>
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
         <w:t>Corrective Action</w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A3E9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FDFD85A" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...15 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="6FDFD85A" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>In your notice, describe corrective actions you are taking. You can use the following language, if appropriate, or develop your own</w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A3E9F">
         <w:t xml:space="preserve"> text</w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="797BF2F2" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...31 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="797BF2F2" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="232430AB" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">Our system has a program to remove lead service lines. We are taking the following corrective actions: </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>The system must include the actions taken and planned to address the violation</w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E6BC240" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="3E6BC240" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4707D895" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>Highlighted text in Template</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="130CA2F9" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...15 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="130CA2F9" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>Please note on the template that anything highlighted in green are instructions to you and should be deleted before dissemination. Text highlighted in yellow should be tailored to suit your specific circumstance. Remove all highlights on the template before dissemination.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66D4F1F0" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="66D4F1F0" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="125268F8" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
-          <w:spacing w:val="-12"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:b/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">After Issuing the </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:b/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Notice</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E91B154" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...15 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7E91B154" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:r w:rsidRPr="009A3E9F">
         <w:t>Within 10 days of completing the PN send your MassDEP Regional Office and your local board of health a copy of each type of notice and MassDEP’s Certification form showing that you have met all the PN requirements (310 CMR 22.15(3)(b)).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="364CEF68" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...53 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="364CEF68" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F"/>
+    <w:p w14:paraId="4089476A" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:r w:rsidRPr="009A3E9F">
+        <w:t xml:space="preserve">You should notify health professionals </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:t>in the area of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:t>the exceedance</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:t>. People may call their doctors with questions, and these doctors should have the information they need to respond appropriately.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D859727" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F"/>
+    <w:p w14:paraId="3904B7B8" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="009A3E9F" w:rsidRDefault="0046762C" w:rsidP="009A3E9F">
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A3E9F">
         <w:t xml:space="preserve"> - The EPA/ASDWA Public Notification Handbook provides additional aids to help water systems develop notices for violations and other situations. An electronic copy of the Public Notification Handbook is available at EPA's web site (</w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
-        <w:r w:rsidRPr="0046762C">
+        <w:r w:rsidRPr="009A3E9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
             <w:spacing w:val="-12"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.epa.gov/dwreginfo/public-notification-rule-compliance-help-water-system-owners-and-operators</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0046762C">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A3E9F">
         <w:t>). Please note that the EPA/ASDWA Handbook templates are non-state specific, so Massachusetts’s water suppliers are required to use the Massachusetts’ version of the templates for compliance purposes. Electronic copies of the Massachusetts’ public notification templates are available on the MassDEP website</w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:spacing w:val="-12"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046762C">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009A3E9F">
         <w:t xml:space="preserve">at: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11">
-        <w:r w:rsidRPr="0046762C">
+        <w:r w:rsidRPr="009A3E9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
             <w:spacing w:val="-12"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.mass.gov/lists/public-notification-forms-and-templates</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0046762C">
+      <w:r w:rsidRPr="009A3E9F">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04E21DD8" w14:textId="77777777" w:rsidR="009A3E9F" w:rsidRDefault="009A3E9F" w:rsidP="009A3E9F">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-          <w:spacing w:val="-12"/>
-[...8 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76C33BC6" w14:textId="6CC1A5E9" w:rsidR="009A3E9F" w:rsidRPr="009A3E9F" w:rsidRDefault="009A3E9F" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="730"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
-          <w:spacing w:val="-12"/>
-[...179 lines deleted...]
-        <w:sectPr w:rsidR="0046762C" w:rsidRPr="0046762C">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="009A3E9F" w:rsidRPr="009A3E9F">
           <w:headerReference w:type="even" r:id="rId12"/>
           <w:headerReference w:type="default" r:id="rId13"/>
           <w:footerReference w:type="even" r:id="rId14"/>
           <w:footerReference w:type="default" r:id="rId15"/>
           <w:headerReference w:type="first" r:id="rId16"/>
           <w:footerReference w:type="first" r:id="rId17"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1170" w:right="1080" w:bottom="720" w:left="3456" w:header="720" w:footer="518" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3AD90780" w14:textId="6075EBD5" w:rsidR="00BB2816" w:rsidRPr="00FE0A8A" w:rsidRDefault="0016125A" w:rsidP="00E46209">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0A8A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>IMPORTANT INFORMATION ABOUT YOUR DRINKING WATER</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07304D61" w14:textId="77777777" w:rsidR="00346CF0" w:rsidRDefault="00346CF0" w:rsidP="00346CF0">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
@@ -2739,76 +1759,115 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00787230">
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00787230">
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>We routinely monitor for lead in water in homes with lead service lines as they are more likely to have elevated lead levels</w:t>
-      </w:r>
+        <w:t xml:space="preserve">We routinely </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00787230">
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>monitor for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787230">
+        <w:rPr>
+          <w:rFonts w:cs="Times"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lead in water in homes with lead service lines as they are more likely to have elevated lead levels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787230">
+        <w:rPr>
+          <w:rFonts w:cs="Times"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00787230">
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t>(Only use this sentence if all the samples are from homes with LSL</w:t>
-      </w:r>
+        <w:t xml:space="preserve">(Only use this sentence if all the samples are from homes with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00787230">
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-        <w:t xml:space="preserve">)]. </w:t>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>LSL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787230">
+        <w:rPr>
+          <w:rFonts w:cs="Times"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787230">
+        <w:rPr>
+          <w:rFonts w:cs="Times"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21B5A671" w14:textId="1139D35B" w:rsidR="0046762C" w:rsidRPr="00787230" w:rsidRDefault="0046762C" w:rsidP="0046762C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00787230">
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>We are required to collect [</w:t>
       </w:r>
       <w:r w:rsidRPr="00787230">
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
@@ -2937,60 +1996,70 @@
         <w:t xml:space="preserve"> percentile </w:t>
       </w:r>
       <w:r w:rsidRPr="00787230">
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>level of [</w:t>
       </w:r>
       <w:r w:rsidRPr="00787230">
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">XX] </w:t>
       </w:r>
       <w:r w:rsidRPr="00787230">
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>mg/L</w:t>
+        <w:t>mg/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787230">
+        <w:rPr>
+          <w:rFonts w:cs="Times"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00BB0D88">
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00787230">
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>or XX parts per billion</w:t>
       </w:r>
       <w:r w:rsidR="00BB0D88">
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00787230">
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. This level exceed</w:t>
       </w:r>
@@ -3045,166 +2114,188 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">As a result, MassDEP required our system to remove </w:t>
       </w:r>
       <w:r w:rsidRPr="006F1AB2">
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>[Select one of the following</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="green"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and delete the other one.</w:t>
+        <w:t xml:space="preserve"> and delete the other one</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="green"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="006F1AB2">
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="green"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="006F1AB2">
         <w:rPr>
           <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">[at least </w:t>
-      </w:r>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006F1AB2">
         <w:rPr>
+          <w:rFonts w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="en-CA"/>
-[...1 lines deleted...]
-        <w:t>seven percent (7%) of all lead service lines in our distribution system]</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">at least </w:t>
       </w:r>
       <w:r w:rsidRPr="006F1AB2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">seven percent (7%) of all lead service lines in our distribution </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F1AB2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-CA"/>
+        </w:rPr>
+        <w:t>system]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F1AB2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:highlight w:val="green"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006F1AB2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t>[XX lead service lines]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the following twelve months. Our system was unable to replace the required amount of lead service lines. This is a violation of the Massachusetts Drinking Water requirements, and we are required to provide you with this notice.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50BEEE81" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="00263EA6" w:rsidRDefault="0046762C" w:rsidP="0046762C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47D0A035" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="0076284B" w:rsidRDefault="0046762C" w:rsidP="0046762C">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="08DADDED" w14:textId="77777777" w:rsidR="009A3E9F" w:rsidRPr="009A3E9F" w:rsidRDefault="009A3E9F" w:rsidP="009A3E9F">
+      <w:pPr>
+        <w:spacing w:after="160"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="333333"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There is no safe level of lead in drinking water. Exposure to lead in drinking water can cause serious health effects in all age groups, especially pregnant people, infants (both formula-fed and breastfed), and young children. Some of the health effects to infants and children include decreases in IQ and attention span. Lead exposure can also result in new or worsened learning and behavior problems. The children of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="333333"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A3E9F">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="333333"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Adults can have increased risks of heart disease, high blood pressure, kidney or nervous system problems.</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who are exposed to lead before or during pregnancy may be at increased risk of these harmful health effects. Adults have increased risks of heart disease, high blood pressure, kidney or nervous system problems. Contact your health care provider for more information about your risks.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="299EE6D3" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="00263EA6" w:rsidRDefault="0046762C" w:rsidP="0046762C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00263EA6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5009F0C3" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="00263EA6" w:rsidRDefault="0046762C" w:rsidP="0046762C">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
@@ -3378,107 +2469,107 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A14EBE">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Check whether your home has a lead service line. IF YOU DO, HAVE IT REMOVED.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5895318A" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="00A14EBE" w:rsidRDefault="00000000" w:rsidP="0046762C">
+    <w:p w14:paraId="5895318A" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="00A14EBE" w:rsidRDefault="0046762C" w:rsidP="0046762C">
       <w:pPr>
         <w:pStyle w:val="Level1"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="0046762C" w:rsidRPr="00A14EBE">
+        <w:r w:rsidRPr="00A14EBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:t>[</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0046762C" w:rsidRPr="00A14EBE">
+      <w:r w:rsidRPr="00A14EBE">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">if available, </w:t>
       </w:r>
-      <w:r w:rsidR="0046762C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="0046762C" w:rsidRPr="00A14EBE">
+      <w:r w:rsidRPr="00A14EBE">
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>heck for your home address on our list of homes with LSLs at [XXXXXX]</w:t>
       </w:r>
-      <w:r w:rsidR="0046762C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E9A5472" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="00A14EBE" w:rsidRDefault="0046762C" w:rsidP="0046762C">
       <w:pPr>
         <w:pStyle w:val="Level1"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:snapToGrid w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A14EBE">
@@ -3664,51 +2755,71 @@
         <w:spacing w:after="150"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00141F23">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Contact your health care provider if you have any health-related questions or contact your local health department to find out if your child needs to be tested for lead.</w:t>
       </w:r>
       <w:r w:rsidRPr="00141F23">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> A blood lead level test is the only way to know if your child is being exposed to lead. For more information on Massachusetts’ childhood lead testing program, contact the Department of Public Health at 800-532-9571 or see </w:t>
+        <w:t xml:space="preserve"> A blood lead level test is the only way to know if your child is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00141F23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>being exposed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00141F23">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to lead. For more information on Massachusetts’ childhood lead testing program, contact the Department of Public Health at 800-532-9571 or see </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00141F23">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>www.mass.gov/orgs/childhood-lead-poisoning-prevention-program</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00141F23">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="3804634B" w14:textId="77777777" w:rsidR="0046762C" w:rsidRPr="00263EA6" w:rsidRDefault="0046762C" w:rsidP="0046762C">
       <w:pPr>
@@ -4083,51 +3194,67 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008625EA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>name</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">]. </w:t>
       </w:r>
       <w:r w:rsidRPr="00263EA6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">System ID#: </w:t>
+        <w:t xml:space="preserve">System </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00263EA6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ID#:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00263EA6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC27D8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>XXXXXXX</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00263EA6">
         <w:rPr>
@@ -4166,148 +3293,148 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6315327E" w14:textId="77777777" w:rsidR="00346CF0" w:rsidRDefault="00346CF0" w:rsidP="00346CF0">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00346CF0" w:rsidSect="00174CF1">
       <w:headerReference w:type="default" r:id="rId23"/>
       <w:headerReference w:type="first" r:id="rId24"/>
       <w:footerReference w:type="first" r:id="rId25"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1296" w:right="1296" w:bottom="1296" w:left="1296" w:header="720" w:footer="518" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37B3C670" w14:textId="77777777" w:rsidR="00A86474" w:rsidRDefault="00A86474">
+    <w:p w14:paraId="636B582A" w14:textId="77777777" w:rsidR="000A148C" w:rsidRDefault="000A148C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="07A1DB1C" w14:textId="77777777" w:rsidR="00A86474" w:rsidRDefault="00A86474">
+    <w:p w14:paraId="43A2CD23" w14:textId="77777777" w:rsidR="000A148C" w:rsidRDefault="000A148C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1DD30CFB" w14:textId="77777777" w:rsidR="00652E00" w:rsidRDefault="00652E00">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:id w:val="-8990423"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="1CDEFCCB" w14:textId="471EED9D" w:rsidR="000D7B52" w:rsidRPr="000D7B52" w:rsidRDefault="000D7B52" w:rsidP="008507F6">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
@@ -4458,51 +3585,51 @@
         <w:r w:rsidRPr="000D7B52">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
       <w:p w14:paraId="09D61934" w14:textId="3194B6E9" w:rsidR="000D7B52" w:rsidRDefault="00000000" w:rsidP="000D7B52">
         <w:pPr>
           <w:pStyle w:val="FSsidebar"/>
           <w:ind w:left="0"/>
           <w:jc w:val="left"/>
         </w:pPr>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="4526A9FA" w14:textId="77777777" w:rsidR="000D7B52" w:rsidRDefault="000D7B52"/>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6C507628" w14:textId="16AC9F67" w:rsidR="008B145B" w:rsidRDefault="0046762C" w:rsidP="0046762C">
     <w:pPr>
       <w:pStyle w:val="FSsidebar"/>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t>Rev. 2-2023</w:t>
     </w:r>
     <w:r w:rsidR="008B145B">
       <w:t xml:space="preserve">                       </w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
@@ -4529,105 +3656,105 @@
     <w:r w:rsidR="00767A73">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="008B145B">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="008B145B">
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:fldSimple w:instr=" NUMPAGES  \* MERGEFORMAT ">
       <w:r w:rsidR="00767A73">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5593FEFF" w14:textId="66699861" w:rsidR="008B145B" w:rsidRPr="0046762C" w:rsidRDefault="0046762C" w:rsidP="00EA209C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0046762C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Rev. 2-2023</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7E1C744F" w14:textId="77777777" w:rsidR="00A86474" w:rsidRDefault="00A86474">
+    <w:p w14:paraId="001253C5" w14:textId="77777777" w:rsidR="000A148C" w:rsidRDefault="000A148C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3516C01D" w14:textId="77777777" w:rsidR="00A86474" w:rsidRDefault="00A86474">
+    <w:p w14:paraId="3DA298E8" w14:textId="77777777" w:rsidR="000A148C" w:rsidRDefault="000A148C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7286F076" w14:textId="77777777" w:rsidR="00652E00" w:rsidRDefault="00652E00">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="590AD8D3" w14:textId="12F3306A" w:rsidR="008B145B" w:rsidRDefault="00AF7FEF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B3361B4" wp14:editId="7BB968B7">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>394335</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>457200</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1600200" cy="9052560"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="4" name="Text Box 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -4782,96 +3909,96 @@
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                         <w:noProof/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:drawing>
                         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="31279485" wp14:editId="17BC54E7">
                           <wp:extent cx="733425" cy="933450"/>
                           <wp:effectExtent l="0" t="0" r="0" b="0"/>
                           <wp:docPr id="12" name="Picture 2"/>
                           <wp:cNvGraphicFramePr>
                             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                           </wp:cNvGraphicFramePr>
                           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:nvPicPr>
                                   <pic:cNvPr id="0" name="Picture 2"/>
                                   <pic:cNvPicPr>
                                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                   </pic:cNvPicPr>
                                 </pic:nvPicPr>
                                 <pic:blipFill>
-                                  <a:blip r:embed="rId2">
+                                  <a:blip r:embed="rId1">
                                     <a:extLst>
                                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                       </a:ext>
                                     </a:extLst>
                                   </a:blip>
                                   <a:srcRect/>
                                   <a:stretch>
                                     <a:fillRect/>
                                   </a:stretch>
                                 </pic:blipFill>
                                 <pic:spPr bwMode="auto">
                                   <a:xfrm>
                                     <a:off x="0" y="0"/>
                                     <a:ext cx="733425" cy="933450"/>
                                   </a:xfrm>
                                   <a:prstGeom prst="rect">
                                     <a:avLst/>
                                   </a:prstGeom>
                                   <a:noFill/>
                                   <a:ln>
                                     <a:noFill/>
                                   </a:ln>
                                 </pic:spPr>
                               </pic:pic>
                             </a:graphicData>
                           </a:graphic>
                         </wp:inline>
                       </w:drawing>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5AC6152D" w14:textId="0EE56442" w:rsidR="008B145B" w:rsidRDefault="00AF7FEF" w:rsidP="00C70EDB">
     <w:pPr>
       <w:pStyle w:val="FStitle"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6D380690" wp14:editId="67DC70EF">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>243840</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>533400</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1710690" cy="1409700"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -5010,51 +4137,51 @@
                       </w:pBdr>
                       <w:jc w:val="center"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:drawing>
                         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56796EB5" wp14:editId="553D6704">
                           <wp:extent cx="971550" cy="1247775"/>
                           <wp:effectExtent l="0" t="0" r="0" b="0"/>
                           <wp:docPr id="15" name="Picture 4"/>
                           <wp:cNvGraphicFramePr>
                             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                           </wp:cNvGraphicFramePr>
                           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:nvPicPr>
                                   <pic:cNvPr id="0" name="Picture 4"/>
                                   <pic:cNvPicPr>
                                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                   </pic:cNvPicPr>
                                 </pic:nvPicPr>
                                 <pic:blipFill>
-                                  <a:blip r:embed="rId2">
+                                  <a:blip r:embed="rId1">
                                     <a:extLst>
                                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                       </a:ext>
                                     </a:extLst>
                                   </a:blip>
                                   <a:srcRect/>
                                   <a:stretch>
                                     <a:fillRect/>
                                   </a:stretch>
                                 </pic:blipFill>
                                 <pic:spPr bwMode="auto">
                                   <a:xfrm>
                                     <a:off x="0" y="0"/>
                                     <a:ext cx="971550" cy="1247775"/>
                                   </a:xfrm>
                                   <a:prstGeom prst="rect">
                                     <a:avLst/>
                                   </a:prstGeom>
                                   <a:noFill/>
                                   <a:ln>
                                     <a:noFill/>
                                   </a:ln>
                                 </pic:spPr>
                               </pic:pic>
@@ -5151,51 +4278,59 @@
                               <w:tab w:val="left" w:pos="1980"/>
                             </w:tabs>
                             <w:ind w:right="48"/>
                           </w:pPr>
                           <w:bookmarkStart w:id="0" w:name="_Hlk123893817"/>
                           <w:bookmarkStart w:id="1" w:name="_Hlk123893818"/>
                           <w:r>
                             <w:t>Massachusetts Department of</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="0737ED15" w14:textId="77777777" w:rsidR="00497E96" w:rsidRDefault="00497E96" w:rsidP="00497E96">
                           <w:pPr>
                             <w:pStyle w:val="FSsidebar"/>
                             <w:ind w:right="48"/>
                           </w:pPr>
                           <w:r>
                             <w:t>Environmental Protection</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="078F000C" w14:textId="77777777" w:rsidR="00497E96" w:rsidRDefault="00497E96" w:rsidP="00497E96">
                           <w:pPr>
                             <w:pStyle w:val="FSsidebar"/>
                             <w:ind w:right="48"/>
                           </w:pPr>
                           <w:r>
-                            <w:t>100 Cambridge Street  Ste 900</w:t>
+                            <w:t xml:space="preserve">100 Cambridge </w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramStart"/>
+                          <w:r>
+                            <w:t>Street  Ste</w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramEnd"/>
+                          <w:r>
+                            <w:t xml:space="preserve"> 900</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="14016F6E" w14:textId="77777777" w:rsidR="00497E96" w:rsidRDefault="00497E96" w:rsidP="00497E96">
                           <w:pPr>
                             <w:pStyle w:val="FSsidebar"/>
                             <w:ind w:right="48"/>
                           </w:pPr>
                           <w:r>
                             <w:t>Boston, MA 02114</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="161C82BD" w14:textId="77777777" w:rsidR="00497E96" w:rsidRDefault="00497E96" w:rsidP="00497E96">
                           <w:pPr>
                             <w:pStyle w:val="FSsidebar"/>
                             <w:ind w:right="48"/>
                           </w:pPr>
                         </w:p>
                         <w:p w14:paraId="5ED053D7" w14:textId="77777777" w:rsidR="00497E96" w:rsidRDefault="00497E96" w:rsidP="00497E96">
                           <w:pPr>
                             <w:pStyle w:val="FSsidebar"/>
                             <w:ind w:right="48"/>
                           </w:pPr>
                           <w:r>
                             <w:t>Commonwealth of</w:t>
                           </w:r>
@@ -5504,88 +4639,92 @@
                             <w:ind w:right="48"/>
                           </w:pPr>
                           <w:r>
                             <w:t xml:space="preserve"> 617-556-1057.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="2C5E7E61" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-            <v:shape id="Text Box 4" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-153.3pt;margin-top:192.2pt;width:129.6pt;height:480.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQChYJp19wEAANIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNG3VFjZqulq6KkJa&#10;WKSFD3AcJ7FwPGbsNilfz9jJdgvcEDlYnoz9Zt6b5+3t0Bl2Uug12IIvZnPOlJVQadsU/NvXw5t3&#10;nPkgbCUMWFXws/L8dvf61bZ3uVpCC6ZSyAjE+rx3BW9DcHmWedmqTvgZOGUpWQN2IlCITVah6Am9&#10;M9lyPt9kPWDlEKTynv7ej0m+S/h1rWR4rGuvAjMFp95CWjGtZVyz3VbkDQrXajm1If6hi05oS0Uv&#10;UPciCHZE/RdUpyWChzrMJHQZ1LWWKnEgNov5H2yeWuFU4kLieHeRyf8/WPn59OS+IAvDexhogImE&#10;dw8gv3tmYd8K26g7ROhbJSoqvIiSZb3z+XQ1Su1zH0HK/hNUNGRxDJCAhhq7qArxZIROAzhfRFdD&#10;YDKW3KzWN0tKScptFvP1erlONUT+fN2hDx8UdCxuCo401QQvTg8+xHZE/nwkVvNgdHXQxqQAm3Jv&#10;kJ0EOeCQvgn9t2PGxsMW4rURMf5JPCO1kWQYyoHpquDLCBFpl1CdiTjCaCx6CLRpAX9y1pOpCu5/&#10;HAUqzsxHS+LdLFar6MIUrNZvI228zpTXGWElQRU8cDZu92F07tGhblqqNI7Lwh0JXuskxUtXU/tk&#10;nKTQZPLozOs4nXp5irtfAAAA//8DAFBLAwQUAAYACAAAACEAJkrB1uAAAAANAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU6DQBCG7ya+w2ZMvBi6KBRaZGnUROO1tQ+wsFMgsrOE3Rb69o4nvc1kvvzz&#10;/eVusYO44OR7RwoeVzEIpMaZnloFx6/3aAPCB01GD45QwRU97Krbm1IXxs20x8shtIJDyBdaQRfC&#10;WEjpmw6t9is3IvHt5CarA69TK82kZw63g3yK40xa3RN/6PSIbx0234ezVXD6nB/W27n+CMd8n2av&#10;us9rd1Xq/m55eQYRcAl/MPzqszpU7FS7MxkvBgVREmcZswqSTZqCYCRKcx5qZpN0vQVZlfJ/i+oH&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoWCadfcBAADSAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJkrB1uAAAAANAQAADwAAAAAAAAAAAAAA&#10;AABRBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAF4FAAAAAA==&#10;" stroked="f">
+            <v:shape w14:anchorId="2C5E7E61" id="Text Box 4" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:-153.3pt;margin-top:192.2pt;width:129.6pt;height:480.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQChYJp19wEAANIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNG3VFjZqulq6KkJa&#10;WKSFD3AcJ7FwPGbsNilfz9jJdgvcEDlYnoz9Zt6b5+3t0Bl2Uug12IIvZnPOlJVQadsU/NvXw5t3&#10;nPkgbCUMWFXws/L8dvf61bZ3uVpCC6ZSyAjE+rx3BW9DcHmWedmqTvgZOGUpWQN2IlCITVah6Am9&#10;M9lyPt9kPWDlEKTynv7ej0m+S/h1rWR4rGuvAjMFp95CWjGtZVyz3VbkDQrXajm1If6hi05oS0Uv&#10;UPciCHZE/RdUpyWChzrMJHQZ1LWWKnEgNov5H2yeWuFU4kLieHeRyf8/WPn59OS+IAvDexhogImE&#10;dw8gv3tmYd8K26g7ROhbJSoqvIiSZb3z+XQ1Su1zH0HK/hNUNGRxDJCAhhq7qArxZIROAzhfRFdD&#10;YDKW3KzWN0tKScptFvP1erlONUT+fN2hDx8UdCxuCo401QQvTg8+xHZE/nwkVvNgdHXQxqQAm3Jv&#10;kJ0EOeCQvgn9t2PGxsMW4rURMf5JPCO1kWQYyoHpquDLCBFpl1CdiTjCaCx6CLRpAX9y1pOpCu5/&#10;HAUqzsxHS+LdLFar6MIUrNZvI228zpTXGWElQRU8cDZu92F07tGhblqqNI7Lwh0JXuskxUtXU/tk&#10;nKTQZPLozOs4nXp5irtfAAAA//8DAFBLAwQUAAYACAAAACEAJkrB1uAAAAANAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU6DQBCG7ya+w2ZMvBi6KBRaZGnUROO1tQ+wsFMgsrOE3Rb69o4nvc1kvvzz&#10;/eVusYO44OR7RwoeVzEIpMaZnloFx6/3aAPCB01GD45QwRU97Krbm1IXxs20x8shtIJDyBdaQRfC&#10;WEjpmw6t9is3IvHt5CarA69TK82kZw63g3yK40xa3RN/6PSIbx0234ezVXD6nB/W27n+CMd8n2av&#10;us9rd1Xq/m55eQYRcAl/MPzqszpU7FS7MxkvBgVREmcZswqSTZqCYCRKcx5qZpN0vQVZlfJ/i+oH&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoWCadfcBAADSAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJkrB1uAAAAANAQAADwAAAAAAAAAAAAAA&#10;AABRBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAF4FAAAAAA==&#10;" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="69C6B5C3" w14:textId="77777777" w:rsidR="00497E96" w:rsidRDefault="00497E96" w:rsidP="00497E96">
                     <w:pPr>
                       <w:pStyle w:val="FSsidebar"/>
                       <w:tabs>
                         <w:tab w:val="left" w:pos="1620"/>
                         <w:tab w:val="left" w:pos="1980"/>
                       </w:tabs>
                       <w:ind w:right="48"/>
                     </w:pPr>
                     <w:bookmarkStart w:id="2" w:name="_Hlk123893817"/>
                     <w:bookmarkStart w:id="3" w:name="_Hlk123893818"/>
                     <w:r>
                       <w:t>Massachusetts Department of</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="0737ED15" w14:textId="77777777" w:rsidR="00497E96" w:rsidRDefault="00497E96" w:rsidP="00497E96">
                     <w:pPr>
                       <w:pStyle w:val="FSsidebar"/>
                       <w:ind w:right="48"/>
                     </w:pPr>
                     <w:r>
                       <w:t>Environmental Protection</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="078F000C" w14:textId="77777777" w:rsidR="00497E96" w:rsidRDefault="00497E96" w:rsidP="00497E96">
                     <w:pPr>
                       <w:pStyle w:val="FSsidebar"/>
                       <w:ind w:right="48"/>
                     </w:pPr>
                     <w:r>
-                      <w:t>100 Cambridge Street  Ste 900</w:t>
+                      <w:t xml:space="preserve">100 Cambridge </w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramStart"/>
+                    <w:r>
+                      <w:t>Street  Ste</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramEnd"/>
+                    <w:r>
+                      <w:t xml:space="preserve"> 900</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="14016F6E" w14:textId="77777777" w:rsidR="00497E96" w:rsidRDefault="00497E96" w:rsidP="00497E96">
                     <w:pPr>
                       <w:pStyle w:val="FSsidebar"/>
                       <w:ind w:right="48"/>
                     </w:pPr>
                     <w:r>
                       <w:t>Boston, MA 02114</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="161C82BD" w14:textId="77777777" w:rsidR="00497E96" w:rsidRDefault="00497E96" w:rsidP="00497E96">
                     <w:pPr>
                       <w:pStyle w:val="FSsidebar"/>
                       <w:ind w:right="48"/>
                     </w:pPr>
                   </w:p>
                   <w:p w14:paraId="5ED053D7" w14:textId="77777777" w:rsidR="00497E96" w:rsidRDefault="00497E96" w:rsidP="00497E96">
                     <w:pPr>
                       <w:pStyle w:val="FSsidebar"/>
                       <w:ind w:right="48"/>
                     </w:pPr>
                     <w:r>
                       <w:t>Commonwealth of</w:t>
                     </w:r>
@@ -5964,71 +5103,71 @@
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="3A005BD3" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
               <v:path arrowok="t" fillok="f" o:connecttype="none"/>
               <o:lock v:ext="edit" shapetype="t"/>
             </v:shapetype>
             <v:shape id="AutoShape 7" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:-21.15pt;margin-top:86.45pt;width:.05pt;height:603pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAXbqwFvAEAAFgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2xnSNYZcXpI1126&#10;LUC7H8DIsi1UFgVSiZN/P0lN0mK7DfVBkPjx+PhIr26PoxUHTWzQNbKalVJop7A1rm/k76f7TzdS&#10;cADXgkWnG3nSLG/XHz+sJl/rOQ5oW00igjiuJ9/IIQRfFwWrQY/AM/TaRWeHNEKIT+qLlmCK6KMt&#10;5mW5LCak1hMqzRytdy9Ouc74XadV+NV1rIOwjYzcQj4pn7t0FusV1D2BH4w604D/YDGCcbHoFeoO&#10;Aog9mX+gRqMIGbswUzgW2HVG6dxD7KYq/+rmcQCvcy9RHPZXmfj9YNXPw8ZtKVFXR/foH1A9s3C4&#10;GcD1OhN4Ovk4uCpJVUye62tKerDfkthNP7CNMbAPmFU4djQmyNifOGaxT1ex9TEIFY3LzwspVLR/&#10;WS5uqjKPooD6kuqJw3eNo0iXRnIgMP0QNuhcHCpSlQvB4YFDIgb1JSHVdXhvrM2ztU5Mjfy6mC9y&#10;AqM1bXKmMKZ+t7EkDpC2I3+5y+h5G0a4d20GGzS03873AMa+3GNx687iJD3S8nG9w/a0pYtocXyZ&#10;5XnV0n68fefs1x9i/QcAAP//AwBQSwMEFAAGAAgAAAAhAAvfpY3gAAAADAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SFxQ69QF2oQ4VYXEgSNtJa5uvE1S4nUUO03o17Oc4LgzT7Mz&#10;+WZyrbhgHxpPGhbzBARS6W1DlYbD/m22BhGiIWtaT6jhGwNsitub3GTWj/SBl12sBIdQyIyGOsYu&#10;kzKUNToT5r5DYu/ke2cin30lbW9GDnetVEnyLJ1piD/UpsPXGsuv3eA0YBieFsk2ddXh/To+fKrr&#10;eez2Wt/fTdsXEBGn+AfDb32uDgV3OvqBbBCthtmjWjLKxkqlIJhgRYE4srJcrVOQRS7/jyh+AAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABdurAW8AQAAWAMAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAvfpY3gAAAADAEAAA8AAAAAAAAAAAAAAAAA&#10;FgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAjBQAAAAA=&#10;"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7F7E1846" w14:textId="314E8DB0" w:rsidR="00587F04" w:rsidRDefault="00587F04">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3C64A8C5" w14:textId="77777777" w:rsidR="008B145B" w:rsidRDefault="008B145B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00000000"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
@@ -8831,50 +7970,165 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66E66252"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F362AC20"/>
+    <w:lvl w:ilvl="0" w:tplc="E4BA4E5C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D146B75"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51AC90C6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8943,51 +8197,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72921AAA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="49E09638"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1060" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9056,51 +8310,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6100" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="781B06B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5DA0424E"/>
     <w:lvl w:ilvl="0" w:tplc="FE86DE4A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="780"/>
         </w:tabs>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9196,75 +8450,75 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5820"/>
         </w:tabs>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6540"/>
         </w:tabs>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78A81AE3"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090005"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1885211892">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="476994852">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1952854687">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="802313503">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1135291381">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="118644824">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1721978386">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="720" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
@@ -9285,137 +8539,141 @@
   <w:num w:numId="11" w16cid:durableId="1858082078">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1628196464">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="825318107">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1476600303">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="123428703">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="969096996">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="955211709">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="543951260">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1662923973">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="442767177">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1375689436">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="464004054">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="2086292074">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="447091170">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="7876155">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1542597934">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="627783800">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="546769228">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1453398258">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1039472410">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="403187734">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="411851600">
     <w:abstractNumId w:val="9"/>
   </w:num>
+  <w:num w:numId="33" w16cid:durableId="1799713922">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C1439"/>
     <w:rsid w:val="00006802"/>
     <w:rsid w:val="00006E91"/>
     <w:rsid w:val="00020E9C"/>
     <w:rsid w:val="0005150A"/>
     <w:rsid w:val="00062DF8"/>
     <w:rsid w:val="00067220"/>
     <w:rsid w:val="00077140"/>
     <w:rsid w:val="0008664C"/>
     <w:rsid w:val="00087D9F"/>
+    <w:rsid w:val="000A148C"/>
     <w:rsid w:val="000A4EBC"/>
     <w:rsid w:val="000B546C"/>
     <w:rsid w:val="000C1439"/>
     <w:rsid w:val="000D6FDC"/>
     <w:rsid w:val="000D7B52"/>
     <w:rsid w:val="001033AA"/>
     <w:rsid w:val="00105533"/>
     <w:rsid w:val="001069F3"/>
     <w:rsid w:val="00113CB4"/>
     <w:rsid w:val="00114754"/>
     <w:rsid w:val="00141F23"/>
     <w:rsid w:val="00146241"/>
     <w:rsid w:val="0016125A"/>
     <w:rsid w:val="00165EA5"/>
     <w:rsid w:val="00167205"/>
     <w:rsid w:val="00174CF1"/>
     <w:rsid w:val="00187989"/>
     <w:rsid w:val="00196DFB"/>
     <w:rsid w:val="001B0CFC"/>
     <w:rsid w:val="001D405C"/>
     <w:rsid w:val="001F3D3E"/>
     <w:rsid w:val="00224100"/>
     <w:rsid w:val="00237749"/>
     <w:rsid w:val="00254564"/>
     <w:rsid w:val="00274790"/>
@@ -9472,54 +8730,56 @@
     <w:rsid w:val="006D20DB"/>
     <w:rsid w:val="006D4BEA"/>
     <w:rsid w:val="006F7912"/>
     <w:rsid w:val="00716F4F"/>
     <w:rsid w:val="00725D5C"/>
     <w:rsid w:val="00726858"/>
     <w:rsid w:val="00727CC5"/>
     <w:rsid w:val="007458CD"/>
     <w:rsid w:val="00767A73"/>
     <w:rsid w:val="00791C3C"/>
     <w:rsid w:val="007973ED"/>
     <w:rsid w:val="007E0383"/>
     <w:rsid w:val="007E7687"/>
     <w:rsid w:val="007F5E0B"/>
     <w:rsid w:val="008507F6"/>
     <w:rsid w:val="008918A2"/>
     <w:rsid w:val="008A1AFF"/>
     <w:rsid w:val="008A6465"/>
     <w:rsid w:val="008B145B"/>
     <w:rsid w:val="008E5231"/>
     <w:rsid w:val="00911223"/>
     <w:rsid w:val="00942C7A"/>
     <w:rsid w:val="00950967"/>
     <w:rsid w:val="00982017"/>
     <w:rsid w:val="009A1B3B"/>
+    <w:rsid w:val="009A3E9F"/>
     <w:rsid w:val="009C045C"/>
     <w:rsid w:val="009E2B2C"/>
     <w:rsid w:val="009E5FCA"/>
     <w:rsid w:val="009F5B6E"/>
+    <w:rsid w:val="00A0015F"/>
     <w:rsid w:val="00A119B9"/>
     <w:rsid w:val="00A4394C"/>
     <w:rsid w:val="00A71DB2"/>
     <w:rsid w:val="00A72326"/>
     <w:rsid w:val="00A86474"/>
     <w:rsid w:val="00A96A0E"/>
     <w:rsid w:val="00AB374A"/>
     <w:rsid w:val="00AB7268"/>
     <w:rsid w:val="00AD603A"/>
     <w:rsid w:val="00AE3571"/>
     <w:rsid w:val="00AF7FEF"/>
     <w:rsid w:val="00B161DC"/>
     <w:rsid w:val="00B21BF2"/>
     <w:rsid w:val="00B22F32"/>
     <w:rsid w:val="00B35F1E"/>
     <w:rsid w:val="00B71E4D"/>
     <w:rsid w:val="00B80235"/>
     <w:rsid w:val="00B80B38"/>
     <w:rsid w:val="00B80FAA"/>
     <w:rsid w:val="00B85517"/>
     <w:rsid w:val="00BA75DE"/>
     <w:rsid w:val="00BB0D88"/>
     <w:rsid w:val="00BB2816"/>
     <w:rsid w:val="00BC5C4A"/>
     <w:rsid w:val="00C2114D"/>
@@ -9575,51 +8835,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4D8D753D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E6DB3B43-0069-4E70-94E1-256A964B9D3D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times" w:eastAsia="Times" w:hAnsi="Times" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footnote text" w:uiPriority="99"/>
     <w:lsdException w:name="annotation text" w:uiPriority="99"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footnote reference" w:uiPriority="99"/>
@@ -10431,80 +9691,80 @@
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0046762C"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0068275E"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1882815998">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.epa.gov/pyt.%5bInsert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/orgs/childhood-lead-poisoning-prevention-program" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/certified-laboratories" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/public-notification-forms-and-templates" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/dwreginfo/public-notification-rule-compliance-help-water-system-owners-and-operators" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.epa.gov/pyt" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:program.director-dwp@mass.gov" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\WINNT\Profiles\lthompson\Application%20Data\Microsoft\Templates\facttemp1p.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -10775,70 +10035,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme 2013 - 2022" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100AC654D87E78B12439C00835E73A57764" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="23c739c31026f52d24b1beb843fd4fe6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0c1e2f26-6a76-43a8-8534-a0e653a1951f" xmlns:ns3="cfa41da1-9624-4a22-856d-798f42b95fb5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5f4d715f5b0ac67d228e7e7d2896c5fb" ns2:_="" ns3:_="">
     <xsd:import namespace="0c1e2f26-6a76-43a8-8534-a0e653a1951f"/>
     <xsd:import namespace="cfa41da1-9624-4a22-856d-798f42b95fb5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -10995,118 +10235,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="0c1e2f26-6a76-43a8-8534-a0e653a1951f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="cfa41da1-9624-4a22-856d-798f42b95fb5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D09CDFAE-7F51-4938-B5F6-71F449467D38}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0c1e2f26-6a76-43a8-8534-a0e653a1951f"/>
     <ds:schemaRef ds:uri="cfa41da1-9624-4a22-856d-798f42b95fb5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6579D336-258C-4571-93CB-D7FFD8D28E98}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="0c1e2f26-6a76-43a8-8534-a0e653a1951f"/>
+    <ds:schemaRef ds:uri="cfa41da1-9624-4a22-856d-798f42b95fb5"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{373D3963-27DB-44B3-B912-81C9D6592FC8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>facttemp1p.doc</Template>
+  <Template>facttemp1p</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1959</Words>
-  <Characters>11167</Characters>
+  <Words>2018</Words>
+  <Characters>11504</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
+  <Lines>95</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>fact sheet:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13100</CharactersWithSpaces>
+  <CharactersWithSpaces>13496</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>5898299</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>../Users/Mike/Downloads/program.director-dwp@mass.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>