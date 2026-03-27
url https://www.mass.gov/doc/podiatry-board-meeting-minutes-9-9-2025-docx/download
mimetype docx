--- v0 (2025-11-09)
+++ v1 (2026-03-27)
@@ -1,3742 +1,3212 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7B8D3CB3" w14:textId="0BA669C3" w:rsidR="0011657A" w:rsidRPr="00590D3F" w:rsidRDefault="00BB17CF" w:rsidP="0088040B">
+    <w:p w14:paraId="7B8D3CB3" w14:textId="7ED9DCD3" w:rsidR="0011657A" w:rsidRDefault="00BB17CF" w:rsidP="0088040B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590D3F">
+      <w:r w:rsidRPr="00612C86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Board of Registration </w:t>
       </w:r>
-      <w:r w:rsidR="00E01F63">
+      <w:r w:rsidR="008D7483">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00590D3F">
+      <w:r w:rsidRPr="00612C86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Podiatry</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="745E97A9" w14:textId="77777777" w:rsidR="00EF1AB0" w:rsidRPr="00590D3F" w:rsidRDefault="00EF1AB0" w:rsidP="00177BF6">
+    <w:p w14:paraId="693F7205" w14:textId="7F78EE89" w:rsidR="00964B6D" w:rsidRPr="00612C86" w:rsidRDefault="00001826" w:rsidP="0088040B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590D3F">
-[...6 lines deleted...]
-        <w:t>Meeting held by video conference and phone</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>65C</w:t>
+      </w:r>
+      <w:r w:rsidR="00964B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D872B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Session Minutes</w:t>
+      </w:r>
+      <w:r w:rsidR="00964B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BED1951" w14:textId="6B842A18" w:rsidR="00177BF6" w:rsidRPr="00590D3F" w:rsidRDefault="00EF1AB0" w:rsidP="00177BF6">
+    <w:p w14:paraId="745E97A9" w14:textId="77777777" w:rsidR="00EF1AB0" w:rsidRDefault="00EF1AB0" w:rsidP="00177BF6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590D3F">
-[...51 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Meeting held by video conference and phone</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01F11A10" w14:textId="258E96DE" w:rsidR="00EF1AB0" w:rsidRPr="00590D3F" w:rsidRDefault="00231F19" w:rsidP="0088040B">
+    <w:p w14:paraId="6BED1951" w14:textId="2D0E1D5E" w:rsidR="00177BF6" w:rsidRDefault="00EF1AB0" w:rsidP="00177BF6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590D3F">
-[...15 lines deleted...]
-        <w:t>Session Minutes</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DATE: </w:t>
+      </w:r>
+      <w:r w:rsidR="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>September 9</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB6D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="009A698B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00177BF6" w:rsidRPr="00A57615">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19817F01" w14:textId="77777777" w:rsidR="00EF1AB0" w:rsidRPr="00590D3F" w:rsidRDefault="00EF1AB0" w:rsidP="0088040B">
+    <w:p w14:paraId="57E96707" w14:textId="77777777" w:rsidR="00306815" w:rsidRDefault="00306815" w:rsidP="00D872B4">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11C67523" w14:textId="41EDB945" w:rsidR="00D872B4" w:rsidRPr="00D872B4" w:rsidRDefault="00D872B4" w:rsidP="00D872B4">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="61D57E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00C31D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61D57E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oard </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>met</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61D57E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to review cases for investigative conference in closed session pursuant to M.G.L. c. 112, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="61D57E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>§</w:t>
+      </w:r>
+      <w:r w:rsidRPr="61D57E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 65C.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224FC9CC" w14:textId="77777777" w:rsidR="005C35A7" w:rsidRDefault="005C35A7" w:rsidP="0088040B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...136 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId12"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="005C35A7" w:rsidSect="005C35A7">
+          <w:headerReference w:type="even" r:id="rId11"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="even" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
+          <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FC8D009" w14:textId="77777777" w:rsidR="00612C86" w:rsidRPr="00590D3F" w:rsidRDefault="00723BD4" w:rsidP="0088040B">
+    <w:p w14:paraId="0FC8D009" w14:textId="77777777" w:rsidR="00612C86" w:rsidRPr="00964B6D" w:rsidRDefault="00723BD4" w:rsidP="0088040B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590D3F">
+      <w:r w:rsidRPr="00964B6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Board </w:t>
       </w:r>
-      <w:r w:rsidR="00612C86" w:rsidRPr="00590D3F">
+      <w:r w:rsidR="00612C86" w:rsidRPr="00964B6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Members Present</w:t>
       </w:r>
-      <w:r w:rsidR="00737DF1" w:rsidRPr="00590D3F">
+      <w:r w:rsidR="00737DF1" w:rsidRPr="00964B6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> by Phone</w:t>
       </w:r>
-      <w:r w:rsidR="0043114E" w:rsidRPr="00590D3F">
+      <w:r w:rsidR="0043114E" w:rsidRPr="00964B6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>/Video</w:t>
       </w:r>
-      <w:r w:rsidR="00612C86" w:rsidRPr="00590D3F">
+      <w:r w:rsidR="00612C86" w:rsidRPr="00964B6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="240DC1B2" w14:textId="77777777" w:rsidR="00745E56" w:rsidRPr="00590D3F" w:rsidRDefault="00745E56" w:rsidP="00745E56">
+    <w:p w14:paraId="240DC1B2" w14:textId="77777777" w:rsidR="00745E56" w:rsidRPr="00964B6D" w:rsidRDefault="00745E56" w:rsidP="00745E56">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590D3F">
+      <w:r w:rsidRPr="00964B6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">LeRoy Kelley, DPM Chair </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4993164A" w14:textId="5E17669E" w:rsidR="00E15262" w:rsidRPr="00590D3F" w:rsidRDefault="00E15262" w:rsidP="00E15262">
+    <w:p w14:paraId="4993164A" w14:textId="5E17669E" w:rsidR="00E15262" w:rsidRPr="00964B6D" w:rsidRDefault="00E15262" w:rsidP="00E15262">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590D3F">
+      <w:r w:rsidRPr="00964B6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Raymond Murano, DPM </w:t>
       </w:r>
-      <w:r w:rsidR="00745E56" w:rsidRPr="00590D3F">
+      <w:r w:rsidR="00745E56" w:rsidRPr="00964B6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Secretary</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A74A5A8" w14:textId="00FC2E4C" w:rsidR="00745E56" w:rsidRPr="00590D3F" w:rsidRDefault="00D860E3" w:rsidP="0088040B">
+    <w:p w14:paraId="7E6F391C" w14:textId="2B5E178C" w:rsidR="00E57ADE" w:rsidRPr="00964B6D" w:rsidRDefault="005C35A7" w:rsidP="005A02C8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590D3F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Justin Holtzman, MD</w:t>
       </w:r>
+      <w:r w:rsidR="00745E56" w:rsidRPr="00964B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5854099E" w14:textId="77777777" w:rsidR="00071078" w:rsidRDefault="00071078" w:rsidP="005A02C8">
+    <w:p w14:paraId="278B65CC" w14:textId="77777777" w:rsidR="005C35A7" w:rsidRDefault="005C35A7" w:rsidP="005E0770">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E6F391C" w14:textId="464ECE7A" w:rsidR="00E57ADE" w:rsidRPr="00590D3F" w:rsidRDefault="00F20988" w:rsidP="005A02C8">
+    <w:p w14:paraId="7C56D42F" w14:textId="77777777" w:rsidR="00AE6614" w:rsidRDefault="00AE6614" w:rsidP="005E0770">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...4 lines deleted...]
-          <w:b/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41EBABB0" w14:textId="55175CFA" w:rsidR="005C35A7" w:rsidRPr="005C35A7" w:rsidRDefault="005C35A7" w:rsidP="005E0770">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>dmin</w:t>
-[...4 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C35A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>Admin. Staff Present by Phone/Video</w:t>
+      </w:r>
+      <w:r w:rsidR="00820F37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Staff Present</w:t>
-[...38 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65355BF8" w14:textId="3B4D909F" w:rsidR="005E0770" w:rsidRPr="00590D3F" w:rsidRDefault="00A66368" w:rsidP="005E0770">
+    <w:p w14:paraId="65355BF8" w14:textId="75546676" w:rsidR="005E0770" w:rsidRPr="00964B6D" w:rsidRDefault="005E0770" w:rsidP="005E0770">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590D3F">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> Board Counsel</w:t>
+      <w:r w:rsidRPr="00964B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jaqueline Petrillo, Board Counsel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BEEF0F8" w14:textId="696C068C" w:rsidR="00D40001" w:rsidRPr="00590D3F" w:rsidRDefault="00A66368" w:rsidP="0088040B">
+    <w:p w14:paraId="0BEEF0F8" w14:textId="20CD98DA" w:rsidR="00D40001" w:rsidRDefault="00ED1152" w:rsidP="0088040B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590D3F">
+      <w:r w:rsidRPr="00964B6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Thomas </w:t>
       </w:r>
-      <w:r w:rsidR="00F17B4A">
+      <w:r w:rsidR="00AF18BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">F. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00590D3F">
-[...23 lines deleted...]
-      <w:r w:rsidR="00CC660F" w:rsidRPr="00590D3F">
+      <w:r w:rsidRPr="00964B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Burke, Exec</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC660F" w:rsidRPr="00964B6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>utive Director</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F2EC42" w14:textId="77777777" w:rsidR="00071078" w:rsidRDefault="00E25FD8" w:rsidP="0088040B">
+    <w:p w14:paraId="6049E6B8" w14:textId="52B9B0BB" w:rsidR="001A0BC6" w:rsidRDefault="001A0BC6" w:rsidP="0088040B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Margaret</w:t>
-[...15 lines deleted...]
-        <w:t>Program Coordinator</w:t>
+        <w:t>Margaret McKenna, Program Coordinator</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3911E920" w14:textId="2C9AB642" w:rsidR="00071078" w:rsidRPr="00590D3F" w:rsidRDefault="00071078" w:rsidP="0088040B">
+    <w:p w14:paraId="64461732" w14:textId="1197EC04" w:rsidR="001A0BC6" w:rsidRDefault="001A0BC6" w:rsidP="0088040B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00071078" w:rsidRPr="00590D3F" w:rsidSect="00BF548B">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Katherine Wu, Board Inter</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE681E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3911E920" w14:textId="76390E5F" w:rsidR="005C35A7" w:rsidRPr="00964B6D" w:rsidRDefault="001A0BC6" w:rsidP="0088040B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="005C35A7" w:rsidRPr="00964B6D" w:rsidSect="005C35A7">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Katherine Wu, Board Intern</w:t>
+        <w:t>Lauren McSha</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE681E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ne, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chief  Investigator </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37741D8A" w14:textId="77777777" w:rsidR="007E0ED3" w:rsidRDefault="007E0ED3" w:rsidP="00B27ABB">
+    <w:p w14:paraId="6A717676" w14:textId="77777777" w:rsidR="00820F37" w:rsidRDefault="005C35A7" w:rsidP="00964B6D">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:sectPr w:rsidR="00820F37" w:rsidSect="005C35A7">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:num="2" w:space="720"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk102661883"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="303DF54D" w14:textId="77777777" w:rsidR="00820F37" w:rsidRPr="00820F37" w:rsidRDefault="005C35A7" w:rsidP="00964B6D">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00820F37">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Boar</w:t>
+      </w:r>
+      <w:r w:rsidR="00820F37" w:rsidRPr="00820F37">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>d Members Not Present by Phone/Video:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5454D25F" w14:textId="77777777" w:rsidR="00AE6614" w:rsidRDefault="00AE6614" w:rsidP="00AE6614">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00964B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Harry Schneider, DPM </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DDA70D3" w14:textId="45727DE7" w:rsidR="00820F37" w:rsidRDefault="005C35A7" w:rsidP="00964B6D">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:sectPr w:rsidR="00820F37" w:rsidSect="00820F37">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68846330" w14:textId="03156306" w:rsidR="00964B6D" w:rsidRPr="00D872B4" w:rsidRDefault="00D872B4" w:rsidP="005C35A7">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D872B4">
+        <w:rPr>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Investigative Matters </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D872B4">
+        <w:rPr>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Closed Session Pursuant to M.G.L. c. 112, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D872B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en" w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t>§</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D872B4">
+        <w:rPr>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 65C]:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="14BFD0A6" w14:textId="596FF76E" w:rsidR="007016D9" w:rsidRPr="00590D3F" w:rsidRDefault="007016D9" w:rsidP="00B27ABB">
-[...99 lines deleted...]
-    <w:p w14:paraId="61C39317" w14:textId="77777777" w:rsidR="00A036CC" w:rsidRPr="00590D3F" w:rsidRDefault="00A036CC" w:rsidP="00A036CC">
+    <w:p w14:paraId="21581B78" w14:textId="77777777" w:rsidR="00001826" w:rsidRDefault="00001826" w:rsidP="00964B6D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F481B54" w14:textId="510894FA" w:rsidR="00BD2AE6" w:rsidRPr="00590D3F" w:rsidRDefault="00BD2AE6" w:rsidP="00BD2AE6">
+    <w:p w14:paraId="2D8FAE95" w14:textId="08534072" w:rsidR="00964B6D" w:rsidRPr="00910896" w:rsidRDefault="009A698B" w:rsidP="00DA41C3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Administrative Items:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C294BC3" w14:textId="77777777" w:rsidR="00964B6D" w:rsidRPr="00BD2AE6" w:rsidRDefault="00964B6D" w:rsidP="00964B6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590D3F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Roll Call for attendance:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FEC3164" w14:textId="77777777" w:rsidR="00A036CC" w:rsidRPr="00590D3F" w:rsidRDefault="00A036CC" w:rsidP="00723BD4">
+    <w:p w14:paraId="574C7C89" w14:textId="50854A08" w:rsidR="00964B6D" w:rsidRDefault="00964B6D" w:rsidP="00964B6D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kelley</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD4244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the Board Chair, observing a quorum of board members </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>conducted a roll call of board members present via phone or computer audio and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD4244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> opened the meeting at</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5712D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1:07</w:t>
+      </w:r>
+      <w:r w:rsidR="00F96E86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5712D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a.m.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377E8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. Murano present by </w:t>
+      </w:r>
+      <w:r w:rsidR="007A6DF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>video</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377E8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Dr. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F96E86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Murano</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377E8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> present by </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>video</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377E8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00415B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dr. Hol</w:t>
+      </w:r>
+      <w:r w:rsidR="00621A31">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00415B7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zman</w:t>
+      </w:r>
+      <w:r w:rsidR="00F96E86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> present by video; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377E8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kelley present by </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB1020">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>video</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00377E8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="28F649C6" w14:textId="4B32659A" w:rsidR="0088040B" w:rsidRPr="00590D3F" w:rsidRDefault="00140C57" w:rsidP="00723BD4">
+    <w:p w14:paraId="2C5287FC" w14:textId="77777777" w:rsidR="00964B6D" w:rsidRDefault="00964B6D" w:rsidP="00964B6D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
-[...327 lines deleted...]
-      </w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="51EC1B48" w14:textId="72CC950E" w:rsidR="00723BD4" w:rsidRPr="00590D3F" w:rsidRDefault="00723BD4" w:rsidP="001058DC">
+    <w:p w14:paraId="75379DD1" w14:textId="303F6334" w:rsidR="00964B6D" w:rsidRDefault="003C52DB" w:rsidP="00DA41C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Board Business</w:t>
+      </w:r>
+      <w:r w:rsidR="00964B6D" w:rsidRPr="00DA41C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6C0A7E56" w14:textId="5122667E" w:rsidR="00377E8E" w:rsidRPr="00590D3F" w:rsidRDefault="00A036CC" w:rsidP="00590D3F">
+    <w:p w14:paraId="0DCABBE0" w14:textId="77777777" w:rsidR="003C52DB" w:rsidRPr="00DA41C3" w:rsidRDefault="003C52DB" w:rsidP="00DA41C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590D3F">
-[...18 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2EB392F5" w14:textId="77777777" w:rsidR="00A036CC" w:rsidRPr="00590D3F" w:rsidRDefault="00A036CC" w:rsidP="00A036CC">
-[...12 lines deleted...]
-    <w:p w14:paraId="699D9C68" w14:textId="75B15F7D" w:rsidR="00377E8E" w:rsidRPr="00590D3F" w:rsidRDefault="006C4CE9" w:rsidP="00377E8E">
+    <w:p w14:paraId="71AE61DE" w14:textId="270E8E5B" w:rsidR="00964B6D" w:rsidRPr="00D872B4" w:rsidRDefault="003C52DB" w:rsidP="00964B6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590D3F">
+      <w:bookmarkStart w:id="1" w:name="_Hlk195012362"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Review </w:t>
       </w:r>
-      <w:r w:rsidR="00071078">
+      <w:r w:rsidR="001A0BC6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>September 9</w:t>
       </w:r>
-      <w:r w:rsidR="00377E8E" w:rsidRPr="00590D3F">
-[...53 lines deleted...]
-      <w:r w:rsidR="00F17B4A">
+      <w:r w:rsidR="00A5712D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00964B6D" w:rsidRPr="00D872B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D872B4" w:rsidRPr="00D872B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>65C</w:t>
+      </w:r>
+      <w:r w:rsidR="00964B6D" w:rsidRPr="00D872B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Meeting Agenda</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00964B6D" w:rsidRPr="00D872B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AD839BA" w14:textId="75B04751" w:rsidR="00F7156B" w:rsidRPr="00590D3F" w:rsidRDefault="00377E8E" w:rsidP="00F7156B">
+    <w:p w14:paraId="49ED8718" w14:textId="34E4A895" w:rsidR="00964B6D" w:rsidRDefault="00964B6D" w:rsidP="00964B6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590D3F">
-[...17 lines deleted...]
-      <w:r w:rsidR="00261E89">
+      <w:r w:rsidRPr="00D872B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6614">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Murano</w:t>
       </w:r>
-      <w:r w:rsidRPr="00590D3F">
-[...62 lines deleted...]
-      <w:r w:rsidR="00301A29" w:rsidRPr="00590D3F">
+      <w:r w:rsidRPr="00D872B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> moved to accept the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D872B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">65C meeting </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D872B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">agenda. Dr. </w:t>
+      </w:r>
+      <w:r w:rsidR="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Holtzman</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D872B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> seconded the motion. The motion passed by roll call vote: Dr. Murano – “Yes”; Dr. Schneider – “</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6614">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Not present</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D872B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”; Dr. Kelley – “Yes”</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5712D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; Dr. </w:t>
+      </w:r>
+      <w:r w:rsidR="00193FD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Holtzman</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2701B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – “Yes”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D872B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00590D3F">
-[...98 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="7C8664D9" w14:textId="77777777" w:rsidR="00D13FF3" w:rsidRPr="00D13FF3" w:rsidRDefault="00D13FF3" w:rsidP="00D13FF3">
+    <w:p w14:paraId="2E1DA8BA" w14:textId="77777777" w:rsidR="00A5712D" w:rsidRDefault="00A5712D" w:rsidP="00964B6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73297BE5" w14:textId="2AD019C5" w:rsidR="00590D3F" w:rsidRPr="00590D3F" w:rsidRDefault="00590D3F" w:rsidP="00590D3F">
+    <w:p w14:paraId="7205C07C" w14:textId="671BE393" w:rsidR="00A5712D" w:rsidRPr="00A5712D" w:rsidRDefault="003C52DB" w:rsidP="00A5712D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590D3F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Review </w:t>
       </w:r>
-      <w:r w:rsidR="00071078">
+      <w:r w:rsidR="001A0BC6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>June 10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00590D3F">
-[...6 lines deleted...]
-        <w:t>, 2025, General Session Minutes:</w:t>
+      <w:r w:rsidR="00A5712D" w:rsidRPr="00A5712D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6614">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00D83CFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5712D" w:rsidRPr="00A5712D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 65</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5712D" w:rsidRPr="00A5712D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Session Minutes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71F97134" w14:textId="44E18482" w:rsidR="00FD4DEA" w:rsidRDefault="00590D3F" w:rsidP="008501EE">
+    <w:p w14:paraId="7252D428" w14:textId="4ED760DD" w:rsidR="00AE6614" w:rsidRDefault="00DF73A2" w:rsidP="00AE6614">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00590D3F">
+      <w:r w:rsidRPr="00D872B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dr. </w:t>
       </w:r>
-      <w:r w:rsidR="00071078">
+      <w:r w:rsidR="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Murano</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D872B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> moved to accept the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">65C meeting </w:t>
+      </w:r>
+      <w:r w:rsidR="00D2701B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>minutes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D872B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Dr. </w:t>
+      </w:r>
+      <w:r w:rsidR="001A0BC6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Holtzman</w:t>
       </w:r>
-      <w:r w:rsidRPr="00590D3F">
-[...108 lines deleted...]
-      <w:r w:rsidR="0084501A">
+      <w:r w:rsidRPr="00D872B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> seconded the motion. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B377AE" w:rsidRPr="00B377AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The motion passed by roll call vote: </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6614" w:rsidRPr="00D872B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dr. Murano – “Yes”; Dr. Schneider – “</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6614">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Not present</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6614" w:rsidRPr="00D872B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”; Dr. Kelley – “Yes”</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6614">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>; Dr. Holtzman – “Yes”</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6614" w:rsidRPr="00D872B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E0B0053" w14:textId="77777777" w:rsidR="008501EE" w:rsidRDefault="008501EE" w:rsidP="008501EE">
-      <w:pPr>
+    <w:p w14:paraId="74E5564C" w14:textId="6EA1F1A6" w:rsidR="003A43A0" w:rsidRDefault="003A43A0" w:rsidP="003A43A0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71280D65" w14:textId="761A429E" w:rsidR="008501EE" w:rsidRPr="006A4787" w:rsidRDefault="008501EE" w:rsidP="008501EE">
+    <w:p w14:paraId="4CDAD5CC" w14:textId="77777777" w:rsidR="00B377AE" w:rsidRDefault="00B377AE" w:rsidP="003A43A0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52A7AD23" w14:textId="77777777" w:rsidR="003A43A0" w:rsidRDefault="003A43A0" w:rsidP="003A43A0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48588C64" w14:textId="1195FB79" w:rsidR="00D2701B" w:rsidRPr="00D2701B" w:rsidRDefault="00D2701B" w:rsidP="00D2701B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32D71B46" w14:textId="7743437D" w:rsidR="00DA41C3" w:rsidRDefault="003C52DB" w:rsidP="003C52DB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cases, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C52DB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Investigative Matters and Settlement Offers:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F5D44B" w14:textId="77777777" w:rsidR="003C52DB" w:rsidRPr="00DA41C3" w:rsidRDefault="003C52DB" w:rsidP="003C52DB">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="387EE5D4" w14:textId="77777777" w:rsidR="001A0BC6" w:rsidRPr="00AE6614" w:rsidRDefault="001A0BC6" w:rsidP="001A0BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk198294915"/>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CASE-2024-1014</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...12 lines deleted...]
-        <w:t>:</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. Murano moved to close, no violation. Dr. Holtzman seconded. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The motion passed by roll call vote: Dr. Murano – “Yes”; Dr. Schneider – “Not present”; Dr. Kelley – “Yes”; Dr. Holtzman – “Yes”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="432F1FB2" w14:textId="30288587" w:rsidR="006A4787" w:rsidRPr="00481B3F" w:rsidRDefault="006A4787" w:rsidP="006A4787">
+    <w:p w14:paraId="5902E4FB" w14:textId="7743CB22" w:rsidR="001A0BC6" w:rsidRPr="001A0BC6" w:rsidRDefault="001A0BC6" w:rsidP="001A0BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...97 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="18FA36B2" w14:textId="77777777" w:rsidR="00071078" w:rsidRDefault="00071078" w:rsidP="00071078">
-[...50 lines deleted...]
-    <w:p w14:paraId="6B2A2865" w14:textId="5944E347" w:rsidR="00071078" w:rsidRDefault="00071078" w:rsidP="00071078">
+    <w:p w14:paraId="2AB5A484" w14:textId="0BBEA67B" w:rsidR="001A0BC6" w:rsidRPr="001A0BC6" w:rsidRDefault="001A0BC6" w:rsidP="001A0BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> Auburn Hospital proposed podiatric continuing medical education courses – VOTE </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CASE-2024-2350</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D1A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. Murano moved to close, no </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">further action required. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. Holtzman seconded. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The motion passed by roll call vote: Dr. Murano – “Yes”; Dr. Schneider – “Not present”; Dr. Kelley – “Yes”; Dr. Holtzman – “Yes”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65106883" w14:textId="7F7F4EAA" w:rsidR="00071078" w:rsidRDefault="00071078" w:rsidP="00071078">
-[...247 lines deleted...]
-    <w:p w14:paraId="4B5C94CA" w14:textId="77777777" w:rsidR="00071078" w:rsidRPr="00CC3FB8" w:rsidRDefault="00071078" w:rsidP="00071078">
+    <w:p w14:paraId="1D15E64D" w14:textId="5B37300A" w:rsidR="001A0BC6" w:rsidRPr="001A0BC6" w:rsidRDefault="001A0BC6" w:rsidP="001A0BC6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="27"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...17 lines deleted...]
-        <w:t>Interstate Podiatric Medical Licensure Compact</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CASE-2024-1141</w:t>
+      </w:r>
+      <w:r w:rsidR="008D1A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kelley</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> moved to close, no violation. Dr. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Murano</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> seconded. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The motion passed by roll call vote: Dr. Murano – “Yes”; Dr. Schneider – “Not present”; Dr. Kelley – “Yes”; Dr. Holtzman – “Yes”.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="366D9661" w14:textId="77777777" w:rsidR="00CC3FB8" w:rsidRDefault="00CC3FB8" w:rsidP="00CC3FB8">
-[...10 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5F0C9149" w14:textId="5B85F55B" w:rsidR="001A0BC6" w:rsidRPr="008D1A28" w:rsidRDefault="001A0BC6" w:rsidP="0016689E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D1A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CASE-2024-3045 – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D1A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>After discussion</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE681E" w:rsidRPr="008D1A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D1A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D1A28" w:rsidRPr="008D1A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dr. Murano moved to re</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D1A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fer the case back to investigations.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D1A28" w:rsidRPr="008D1A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dr. Holtzman seconded. </w:t>
+      </w:r>
+      <w:r w:rsidR="008D1A28" w:rsidRPr="008D1A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The motion passed by roll call vote: Dr. Murano – “Yes”; Dr. Schneider – “Not present”; Dr. Kelley – “Yes”; Dr. Holtzman – “Yes”.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D1A28" w:rsidRPr="008D1A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28587CAC" w14:textId="1606A1E1" w:rsidR="001A0BC6" w:rsidRPr="001A0BC6" w:rsidRDefault="001A0BC6" w:rsidP="001A0BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>POD-2024-0003</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D1A28" w:rsidRPr="008D1A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...14 lines deleted...]
-        <w:t>Dr. Jay LeBow</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kelley</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> moved to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> F</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dismiss, no violation. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...14 lines deleted...]
-        <w:t>P</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Murano</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> seconded. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The motion passed by roll call vote: Dr. Murano – “Yes”; Dr. Schneider – “Not present”; Dr. Kelley – “Yes”; Dr. Holtzman – “Yes”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...14 lines deleted...]
-        <w:t>M</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...14 lines deleted...]
-        <w:t>B</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65B3A7D3" w14:textId="2739A688" w:rsidR="001A0BC6" w:rsidRPr="001A0BC6" w:rsidRDefault="001A0BC6" w:rsidP="001A0BC6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>POD-2024-0004</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="008D1A28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. Murano moved to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dismiss, no violation. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dr. Holtzman seconded. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0BC6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The motion passed by roll call vote: Dr. Murano – “Yes”; Dr. Schneider – “Not present”; Dr. Kelley – “Yes”; Dr. Holtzman – “Yes”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="39E09526" w14:textId="5ED77834" w:rsidR="00CC3FB8" w:rsidRDefault="00071078" w:rsidP="00CC3FB8">
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="711E97EC" w14:textId="65D0BCD7" w:rsidR="00AE6614" w:rsidRPr="00AE6614" w:rsidRDefault="00AE6614" w:rsidP="00AE6614">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE6614">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Adjournment:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="348BB9D5" w14:textId="77777777" w:rsidR="003973AE" w:rsidRDefault="00CC3FB8" w:rsidP="00CC3FB8">
-[...10 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6524FF5C" w14:textId="234D48EA" w:rsidR="00AE6614" w:rsidRPr="00AE6614" w:rsidRDefault="00AE6614" w:rsidP="00AE6614">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE6614">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>At 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE681E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6614">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> (IMLC)</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6614">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a.m., Dr. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE681E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kelley</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6614">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> made a motion to adjourn the 65C session. Dr. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">He laid out the objectives of </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Murano</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE6614">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> seconded the motion. The motion passed by roll call vote: Dr. Murano – “Yes”; Dr. Schneider – “Not present”; Dr. Kelley – “Yes”; Dr. Holtzman – “Yes”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3258886E" w14:textId="77777777" w:rsidR="003973AE" w:rsidRDefault="003973AE" w:rsidP="003973AE">
-[...26 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="328A0C64" w14:textId="77777777" w:rsidR="00306815" w:rsidRDefault="00306815" w:rsidP="00A15AA9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="673498E8" w14:textId="79AE64A8" w:rsidR="00071078" w:rsidRPr="003973AE" w:rsidRDefault="003973AE" w:rsidP="003973AE">
-[...18 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="224D77A4" w14:textId="77777777" w:rsidR="00306815" w:rsidRDefault="00306815" w:rsidP="00A15AA9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="665435BC" w14:textId="77777777" w:rsidR="00071078" w:rsidRPr="00071078" w:rsidRDefault="00071078" w:rsidP="00071078">
-[...9 lines deleted...]
-          <w:u w:val="single"/>
+    <w:p w14:paraId="6C2F7DF5" w14:textId="77777777" w:rsidR="00306815" w:rsidRDefault="00306815" w:rsidP="00A15AA9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F42E6B8" w14:textId="54D3E3D8" w:rsidR="00481B3F" w:rsidRPr="00613058" w:rsidRDefault="00481B3F" w:rsidP="00613058">
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w14:paraId="3C308527" w14:textId="10F39889" w:rsidR="00A15AA9" w:rsidRPr="00790FE2" w:rsidRDefault="00A15AA9" w:rsidP="00A15AA9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Respectfully submitted,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75980240" w14:textId="77777777" w:rsidR="00481B3F" w:rsidRPr="00481B3F" w:rsidRDefault="00481B3F" w:rsidP="00481B3F">
-[...230 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="2C70FF7D" w14:textId="0779105E" w:rsidR="00A15AA9" w:rsidRPr="00790FE2" w:rsidRDefault="00C9786C" w:rsidP="00A15AA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00914E96">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1FBF7716" wp14:editId="0FE52624">
-[...2 lines deleted...]
-            <wp:docPr id="1658406765" name="Picture 1"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F35ACA6" wp14:editId="11BC7FA1">
+            <wp:extent cx="1568450" cy="444500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1764377290" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13">
+                    <a:blip r:embed="rId17">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1562100" cy="447675"/>
+                      <a:ext cx="1568450" cy="444500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D0BDC89" w14:textId="17839EE2" w:rsidR="00D06245" w:rsidRPr="00605E19" w:rsidRDefault="00605E19" w:rsidP="00B10F7A">
+    <w:p w14:paraId="06061B7B" w14:textId="77777777" w:rsidR="00A15AA9" w:rsidRPr="00790FE2" w:rsidRDefault="00A15AA9" w:rsidP="00A15AA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3358F296" w14:textId="0EFA629D" w:rsidR="00A15AA9" w:rsidRPr="00790FE2" w:rsidRDefault="00A15AA9" w:rsidP="00A15AA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thomas </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF18BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">F. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Burke, Executive Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="765F211B" w14:textId="77777777" w:rsidR="00A15AA9" w:rsidRDefault="00A15AA9" w:rsidP="00A15AA9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
-[...19 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B062989" w14:textId="1DEACC68" w:rsidR="00605E19" w:rsidRPr="00605E19" w:rsidRDefault="00605E19" w:rsidP="00605E19">
-[...21 lines deleted...]
-        <w:t>Thomas F. Burke, Executive Director</w:t>
+    <w:p w14:paraId="3A8606FD" w14:textId="3A52B69E" w:rsidR="00A15AA9" w:rsidRPr="00790FE2" w:rsidRDefault="00A15AA9" w:rsidP="00A15AA9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2422"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Documents used in </w:t>
+      </w:r>
+      <w:r w:rsidR="009A698B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>65 C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Session</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="331D9026" w14:textId="77777777" w:rsidR="00605E19" w:rsidRDefault="00605E19" w:rsidP="00B10F7A">
-[...113 lines deleted...]
-    <w:p w14:paraId="111AC742" w14:textId="7CF4A25E" w:rsidR="00B54C98" w:rsidRDefault="00071078" w:rsidP="003E5BCC">
+    <w:p w14:paraId="798D555B" w14:textId="0DE0808F" w:rsidR="002770B4" w:rsidRPr="00CA7AE9" w:rsidRDefault="008839CF" w:rsidP="00CA7AE9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>September 9</w:t>
       </w:r>
-      <w:r w:rsidR="00D37A22">
+      <w:r w:rsidR="00DA41C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2025</w:t>
       </w:r>
-      <w:r w:rsidR="00CC3B88">
+      <w:r w:rsidR="00CA7AE9" w:rsidRPr="00CA7AE9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
-          <w:sz w:val="24"/>
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 65C Meeting Agenda</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38EF637A" w14:textId="6D64F54E" w:rsidR="003E5BCC" w:rsidRDefault="00071078" w:rsidP="003E5BCC">
+    <w:p w14:paraId="3E4842E1" w14:textId="45E17651" w:rsidR="00DA41C3" w:rsidRPr="00DA41C3" w:rsidRDefault="008839CF" w:rsidP="00DA41C3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:snapToGrid w:val="0"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>June 10</w:t>
       </w:r>
-      <w:r w:rsidR="00D37A22">
-[...24 lines deleted...]
-        <w:t>inutes</w:t>
+      <w:r w:rsidR="00CA7AE9" w:rsidRPr="00CA7AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6614">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7AE9" w:rsidRPr="00CA7AE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 65C Session Minutes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F2FD966" w14:textId="430F4AEF" w:rsidR="00071078" w:rsidRDefault="00071078" w:rsidP="003E5BCC">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="6723754B" w14:textId="4824D26B" w:rsidR="00CA7AE9" w:rsidRPr="008839CF" w:rsidRDefault="008839CF" w:rsidP="008839CF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:snapToGrid w:val="0"/>
-[...56 lines deleted...]
-        <w:t>proposal</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008839CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CASE-2024-1014</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="743726FF" w14:textId="545E4069" w:rsidR="009D0622" w:rsidRPr="00FB7EFA" w:rsidRDefault="00FB7EFA" w:rsidP="00FB7EFA">
+    <w:p w14:paraId="12256848" w14:textId="0F982142" w:rsidR="008839CF" w:rsidRPr="008839CF" w:rsidRDefault="008839CF" w:rsidP="008839CF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008839CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CASE-2024-2350</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="458B8CD1" w14:textId="15A613AE" w:rsidR="008839CF" w:rsidRPr="008839CF" w:rsidRDefault="008839CF" w:rsidP="008839CF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008839CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CASE-2024-1141</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72664562" w14:textId="5880A395" w:rsidR="008839CF" w:rsidRPr="008839CF" w:rsidRDefault="008839CF" w:rsidP="008839CF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008839CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CASE-2024-3045</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A08CF2B" w14:textId="6F00A592" w:rsidR="008839CF" w:rsidRPr="008839CF" w:rsidRDefault="008839CF" w:rsidP="008839CF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008839CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>POD-2024-0003</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10542DA7" w14:textId="08681D6A" w:rsidR="008839CF" w:rsidRPr="008839CF" w:rsidRDefault="008839CF" w:rsidP="008839CF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
-          <w:sz w:val="24"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> presentation</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008839CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>POD-2024-0004</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009D0622" w:rsidRPr="00FB7EFA" w:rsidSect="00BF548B">
+    <w:sectPr w:rsidR="008839CF" w:rsidRPr="008839CF" w:rsidSect="00BF548B">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="11C89F27" w14:textId="77777777" w:rsidR="00BD4027" w:rsidRDefault="00BD4027" w:rsidP="0011657A">
+    <w:p w14:paraId="762915AB" w14:textId="77777777" w:rsidR="00CA78E9" w:rsidRDefault="00CA78E9" w:rsidP="0011657A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="65F8E6C9" w14:textId="77777777" w:rsidR="00BD4027" w:rsidRDefault="00BD4027" w:rsidP="0011657A">
+    <w:p w14:paraId="79B5350C" w14:textId="77777777" w:rsidR="00CA78E9" w:rsidRDefault="00CA78E9" w:rsidP="0011657A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3F994BA3" w14:textId="77777777" w:rsidR="00B674C2" w:rsidRDefault="00B674C2">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1B5224FD" w14:textId="77777777" w:rsidR="00901CF0" w:rsidRDefault="00901CF0">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="3961BF53" w14:textId="77777777" w:rsidR="00901CF0" w:rsidRPr="00F17B4A" w:rsidRDefault="00901CF0">
+  <w:p w14:paraId="3961BF53" w14:textId="77777777" w:rsidR="00901CF0" w:rsidRDefault="00901CF0">
     <w:pPr>
       <w:jc w:val="center"/>
-      <w:rPr>
-[...3 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00F17B4A">
-[...4 lines deleted...]
-      </w:rPr>
+    <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r w:rsidR="00663645" w:rsidRPr="00F17B4A">
-[...4 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidR="00663645">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00663645" w:rsidRPr="00F17B4A">
-[...4 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidR="00663645">
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidR="00663645" w:rsidRPr="00F17B4A">
-[...4 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidR="00663645">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00AF6D8C" w:rsidRPr="00F17B4A">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidR="00AF6D8C">
+      <w:rPr>
         <w:noProof/>
-        <w:sz w:val="24"/>
-        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
-    <w:r w:rsidR="00663645" w:rsidRPr="00F17B4A">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidR="00663645">
+      <w:rPr>
         <w:noProof/>
-        <w:sz w:val="24"/>
-        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00F17B4A">
-[...4 lines deleted...]
-      </w:rPr>
+    <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidR="001F37DE" w:rsidRPr="00F17B4A">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidR="001F37DE">
+      <w:rPr>
         <w:noProof/>
-        <w:sz w:val="24"/>
-        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="001F37DE" w:rsidRPr="00F17B4A">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidR="001F37DE">
+      <w:rPr>
         <w:noProof/>
-        <w:sz w:val="24"/>
-        <w:szCs w:val="24"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
-    <w:r w:rsidR="001F37DE" w:rsidRPr="00F17B4A">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidR="001F37DE">
+      <w:rPr>
         <w:noProof/>
-        <w:sz w:val="24"/>
-        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00AF6D8C" w:rsidRPr="00F17B4A">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidR="00AF6D8C">
+      <w:rPr>
         <w:noProof/>
-        <w:sz w:val="24"/>
-        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
-    <w:r w:rsidR="001F37DE" w:rsidRPr="00F17B4A">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:r w:rsidR="001F37DE">
+      <w:rPr>
         <w:noProof/>
-        <w:sz w:val="24"/>
-        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="75F59C94" w14:textId="77777777" w:rsidR="00901CF0" w:rsidRDefault="00901CF0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6A84DA44" w14:textId="77777777" w:rsidR="00901CF0" w:rsidRDefault="00901CF0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="214DF85D" w14:textId="77777777" w:rsidR="00B674C2" w:rsidRDefault="00B674C2">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C75A8B9" w14:textId="77777777" w:rsidR="00BD4027" w:rsidRDefault="00BD4027" w:rsidP="0011657A">
+    <w:p w14:paraId="51B38086" w14:textId="77777777" w:rsidR="00CA78E9" w:rsidRDefault="00CA78E9" w:rsidP="0011657A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="60429C46" w14:textId="77777777" w:rsidR="00BD4027" w:rsidRDefault="00BD4027" w:rsidP="0011657A">
+    <w:p w14:paraId="0564AFC9" w14:textId="77777777" w:rsidR="00CA78E9" w:rsidRDefault="00CA78E9" w:rsidP="0011657A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="540A23BA" w14:textId="372AD22F" w:rsidR="009B2B44" w:rsidRDefault="009B2B44">
+  <w:p w14:paraId="79A7057E" w14:textId="6AFAF49A" w:rsidR="00B674C2" w:rsidRDefault="00B674C2">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="540A23BA" w14:textId="2E2CFEBF" w:rsidR="009B2B44" w:rsidRDefault="009B2B44">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1290A53C" w14:textId="18D2D325" w:rsidR="00B674C2" w:rsidRDefault="00B674C2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="02191525"/>
+    <w:nsid w:val="E328E69A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0E6C9A66"/>
-[...106 lines deleted...]
-      </w:rPr>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C7227A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DA883B4A"/>
     <w:lvl w:ilvl="0" w:tplc="D116E2F8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
@@ -4010,163 +3480,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0F781A78"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10A07221"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="361E972A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4235,368 +3592,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...316 lines deleted...]
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20AE62BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D7DEFB04"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4665,51 +3705,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25C47C7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="898EB45E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4778,51 +3818,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28B85A28"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D5B8A3D0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
@@ -4921,51 +3961,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D6E02F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="72988D00"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5034,51 +4074,277 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34637B11"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFB45480"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38822247"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A246C1DA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CC22D56"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EDFA2FE2"/>
     <w:lvl w:ilvl="0" w:tplc="7B3C2704">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -5125,51 +4391,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DBE75A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="20DAD730"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5211,67 +4477,67 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4791380E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="58D0B998"/>
+    <w:tmpl w:val="2E561736"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
@@ -5324,164 +4590,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="541746FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B862336C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5550,51 +4703,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="590906DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D66FAF4"/>
     <w:lvl w:ilvl="0" w:tplc="F64A2A56">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -5641,164 +4794,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C18105F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C6A3530"/>
     <w:lvl w:ilvl="0" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5840,277 +4880,161 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70734584"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2090B900"/>
+    <w:tmpl w:val="D3BA1DAC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003">
+    <w:lvl w:ilvl="1" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="990" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-[...34 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="727C5945"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E8966E4C"/>
     <w:lvl w:ilvl="0" w:tplc="C7385078">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -6155,51 +5079,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="744B3F74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D87A4DC8"/>
     <w:lvl w:ilvl="0" w:tplc="46C2D9F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
@@ -6256,1833 +5180,1602 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
-[...89 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1938446546">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1193616982">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="193075692">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1129650">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1141464746">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="346181821">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="309019303">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1674336631">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1412505081">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="2"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="176119441">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1010721438">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="240263802">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1283420149">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1765103824">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="301154273">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2075002549">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="639699425">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="2022076253">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1380781077">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="2005283861">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1993364035">
-[...2 lines deleted...]
-  <w:num w:numId="19" w16cid:durableId="1130397470">
+  <w:num w:numId="21" w16cid:durableId="92941601">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...22 lines deleted...]
-    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BB17CF"/>
     <w:rsid w:val="00000E88"/>
+    <w:rsid w:val="00001826"/>
     <w:rsid w:val="0000301C"/>
     <w:rsid w:val="0000320B"/>
     <w:rsid w:val="00005264"/>
     <w:rsid w:val="00005F55"/>
     <w:rsid w:val="00006256"/>
     <w:rsid w:val="00011288"/>
     <w:rsid w:val="000121E6"/>
     <w:rsid w:val="00015E23"/>
     <w:rsid w:val="00021355"/>
     <w:rsid w:val="00024E8F"/>
     <w:rsid w:val="00025988"/>
     <w:rsid w:val="00025C21"/>
     <w:rsid w:val="00025E4D"/>
     <w:rsid w:val="000266A4"/>
-    <w:rsid w:val="0002679C"/>
     <w:rsid w:val="00027C73"/>
     <w:rsid w:val="000300A0"/>
     <w:rsid w:val="00033693"/>
     <w:rsid w:val="0003479B"/>
     <w:rsid w:val="00042503"/>
     <w:rsid w:val="0004406A"/>
     <w:rsid w:val="00046CBD"/>
     <w:rsid w:val="0005113C"/>
-    <w:rsid w:val="00051E14"/>
     <w:rsid w:val="00052434"/>
     <w:rsid w:val="000544C0"/>
     <w:rsid w:val="0005565B"/>
     <w:rsid w:val="000574A4"/>
     <w:rsid w:val="0006183B"/>
     <w:rsid w:val="000626C9"/>
     <w:rsid w:val="0006308A"/>
     <w:rsid w:val="00063677"/>
     <w:rsid w:val="00064996"/>
     <w:rsid w:val="000657C6"/>
-    <w:rsid w:val="000672F5"/>
+    <w:rsid w:val="00065F44"/>
     <w:rsid w:val="000677BB"/>
     <w:rsid w:val="000679CB"/>
-    <w:rsid w:val="00071078"/>
     <w:rsid w:val="000744EA"/>
     <w:rsid w:val="00076663"/>
     <w:rsid w:val="00076ECE"/>
     <w:rsid w:val="00077918"/>
     <w:rsid w:val="000806D3"/>
     <w:rsid w:val="00080A94"/>
     <w:rsid w:val="00080D0F"/>
-    <w:rsid w:val="000813F2"/>
-    <w:rsid w:val="00081BCB"/>
     <w:rsid w:val="00085773"/>
     <w:rsid w:val="00087E88"/>
-    <w:rsid w:val="0009043D"/>
     <w:rsid w:val="0009375F"/>
     <w:rsid w:val="000959E0"/>
     <w:rsid w:val="000A2BEF"/>
     <w:rsid w:val="000B019A"/>
-    <w:rsid w:val="000B058E"/>
     <w:rsid w:val="000B7414"/>
     <w:rsid w:val="000C041F"/>
     <w:rsid w:val="000C06C3"/>
     <w:rsid w:val="000C2CA6"/>
     <w:rsid w:val="000C3398"/>
-    <w:rsid w:val="000C340E"/>
     <w:rsid w:val="000C38EA"/>
     <w:rsid w:val="000C3B1E"/>
     <w:rsid w:val="000C3CC7"/>
     <w:rsid w:val="000C64DC"/>
+    <w:rsid w:val="000C6B77"/>
     <w:rsid w:val="000D29CD"/>
     <w:rsid w:val="000D402B"/>
     <w:rsid w:val="000D4BAE"/>
     <w:rsid w:val="000D4D40"/>
+    <w:rsid w:val="000D63F2"/>
     <w:rsid w:val="000D6968"/>
     <w:rsid w:val="000E13D7"/>
     <w:rsid w:val="000E31C0"/>
     <w:rsid w:val="000E3B50"/>
     <w:rsid w:val="000F2DBA"/>
     <w:rsid w:val="000F58ED"/>
     <w:rsid w:val="000F7D15"/>
     <w:rsid w:val="00102817"/>
     <w:rsid w:val="00103C64"/>
     <w:rsid w:val="001058DC"/>
     <w:rsid w:val="00106079"/>
     <w:rsid w:val="001067E1"/>
-    <w:rsid w:val="00106C85"/>
     <w:rsid w:val="00110DFD"/>
     <w:rsid w:val="00112D48"/>
     <w:rsid w:val="00113333"/>
     <w:rsid w:val="00113FE4"/>
     <w:rsid w:val="0011657A"/>
     <w:rsid w:val="0011665D"/>
     <w:rsid w:val="00117488"/>
     <w:rsid w:val="0012185B"/>
-    <w:rsid w:val="00121D55"/>
     <w:rsid w:val="00123DC3"/>
     <w:rsid w:val="001257A8"/>
     <w:rsid w:val="00126816"/>
     <w:rsid w:val="00130C4C"/>
     <w:rsid w:val="00135937"/>
     <w:rsid w:val="0013750A"/>
+    <w:rsid w:val="00140307"/>
     <w:rsid w:val="00140C57"/>
     <w:rsid w:val="001411DB"/>
     <w:rsid w:val="001416F5"/>
     <w:rsid w:val="00141C34"/>
-    <w:rsid w:val="001425C6"/>
     <w:rsid w:val="00142D08"/>
     <w:rsid w:val="001437DC"/>
     <w:rsid w:val="001456DC"/>
     <w:rsid w:val="00145A83"/>
+    <w:rsid w:val="00147855"/>
     <w:rsid w:val="00150A3D"/>
     <w:rsid w:val="0015148F"/>
     <w:rsid w:val="0015234F"/>
     <w:rsid w:val="0015253B"/>
     <w:rsid w:val="00153074"/>
     <w:rsid w:val="00154A60"/>
     <w:rsid w:val="001615F2"/>
     <w:rsid w:val="00161A32"/>
     <w:rsid w:val="0016269B"/>
     <w:rsid w:val="0016336D"/>
     <w:rsid w:val="001651EA"/>
     <w:rsid w:val="001657C6"/>
     <w:rsid w:val="00166E9D"/>
     <w:rsid w:val="001672BD"/>
     <w:rsid w:val="00167E97"/>
     <w:rsid w:val="0017191A"/>
-    <w:rsid w:val="00172988"/>
-    <w:rsid w:val="00172A69"/>
     <w:rsid w:val="00175367"/>
     <w:rsid w:val="0017585A"/>
     <w:rsid w:val="001768DA"/>
     <w:rsid w:val="00177BF6"/>
     <w:rsid w:val="00177E2D"/>
     <w:rsid w:val="00182037"/>
     <w:rsid w:val="00182B0F"/>
     <w:rsid w:val="00183F26"/>
     <w:rsid w:val="00184AC5"/>
     <w:rsid w:val="001873DA"/>
     <w:rsid w:val="00190202"/>
-    <w:rsid w:val="00191313"/>
+    <w:rsid w:val="00190BF5"/>
+    <w:rsid w:val="00193FD3"/>
     <w:rsid w:val="00194682"/>
     <w:rsid w:val="00194D5E"/>
     <w:rsid w:val="00197B4A"/>
+    <w:rsid w:val="001A0BC6"/>
     <w:rsid w:val="001A2934"/>
     <w:rsid w:val="001A4C25"/>
     <w:rsid w:val="001A4DE9"/>
     <w:rsid w:val="001A65C6"/>
     <w:rsid w:val="001A7178"/>
-    <w:rsid w:val="001B0EA9"/>
     <w:rsid w:val="001B5AB9"/>
     <w:rsid w:val="001C4133"/>
     <w:rsid w:val="001C4382"/>
     <w:rsid w:val="001C7AD3"/>
     <w:rsid w:val="001D04D9"/>
     <w:rsid w:val="001D5B61"/>
     <w:rsid w:val="001D682F"/>
     <w:rsid w:val="001D73ED"/>
     <w:rsid w:val="001E1EC5"/>
     <w:rsid w:val="001E4AD2"/>
     <w:rsid w:val="001E5166"/>
     <w:rsid w:val="001E56EE"/>
     <w:rsid w:val="001E5E6C"/>
     <w:rsid w:val="001F33B5"/>
     <w:rsid w:val="001F37DE"/>
     <w:rsid w:val="001F381E"/>
     <w:rsid w:val="001F4B4E"/>
     <w:rsid w:val="001F71C9"/>
     <w:rsid w:val="00200560"/>
     <w:rsid w:val="002009D8"/>
     <w:rsid w:val="00200A1D"/>
     <w:rsid w:val="00200BF6"/>
     <w:rsid w:val="00202966"/>
     <w:rsid w:val="002039BE"/>
     <w:rsid w:val="00205302"/>
     <w:rsid w:val="002064AC"/>
-    <w:rsid w:val="002107EC"/>
     <w:rsid w:val="00210820"/>
     <w:rsid w:val="00210E2C"/>
     <w:rsid w:val="0021113B"/>
     <w:rsid w:val="00213DB1"/>
     <w:rsid w:val="00215D92"/>
     <w:rsid w:val="0021657E"/>
     <w:rsid w:val="0021673D"/>
     <w:rsid w:val="00223307"/>
     <w:rsid w:val="00224E63"/>
-    <w:rsid w:val="00226B8A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00231F19"/>
     <w:rsid w:val="00234B19"/>
     <w:rsid w:val="00234E77"/>
     <w:rsid w:val="002356A2"/>
-    <w:rsid w:val="00236011"/>
     <w:rsid w:val="00236B5B"/>
     <w:rsid w:val="0023718C"/>
     <w:rsid w:val="00240104"/>
     <w:rsid w:val="00240FF4"/>
     <w:rsid w:val="00241B9C"/>
     <w:rsid w:val="002425FE"/>
-    <w:rsid w:val="00243055"/>
     <w:rsid w:val="00243779"/>
     <w:rsid w:val="002468EF"/>
     <w:rsid w:val="00247B87"/>
     <w:rsid w:val="00247B8B"/>
     <w:rsid w:val="00250F1F"/>
     <w:rsid w:val="00256325"/>
     <w:rsid w:val="00256C08"/>
     <w:rsid w:val="00257762"/>
     <w:rsid w:val="00257E08"/>
-    <w:rsid w:val="00261E89"/>
     <w:rsid w:val="00263302"/>
     <w:rsid w:val="00264E3B"/>
     <w:rsid w:val="00266CB8"/>
     <w:rsid w:val="00266FC4"/>
     <w:rsid w:val="00267A52"/>
     <w:rsid w:val="002700A7"/>
     <w:rsid w:val="002700DC"/>
     <w:rsid w:val="00270825"/>
     <w:rsid w:val="00272AD2"/>
     <w:rsid w:val="00273164"/>
     <w:rsid w:val="00273172"/>
     <w:rsid w:val="00275AFD"/>
     <w:rsid w:val="00276EF8"/>
     <w:rsid w:val="002770B4"/>
-    <w:rsid w:val="00281B88"/>
     <w:rsid w:val="00282FC6"/>
     <w:rsid w:val="00284B72"/>
     <w:rsid w:val="00285DB1"/>
     <w:rsid w:val="00286B21"/>
     <w:rsid w:val="00286DCD"/>
     <w:rsid w:val="00294CD8"/>
     <w:rsid w:val="002A17EE"/>
     <w:rsid w:val="002B0220"/>
     <w:rsid w:val="002B0407"/>
     <w:rsid w:val="002B34E0"/>
     <w:rsid w:val="002B3FA9"/>
     <w:rsid w:val="002B40BB"/>
     <w:rsid w:val="002B452B"/>
     <w:rsid w:val="002B7068"/>
-    <w:rsid w:val="002C1D7D"/>
     <w:rsid w:val="002C22CD"/>
     <w:rsid w:val="002C2D8C"/>
     <w:rsid w:val="002C2E65"/>
     <w:rsid w:val="002D1CA0"/>
     <w:rsid w:val="002E07FA"/>
     <w:rsid w:val="002E25E7"/>
     <w:rsid w:val="002E44A7"/>
     <w:rsid w:val="002E48C3"/>
     <w:rsid w:val="002E4C95"/>
     <w:rsid w:val="002E609B"/>
     <w:rsid w:val="002E6DAE"/>
     <w:rsid w:val="002E7496"/>
     <w:rsid w:val="002E78CB"/>
     <w:rsid w:val="002F00E6"/>
     <w:rsid w:val="002F0B30"/>
     <w:rsid w:val="002F1BF4"/>
     <w:rsid w:val="002F28AB"/>
     <w:rsid w:val="002F3842"/>
     <w:rsid w:val="002F6DE8"/>
     <w:rsid w:val="00300508"/>
     <w:rsid w:val="00300D45"/>
-    <w:rsid w:val="00301A29"/>
     <w:rsid w:val="003031EB"/>
-    <w:rsid w:val="00304A23"/>
     <w:rsid w:val="00305427"/>
     <w:rsid w:val="003054D2"/>
     <w:rsid w:val="00305C5F"/>
-    <w:rsid w:val="00306CB6"/>
+    <w:rsid w:val="00306815"/>
     <w:rsid w:val="003127A9"/>
     <w:rsid w:val="00313788"/>
     <w:rsid w:val="003152DC"/>
     <w:rsid w:val="00315B69"/>
     <w:rsid w:val="00320872"/>
     <w:rsid w:val="00320976"/>
     <w:rsid w:val="00320D67"/>
     <w:rsid w:val="00321044"/>
+    <w:rsid w:val="0032116A"/>
     <w:rsid w:val="00321EC4"/>
-    <w:rsid w:val="00322FB8"/>
     <w:rsid w:val="003245B5"/>
     <w:rsid w:val="00326D87"/>
     <w:rsid w:val="00327754"/>
-    <w:rsid w:val="003310B4"/>
     <w:rsid w:val="0033234F"/>
     <w:rsid w:val="003364E7"/>
-    <w:rsid w:val="00337325"/>
     <w:rsid w:val="00337817"/>
     <w:rsid w:val="00341137"/>
-    <w:rsid w:val="00342295"/>
     <w:rsid w:val="00343033"/>
     <w:rsid w:val="00347685"/>
     <w:rsid w:val="00347A8D"/>
     <w:rsid w:val="003512DE"/>
     <w:rsid w:val="003519A5"/>
-    <w:rsid w:val="003532CF"/>
     <w:rsid w:val="003538C4"/>
     <w:rsid w:val="00353B80"/>
     <w:rsid w:val="00353EEF"/>
     <w:rsid w:val="00354999"/>
     <w:rsid w:val="00356CE9"/>
-    <w:rsid w:val="0035731B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00363581"/>
     <w:rsid w:val="0036435E"/>
     <w:rsid w:val="0036520E"/>
     <w:rsid w:val="00366162"/>
     <w:rsid w:val="00366B88"/>
-    <w:rsid w:val="00366EA2"/>
     <w:rsid w:val="003676FC"/>
     <w:rsid w:val="00370A13"/>
     <w:rsid w:val="00373474"/>
     <w:rsid w:val="00376902"/>
     <w:rsid w:val="00376CB8"/>
-    <w:rsid w:val="00377E8E"/>
     <w:rsid w:val="00377F86"/>
     <w:rsid w:val="003811E0"/>
     <w:rsid w:val="00381311"/>
     <w:rsid w:val="00382054"/>
     <w:rsid w:val="00382E8E"/>
     <w:rsid w:val="0038335C"/>
     <w:rsid w:val="00383599"/>
     <w:rsid w:val="00383963"/>
     <w:rsid w:val="00383C5A"/>
     <w:rsid w:val="00384CCE"/>
     <w:rsid w:val="003853AB"/>
     <w:rsid w:val="00386B67"/>
     <w:rsid w:val="00386CF1"/>
     <w:rsid w:val="00386E54"/>
     <w:rsid w:val="00392D11"/>
     <w:rsid w:val="00393501"/>
     <w:rsid w:val="003959E7"/>
-    <w:rsid w:val="003973AE"/>
+    <w:rsid w:val="003968D2"/>
+    <w:rsid w:val="003A10CA"/>
     <w:rsid w:val="003A1BB0"/>
-    <w:rsid w:val="003A2870"/>
     <w:rsid w:val="003A3B38"/>
+    <w:rsid w:val="003A43A0"/>
     <w:rsid w:val="003A4A39"/>
     <w:rsid w:val="003B05B7"/>
     <w:rsid w:val="003B06A2"/>
     <w:rsid w:val="003B42FA"/>
     <w:rsid w:val="003B474C"/>
     <w:rsid w:val="003B62C9"/>
-    <w:rsid w:val="003C0F64"/>
+    <w:rsid w:val="003C184D"/>
     <w:rsid w:val="003C2797"/>
     <w:rsid w:val="003C3A7B"/>
     <w:rsid w:val="003C44EF"/>
+    <w:rsid w:val="003C52DB"/>
     <w:rsid w:val="003C5E7F"/>
     <w:rsid w:val="003D07AC"/>
+    <w:rsid w:val="003D14CB"/>
     <w:rsid w:val="003D1861"/>
     <w:rsid w:val="003D1C73"/>
-    <w:rsid w:val="003D1DF8"/>
     <w:rsid w:val="003D25A0"/>
     <w:rsid w:val="003D33E7"/>
     <w:rsid w:val="003D3B00"/>
     <w:rsid w:val="003D40EA"/>
     <w:rsid w:val="003D5A89"/>
     <w:rsid w:val="003D73E2"/>
     <w:rsid w:val="003E17DD"/>
     <w:rsid w:val="003E1CBC"/>
     <w:rsid w:val="003E3EC3"/>
-    <w:rsid w:val="003E42FB"/>
-    <w:rsid w:val="003E5BCC"/>
     <w:rsid w:val="003E72EF"/>
     <w:rsid w:val="003E7444"/>
     <w:rsid w:val="003F0C74"/>
     <w:rsid w:val="003F2097"/>
     <w:rsid w:val="003F3AE5"/>
     <w:rsid w:val="003F3FE7"/>
     <w:rsid w:val="003F51B0"/>
     <w:rsid w:val="003F5AB8"/>
     <w:rsid w:val="003F6720"/>
     <w:rsid w:val="003F75B5"/>
     <w:rsid w:val="00401F9E"/>
     <w:rsid w:val="00402348"/>
     <w:rsid w:val="00406204"/>
     <w:rsid w:val="00406266"/>
     <w:rsid w:val="00406E54"/>
     <w:rsid w:val="0040739B"/>
     <w:rsid w:val="004074D3"/>
-    <w:rsid w:val="00412FC0"/>
     <w:rsid w:val="00414CC5"/>
+    <w:rsid w:val="00415B7A"/>
     <w:rsid w:val="0041630B"/>
     <w:rsid w:val="0041786E"/>
     <w:rsid w:val="00420D1C"/>
     <w:rsid w:val="00423ED3"/>
     <w:rsid w:val="0042428A"/>
     <w:rsid w:val="0042435A"/>
-    <w:rsid w:val="004248F5"/>
     <w:rsid w:val="00424CB3"/>
     <w:rsid w:val="00424D6B"/>
     <w:rsid w:val="004252B0"/>
     <w:rsid w:val="004300FD"/>
     <w:rsid w:val="0043114E"/>
     <w:rsid w:val="00431199"/>
     <w:rsid w:val="00432222"/>
     <w:rsid w:val="004356FD"/>
     <w:rsid w:val="004369B1"/>
     <w:rsid w:val="00436E75"/>
     <w:rsid w:val="00443CB3"/>
     <w:rsid w:val="00444B16"/>
     <w:rsid w:val="00445DB2"/>
     <w:rsid w:val="004500FE"/>
     <w:rsid w:val="00455EB3"/>
     <w:rsid w:val="004614B9"/>
     <w:rsid w:val="00461E38"/>
     <w:rsid w:val="0046204C"/>
+    <w:rsid w:val="00462D9A"/>
     <w:rsid w:val="00463DD2"/>
     <w:rsid w:val="0046472E"/>
     <w:rsid w:val="00470CF9"/>
     <w:rsid w:val="004716A7"/>
     <w:rsid w:val="00471909"/>
     <w:rsid w:val="00471C29"/>
     <w:rsid w:val="0047224E"/>
     <w:rsid w:val="00472E8E"/>
-    <w:rsid w:val="00474030"/>
     <w:rsid w:val="00476822"/>
     <w:rsid w:val="00477144"/>
     <w:rsid w:val="00480F21"/>
-    <w:rsid w:val="00481B3F"/>
     <w:rsid w:val="00483C81"/>
     <w:rsid w:val="00484F6A"/>
     <w:rsid w:val="0048749D"/>
     <w:rsid w:val="00487C5C"/>
     <w:rsid w:val="00490043"/>
     <w:rsid w:val="00491CA7"/>
     <w:rsid w:val="00492447"/>
     <w:rsid w:val="00493D36"/>
     <w:rsid w:val="00496938"/>
     <w:rsid w:val="00497006"/>
     <w:rsid w:val="004A0E2E"/>
     <w:rsid w:val="004A1461"/>
     <w:rsid w:val="004A3635"/>
     <w:rsid w:val="004A3C89"/>
     <w:rsid w:val="004A712C"/>
     <w:rsid w:val="004B10E9"/>
     <w:rsid w:val="004B3205"/>
     <w:rsid w:val="004B362B"/>
     <w:rsid w:val="004B4EB8"/>
     <w:rsid w:val="004B566B"/>
     <w:rsid w:val="004B679C"/>
+    <w:rsid w:val="004B78B1"/>
     <w:rsid w:val="004B7D6B"/>
     <w:rsid w:val="004C040F"/>
     <w:rsid w:val="004C09EE"/>
     <w:rsid w:val="004C0AE9"/>
-    <w:rsid w:val="004C135F"/>
     <w:rsid w:val="004C1851"/>
     <w:rsid w:val="004C1D9F"/>
     <w:rsid w:val="004C4689"/>
     <w:rsid w:val="004C4962"/>
     <w:rsid w:val="004C5142"/>
     <w:rsid w:val="004C54E0"/>
     <w:rsid w:val="004C5AF0"/>
-    <w:rsid w:val="004C6A9A"/>
+    <w:rsid w:val="004C6774"/>
     <w:rsid w:val="004D1243"/>
     <w:rsid w:val="004D2DA4"/>
     <w:rsid w:val="004E27EB"/>
     <w:rsid w:val="004E308A"/>
+    <w:rsid w:val="004E3936"/>
     <w:rsid w:val="004E432F"/>
-    <w:rsid w:val="004E4F67"/>
     <w:rsid w:val="004E4FCF"/>
     <w:rsid w:val="004E65DB"/>
     <w:rsid w:val="004E787D"/>
     <w:rsid w:val="004E7ADF"/>
     <w:rsid w:val="004F0BBF"/>
     <w:rsid w:val="004F22C9"/>
     <w:rsid w:val="004F338C"/>
     <w:rsid w:val="004F3D68"/>
-    <w:rsid w:val="004F5639"/>
     <w:rsid w:val="004F6B93"/>
     <w:rsid w:val="004F78FD"/>
     <w:rsid w:val="005009A0"/>
     <w:rsid w:val="00501490"/>
-    <w:rsid w:val="00502728"/>
     <w:rsid w:val="0050798D"/>
     <w:rsid w:val="005105EC"/>
     <w:rsid w:val="00510ED4"/>
     <w:rsid w:val="00511E28"/>
     <w:rsid w:val="00513F42"/>
     <w:rsid w:val="00516585"/>
     <w:rsid w:val="00516B63"/>
     <w:rsid w:val="005175CD"/>
     <w:rsid w:val="00522B4D"/>
     <w:rsid w:val="00524838"/>
     <w:rsid w:val="00526951"/>
     <w:rsid w:val="005306D6"/>
     <w:rsid w:val="00530A30"/>
     <w:rsid w:val="00533B5E"/>
     <w:rsid w:val="00534552"/>
     <w:rsid w:val="005359CD"/>
     <w:rsid w:val="005365FE"/>
     <w:rsid w:val="00536D10"/>
     <w:rsid w:val="005377D8"/>
     <w:rsid w:val="00540B99"/>
     <w:rsid w:val="00541720"/>
     <w:rsid w:val="005425B7"/>
     <w:rsid w:val="0054298A"/>
     <w:rsid w:val="00542E65"/>
     <w:rsid w:val="005431FD"/>
     <w:rsid w:val="005455EE"/>
     <w:rsid w:val="00545B4E"/>
     <w:rsid w:val="00547093"/>
     <w:rsid w:val="00547E10"/>
     <w:rsid w:val="00547F48"/>
-    <w:rsid w:val="005529C8"/>
     <w:rsid w:val="00560978"/>
-    <w:rsid w:val="00561882"/>
     <w:rsid w:val="00562B73"/>
     <w:rsid w:val="0056315C"/>
     <w:rsid w:val="0056353B"/>
     <w:rsid w:val="00566619"/>
     <w:rsid w:val="005670BA"/>
     <w:rsid w:val="00567B7F"/>
     <w:rsid w:val="00570DE7"/>
     <w:rsid w:val="00570F60"/>
     <w:rsid w:val="00570FBE"/>
     <w:rsid w:val="005717C8"/>
     <w:rsid w:val="0057326E"/>
-    <w:rsid w:val="00574C60"/>
     <w:rsid w:val="00574CDA"/>
     <w:rsid w:val="005811D6"/>
     <w:rsid w:val="00581700"/>
-    <w:rsid w:val="00587153"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00590D3F"/>
     <w:rsid w:val="00591EAF"/>
     <w:rsid w:val="00592E26"/>
     <w:rsid w:val="0059452C"/>
     <w:rsid w:val="00594C87"/>
     <w:rsid w:val="00594F94"/>
     <w:rsid w:val="00596DE8"/>
     <w:rsid w:val="00596E9C"/>
+    <w:rsid w:val="005A003E"/>
     <w:rsid w:val="005A02C8"/>
     <w:rsid w:val="005A0676"/>
     <w:rsid w:val="005A0A11"/>
     <w:rsid w:val="005A1850"/>
-    <w:rsid w:val="005A1AF6"/>
     <w:rsid w:val="005A404E"/>
     <w:rsid w:val="005A4A11"/>
     <w:rsid w:val="005A6C1B"/>
     <w:rsid w:val="005B2B1D"/>
     <w:rsid w:val="005B3713"/>
     <w:rsid w:val="005B3823"/>
     <w:rsid w:val="005B3B6C"/>
     <w:rsid w:val="005B5510"/>
     <w:rsid w:val="005B6143"/>
     <w:rsid w:val="005B6171"/>
     <w:rsid w:val="005C0614"/>
-    <w:rsid w:val="005C0951"/>
+    <w:rsid w:val="005C35A7"/>
     <w:rsid w:val="005C3E2F"/>
     <w:rsid w:val="005C4E37"/>
     <w:rsid w:val="005D00E3"/>
     <w:rsid w:val="005D0F38"/>
     <w:rsid w:val="005D1174"/>
     <w:rsid w:val="005D171A"/>
     <w:rsid w:val="005D1CCF"/>
     <w:rsid w:val="005D2137"/>
     <w:rsid w:val="005D3326"/>
     <w:rsid w:val="005D3A2A"/>
     <w:rsid w:val="005D4457"/>
     <w:rsid w:val="005D4FB1"/>
     <w:rsid w:val="005D52BF"/>
     <w:rsid w:val="005E0770"/>
     <w:rsid w:val="005E333B"/>
     <w:rsid w:val="005E3687"/>
     <w:rsid w:val="005E4616"/>
     <w:rsid w:val="005E4B9F"/>
     <w:rsid w:val="005E5BCE"/>
-    <w:rsid w:val="005E5C41"/>
     <w:rsid w:val="005E62CF"/>
     <w:rsid w:val="005E7ADD"/>
     <w:rsid w:val="005F1F10"/>
     <w:rsid w:val="005F2807"/>
     <w:rsid w:val="005F526C"/>
     <w:rsid w:val="005F6808"/>
     <w:rsid w:val="00602166"/>
-    <w:rsid w:val="006054EE"/>
     <w:rsid w:val="00605E19"/>
-    <w:rsid w:val="00605E1E"/>
-    <w:rsid w:val="00605FA1"/>
     <w:rsid w:val="00606383"/>
     <w:rsid w:val="00606B55"/>
     <w:rsid w:val="0061153A"/>
     <w:rsid w:val="00612C86"/>
     <w:rsid w:val="00612CBC"/>
-    <w:rsid w:val="00613058"/>
     <w:rsid w:val="00613FD0"/>
     <w:rsid w:val="00614528"/>
     <w:rsid w:val="00615861"/>
     <w:rsid w:val="00616023"/>
-    <w:rsid w:val="00616CE6"/>
     <w:rsid w:val="0062099D"/>
     <w:rsid w:val="00620B21"/>
     <w:rsid w:val="00620F96"/>
+    <w:rsid w:val="00621A31"/>
     <w:rsid w:val="00623FE3"/>
     <w:rsid w:val="00624D25"/>
-    <w:rsid w:val="00626ED5"/>
     <w:rsid w:val="00626FBB"/>
-    <w:rsid w:val="00627E0E"/>
     <w:rsid w:val="006422CF"/>
     <w:rsid w:val="00642809"/>
     <w:rsid w:val="00644149"/>
     <w:rsid w:val="00644E7B"/>
     <w:rsid w:val="00644FE7"/>
+    <w:rsid w:val="00645D5D"/>
     <w:rsid w:val="006468B0"/>
     <w:rsid w:val="00650B0A"/>
     <w:rsid w:val="00651910"/>
     <w:rsid w:val="00657788"/>
     <w:rsid w:val="00657CD1"/>
     <w:rsid w:val="0066147F"/>
     <w:rsid w:val="006626A1"/>
     <w:rsid w:val="00663645"/>
     <w:rsid w:val="0066370F"/>
     <w:rsid w:val="006637C8"/>
     <w:rsid w:val="00663E24"/>
     <w:rsid w:val="006653B7"/>
     <w:rsid w:val="00667AE2"/>
     <w:rsid w:val="00670632"/>
     <w:rsid w:val="00670E6A"/>
     <w:rsid w:val="00673B69"/>
     <w:rsid w:val="00674923"/>
     <w:rsid w:val="006751BD"/>
     <w:rsid w:val="00676926"/>
     <w:rsid w:val="00677B91"/>
     <w:rsid w:val="00682C14"/>
     <w:rsid w:val="006836F0"/>
     <w:rsid w:val="00684EB5"/>
     <w:rsid w:val="00686BBA"/>
     <w:rsid w:val="00687311"/>
     <w:rsid w:val="00691169"/>
     <w:rsid w:val="0069244E"/>
     <w:rsid w:val="00694755"/>
     <w:rsid w:val="00694F36"/>
     <w:rsid w:val="006A01E5"/>
     <w:rsid w:val="006A0CE2"/>
     <w:rsid w:val="006A196F"/>
-    <w:rsid w:val="006A4787"/>
+    <w:rsid w:val="006A6CA7"/>
     <w:rsid w:val="006A78C5"/>
-    <w:rsid w:val="006B1A77"/>
     <w:rsid w:val="006B2F53"/>
     <w:rsid w:val="006B4227"/>
     <w:rsid w:val="006B5BE0"/>
     <w:rsid w:val="006B5CB6"/>
-    <w:rsid w:val="006B5CD3"/>
     <w:rsid w:val="006B6515"/>
     <w:rsid w:val="006B752A"/>
     <w:rsid w:val="006C08D3"/>
-    <w:rsid w:val="006C3CF7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006C4CE9"/>
     <w:rsid w:val="006C658D"/>
     <w:rsid w:val="006C7078"/>
     <w:rsid w:val="006D0C85"/>
     <w:rsid w:val="006D2F13"/>
     <w:rsid w:val="006D5065"/>
     <w:rsid w:val="006D634E"/>
     <w:rsid w:val="006E0C82"/>
     <w:rsid w:val="006E6195"/>
-    <w:rsid w:val="006E66FD"/>
     <w:rsid w:val="006F0B0F"/>
     <w:rsid w:val="006F2216"/>
     <w:rsid w:val="006F43D9"/>
     <w:rsid w:val="006F47DF"/>
-    <w:rsid w:val="006F63F6"/>
     <w:rsid w:val="006F7437"/>
     <w:rsid w:val="006F7A91"/>
-    <w:rsid w:val="007010BC"/>
     <w:rsid w:val="007016D9"/>
     <w:rsid w:val="0070379B"/>
     <w:rsid w:val="0070417E"/>
-    <w:rsid w:val="00706059"/>
     <w:rsid w:val="0070673D"/>
     <w:rsid w:val="00706FA2"/>
     <w:rsid w:val="00706FD6"/>
     <w:rsid w:val="00710858"/>
     <w:rsid w:val="0071171F"/>
     <w:rsid w:val="00711F25"/>
     <w:rsid w:val="0071253F"/>
-    <w:rsid w:val="0071338D"/>
     <w:rsid w:val="00713C04"/>
     <w:rsid w:val="00714BBB"/>
     <w:rsid w:val="0071598A"/>
-    <w:rsid w:val="00717814"/>
     <w:rsid w:val="00717B4B"/>
     <w:rsid w:val="00721A9C"/>
     <w:rsid w:val="00721E6C"/>
     <w:rsid w:val="00723BD4"/>
     <w:rsid w:val="0072605F"/>
     <w:rsid w:val="007275AC"/>
     <w:rsid w:val="00727797"/>
     <w:rsid w:val="00731C0F"/>
     <w:rsid w:val="00732610"/>
     <w:rsid w:val="00732AF3"/>
     <w:rsid w:val="00734109"/>
     <w:rsid w:val="00734755"/>
     <w:rsid w:val="007373BA"/>
     <w:rsid w:val="00737DF1"/>
     <w:rsid w:val="00737FFB"/>
     <w:rsid w:val="0074504E"/>
+    <w:rsid w:val="00745376"/>
     <w:rsid w:val="00745E56"/>
     <w:rsid w:val="007462C7"/>
     <w:rsid w:val="00746EAF"/>
     <w:rsid w:val="00747FDE"/>
     <w:rsid w:val="0075146E"/>
     <w:rsid w:val="00751AC1"/>
     <w:rsid w:val="00755653"/>
     <w:rsid w:val="00763A26"/>
     <w:rsid w:val="007648D3"/>
     <w:rsid w:val="0077086E"/>
     <w:rsid w:val="007709D3"/>
     <w:rsid w:val="00773143"/>
-    <w:rsid w:val="00773403"/>
-    <w:rsid w:val="0077586D"/>
     <w:rsid w:val="0077591B"/>
     <w:rsid w:val="0077746D"/>
     <w:rsid w:val="00782FD4"/>
     <w:rsid w:val="007834C2"/>
+    <w:rsid w:val="00783675"/>
     <w:rsid w:val="0078424D"/>
     <w:rsid w:val="00790231"/>
     <w:rsid w:val="00791032"/>
     <w:rsid w:val="00792A59"/>
     <w:rsid w:val="00794FB7"/>
     <w:rsid w:val="007961CD"/>
     <w:rsid w:val="00797DF4"/>
-    <w:rsid w:val="007A296C"/>
     <w:rsid w:val="007A5153"/>
     <w:rsid w:val="007A6147"/>
     <w:rsid w:val="007A68F0"/>
+    <w:rsid w:val="007A6DF4"/>
     <w:rsid w:val="007A70B8"/>
-    <w:rsid w:val="007B033E"/>
     <w:rsid w:val="007B153D"/>
     <w:rsid w:val="007B18F1"/>
     <w:rsid w:val="007B19B9"/>
     <w:rsid w:val="007B231F"/>
-    <w:rsid w:val="007B278A"/>
     <w:rsid w:val="007B504D"/>
-    <w:rsid w:val="007B53EC"/>
     <w:rsid w:val="007B67F0"/>
     <w:rsid w:val="007B69A0"/>
     <w:rsid w:val="007B6A4F"/>
     <w:rsid w:val="007C0C47"/>
     <w:rsid w:val="007C0FFE"/>
     <w:rsid w:val="007C1F0C"/>
     <w:rsid w:val="007C2C67"/>
     <w:rsid w:val="007C486F"/>
-    <w:rsid w:val="007D07D6"/>
     <w:rsid w:val="007D1167"/>
-    <w:rsid w:val="007D2C28"/>
     <w:rsid w:val="007D3875"/>
     <w:rsid w:val="007D5378"/>
     <w:rsid w:val="007D5A22"/>
-    <w:rsid w:val="007E0ED3"/>
+    <w:rsid w:val="007E2AC5"/>
     <w:rsid w:val="007E3B47"/>
     <w:rsid w:val="007E48D5"/>
     <w:rsid w:val="007E5E81"/>
     <w:rsid w:val="007E60B5"/>
     <w:rsid w:val="007E7E73"/>
     <w:rsid w:val="007F18E3"/>
     <w:rsid w:val="007F1C14"/>
     <w:rsid w:val="007F2525"/>
     <w:rsid w:val="007F4F58"/>
     <w:rsid w:val="007F5ABD"/>
     <w:rsid w:val="00803405"/>
     <w:rsid w:val="00804206"/>
     <w:rsid w:val="00805552"/>
-    <w:rsid w:val="00812143"/>
     <w:rsid w:val="00815040"/>
     <w:rsid w:val="00815573"/>
     <w:rsid w:val="00815C13"/>
     <w:rsid w:val="0081653F"/>
+    <w:rsid w:val="00816606"/>
     <w:rsid w:val="00817F33"/>
+    <w:rsid w:val="00820F37"/>
     <w:rsid w:val="0082114D"/>
     <w:rsid w:val="00821D11"/>
     <w:rsid w:val="00822F89"/>
     <w:rsid w:val="00823219"/>
     <w:rsid w:val="00824143"/>
     <w:rsid w:val="00825148"/>
     <w:rsid w:val="008256EF"/>
     <w:rsid w:val="00826B8A"/>
     <w:rsid w:val="00826C0B"/>
     <w:rsid w:val="008311FF"/>
     <w:rsid w:val="00832881"/>
     <w:rsid w:val="0083298C"/>
     <w:rsid w:val="00834FEC"/>
     <w:rsid w:val="00835394"/>
-    <w:rsid w:val="00835790"/>
-    <w:rsid w:val="0083605F"/>
     <w:rsid w:val="0083680D"/>
     <w:rsid w:val="008405D2"/>
+    <w:rsid w:val="00840905"/>
+    <w:rsid w:val="00840FDD"/>
     <w:rsid w:val="008418F7"/>
     <w:rsid w:val="008437B1"/>
     <w:rsid w:val="008442F3"/>
-    <w:rsid w:val="0084501A"/>
     <w:rsid w:val="008460A0"/>
     <w:rsid w:val="008468A9"/>
-    <w:rsid w:val="008501EE"/>
     <w:rsid w:val="008515B6"/>
     <w:rsid w:val="00853D35"/>
     <w:rsid w:val="00854D72"/>
     <w:rsid w:val="00854EBD"/>
     <w:rsid w:val="00863370"/>
-    <w:rsid w:val="008633D7"/>
     <w:rsid w:val="0086379B"/>
     <w:rsid w:val="00866166"/>
     <w:rsid w:val="00870541"/>
     <w:rsid w:val="00870D50"/>
     <w:rsid w:val="00871C47"/>
     <w:rsid w:val="00872350"/>
-    <w:rsid w:val="0087249D"/>
     <w:rsid w:val="0087559E"/>
     <w:rsid w:val="00877A52"/>
     <w:rsid w:val="00877EDF"/>
     <w:rsid w:val="0088040B"/>
     <w:rsid w:val="0088147E"/>
     <w:rsid w:val="008833FF"/>
     <w:rsid w:val="008837D4"/>
+    <w:rsid w:val="008839CF"/>
     <w:rsid w:val="00883F15"/>
-    <w:rsid w:val="0088755C"/>
     <w:rsid w:val="00890288"/>
-    <w:rsid w:val="008922E1"/>
     <w:rsid w:val="0089397C"/>
     <w:rsid w:val="00893C0F"/>
     <w:rsid w:val="00893C4E"/>
     <w:rsid w:val="00893DFE"/>
-    <w:rsid w:val="00894184"/>
     <w:rsid w:val="00896811"/>
     <w:rsid w:val="00897B8E"/>
-    <w:rsid w:val="00897FAE"/>
     <w:rsid w:val="008A19A3"/>
     <w:rsid w:val="008A2AF1"/>
-    <w:rsid w:val="008A32D1"/>
     <w:rsid w:val="008A4A37"/>
     <w:rsid w:val="008A54F7"/>
     <w:rsid w:val="008A5830"/>
     <w:rsid w:val="008A69CD"/>
     <w:rsid w:val="008A7269"/>
     <w:rsid w:val="008A782C"/>
     <w:rsid w:val="008A7DBB"/>
     <w:rsid w:val="008B0055"/>
     <w:rsid w:val="008B056D"/>
     <w:rsid w:val="008B3F10"/>
     <w:rsid w:val="008B580D"/>
-    <w:rsid w:val="008B5E48"/>
     <w:rsid w:val="008B69AF"/>
-    <w:rsid w:val="008C1C7D"/>
     <w:rsid w:val="008C53D8"/>
     <w:rsid w:val="008C5EBA"/>
     <w:rsid w:val="008C7BB6"/>
-    <w:rsid w:val="008C7BBB"/>
     <w:rsid w:val="008C7D54"/>
     <w:rsid w:val="008D06A9"/>
     <w:rsid w:val="008D0BA9"/>
+    <w:rsid w:val="008D1A28"/>
     <w:rsid w:val="008D1AD4"/>
     <w:rsid w:val="008D23C8"/>
     <w:rsid w:val="008D3CF8"/>
     <w:rsid w:val="008D5CA3"/>
     <w:rsid w:val="008D63FF"/>
-    <w:rsid w:val="008E332C"/>
+    <w:rsid w:val="008D7483"/>
     <w:rsid w:val="008E5123"/>
     <w:rsid w:val="008E5920"/>
     <w:rsid w:val="008E6DBC"/>
     <w:rsid w:val="008E78D2"/>
     <w:rsid w:val="008F2309"/>
     <w:rsid w:val="008F284C"/>
     <w:rsid w:val="008F392F"/>
     <w:rsid w:val="008F6173"/>
     <w:rsid w:val="008F6DC9"/>
     <w:rsid w:val="00901CF0"/>
     <w:rsid w:val="00902D7A"/>
     <w:rsid w:val="00903563"/>
     <w:rsid w:val="009053D1"/>
     <w:rsid w:val="00905DD9"/>
     <w:rsid w:val="00906EB7"/>
     <w:rsid w:val="009074A9"/>
     <w:rsid w:val="009077EF"/>
     <w:rsid w:val="009100F0"/>
-    <w:rsid w:val="00910896"/>
     <w:rsid w:val="009130DE"/>
     <w:rsid w:val="00915A19"/>
-    <w:rsid w:val="00915B29"/>
     <w:rsid w:val="00915FC9"/>
     <w:rsid w:val="009224B5"/>
     <w:rsid w:val="00924D58"/>
-    <w:rsid w:val="009303E8"/>
-    <w:rsid w:val="00932783"/>
     <w:rsid w:val="00934010"/>
     <w:rsid w:val="00935D0F"/>
     <w:rsid w:val="0093654B"/>
     <w:rsid w:val="00937AA7"/>
     <w:rsid w:val="009425FF"/>
     <w:rsid w:val="0094356F"/>
     <w:rsid w:val="00943D65"/>
     <w:rsid w:val="0094435E"/>
     <w:rsid w:val="009449D4"/>
+    <w:rsid w:val="00944D92"/>
     <w:rsid w:val="00947375"/>
     <w:rsid w:val="009477F1"/>
-    <w:rsid w:val="00953772"/>
     <w:rsid w:val="0095468B"/>
-    <w:rsid w:val="00955FF8"/>
     <w:rsid w:val="00956533"/>
     <w:rsid w:val="00957877"/>
     <w:rsid w:val="009603AB"/>
     <w:rsid w:val="0096388B"/>
     <w:rsid w:val="009644EC"/>
+    <w:rsid w:val="00964B6D"/>
     <w:rsid w:val="009652ED"/>
     <w:rsid w:val="0097169D"/>
     <w:rsid w:val="00971948"/>
     <w:rsid w:val="00973839"/>
     <w:rsid w:val="00974C24"/>
     <w:rsid w:val="00975205"/>
     <w:rsid w:val="0097674F"/>
-    <w:rsid w:val="00981271"/>
     <w:rsid w:val="00981F4B"/>
     <w:rsid w:val="009838CB"/>
     <w:rsid w:val="009840E1"/>
     <w:rsid w:val="00986A40"/>
     <w:rsid w:val="00987347"/>
     <w:rsid w:val="00987915"/>
-    <w:rsid w:val="00987D13"/>
     <w:rsid w:val="00987E23"/>
     <w:rsid w:val="00990B3C"/>
     <w:rsid w:val="00991A70"/>
     <w:rsid w:val="00991C69"/>
     <w:rsid w:val="00992A83"/>
     <w:rsid w:val="00994862"/>
     <w:rsid w:val="0099617C"/>
     <w:rsid w:val="009972F0"/>
     <w:rsid w:val="009A28C3"/>
     <w:rsid w:val="009A2FB3"/>
     <w:rsid w:val="009A3EE0"/>
     <w:rsid w:val="009A49AB"/>
     <w:rsid w:val="009A5568"/>
     <w:rsid w:val="009A68E4"/>
+    <w:rsid w:val="009A698B"/>
     <w:rsid w:val="009A72B4"/>
     <w:rsid w:val="009B1511"/>
-    <w:rsid w:val="009B1BD7"/>
     <w:rsid w:val="009B2B44"/>
     <w:rsid w:val="009B3B8E"/>
     <w:rsid w:val="009B3F83"/>
     <w:rsid w:val="009B691F"/>
     <w:rsid w:val="009B778F"/>
     <w:rsid w:val="009C0EC4"/>
     <w:rsid w:val="009C236F"/>
     <w:rsid w:val="009C3956"/>
     <w:rsid w:val="009C5EE1"/>
-    <w:rsid w:val="009C5FC3"/>
     <w:rsid w:val="009C60D4"/>
-    <w:rsid w:val="009D0622"/>
+    <w:rsid w:val="009D07EC"/>
     <w:rsid w:val="009D0A76"/>
-    <w:rsid w:val="009D23E2"/>
+    <w:rsid w:val="009D0EEC"/>
     <w:rsid w:val="009D35A3"/>
     <w:rsid w:val="009D53EA"/>
     <w:rsid w:val="009D6052"/>
-    <w:rsid w:val="009E1D9A"/>
     <w:rsid w:val="009E2884"/>
-    <w:rsid w:val="009E3595"/>
     <w:rsid w:val="009E36B6"/>
-    <w:rsid w:val="009E48FE"/>
     <w:rsid w:val="009E4D43"/>
-    <w:rsid w:val="009E73EF"/>
     <w:rsid w:val="009F0A98"/>
     <w:rsid w:val="009F0EED"/>
-    <w:rsid w:val="009F24BD"/>
-    <w:rsid w:val="009F4656"/>
     <w:rsid w:val="009F5672"/>
     <w:rsid w:val="00A02846"/>
     <w:rsid w:val="00A0316F"/>
-    <w:rsid w:val="00A036CC"/>
     <w:rsid w:val="00A07273"/>
     <w:rsid w:val="00A10511"/>
     <w:rsid w:val="00A12535"/>
+    <w:rsid w:val="00A15AA9"/>
     <w:rsid w:val="00A16A68"/>
     <w:rsid w:val="00A17011"/>
     <w:rsid w:val="00A20688"/>
     <w:rsid w:val="00A21081"/>
     <w:rsid w:val="00A27A08"/>
     <w:rsid w:val="00A308ED"/>
     <w:rsid w:val="00A31711"/>
     <w:rsid w:val="00A332E4"/>
     <w:rsid w:val="00A36AEC"/>
     <w:rsid w:val="00A41873"/>
     <w:rsid w:val="00A42142"/>
-    <w:rsid w:val="00A47678"/>
     <w:rsid w:val="00A47B06"/>
     <w:rsid w:val="00A503C6"/>
     <w:rsid w:val="00A50E2C"/>
     <w:rsid w:val="00A52B8B"/>
     <w:rsid w:val="00A54956"/>
+    <w:rsid w:val="00A5712D"/>
     <w:rsid w:val="00A57615"/>
     <w:rsid w:val="00A57EC0"/>
     <w:rsid w:val="00A6097F"/>
     <w:rsid w:val="00A609FE"/>
     <w:rsid w:val="00A61E06"/>
     <w:rsid w:val="00A622E5"/>
     <w:rsid w:val="00A632CC"/>
     <w:rsid w:val="00A636DF"/>
-    <w:rsid w:val="00A66368"/>
     <w:rsid w:val="00A666EF"/>
-    <w:rsid w:val="00A71746"/>
     <w:rsid w:val="00A726E9"/>
     <w:rsid w:val="00A7280C"/>
     <w:rsid w:val="00A7437C"/>
-    <w:rsid w:val="00A75A7E"/>
     <w:rsid w:val="00A77A92"/>
     <w:rsid w:val="00A821C7"/>
     <w:rsid w:val="00A821D9"/>
-    <w:rsid w:val="00A86589"/>
     <w:rsid w:val="00A871C2"/>
     <w:rsid w:val="00A90A94"/>
     <w:rsid w:val="00A92EED"/>
     <w:rsid w:val="00A972CF"/>
     <w:rsid w:val="00A9743C"/>
     <w:rsid w:val="00AA0D92"/>
     <w:rsid w:val="00AB2369"/>
     <w:rsid w:val="00AB23BE"/>
     <w:rsid w:val="00AB2BE0"/>
     <w:rsid w:val="00AB6D67"/>
     <w:rsid w:val="00AC22C3"/>
-    <w:rsid w:val="00AD1387"/>
     <w:rsid w:val="00AD40CB"/>
     <w:rsid w:val="00AD4321"/>
     <w:rsid w:val="00AD4678"/>
     <w:rsid w:val="00AD5CBD"/>
     <w:rsid w:val="00AE0782"/>
     <w:rsid w:val="00AE0B6E"/>
     <w:rsid w:val="00AE0C14"/>
     <w:rsid w:val="00AE1FE5"/>
     <w:rsid w:val="00AE3F47"/>
     <w:rsid w:val="00AE4633"/>
     <w:rsid w:val="00AE6406"/>
+    <w:rsid w:val="00AE6614"/>
     <w:rsid w:val="00AF0A3B"/>
     <w:rsid w:val="00AF0F9D"/>
+    <w:rsid w:val="00AF18BA"/>
     <w:rsid w:val="00AF69BC"/>
     <w:rsid w:val="00AF6D8C"/>
     <w:rsid w:val="00AF7915"/>
     <w:rsid w:val="00B01C8A"/>
-    <w:rsid w:val="00B02358"/>
     <w:rsid w:val="00B0256D"/>
     <w:rsid w:val="00B02A8A"/>
-    <w:rsid w:val="00B03D1C"/>
     <w:rsid w:val="00B042FF"/>
     <w:rsid w:val="00B05D8E"/>
     <w:rsid w:val="00B066DD"/>
     <w:rsid w:val="00B0671A"/>
     <w:rsid w:val="00B107DF"/>
     <w:rsid w:val="00B10F7A"/>
-    <w:rsid w:val="00B11D62"/>
     <w:rsid w:val="00B13013"/>
     <w:rsid w:val="00B13D3C"/>
     <w:rsid w:val="00B1518B"/>
     <w:rsid w:val="00B154B9"/>
     <w:rsid w:val="00B15AFB"/>
-    <w:rsid w:val="00B16686"/>
+    <w:rsid w:val="00B16DDD"/>
     <w:rsid w:val="00B17551"/>
     <w:rsid w:val="00B24F96"/>
     <w:rsid w:val="00B2556F"/>
     <w:rsid w:val="00B25639"/>
-    <w:rsid w:val="00B25ABB"/>
     <w:rsid w:val="00B25E0F"/>
     <w:rsid w:val="00B27398"/>
     <w:rsid w:val="00B275D7"/>
     <w:rsid w:val="00B27ABB"/>
-    <w:rsid w:val="00B27F63"/>
     <w:rsid w:val="00B308C9"/>
     <w:rsid w:val="00B31CDA"/>
-    <w:rsid w:val="00B3213B"/>
     <w:rsid w:val="00B34A52"/>
+    <w:rsid w:val="00B377AE"/>
     <w:rsid w:val="00B415B1"/>
     <w:rsid w:val="00B42909"/>
     <w:rsid w:val="00B430E3"/>
     <w:rsid w:val="00B44F54"/>
     <w:rsid w:val="00B45618"/>
     <w:rsid w:val="00B475AC"/>
     <w:rsid w:val="00B50531"/>
     <w:rsid w:val="00B51137"/>
     <w:rsid w:val="00B52343"/>
     <w:rsid w:val="00B52AB3"/>
-    <w:rsid w:val="00B54C98"/>
     <w:rsid w:val="00B55129"/>
     <w:rsid w:val="00B55D61"/>
     <w:rsid w:val="00B5649E"/>
     <w:rsid w:val="00B56ABD"/>
     <w:rsid w:val="00B579BA"/>
     <w:rsid w:val="00B605C2"/>
     <w:rsid w:val="00B66370"/>
     <w:rsid w:val="00B674C2"/>
     <w:rsid w:val="00B675C4"/>
     <w:rsid w:val="00B701EE"/>
     <w:rsid w:val="00B724BC"/>
     <w:rsid w:val="00B72C6E"/>
     <w:rsid w:val="00B73D7A"/>
+    <w:rsid w:val="00B75241"/>
     <w:rsid w:val="00B75E4E"/>
     <w:rsid w:val="00B75F88"/>
-    <w:rsid w:val="00B7710B"/>
     <w:rsid w:val="00B77136"/>
-    <w:rsid w:val="00B77D81"/>
     <w:rsid w:val="00B80784"/>
     <w:rsid w:val="00B8340E"/>
     <w:rsid w:val="00B834FC"/>
-    <w:rsid w:val="00B8447D"/>
+    <w:rsid w:val="00B838D0"/>
     <w:rsid w:val="00B8488A"/>
     <w:rsid w:val="00B86E5C"/>
     <w:rsid w:val="00B91323"/>
     <w:rsid w:val="00B94DCE"/>
     <w:rsid w:val="00B95DF1"/>
     <w:rsid w:val="00B96BE9"/>
     <w:rsid w:val="00B96DA4"/>
     <w:rsid w:val="00B96DEC"/>
     <w:rsid w:val="00B9769C"/>
     <w:rsid w:val="00BA0566"/>
-    <w:rsid w:val="00BA0ECB"/>
     <w:rsid w:val="00BA1F5C"/>
+    <w:rsid w:val="00BA2134"/>
     <w:rsid w:val="00BA297A"/>
     <w:rsid w:val="00BA46C1"/>
     <w:rsid w:val="00BA472C"/>
     <w:rsid w:val="00BA5F80"/>
     <w:rsid w:val="00BB0AE7"/>
     <w:rsid w:val="00BB0D4C"/>
     <w:rsid w:val="00BB17CF"/>
     <w:rsid w:val="00BB254D"/>
     <w:rsid w:val="00BB3A0E"/>
     <w:rsid w:val="00BB3C15"/>
     <w:rsid w:val="00BB5D32"/>
     <w:rsid w:val="00BC395F"/>
     <w:rsid w:val="00BC4A3D"/>
     <w:rsid w:val="00BC4E2E"/>
     <w:rsid w:val="00BC6603"/>
     <w:rsid w:val="00BC7B65"/>
     <w:rsid w:val="00BC7BC8"/>
     <w:rsid w:val="00BD058B"/>
     <w:rsid w:val="00BD292A"/>
     <w:rsid w:val="00BD2AE6"/>
-    <w:rsid w:val="00BD4027"/>
     <w:rsid w:val="00BD41CF"/>
-    <w:rsid w:val="00BD470A"/>
     <w:rsid w:val="00BD4B1E"/>
     <w:rsid w:val="00BD4E4F"/>
     <w:rsid w:val="00BD5213"/>
     <w:rsid w:val="00BD52B1"/>
     <w:rsid w:val="00BD63D5"/>
     <w:rsid w:val="00BD64EF"/>
     <w:rsid w:val="00BE1E23"/>
     <w:rsid w:val="00BE2513"/>
     <w:rsid w:val="00BE3BF3"/>
     <w:rsid w:val="00BE3D72"/>
     <w:rsid w:val="00BE7C61"/>
     <w:rsid w:val="00BF0927"/>
     <w:rsid w:val="00BF0F7A"/>
     <w:rsid w:val="00BF1488"/>
     <w:rsid w:val="00BF1E7F"/>
     <w:rsid w:val="00BF548B"/>
     <w:rsid w:val="00C00C76"/>
     <w:rsid w:val="00C021C3"/>
-    <w:rsid w:val="00C03AD8"/>
     <w:rsid w:val="00C05148"/>
     <w:rsid w:val="00C0604F"/>
     <w:rsid w:val="00C0782B"/>
     <w:rsid w:val="00C126B0"/>
     <w:rsid w:val="00C12F85"/>
     <w:rsid w:val="00C13CCC"/>
     <w:rsid w:val="00C14289"/>
     <w:rsid w:val="00C14644"/>
-    <w:rsid w:val="00C179AB"/>
     <w:rsid w:val="00C17F89"/>
     <w:rsid w:val="00C22811"/>
     <w:rsid w:val="00C241FD"/>
     <w:rsid w:val="00C26889"/>
     <w:rsid w:val="00C31776"/>
     <w:rsid w:val="00C31996"/>
-    <w:rsid w:val="00C31E5E"/>
+    <w:rsid w:val="00C31D33"/>
     <w:rsid w:val="00C347B0"/>
     <w:rsid w:val="00C35C75"/>
     <w:rsid w:val="00C366EF"/>
     <w:rsid w:val="00C40625"/>
     <w:rsid w:val="00C410E8"/>
     <w:rsid w:val="00C4291C"/>
     <w:rsid w:val="00C434A9"/>
     <w:rsid w:val="00C437A6"/>
     <w:rsid w:val="00C44A8E"/>
     <w:rsid w:val="00C51C28"/>
     <w:rsid w:val="00C52B40"/>
     <w:rsid w:val="00C541A1"/>
     <w:rsid w:val="00C56BB4"/>
-    <w:rsid w:val="00C57B00"/>
     <w:rsid w:val="00C57C1E"/>
     <w:rsid w:val="00C60780"/>
     <w:rsid w:val="00C60B12"/>
     <w:rsid w:val="00C60D59"/>
     <w:rsid w:val="00C61ECA"/>
-    <w:rsid w:val="00C627A0"/>
     <w:rsid w:val="00C6336A"/>
     <w:rsid w:val="00C645D6"/>
     <w:rsid w:val="00C67D3B"/>
     <w:rsid w:val="00C708B0"/>
     <w:rsid w:val="00C70B80"/>
     <w:rsid w:val="00C70F80"/>
     <w:rsid w:val="00C71971"/>
     <w:rsid w:val="00C71F2C"/>
     <w:rsid w:val="00C7207B"/>
     <w:rsid w:val="00C72E50"/>
-    <w:rsid w:val="00C73C30"/>
     <w:rsid w:val="00C74865"/>
     <w:rsid w:val="00C7528A"/>
     <w:rsid w:val="00C758A9"/>
     <w:rsid w:val="00C81BBC"/>
     <w:rsid w:val="00C8291C"/>
     <w:rsid w:val="00C831A8"/>
     <w:rsid w:val="00C86290"/>
-    <w:rsid w:val="00C90E5F"/>
     <w:rsid w:val="00C92D47"/>
     <w:rsid w:val="00C93BB3"/>
     <w:rsid w:val="00C945E2"/>
     <w:rsid w:val="00C95162"/>
     <w:rsid w:val="00C956BA"/>
     <w:rsid w:val="00C96690"/>
+    <w:rsid w:val="00C9786C"/>
     <w:rsid w:val="00CA40F4"/>
     <w:rsid w:val="00CA6302"/>
     <w:rsid w:val="00CA70FD"/>
     <w:rsid w:val="00CA78E9"/>
+    <w:rsid w:val="00CA7AE9"/>
     <w:rsid w:val="00CA7B6C"/>
     <w:rsid w:val="00CB011B"/>
-    <w:rsid w:val="00CB0BB7"/>
     <w:rsid w:val="00CB240B"/>
     <w:rsid w:val="00CC1EF0"/>
     <w:rsid w:val="00CC1FC8"/>
-    <w:rsid w:val="00CC3B88"/>
-    <w:rsid w:val="00CC3FB8"/>
     <w:rsid w:val="00CC660F"/>
     <w:rsid w:val="00CC68C8"/>
     <w:rsid w:val="00CD1072"/>
     <w:rsid w:val="00CD36BF"/>
     <w:rsid w:val="00CD5972"/>
     <w:rsid w:val="00CD7352"/>
     <w:rsid w:val="00CD759C"/>
     <w:rsid w:val="00CE021B"/>
     <w:rsid w:val="00CE102B"/>
     <w:rsid w:val="00CE1A7D"/>
     <w:rsid w:val="00CE28E8"/>
-    <w:rsid w:val="00CE2FC8"/>
+    <w:rsid w:val="00CE2BBB"/>
     <w:rsid w:val="00CE4E0B"/>
     <w:rsid w:val="00CE517A"/>
     <w:rsid w:val="00CE5259"/>
     <w:rsid w:val="00CE6112"/>
-    <w:rsid w:val="00CE6A82"/>
     <w:rsid w:val="00CE73B6"/>
-    <w:rsid w:val="00CF4B8C"/>
     <w:rsid w:val="00CF7772"/>
     <w:rsid w:val="00D0165F"/>
     <w:rsid w:val="00D01F3B"/>
+    <w:rsid w:val="00D036D6"/>
     <w:rsid w:val="00D04C24"/>
     <w:rsid w:val="00D061A4"/>
     <w:rsid w:val="00D06245"/>
     <w:rsid w:val="00D1069A"/>
-    <w:rsid w:val="00D13FF3"/>
-    <w:rsid w:val="00D152B2"/>
+    <w:rsid w:val="00D1520C"/>
     <w:rsid w:val="00D15B2A"/>
-    <w:rsid w:val="00D16EE4"/>
     <w:rsid w:val="00D17548"/>
     <w:rsid w:val="00D176BD"/>
     <w:rsid w:val="00D20586"/>
     <w:rsid w:val="00D208FB"/>
-    <w:rsid w:val="00D20DC2"/>
-    <w:rsid w:val="00D20E59"/>
     <w:rsid w:val="00D246A2"/>
+    <w:rsid w:val="00D26397"/>
+    <w:rsid w:val="00D2701B"/>
     <w:rsid w:val="00D30D6D"/>
     <w:rsid w:val="00D3124B"/>
     <w:rsid w:val="00D359CA"/>
     <w:rsid w:val="00D37250"/>
     <w:rsid w:val="00D3734D"/>
     <w:rsid w:val="00D3737B"/>
-    <w:rsid w:val="00D37A22"/>
     <w:rsid w:val="00D40001"/>
     <w:rsid w:val="00D43952"/>
     <w:rsid w:val="00D45672"/>
     <w:rsid w:val="00D45E1B"/>
     <w:rsid w:val="00D46809"/>
     <w:rsid w:val="00D471C0"/>
     <w:rsid w:val="00D56041"/>
     <w:rsid w:val="00D57439"/>
     <w:rsid w:val="00D579E7"/>
     <w:rsid w:val="00D6448C"/>
     <w:rsid w:val="00D661B0"/>
     <w:rsid w:val="00D66FD5"/>
-    <w:rsid w:val="00D70520"/>
     <w:rsid w:val="00D70FC5"/>
     <w:rsid w:val="00D7170C"/>
-    <w:rsid w:val="00D725F1"/>
     <w:rsid w:val="00D75EB4"/>
     <w:rsid w:val="00D77C20"/>
     <w:rsid w:val="00D80CEB"/>
     <w:rsid w:val="00D81BAA"/>
     <w:rsid w:val="00D83564"/>
     <w:rsid w:val="00D83BD3"/>
+    <w:rsid w:val="00D83CFF"/>
     <w:rsid w:val="00D83D53"/>
-    <w:rsid w:val="00D860E3"/>
     <w:rsid w:val="00D8629D"/>
     <w:rsid w:val="00D8664E"/>
-    <w:rsid w:val="00D86F04"/>
+    <w:rsid w:val="00D872B4"/>
     <w:rsid w:val="00D876D3"/>
     <w:rsid w:val="00D87CCE"/>
     <w:rsid w:val="00D87F9A"/>
     <w:rsid w:val="00D92789"/>
     <w:rsid w:val="00D92A7F"/>
     <w:rsid w:val="00D93857"/>
     <w:rsid w:val="00D97A7D"/>
     <w:rsid w:val="00DA2D07"/>
     <w:rsid w:val="00DA3264"/>
+    <w:rsid w:val="00DA41C3"/>
     <w:rsid w:val="00DA6850"/>
     <w:rsid w:val="00DA7DE3"/>
+    <w:rsid w:val="00DA7FE9"/>
+    <w:rsid w:val="00DB1020"/>
     <w:rsid w:val="00DB1D3D"/>
     <w:rsid w:val="00DB236F"/>
     <w:rsid w:val="00DB5178"/>
     <w:rsid w:val="00DB59A2"/>
-    <w:rsid w:val="00DB7298"/>
     <w:rsid w:val="00DC188A"/>
     <w:rsid w:val="00DC3318"/>
-    <w:rsid w:val="00DC3632"/>
     <w:rsid w:val="00DC4D9F"/>
     <w:rsid w:val="00DD159D"/>
     <w:rsid w:val="00DD3B79"/>
     <w:rsid w:val="00DD585F"/>
     <w:rsid w:val="00DE06A6"/>
     <w:rsid w:val="00DE0A11"/>
+    <w:rsid w:val="00DE0D47"/>
     <w:rsid w:val="00DE22C1"/>
     <w:rsid w:val="00DE3821"/>
+    <w:rsid w:val="00DE681E"/>
     <w:rsid w:val="00DE755D"/>
     <w:rsid w:val="00DE7F5F"/>
     <w:rsid w:val="00DF2C57"/>
     <w:rsid w:val="00DF4656"/>
+    <w:rsid w:val="00DF4DAC"/>
     <w:rsid w:val="00DF504F"/>
     <w:rsid w:val="00DF60F8"/>
     <w:rsid w:val="00DF68D4"/>
     <w:rsid w:val="00DF711D"/>
-    <w:rsid w:val="00E01F63"/>
+    <w:rsid w:val="00DF73A2"/>
     <w:rsid w:val="00E020FA"/>
     <w:rsid w:val="00E0232E"/>
     <w:rsid w:val="00E02A1A"/>
     <w:rsid w:val="00E03EA7"/>
     <w:rsid w:val="00E0448F"/>
     <w:rsid w:val="00E05E7A"/>
     <w:rsid w:val="00E05F92"/>
     <w:rsid w:val="00E069FD"/>
     <w:rsid w:val="00E07450"/>
     <w:rsid w:val="00E076D8"/>
     <w:rsid w:val="00E10C08"/>
     <w:rsid w:val="00E1230E"/>
     <w:rsid w:val="00E13270"/>
     <w:rsid w:val="00E134E8"/>
     <w:rsid w:val="00E15262"/>
-    <w:rsid w:val="00E1534E"/>
     <w:rsid w:val="00E15995"/>
     <w:rsid w:val="00E16D2B"/>
     <w:rsid w:val="00E16D98"/>
     <w:rsid w:val="00E208D6"/>
     <w:rsid w:val="00E22931"/>
     <w:rsid w:val="00E247D8"/>
-    <w:rsid w:val="00E25FD8"/>
     <w:rsid w:val="00E3071A"/>
-    <w:rsid w:val="00E325C7"/>
     <w:rsid w:val="00E32835"/>
     <w:rsid w:val="00E32893"/>
     <w:rsid w:val="00E32E9F"/>
-    <w:rsid w:val="00E34CAC"/>
     <w:rsid w:val="00E354B9"/>
-    <w:rsid w:val="00E37298"/>
     <w:rsid w:val="00E40F41"/>
     <w:rsid w:val="00E413B3"/>
     <w:rsid w:val="00E4495A"/>
     <w:rsid w:val="00E45A16"/>
+    <w:rsid w:val="00E508CE"/>
     <w:rsid w:val="00E5236B"/>
     <w:rsid w:val="00E5276A"/>
     <w:rsid w:val="00E5714B"/>
     <w:rsid w:val="00E57ADE"/>
     <w:rsid w:val="00E57C68"/>
     <w:rsid w:val="00E63963"/>
-    <w:rsid w:val="00E651C4"/>
     <w:rsid w:val="00E66858"/>
-    <w:rsid w:val="00E7055E"/>
     <w:rsid w:val="00E70D6B"/>
     <w:rsid w:val="00E733D6"/>
     <w:rsid w:val="00E74708"/>
-    <w:rsid w:val="00E7708C"/>
     <w:rsid w:val="00E80338"/>
-    <w:rsid w:val="00E80F2D"/>
     <w:rsid w:val="00E8237E"/>
     <w:rsid w:val="00E83171"/>
     <w:rsid w:val="00E834BE"/>
     <w:rsid w:val="00E84D66"/>
     <w:rsid w:val="00E86415"/>
     <w:rsid w:val="00E90B9F"/>
     <w:rsid w:val="00E93599"/>
     <w:rsid w:val="00E937B1"/>
     <w:rsid w:val="00E93DC9"/>
     <w:rsid w:val="00E94133"/>
     <w:rsid w:val="00E954C3"/>
     <w:rsid w:val="00E96A48"/>
     <w:rsid w:val="00EA4A04"/>
     <w:rsid w:val="00EA5815"/>
     <w:rsid w:val="00EA7921"/>
-    <w:rsid w:val="00EA79AF"/>
+    <w:rsid w:val="00EB07FA"/>
     <w:rsid w:val="00EB1A7D"/>
     <w:rsid w:val="00EB46CC"/>
     <w:rsid w:val="00EB5DD0"/>
     <w:rsid w:val="00EB660C"/>
     <w:rsid w:val="00EC2865"/>
     <w:rsid w:val="00EC3E04"/>
     <w:rsid w:val="00EC3FAB"/>
     <w:rsid w:val="00EC3FC7"/>
-    <w:rsid w:val="00EC44D2"/>
     <w:rsid w:val="00EC549C"/>
+    <w:rsid w:val="00EC5A8A"/>
     <w:rsid w:val="00EC6360"/>
     <w:rsid w:val="00EC7D27"/>
     <w:rsid w:val="00ED004F"/>
     <w:rsid w:val="00ED05AD"/>
     <w:rsid w:val="00ED1152"/>
-    <w:rsid w:val="00ED1BAB"/>
     <w:rsid w:val="00ED200E"/>
-    <w:rsid w:val="00ED395F"/>
     <w:rsid w:val="00ED3E6A"/>
     <w:rsid w:val="00ED427E"/>
     <w:rsid w:val="00ED482E"/>
     <w:rsid w:val="00ED4972"/>
     <w:rsid w:val="00ED4D0F"/>
     <w:rsid w:val="00ED6AA0"/>
     <w:rsid w:val="00EE0496"/>
     <w:rsid w:val="00EE04CE"/>
     <w:rsid w:val="00EE0572"/>
-    <w:rsid w:val="00EE1A2C"/>
     <w:rsid w:val="00EE7F5E"/>
+    <w:rsid w:val="00EF0598"/>
     <w:rsid w:val="00EF09C9"/>
     <w:rsid w:val="00EF14EB"/>
     <w:rsid w:val="00EF1AB0"/>
     <w:rsid w:val="00EF1CD3"/>
     <w:rsid w:val="00EF2B85"/>
     <w:rsid w:val="00EF3501"/>
     <w:rsid w:val="00EF3A45"/>
     <w:rsid w:val="00F02DC1"/>
     <w:rsid w:val="00F052DB"/>
     <w:rsid w:val="00F0632C"/>
     <w:rsid w:val="00F070AD"/>
     <w:rsid w:val="00F07E5C"/>
     <w:rsid w:val="00F07F9C"/>
-    <w:rsid w:val="00F1049F"/>
     <w:rsid w:val="00F10BEC"/>
-    <w:rsid w:val="00F118C7"/>
     <w:rsid w:val="00F1192F"/>
     <w:rsid w:val="00F12655"/>
     <w:rsid w:val="00F13081"/>
-    <w:rsid w:val="00F14CC2"/>
     <w:rsid w:val="00F15259"/>
-    <w:rsid w:val="00F17B4A"/>
     <w:rsid w:val="00F20988"/>
     <w:rsid w:val="00F24E03"/>
     <w:rsid w:val="00F268D9"/>
     <w:rsid w:val="00F269AC"/>
-    <w:rsid w:val="00F26A9B"/>
     <w:rsid w:val="00F26D48"/>
-    <w:rsid w:val="00F27448"/>
     <w:rsid w:val="00F32C97"/>
     <w:rsid w:val="00F33F9C"/>
     <w:rsid w:val="00F35861"/>
     <w:rsid w:val="00F35A8C"/>
     <w:rsid w:val="00F35BE0"/>
     <w:rsid w:val="00F37183"/>
     <w:rsid w:val="00F413AE"/>
     <w:rsid w:val="00F41A34"/>
     <w:rsid w:val="00F41B94"/>
     <w:rsid w:val="00F459AE"/>
     <w:rsid w:val="00F45C5D"/>
     <w:rsid w:val="00F47CDB"/>
     <w:rsid w:val="00F511A0"/>
     <w:rsid w:val="00F51F5C"/>
     <w:rsid w:val="00F52763"/>
     <w:rsid w:val="00F52846"/>
     <w:rsid w:val="00F52B05"/>
     <w:rsid w:val="00F531BE"/>
     <w:rsid w:val="00F53E6F"/>
     <w:rsid w:val="00F57108"/>
     <w:rsid w:val="00F6155D"/>
+    <w:rsid w:val="00F6170E"/>
     <w:rsid w:val="00F62483"/>
     <w:rsid w:val="00F63044"/>
     <w:rsid w:val="00F63733"/>
     <w:rsid w:val="00F70449"/>
     <w:rsid w:val="00F7095E"/>
     <w:rsid w:val="00F70E85"/>
-    <w:rsid w:val="00F7156B"/>
     <w:rsid w:val="00F773DE"/>
     <w:rsid w:val="00F80AA8"/>
     <w:rsid w:val="00F82028"/>
     <w:rsid w:val="00F82373"/>
     <w:rsid w:val="00F861D8"/>
     <w:rsid w:val="00F9317B"/>
     <w:rsid w:val="00F93614"/>
     <w:rsid w:val="00F9602F"/>
+    <w:rsid w:val="00F96E86"/>
     <w:rsid w:val="00F96F6F"/>
     <w:rsid w:val="00FA2068"/>
     <w:rsid w:val="00FA3306"/>
     <w:rsid w:val="00FA44A0"/>
-    <w:rsid w:val="00FA5597"/>
     <w:rsid w:val="00FA570F"/>
     <w:rsid w:val="00FA5B60"/>
     <w:rsid w:val="00FA6F25"/>
-    <w:rsid w:val="00FA78F9"/>
     <w:rsid w:val="00FB0F25"/>
     <w:rsid w:val="00FB35B9"/>
     <w:rsid w:val="00FB4737"/>
     <w:rsid w:val="00FB5073"/>
     <w:rsid w:val="00FB5B70"/>
     <w:rsid w:val="00FB7B16"/>
-    <w:rsid w:val="00FB7EFA"/>
     <w:rsid w:val="00FC1AFF"/>
     <w:rsid w:val="00FC25F0"/>
     <w:rsid w:val="00FC76CB"/>
-    <w:rsid w:val="00FC7F1E"/>
     <w:rsid w:val="00FD22C3"/>
     <w:rsid w:val="00FD2B76"/>
     <w:rsid w:val="00FD406B"/>
     <w:rsid w:val="00FD4244"/>
-    <w:rsid w:val="00FD4DEA"/>
     <w:rsid w:val="00FE0008"/>
     <w:rsid w:val="00FE058A"/>
     <w:rsid w:val="00FE10D7"/>
     <w:rsid w:val="00FE4B09"/>
     <w:rsid w:val="00FE6CDE"/>
+    <w:rsid w:val="00FE70EF"/>
     <w:rsid w:val="00FF0E93"/>
     <w:rsid w:val="00FF1943"/>
     <w:rsid w:val="00FF2BC9"/>
     <w:rsid w:val="00FF3E74"/>
-    <w:rsid w:val="00FF528B"/>
     <w:rsid w:val="00FF528E"/>
     <w:rsid w:val="00FF5994"/>
     <w:rsid w:val="00FF5A5A"/>
     <w:rsid w:val="00FF5EB3"/>
     <w:rsid w:val="00FF61AD"/>
     <w:rsid w:val="00FF7930"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5135C298"/>
-  <w15:docId w15:val="{E7E1C8BF-F234-4F22-BC2B-F1C2F17B15D4}"/>
+  <w15:docId w15:val="{622DA963-AFC7-4A2B-8E42-DDC728279EB4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8752,62 +7445,67 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FC76CB"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="0097169D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:rsid w:val="009E1D9A"/>
+    <w:rsid w:val="00964B6D"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
+    <w:name w:val="ui-provider"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00D872B4"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2325533">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="230695490">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -8941,55 +7639,56 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2104105163">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
+  <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9248,64 +7947,59 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="" StyleName=""/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_activity xmlns="1aa89635-f952-467d-bcc0-3e04454c0616" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
-</file>
-[...7 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100302B4577EBF8D340B03B0D2B45B5E42E" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7513d04d415b21c90a723e3da18b6083">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="1aa89635-f952-467d-bcc0-3e04454c0616" xmlns:ns4="deec9f02-637d-42a0-a923-371f884f98b3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="29d6f6c442c646b011bc2f43c61ef9ea" ns3:_="" ns4:_="">
     <xsd:import namespace="1aa89635-f952-467d-bcc0-3e04454c0616"/>
     <xsd:import namespace="deec9f02-637d-42a0-a923-371f884f98b3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
@@ -9480,147 +8174,143 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="" StyleName=""/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F06AE57-0725-45D8-ABBE-3ED9446852CD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DD5932E-6A35-40CE-A9A1-54B6C92734F7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="1aa89635-f952-467d-bcc0-3e04454c0616"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2AF631C3-49C6-434D-9E15-9F8E8599939E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1aa89635-f952-467d-bcc0-3e04454c0616"/>
     <ds:schemaRef ds:uri="deec9f02-637d-42a0-a923-371f884f98b3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F06AE57-0725-45D8-ABBE-3ED9446852CD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91EE7A18-FC3F-4F9D-B2FA-AA22EF3487BF}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...4 lines deleted...]
-</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>542</Words>
-  <Characters>3091</Characters>
+  <Words>525</Words>
+  <Characters>2998</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
+  <Lines>24</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Executive Office of Housing and Economic Development</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3626</CharactersWithSpaces>
+  <CharactersWithSpaces>3516</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:subject/>
   <dc:creator>Information Technology Services</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100302B4577EBF8D340B03B0D2B45B5E42E</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>