--- v0 (2025-10-18)
+++ v1 (2026-01-28)
@@ -1,76 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="m4a" ContentType="audio/mp4"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId14"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="293" r:id="rId5"/>
     <p:sldId id="294" r:id="rId6"/>
     <p:sldId id="2142532818" r:id="rId7"/>
     <p:sldId id="2142532824" r:id="rId8"/>
     <p:sldId id="2142532820" r:id="rId9"/>
     <p:sldId id="2142532825" r:id="rId10"/>
@@ -174,112 +172,121 @@
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3840" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
-<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
-  <p:normalViewPr horzBarState="maximized">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:normalViewPr>
     <p:restoredLeft sz="17023" autoAdjust="0"/>
-    <p:restoredTop sz="94694"/>
+    <p:restoredTop sz="94404" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" snapToObjects="1">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="80" d="100"/>
-          <a:sy n="80" d="100"/>
+          <a:sx n="57" d="100"/>
+          <a:sy n="57" d="100"/>
         </p:scale>
-        <p:origin x="126" y="798"/>
+        <p:origin x="44" y="324"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -324,51 +331,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9BAFF74D-C7DB-4E80-BF0C-E0C26DC0FFED}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3/18/2025</a:t>
+              <a:t>12/11/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -5024,83 +5031,83 @@
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="4" orient="horz" pos="1008">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="5" orient="horz" pos="3864">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="6" orient="horz" pos="4096">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/audio" Target="../media/media1.m4a"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2007/relationships/media" Target="../media/media1.m4a"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuftshealthplan.com/employer-microsites/gic" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/audio" Target="../media/media2.m4a"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2007/relationships/media" Target="../media/media2.m4a"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.harvardpilgrim.org/gic" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuftshealthplan.com/employer-microsites/gic" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.harvardpilgrim.org/gic" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/audio" Target="../media/media3.m4a"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2007/relationships/media" Target="../media/media3.m4a"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/audio" Target="../media/media4.m4a"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2007/relationships/media" Target="../media/media4.m4a"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/mygiclink-member-benefits-portal" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/mygiclink-member-benefits-portal" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/audio" Target="../media/media5.m4a"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2007/relationships/media" Target="../media/media5.m4a"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuftshealthplan.com/employer-microsites/gic" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.harvardpilgrim.org/gic" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuftshealthplan.com/employer-microsites/gic" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.harvardpilgrim.org/gic" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/audio" Target="../media/media6.m4a"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2007/relationships/media" Target="../media/media6.m4a"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/audio" Target="../media/media7.m4a"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2007/relationships/media" Target="../media/media7.m4a"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuftshealthplan.com/employer-microsites/gic" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tuftshealthplan.com/employer-microsites/gic" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/audio" Target="../media/media8.m4a"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2007/relationships/media" Target="../media/media8.m4a"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.svg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/audio" Target="../media/media9.m4a"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2007/relationships/media" Target="../media/media9.m4a"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.svg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.svg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Title 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84F83EDB-4B75-D741-8F84-A08D4204B9AD}"/>
@@ -5118,263 +5125,138 @@
           <a:xfrm>
             <a:off x="761159" y="3155856"/>
             <a:ext cx="5396400" cy="3032906"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="4400" dirty="0"/>
               <a:t>GIC FY2026 </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="4400" dirty="0"/>
             </a:br>
             <a:br>
               <a:rPr lang="en-US" sz="4400" dirty="0"/>
             </a:br>
             <a:endParaRPr lang="en-US" sz="3600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Picture 4">
+          <p:cNvPr id="5" name="Picture 4" descr="Old State House in Massachusetts">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A261C81-B61E-1E88-78D5-34A60287A431}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5509701" y="398179"/>
             <a:ext cx="3152400" cy="659131"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="24" name="Picture Placeholder 23" descr="A group of people walking on a street&#10;&#10;AI-generated content may be incorrect.">
+          <p:cNvPr id="24" name="Picture Placeholder 23" descr="A group of people walking on a street">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F977900A-304D-A7F4-9B04-E7CB77EEE32F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId6">
+          <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="13237" r="13237"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4632773" y="59639"/>
             <a:ext cx="7559227" cy="6858000"/>
           </a:xfrm>
-        </p:spPr>
-[...36 lines deleted...]
-          </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1541016773"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="3146"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="3146"/>
     </mc:Fallback>
   </mc:AlternateContent>
-  <p:timing>
-[...85 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -5431,89 +5313,92 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="313162" y="322620"/>
             <a:ext cx="11629793" cy="916597"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>GIC Annual Enrollment for Medicare plans </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 8">
+          <p:cNvPr id="9" name="Picture 8" descr="Image of man with 2 young children">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA1B9FF5-E861-EE7F-21DB-989D7D1EA8B4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId5" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="518844" y="2668393"/>
             <a:ext cx="5386452" cy="3029879"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Rectangle 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4833A5AB-9326-10EF-C936-53C398860A26}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6286706" y="3401121"/>
             <a:ext cx="5656249" cy="1716391"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="E31837"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
@@ -5562,653 +5447,151 @@
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>For additional information, please visit </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" u="sng" kern="400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId6"/>
+                <a:hlinkClick r:id="rId4"/>
               </a:rPr>
               <a:t>www.harvardpilgrim.org/</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" kern="400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId6"/>
+                <a:hlinkClick r:id="rId4"/>
               </a:rPr>
               <a:t>gic</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" kern="400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> (Medicare Enhance) o</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" kern="400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>r  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0">
-                <a:hlinkClick r:id="rId7"/>
+                <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>https://tuftshealthplan.com/employer-microsites/gic </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>(Tufts Medicare Preferred)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...36 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3358321673"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="19669"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="19669"/>
     </mc:Fallback>
   </mc:AlternateContent>
-  <p:timing>
-[...85 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Content Placeholder 4">
-[...378 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E34B6838-990C-DAB3-12BD-F10B7F8C14DF}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="229690" y="309451"/>
             <a:ext cx="10892946" cy="916597"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Medicare Plans at a Glance </a:t>
             </a:r>
@@ -6251,487 +5634,748 @@
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>Harvard Pilgrim Medicare Enhance</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
+          <p:cNvPr id="12" name="TextBox 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D543A72-742D-437C-9D79-3EA45661B884}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="229689" y="1675309"/>
+            <a:ext cx="5066706" cy="307777"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t>Enrollees </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0"/>
+              <a:t>must</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
+              <a:t> live in the US</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Content Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF1B4C26-370F-662A-6820-97836741FC24}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="229689" y="2256331"/>
+            <a:ext cx="5604409" cy="3392701"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" b="1">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Supplement </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Plan: Medicare is Primary</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="ctr">
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="ctr">
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>No PCP </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800"/>
+              <a:t>required </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="ctr">
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" b="1">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="ctr">
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>No </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Network/Referrals</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Members may see any provider that accepts Medicare</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="ctr">
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Enhanced coverage: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>routine vision, hearing aids, wellness benefits </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
           <p:cNvPr id="11" name="Rectangle 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C288A1E-DF47-FB67-75B6-6EB0B5F4ACCC}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="229689" y="2232189"/>
             <a:ext cx="5692133" cy="3631272"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="38100">
             <a:solidFill>
               <a:schemeClr val="tx2"/>
             </a:solidFill>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15" name="Rectangle 14">
+          <p:cNvPr id="16" name="Rectangle 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E35F66CC-C8B6-1666-CE88-1760D8DB1E3E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8110B326-70EF-BE10-D3CA-DCA310023B33}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6196143" y="2244220"/>
-            <a:ext cx="5565419" cy="3629873"/>
+            <a:off x="6174296" y="904559"/>
+            <a:ext cx="5565419" cy="664073"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-          <a:ln w="38100">
+          <a:solidFill>
+            <a:schemeClr val="accent4"/>
+          </a:solidFill>
+          <a:ln>
             <a:solidFill>
-              <a:schemeClr val="accent4"/>
+              <a:schemeClr val="bg2"/>
             </a:solidFill>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Tufts Health Plan Medicare Preferred*</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="16" name="Rectangle 15">
+          <p:cNvPr id="13" name="TextBox 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8110B326-70EF-BE10-D3CA-DCA310023B33}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81BAFD1B-3268-48EC-BF70-50AC01B4D470}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6174296" y="1635399"/>
+            <a:ext cx="5543571" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr>
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:defRPr sz="1400" b="1">
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="0" dirty="0"/>
+              <a:t>Available to enrollees residing in most of MA, excluding Berkshire, Nantucket, Dukes, and Franklin counties</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Content Placeholder 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC233FCA-8F82-6853-271F-EC3CDEB6D847}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6293314" y="2471339"/>
+            <a:ext cx="5446400" cy="3534652"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" b="1">
+              <a:solidFill>
+                <a:schemeClr val="accent4"/>
+              </a:solidFill>
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent4"/>
+                </a:solidFill>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>HMO </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent4"/>
+                </a:solidFill>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Plan: Medicare Replacement</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="ctr">
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" b="1" dirty="0">
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="ctr">
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>PCP and Referrals required </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="ctr">
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" b="1" dirty="0">
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="ctr">
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Network: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Providers who </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent4"/>
+                </a:solidFill>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>only</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> participate in the Tufts Medicare Preferred Network</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" b="1" dirty="0">
+              <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="ctr">
+              <a:buClr>
+                <a:schemeClr val="tx1"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Enhanced coverage: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>routine vision, hearing aids, wellness benefits </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:lnSpc>
+                <a:spcPct val="107000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="970"/>
+              </a:spcAft>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
+              <a:effectLst/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Rectangle 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E35F66CC-C8B6-1666-CE88-1760D8DB1E3E}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6174296" y="904559"/>
-            <a:ext cx="5565419" cy="664073"/>
+            <a:off x="6196143" y="2244220"/>
+            <a:ext cx="5565419" cy="3629873"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...2 lines deleted...]
-          <a:ln>
+          <a:noFill/>
+          <a:ln w="38100">
             <a:solidFill>
-              <a:schemeClr val="bg2"/>
+              <a:schemeClr val="accent4"/>
             </a:solidFill>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="3">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="2">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="TextBox 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A6E16DB-D80A-DA5B-38F2-E2ECA8BC2855}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2548737" y="6180407"/>
             <a:ext cx="6426759" cy="261610"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0"/>
               <a:t>*Tufts Health Plan Medicare Preferred is the </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1100" b="1" dirty="0"/>
               <a:t>only</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0"/>
               <a:t> Medicare Advantage plan available to GIC retirees</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...131 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1647735163"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="45707"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="45707"/>
     </mc:Fallback>
   </mc:AlternateContent>
-  <p:timing>
-[...85 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -6819,254 +6463,129 @@
                 <a:schemeClr val="bg2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>If you would like to update or change your coverage, please use the secure self-service member benefits portal on the GIC website, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>MyGICLink</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>, to enroll in or update your benefits and view additional resources available through the GIC. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Login or register for portal access here: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1">
-                <a:hlinkClick r:id="rId5"/>
+                <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>MyGICLink</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
-                <a:hlinkClick r:id="rId5"/>
+                <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t> Member Benefits Portal | Mass.gov</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>** If you are an existing member and make no changes to your coverage, you will not receive a new ID card. New members, or those who have made changes will receive an ID card prior to July 1</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" baseline="30000" dirty="0"/>
               <a:t>st.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> **</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Picture 4">
+          <p:cNvPr id="5" name="Picture 4" descr="Image of MyGICLink logo">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{905C37B5-CD2F-CC42-1C94-DD21A446E903}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId6"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7876138" y="5300490"/>
             <a:ext cx="3489836" cy="1056904"/>
-          </a:xfrm>
-[...36 lines deleted...]
-            <a:ext cx="304800" cy="230796"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1339896331"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="42423"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="42423"/>
     </mc:Fallback>
   </mc:AlternateContent>
-  <p:timing>
-[...85 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Title 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -7115,157 +6634,190 @@
           <a:xfrm>
             <a:off x="251180" y="815767"/>
             <a:ext cx="11479657" cy="923330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>We have created dedicated member guides which include how your plan works, plan highlights, discounts &amp; savings, and more!  </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3" descr="Image of Member Guide cover">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81AD94E2-C593-FEFD-1E0E-3237F7A35F2A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2514025" y="1362217"/>
+            <a:ext cx="2753743" cy="3539983"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="TextBox 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFE464BC-F2C3-4CBF-0A99-895A2A1B37C9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="378316" y="5003494"/>
             <a:ext cx="5439833" cy="1354217"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="l">
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="E31837"/>
               </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" kern="400" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Medicare Enhance members can access plan documents, information on discounts and other savings at </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" u="sng" kern="400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId5">
+                <a:hlinkClick r:id="rId4">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>www.</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" kern="400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId5">
+                <a:hlinkClick r:id="rId4">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>harvardpilgrim.org/gic</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" kern="400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="0" algn="l">
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="E31837"/>
               </a:buClr>
             </a:pPr>
             <a:endParaRPr lang="en-US" b="1" kern="400" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="17" name="Straight Connector 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3388C0C4-4945-9B47-6D57-F0873380B27D}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6003383" y="1362217"/>
             <a:ext cx="0" cy="5030092"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="bg2"/>
             </a:solidFill>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
@@ -7310,267 +6862,112 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="l">
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="E31837"/>
               </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" kern="400" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Tufts Medicare Preferred members can access plan documents, provider directories, and information on discounts and other savings at </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" u="sng" kern="400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-                <a:hlinkClick r:id="rId6"/>
+                <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>https://tuftshealthplan.com/employer-microsites/gic</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" u="sng" kern="400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="002060"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3">
+          <p:cNvPr id="8" name="Picture 7" descr="Image of Medicare Preferred member guide cover">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81AD94E2-C593-FEFD-1E0E-3237F7A35F2A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9FCD67F-34D3-0D96-6925-301CD2317336}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7"/>
+          <a:blip r:embed="rId6"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2514025" y="1362217"/>
-[...28 lines deleted...]
-          <a:xfrm>
             <a:off x="8080994" y="2709925"/>
             <a:ext cx="2772907" cy="3604779"/>
-          </a:xfrm>
-[...36 lines deleted...]
-            <a:ext cx="347589" cy="288800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3413272479"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="39321"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="39321"/>
     </mc:Fallback>
   </mc:AlternateContent>
-  <p:timing>
-[...85 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -7692,133 +7089,207 @@
               <a:t>Save on a variety of products and services that can help you stay healthy</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="221E1F"/>
               </a:solidFill>
               <a:latin typeface="Azo Sans"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="221E1F"/>
               </a:solidFill>
               <a:latin typeface="Azo Sans"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="8" name="TextBox 7">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="20" name="Picture 19" descr="Image of Provider search">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6AAFD333-5AEA-578D-D3F7-B4A8A3F3A018}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF209256-B0AA-08BA-0EB3-3BBFCB1430FA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvSpPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5677989" y="3939515"/>
-            <a:ext cx="6096000" cy="2585323"/>
+            <a:off x="604158" y="4689159"/>
+            <a:ext cx="2365466" cy="1500873"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...58 lines deleted...]
-      </p:sp>
+        </p:spPr>
+      </p:pic>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="24" name="Straight Arrow Connector 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11A53462-A16C-FA6F-D7CA-F1F7E5729BC2}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3200401" y="6143896"/>
+            <a:ext cx="674913" cy="169818"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx2"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="22" name="Straight Arrow Connector 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37DCDB88-0A0F-96BC-5AB8-CAEB0AF4DAF9}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="2830286" y="4824549"/>
+            <a:ext cx="470263" cy="339633"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx2"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="3">
+            <a:schemeClr val="dk1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="dk1"/>
+          </a:fillRef>
+          <a:effectRef idx="2">
+            <a:schemeClr val="dk1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="Picture 15" descr="Image of Provider report">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7DED7E2-8284-0B7A-7D25-E730A25C973C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3305175" y="3589357"/>
+            <a:ext cx="2163808" cy="2993086"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="9" name="Group 8">
+          <p:cNvPr id="9" name="Group 8" descr="Image of cell phone featurng Harvard Pilgrim moble app">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E07EEB99-EB74-31FE-FC2B-9BE1118B7026}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="6018964" y="1119587"/>
             <a:ext cx="1897128" cy="1562654"/>
             <a:chOff x="3592051" y="5116276"/>
             <a:chExt cx="1387824" cy="1223683"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="10" name="Picture 9" descr="Graphical user interface, application&#10;&#10;Description automatically generated">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B63DA32E-FE0C-69D5-BE45-FF352A95F531}"/>
                 </a:ext>
               </a:extLst>
@@ -7899,376 +7370,183 @@
                 <a:shade val="85000"/>
               </a:srgbClr>
             </a:solidFill>
             <a:ln w="88900" cap="sq">
               <a:noFill/>
               <a:miter lim="800000"/>
             </a:ln>
             <a:effectLst/>
             <a:scene3d>
               <a:camera prst="orthographicFront"/>
               <a:lightRig rig="twoPt" dir="t">
                 <a:rot lat="0" lon="0" rev="7200000"/>
               </a:lightRig>
             </a:scene3d>
             <a:sp3d>
               <a:bevelT w="25400" h="19050"/>
               <a:contourClr>
                 <a:srgbClr val="FFFFFF"/>
               </a:contourClr>
             </a:sp3d>
           </p:spPr>
         </p:pic>
       </p:grpSp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="14" name="Picture 13" descr="Graphical user interface, application&#10;&#10;Description automatically generated">
+          <p:cNvPr id="14" name="Picture 13" descr="Graphical user interface, application">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96CE77B2-7901-ABF8-786B-D4EA58C343B0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId7"/>
           <a:srcRect t="8367" b="40399"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8536944" y="1009233"/>
             <a:ext cx="2647556" cy="2761580"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="16" name="Picture 15">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7DED7E2-8284-0B7A-7D25-E730A25C973C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6AAFD333-5AEA-578D-D3F7-B4A8A3F3A018}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...5 lines deleted...]
-        </p:blipFill>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3305175" y="3589357"/>
-            <a:ext cx="2163808" cy="2993086"/>
+            <a:off x="5677989" y="3939515"/>
+            <a:ext cx="6096000" cy="2585323"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-[...156 lines deleted...]
-      </p:pic>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Find a doctor or hospital </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
+              <a:t>Search for doctors or hospitals by name or location and check provider tier to find out how much you will pay out of pocket</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="221E1F"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Health Cost Estimator </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Help </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
+              <a:t>find less expensive options for hundreds of services and procedures</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="221E1F"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3122112832"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="34746"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="34746"/>
     </mc:Fallback>
   </mc:AlternateContent>
-  <p:timing>
-[...85 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -8545,50 +7823,53 @@
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="1800" b="1" dirty="0"/>
               <a:t>Hours: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
               <a:t>Monday-Thursday: 8 a.m. to 7 p.m. Fri: 8 a.m. to 6 p.m.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00D27208-A71D-2DB8-0643-ECB663C54FBD}"/>
               </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="492440" y="3628103"/>
             <a:ext cx="11369594" cy="866327"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="l">
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buClr>
@@ -8659,217 +7940,92 @@
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>SilverScript, an affiliate of CVS Caremark, administers prescription drug benefits for GIC Medicare Rx participants, providing predictable copays and convenient delivery options.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>For prescription benefit information, call CVS Caremark at </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
               <a:t>(877) 876-7214 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>or visit </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" i="0" u="sng" strike="noStrike" baseline="0" dirty="0">
-                <a:hlinkClick r:id="rId5"/>
+                <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>https://info.caremark.com/oe/gichome </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0"/>
               <a:t>	</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...36 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="105686134"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700" advTm="72851">
         <p:fade/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="med" advTm="72851">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
-  <p:timing>
-[...85 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -8879,50 +8035,83 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="185347" y="281328"/>
             <a:ext cx="10892946" cy="916597"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Medicare Enhance: Member Discounts &amp; Savings </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Picture 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2240EC05-4829-2F63-E458-931131069383}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="139912" y="1062248"/>
+            <a:ext cx="534283" cy="529528"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Rectangle 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CF17D3A-0123-D538-A001-9FECD75BCF2C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="648261" y="1244964"/>
             <a:ext cx="3601518" cy="408824"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
@@ -9072,50 +8261,472 @@
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" b="1" dirty="0"/>
               <a:t>$100 Fitness reimbursement</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="123825" lvl="1" indent="-123825">
               <a:buClr>
                 <a:schemeClr val="bg2"/>
               </a:buClr>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" lvl="1" indent="0">
               <a:buClr>
                 <a:schemeClr val="bg2"/>
               </a:buClr>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Picture 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F9F9B3D-C76C-7487-5D8E-E4B4C1A61DAE}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4055369" y="1127055"/>
+            <a:ext cx="537906" cy="375793"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="TextBox 26">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBBCEE51-22F8-3126-5D75-C17CC20F6904}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4623898" y="1228637"/>
+            <a:ext cx="3318325" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0"/>
+              <a:t>Complementary and alternative medicine</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="1" indent="-171450">
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>Acupuncture</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="1" indent="-171450">
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>Chiropractic</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="1" indent="-171450">
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>Tai chi</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="1" indent="-171450">
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>Mind-body therapies</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" lvl="1" indent="-171450">
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>Mindfulness</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="15" name="Picture 14" descr="Icon">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAFA1537-38A7-3E73-16A0-5DDDF10B3245}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8528610" y="1103395"/>
+            <a:ext cx="369628" cy="348611"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="TextBox 24">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34E73146-953A-C4C6-2258-A0B060495E8F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9056920" y="1187434"/>
+            <a:ext cx="2708366" cy="1169551"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0" defTabSz="457200" fontAlgn="base">
+              <a:lnSpc>
+                <a:spcPts val="1440"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="E31837"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" kern="1200" dirty="0">
+                <a:latin typeface="+mn-lt"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Fitness</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="123825" lvl="1" indent="-123825" fontAlgn="base">
+              <a:lnSpc>
+                <a:spcPts val="1440"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>Marathon Sports (MA)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="123825" lvl="1" indent="-123825" fontAlgn="base">
+              <a:lnSpc>
+                <a:spcPts val="1440"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>Runner’s Alley (NH)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="123825" lvl="1" indent="-123825" fontAlgn="base">
+              <a:lnSpc>
+                <a:spcPts val="1440"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>Workout Fitness Store (ME)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="123825" lvl="1" indent="-123825" fontAlgn="base">
+              <a:lnSpc>
+                <a:spcPts val="1440"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>Appalachian Mountain </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>Club membership</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="30" name="Picture 29">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0DCE007-1877-BA9F-810E-95CB67937D05}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="136424" y="1822596"/>
+            <a:ext cx="489006" cy="409956"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="29" name="TextBox 28">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5212D5E0-798F-641A-2CFC-B4E5B2279727}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="674195" y="1947711"/>
+            <a:ext cx="3949703" cy="1015663"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="1800"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" dirty="0"/>
+              <a:t>Eyewear discounts </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>EyeMed network optical providers</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>Laser vision correction</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="171450" indent="-171450">
+              <a:buClr>
+                <a:schemeClr val="tx2"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0"/>
+              <a:t>FREE prescription eyeglasses with a covered routine eye exam at Visionworks</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DA37A45-AEE3-02D4-81D6-4B4AFBF97429}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="210571" y="3429000"/>
             <a:ext cx="3040695" cy="2018033"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -9429,677 +9040,106 @@
                 <a:spcPts val="1440"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="900"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="E31837"/>
               </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>And more!</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="11" name="Picture 10">
+          <p:cNvPr id="8" name="Picture 7" descr="A person and person laughing at a table">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2240EC05-4829-2F63-E458-931131069383}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68106D65-FD43-BD3C-CB39-D9CA41C427AD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5"/>
-[...59 lines deleted...]
-          <a:blip r:embed="rId7" cstate="print">
+          <a:blip r:embed="rId7">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8528610" y="1103395"/>
-[...384 lines deleted...]
-          <a:xfrm>
             <a:off x="4948306" y="2734764"/>
             <a:ext cx="5251175" cy="3500783"/>
-          </a:xfrm>
-[...36 lines deleted...]
-            <a:ext cx="431539" cy="304800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1358074053"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700" advTm="53183">
         <p:fade/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="med" advTm="53183">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
-  <p:timing>
-[...85 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -10109,538 +9149,425 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="351609" y="292034"/>
             <a:ext cx="11335294" cy="916597"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Tufts Medicare Preferred: Discounts &amp; Savings</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...163 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Graphic 8">
+          <p:cNvPr id="5" name="Picture 4" descr="A person holding a yoga mat">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5667A7E7-353C-6C33-FD30-FB75656E5AB5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C883061-0A3F-977E-919F-811771856A6E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5">
-[...2 lines deleted...]
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5136312" y="2564326"/>
-            <a:ext cx="675262" cy="675262"/>
+            <a:off x="278018" y="1978358"/>
+            <a:ext cx="4920165" cy="3280110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Graphic 9">
+          <p:cNvPr id="12" name="Graphic 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A8AA0ED-9A73-3E1F-73F3-8A37432C61E5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E84AE92B-A994-2010-0C05-FE9C1C3C1C28}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7">
+          <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId8"/>
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5210010" y="4998720"/>
-            <a:ext cx="653701" cy="653701"/>
+            <a:off x="5201116" y="1410789"/>
+            <a:ext cx="673840" cy="673840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="11" name="Graphic 10">
+          <p:cNvPr id="9" name="Graphic 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94BE4EB7-1D92-2445-0E5C-41919BB2F5CC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5667A7E7-353C-6C33-FD30-FB75656E5AB5}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId9">
+          <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId10"/>
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId7"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5140086" y="3825343"/>
-            <a:ext cx="668532" cy="668532"/>
+            <a:off x="5136312" y="2564326"/>
+            <a:ext cx="675262" cy="675262"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="12" name="Graphic 11">
+          <p:cNvPr id="11" name="Graphic 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E84AE92B-A994-2010-0C05-FE9C1C3C1C28}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94BE4EB7-1D92-2445-0E5C-41919BB2F5CC}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId11">
+          <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId12"/>
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId9"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5201116" y="1410789"/>
-            <a:ext cx="673840" cy="673840"/>
+            <a:off x="5140086" y="3825343"/>
+            <a:ext cx="668532" cy="668532"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Picture 4" descr="A person holding a yoga mat&#10;&#10;AI-generated content may be incorrect.">
+          <p:cNvPr id="10" name="Graphic 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C883061-0A3F-977E-919F-811771856A6E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A8AA0ED-9A73-3E1F-73F3-8A37432C61E5}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId13">
-[...2 lines deleted...]
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+          <a:blip r:embed="rId10">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId11"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="278018" y="1978358"/>
-            <a:ext cx="4920165" cy="3280110"/>
+            <a:off x="5210010" y="4998720"/>
+            <a:ext cx="653701" cy="653701"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...2 lines deleted...]
-            <a:hlinkClick r:id="" action="ppaction://media"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10C741E3-30E4-8845-E053-37F0AAB74F52}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA78A9B0-3FE9-49BB-5554-B6097B7AA167}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...16 lines deleted...]
-        </p:blipFill>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="11297652" y="5886487"/>
-            <a:ext cx="336935" cy="345871"/>
+            <a:off x="5869577" y="1269839"/>
+            <a:ext cx="6096000" cy="4616648"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-      </p:pic>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Eyewear Benefit</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>$150 per calendar year towards eyewear at an EyeMed Vision Care participating provider, or $90 per calendar year at non-participating providers	</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="211D1E"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Wellness Allowance</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>$150 per calendar year toward fitness club membership, instructional fitness classes, participation in online instructional fitness classes, nutritional counseling, acupuncture, and/or wellness programs such as memory fitness activities	</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Hearing Aids</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Members 22 and over — First $500 covered in full by the plan, then you pay 20% of the next $1,500 (for both ears combined). Plan coverage is limited to $1,700 per member every 24 months. Member is responsible for any amount over $1,700 every two years	</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="211D1E"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Weight Management Programs</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" baseline="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="211D1E"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>$150 per calendar year towards program fees for weight loss programs such as WeightWatchers, Jenny Craig, or a hospital- based weight loss program	</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1810283875"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="10389"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="10389"/>
     </mc:Fallback>
   </mc:AlternateContent>
-  <p:timing>
-[...85 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Harvard Pilgrim and Tufts Health">
   <a:themeElements>
     <a:clrScheme name="Harvard-Tufts">
       <a:dk1>
         <a:srgbClr val="414041"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="E31837"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="000000"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="E31837"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="971024"/>
       </a:accent2>
@@ -11275,50 +10202,61 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="17eb2ca1-151e-4498-8659-dcf34d506d6e" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="14d9695c-504e-42d3-bbe5-3afafe4352e5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C20F6928D52C82458E417991CBCE85CE" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="def9dde6eefe657c08e59dd8ef34952f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="14d9695c-504e-42d3-bbe5-3afafe4352e5" xmlns:ns3="17eb2ca1-151e-4498-8659-dcf34d506d6e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f4b1c2c92ed01f116dd2280cc4c1da2e" ns2:_="" ns3:_="">
     <xsd:import namespace="14d9695c-504e-42d3-bbe5-3afafe4352e5"/>
     <xsd:import namespace="17eb2ca1-151e-4498-8659-dcf34d506d6e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -11509,105 +10447,115 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9339236D-13BF-483B-A720-A02E33BDCED3}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FE7629B-CC03-4B77-B64B-8C40F2A4F258}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="17eb2ca1-151e-4498-8659-dcf34d506d6e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="14d9695c-504e-42d3-bbe5-3afafe4352e5"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FE7629B-CC03-4B77-B64B-8C40F2A4F258}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9339236D-13BF-483B-A720-A02E33BDCED3}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="14d9695c-504e-42d3-bbe5-3afafe4352e5"/>
+    <ds:schemaRef ds:uri="17eb2ca1-151e-4498-8659-dcf34d506d6e"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="658e940f-9a3a-4807-9776-1e79646ea94d"/>
-    <ds:schemaRef ds:uri="ed9ed85a-4d98-4ef9-9f6f-af2acda7f1bd"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD121A0A-0B0D-457F-8D25-A42DEA5181FB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>HPHC-THP_combined</Template>
   <TotalTime></TotalTime>
   <Words>953</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Paragraphs>111</Paragraphs>
   <Slides>9</Slides>
   <Notes>9</Notes>
   <HiddenSlides>0</HiddenSlides>
-  <MMClips>9</MMClips>
+  <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="17" baseType="lpstr">