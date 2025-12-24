--- v0 (2025-10-31)
+++ v1 (2025-12-24)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="658C199B" w14:textId="3C1627CE" w:rsidR="009E1655" w:rsidRPr="00AC03D1" w:rsidRDefault="009E1655" w:rsidP="009E1655">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -364,144 +365,180 @@
     </w:p>
     <w:p w14:paraId="49D935C5" w14:textId="474960B0" w:rsidR="009E1655" w:rsidRDefault="00245BF1" w:rsidP="009E1655">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>June 20, 2025</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="6FC238AF" w14:textId="48845365" w:rsidR="002B0300" w:rsidRDefault="002B0300" w:rsidP="009E1655">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Amended December 11, 2025</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="59D9DAEA" w14:textId="77777777" w:rsidR="00D51544" w:rsidRDefault="00D51544" w:rsidP="000039A5">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00C60EB1" w14:textId="579713A7" w:rsidR="000039A5" w:rsidRPr="0072755C" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0072755C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Continuing Acupuncture Education Requirements at 243 CMR 5.10</w:t>
       </w:r>
       <w:r w:rsidRPr="0072755C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="492E5E03" w14:textId="77777777" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
+    <w:p w14:paraId="492E5E03" w14:textId="75B29697" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00555990">
         <w:t xml:space="preserve">As a condition of renewal, a full </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">acupuncture </w:t>
       </w:r>
       <w:r w:rsidRPr="00555990">
         <w:t xml:space="preserve">licensee is required to complete 30 hours of continuing acupuncture </w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00555990">
         <w:t>ducation (CAE) in a Committee on Acupuncture (COA) approved acupuncture program or course or other COA-approved activity</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00555990">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00555990">
-        <w:t xml:space="preserve">his may include courses in western medicine or other healing arts. These hours must be completed during each 2-year licensure renewal period that begins on the date that a license is issued or renewed by the COA and ends on the following renewal date.  A minimum of 15 hours must be spent in COA-approved courses </w:t>
+        <w:t xml:space="preserve">his may include courses in western medicine or other healing arts. </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0300">
+        <w:t>Two hours of the total of 30 hours must be on the subject of ethics in acupuncture practice.  CAE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00555990">
+        <w:t xml:space="preserve"> hours must be completed during each 2-year licensure renewal period that begins on the date that a license is issued or renewed by the COA and ends on the following renewal date.  A minimum of 15 hours must be spent in COA-approved courses </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">that are </w:t>
       </w:r>
       <w:r w:rsidRPr="00555990">
         <w:t xml:space="preserve">directly related to acupuncture. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12D97E66" w14:textId="77777777" w:rsidR="000039A5" w:rsidRPr="0072755C" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0072755C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Requirements for Chinese Herbal Therapy Distinction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CD2BDCF" w14:textId="77777777" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">A licensee who is certified by the COA to employ herbs in the practice of acupuncture must complete 30 hours of CAE per renewal cycle and at least 10 hours of those 30 hours must be directly related to Herbology and 10 hours directly related to acupuncture. The remaining 5 hours may be for courses  indirectly related to acupuncture or herbology. </w:t>
+    <w:p w14:paraId="3CD2BDCF" w14:textId="0F3A181C" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00555990">
+        <w:t xml:space="preserve">A licensee who is certified by the COA to employ herbs in the practice of acupuncture must complete 30 hours of CAE per renewal cycle and at least 10 hours of those 30 hours must be directly related to Herbology and 10 hours directly related to acupuncture. The remaining </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0300">
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00555990">
+        <w:t xml:space="preserve"> hours may be for courses  indirectly related to acupuncture or herbology. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BC89539" w14:textId="77777777" w:rsidR="000039A5" w:rsidRPr="0072755C" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0072755C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>CAE Providers, Courses and Trainings</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5911A28B" w14:textId="77777777" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00555990">
@@ -562,278 +599,285 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Home study courses are not permitted unless explicitly approved by the COA at a regular meeting. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62CEEB08" w14:textId="77777777" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14958BA3" w14:textId="77E33757" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00555990">
         <w:t xml:space="preserve">CAE courses (other than home study courses) sponsored by the following organizations are  automatically approved by the COA in either the “directly related to” or the “indirectly related to”  categories.  </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00555990">
         <w:t xml:space="preserve">CAE courses (other than home study courses) approved by other state acupuncture licensing boards for Continuing Acupuncture and/or Medical Education are automatically approved by the COA in  either the “directly related to” or the “indirectly related to” categories. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33C1BBE3" w14:textId="77777777" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
-[...8 lines deleted...]
-    </w:p>
     <w:p w14:paraId="481A9739" w14:textId="2A51AFC9" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>The following courses and providers are approved by the COA:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50A916E1" w14:textId="77777777" w:rsidR="00664BC6" w:rsidRDefault="00664BC6" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="079BDE35" w14:textId="2D66827F" w:rsidR="000039A5" w:rsidRPr="0072755C" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0072755C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>For Acupuncturists</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01A83B26" w14:textId="77777777" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ACAHM or </w:t>
       </w:r>
       <w:r w:rsidRPr="00555990">
         <w:t>COA-approved acupuncture schools</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, including New England School of Acupuncture, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
+      <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00855A5F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.mcphs.edu/academics/schools/new-england-school-of-acupuncture</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1081FA3A" w14:textId="5C5CB1FA" w:rsidR="00964E1B" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acupuncture Society of Massachusetts, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="007F3179" w:rsidRPr="00B95E7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://AcuSocietyMA.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="345C26CD" w14:textId="28DF81D0" w:rsidR="002B0300" w:rsidRDefault="002B0300" w:rsidP="000039A5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The Massachusetts Society of Traditional Chinese Medicine, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00740CA9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://www.mastcm.org</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
     <w:p w14:paraId="2DF1D482" w14:textId="47833B2D" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00555990">
         <w:t>The National Certification Commission for Acupuncture and Oriental Medicine (NCCAOM)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00964E1B" w:rsidRPr="00B95E7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://nccaom.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="31723F71" w14:textId="05FF1A40" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">American Academy of Medical Acupuncture, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00B757AC" w:rsidRPr="00B95E7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://medicalacupuncture.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="06F8AA95" w14:textId="62332FB3" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Acupuncturists Without Borders, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="001B5158" w:rsidRPr="00B95E7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://acuwithoutborders.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0CB4CDC4" w14:textId="77777777" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">American Society of Acupuncturists (ASA), </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00E215CA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://asacu.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0F4699CE" w14:textId="77777777" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Society for Acupuncture Research, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00E215CA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://acupunctureresearch.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="22873B82" w14:textId="2068EB7C" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Society for Integrative Oncology,  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="001F4040" w:rsidRPr="00B95E7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://integrativeonc.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7E0E4589" w14:textId="77777777" w:rsidR="00B02F8E" w:rsidRDefault="00B02F8E" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3902A6E2" w14:textId="21881EB2" w:rsidR="000039A5" w:rsidRPr="0072755C" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0072755C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>For Acupuncture Detoxification Specialists</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35C8F439" w14:textId="3E81128A" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">National Acupuncture for Detoxification Assn., </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="000973EB" w:rsidRPr="00B95E7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://acudetox.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="794DEED8" w14:textId="77777777" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Any COA-approved courses or trainings for Acupuncture Detoxification Specialists</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F7AE429" w14:textId="77777777" w:rsidR="00B02F8E" w:rsidRDefault="00B02F8E" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
@@ -844,164 +888,164 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0072755C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>For First Aid, CPR and AED</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C84BE60" w14:textId="77777777" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00555990">
         <w:t>The American Red Cros</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">s,  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00700BB6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.redcross.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B8830A8" w14:textId="77777777" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00555990">
         <w:t>he American Heart Assoc</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">iation, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="0072755C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.heart.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00555990">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="263A2712" w14:textId="77777777" w:rsidR="00B02F8E" w:rsidRDefault="00B02F8E" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12BF7753" w14:textId="588FF86C" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0072755C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>For Physician Acupuncturists</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="565159E8" w14:textId="74F3A59A" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00555990">
         <w:t>American Medical Association (AMA)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="00C33EA5" w:rsidRPr="00B95E7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.ama-assn.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3208B779" w14:textId="6EA60D1C" w:rsidR="00C33EA5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00555990">
         <w:t>The Massachusetts Medical Society (MMS)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="00C33EA5" w:rsidRPr="00B95E7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.massmed.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4A5FA72C" w14:textId="713EA140" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">American Academy of Medical Acupuncture, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00374715" w:rsidRPr="00B95E7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://medicalacupuncture.org</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="529D1FF8" w14:textId="77777777" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Any BORIM-approved course or training relating to acupuncture</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4611A30B" w14:textId="77777777" w:rsidR="00B02F8E" w:rsidRDefault="00B02F8E" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
@@ -1027,98 +1071,118 @@
       <w:r w:rsidRPr="0072755C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>CAE Certificates of Attendance</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6231CC50" w14:textId="77777777" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00555990">
         <w:t xml:space="preserve">NOTE:  The CAE certificate of attendance that is given to the participant should contain the following information: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B77F154" w14:textId="181426BC" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Name </w:t>
+    <w:p w14:paraId="2B77F154" w14:textId="6C8C0DE2" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="00364813">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00555990">
+        <w:t xml:space="preserve">Name </w:t>
       </w:r>
       <w:r w:rsidR="00054293">
         <w:t xml:space="preserve">and address </w:t>
       </w:r>
       <w:r w:rsidRPr="00555990">
         <w:t xml:space="preserve">of the </w:t>
       </w:r>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00555990">
         <w:t xml:space="preserve">ponsor of the course, workshop or seminar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3371FC4F" w14:textId="1D23FE54" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Name </w:t>
+    <w:p w14:paraId="3371FC4F" w14:textId="3F30641D" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="00364813">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00555990">
+        <w:t xml:space="preserve">Name </w:t>
       </w:r>
       <w:r w:rsidR="007270C4">
         <w:t xml:space="preserve">and address </w:t>
       </w:r>
       <w:r w:rsidRPr="00555990">
         <w:t xml:space="preserve">of the participant </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36E91F8B" w14:textId="77777777" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
-[...12 lines deleted...]
-        <w:t> Hour(s) attended</w:t>
+    <w:p w14:paraId="36E91F8B" w14:textId="4F5AE8C2" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="00364813">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00555990">
+        <w:t xml:space="preserve">Date(s) of attendance (month, day and year) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="286BDDDB" w14:textId="18A41D39" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="00364813">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00555990">
+        <w:t>Hour(s) attended</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or credit awarded</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0167FBD4" w14:textId="098314D3" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="0072755C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
@@ -1217,209 +1281,595 @@
       <w:r>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00555990">
         <w:t xml:space="preserve">0. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E8FF1BC" w14:textId="04C28BCB" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Individuals who volunteer to be mentors to other acupuncturists, and participate in a Board-sponsored mentorship or reentry program, are eligible to earn up to 12 credits per renewal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03399A42" w14:textId="77777777" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7553B643" w14:textId="77777777" w:rsidR="000039A5" w:rsidRDefault="000039A5" w:rsidP="000039A5">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28B9C486" w14:textId="43AC3901" w:rsidR="000C4935" w:rsidRDefault="000039A5" w:rsidP="00451AA5">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00555990">
+    <w:p w14:paraId="28B9C486" w14:textId="6F493F00" w:rsidR="000C4935" w:rsidRDefault="00364813" w:rsidP="00451AA5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Amended</w:t>
+      </w:r>
+      <w:r w:rsidR="000039A5" w:rsidRPr="00555990">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00555990">
+      <w:r w:rsidR="000039A5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="000039A5">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="000039A5">
+        <w:t>/2025</w:t>
+      </w:r>
+      <w:r w:rsidR="000039A5" w:rsidRPr="00555990">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000C4935">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="177CB8C7" w14:textId="77777777" w:rsidR="00005C0D" w:rsidRDefault="00005C0D" w:rsidP="00C451ED">
+    <w:p w14:paraId="3B3F60B5" w14:textId="77777777" w:rsidR="0068657F" w:rsidRDefault="0068657F" w:rsidP="00C451ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="18EDBFE9" w14:textId="77777777" w:rsidR="00005C0D" w:rsidRDefault="00005C0D" w:rsidP="00C451ED">
+    <w:p w14:paraId="54F11D05" w14:textId="77777777" w:rsidR="0068657F" w:rsidRDefault="0068657F" w:rsidP="00C451ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="171A8732" w14:textId="77777777" w:rsidR="00005C0D" w:rsidRDefault="00005C0D" w:rsidP="00C451ED">
+    <w:p w14:paraId="006BD89F" w14:textId="77777777" w:rsidR="0068657F" w:rsidRDefault="0068657F" w:rsidP="00C451ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="65CF93C3" w14:textId="77777777" w:rsidR="00005C0D" w:rsidRDefault="00005C0D" w:rsidP="00C451ED">
+    <w:p w14:paraId="7D058A4A" w14:textId="77777777" w:rsidR="0068657F" w:rsidRDefault="0068657F" w:rsidP="00C451ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="03F752F1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2472AE40"/>
+    <w:lvl w:ilvl="0" w:tplc="20D282B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F3E552A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F084A86C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A35246D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="30020252"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1760711353">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1897279067">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="2063938082">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000039A5"/>
     <w:rsid w:val="000039A5"/>
     <w:rsid w:val="00005C0D"/>
     <w:rsid w:val="00054293"/>
     <w:rsid w:val="00080142"/>
     <w:rsid w:val="000973EB"/>
     <w:rsid w:val="000C4935"/>
     <w:rsid w:val="001B5158"/>
     <w:rsid w:val="001F4040"/>
     <w:rsid w:val="00245BF1"/>
+    <w:rsid w:val="002B0300"/>
+    <w:rsid w:val="00364813"/>
     <w:rsid w:val="00374715"/>
     <w:rsid w:val="003C4DFB"/>
+    <w:rsid w:val="00431304"/>
     <w:rsid w:val="00451AA5"/>
+    <w:rsid w:val="00460773"/>
     <w:rsid w:val="004E28B9"/>
     <w:rsid w:val="00664BC6"/>
+    <w:rsid w:val="0068657F"/>
     <w:rsid w:val="006B4D53"/>
     <w:rsid w:val="007270C4"/>
     <w:rsid w:val="007F3179"/>
     <w:rsid w:val="00864CAF"/>
     <w:rsid w:val="00964E1B"/>
     <w:rsid w:val="009B0B82"/>
     <w:rsid w:val="009C0758"/>
     <w:rsid w:val="009E1655"/>
     <w:rsid w:val="00B02F8E"/>
     <w:rsid w:val="00B757AC"/>
     <w:rsid w:val="00C33EA5"/>
     <w:rsid w:val="00C451ED"/>
     <w:rsid w:val="00CF49E1"/>
     <w:rsid w:val="00D51544"/>
     <w:rsid w:val="00D64BE5"/>
+    <w:rsid w:val="00DA673F"/>
     <w:rsid w:val="00E409DB"/>
     <w:rsid w:val="00E43036"/>
     <w:rsid w:val="00EC0915"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -2420,51 +2870,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C451ED"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nccaom.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://integrativeonc.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.massmed.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://AcuSocietyMA.org" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acupunctureresearch.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ama-assn.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heart.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mcphs.edu/academics/schools/new-england-school-of-acupuncture" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asacu.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.redcross.org/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acuwithoutborders.org" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medicalacupuncture.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medicalacupuncture.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acudetox.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://AcuSocietyMA.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asacu.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heart.org" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medicalacupuncture.org" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mcphs.edu/academics/schools/new-england-school-of-acupuncture" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acuwithoutborders.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.redcross.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acudetox.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.massmed.org" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medicalacupuncture.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://integrativeonc.org" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nccaom.org" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ama-assn.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mastcm.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acupunctureresearch.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2723,54 +3173,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>827</Words>
-  <Characters>4719</Characters>
+  <Words>862</Words>
+  <Characters>4914</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
+  <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5535</CharactersWithSpaces>
+  <CharactersWithSpaces>5765</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Prebensen, Eileen (MED)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>